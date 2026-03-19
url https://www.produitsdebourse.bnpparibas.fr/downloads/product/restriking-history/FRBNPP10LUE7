--- v0 (2026-02-14)
+++ v1 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55eaae4baf1c4b6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/83f862cb61204c4698b877ac081a2e82.psmdcp" Id="R725db038ac63469a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra433af80d6fd4b17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2d818b1feb1a49509219bec6eb1ed8e9.psmdcp" Id="Rd8c7a38f07f14b88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP10LUE7</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,165 +390,539 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E7"/>
+  <x:dimension ref="A1:E29"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46066.9254861111</x:v>
+        <x:v>46099.8875694444</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>4.71</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>167.271</x:v>
+        <x:v>165.066</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>182.81</x:v>
+        <x:v>180.4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46065.9253587963</x:v>
+        <x:v>46098.884525463</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>6.07</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>171.05</x:v>
+        <x:v>166.466</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>186.94</x:v>
+        <x:v>181.93</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46064.9256365741</x:v>
+        <x:v>46097.885775463</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>7.27</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>173.896</x:v>
+        <x:v>167.646</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>190.05</x:v>
+        <x:v>183.22</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46063.9255208333</x:v>
+        <x:v>46094.8846064815</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>6.74</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>172.514</x:v>
+        <x:v>164.929</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>188.54</x:v>
+        <x:v>180.25</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
+        <x:v>46093.8852777778</x:v>
+      </x:c>
+      <x:c r="B7" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C7" s="0">
+        <x:v>2.67</x:v>
+      </x:c>
+      <x:c r="D7" s="0">
+        <x:v>167.573</x:v>
+      </x:c>
+      <x:c r="E7" s="0">
+        <x:v>183.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:5">
+      <x:c r="A8" s="1">
+        <x:v>46092.884849537</x:v>
+      </x:c>
+      <x:c r="B8" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C8" s="0">
+        <x:v>3.17</x:v>
+      </x:c>
+      <x:c r="D8" s="0">
+        <x:v>170.21</x:v>
+      </x:c>
+      <x:c r="E8" s="0">
+        <x:v>186.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:5">
+      <x:c r="A9" s="1">
+        <x:v>46092.3173148148</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C9" s="0">
+        <x:v>3.04</x:v>
+      </x:c>
+      <x:c r="D9" s="0">
+        <x:v>169.058</x:v>
+      </x:c>
+      <x:c r="E9" s="0">
+        <x:v>184.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="1">
+        <x:v>46091.8851157407</x:v>
+      </x:c>
+      <x:c r="B10" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C10" s="0">
+        <x:v>2.97</x:v>
+      </x:c>
+      <x:c r="D10" s="0">
+        <x:v>169.065</x:v>
+      </x:c>
+      <x:c r="E10" s="0">
+        <x:v>184.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="1">
+        <x:v>46090.8887152778</x:v>
+      </x:c>
+      <x:c r="B11" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C11" s="0">
+        <x:v>2.67</x:v>
+      </x:c>
+      <x:c r="D11" s="0">
+        <x:v>167.125</x:v>
+      </x:c>
+      <x:c r="E11" s="0">
+        <x:v>182.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="1">
+        <x:v>46087.9263888889</x:v>
+      </x:c>
+      <x:c r="B12" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C12" s="0">
+        <x:v>2.11</x:v>
+      </x:c>
+      <x:c r="D12" s="0">
+        <x:v>162.705</x:v>
+      </x:c>
+      <x:c r="E12" s="0">
+        <x:v>177.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="1">
+        <x:v>46086.9326157407</x:v>
+      </x:c>
+      <x:c r="B13" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C13" s="0">
+        <x:v>3.02</x:v>
+      </x:c>
+      <x:c r="D13" s="0">
+        <x:v>167.756</x:v>
+      </x:c>
+      <x:c r="E13" s="0">
+        <x:v>183.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="1">
+        <x:v>46085.9284722222</x:v>
+      </x:c>
+      <x:c r="B14" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C14" s="0">
+        <x:v>2.98</x:v>
+      </x:c>
+      <x:c r="D14" s="0">
+        <x:v>167.482</x:v>
+      </x:c>
+      <x:c r="E14" s="0">
+        <x:v>183.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="1">
+        <x:v>46084.9255092593</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C15" s="0">
+        <x:v>2.56</x:v>
+      </x:c>
+      <x:c r="D15" s="0">
+        <x:v>164.746</x:v>
+      </x:c>
+      <x:c r="E15" s="0">
+        <x:v>180.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="1">
+        <x:v>46083.9256481481</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C16" s="0">
+        <x:v>2.96</x:v>
+      </x:c>
+      <x:c r="D16" s="0">
+        <x:v>166.969</x:v>
+      </x:c>
+      <x:c r="E16" s="0">
+        <x:v>182.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="1">
+        <x:v>46080.9257638889</x:v>
+      </x:c>
+      <x:c r="B17" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C17" s="0">
+        <x:v>2.29</x:v>
+      </x:c>
+      <x:c r="D17" s="0">
+        <x:v>162.129</x:v>
+      </x:c>
+      <x:c r="E17" s="0">
+        <x:v>177.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="1">
+        <x:v>46079.9258912037</x:v>
+      </x:c>
+      <x:c r="B18" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C18" s="0">
+        <x:v>3.93</x:v>
+      </x:c>
+      <x:c r="D18" s="0">
+        <x:v>169.174</x:v>
+      </x:c>
+      <x:c r="E18" s="0">
+        <x:v>184.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="1">
+        <x:v>46078.925787037</x:v>
+      </x:c>
+      <x:c r="B19" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C19" s="0">
+        <x:v>8.76</x:v>
+      </x:c>
+      <x:c r="D19" s="0">
+        <x:v>178.937</x:v>
+      </x:c>
+      <x:c r="E19" s="0">
+        <x:v>195.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="1">
+        <x:v>46077.9255208333</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C20" s="0">
+        <x:v>7.69</x:v>
+      </x:c>
+      <x:c r="D20" s="0">
+        <x:v>176.458</x:v>
+      </x:c>
+      <x:c r="E20" s="0">
+        <x:v>192.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="1">
+        <x:v>46073.9253472222</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C21" s="0">
+        <x:v>6.65</x:v>
+      </x:c>
+      <x:c r="D21" s="0">
+        <x:v>173.685</x:v>
+      </x:c>
+      <x:c r="E21" s="0">
+        <x:v>189.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="1">
+        <x:v>46072.9253935185</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C22" s="0">
+        <x:v>6.04</x:v>
+      </x:c>
+      <x:c r="D22" s="0">
+        <x:v>171.928</x:v>
+      </x:c>
+      <x:c r="E22" s="0">
+        <x:v>187.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="1">
+        <x:v>46071.9254513889</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C23" s="0">
+        <x:v>6.08</x:v>
+      </x:c>
+      <x:c r="D23" s="0">
+        <x:v>172.002</x:v>
+      </x:c>
+      <x:c r="E23" s="0">
+        <x:v>187.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="1">
+        <x:v>46070.9253356481</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C24" s="0">
+        <x:v>5.24</x:v>
+      </x:c>
+      <x:c r="D24" s="0">
+        <x:v>169.248</x:v>
+      </x:c>
+      <x:c r="E24" s="0">
+        <x:v>184.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="1">
+        <x:v>46066.9254861111</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C25" s="0">
+        <x:v>4.71</x:v>
+      </x:c>
+      <x:c r="D25" s="0">
+        <x:v>167.271</x:v>
+      </x:c>
+      <x:c r="E25" s="0">
+        <x:v>182.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="1">
+        <x:v>46065.9253587963</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C26" s="0">
+        <x:v>6.07</x:v>
+      </x:c>
+      <x:c r="D26" s="0">
+        <x:v>171.05</x:v>
+      </x:c>
+      <x:c r="E26" s="0">
+        <x:v>186.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="1">
+        <x:v>46064.9256365741</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C27" s="0">
+        <x:v>7.27</x:v>
+      </x:c>
+      <x:c r="D27" s="0">
+        <x:v>173.896</x:v>
+      </x:c>
+      <x:c r="E27" s="0">
+        <x:v>190.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="1">
+        <x:v>46063.9255208333</x:v>
+      </x:c>
+      <x:c r="B28" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C28" s="0">
+        <x:v>6.74</x:v>
+      </x:c>
+      <x:c r="D28" s="0">
+        <x:v>172.514</x:v>
+      </x:c>
+      <x:c r="E28" s="0">
+        <x:v>188.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="1">
         <x:v>46062.9247569444</x:v>
       </x:c>
-      <x:c r="B7" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C7" s="0">
+      <x:c r="B29" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C29" s="0">
         <x:v>7.33</x:v>
       </x:c>
-      <x:c r="D7" s="0">
+      <x:c r="D29" s="0">
         <x:v>173.887</x:v>
       </x:c>
-      <x:c r="E7" s="0">
+      <x:c r="E29" s="0">
         <x:v>190.04</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>