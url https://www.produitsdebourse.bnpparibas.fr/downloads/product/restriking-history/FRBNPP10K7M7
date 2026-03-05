--- v0 (2026-02-06)
+++ v1 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3a8acf9b511483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/56913ab63c7c43ab9b512f4b2cecbe34.psmdcp" Id="R977f79d955df45be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b03dcdcbfbb423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3a17f5f69aea4518acc60a0191891c90.psmdcp" Id="R5d6497b42f1a4a5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP10K7M7</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,131 +390,590 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E5"/>
+  <x:dimension ref="A1:E32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46058.8145023148</x:v>
+        <x:v>46085.8127777778</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>4.37</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>85.92</x:v>
+        <x:v>93.166</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>76.714</x:v>
+        <x:v>83.184</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46057.8355092593</x:v>
+        <x:v>46084.8128935185</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>2.67</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>94.524</x:v>
+        <x:v>93.49</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>84.396</x:v>
+        <x:v>83.473</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
+        <x:v>46083.8127662037</x:v>
+      </x:c>
+      <x:c r="B5" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C5" s="0">
+        <x:v>0.45</x:v>
+      </x:c>
+      <x:c r="D5" s="0">
+        <x:v>99.515</x:v>
+      </x:c>
+      <x:c r="E5" s="0">
+        <x:v>88.853</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:5">
+      <x:c r="A6" s="1">
+        <x:v>46080.8128703704</x:v>
+      </x:c>
+      <x:c r="B6" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C6" s="0">
+        <x:v>0.34</x:v>
+      </x:c>
+      <x:c r="D6" s="0">
+        <x:v>104.486</x:v>
+      </x:c>
+      <x:c r="E6" s="0">
+        <x:v>93.291</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:5">
+      <x:c r="A7" s="1">
+        <x:v>46079.812962963</x:v>
+      </x:c>
+      <x:c r="B7" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C7" s="0">
+        <x:v>0.63</x:v>
+      </x:c>
+      <x:c r="D7" s="0">
+        <x:v>98.094</x:v>
+      </x:c>
+      <x:c r="E7" s="0">
+        <x:v>87.584</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:5">
+      <x:c r="A8" s="1">
+        <x:v>46078.9052430556</x:v>
+      </x:c>
+      <x:c r="B8" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C8" s="0">
+        <x:v>0.48</x:v>
+      </x:c>
+      <x:c r="D8" s="0">
+        <x:v>102.626</x:v>
+      </x:c>
+      <x:c r="E8" s="0">
+        <x:v>91.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:5">
+      <x:c r="A9" s="1">
+        <x:v>46078.8758101852</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C9" s="0">
+        <x:v>0.48</x:v>
+      </x:c>
+      <x:c r="D9" s="0">
+        <x:v>102.626</x:v>
+      </x:c>
+      <x:c r="E9" s="0">
+        <x:v>91.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="1">
+        <x:v>46077.8846296296</x:v>
+      </x:c>
+      <x:c r="B10" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C10" s="0">
+        <x:v>0.66</x:v>
+      </x:c>
+      <x:c r="D10" s="0">
+        <x:v>98.706</x:v>
+      </x:c>
+      <x:c r="E10" s="0">
+        <x:v>88.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="1">
+        <x:v>46077.8361458333</x:v>
+      </x:c>
+      <x:c r="B11" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C11" s="0">
+        <x:v>0.66</x:v>
+      </x:c>
+      <x:c r="D11" s="0">
+        <x:v>98.706</x:v>
+      </x:c>
+      <x:c r="E11" s="0">
+        <x:v>88.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="1">
+        <x:v>46077.831087963</x:v>
+      </x:c>
+      <x:c r="B12" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C12" s="0">
+        <x:v>0.66</x:v>
+      </x:c>
+      <x:c r="D12" s="0">
+        <x:v>98.706</x:v>
+      </x:c>
+      <x:c r="E12" s="0">
+        <x:v>88.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="1">
+        <x:v>46077.813125</x:v>
+      </x:c>
+      <x:c r="B13" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C13" s="0">
+        <x:v>0.66</x:v>
+      </x:c>
+      <x:c r="D13" s="0">
+        <x:v>98.706</x:v>
+      </x:c>
+      <x:c r="E13" s="0">
+        <x:v>88.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="1">
+        <x:v>46076.8139351852</x:v>
+      </x:c>
+      <x:c r="B14" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C14" s="0">
+        <x:v>0.72</x:v>
+      </x:c>
+      <x:c r="D14" s="0">
+        <x:v>97.683</x:v>
+      </x:c>
+      <x:c r="E14" s="0">
+        <x:v>86.573</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="1">
+        <x:v>46073.8130092593</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C15" s="0">
+        <x:v>1.13</x:v>
+      </x:c>
+      <x:c r="D15" s="0">
+        <x:v>92.224</x:v>
+      </x:c>
+      <x:c r="E15" s="0">
+        <x:v>82.343</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="1">
+        <x:v>46072.8158564815</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C16" s="0">
+        <x:v>1.97</x:v>
+      </x:c>
+      <x:c r="D16" s="0">
+        <x:v>86.95</x:v>
+      </x:c>
+      <x:c r="E16" s="0">
+        <x:v>77.634</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="1">
+        <x:v>46071.8149768518</x:v>
+      </x:c>
+      <x:c r="B17" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C17" s="0">
+        <x:v>1.98</x:v>
+      </x:c>
+      <x:c r="D17" s="0">
+        <x:v>86.91</x:v>
+      </x:c>
+      <x:c r="E17" s="0">
+        <x:v>77.598</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="1">
+        <x:v>46070.8127777778</x:v>
+      </x:c>
+      <x:c r="B18" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C18" s="0">
+        <x:v>3.23</x:v>
+      </x:c>
+      <x:c r="D18" s="0">
+        <x:v>82.365</x:v>
+      </x:c>
+      <x:c r="E18" s="0">
+        <x:v>73.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="1">
+        <x:v>46066.8129166667</x:v>
+      </x:c>
+      <x:c r="B19" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C19" s="0">
+        <x:v>2.32</x:v>
+      </x:c>
+      <x:c r="D19" s="0">
+        <x:v>87.32</x:v>
+      </x:c>
+      <x:c r="E19" s="0">
+        <x:v>77.964</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="1">
+        <x:v>46065.8128472222</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C20" s="0">
+        <x:v>2.94</x:v>
+      </x:c>
+      <x:c r="D20" s="0">
+        <x:v>84.764</x:v>
+      </x:c>
+      <x:c r="E20" s="0">
+        <x:v>75.682</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="1">
+        <x:v>46064.9031828704</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C21" s="0">
+        <x:v>1.75</x:v>
+      </x:c>
+      <x:c r="D21" s="0">
+        <x:v>93.99</x:v>
+      </x:c>
+      <x:c r="E21" s="0">
+        <x:v>83.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="1">
+        <x:v>46064.8128935185</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C22" s="0">
+        <x:v>1.75</x:v>
+      </x:c>
+      <x:c r="D22" s="0">
+        <x:v>93.99</x:v>
+      </x:c>
+      <x:c r="E22" s="0">
+        <x:v>83.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="1">
+        <x:v>46063.8997685185</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C23" s="0">
+        <x:v>2.53</x:v>
+      </x:c>
+      <x:c r="D23" s="0">
+        <x:v>90.03</x:v>
+      </x:c>
+      <x:c r="E23" s="0">
+        <x:v>80.384</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="1">
+        <x:v>46063.8128703704</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C24" s="0">
+        <x:v>2.53</x:v>
+      </x:c>
+      <x:c r="D24" s="0">
+        <x:v>90.03</x:v>
+      </x:c>
+      <x:c r="E24" s="0">
+        <x:v>80.384</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="1">
+        <x:v>46062.8130902778</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C25" s="0">
+        <x:v>2.19</x:v>
+      </x:c>
+      <x:c r="D25" s="0">
+        <x:v>92.102</x:v>
+      </x:c>
+      <x:c r="E25" s="0">
+        <x:v>82.234</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="1">
+        <x:v>46059.8917013889</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C26" s="0">
+        <x:v>4.29</x:v>
+      </x:c>
+      <x:c r="D26" s="0">
+        <x:v>86.122</x:v>
+      </x:c>
+      <x:c r="E26" s="0">
+        <x:v>76.895</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="1">
+        <x:v>46059.8748032407</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C27" s="0">
+        <x:v>4.29</x:v>
+      </x:c>
+      <x:c r="D27" s="0">
+        <x:v>86.122</x:v>
+      </x:c>
+      <x:c r="E27" s="0">
+        <x:v>76.895</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="1">
+        <x:v>46059.8534837963</x:v>
+      </x:c>
+      <x:c r="B28" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C28" s="0">
+        <x:v>4.29</x:v>
+      </x:c>
+      <x:c r="D28" s="0">
+        <x:v>86.122</x:v>
+      </x:c>
+      <x:c r="E28" s="0">
+        <x:v>76.895</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="1">
+        <x:v>46059.8465972222</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C29" s="0">
+        <x:v>4.29</x:v>
+      </x:c>
+      <x:c r="D29" s="0">
+        <x:v>86.122</x:v>
+      </x:c>
+      <x:c r="E29" s="0">
+        <x:v>76.895</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="1">
+        <x:v>46058.8145023148</x:v>
+      </x:c>
+      <x:c r="B30" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C30" s="0">
+        <x:v>4.37</x:v>
+      </x:c>
+      <x:c r="D30" s="0">
+        <x:v>85.92</x:v>
+      </x:c>
+      <x:c r="E30" s="0">
+        <x:v>76.714</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="1">
+        <x:v>46057.8355092593</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C31" s="0">
+        <x:v>2.67</x:v>
+      </x:c>
+      <x:c r="D31" s="0">
+        <x:v>94.524</x:v>
+      </x:c>
+      <x:c r="E31" s="0">
+        <x:v>84.396</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="1">
         <x:v>46056.8221759259</x:v>
       </x:c>
-      <x:c r="B5" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C5" s="0">
+      <x:c r="B32" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C32" s="0">
         <x:v>2.95</x:v>
       </x:c>
-      <x:c r="D5" s="0">
+      <x:c r="D32" s="0">
         <x:v>93.297</x:v>
       </x:c>
-      <x:c r="E5" s="0">
+      <x:c r="E32" s="0">
         <x:v>83.301</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>