--- v1 (2026-03-05)
+++ v2 (2026-03-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b03dcdcbfbb423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3a17f5f69aea4518acc60a0191891c90.psmdcp" Id="R5d6497b42f1a4a5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aa2118fda4c4011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ab2b96a9bd10467ca383bb7f5a2a384b.psmdcp" Id="R5ac4ccdda1ca4600" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP10K7M7</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,590 +390,930 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E32"/>
+  <x:dimension ref="A1:E52"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46085.8127777778</x:v>
+        <x:v>46107.7810300926</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.66</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>93.166</x:v>
+        <x:v>76.086</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>83.184</x:v>
+        <x:v>67.934</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46084.8128935185</x:v>
+        <x:v>46106.8228356481</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>93.49</x:v>
+        <x:v>81.358</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>83.473</x:v>
+        <x:v>72.641</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46083.8127662037</x:v>
+        <x:v>46105.782037037</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.45</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>99.515</x:v>
+        <x:v>77.917</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>88.853</x:v>
+        <x:v>69.569</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46080.8128703704</x:v>
+        <x:v>46104.7827662037</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.34</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>104.486</x:v>
+        <x:v>77.678</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>93.291</x:v>
+        <x:v>69.355</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46079.812962963</x:v>
+        <x:v>46101.7822222222</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.63</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>98.094</x:v>
+        <x:v>78.024</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>87.584</x:v>
+        <x:v>69.664</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46078.9052430556</x:v>
+        <x:v>46100.8325347222</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.48</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>102.626</x:v>
+        <x:v>79.761</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>91.63</x:v>
+        <x:v>71.215</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46078.8758101852</x:v>
+        <x:v>46100.7845486111</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.48</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>102.626</x:v>
+        <x:v>79.761</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>91.63</x:v>
+        <x:v>71.215</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46077.8846296296</x:v>
+        <x:v>46099.7808449074</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>98.706</x:v>
+        <x:v>86.903</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>88.13</x:v>
+        <x:v>77.592</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46077.8361458333</x:v>
+        <x:v>46098.7806365741</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>98.706</x:v>
+        <x:v>89.512</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>88.13</x:v>
+        <x:v>79.921</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46077.831087963</x:v>
+        <x:v>46097.784525463</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>98.706</x:v>
+        <x:v>90.364</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>88.13</x:v>
+        <x:v>80.682</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46077.813125</x:v>
+        <x:v>46094.7813425926</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>98.706</x:v>
+        <x:v>91.104</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>88.13</x:v>
+        <x:v>81.343</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46076.8139351852</x:v>
+        <x:v>46093.7868171296</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>97.683</x:v>
+        <x:v>95.325</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>86.573</x:v>
+        <x:v>85.112</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46073.8130092593</x:v>
+        <x:v>46092.8329166667</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>92.224</x:v>
+        <x:v>95.799</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>82.343</x:v>
+        <x:v>85.535</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46072.8158564815</x:v>
+        <x:v>46092.8217592593</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>1.97</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>86.95</x:v>
+        <x:v>95.799</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>77.634</x:v>
+        <x:v>85.535</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46071.8149768518</x:v>
+        <x:v>46091.7715625</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>1.98</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>86.91</x:v>
+        <x:v>100.343</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>77.598</x:v>
+        <x:v>89.592</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46070.8127777778</x:v>
+        <x:v>46090.8706828704</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>3.23</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>82.365</x:v>
+        <x:v>94.666</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>73.54</x:v>
+        <x:v>84.523</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46066.8129166667</x:v>
+        <x:v>46090.784849537</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>2.32</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>87.32</x:v>
+        <x:v>94.666</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>77.964</x:v>
+        <x:v>84.523</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46065.8128472222</x:v>
+        <x:v>46087.8331944444</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>2.94</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>84.764</x:v>
+        <x:v>94.428</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>75.682</x:v>
+        <x:v>84.311</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46064.9031828704</x:v>
+        <x:v>46087.8141782407</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>1.75</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>93.99</x:v>
+        <x:v>94.428</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>83.92</x:v>
+        <x:v>84.311</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46064.8128935185</x:v>
+        <x:v>46086.8129513889</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>1.75</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>93.99</x:v>
+        <x:v>92.043</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>83.92</x:v>
+        <x:v>82.181</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46063.8997685185</x:v>
+        <x:v>46085.8127777778</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>2.53</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>90.03</x:v>
+        <x:v>93.166</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>80.384</x:v>
+        <x:v>83.184</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46063.8128703704</x:v>
+        <x:v>46084.8128935185</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>2.53</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>90.03</x:v>
+        <x:v>93.49</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>80.384</x:v>
+        <x:v>83.473</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46062.8130902778</x:v>
+        <x:v>46083.8127662037</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>2.19</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>92.102</x:v>
+        <x:v>99.515</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>82.234</x:v>
+        <x:v>88.853</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46059.8917013889</x:v>
+        <x:v>46080.8128703704</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>4.29</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>86.122</x:v>
+        <x:v>104.486</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>76.895</x:v>
+        <x:v>93.291</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46059.8748032407</x:v>
+        <x:v>46079.812962963</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>4.29</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>86.122</x:v>
+        <x:v>98.094</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>76.895</x:v>
+        <x:v>87.584</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46059.8534837963</x:v>
+        <x:v>46078.9052430556</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>4.29</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>86.122</x:v>
+        <x:v>102.626</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>76.895</x:v>
+        <x:v>91.63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46059.8465972222</x:v>
+        <x:v>46078.8758101852</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>4.29</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>86.122</x:v>
+        <x:v>102.626</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>76.895</x:v>
+        <x:v>91.63</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46058.8145023148</x:v>
+        <x:v>46077.8846296296</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>4.37</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>85.92</x:v>
+        <x:v>98.706</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>76.714</x:v>
+        <x:v>88.13</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46057.8355092593</x:v>
+        <x:v>46077.8361458333</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>2.67</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>94.524</x:v>
+        <x:v>98.706</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>84.396</x:v>
+        <x:v>88.13</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
+        <x:v>46077.831087963</x:v>
+      </x:c>
+      <x:c r="B32" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C32" s="0">
+        <x:v>0.66</x:v>
+      </x:c>
+      <x:c r="D32" s="0">
+        <x:v>98.706</x:v>
+      </x:c>
+      <x:c r="E32" s="0">
+        <x:v>88.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="1">
+        <x:v>46077.813125</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C33" s="0">
+        <x:v>0.66</x:v>
+      </x:c>
+      <x:c r="D33" s="0">
+        <x:v>98.706</x:v>
+      </x:c>
+      <x:c r="E33" s="0">
+        <x:v>88.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="1">
+        <x:v>46076.8139351852</x:v>
+      </x:c>
+      <x:c r="B34" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C34" s="0">
+        <x:v>0.72</x:v>
+      </x:c>
+      <x:c r="D34" s="0">
+        <x:v>97.683</x:v>
+      </x:c>
+      <x:c r="E34" s="0">
+        <x:v>86.573</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="1">
+        <x:v>46073.8130092593</x:v>
+      </x:c>
+      <x:c r="B35" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C35" s="0">
+        <x:v>1.13</x:v>
+      </x:c>
+      <x:c r="D35" s="0">
+        <x:v>92.224</x:v>
+      </x:c>
+      <x:c r="E35" s="0">
+        <x:v>82.343</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="1">
+        <x:v>46072.8158564815</x:v>
+      </x:c>
+      <x:c r="B36" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C36" s="0">
+        <x:v>1.97</x:v>
+      </x:c>
+      <x:c r="D36" s="0">
+        <x:v>86.95</x:v>
+      </x:c>
+      <x:c r="E36" s="0">
+        <x:v>77.634</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="1">
+        <x:v>46071.8149768518</x:v>
+      </x:c>
+      <x:c r="B37" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C37" s="0">
+        <x:v>1.98</x:v>
+      </x:c>
+      <x:c r="D37" s="0">
+        <x:v>86.91</x:v>
+      </x:c>
+      <x:c r="E37" s="0">
+        <x:v>77.598</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="1">
+        <x:v>46070.8127777778</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C38" s="0">
+        <x:v>3.23</x:v>
+      </x:c>
+      <x:c r="D38" s="0">
+        <x:v>82.365</x:v>
+      </x:c>
+      <x:c r="E38" s="0">
+        <x:v>73.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="1">
+        <x:v>46066.8129166667</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C39" s="0">
+        <x:v>2.32</x:v>
+      </x:c>
+      <x:c r="D39" s="0">
+        <x:v>87.32</x:v>
+      </x:c>
+      <x:c r="E39" s="0">
+        <x:v>77.964</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="1">
+        <x:v>46065.8128472222</x:v>
+      </x:c>
+      <x:c r="B40" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C40" s="0">
+        <x:v>2.94</x:v>
+      </x:c>
+      <x:c r="D40" s="0">
+        <x:v>84.764</x:v>
+      </x:c>
+      <x:c r="E40" s="0">
+        <x:v>75.682</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="1">
+        <x:v>46064.9031828704</x:v>
+      </x:c>
+      <x:c r="B41" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C41" s="0">
+        <x:v>1.75</x:v>
+      </x:c>
+      <x:c r="D41" s="0">
+        <x:v>93.99</x:v>
+      </x:c>
+      <x:c r="E41" s="0">
+        <x:v>83.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="1">
+        <x:v>46064.8128935185</x:v>
+      </x:c>
+      <x:c r="B42" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C42" s="0">
+        <x:v>1.75</x:v>
+      </x:c>
+      <x:c r="D42" s="0">
+        <x:v>93.99</x:v>
+      </x:c>
+      <x:c r="E42" s="0">
+        <x:v>83.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="1">
+        <x:v>46063.8997685185</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C43" s="0">
+        <x:v>2.53</x:v>
+      </x:c>
+      <x:c r="D43" s="0">
+        <x:v>90.03</x:v>
+      </x:c>
+      <x:c r="E43" s="0">
+        <x:v>80.384</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="1">
+        <x:v>46063.8128703704</x:v>
+      </x:c>
+      <x:c r="B44" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C44" s="0">
+        <x:v>2.53</x:v>
+      </x:c>
+      <x:c r="D44" s="0">
+        <x:v>90.03</x:v>
+      </x:c>
+      <x:c r="E44" s="0">
+        <x:v>80.384</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="1">
+        <x:v>46062.8130902778</x:v>
+      </x:c>
+      <x:c r="B45" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C45" s="0">
+        <x:v>2.19</x:v>
+      </x:c>
+      <x:c r="D45" s="0">
+        <x:v>92.102</x:v>
+      </x:c>
+      <x:c r="E45" s="0">
+        <x:v>82.234</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="1">
+        <x:v>46059.8917013889</x:v>
+      </x:c>
+      <x:c r="B46" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C46" s="0">
+        <x:v>4.29</x:v>
+      </x:c>
+      <x:c r="D46" s="0">
+        <x:v>86.122</x:v>
+      </x:c>
+      <x:c r="E46" s="0">
+        <x:v>76.895</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="1">
+        <x:v>46059.8748032407</x:v>
+      </x:c>
+      <x:c r="B47" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C47" s="0">
+        <x:v>4.29</x:v>
+      </x:c>
+      <x:c r="D47" s="0">
+        <x:v>86.122</x:v>
+      </x:c>
+      <x:c r="E47" s="0">
+        <x:v>76.895</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="1">
+        <x:v>46059.8534837963</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C48" s="0">
+        <x:v>4.29</x:v>
+      </x:c>
+      <x:c r="D48" s="0">
+        <x:v>86.122</x:v>
+      </x:c>
+      <x:c r="E48" s="0">
+        <x:v>76.895</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="1">
+        <x:v>46059.8465972222</x:v>
+      </x:c>
+      <x:c r="B49" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C49" s="0">
+        <x:v>4.29</x:v>
+      </x:c>
+      <x:c r="D49" s="0">
+        <x:v>86.122</x:v>
+      </x:c>
+      <x:c r="E49" s="0">
+        <x:v>76.895</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="1">
+        <x:v>46058.8145023148</x:v>
+      </x:c>
+      <x:c r="B50" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C50" s="0">
+        <x:v>4.37</x:v>
+      </x:c>
+      <x:c r="D50" s="0">
+        <x:v>85.92</x:v>
+      </x:c>
+      <x:c r="E50" s="0">
+        <x:v>76.714</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="1">
+        <x:v>46057.8355092593</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C51" s="0">
+        <x:v>2.67</x:v>
+      </x:c>
+      <x:c r="D51" s="0">
+        <x:v>94.524</x:v>
+      </x:c>
+      <x:c r="E51" s="0">
+        <x:v>84.396</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="1">
         <x:v>46056.8221759259</x:v>
       </x:c>
-      <x:c r="B32" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C32" s="0">
+      <x:c r="B52" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C52" s="0">
         <x:v>2.95</x:v>
       </x:c>
-      <x:c r="D32" s="0">
+      <x:c r="D52" s="0">
         <x:v>93.297</x:v>
       </x:c>
-      <x:c r="E32" s="0">
+      <x:c r="E52" s="0">
         <x:v>83.301</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>