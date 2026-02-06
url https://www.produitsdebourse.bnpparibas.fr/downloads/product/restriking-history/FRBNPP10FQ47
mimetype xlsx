--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R708e20de0d3541fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7a47faa807ab4c4ab4163a429db962e9.psmdcp" Id="R117104664fa34c80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ba76e33192546ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51b38f24c889452cb24857db2f831c4a.psmdcp" Id="R04d6b626dd9f42e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP10FQ47</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,165 +390,607 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E7"/>
+  <x:dimension ref="A1:E33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46037.7737152778</x:v>
+        <x:v>46058.7435300926</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.12</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>141.451</x:v>
+        <x:v>147.664</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>160.74</x:v>
+        <x:v>167.8</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46037.7426967593</x:v>
+        <x:v>46057.7740046296</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1.12</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>141.451</x:v>
+        <x:v>148.35</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>160.74</x:v>
+        <x:v>168.58</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46036.7743055556</x:v>
+        <x:v>46057.7431712963</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1.16</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>142.173</x:v>
+        <x:v>148.35</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>161.56</x:v>
+        <x:v>168.58</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46036.7428935185</x:v>
+        <x:v>46056.8210648148</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1.16</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>142.173</x:v>
+        <x:v>140.342</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>161.56</x:v>
+        <x:v>159.48</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
+        <x:v>46056.7740046296</x:v>
+      </x:c>
+      <x:c r="B7" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C7" s="0">
+        <x:v>1.02</x:v>
+      </x:c>
+      <x:c r="D7" s="0">
+        <x:v>140.342</x:v>
+      </x:c>
+      <x:c r="E7" s="0">
+        <x:v>159.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:5">
+      <x:c r="A8" s="1">
+        <x:v>46056.7429513889</x:v>
+      </x:c>
+      <x:c r="B8" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C8" s="0">
+        <x:v>1.02</x:v>
+      </x:c>
+      <x:c r="D8" s="0">
+        <x:v>140.342</x:v>
+      </x:c>
+      <x:c r="E8" s="0">
+        <x:v>159.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:5">
+      <x:c r="A9" s="1">
+        <x:v>46055.7738541667</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C9" s="0">
+        <x:v>1.02</x:v>
+      </x:c>
+      <x:c r="D9" s="0">
+        <x:v>140.307</x:v>
+      </x:c>
+      <x:c r="E9" s="0">
+        <x:v>159.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="1">
+        <x:v>46055.7428356481</x:v>
+      </x:c>
+      <x:c r="B10" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C10" s="0">
+        <x:v>1.02</x:v>
+      </x:c>
+      <x:c r="D10" s="0">
+        <x:v>140.307</x:v>
+      </x:c>
+      <x:c r="E10" s="0">
+        <x:v>159.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="1">
+        <x:v>46052.7750810185</x:v>
+      </x:c>
+      <x:c r="B11" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C11" s="0">
+        <x:v>0.96</x:v>
+      </x:c>
+      <x:c r="D11" s="0">
+        <x:v>138.987</x:v>
+      </x:c>
+      <x:c r="E11" s="0">
+        <x:v>157.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="1">
+        <x:v>46052.7433217593</x:v>
+      </x:c>
+      <x:c r="B12" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C12" s="0">
+        <x:v>0.96</x:v>
+      </x:c>
+      <x:c r="D12" s="0">
+        <x:v>138.987</x:v>
+      </x:c>
+      <x:c r="E12" s="0">
+        <x:v>157.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="1">
+        <x:v>46051.7428819444</x:v>
+      </x:c>
+      <x:c r="B13" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C13" s="0">
+        <x:v>0.97</x:v>
+      </x:c>
+      <x:c r="D13" s="0">
+        <x:v>139.198</x:v>
+      </x:c>
+      <x:c r="E13" s="0">
+        <x:v>158.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="1">
+        <x:v>46050.7428472222</x:v>
+      </x:c>
+      <x:c r="B14" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C14" s="0">
+        <x:v>0.92</x:v>
+      </x:c>
+      <x:c r="D14" s="0">
+        <x:v>138.072</x:v>
+      </x:c>
+      <x:c r="E14" s="0">
+        <x:v>156.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="1">
+        <x:v>46049.7425231481</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C15" s="0">
+        <x:v>0.92</x:v>
+      </x:c>
+      <x:c r="D15" s="0">
+        <x:v>138.107</x:v>
+      </x:c>
+      <x:c r="E15" s="0">
+        <x:v>156.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="1">
+        <x:v>46048.7747569444</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C16" s="0">
+        <x:v>0.94</x:v>
+      </x:c>
+      <x:c r="D16" s="0">
+        <x:v>138.477</x:v>
+      </x:c>
+      <x:c r="E16" s="0">
+        <x:v>157.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="1">
+        <x:v>46045.7737962963</x:v>
+      </x:c>
+      <x:c r="B17" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C17" s="0">
+        <x:v>0.95</x:v>
+      </x:c>
+      <x:c r="D17" s="0">
+        <x:v>138.706</x:v>
+      </x:c>
+      <x:c r="E17" s="0">
+        <x:v>157.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="1">
+        <x:v>46045.7423726852</x:v>
+      </x:c>
+      <x:c r="B18" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C18" s="0">
+        <x:v>0.95</x:v>
+      </x:c>
+      <x:c r="D18" s="0">
+        <x:v>138.706</x:v>
+      </x:c>
+      <x:c r="E18" s="0">
+        <x:v>157.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="1">
+        <x:v>46044.7737847222</x:v>
+      </x:c>
+      <x:c r="B19" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C19" s="0">
+        <x:v>0.94</x:v>
+      </x:c>
+      <x:c r="D19" s="0">
+        <x:v>138.336</x:v>
+      </x:c>
+      <x:c r="E19" s="0">
+        <x:v>157.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="1">
+        <x:v>46044.7425925926</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C20" s="0">
+        <x:v>0.94</x:v>
+      </x:c>
+      <x:c r="D20" s="0">
+        <x:v>138.336</x:v>
+      </x:c>
+      <x:c r="E20" s="0">
+        <x:v>157.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="1">
+        <x:v>46043.7727893519</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C21" s="0">
+        <x:v>0.88</x:v>
+      </x:c>
+      <x:c r="D21" s="0">
+        <x:v>137.051</x:v>
+      </x:c>
+      <x:c r="E21" s="0">
+        <x:v>155.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="1">
+        <x:v>46043.7427662037</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C22" s="0">
+        <x:v>0.88</x:v>
+      </x:c>
+      <x:c r="D22" s="0">
+        <x:v>137.051</x:v>
+      </x:c>
+      <x:c r="E22" s="0">
+        <x:v>155.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="1">
+        <x:v>46042.7742824074</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C23" s="0">
+        <x:v>0.88</x:v>
+      </x:c>
+      <x:c r="D23" s="0">
+        <x:v>136.998</x:v>
+      </x:c>
+      <x:c r="E23" s="0">
+        <x:v>155.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="1">
+        <x:v>46042.7413773148</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C24" s="0">
+        <x:v>0.88</x:v>
+      </x:c>
+      <x:c r="D24" s="0">
+        <x:v>136.998</x:v>
+      </x:c>
+      <x:c r="E24" s="0">
+        <x:v>155.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="1">
+        <x:v>46041.773587963</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C25" s="0">
+        <x:v>0.93</x:v>
+      </x:c>
+      <x:c r="D25" s="0">
+        <x:v>137.949</x:v>
+      </x:c>
+      <x:c r="E25" s="0">
+        <x:v>156.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="1">
+        <x:v>46041.7428240741</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C26" s="0">
+        <x:v>0.93</x:v>
+      </x:c>
+      <x:c r="D26" s="0">
+        <x:v>137.949</x:v>
+      </x:c>
+      <x:c r="E26" s="0">
+        <x:v>156.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="1">
+        <x:v>46038.7739467593</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C27" s="0">
+        <x:v>1.04</x:v>
+      </x:c>
+      <x:c r="D27" s="0">
+        <x:v>140.114</x:v>
+      </x:c>
+      <x:c r="E27" s="0">
+        <x:v>159.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="1">
+        <x:v>46038.7429166667</x:v>
+      </x:c>
+      <x:c r="B28" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C28" s="0">
+        <x:v>1.04</x:v>
+      </x:c>
+      <x:c r="D28" s="0">
+        <x:v>140.114</x:v>
+      </x:c>
+      <x:c r="E28" s="0">
+        <x:v>159.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="1">
+        <x:v>46037.7737152778</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C29" s="0">
+        <x:v>1.12</x:v>
+      </x:c>
+      <x:c r="D29" s="0">
+        <x:v>141.451</x:v>
+      </x:c>
+      <x:c r="E29" s="0">
+        <x:v>160.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="1">
+        <x:v>46037.7426967593</x:v>
+      </x:c>
+      <x:c r="B30" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C30" s="0">
+        <x:v>1.12</x:v>
+      </x:c>
+      <x:c r="D30" s="0">
+        <x:v>141.451</x:v>
+      </x:c>
+      <x:c r="E30" s="0">
+        <x:v>160.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="1">
+        <x:v>46036.7743055556</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C31" s="0">
+        <x:v>1.16</x:v>
+      </x:c>
+      <x:c r="D31" s="0">
+        <x:v>142.173</x:v>
+      </x:c>
+      <x:c r="E31" s="0">
+        <x:v>161.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="1">
+        <x:v>46036.7428935185</x:v>
+      </x:c>
+      <x:c r="B32" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C32" s="0">
+        <x:v>1.16</x:v>
+      </x:c>
+      <x:c r="D32" s="0">
+        <x:v>142.173</x:v>
+      </x:c>
+      <x:c r="E32" s="0">
+        <x:v>161.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="1">
         <x:v>46035.7727546296</x:v>
       </x:c>
-      <x:c r="B7" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C7" s="0">
+      <x:c r="B33" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C33" s="0">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D7" s="0">
+      <x:c r="D33" s="0">
         <x:v>139.005</x:v>
       </x:c>
-      <x:c r="E7" s="0">
+      <x:c r="E33" s="0">
         <x:v>157.96</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>