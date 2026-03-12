--- v1 (2026-02-06)
+++ v2 (2026-03-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ba76e33192546ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51b38f24c889452cb24857db2f831c4a.psmdcp" Id="R04d6b626dd9f42e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8bba0190973483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6acf606b94ef4e4da25017f92f956fed.psmdcp" Id="R0921dfe7caa9422b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP10FQ47</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,607 +390,1406 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E33"/>
+  <x:dimension ref="A1:E80"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46058.7435300926</x:v>
+        <x:v>46092.7758101852</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.38</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>147.664</x:v>
+        <x:v>147.083</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>167.8</x:v>
+        <x:v>167.14</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46057.7740046296</x:v>
+        <x:v>46092.7434259259</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1.43</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>148.35</x:v>
+        <x:v>147.083</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>168.58</x:v>
+        <x:v>167.14</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46057.7431712963</x:v>
+        <x:v>46091.775150463</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1.43</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>148.35</x:v>
+        <x:v>147.277</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>168.58</x:v>
+        <x:v>167.36</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46056.8210648148</x:v>
+        <x:v>46091.743275463</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1.02</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>140.342</x:v>
+        <x:v>147.277</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>159.48</x:v>
+        <x:v>167.36</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46056.7740046296</x:v>
+        <x:v>46090.7754513889</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>1.02</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>140.342</x:v>
+        <x:v>145.534</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>159.48</x:v>
+        <x:v>165.38</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46056.7429513889</x:v>
+        <x:v>46090.7436458333</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>1.02</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>140.342</x:v>
+        <x:v>145.534</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>159.48</x:v>
+        <x:v>165.38</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46055.7738541667</x:v>
+        <x:v>46087.775150463</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>1.02</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>140.307</x:v>
+        <x:v>147.224</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>159.44</x:v>
+        <x:v>167.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46055.7428356481</x:v>
+        <x:v>46087.7446527778</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>1.02</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>140.307</x:v>
+        <x:v>147.224</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>159.44</x:v>
+        <x:v>167.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46052.7750810185</x:v>
+        <x:v>46086.774837963</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.96</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>138.987</x:v>
+        <x:v>149.864</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>157.94</x:v>
+        <x:v>170.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46052.7433217593</x:v>
+        <x:v>46086.743275463</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.96</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>138.987</x:v>
+        <x:v>149.864</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>157.94</x:v>
+        <x:v>170.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46051.7428819444</x:v>
+        <x:v>46085.7747222222</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.97</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>139.198</x:v>
+        <x:v>151.677</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>158.18</x:v>
+        <x:v>172.36</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46050.7428472222</x:v>
+        <x:v>46085.7437731481</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>138.072</x:v>
+        <x:v>151.677</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>156.9</x:v>
+        <x:v>172.36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46049.7425231481</x:v>
+        <x:v>46084.7759143518</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>138.107</x:v>
+        <x:v>152.856</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>156.94</x:v>
+        <x:v>173.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46048.7747569444</x:v>
+        <x:v>46084.7433449074</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.94</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>138.477</x:v>
+        <x:v>152.856</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>157.36</x:v>
+        <x:v>173.7</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46045.7737962963</x:v>
+        <x:v>46083.7757986111</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.95</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>138.706</x:v>
+        <x:v>154.598</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>157.62</x:v>
+        <x:v>175.68</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46045.7423726852</x:v>
+        <x:v>46083.7433564815</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.95</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>138.706</x:v>
+        <x:v>154.598</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>157.62</x:v>
+        <x:v>175.68</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46044.7737847222</x:v>
+        <x:v>46080.7756481481</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.94</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>138.336</x:v>
+        <x:v>156.851</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>157.2</x:v>
+        <x:v>178.24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46044.7425925926</x:v>
+        <x:v>46080.7438310185</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.94</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>138.336</x:v>
+        <x:v>156.851</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>157.2</x:v>
+        <x:v>178.24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46043.7727893519</x:v>
+        <x:v>46079.775462963</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.88</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>137.051</x:v>
+        <x:v>157.96</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>155.74</x:v>
+        <x:v>179.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46043.7427662037</x:v>
+        <x:v>46079.7437037037</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.88</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>137.051</x:v>
+        <x:v>157.96</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>155.74</x:v>
+        <x:v>179.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46042.7742824074</x:v>
+        <x:v>46078.7752430556</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.88</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>136.998</x:v>
+        <x:v>156.904</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>155.68</x:v>
+        <x:v>178.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46042.7413773148</x:v>
+        <x:v>46078.7432175926</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.88</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>136.998</x:v>
+        <x:v>156.904</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>155.68</x:v>
+        <x:v>178.3</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46041.773587963</x:v>
+        <x:v>46077.7754398148</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.93</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>137.949</x:v>
+        <x:v>156.024</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>156.76</x:v>
+        <x:v>177.3</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46041.7428240741</x:v>
+        <x:v>46077.7430208333</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.93</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>137.949</x:v>
+        <x:v>156.024</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>156.76</x:v>
+        <x:v>177.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46038.7739467593</x:v>
+        <x:v>46076.7747685185</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>1.04</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>140.114</x:v>
+        <x:v>153.789</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>159.22</x:v>
+        <x:v>174.76</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46038.7429166667</x:v>
+        <x:v>46076.743125</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>1.04</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>140.114</x:v>
+        <x:v>153.789</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>159.22</x:v>
+        <x:v>174.76</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46037.7737152778</x:v>
+        <x:v>46073.7430208333</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>1.12</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>141.451</x:v>
+        <x:v>154.493</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>160.74</x:v>
+        <x:v>175.56</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46037.7426967593</x:v>
+        <x:v>46072.7741203704</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>1.12</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>141.451</x:v>
+        <x:v>147.418</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>160.74</x:v>
+        <x:v>167.52</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46036.7743055556</x:v>
+        <x:v>46072.7430208333</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1.16</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>142.173</x:v>
+        <x:v>147.418</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>161.56</x:v>
+        <x:v>167.52</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46036.7428935185</x:v>
+        <x:v>46071.7731365741</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>1.16</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>142.173</x:v>
+        <x:v>147.576</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>161.56</x:v>
+        <x:v>167.7</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
+        <x:v>46071.7427777778</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C33" s="0">
+        <x:v>1.34</x:v>
+      </x:c>
+      <x:c r="D33" s="0">
+        <x:v>147.576</x:v>
+      </x:c>
+      <x:c r="E33" s="0">
+        <x:v>167.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="1">
+        <x:v>46070.7736689815</x:v>
+      </x:c>
+      <x:c r="B34" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C34" s="0">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="D34" s="0">
+        <x:v>149.829</x:v>
+      </x:c>
+      <x:c r="E34" s="0">
+        <x:v>170.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="1">
+        <x:v>46070.7427430556</x:v>
+      </x:c>
+      <x:c r="B35" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C35" s="0">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="D35" s="0">
+        <x:v>149.829</x:v>
+      </x:c>
+      <x:c r="E35" s="0">
+        <x:v>170.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="1">
+        <x:v>46069.7748032407</x:v>
+      </x:c>
+      <x:c r="B36" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C36" s="0">
+        <x:v>1.44</x:v>
+      </x:c>
+      <x:c r="D36" s="0">
+        <x:v>148.949</x:v>
+      </x:c>
+      <x:c r="E36" s="0">
+        <x:v>169.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="1">
+        <x:v>46069.7430324074</x:v>
+      </x:c>
+      <x:c r="B37" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C37" s="0">
+        <x:v>1.44</x:v>
+      </x:c>
+      <x:c r="D37" s="0">
+        <x:v>148.949</x:v>
+      </x:c>
+      <x:c r="E37" s="0">
+        <x:v>169.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="1">
+        <x:v>46066.7740162037</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C38" s="0">
+        <x:v>1.46</x:v>
+      </x:c>
+      <x:c r="D38" s="0">
+        <x:v>149.072</x:v>
+      </x:c>
+      <x:c r="E38" s="0">
+        <x:v>169.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="1">
+        <x:v>46066.7432407407</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C39" s="0">
+        <x:v>1.46</x:v>
+      </x:c>
+      <x:c r="D39" s="0">
+        <x:v>149.072</x:v>
+      </x:c>
+      <x:c r="E39" s="0">
+        <x:v>169.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="1">
+        <x:v>46065.7731481481</x:v>
+      </x:c>
+      <x:c r="B40" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C40" s="0">
+        <x:v>1.43</x:v>
+      </x:c>
+      <x:c r="D40" s="0">
+        <x:v>148.632</x:v>
+      </x:c>
+      <x:c r="E40" s="0">
+        <x:v>168.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="1">
+        <x:v>46065.7431018519</x:v>
+      </x:c>
+      <x:c r="B41" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C41" s="0">
+        <x:v>1.43</x:v>
+      </x:c>
+      <x:c r="D41" s="0">
+        <x:v>148.632</x:v>
+      </x:c>
+      <x:c r="E41" s="0">
+        <x:v>168.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="1">
+        <x:v>46064.7745486111</x:v>
+      </x:c>
+      <x:c r="B42" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C42" s="0">
+        <x:v>1.37</x:v>
+      </x:c>
+      <x:c r="D42" s="0">
+        <x:v>147.752</x:v>
+      </x:c>
+      <x:c r="E42" s="0">
+        <x:v>167.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="1">
+        <x:v>46064.7434606481</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C43" s="0">
+        <x:v>1.37</x:v>
+      </x:c>
+      <x:c r="D43" s="0">
+        <x:v>147.752</x:v>
+      </x:c>
+      <x:c r="E43" s="0">
+        <x:v>167.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="1">
+        <x:v>46063.7748032407</x:v>
+      </x:c>
+      <x:c r="B44" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C44" s="0">
+        <x:v>1.46</x:v>
+      </x:c>
+      <x:c r="D44" s="0">
+        <x:v>149.037</x:v>
+      </x:c>
+      <x:c r="E44" s="0">
+        <x:v>169.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="1">
+        <x:v>46063.7433217593</x:v>
+      </x:c>
+      <x:c r="B45" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C45" s="0">
+        <x:v>1.46</x:v>
+      </x:c>
+      <x:c r="D45" s="0">
+        <x:v>149.037</x:v>
+      </x:c>
+      <x:c r="E45" s="0">
+        <x:v>169.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="1">
+        <x:v>46062.7729166667</x:v>
+      </x:c>
+      <x:c r="B46" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C46" s="0">
+        <x:v>1.34</x:v>
+      </x:c>
+      <x:c r="D46" s="0">
+        <x:v>147.118</x:v>
+      </x:c>
+      <x:c r="E46" s="0">
+        <x:v>167.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="1">
+        <x:v>46062.7432060185</x:v>
+      </x:c>
+      <x:c r="B47" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C47" s="0">
+        <x:v>1.34</x:v>
+      </x:c>
+      <x:c r="D47" s="0">
+        <x:v>147.118</x:v>
+      </x:c>
+      <x:c r="E47" s="0">
+        <x:v>167.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="1">
+        <x:v>46059.772337963</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C48" s="0">
+        <x:v>1.38</x:v>
+      </x:c>
+      <x:c r="D48" s="0">
+        <x:v>147.611</x:v>
+      </x:c>
+      <x:c r="E48" s="0">
+        <x:v>167.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="1">
+        <x:v>46059.7425578704</x:v>
+      </x:c>
+      <x:c r="B49" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C49" s="0">
+        <x:v>1.38</x:v>
+      </x:c>
+      <x:c r="D49" s="0">
+        <x:v>147.611</x:v>
+      </x:c>
+      <x:c r="E49" s="0">
+        <x:v>167.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="1">
+        <x:v>46058.7435300926</x:v>
+      </x:c>
+      <x:c r="B50" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C50" s="0">
+        <x:v>1.38</x:v>
+      </x:c>
+      <x:c r="D50" s="0">
+        <x:v>147.664</x:v>
+      </x:c>
+      <x:c r="E50" s="0">
+        <x:v>167.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="1">
+        <x:v>46057.7740046296</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C51" s="0">
+        <x:v>1.43</x:v>
+      </x:c>
+      <x:c r="D51" s="0">
+        <x:v>148.35</x:v>
+      </x:c>
+      <x:c r="E51" s="0">
+        <x:v>168.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="1">
+        <x:v>46057.7431712963</x:v>
+      </x:c>
+      <x:c r="B52" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C52" s="0">
+        <x:v>1.43</x:v>
+      </x:c>
+      <x:c r="D52" s="0">
+        <x:v>148.35</x:v>
+      </x:c>
+      <x:c r="E52" s="0">
+        <x:v>168.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="1">
+        <x:v>46056.8210648148</x:v>
+      </x:c>
+      <x:c r="B53" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C53" s="0">
+        <x:v>1.02</x:v>
+      </x:c>
+      <x:c r="D53" s="0">
+        <x:v>140.342</x:v>
+      </x:c>
+      <x:c r="E53" s="0">
+        <x:v>159.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="1">
+        <x:v>46056.7740046296</x:v>
+      </x:c>
+      <x:c r="B54" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C54" s="0">
+        <x:v>1.02</x:v>
+      </x:c>
+      <x:c r="D54" s="0">
+        <x:v>140.342</x:v>
+      </x:c>
+      <x:c r="E54" s="0">
+        <x:v>159.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="1">
+        <x:v>46056.7429513889</x:v>
+      </x:c>
+      <x:c r="B55" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C55" s="0">
+        <x:v>1.02</x:v>
+      </x:c>
+      <x:c r="D55" s="0">
+        <x:v>140.342</x:v>
+      </x:c>
+      <x:c r="E55" s="0">
+        <x:v>159.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="1">
+        <x:v>46055.7738541667</x:v>
+      </x:c>
+      <x:c r="B56" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C56" s="0">
+        <x:v>1.02</x:v>
+      </x:c>
+      <x:c r="D56" s="0">
+        <x:v>140.307</x:v>
+      </x:c>
+      <x:c r="E56" s="0">
+        <x:v>159.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="1">
+        <x:v>46055.7428356481</x:v>
+      </x:c>
+      <x:c r="B57" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C57" s="0">
+        <x:v>1.02</x:v>
+      </x:c>
+      <x:c r="D57" s="0">
+        <x:v>140.307</x:v>
+      </x:c>
+      <x:c r="E57" s="0">
+        <x:v>159.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="1">
+        <x:v>46052.7750810185</x:v>
+      </x:c>
+      <x:c r="B58" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C58" s="0">
+        <x:v>0.96</x:v>
+      </x:c>
+      <x:c r="D58" s="0">
+        <x:v>138.987</x:v>
+      </x:c>
+      <x:c r="E58" s="0">
+        <x:v>157.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="1">
+        <x:v>46052.7433217593</x:v>
+      </x:c>
+      <x:c r="B59" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C59" s="0">
+        <x:v>0.96</x:v>
+      </x:c>
+      <x:c r="D59" s="0">
+        <x:v>138.987</x:v>
+      </x:c>
+      <x:c r="E59" s="0">
+        <x:v>157.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="1">
+        <x:v>46051.7428819444</x:v>
+      </x:c>
+      <x:c r="B60" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C60" s="0">
+        <x:v>0.97</x:v>
+      </x:c>
+      <x:c r="D60" s="0">
+        <x:v>139.198</x:v>
+      </x:c>
+      <x:c r="E60" s="0">
+        <x:v>158.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="1">
+        <x:v>46050.7428472222</x:v>
+      </x:c>
+      <x:c r="B61" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C61" s="0">
+        <x:v>0.92</x:v>
+      </x:c>
+      <x:c r="D61" s="0">
+        <x:v>138.072</x:v>
+      </x:c>
+      <x:c r="E61" s="0">
+        <x:v>156.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="1">
+        <x:v>46049.7425231481</x:v>
+      </x:c>
+      <x:c r="B62" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C62" s="0">
+        <x:v>0.92</x:v>
+      </x:c>
+      <x:c r="D62" s="0">
+        <x:v>138.107</x:v>
+      </x:c>
+      <x:c r="E62" s="0">
+        <x:v>156.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="1">
+        <x:v>46048.7747569444</x:v>
+      </x:c>
+      <x:c r="B63" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C63" s="0">
+        <x:v>0.94</x:v>
+      </x:c>
+      <x:c r="D63" s="0">
+        <x:v>138.477</x:v>
+      </x:c>
+      <x:c r="E63" s="0">
+        <x:v>157.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="1">
+        <x:v>46045.7737962963</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C64" s="0">
+        <x:v>0.95</x:v>
+      </x:c>
+      <x:c r="D64" s="0">
+        <x:v>138.706</x:v>
+      </x:c>
+      <x:c r="E64" s="0">
+        <x:v>157.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="1">
+        <x:v>46045.7423726852</x:v>
+      </x:c>
+      <x:c r="B65" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C65" s="0">
+        <x:v>0.95</x:v>
+      </x:c>
+      <x:c r="D65" s="0">
+        <x:v>138.706</x:v>
+      </x:c>
+      <x:c r="E65" s="0">
+        <x:v>157.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="1">
+        <x:v>46044.7737847222</x:v>
+      </x:c>
+      <x:c r="B66" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C66" s="0">
+        <x:v>0.94</x:v>
+      </x:c>
+      <x:c r="D66" s="0">
+        <x:v>138.336</x:v>
+      </x:c>
+      <x:c r="E66" s="0">
+        <x:v>157.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1">
+        <x:v>46044.7425925926</x:v>
+      </x:c>
+      <x:c r="B67" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C67" s="0">
+        <x:v>0.94</x:v>
+      </x:c>
+      <x:c r="D67" s="0">
+        <x:v>138.336</x:v>
+      </x:c>
+      <x:c r="E67" s="0">
+        <x:v>157.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="1">
+        <x:v>46043.7727893519</x:v>
+      </x:c>
+      <x:c r="B68" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C68" s="0">
+        <x:v>0.88</x:v>
+      </x:c>
+      <x:c r="D68" s="0">
+        <x:v>137.051</x:v>
+      </x:c>
+      <x:c r="E68" s="0">
+        <x:v>155.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1">
+        <x:v>46043.7427662037</x:v>
+      </x:c>
+      <x:c r="B69" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C69" s="0">
+        <x:v>0.88</x:v>
+      </x:c>
+      <x:c r="D69" s="0">
+        <x:v>137.051</x:v>
+      </x:c>
+      <x:c r="E69" s="0">
+        <x:v>155.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="1">
+        <x:v>46042.7742824074</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C70" s="0">
+        <x:v>0.88</x:v>
+      </x:c>
+      <x:c r="D70" s="0">
+        <x:v>136.998</x:v>
+      </x:c>
+      <x:c r="E70" s="0">
+        <x:v>155.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="1">
+        <x:v>46042.7413773148</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C71" s="0">
+        <x:v>0.88</x:v>
+      </x:c>
+      <x:c r="D71" s="0">
+        <x:v>136.998</x:v>
+      </x:c>
+      <x:c r="E71" s="0">
+        <x:v>155.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="1">
+        <x:v>46041.773587963</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C72" s="0">
+        <x:v>0.93</x:v>
+      </x:c>
+      <x:c r="D72" s="0">
+        <x:v>137.949</x:v>
+      </x:c>
+      <x:c r="E72" s="0">
+        <x:v>156.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="1">
+        <x:v>46041.7428240741</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C73" s="0">
+        <x:v>0.93</x:v>
+      </x:c>
+      <x:c r="D73" s="0">
+        <x:v>137.949</x:v>
+      </x:c>
+      <x:c r="E73" s="0">
+        <x:v>156.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="1">
+        <x:v>46038.7739467593</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C74" s="0">
+        <x:v>1.04</x:v>
+      </x:c>
+      <x:c r="D74" s="0">
+        <x:v>140.114</x:v>
+      </x:c>
+      <x:c r="E74" s="0">
+        <x:v>159.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="1">
+        <x:v>46038.7429166667</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C75" s="0">
+        <x:v>1.04</x:v>
+      </x:c>
+      <x:c r="D75" s="0">
+        <x:v>140.114</x:v>
+      </x:c>
+      <x:c r="E75" s="0">
+        <x:v>159.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="1">
+        <x:v>46037.7737152778</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C76" s="0">
+        <x:v>1.12</x:v>
+      </x:c>
+      <x:c r="D76" s="0">
+        <x:v>141.451</x:v>
+      </x:c>
+      <x:c r="E76" s="0">
+        <x:v>160.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="1">
+        <x:v>46037.7426967593</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C77" s="0">
+        <x:v>1.12</x:v>
+      </x:c>
+      <x:c r="D77" s="0">
+        <x:v>141.451</x:v>
+      </x:c>
+      <x:c r="E77" s="0">
+        <x:v>160.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="1">
+        <x:v>46036.7743055556</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C78" s="0">
+        <x:v>1.16</x:v>
+      </x:c>
+      <x:c r="D78" s="0">
+        <x:v>142.173</x:v>
+      </x:c>
+      <x:c r="E78" s="0">
+        <x:v>161.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="1">
+        <x:v>46036.7428935185</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C79" s="0">
+        <x:v>1.16</x:v>
+      </x:c>
+      <x:c r="D79" s="0">
+        <x:v>142.173</x:v>
+      </x:c>
+      <x:c r="E79" s="0">
+        <x:v>161.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="1">
         <x:v>46035.7727546296</x:v>
       </x:c>
-      <x:c r="B33" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C33" s="0">
+      <x:c r="B80" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C80" s="0">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D33" s="0">
+      <x:c r="D80" s="0">
         <x:v>139.005</x:v>
       </x:c>
-      <x:c r="E33" s="0">
+      <x:c r="E80" s="0">
         <x:v>157.96</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>