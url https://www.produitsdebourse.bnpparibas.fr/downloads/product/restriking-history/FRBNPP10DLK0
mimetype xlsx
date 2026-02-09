--- v0 (2026-01-16)
+++ v1 (2026-02-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d203b9eba7a4223" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d873fe4fa7364daf8677af10dcff57c2.psmdcp" Id="R54b96fa0f29e47e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b68ab410d06418d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13ff7865167d4b22a158d47e5ea2eb65.psmdcp" Id="Re918bce9c4924540" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP10DLK0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>