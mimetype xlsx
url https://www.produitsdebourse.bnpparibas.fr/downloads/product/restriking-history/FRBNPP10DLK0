--- v1 (2026-02-09)
+++ v2 (2026-03-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b68ab410d06418d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13ff7865167d4b22a158d47e5ea2eb65.psmdcp" Id="Re918bce9c4924540" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb43fc97b501b46fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/db714f71685b4be194b44bd2f1bf25a2.psmdcp" Id="R860f360d61a94f7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP10DLK0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>