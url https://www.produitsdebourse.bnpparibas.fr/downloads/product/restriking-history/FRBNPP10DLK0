--- v2 (2026-03-06)
+++ v3 (2026-03-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb43fc97b501b46fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/db714f71685b4be194b44bd2f1bf25a2.psmdcp" Id="R860f360d61a94f7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9cf0fdfc695448b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4f5db12aa3ad434895978c6e515a7846.psmdcp" Id="Rc48f547932504252" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP10DLK0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>