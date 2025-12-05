--- v0 (2025-11-11)
+++ v1 (2025-12-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1c8fbee7e514ff3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/25c6963296c647c385a8aafe470c5888.psmdcp" Id="R2613e5d3df454530" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0a4cae907634d94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea4e6f0be49b47cc96a7eacbb196d387.psmdcp" Id="Rf6c5f2f4dde84b68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP102362</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,250 +390,539 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E12"/>
+  <x:dimension ref="A1:E29"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45971.8316203704</x:v>
+        <x:v>45995.8232407407</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>4.23</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>3874.68</x:v>
+        <x:v>3988.42</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>4122</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45968.8265509259</x:v>
+        <x:v>45994.8237152778</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>3.04</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>3769.212</x:v>
+        <x:v>3978.55</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>4009.8</x:v>
+        <x:v>4232.5</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45967.856724537</x:v>
+        <x:v>45993.8229513889</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>2.86</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>3751.54</x:v>
+        <x:v>3967.552</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>3991</x:v>
+        <x:v>4220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45967.8527893519</x:v>
+        <x:v>45992.8242824074</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>2.86</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>3751.54</x:v>
+        <x:v>4018.312</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>3991</x:v>
+        <x:v>4274.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45967.8429050926</x:v>
+        <x:v>45989.8354976852</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>2.86</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>3751.54</x:v>
+        <x:v>3999.606</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>3991</x:v>
+        <x:v>4254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45967.8321412037</x:v>
+        <x:v>45987.8265277778</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>2.86</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>3751.54</x:v>
+        <x:v>3950.162</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>3991</x:v>
+        <x:v>4202.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45966.8257638889</x:v>
+        <x:v>45986.8420486111</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>2.88</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>3753.326</x:v>
+        <x:v>3926.662</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>3992.9</x:v>
+        <x:v>4177.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45965.8373263889</x:v>
+        <x:v>45985.8473148148</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>2.58</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>3722.87</x:v>
+        <x:v>3882.952</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>3960.5</x:v>
+        <x:v>4130.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45964.8251041667</x:v>
+        <x:v>45982.8241087963</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>3.18</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>3773.16</x:v>
+        <x:v>3869.04</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>4014</x:v>
+        <x:v>4116</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
+        <x:v>45981.858912037</x:v>
+      </x:c>
+      <x:c r="B12" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C12" s="0">
+        <x:v>3.01</x:v>
+      </x:c>
+      <x:c r="D12" s="0">
+        <x:v>3849.958</x:v>
+      </x:c>
+      <x:c r="E12" s="0">
+        <x:v>4060</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="1">
+        <x:v>45980.8244791667</x:v>
+      </x:c>
+      <x:c r="B13" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C13" s="0">
+        <x:v>3.27</x:v>
+      </x:c>
+      <x:c r="D13" s="0">
+        <x:v>3837.832</x:v>
+      </x:c>
+      <x:c r="E13" s="0">
+        <x:v>4082.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="1">
+        <x:v>45979.8891782407</x:v>
+      </x:c>
+      <x:c r="B14" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C14" s="0">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="D14" s="0">
+        <x:v>3822.51</x:v>
+      </x:c>
+      <x:c r="E14" s="0">
+        <x:v>4066.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="1">
+        <x:v>45978.8252083333</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C15" s="0">
+        <x:v>3.19</x:v>
+      </x:c>
+      <x:c r="D15" s="0">
+        <x:v>3830.03</x:v>
+      </x:c>
+      <x:c r="E15" s="0">
+        <x:v>4074.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="1">
+        <x:v>45975.8263078704</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C16" s="0">
+        <x:v>3.43</x:v>
+      </x:c>
+      <x:c r="D16" s="0">
+        <x:v>3848.548</x:v>
+      </x:c>
+      <x:c r="E16" s="0">
+        <x:v>4094.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="1">
+        <x:v>45974.8559722222</x:v>
+      </x:c>
+      <x:c r="B17" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C17" s="0">
+        <x:v>5.16</x:v>
+      </x:c>
+      <x:c r="D17" s="0">
+        <x:v>3942.83</x:v>
+      </x:c>
+      <x:c r="E17" s="0">
+        <x:v>4194.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="1">
+        <x:v>45973.8250115741</x:v>
+      </x:c>
+      <x:c r="B18" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C18" s="0">
+        <x:v>5.51</x:v>
+      </x:c>
+      <x:c r="D18" s="0">
+        <x:v>3960.784</x:v>
+      </x:c>
+      <x:c r="E18" s="0">
+        <x:v>4213.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="1">
+        <x:v>45972.8325347222</x:v>
+      </x:c>
+      <x:c r="B19" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C19" s="0">
+        <x:v>4.14</x:v>
+      </x:c>
+      <x:c r="D19" s="0">
+        <x:v>3869.322</x:v>
+      </x:c>
+      <x:c r="E19" s="0">
+        <x:v>4116.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="1">
+        <x:v>45971.8316203704</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C20" s="0">
+        <x:v>4.23</x:v>
+      </x:c>
+      <x:c r="D20" s="0">
+        <x:v>3874.68</x:v>
+      </x:c>
+      <x:c r="E20" s="0">
+        <x:v>4122</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="1">
+        <x:v>45968.8265509259</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C21" s="0">
+        <x:v>3.04</x:v>
+      </x:c>
+      <x:c r="D21" s="0">
+        <x:v>3769.212</x:v>
+      </x:c>
+      <x:c r="E21" s="0">
+        <x:v>4009.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="1">
+        <x:v>45967.856724537</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C22" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D22" s="0">
+        <x:v>3751.54</x:v>
+      </x:c>
+      <x:c r="E22" s="0">
+        <x:v>3991</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="1">
+        <x:v>45967.8527893519</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C23" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D23" s="0">
+        <x:v>3751.54</x:v>
+      </x:c>
+      <x:c r="E23" s="0">
+        <x:v>3991</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="1">
+        <x:v>45967.8429050926</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C24" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D24" s="0">
+        <x:v>3751.54</x:v>
+      </x:c>
+      <x:c r="E24" s="0">
+        <x:v>3991</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="1">
+        <x:v>45967.8321412037</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C25" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D25" s="0">
+        <x:v>3751.54</x:v>
+      </x:c>
+      <x:c r="E25" s="0">
+        <x:v>3991</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="1">
+        <x:v>45966.8257638889</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C26" s="0">
+        <x:v>2.88</x:v>
+      </x:c>
+      <x:c r="D26" s="0">
+        <x:v>3753.326</x:v>
+      </x:c>
+      <x:c r="E26" s="0">
+        <x:v>3992.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="1">
+        <x:v>45965.8373263889</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C27" s="0">
+        <x:v>2.58</x:v>
+      </x:c>
+      <x:c r="D27" s="0">
+        <x:v>3722.87</x:v>
+      </x:c>
+      <x:c r="E27" s="0">
+        <x:v>3960.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="1">
+        <x:v>45964.8251041667</x:v>
+      </x:c>
+      <x:c r="B28" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C28" s="0">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="D28" s="0">
+        <x:v>3773.16</x:v>
+      </x:c>
+      <x:c r="E28" s="0">
+        <x:v>4014</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="1">
         <x:v>45961.7823263889</x:v>
       </x:c>
-      <x:c r="B12" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C12" s="0">
+      <x:c r="B29" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C29" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D12" s="0">
+      <x:c r="D29" s="0">
         <x:v>3756.71</x:v>
       </x:c>
-      <x:c r="E12" s="0">
+      <x:c r="E29" s="0">
         <x:v>3996.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>