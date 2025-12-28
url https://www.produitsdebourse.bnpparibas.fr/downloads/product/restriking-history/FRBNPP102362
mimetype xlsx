--- v1 (2025-12-05)
+++ v2 (2025-12-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0a4cae907634d94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea4e6f0be49b47cc96a7eacbb196d387.psmdcp" Id="Rf6c5f2f4dde84b68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30785f0890c94783" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b74e02be66484c1e828ccb366ae6ebe3.psmdcp" Id="R3f01314390f94d8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP102362</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,539 +390,811 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E29"/>
+  <x:dimension ref="A1:E45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45995.8232407407</x:v>
+        <x:v>46017.8292013889</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>4.66</x:v>
+        <x:v>11.24</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>3988.42</x:v>
+        <x:v>4279.538</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>4243</x:v>
+        <x:v>4552.7</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45994.8237152778</x:v>
+        <x:v>46015.8240277778</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>4.51</x:v>
+        <x:v>9.74</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>3978.55</x:v>
+        <x:v>4232.632</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>4232.5</x:v>
+        <x:v>4502.8</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45993.8229513889</x:v>
+        <x:v>46014.8341898148</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>4.35</x:v>
+        <x:v>9.83</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>3967.552</x:v>
+        <x:v>4235.358</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>4220.8</x:v>
+        <x:v>4505.7</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45992.8242824074</x:v>
+        <x:v>46014.825474537</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>5.28</x:v>
+        <x:v>9.83</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>4018.312</x:v>
+        <x:v>4235.358</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>4274.8</x:v>
+        <x:v>4505.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45989.8354976852</x:v>
+        <x:v>46013.830787037</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>4.97</x:v>
+        <x:v>8.84</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>3999.606</x:v>
+        <x:v>4201.236</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>4254.9</x:v>
+        <x:v>4469.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45987.8265277778</x:v>
+        <x:v>46010.8267592593</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>4.23</x:v>
+        <x:v>7.01</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>3950.162</x:v>
+        <x:v>4124.062</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>4202.3</x:v>
+        <x:v>4387.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45986.8420486111</x:v>
+        <x:v>46009.8283333333</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>3.91</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>3926.662</x:v>
+        <x:v>4102.63</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>4177.3</x:v>
+        <x:v>4364.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45985.8473148148</x:v>
+        <x:v>46008.8262962963</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>3.38</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>3882.952</x:v>
+        <x:v>4111.466</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>4130.8</x:v>
+        <x:v>4373.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45982.8241087963</x:v>
+        <x:v>46007.8233680556</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>3.22</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>3869.04</x:v>
+        <x:v>4072.362</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>4116</x:v>
+        <x:v>4332.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45981.858912037</x:v>
+        <x:v>46006.8309722222</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>3.01</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>3849.958</x:v>
+        <x:v>4075.088</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>4060</x:v>
+        <x:v>4335.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45980.8244791667</x:v>
+        <x:v>46003.8253125</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>3.27</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>3837.832</x:v>
+        <x:v>4068.602</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>4082.8</x:v>
+        <x:v>4328.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45979.8891782407</x:v>
+        <x:v>46002.8233680556</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>3.1</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>3822.51</x:v>
+        <x:v>4054.22</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>4066.5</x:v>
+        <x:v>4313</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45978.8252083333</x:v>
+        <x:v>46001.8248611111</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>3.19</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>3830.03</x:v>
+        <x:v>3971.218</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>4074.5</x:v>
+        <x:v>4224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45975.8263078704</x:v>
+        <x:v>46000.8228125</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>3.43</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>3848.548</x:v>
+        <x:v>3982.028</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>4094.2</x:v>
+        <x:v>4236.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45974.8559722222</x:v>
+        <x:v>45999.8271990741</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>5.16</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>3942.83</x:v>
+        <x:v>3964.638</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>4194.5</x:v>
+        <x:v>4217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45973.8250115741</x:v>
+        <x:v>45996.8263310185</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>5.51</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>3960.784</x:v>
+        <x:v>3988.42</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>4213.6</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45972.8325347222</x:v>
+        <x:v>45995.8232407407</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>4.14</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>3869.322</x:v>
+        <x:v>3988.42</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>4116.3</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45971.8316203704</x:v>
+        <x:v>45994.8237152778</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>4.23</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>3874.68</x:v>
+        <x:v>3978.55</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>4122</x:v>
+        <x:v>4232.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45968.8265509259</x:v>
+        <x:v>45993.8229513889</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>3.04</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>3769.212</x:v>
+        <x:v>3967.552</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>4009.8</x:v>
+        <x:v>4220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45967.856724537</x:v>
+        <x:v>45992.8242824074</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>2.86</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>3751.54</x:v>
+        <x:v>4018.312</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>3991</x:v>
+        <x:v>4274.8</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45967.8527893519</x:v>
+        <x:v>45989.8354976852</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>2.86</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>3751.54</x:v>
+        <x:v>3999.606</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>3991</x:v>
+        <x:v>4254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45967.8429050926</x:v>
+        <x:v>45987.8265277778</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>2.86</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>3751.54</x:v>
+        <x:v>3950.162</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>3991</x:v>
+        <x:v>4202.3</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45967.8321412037</x:v>
+        <x:v>45986.8420486111</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>2.86</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>3751.54</x:v>
+        <x:v>3926.662</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>3991</x:v>
+        <x:v>4177.3</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45966.8257638889</x:v>
+        <x:v>45985.8473148148</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>2.88</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>3753.326</x:v>
+        <x:v>3882.952</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>3992.9</x:v>
+        <x:v>4130.8</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45965.8373263889</x:v>
+        <x:v>45982.8241087963</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>2.58</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>3722.87</x:v>
+        <x:v>3869.04</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>3960.5</x:v>
+        <x:v>4116</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45964.8251041667</x:v>
+        <x:v>45981.858912037</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>3.18</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>3773.16</x:v>
+        <x:v>3849.958</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>4014</x:v>
+        <x:v>4060</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
+        <x:v>45980.8244791667</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C29" s="0">
+        <x:v>3.27</x:v>
+      </x:c>
+      <x:c r="D29" s="0">
+        <x:v>3837.832</x:v>
+      </x:c>
+      <x:c r="E29" s="0">
+        <x:v>4082.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="1">
+        <x:v>45979.8891782407</x:v>
+      </x:c>
+      <x:c r="B30" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C30" s="0">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="D30" s="0">
+        <x:v>3822.51</x:v>
+      </x:c>
+      <x:c r="E30" s="0">
+        <x:v>4066.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="1">
+        <x:v>45978.8252083333</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C31" s="0">
+        <x:v>3.19</x:v>
+      </x:c>
+      <x:c r="D31" s="0">
+        <x:v>3830.03</x:v>
+      </x:c>
+      <x:c r="E31" s="0">
+        <x:v>4074.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="1">
+        <x:v>45975.8263078704</x:v>
+      </x:c>
+      <x:c r="B32" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C32" s="0">
+        <x:v>3.43</x:v>
+      </x:c>
+      <x:c r="D32" s="0">
+        <x:v>3848.548</x:v>
+      </x:c>
+      <x:c r="E32" s="0">
+        <x:v>4094.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="1">
+        <x:v>45974.8559722222</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C33" s="0">
+        <x:v>5.16</x:v>
+      </x:c>
+      <x:c r="D33" s="0">
+        <x:v>3942.83</x:v>
+      </x:c>
+      <x:c r="E33" s="0">
+        <x:v>4194.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="1">
+        <x:v>45973.8250115741</x:v>
+      </x:c>
+      <x:c r="B34" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C34" s="0">
+        <x:v>5.51</x:v>
+      </x:c>
+      <x:c r="D34" s="0">
+        <x:v>3960.784</x:v>
+      </x:c>
+      <x:c r="E34" s="0">
+        <x:v>4213.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="1">
+        <x:v>45972.8325347222</x:v>
+      </x:c>
+      <x:c r="B35" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C35" s="0">
+        <x:v>4.14</x:v>
+      </x:c>
+      <x:c r="D35" s="0">
+        <x:v>3869.322</x:v>
+      </x:c>
+      <x:c r="E35" s="0">
+        <x:v>4116.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="1">
+        <x:v>45971.8316203704</x:v>
+      </x:c>
+      <x:c r="B36" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C36" s="0">
+        <x:v>4.23</x:v>
+      </x:c>
+      <x:c r="D36" s="0">
+        <x:v>3874.68</x:v>
+      </x:c>
+      <x:c r="E36" s="0">
+        <x:v>4122</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="1">
+        <x:v>45968.8265509259</x:v>
+      </x:c>
+      <x:c r="B37" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C37" s="0">
+        <x:v>3.04</x:v>
+      </x:c>
+      <x:c r="D37" s="0">
+        <x:v>3769.212</x:v>
+      </x:c>
+      <x:c r="E37" s="0">
+        <x:v>4009.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="1">
+        <x:v>45967.856724537</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C38" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D38" s="0">
+        <x:v>3751.54</x:v>
+      </x:c>
+      <x:c r="E38" s="0">
+        <x:v>3991</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="1">
+        <x:v>45967.8527893519</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C39" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D39" s="0">
+        <x:v>3751.54</x:v>
+      </x:c>
+      <x:c r="E39" s="0">
+        <x:v>3991</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="1">
+        <x:v>45967.8429050926</x:v>
+      </x:c>
+      <x:c r="B40" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C40" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D40" s="0">
+        <x:v>3751.54</x:v>
+      </x:c>
+      <x:c r="E40" s="0">
+        <x:v>3991</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="1">
+        <x:v>45967.8321412037</x:v>
+      </x:c>
+      <x:c r="B41" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C41" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D41" s="0">
+        <x:v>3751.54</x:v>
+      </x:c>
+      <x:c r="E41" s="0">
+        <x:v>3991</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="1">
+        <x:v>45966.8257638889</x:v>
+      </x:c>
+      <x:c r="B42" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C42" s="0">
+        <x:v>2.88</x:v>
+      </x:c>
+      <x:c r="D42" s="0">
+        <x:v>3753.326</x:v>
+      </x:c>
+      <x:c r="E42" s="0">
+        <x:v>3992.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="1">
+        <x:v>45965.8373263889</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C43" s="0">
+        <x:v>2.58</x:v>
+      </x:c>
+      <x:c r="D43" s="0">
+        <x:v>3722.87</x:v>
+      </x:c>
+      <x:c r="E43" s="0">
+        <x:v>3960.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="1">
+        <x:v>45964.8251041667</x:v>
+      </x:c>
+      <x:c r="B44" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C44" s="0">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="D44" s="0">
+        <x:v>3773.16</x:v>
+      </x:c>
+      <x:c r="E44" s="0">
+        <x:v>4014</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="1">
         <x:v>45961.7823263889</x:v>
       </x:c>
-      <x:c r="B29" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C29" s="0">
+      <x:c r="B45" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C45" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D29" s="0">
+      <x:c r="D45" s="0">
         <x:v>3756.71</x:v>
       </x:c>
-      <x:c r="E29" s="0">
+      <x:c r="E45" s="0">
         <x:v>3996.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>