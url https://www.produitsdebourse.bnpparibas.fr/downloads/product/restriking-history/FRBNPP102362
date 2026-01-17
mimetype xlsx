--- v2 (2025-12-28)
+++ v3 (2026-01-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30785f0890c94783" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b74e02be66484c1e828ccb366ae6ebe3.psmdcp" Id="R3f01314390f94d8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ce011555c154475" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5c5ba36048c84c86806446abd319ffd1.psmdcp" Id="Rb09ccb75d7654174" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP102362</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,811 +390,1049 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E45"/>
+  <x:dimension ref="A1:E59"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46017.8292013889</x:v>
+        <x:v>46038.8262847222</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>11.24</x:v>
+        <x:v>7.45</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>4279.538</x:v>
+        <x:v>4319.676</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>4552.7</x:v>
+        <x:v>4595.4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46015.8240277778</x:v>
+        <x:v>46037.8245833333</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>9.74</x:v>
+        <x:v>8.15</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>4232.632</x:v>
+        <x:v>4346.278</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>4502.8</x:v>
+        <x:v>4623.7</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46014.8341898148</x:v>
+        <x:v>46036.8248611111</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>9.83</x:v>
+        <x:v>8.46</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>4235.358</x:v>
+        <x:v>4357.558</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>4505.7</x:v>
+        <x:v>4635.7</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46014.825474537</x:v>
+        <x:v>46035.8275925926</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>9.83</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>4235.358</x:v>
+        <x:v>4323.154</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>4505.7</x:v>
+        <x:v>4599.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46013.830787037</x:v>
+        <x:v>46034.8259490741</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>8.84</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>4201.236</x:v>
+        <x:v>4337.818</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>4469.4</x:v>
+        <x:v>4614.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46010.8267592593</x:v>
+        <x:v>46031.8225810185</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>7.01</x:v>
+        <x:v>5.92</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>4124.062</x:v>
+        <x:v>4230.846</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>4387.3</x:v>
+        <x:v>4500.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46009.8283333333</x:v>
+        <x:v>46030.8292592593</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>6.54</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>4102.63</x:v>
+        <x:v>4193.058</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>4364.5</x:v>
+        <x:v>4460.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46008.8262962963</x:v>
+        <x:v>46029.8237037037</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>6.75</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>4111.466</x:v>
+        <x:v>4194.75</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>4373.9</x:v>
+        <x:v>4462.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46007.8233680556</x:v>
+        <x:v>46028.8240972222</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>5.95</x:v>
+        <x:v>5.92</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>4072.362</x:v>
+        <x:v>4226.334</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>4332.3</x:v>
+        <x:v>4496.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46006.8309722222</x:v>
+        <x:v>46027.8218981481</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>6.01</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>4075.088</x:v>
+        <x:v>4184.41</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>4335.2</x:v>
+        <x:v>4451.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46003.8253125</x:v>
+        <x:v>46024.8230092593</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>5.89</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>4068.602</x:v>
+        <x:v>4069.824</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>4328.3</x:v>
+        <x:v>4329.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46002.8233680556</x:v>
+        <x:v>46022.823900463</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>5.62</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>4054.22</x:v>
+        <x:v>4080.634</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>4313</x:v>
+        <x:v>4341.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46001.8248611111</x:v>
+        <x:v>46021.8342708333</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>4.35</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>3971.218</x:v>
+        <x:v>4123.122</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>4224.7</x:v>
+        <x:v>4386.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46000.8228125</x:v>
+        <x:v>46020.8393402778</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>4.52</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>3982.028</x:v>
+        <x:v>4082.984</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>4236.2</x:v>
+        <x:v>4343.6</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45999.8271990741</x:v>
+        <x:v>46017.8292013889</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>4.26</x:v>
+        <x:v>11.24</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>3964.638</x:v>
+        <x:v>4279.538</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>4217.7</x:v>
+        <x:v>4552.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45996.8263310185</x:v>
+        <x:v>46015.8240277778</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>4.66</x:v>
+        <x:v>9.74</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>3988.42</x:v>
+        <x:v>4232.632</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>4243</x:v>
+        <x:v>4502.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45995.8232407407</x:v>
+        <x:v>46014.8341898148</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>4.66</x:v>
+        <x:v>9.83</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>3988.42</x:v>
+        <x:v>4235.358</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>4243</x:v>
+        <x:v>4505.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45994.8237152778</x:v>
+        <x:v>46014.825474537</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>4.51</x:v>
+        <x:v>9.83</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>3978.55</x:v>
+        <x:v>4235.358</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>4232.5</x:v>
+        <x:v>4505.7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45993.8229513889</x:v>
+        <x:v>46013.830787037</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>4.35</x:v>
+        <x:v>8.84</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>3967.552</x:v>
+        <x:v>4201.236</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>4220.8</x:v>
+        <x:v>4469.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45992.8242824074</x:v>
+        <x:v>46010.8267592593</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>5.28</x:v>
+        <x:v>7.01</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>4018.312</x:v>
+        <x:v>4124.062</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>4274.8</x:v>
+        <x:v>4387.3</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45989.8354976852</x:v>
+        <x:v>46009.8283333333</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>4.97</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>3999.606</x:v>
+        <x:v>4102.63</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>4254.9</x:v>
+        <x:v>4364.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45987.8265277778</x:v>
+        <x:v>46008.8262962963</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>4.23</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>3950.162</x:v>
+        <x:v>4111.466</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>4202.3</x:v>
+        <x:v>4373.9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45986.8420486111</x:v>
+        <x:v>46007.8233680556</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>3.91</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>3926.662</x:v>
+        <x:v>4072.362</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>4177.3</x:v>
+        <x:v>4332.3</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45985.8473148148</x:v>
+        <x:v>46006.8309722222</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>3.38</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>3882.952</x:v>
+        <x:v>4075.088</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>4130.8</x:v>
+        <x:v>4335.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45982.8241087963</x:v>
+        <x:v>46003.8253125</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>3.22</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>3869.04</x:v>
+        <x:v>4068.602</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>4116</x:v>
+        <x:v>4328.3</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45981.858912037</x:v>
+        <x:v>46002.8233680556</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>3.01</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>3849.958</x:v>
+        <x:v>4054.22</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>4060</x:v>
+        <x:v>4313</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45980.8244791667</x:v>
+        <x:v>46001.8248611111</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>3.27</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>3837.832</x:v>
+        <x:v>3971.218</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>4082.8</x:v>
+        <x:v>4224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45979.8891782407</x:v>
+        <x:v>46000.8228125</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>3.1</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>3822.51</x:v>
+        <x:v>3982.028</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>4066.5</x:v>
+        <x:v>4236.2</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45978.8252083333</x:v>
+        <x:v>45999.8271990741</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>3.19</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>3830.03</x:v>
+        <x:v>3964.638</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>4074.5</x:v>
+        <x:v>4217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45975.8263078704</x:v>
+        <x:v>45996.8263310185</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>3.43</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>3848.548</x:v>
+        <x:v>3988.42</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>4094.2</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45974.8559722222</x:v>
+        <x:v>45995.8232407407</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>5.16</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>3942.83</x:v>
+        <x:v>3988.42</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>4194.5</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45973.8250115741</x:v>
+        <x:v>45994.8237152778</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>5.51</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>3960.784</x:v>
+        <x:v>3978.55</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>4213.6</x:v>
+        <x:v>4232.5</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45972.8325347222</x:v>
+        <x:v>45993.8229513889</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>4.14</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>3869.322</x:v>
+        <x:v>3967.552</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>4116.3</x:v>
+        <x:v>4220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45971.8316203704</x:v>
+        <x:v>45992.8242824074</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>4.23</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>3874.68</x:v>
+        <x:v>4018.312</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>4122</x:v>
+        <x:v>4274.8</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45968.8265509259</x:v>
+        <x:v>45989.8354976852</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>3.04</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>3769.212</x:v>
+        <x:v>3999.606</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>4009.8</x:v>
+        <x:v>4254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45967.856724537</x:v>
+        <x:v>45987.8265277778</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>2.86</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>3751.54</x:v>
+        <x:v>3950.162</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>3991</x:v>
+        <x:v>4202.3</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45967.8527893519</x:v>
+        <x:v>45986.8420486111</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>2.86</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>3751.54</x:v>
+        <x:v>3926.662</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>3991</x:v>
+        <x:v>4177.3</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45967.8429050926</x:v>
+        <x:v>45985.8473148148</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>2.86</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>3751.54</x:v>
+        <x:v>3882.952</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>3991</x:v>
+        <x:v>4130.8</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45967.8321412037</x:v>
+        <x:v>45982.8241087963</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>2.86</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>3751.54</x:v>
+        <x:v>3869.04</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>3991</x:v>
+        <x:v>4116</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45966.8257638889</x:v>
+        <x:v>45981.858912037</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>2.88</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>3753.326</x:v>
+        <x:v>3849.958</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>3992.9</x:v>
+        <x:v>4060</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45965.8373263889</x:v>
+        <x:v>45980.8244791667</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>2.58</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>3722.87</x:v>
+        <x:v>3837.832</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>3960.5</x:v>
+        <x:v>4082.8</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45964.8251041667</x:v>
+        <x:v>45979.8891782407</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>3.18</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>3773.16</x:v>
+        <x:v>3822.51</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>4014</x:v>
+        <x:v>4066.5</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
+        <x:v>45978.8252083333</x:v>
+      </x:c>
+      <x:c r="B45" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C45" s="0">
+        <x:v>3.19</x:v>
+      </x:c>
+      <x:c r="D45" s="0">
+        <x:v>3830.03</x:v>
+      </x:c>
+      <x:c r="E45" s="0">
+        <x:v>4074.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="1">
+        <x:v>45975.8263078704</x:v>
+      </x:c>
+      <x:c r="B46" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C46" s="0">
+        <x:v>3.43</x:v>
+      </x:c>
+      <x:c r="D46" s="0">
+        <x:v>3848.548</x:v>
+      </x:c>
+      <x:c r="E46" s="0">
+        <x:v>4094.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="1">
+        <x:v>45974.8559722222</x:v>
+      </x:c>
+      <x:c r="B47" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C47" s="0">
+        <x:v>5.16</x:v>
+      </x:c>
+      <x:c r="D47" s="0">
+        <x:v>3942.83</x:v>
+      </x:c>
+      <x:c r="E47" s="0">
+        <x:v>4194.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="1">
+        <x:v>45973.8250115741</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C48" s="0">
+        <x:v>5.51</x:v>
+      </x:c>
+      <x:c r="D48" s="0">
+        <x:v>3960.784</x:v>
+      </x:c>
+      <x:c r="E48" s="0">
+        <x:v>4213.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="1">
+        <x:v>45972.8325347222</x:v>
+      </x:c>
+      <x:c r="B49" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C49" s="0">
+        <x:v>4.14</x:v>
+      </x:c>
+      <x:c r="D49" s="0">
+        <x:v>3869.322</x:v>
+      </x:c>
+      <x:c r="E49" s="0">
+        <x:v>4116.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="1">
+        <x:v>45971.8316203704</x:v>
+      </x:c>
+      <x:c r="B50" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C50" s="0">
+        <x:v>4.23</x:v>
+      </x:c>
+      <x:c r="D50" s="0">
+        <x:v>3874.68</x:v>
+      </x:c>
+      <x:c r="E50" s="0">
+        <x:v>4122</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="1">
+        <x:v>45968.8265509259</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C51" s="0">
+        <x:v>3.04</x:v>
+      </x:c>
+      <x:c r="D51" s="0">
+        <x:v>3769.212</x:v>
+      </x:c>
+      <x:c r="E51" s="0">
+        <x:v>4009.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="1">
+        <x:v>45967.856724537</x:v>
+      </x:c>
+      <x:c r="B52" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C52" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D52" s="0">
+        <x:v>3751.54</x:v>
+      </x:c>
+      <x:c r="E52" s="0">
+        <x:v>3991</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="1">
+        <x:v>45967.8527893519</x:v>
+      </x:c>
+      <x:c r="B53" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C53" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D53" s="0">
+        <x:v>3751.54</x:v>
+      </x:c>
+      <x:c r="E53" s="0">
+        <x:v>3991</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="1">
+        <x:v>45967.8429050926</x:v>
+      </x:c>
+      <x:c r="B54" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C54" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D54" s="0">
+        <x:v>3751.54</x:v>
+      </x:c>
+      <x:c r="E54" s="0">
+        <x:v>3991</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="1">
+        <x:v>45967.8321412037</x:v>
+      </x:c>
+      <x:c r="B55" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C55" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D55" s="0">
+        <x:v>3751.54</x:v>
+      </x:c>
+      <x:c r="E55" s="0">
+        <x:v>3991</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="1">
+        <x:v>45966.8257638889</x:v>
+      </x:c>
+      <x:c r="B56" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C56" s="0">
+        <x:v>2.88</x:v>
+      </x:c>
+      <x:c r="D56" s="0">
+        <x:v>3753.326</x:v>
+      </x:c>
+      <x:c r="E56" s="0">
+        <x:v>3992.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="1">
+        <x:v>45965.8373263889</x:v>
+      </x:c>
+      <x:c r="B57" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C57" s="0">
+        <x:v>2.58</x:v>
+      </x:c>
+      <x:c r="D57" s="0">
+        <x:v>3722.87</x:v>
+      </x:c>
+      <x:c r="E57" s="0">
+        <x:v>3960.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="1">
+        <x:v>45964.8251041667</x:v>
+      </x:c>
+      <x:c r="B58" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C58" s="0">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="D58" s="0">
+        <x:v>3773.16</x:v>
+      </x:c>
+      <x:c r="E58" s="0">
+        <x:v>4014</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="1">
         <x:v>45961.7823263889</x:v>
       </x:c>
-      <x:c r="B45" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C45" s="0">
+      <x:c r="B59" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C59" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D45" s="0">
+      <x:c r="D59" s="0">
         <x:v>3756.71</x:v>
       </x:c>
-      <x:c r="E45" s="0">
+      <x:c r="E59" s="0">
         <x:v>3996.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>