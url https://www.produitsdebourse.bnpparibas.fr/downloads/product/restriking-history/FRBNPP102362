--- v3 (2026-01-17)
+++ v4 (2026-02-10)
@@ -1,78 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ce011555c154475" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5c5ba36048c84c86806446abd319ffd1.psmdcp" Id="Rb09ccb75d7654174" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd390d2e213b14737" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5fb7869436e24fe1ac1b4f45965a1514.psmdcp" Id="R17f6f5582a5b471d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP102362</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
     <x:t>Reset type</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Cash value </x:t>
   </x:si>
   <x:si>
     <x:t>Reset threshold</x:t>
   </x:si>
   <x:si>
     <x:t>Reference price (last reset)</x:t>
   </x:si>
   <x:si>
     <x:t>End of day</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intraday</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="164" formatCode="dd-MM-yyyy HH:mm"/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
@@ -390,1049 +393,1440 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E59"/>
+  <x:dimension ref="A1:E82"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46038.8262847222</x:v>
+        <x:v>46063.816400463</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>7.45</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>4319.676</x:v>
+        <x:v>4729.14</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>4595.4</x:v>
+        <x:v>5031</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46037.8245833333</x:v>
+        <x:v>46062.9109837963</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>8.15</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>4346.278</x:v>
+        <x:v>4774.636</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>4623.7</x:v>
+        <x:v>5079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46036.8248611111</x:v>
+        <x:v>46062.8648842593</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>8.46</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>4357.558</x:v>
+        <x:v>4774.636</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>4635.7</x:v>
+        <x:v>5079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46035.8275925926</x:v>
+        <x:v>46062.8163888889</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>7.62</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>4323.154</x:v>
+        <x:v>4774.636</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>4599.1</x:v>
+        <x:v>5079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46034.8259490741</x:v>
+        <x:v>46059.8655787037</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>8</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>4337.818</x:v>
+        <x:v>4681.012</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>4614.7</x:v>
+        <x:v>4979.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46031.8225810185</x:v>
+        <x:v>46058.8171527778</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>5.92</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>4230.846</x:v>
+        <x:v>4596.13</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>4500.9</x:v>
+        <x:v>4889.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46030.8292592593</x:v>
+        <x:v>46057.8355092593</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>5.26</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>4193.058</x:v>
+        <x:v>4653.752</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>4460.7</x:v>
+        <x:v>4950.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46029.8237037037</x:v>
+        <x:v>46056.8221759259</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>5.29</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>4194.75</x:v>
+        <x:v>4638.9</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>4462.5</x:v>
+        <x:v>4935</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46028.8240972222</x:v>
+        <x:v>46055.8181481482</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>5.92</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>4226.334</x:v>
+        <x:v>4373.444</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>4496.1</x:v>
+        <x:v>4652.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46027.8218981481</x:v>
+        <x:v>46055.3107407407</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>5.19</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>4184.41</x:v>
+        <x:v>4192.77</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>4451.5</x:v>
+        <x:v>4460.394</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46024.8230092593</x:v>
+        <x:v>46052.8217476852</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>3.73</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>4069.824</x:v>
+        <x:v>4460.394</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>4329.6</x:v>
+        <x:v>4745.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46022.823900463</x:v>
+        <x:v>46052.8066550926</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>3.88</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>4080.634</x:v>
+        <x:v>4442.91</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>4341.1</x:v>
+        <x:v>4726.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46021.8342708333</x:v>
+        <x:v>46052.4462962963</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>4.54</x:v>
+        <x:v>6.76</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>4123.122</x:v>
+        <x:v>4731.501</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>4386.3</x:v>
+        <x:v>5033.512</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46020.8393402778</x:v>
+        <x:v>46051.9028240741</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>3.99</x:v>
+        <x:v>42.2</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>4082.984</x:v>
+        <x:v>5033.512</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>4343.6</x:v>
+        <x:v>5354.8</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46017.8292013889</x:v>
+        <x:v>46051.8152430556</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>11.24</x:v>
+        <x:v>36.74</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>4279.538</x:v>
+        <x:v>4985.384</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>4552.7</x:v>
+        <x:v>5303.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46015.8240277778</x:v>
+        <x:v>46050.8226157407</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>9.74</x:v>
+        <x:v>40.68</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>4232.632</x:v>
+        <x:v>5019.788</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>4502.8</x:v>
+        <x:v>5340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46014.8341898148</x:v>
+        <x:v>46050.8133796296</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>9.83</x:v>
+        <x:v>40.68</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>4235.358</x:v>
+        <x:v>5019.788</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>4505.7</x:v>
+        <x:v>5340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46014.825474537</x:v>
+        <x:v>46049.8227083333</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>9.83</x:v>
+        <x:v>25.43</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>4235.358</x:v>
+        <x:v>4813.364</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>4505.7</x:v>
+        <x:v>5120.6</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46013.830787037</x:v>
+        <x:v>46048.8231018518</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>8.84</x:v>
+        <x:v>25.56</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>4201.236</x:v>
+        <x:v>4814.962</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>4469.4</x:v>
+        <x:v>5122.3</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46010.8267592593</x:v>
+        <x:v>46045.827349537</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>7.01</x:v>
+        <x:v>19.79</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>4124.062</x:v>
+        <x:v>4715.98</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>4387.3</x:v>
+        <x:v>4979.7</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46009.8283333333</x:v>
+        <x:v>46044.8500462963</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>6.54</x:v>
+        <x:v>16.65</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>4102.63</x:v>
+        <x:v>4618.596</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>4364.5</x:v>
+        <x:v>4913.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46008.8262962963</x:v>
+        <x:v>46043.8455324074</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>6.75</x:v>
+        <x:v>13.66</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>4111.466</x:v>
+        <x:v>4547.25</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>4373.9</x:v>
+        <x:v>4837.5</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46007.8233680556</x:v>
+        <x:v>46042.8283333333</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>5.95</x:v>
+        <x:v>11.29</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>4072.362</x:v>
+        <x:v>4479.852</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>4332.3</x:v>
+        <x:v>4765.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46006.8309722222</x:v>
+        <x:v>46038.8262847222</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>6.01</x:v>
+        <x:v>7.45</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>4075.088</x:v>
+        <x:v>4319.676</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>4335.2</x:v>
+        <x:v>4595.4</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46003.8253125</x:v>
+        <x:v>46037.8245833333</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>5.89</x:v>
+        <x:v>8.15</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>4068.602</x:v>
+        <x:v>4346.278</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>4328.3</x:v>
+        <x:v>4623.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46002.8233680556</x:v>
+        <x:v>46036.8248611111</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>5.62</x:v>
+        <x:v>8.46</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>4054.22</x:v>
+        <x:v>4357.558</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>4313</x:v>
+        <x:v>4635.7</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46001.8248611111</x:v>
+        <x:v>46035.8275925926</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>4.35</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>3971.218</x:v>
+        <x:v>4323.154</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>4224.7</x:v>
+        <x:v>4599.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46000.8228125</x:v>
+        <x:v>46034.8259490741</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>4.52</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>3982.028</x:v>
+        <x:v>4337.818</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>4236.2</x:v>
+        <x:v>4614.7</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45999.8271990741</x:v>
+        <x:v>46031.8225810185</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>4.26</x:v>
+        <x:v>5.92</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>3964.638</x:v>
+        <x:v>4230.846</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>4217.7</x:v>
+        <x:v>4500.9</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45996.8263310185</x:v>
+        <x:v>46030.8292592593</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>4.66</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>3988.42</x:v>
+        <x:v>4193.058</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>4243</x:v>
+        <x:v>4460.7</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45995.8232407407</x:v>
+        <x:v>46029.8237037037</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>4.66</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>3988.42</x:v>
+        <x:v>4194.75</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>4243</x:v>
+        <x:v>4462.5</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45994.8237152778</x:v>
+        <x:v>46028.8240972222</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>4.51</x:v>
+        <x:v>5.92</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>3978.55</x:v>
+        <x:v>4226.334</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>4232.5</x:v>
+        <x:v>4496.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45993.8229513889</x:v>
+        <x:v>46027.8218981481</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>4.35</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>3967.552</x:v>
+        <x:v>4184.41</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>4220.8</x:v>
+        <x:v>4451.5</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45992.8242824074</x:v>
+        <x:v>46024.8230092593</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>5.28</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>4018.312</x:v>
+        <x:v>4069.824</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>4274.8</x:v>
+        <x:v>4329.6</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45989.8354976852</x:v>
+        <x:v>46022.823900463</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>4.97</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>3999.606</x:v>
+        <x:v>4080.634</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>4254.9</x:v>
+        <x:v>4341.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45987.8265277778</x:v>
+        <x:v>46021.8342708333</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>4.23</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>3950.162</x:v>
+        <x:v>4123.122</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>4202.3</x:v>
+        <x:v>4386.3</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45986.8420486111</x:v>
+        <x:v>46020.8393402778</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>3.91</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>3926.662</x:v>
+        <x:v>4082.984</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>4177.3</x:v>
+        <x:v>4343.6</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45985.8473148148</x:v>
+        <x:v>46017.8292013889</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>3.38</x:v>
+        <x:v>11.24</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>3882.952</x:v>
+        <x:v>4279.538</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>4130.8</x:v>
+        <x:v>4552.7</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45982.8241087963</x:v>
+        <x:v>46015.8240277778</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>3.22</x:v>
+        <x:v>9.74</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>3869.04</x:v>
+        <x:v>4232.632</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>4116</x:v>
+        <x:v>4502.8</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45981.858912037</x:v>
+        <x:v>46014.8341898148</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>3.01</x:v>
+        <x:v>9.83</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>3849.958</x:v>
+        <x:v>4235.358</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>4060</x:v>
+        <x:v>4505.7</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45980.8244791667</x:v>
+        <x:v>46014.825474537</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>3.27</x:v>
+        <x:v>9.83</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>3837.832</x:v>
+        <x:v>4235.358</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>4082.8</x:v>
+        <x:v>4505.7</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45979.8891782407</x:v>
+        <x:v>46013.830787037</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>3.1</x:v>
+        <x:v>8.84</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>3822.51</x:v>
+        <x:v>4201.236</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>4066.5</x:v>
+        <x:v>4469.4</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45978.8252083333</x:v>
+        <x:v>46010.8267592593</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>3.19</x:v>
+        <x:v>7.01</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>3830.03</x:v>
+        <x:v>4124.062</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>4074.5</x:v>
+        <x:v>4387.3</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45975.8263078704</x:v>
+        <x:v>46009.8283333333</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>3.43</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>3848.548</x:v>
+        <x:v>4102.63</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>4094.2</x:v>
+        <x:v>4364.5</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45974.8559722222</x:v>
+        <x:v>46008.8262962963</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>5.16</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>3942.83</x:v>
+        <x:v>4111.466</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>4194.5</x:v>
+        <x:v>4373.9</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45973.8250115741</x:v>
+        <x:v>46007.8233680556</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>5.51</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>3960.784</x:v>
+        <x:v>4072.362</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>4213.6</x:v>
+        <x:v>4332.3</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45972.8325347222</x:v>
+        <x:v>46006.8309722222</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>4.14</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>3869.322</x:v>
+        <x:v>4075.088</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>4116.3</x:v>
+        <x:v>4335.2</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45971.8316203704</x:v>
+        <x:v>46003.8253125</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>4.23</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>3874.68</x:v>
+        <x:v>4068.602</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>4122</x:v>
+        <x:v>4328.3</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45968.8265509259</x:v>
+        <x:v>46002.8233680556</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>3.04</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>3769.212</x:v>
+        <x:v>4054.22</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>4009.8</x:v>
+        <x:v>4313</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45967.856724537</x:v>
+        <x:v>46001.8248611111</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>2.86</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>3751.54</x:v>
+        <x:v>3971.218</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>3991</x:v>
+        <x:v>4224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45967.8527893519</x:v>
+        <x:v>46000.8228125</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>2.86</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>3751.54</x:v>
+        <x:v>3982.028</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>3991</x:v>
+        <x:v>4236.2</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45967.8429050926</x:v>
+        <x:v>45999.8271990741</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>2.86</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>3751.54</x:v>
+        <x:v>3964.638</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>3991</x:v>
+        <x:v>4217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45967.8321412037</x:v>
+        <x:v>45996.8263310185</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>2.86</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>3751.54</x:v>
+        <x:v>3988.42</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>3991</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45966.8257638889</x:v>
+        <x:v>45995.8232407407</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>2.88</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>3753.326</x:v>
+        <x:v>3988.42</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>3992.9</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45965.8373263889</x:v>
+        <x:v>45994.8237152778</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>2.58</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>3722.87</x:v>
+        <x:v>3978.55</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>3960.5</x:v>
+        <x:v>4232.5</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45964.8251041667</x:v>
+        <x:v>45993.8229513889</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>3.18</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>3773.16</x:v>
+        <x:v>3967.552</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>4014</x:v>
+        <x:v>4220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
+        <x:v>45992.8242824074</x:v>
+      </x:c>
+      <x:c r="B59" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C59" s="0">
+        <x:v>5.28</x:v>
+      </x:c>
+      <x:c r="D59" s="0">
+        <x:v>4018.312</x:v>
+      </x:c>
+      <x:c r="E59" s="0">
+        <x:v>4274.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="1">
+        <x:v>45989.8354976852</x:v>
+      </x:c>
+      <x:c r="B60" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C60" s="0">
+        <x:v>4.97</x:v>
+      </x:c>
+      <x:c r="D60" s="0">
+        <x:v>3999.606</x:v>
+      </x:c>
+      <x:c r="E60" s="0">
+        <x:v>4254.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="1">
+        <x:v>45987.8265277778</x:v>
+      </x:c>
+      <x:c r="B61" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C61" s="0">
+        <x:v>4.23</x:v>
+      </x:c>
+      <x:c r="D61" s="0">
+        <x:v>3950.162</x:v>
+      </x:c>
+      <x:c r="E61" s="0">
+        <x:v>4202.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="1">
+        <x:v>45986.8420486111</x:v>
+      </x:c>
+      <x:c r="B62" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C62" s="0">
+        <x:v>3.91</x:v>
+      </x:c>
+      <x:c r="D62" s="0">
+        <x:v>3926.662</x:v>
+      </x:c>
+      <x:c r="E62" s="0">
+        <x:v>4177.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="1">
+        <x:v>45985.8473148148</x:v>
+      </x:c>
+      <x:c r="B63" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C63" s="0">
+        <x:v>3.38</x:v>
+      </x:c>
+      <x:c r="D63" s="0">
+        <x:v>3882.952</x:v>
+      </x:c>
+      <x:c r="E63" s="0">
+        <x:v>4130.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="1">
+        <x:v>45982.8241087963</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C64" s="0">
+        <x:v>3.22</x:v>
+      </x:c>
+      <x:c r="D64" s="0">
+        <x:v>3869.04</x:v>
+      </x:c>
+      <x:c r="E64" s="0">
+        <x:v>4116</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="1">
+        <x:v>45981.858912037</x:v>
+      </x:c>
+      <x:c r="B65" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C65" s="0">
+        <x:v>3.01</x:v>
+      </x:c>
+      <x:c r="D65" s="0">
+        <x:v>3849.958</x:v>
+      </x:c>
+      <x:c r="E65" s="0">
+        <x:v>4060</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="1">
+        <x:v>45980.8244791667</x:v>
+      </x:c>
+      <x:c r="B66" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C66" s="0">
+        <x:v>3.27</x:v>
+      </x:c>
+      <x:c r="D66" s="0">
+        <x:v>3837.832</x:v>
+      </x:c>
+      <x:c r="E66" s="0">
+        <x:v>4082.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1">
+        <x:v>45979.8891782407</x:v>
+      </x:c>
+      <x:c r="B67" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C67" s="0">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="D67" s="0">
+        <x:v>3822.51</x:v>
+      </x:c>
+      <x:c r="E67" s="0">
+        <x:v>4066.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="1">
+        <x:v>45978.8252083333</x:v>
+      </x:c>
+      <x:c r="B68" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C68" s="0">
+        <x:v>3.19</x:v>
+      </x:c>
+      <x:c r="D68" s="0">
+        <x:v>3830.03</x:v>
+      </x:c>
+      <x:c r="E68" s="0">
+        <x:v>4074.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1">
+        <x:v>45975.8263078704</x:v>
+      </x:c>
+      <x:c r="B69" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C69" s="0">
+        <x:v>3.43</x:v>
+      </x:c>
+      <x:c r="D69" s="0">
+        <x:v>3848.548</x:v>
+      </x:c>
+      <x:c r="E69" s="0">
+        <x:v>4094.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="1">
+        <x:v>45974.8559722222</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C70" s="0">
+        <x:v>5.16</x:v>
+      </x:c>
+      <x:c r="D70" s="0">
+        <x:v>3942.83</x:v>
+      </x:c>
+      <x:c r="E70" s="0">
+        <x:v>4194.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="1">
+        <x:v>45973.8250115741</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C71" s="0">
+        <x:v>5.51</x:v>
+      </x:c>
+      <x:c r="D71" s="0">
+        <x:v>3960.784</x:v>
+      </x:c>
+      <x:c r="E71" s="0">
+        <x:v>4213.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="1">
+        <x:v>45972.8325347222</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C72" s="0">
+        <x:v>4.14</x:v>
+      </x:c>
+      <x:c r="D72" s="0">
+        <x:v>3869.322</x:v>
+      </x:c>
+      <x:c r="E72" s="0">
+        <x:v>4116.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="1">
+        <x:v>45971.8316203704</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C73" s="0">
+        <x:v>4.23</x:v>
+      </x:c>
+      <x:c r="D73" s="0">
+        <x:v>3874.68</x:v>
+      </x:c>
+      <x:c r="E73" s="0">
+        <x:v>4122</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="1">
+        <x:v>45968.8265509259</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C74" s="0">
+        <x:v>3.04</x:v>
+      </x:c>
+      <x:c r="D74" s="0">
+        <x:v>3769.212</x:v>
+      </x:c>
+      <x:c r="E74" s="0">
+        <x:v>4009.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="1">
+        <x:v>45967.856724537</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C75" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D75" s="0">
+        <x:v>3751.54</x:v>
+      </x:c>
+      <x:c r="E75" s="0">
+        <x:v>3991</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="1">
+        <x:v>45967.8527893519</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C76" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D76" s="0">
+        <x:v>3751.54</x:v>
+      </x:c>
+      <x:c r="E76" s="0">
+        <x:v>3991</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="1">
+        <x:v>45967.8429050926</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C77" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D77" s="0">
+        <x:v>3751.54</x:v>
+      </x:c>
+      <x:c r="E77" s="0">
+        <x:v>3991</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="1">
+        <x:v>45967.8321412037</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C78" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D78" s="0">
+        <x:v>3751.54</x:v>
+      </x:c>
+      <x:c r="E78" s="0">
+        <x:v>3991</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="1">
+        <x:v>45966.8257638889</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C79" s="0">
+        <x:v>2.88</x:v>
+      </x:c>
+      <x:c r="D79" s="0">
+        <x:v>3753.326</x:v>
+      </x:c>
+      <x:c r="E79" s="0">
+        <x:v>3992.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="1">
+        <x:v>45965.8373263889</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C80" s="0">
+        <x:v>2.58</x:v>
+      </x:c>
+      <x:c r="D80" s="0">
+        <x:v>3722.87</x:v>
+      </x:c>
+      <x:c r="E80" s="0">
+        <x:v>3960.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="1">
+        <x:v>45964.8251041667</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C81" s="0">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="D81" s="0">
+        <x:v>3773.16</x:v>
+      </x:c>
+      <x:c r="E81" s="0">
+        <x:v>4014</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="1">
         <x:v>45961.7823263889</x:v>
       </x:c>
-      <x:c r="B59" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C59" s="0">
+      <x:c r="B82" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C82" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D59" s="0">
+      <x:c r="D82" s="0">
         <x:v>3756.71</x:v>
       </x:c>
-      <x:c r="E59" s="0">
+      <x:c r="E82" s="0">
         <x:v>3996.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>