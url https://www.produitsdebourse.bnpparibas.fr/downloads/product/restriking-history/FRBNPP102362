--- v4 (2026-02-10)
+++ v5 (2026-03-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd390d2e213b14737" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5fb7869436e24fe1ac1b4f45965a1514.psmdcp" Id="R17f6f5582a5b471d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1acc5f3262643ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/45bb5891f9c84d9092d1a992f4bc7a23.psmdcp" Id="R777a7a31c5d6438e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP102362</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,1440 +393,1746 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E82"/>
+  <x:dimension ref="A1:E100"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46063.816400463</x:v>
+        <x:v>46084.8163773148</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>4729.14</x:v>
+        <x:v>4816.278</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>5031</x:v>
+        <x:v>5123.7</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46062.9109837963</x:v>
+        <x:v>46083.8163194444</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>4774.636</x:v>
+        <x:v>4992.904</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>5079.4</x:v>
+        <x:v>5311.6</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46062.8648842593</x:v>
+        <x:v>46080.819849537</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>4774.636</x:v>
+        <x:v>4933.026</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>5079.4</x:v>
+        <x:v>5247.9</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46062.8163888889</x:v>
+        <x:v>46079.8165856482</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>4774.636</x:v>
+        <x:v>4882.548</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>5079.4</x:v>
+        <x:v>5194.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46059.8655787037</x:v>
+        <x:v>46078.8752199074</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>4681.012</x:v>
+        <x:v>4912.628</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>4979.8</x:v>
+        <x:v>5226.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46058.8171527778</x:v>
+        <x:v>46077.8168055556</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>4596.13</x:v>
+        <x:v>4865.722</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>4889.5</x:v>
+        <x:v>5176.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46057.8355092593</x:v>
+        <x:v>46076.8162152778</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>4653.752</x:v>
+        <x:v>4912.064</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>4950.8</x:v>
+        <x:v>5225.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46056.8221759259</x:v>
+        <x:v>46073.8161921296</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>4638.9</x:v>
+        <x:v>4776.046</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>4935</x:v>
+        <x:v>5080.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46055.8181481482</x:v>
+        <x:v>46072.9091203704</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>4373.444</x:v>
+        <x:v>4697.556</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>4652.6</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46055.3107407407</x:v>
+        <x:v>46072.8924652778</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>4192.77</x:v>
+        <x:v>4697.556</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>4460.394</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46052.8217476852</x:v>
+        <x:v>46072.8718402778</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>1.04</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>4460.394</x:v>
+        <x:v>4697.556</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>4745.1</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46052.8066550926</x:v>
+        <x:v>46072.8585185185</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>4442.91</x:v>
+        <x:v>4697.556</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>4726.5</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46052.4462962963</x:v>
+        <x:v>46072.8161921296</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>6.76</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>4731.501</x:v>
+        <x:v>4697.556</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>5033.512</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46051.9028240741</x:v>
+        <x:v>46071.8163888889</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>42.2</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>5033.512</x:v>
+        <x:v>4708.93</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>5354.8</x:v>
+        <x:v>5009.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46051.8152430556</x:v>
+        <x:v>46070.8161574074</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>36.74</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>4985.384</x:v>
+        <x:v>4611.546</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>5303.6</x:v>
+        <x:v>4905.9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46050.8226157407</x:v>
+        <x:v>46066.8163657407</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>40.68</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>5019.788</x:v>
+        <x:v>4743.522</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>5340.2</x:v>
+        <x:v>5046.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46050.8133796296</x:v>
+        <x:v>46065.8163078704</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>40.68</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>5019.788</x:v>
+        <x:v>4651.496</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>5340.2</x:v>
+        <x:v>4948.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46049.8227083333</x:v>
+        <x:v>46064.8162268518</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>25.43</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>4813.364</x:v>
+        <x:v>4792.59</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>5120.6</x:v>
+        <x:v>5098.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46048.8231018518</x:v>
+        <x:v>46063.816400463</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>25.56</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>4814.962</x:v>
+        <x:v>4729.14</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>5122.3</x:v>
+        <x:v>5031</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46045.827349537</x:v>
+        <x:v>46062.9109837963</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>19.79</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>4715.98</x:v>
+        <x:v>4774.636</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>4979.7</x:v>
+        <x:v>5079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46044.8500462963</x:v>
+        <x:v>46062.8648842593</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>16.65</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>4618.596</x:v>
+        <x:v>4774.636</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>4913.4</x:v>
+        <x:v>5079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46043.8455324074</x:v>
+        <x:v>46062.8163888889</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>13.66</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>4547.25</x:v>
+        <x:v>4774.636</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>4837.5</x:v>
+        <x:v>5079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46042.8283333333</x:v>
+        <x:v>46059.8655787037</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>11.29</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>4479.852</x:v>
+        <x:v>4681.012</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>4765.8</x:v>
+        <x:v>4979.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46038.8262847222</x:v>
+        <x:v>46058.8171527778</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>7.45</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>4319.676</x:v>
+        <x:v>4596.13</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>4595.4</x:v>
+        <x:v>4889.5</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46037.8245833333</x:v>
+        <x:v>46057.8355092593</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>8.15</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>4346.278</x:v>
+        <x:v>4653.752</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>4623.7</x:v>
+        <x:v>4950.8</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46036.8248611111</x:v>
+        <x:v>46056.8221759259</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>8.46</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>4357.558</x:v>
+        <x:v>4638.9</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>4635.7</x:v>
+        <x:v>4935</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46035.8275925926</x:v>
+        <x:v>46055.8181481482</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>7.62</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>4323.154</x:v>
+        <x:v>4373.444</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>4599.1</x:v>
+        <x:v>4652.6</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46034.8259490741</x:v>
+        <x:v>46055.3107407407</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>8</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>4337.818</x:v>
+        <x:v>4192.77</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>4614.7</x:v>
+        <x:v>4460.394</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46031.8225810185</x:v>
+        <x:v>46052.8217476852</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>5.92</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>4230.846</x:v>
+        <x:v>4460.394</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>4500.9</x:v>
+        <x:v>4745.1</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46030.8292592593</x:v>
+        <x:v>46052.8066550926</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>5.26</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>4193.058</x:v>
+        <x:v>4442.91</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>4460.7</x:v>
+        <x:v>4726.5</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46029.8237037037</x:v>
+        <x:v>46052.4462962963</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>5.29</x:v>
+        <x:v>6.76</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>4194.75</x:v>
+        <x:v>4731.501</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>4462.5</x:v>
+        <x:v>5033.512</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46028.8240972222</x:v>
+        <x:v>46051.9028240741</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>5.92</x:v>
+        <x:v>42.2</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>4226.334</x:v>
+        <x:v>5033.512</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>4496.1</x:v>
+        <x:v>5354.8</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46027.8218981481</x:v>
+        <x:v>46051.8152430556</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>5.19</x:v>
+        <x:v>36.74</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>4184.41</x:v>
+        <x:v>4985.384</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>4451.5</x:v>
+        <x:v>5303.6</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46024.8230092593</x:v>
+        <x:v>46050.8226157407</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>3.73</x:v>
+        <x:v>40.68</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>4069.824</x:v>
+        <x:v>5019.788</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>4329.6</x:v>
+        <x:v>5340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46022.823900463</x:v>
+        <x:v>46050.8133796296</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>3.88</x:v>
+        <x:v>40.68</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>4080.634</x:v>
+        <x:v>5019.788</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>4341.1</x:v>
+        <x:v>5340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46021.8342708333</x:v>
+        <x:v>46049.8227083333</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>4.54</x:v>
+        <x:v>25.43</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>4123.122</x:v>
+        <x:v>4813.364</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>4386.3</x:v>
+        <x:v>5120.6</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46020.8393402778</x:v>
+        <x:v>46048.8231018518</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>3.99</x:v>
+        <x:v>25.56</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>4082.984</x:v>
+        <x:v>4814.962</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>4343.6</x:v>
+        <x:v>5122.3</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46017.8292013889</x:v>
+        <x:v>46045.827349537</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>11.24</x:v>
+        <x:v>19.79</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>4279.538</x:v>
+        <x:v>4715.98</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>4552.7</x:v>
+        <x:v>4979.7</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46015.8240277778</x:v>
+        <x:v>46044.8500462963</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>9.74</x:v>
+        <x:v>16.65</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>4232.632</x:v>
+        <x:v>4618.596</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>4502.8</x:v>
+        <x:v>4913.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46014.8341898148</x:v>
+        <x:v>46043.8455324074</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>9.83</x:v>
+        <x:v>13.66</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>4235.358</x:v>
+        <x:v>4547.25</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>4505.7</x:v>
+        <x:v>4837.5</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46014.825474537</x:v>
+        <x:v>46042.8283333333</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>9.83</x:v>
+        <x:v>11.29</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>4235.358</x:v>
+        <x:v>4479.852</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>4505.7</x:v>
+        <x:v>4765.8</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46013.830787037</x:v>
+        <x:v>46038.8262847222</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>8.84</x:v>
+        <x:v>7.45</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>4201.236</x:v>
+        <x:v>4319.676</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>4469.4</x:v>
+        <x:v>4595.4</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46010.8267592593</x:v>
+        <x:v>46037.8245833333</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>7.01</x:v>
+        <x:v>8.15</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>4124.062</x:v>
+        <x:v>4346.278</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>4387.3</x:v>
+        <x:v>4623.7</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46009.8283333333</x:v>
+        <x:v>46036.8248611111</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>6.54</x:v>
+        <x:v>8.46</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>4102.63</x:v>
+        <x:v>4357.558</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>4364.5</x:v>
+        <x:v>4635.7</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46008.8262962963</x:v>
+        <x:v>46035.8275925926</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>6.75</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>4111.466</x:v>
+        <x:v>4323.154</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>4373.9</x:v>
+        <x:v>4599.1</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46007.8233680556</x:v>
+        <x:v>46034.8259490741</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>5.95</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>4072.362</x:v>
+        <x:v>4337.818</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>4332.3</x:v>
+        <x:v>4614.7</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46006.8309722222</x:v>
+        <x:v>46031.8225810185</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>6.01</x:v>
+        <x:v>5.92</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>4075.088</x:v>
+        <x:v>4230.846</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>4335.2</x:v>
+        <x:v>4500.9</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46003.8253125</x:v>
+        <x:v>46030.8292592593</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>5.89</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>4068.602</x:v>
+        <x:v>4193.058</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>4328.3</x:v>
+        <x:v>4460.7</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46002.8233680556</x:v>
+        <x:v>46029.8237037037</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>5.62</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>4054.22</x:v>
+        <x:v>4194.75</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>4313</x:v>
+        <x:v>4462.5</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46001.8248611111</x:v>
+        <x:v>46028.8240972222</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>4.35</x:v>
+        <x:v>5.92</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>3971.218</x:v>
+        <x:v>4226.334</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>4224.7</x:v>
+        <x:v>4496.1</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46000.8228125</x:v>
+        <x:v>46027.8218981481</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>4.52</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>3982.028</x:v>
+        <x:v>4184.41</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>4236.2</x:v>
+        <x:v>4451.5</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45999.8271990741</x:v>
+        <x:v>46024.8230092593</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>4.26</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>3964.638</x:v>
+        <x:v>4069.824</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>4217.7</x:v>
+        <x:v>4329.6</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45996.8263310185</x:v>
+        <x:v>46022.823900463</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>4.66</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>3988.42</x:v>
+        <x:v>4080.634</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>4243</x:v>
+        <x:v>4341.1</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45995.8232407407</x:v>
+        <x:v>46021.8342708333</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>4.66</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>3988.42</x:v>
+        <x:v>4123.122</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>4243</x:v>
+        <x:v>4386.3</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45994.8237152778</x:v>
+        <x:v>46020.8393402778</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>4.51</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>3978.55</x:v>
+        <x:v>4082.984</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>4232.5</x:v>
+        <x:v>4343.6</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45993.8229513889</x:v>
+        <x:v>46017.8292013889</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>4.35</x:v>
+        <x:v>11.24</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>3967.552</x:v>
+        <x:v>4279.538</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>4220.8</x:v>
+        <x:v>4552.7</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45992.8242824074</x:v>
+        <x:v>46015.8240277778</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>5.28</x:v>
+        <x:v>9.74</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>4018.312</x:v>
+        <x:v>4232.632</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>4274.8</x:v>
+        <x:v>4502.8</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45989.8354976852</x:v>
+        <x:v>46014.8341898148</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>4.97</x:v>
+        <x:v>9.83</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>3999.606</x:v>
+        <x:v>4235.358</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>4254.9</x:v>
+        <x:v>4505.7</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45987.8265277778</x:v>
+        <x:v>46014.825474537</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>4.23</x:v>
+        <x:v>9.83</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>3950.162</x:v>
+        <x:v>4235.358</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>4202.3</x:v>
+        <x:v>4505.7</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45986.8420486111</x:v>
+        <x:v>46013.830787037</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>3.91</x:v>
+        <x:v>8.84</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>3926.662</x:v>
+        <x:v>4201.236</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>4177.3</x:v>
+        <x:v>4469.4</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45985.8473148148</x:v>
+        <x:v>46010.8267592593</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>3.38</x:v>
+        <x:v>7.01</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>3882.952</x:v>
+        <x:v>4124.062</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>4130.8</x:v>
+        <x:v>4387.3</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45982.8241087963</x:v>
+        <x:v>46009.8283333333</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>3.22</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>3869.04</x:v>
+        <x:v>4102.63</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>4116</x:v>
+        <x:v>4364.5</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45981.858912037</x:v>
+        <x:v>46008.8262962963</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>3.01</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>3849.958</x:v>
+        <x:v>4111.466</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>4060</x:v>
+        <x:v>4373.9</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45980.8244791667</x:v>
+        <x:v>46007.8233680556</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>3.27</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>3837.832</x:v>
+        <x:v>4072.362</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>4082.8</x:v>
+        <x:v>4332.3</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45979.8891782407</x:v>
+        <x:v>46006.8309722222</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>3.1</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>3822.51</x:v>
+        <x:v>4075.088</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>4066.5</x:v>
+        <x:v>4335.2</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45978.8252083333</x:v>
+        <x:v>46003.8253125</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>3.19</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>3830.03</x:v>
+        <x:v>4068.602</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>4074.5</x:v>
+        <x:v>4328.3</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45975.8263078704</x:v>
+        <x:v>46002.8233680556</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>3.43</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>3848.548</x:v>
+        <x:v>4054.22</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>4094.2</x:v>
+        <x:v>4313</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45974.8559722222</x:v>
+        <x:v>46001.8248611111</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>5.16</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>3942.83</x:v>
+        <x:v>3971.218</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>4194.5</x:v>
+        <x:v>4224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45973.8250115741</x:v>
+        <x:v>46000.8228125</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>5.51</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>3960.784</x:v>
+        <x:v>3982.028</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>4213.6</x:v>
+        <x:v>4236.2</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45972.8325347222</x:v>
+        <x:v>45999.8271990741</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>4.14</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>3869.322</x:v>
+        <x:v>3964.638</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>4116.3</x:v>
+        <x:v>4217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45971.8316203704</x:v>
+        <x:v>45996.8263310185</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>4.23</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>3874.68</x:v>
+        <x:v>3988.42</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>4122</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45968.8265509259</x:v>
+        <x:v>45995.8232407407</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>3.04</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>3769.212</x:v>
+        <x:v>3988.42</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>4009.8</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45967.856724537</x:v>
+        <x:v>45994.8237152778</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>2.86</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>3751.54</x:v>
+        <x:v>3978.55</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>3991</x:v>
+        <x:v>4232.5</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45967.8527893519</x:v>
+        <x:v>45993.8229513889</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>2.86</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>3751.54</x:v>
+        <x:v>3967.552</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>3991</x:v>
+        <x:v>4220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45967.8429050926</x:v>
+        <x:v>45992.8242824074</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>2.86</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>3751.54</x:v>
+        <x:v>4018.312</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>3991</x:v>
+        <x:v>4274.8</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45967.8321412037</x:v>
+        <x:v>45989.8354976852</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>2.86</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>3751.54</x:v>
+        <x:v>3999.606</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>3991</x:v>
+        <x:v>4254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45966.8257638889</x:v>
+        <x:v>45987.8265277778</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>2.88</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>3753.326</x:v>
+        <x:v>3950.162</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>3992.9</x:v>
+        <x:v>4202.3</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45965.8373263889</x:v>
+        <x:v>45986.8420486111</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>2.58</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>3722.87</x:v>
+        <x:v>3926.662</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>3960.5</x:v>
+        <x:v>4177.3</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45964.8251041667</x:v>
+        <x:v>45985.8473148148</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>3.18</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>3773.16</x:v>
+        <x:v>3882.952</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>4014</x:v>
+        <x:v>4130.8</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
+        <x:v>45982.8241087963</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C82" s="0">
+        <x:v>3.22</x:v>
+      </x:c>
+      <x:c r="D82" s="0">
+        <x:v>3869.04</x:v>
+      </x:c>
+      <x:c r="E82" s="0">
+        <x:v>4116</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="1">
+        <x:v>45981.858912037</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C83" s="0">
+        <x:v>3.01</x:v>
+      </x:c>
+      <x:c r="D83" s="0">
+        <x:v>3849.958</x:v>
+      </x:c>
+      <x:c r="E83" s="0">
+        <x:v>4060</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="1">
+        <x:v>45980.8244791667</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C84" s="0">
+        <x:v>3.27</x:v>
+      </x:c>
+      <x:c r="D84" s="0">
+        <x:v>3837.832</x:v>
+      </x:c>
+      <x:c r="E84" s="0">
+        <x:v>4082.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="1">
+        <x:v>45979.8891782407</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C85" s="0">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="D85" s="0">
+        <x:v>3822.51</x:v>
+      </x:c>
+      <x:c r="E85" s="0">
+        <x:v>4066.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="1">
+        <x:v>45978.8252083333</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C86" s="0">
+        <x:v>3.19</x:v>
+      </x:c>
+      <x:c r="D86" s="0">
+        <x:v>3830.03</x:v>
+      </x:c>
+      <x:c r="E86" s="0">
+        <x:v>4074.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:5">
+      <x:c r="A87" s="1">
+        <x:v>45975.8263078704</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C87" s="0">
+        <x:v>3.43</x:v>
+      </x:c>
+      <x:c r="D87" s="0">
+        <x:v>3848.548</x:v>
+      </x:c>
+      <x:c r="E87" s="0">
+        <x:v>4094.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="1">
+        <x:v>45974.8559722222</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C88" s="0">
+        <x:v>5.16</x:v>
+      </x:c>
+      <x:c r="D88" s="0">
+        <x:v>3942.83</x:v>
+      </x:c>
+      <x:c r="E88" s="0">
+        <x:v>4194.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="1">
+        <x:v>45973.8250115741</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C89" s="0">
+        <x:v>5.51</x:v>
+      </x:c>
+      <x:c r="D89" s="0">
+        <x:v>3960.784</x:v>
+      </x:c>
+      <x:c r="E89" s="0">
+        <x:v>4213.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="1">
+        <x:v>45972.8325347222</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C90" s="0">
+        <x:v>4.14</x:v>
+      </x:c>
+      <x:c r="D90" s="0">
+        <x:v>3869.322</x:v>
+      </x:c>
+      <x:c r="E90" s="0">
+        <x:v>4116.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="1">
+        <x:v>45971.8316203704</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C91" s="0">
+        <x:v>4.23</x:v>
+      </x:c>
+      <x:c r="D91" s="0">
+        <x:v>3874.68</x:v>
+      </x:c>
+      <x:c r="E91" s="0">
+        <x:v>4122</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="1">
+        <x:v>45968.8265509259</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C92" s="0">
+        <x:v>3.04</x:v>
+      </x:c>
+      <x:c r="D92" s="0">
+        <x:v>3769.212</x:v>
+      </x:c>
+      <x:c r="E92" s="0">
+        <x:v>4009.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="1">
+        <x:v>45967.856724537</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C93" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D93" s="0">
+        <x:v>3751.54</x:v>
+      </x:c>
+      <x:c r="E93" s="0">
+        <x:v>3991</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="1">
+        <x:v>45967.8527893519</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C94" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D94" s="0">
+        <x:v>3751.54</x:v>
+      </x:c>
+      <x:c r="E94" s="0">
+        <x:v>3991</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="1">
+        <x:v>45967.8429050926</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C95" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D95" s="0">
+        <x:v>3751.54</x:v>
+      </x:c>
+      <x:c r="E95" s="0">
+        <x:v>3991</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="1">
+        <x:v>45967.8321412037</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C96" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D96" s="0">
+        <x:v>3751.54</x:v>
+      </x:c>
+      <x:c r="E96" s="0">
+        <x:v>3991</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="1">
+        <x:v>45966.8257638889</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C97" s="0">
+        <x:v>2.88</x:v>
+      </x:c>
+      <x:c r="D97" s="0">
+        <x:v>3753.326</x:v>
+      </x:c>
+      <x:c r="E97" s="0">
+        <x:v>3992.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="1">
+        <x:v>45965.8373263889</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C98" s="0">
+        <x:v>2.58</x:v>
+      </x:c>
+      <x:c r="D98" s="0">
+        <x:v>3722.87</x:v>
+      </x:c>
+      <x:c r="E98" s="0">
+        <x:v>3960.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="1">
+        <x:v>45964.8251041667</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C99" s="0">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="D99" s="0">
+        <x:v>3773.16</x:v>
+      </x:c>
+      <x:c r="E99" s="0">
+        <x:v>4014</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="1">
         <x:v>45961.7823263889</x:v>
       </x:c>
-      <x:c r="B82" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C82" s="0">
+      <x:c r="B100" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C100" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D82" s="0">
+      <x:c r="D100" s="0">
         <x:v>3756.71</x:v>
       </x:c>
-      <x:c r="E82" s="0">
+      <x:c r="E100" s="0">
         <x:v>3996.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>