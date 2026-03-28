--- v5 (2026-03-04)
+++ v6 (2026-03-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1acc5f3262643ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/45bb5891f9c84d9092d1a992f4bc7a23.psmdcp" Id="R777a7a31c5d6438e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b4eba52a1a24c24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f6fbf6d9b5f14a4ba76a1c9ee60bf0bf.psmdcp" Id="R94ef2cc3ec8943f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP102362</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,1746 +393,2120 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E100"/>
+  <x:dimension ref="A1:E122"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46084.8163773148</x:v>
+        <x:v>46108.784537037</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>4816.278</x:v>
+        <x:v>4252.842</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>5123.7</x:v>
+        <x:v>4524.3</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46083.8163194444</x:v>
+        <x:v>46107.7810300926</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>4992.904</x:v>
+        <x:v>4144.46</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>5311.6</x:v>
+        <x:v>4409</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46080.819849537</x:v>
+        <x:v>46106.8228356481</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>4933.026</x:v>
+        <x:v>4310.37</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>5247.9</x:v>
+        <x:v>4585.5</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46079.8165856482</x:v>
+        <x:v>46105.782037037</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>4882.548</x:v>
+        <x:v>4168.054</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>5194.2</x:v>
+        <x:v>4402</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46078.8752199074</x:v>
+        <x:v>46104.7827662037</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>4912.628</x:v>
+        <x:v>4142.862</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>5226.2</x:v>
+        <x:v>4407.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46077.8168055556</x:v>
+        <x:v>46104.2935532407</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>4865.722</x:v>
+        <x:v>4019.534</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>5176.3</x:v>
+        <x:v>4276.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46076.8162152778</x:v>
+        <x:v>46101.7822222222</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>4912.064</x:v>
+        <x:v>4300.406</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>5225.6</x:v>
+        <x:v>4574.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46073.8161921296</x:v>
+        <x:v>46100.7845486111</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>4776.046</x:v>
+        <x:v>4329.358</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>5080.9</x:v>
+        <x:v>4605.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46072.9091203704</x:v>
+        <x:v>46100.5627546296</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>4697.556</x:v>
+        <x:v>4326.068</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>4997.4</x:v>
+        <x:v>4602.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46072.8924652778</x:v>
+        <x:v>46099.8486689815</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>4697.556</x:v>
+        <x:v>4602.428</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>4997.4</x:v>
+        <x:v>4896.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46072.8718402778</x:v>
+        <x:v>46099.786412037</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>4697.556</x:v>
+        <x:v>4602.428</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>4997.4</x:v>
+        <x:v>4896.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46072.8585185185</x:v>
+        <x:v>46098.7806365741</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>4697.556</x:v>
+        <x:v>4707.708</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>4997.4</x:v>
+        <x:v>5008.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46072.8161921296</x:v>
+        <x:v>46097.784525463</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>4697.556</x:v>
+        <x:v>4702.068</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>4997.4</x:v>
+        <x:v>5002.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46071.8163888889</x:v>
+        <x:v>46094.7813425926</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>4708.93</x:v>
+        <x:v>4757.998</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>5009.5</x:v>
+        <x:v>5061.7</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46070.8161574074</x:v>
+        <x:v>46093.7868171296</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>4611.546</x:v>
+        <x:v>4818.252</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>4905.9</x:v>
+        <x:v>5125.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46066.8163657407</x:v>
+        <x:v>46092.8329166667</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>4743.522</x:v>
+        <x:v>4868.354</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>5046.3</x:v>
+        <x:v>5179.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46065.8163078704</x:v>
+        <x:v>46092.8217592593</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>4651.496</x:v>
+        <x:v>4868.354</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>4948.4</x:v>
+        <x:v>5179.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46064.8162268518</x:v>
+        <x:v>46091.8213425926</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>4792.59</x:v>
+        <x:v>4927.574</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>5098.5</x:v>
+        <x:v>5242.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46063.816400463</x:v>
+        <x:v>46090.784849537</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>4729.14</x:v>
+        <x:v>4797.478</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>5031</x:v>
+        <x:v>5103.7</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46062.9109837963</x:v>
+        <x:v>46087.8165277778</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>4774.636</x:v>
+        <x:v>4849.178</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>5079.4</x:v>
+        <x:v>5158.7</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46062.8648842593</x:v>
+        <x:v>46086.8161805556</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>4774.636</x:v>
+        <x:v>4773.978</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>5079.4</x:v>
+        <x:v>5078.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46062.8163888889</x:v>
+        <x:v>46085.8162384259</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>4774.636</x:v>
+        <x:v>4826.618</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>5079.4</x:v>
+        <x:v>5134.7</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46059.8655787037</x:v>
+        <x:v>46084.8163773148</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>4681.012</x:v>
+        <x:v>4816.278</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>4979.8</x:v>
+        <x:v>5123.7</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46058.8171527778</x:v>
+        <x:v>46083.8163194444</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>4596.13</x:v>
+        <x:v>4992.904</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>4889.5</x:v>
+        <x:v>5311.6</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46057.8355092593</x:v>
+        <x:v>46080.819849537</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>4653.752</x:v>
+        <x:v>4933.026</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>4950.8</x:v>
+        <x:v>5247.9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46056.8221759259</x:v>
+        <x:v>46079.8165856482</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>4638.9</x:v>
+        <x:v>4882.548</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>4935</x:v>
+        <x:v>5194.2</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46055.8181481482</x:v>
+        <x:v>46078.8752199074</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>4373.444</x:v>
+        <x:v>4912.628</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>4652.6</x:v>
+        <x:v>5226.2</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46055.3107407407</x:v>
+        <x:v>46077.8168055556</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>4192.77</x:v>
+        <x:v>4865.722</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>4460.394</x:v>
+        <x:v>5176.3</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46052.8217476852</x:v>
+        <x:v>46076.8162152778</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1.04</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>4460.394</x:v>
+        <x:v>4912.064</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>4745.1</x:v>
+        <x:v>5225.6</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46052.8066550926</x:v>
+        <x:v>46073.8161921296</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>4442.91</x:v>
+        <x:v>4776.046</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>4726.5</x:v>
+        <x:v>5080.9</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46052.4462962963</x:v>
+        <x:v>46072.9091203704</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>6.76</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>4731.501</x:v>
+        <x:v>4697.556</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>5033.512</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46051.9028240741</x:v>
+        <x:v>46072.8924652778</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>42.2</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>5033.512</x:v>
+        <x:v>4697.556</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>5354.8</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46051.8152430556</x:v>
+        <x:v>46072.8718402778</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>36.74</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>4985.384</x:v>
+        <x:v>4697.556</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>5303.6</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46050.8226157407</x:v>
+        <x:v>46072.8585185185</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>40.68</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>5019.788</x:v>
+        <x:v>4697.556</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>5340.2</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46050.8133796296</x:v>
+        <x:v>46072.8161921296</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>40.68</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>5019.788</x:v>
+        <x:v>4697.556</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>5340.2</x:v>
+        <x:v>4997.4</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46049.8227083333</x:v>
+        <x:v>46071.8163888889</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>25.43</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>4813.364</x:v>
+        <x:v>4708.93</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>5120.6</x:v>
+        <x:v>5009.5</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46048.8231018518</x:v>
+        <x:v>46070.8161574074</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>25.56</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>4814.962</x:v>
+        <x:v>4611.546</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>5122.3</x:v>
+        <x:v>4905.9</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46045.827349537</x:v>
+        <x:v>46066.8163657407</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>19.79</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>4715.98</x:v>
+        <x:v>4743.522</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>4979.7</x:v>
+        <x:v>5046.3</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46044.8500462963</x:v>
+        <x:v>46065.8163078704</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>16.65</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>4618.596</x:v>
+        <x:v>4651.496</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>4913.4</x:v>
+        <x:v>4948.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46043.8455324074</x:v>
+        <x:v>46064.8162268518</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>13.66</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>4547.25</x:v>
+        <x:v>4792.59</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>4837.5</x:v>
+        <x:v>5098.5</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46042.8283333333</x:v>
+        <x:v>46063.816400463</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>11.29</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>4479.852</x:v>
+        <x:v>4729.14</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>4765.8</x:v>
+        <x:v>5031</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46038.8262847222</x:v>
+        <x:v>46062.9109837963</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>7.45</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>4319.676</x:v>
+        <x:v>4774.636</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>4595.4</x:v>
+        <x:v>5079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46037.8245833333</x:v>
+        <x:v>46062.8648842593</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>8.15</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>4346.278</x:v>
+        <x:v>4774.636</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>4623.7</x:v>
+        <x:v>5079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46036.8248611111</x:v>
+        <x:v>46062.8163888889</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>8.46</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>4357.558</x:v>
+        <x:v>4774.636</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>4635.7</x:v>
+        <x:v>5079.4</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46035.8275925926</x:v>
+        <x:v>46059.8655787037</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>7.62</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>4323.154</x:v>
+        <x:v>4681.012</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>4599.1</x:v>
+        <x:v>4979.8</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46034.8259490741</x:v>
+        <x:v>46058.8171527778</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>8</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>4337.818</x:v>
+        <x:v>4596.13</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>4614.7</x:v>
+        <x:v>4889.5</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46031.8225810185</x:v>
+        <x:v>46057.8355092593</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>5.92</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>4230.846</x:v>
+        <x:v>4653.752</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>4500.9</x:v>
+        <x:v>4950.8</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46030.8292592593</x:v>
+        <x:v>46056.8221759259</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>5.26</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>4193.058</x:v>
+        <x:v>4638.9</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>4460.7</x:v>
+        <x:v>4935</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46029.8237037037</x:v>
+        <x:v>46055.8181481482</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>5.29</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>4194.75</x:v>
+        <x:v>4373.444</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>4462.5</x:v>
+        <x:v>4652.6</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46028.8240972222</x:v>
+        <x:v>46055.3107407407</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>5.92</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>4226.334</x:v>
+        <x:v>4192.77</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>4496.1</x:v>
+        <x:v>4460.394</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46027.8218981481</x:v>
+        <x:v>46052.8217476852</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>5.19</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>4184.41</x:v>
+        <x:v>4460.394</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>4451.5</x:v>
+        <x:v>4745.1</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46024.8230092593</x:v>
+        <x:v>46052.8066550926</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>3.73</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>4069.824</x:v>
+        <x:v>4442.91</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>4329.6</x:v>
+        <x:v>4726.5</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46022.823900463</x:v>
+        <x:v>46052.4462962963</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>3.88</x:v>
+        <x:v>6.76</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>4080.634</x:v>
+        <x:v>4731.501</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>4341.1</x:v>
+        <x:v>5033.512</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46021.8342708333</x:v>
+        <x:v>46051.9028240741</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>4.54</x:v>
+        <x:v>42.2</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>4123.122</x:v>
+        <x:v>5033.512</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>4386.3</x:v>
+        <x:v>5354.8</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>46020.8393402778</x:v>
+        <x:v>46051.8152430556</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>3.99</x:v>
+        <x:v>36.74</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>4082.984</x:v>
+        <x:v>4985.384</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>4343.6</x:v>
+        <x:v>5303.6</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>46017.8292013889</x:v>
+        <x:v>46050.8226157407</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>11.24</x:v>
+        <x:v>40.68</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>4279.538</x:v>
+        <x:v>5019.788</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>4552.7</x:v>
+        <x:v>5340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>46015.8240277778</x:v>
+        <x:v>46050.8133796296</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>9.74</x:v>
+        <x:v>40.68</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>4232.632</x:v>
+        <x:v>5019.788</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>4502.8</x:v>
+        <x:v>5340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>46014.8341898148</x:v>
+        <x:v>46049.8227083333</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>9.83</x:v>
+        <x:v>25.43</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>4235.358</x:v>
+        <x:v>4813.364</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>4505.7</x:v>
+        <x:v>5120.6</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>46014.825474537</x:v>
+        <x:v>46048.8231018518</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>9.83</x:v>
+        <x:v>25.56</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>4235.358</x:v>
+        <x:v>4814.962</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>4505.7</x:v>
+        <x:v>5122.3</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>46013.830787037</x:v>
+        <x:v>46045.827349537</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>8.84</x:v>
+        <x:v>19.79</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>4201.236</x:v>
+        <x:v>4715.98</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>4469.4</x:v>
+        <x:v>4979.7</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>46010.8267592593</x:v>
+        <x:v>46044.8500462963</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>7.01</x:v>
+        <x:v>16.65</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>4124.062</x:v>
+        <x:v>4618.596</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>4387.3</x:v>
+        <x:v>4913.4</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>46009.8283333333</x:v>
+        <x:v>46043.8455324074</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>6.54</x:v>
+        <x:v>13.66</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>4102.63</x:v>
+        <x:v>4547.25</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>4364.5</x:v>
+        <x:v>4837.5</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>46008.8262962963</x:v>
+        <x:v>46042.8283333333</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>6.75</x:v>
+        <x:v>11.29</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>4111.466</x:v>
+        <x:v>4479.852</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>4373.9</x:v>
+        <x:v>4765.8</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>46007.8233680556</x:v>
+        <x:v>46038.8262847222</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>5.95</x:v>
+        <x:v>7.45</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>4072.362</x:v>
+        <x:v>4319.676</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>4332.3</x:v>
+        <x:v>4595.4</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>46006.8309722222</x:v>
+        <x:v>46037.8245833333</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>6.01</x:v>
+        <x:v>8.15</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>4075.088</x:v>
+        <x:v>4346.278</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>4335.2</x:v>
+        <x:v>4623.7</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>46003.8253125</x:v>
+        <x:v>46036.8248611111</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>5.89</x:v>
+        <x:v>8.46</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>4068.602</x:v>
+        <x:v>4357.558</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>4328.3</x:v>
+        <x:v>4635.7</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>46002.8233680556</x:v>
+        <x:v>46035.8275925926</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>5.62</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>4054.22</x:v>
+        <x:v>4323.154</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>4313</x:v>
+        <x:v>4599.1</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>46001.8248611111</x:v>
+        <x:v>46034.8259490741</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>4.35</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>3971.218</x:v>
+        <x:v>4337.818</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>4224.7</x:v>
+        <x:v>4614.7</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>46000.8228125</x:v>
+        <x:v>46031.8225810185</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>4.52</x:v>
+        <x:v>5.92</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>3982.028</x:v>
+        <x:v>4230.846</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>4236.2</x:v>
+        <x:v>4500.9</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45999.8271990741</x:v>
+        <x:v>46030.8292592593</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>4.26</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>3964.638</x:v>
+        <x:v>4193.058</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>4217.7</x:v>
+        <x:v>4460.7</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45996.8263310185</x:v>
+        <x:v>46029.8237037037</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>4.66</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>3988.42</x:v>
+        <x:v>4194.75</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>4243</x:v>
+        <x:v>4462.5</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45995.8232407407</x:v>
+        <x:v>46028.8240972222</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>4.66</x:v>
+        <x:v>5.92</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>3988.42</x:v>
+        <x:v>4226.334</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>4243</x:v>
+        <x:v>4496.1</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45994.8237152778</x:v>
+        <x:v>46027.8218981481</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>4.51</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>3978.55</x:v>
+        <x:v>4184.41</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>4232.5</x:v>
+        <x:v>4451.5</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45993.8229513889</x:v>
+        <x:v>46024.8230092593</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>4.35</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>3967.552</x:v>
+        <x:v>4069.824</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>4220.8</x:v>
+        <x:v>4329.6</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45992.8242824074</x:v>
+        <x:v>46022.823900463</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>5.28</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>4018.312</x:v>
+        <x:v>4080.634</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>4274.8</x:v>
+        <x:v>4341.1</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45989.8354976852</x:v>
+        <x:v>46021.8342708333</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>4.97</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>3999.606</x:v>
+        <x:v>4123.122</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>4254.9</x:v>
+        <x:v>4386.3</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45987.8265277778</x:v>
+        <x:v>46020.8393402778</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>4.23</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>3950.162</x:v>
+        <x:v>4082.984</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>4202.3</x:v>
+        <x:v>4343.6</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45986.8420486111</x:v>
+        <x:v>46017.8292013889</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>3.91</x:v>
+        <x:v>11.24</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>3926.662</x:v>
+        <x:v>4279.538</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>4177.3</x:v>
+        <x:v>4552.7</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45985.8473148148</x:v>
+        <x:v>46015.8240277778</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>3.38</x:v>
+        <x:v>9.74</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>3882.952</x:v>
+        <x:v>4232.632</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>4130.8</x:v>
+        <x:v>4502.8</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45982.8241087963</x:v>
+        <x:v>46014.8341898148</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>3.22</x:v>
+        <x:v>9.83</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>3869.04</x:v>
+        <x:v>4235.358</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>4116</x:v>
+        <x:v>4505.7</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45981.858912037</x:v>
+        <x:v>46014.825474537</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>3.01</x:v>
+        <x:v>9.83</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>3849.958</x:v>
+        <x:v>4235.358</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>4060</x:v>
+        <x:v>4505.7</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45980.8244791667</x:v>
+        <x:v>46013.830787037</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>3.27</x:v>
+        <x:v>8.84</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>3837.832</x:v>
+        <x:v>4201.236</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>4082.8</x:v>
+        <x:v>4469.4</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45979.8891782407</x:v>
+        <x:v>46010.8267592593</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>3.1</x:v>
+        <x:v>7.01</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>3822.51</x:v>
+        <x:v>4124.062</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>4066.5</x:v>
+        <x:v>4387.3</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45978.8252083333</x:v>
+        <x:v>46009.8283333333</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>3.19</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>3830.03</x:v>
+        <x:v>4102.63</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>4074.5</x:v>
+        <x:v>4364.5</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45975.8263078704</x:v>
+        <x:v>46008.8262962963</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>3.43</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>3848.548</x:v>
+        <x:v>4111.466</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>4094.2</x:v>
+        <x:v>4373.9</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45974.8559722222</x:v>
+        <x:v>46007.8233680556</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>5.16</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>3942.83</x:v>
+        <x:v>4072.362</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>4194.5</x:v>
+        <x:v>4332.3</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45973.8250115741</x:v>
+        <x:v>46006.8309722222</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>5.51</x:v>
+        <x:v>6.01</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>3960.784</x:v>
+        <x:v>4075.088</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>4213.6</x:v>
+        <x:v>4335.2</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45972.8325347222</x:v>
+        <x:v>46003.8253125</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>4.14</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>3869.322</x:v>
+        <x:v>4068.602</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>4116.3</x:v>
+        <x:v>4328.3</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45971.8316203704</x:v>
+        <x:v>46002.8233680556</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>4.23</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>3874.68</x:v>
+        <x:v>4054.22</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>4122</x:v>
+        <x:v>4313</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45968.8265509259</x:v>
+        <x:v>46001.8248611111</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>3.04</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>3769.212</x:v>
+        <x:v>3971.218</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>4009.8</x:v>
+        <x:v>4224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45967.856724537</x:v>
+        <x:v>46000.8228125</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>2.86</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>3751.54</x:v>
+        <x:v>3982.028</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>3991</x:v>
+        <x:v>4236.2</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45967.8527893519</x:v>
+        <x:v>45999.8271990741</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>2.86</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>3751.54</x:v>
+        <x:v>3964.638</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>3991</x:v>
+        <x:v>4217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45967.8429050926</x:v>
+        <x:v>45996.8263310185</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>2.86</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>3751.54</x:v>
+        <x:v>3988.42</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>3991</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45967.8321412037</x:v>
+        <x:v>45995.8232407407</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>2.86</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>3751.54</x:v>
+        <x:v>3988.42</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>3991</x:v>
+        <x:v>4243</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45966.8257638889</x:v>
+        <x:v>45994.8237152778</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>2.88</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>3753.326</x:v>
+        <x:v>3978.55</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>3992.9</x:v>
+        <x:v>4232.5</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45965.8373263889</x:v>
+        <x:v>45993.8229513889</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>2.58</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>3722.87</x:v>
+        <x:v>3967.552</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>3960.5</x:v>
+        <x:v>4220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45964.8251041667</x:v>
+        <x:v>45992.8242824074</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>3.18</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>3773.16</x:v>
+        <x:v>4018.312</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>4014</x:v>
+        <x:v>4274.8</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
+        <x:v>45989.8354976852</x:v>
+      </x:c>
+      <x:c r="B100" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C100" s="0">
+        <x:v>4.97</x:v>
+      </x:c>
+      <x:c r="D100" s="0">
+        <x:v>3999.606</x:v>
+      </x:c>
+      <x:c r="E100" s="0">
+        <x:v>4254.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:5">
+      <x:c r="A101" s="1">
+        <x:v>45987.8265277778</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C101" s="0">
+        <x:v>4.23</x:v>
+      </x:c>
+      <x:c r="D101" s="0">
+        <x:v>3950.162</x:v>
+      </x:c>
+      <x:c r="E101" s="0">
+        <x:v>4202.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:5">
+      <x:c r="A102" s="1">
+        <x:v>45986.8420486111</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C102" s="0">
+        <x:v>3.91</x:v>
+      </x:c>
+      <x:c r="D102" s="0">
+        <x:v>3926.662</x:v>
+      </x:c>
+      <x:c r="E102" s="0">
+        <x:v>4177.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="1">
+        <x:v>45985.8473148148</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C103" s="0">
+        <x:v>3.38</x:v>
+      </x:c>
+      <x:c r="D103" s="0">
+        <x:v>3882.952</x:v>
+      </x:c>
+      <x:c r="E103" s="0">
+        <x:v>4130.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="1">
+        <x:v>45982.8241087963</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C104" s="0">
+        <x:v>3.22</x:v>
+      </x:c>
+      <x:c r="D104" s="0">
+        <x:v>3869.04</x:v>
+      </x:c>
+      <x:c r="E104" s="0">
+        <x:v>4116</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="1">
+        <x:v>45981.858912037</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C105" s="0">
+        <x:v>3.01</x:v>
+      </x:c>
+      <x:c r="D105" s="0">
+        <x:v>3849.958</x:v>
+      </x:c>
+      <x:c r="E105" s="0">
+        <x:v>4060</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="1">
+        <x:v>45980.8244791667</x:v>
+      </x:c>
+      <x:c r="B106" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C106" s="0">
+        <x:v>3.27</x:v>
+      </x:c>
+      <x:c r="D106" s="0">
+        <x:v>3837.832</x:v>
+      </x:c>
+      <x:c r="E106" s="0">
+        <x:v>4082.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="1">
+        <x:v>45979.8891782407</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C107" s="0">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="D107" s="0">
+        <x:v>3822.51</x:v>
+      </x:c>
+      <x:c r="E107" s="0">
+        <x:v>4066.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:5">
+      <x:c r="A108" s="1">
+        <x:v>45978.8252083333</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C108" s="0">
+        <x:v>3.19</x:v>
+      </x:c>
+      <x:c r="D108" s="0">
+        <x:v>3830.03</x:v>
+      </x:c>
+      <x:c r="E108" s="0">
+        <x:v>4074.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="1">
+        <x:v>45975.8263078704</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C109" s="0">
+        <x:v>3.43</x:v>
+      </x:c>
+      <x:c r="D109" s="0">
+        <x:v>3848.548</x:v>
+      </x:c>
+      <x:c r="E109" s="0">
+        <x:v>4094.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:5">
+      <x:c r="A110" s="1">
+        <x:v>45974.8559722222</x:v>
+      </x:c>
+      <x:c r="B110" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C110" s="0">
+        <x:v>5.16</x:v>
+      </x:c>
+      <x:c r="D110" s="0">
+        <x:v>3942.83</x:v>
+      </x:c>
+      <x:c r="E110" s="0">
+        <x:v>4194.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:5">
+      <x:c r="A111" s="1">
+        <x:v>45973.8250115741</x:v>
+      </x:c>
+      <x:c r="B111" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C111" s="0">
+        <x:v>5.51</x:v>
+      </x:c>
+      <x:c r="D111" s="0">
+        <x:v>3960.784</x:v>
+      </x:c>
+      <x:c r="E111" s="0">
+        <x:v>4213.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:5">
+      <x:c r="A112" s="1">
+        <x:v>45972.8325347222</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C112" s="0">
+        <x:v>4.14</x:v>
+      </x:c>
+      <x:c r="D112" s="0">
+        <x:v>3869.322</x:v>
+      </x:c>
+      <x:c r="E112" s="0">
+        <x:v>4116.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:5">
+      <x:c r="A113" s="1">
+        <x:v>45971.8316203704</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C113" s="0">
+        <x:v>4.23</x:v>
+      </x:c>
+      <x:c r="D113" s="0">
+        <x:v>3874.68</x:v>
+      </x:c>
+      <x:c r="E113" s="0">
+        <x:v>4122</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:5">
+      <x:c r="A114" s="1">
+        <x:v>45968.8265509259</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C114" s="0">
+        <x:v>3.04</x:v>
+      </x:c>
+      <x:c r="D114" s="0">
+        <x:v>3769.212</x:v>
+      </x:c>
+      <x:c r="E114" s="0">
+        <x:v>4009.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:5">
+      <x:c r="A115" s="1">
+        <x:v>45967.856724537</x:v>
+      </x:c>
+      <x:c r="B115" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C115" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D115" s="0">
+        <x:v>3751.54</x:v>
+      </x:c>
+      <x:c r="E115" s="0">
+        <x:v>3991</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:5">
+      <x:c r="A116" s="1">
+        <x:v>45967.8527893519</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C116" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D116" s="0">
+        <x:v>3751.54</x:v>
+      </x:c>
+      <x:c r="E116" s="0">
+        <x:v>3991</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:5">
+      <x:c r="A117" s="1">
+        <x:v>45967.8429050926</x:v>
+      </x:c>
+      <x:c r="B117" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C117" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D117" s="0">
+        <x:v>3751.54</x:v>
+      </x:c>
+      <x:c r="E117" s="0">
+        <x:v>3991</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:5">
+      <x:c r="A118" s="1">
+        <x:v>45967.8321412037</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C118" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D118" s="0">
+        <x:v>3751.54</x:v>
+      </x:c>
+      <x:c r="E118" s="0">
+        <x:v>3991</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:5">
+      <x:c r="A119" s="1">
+        <x:v>45966.8257638889</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C119" s="0">
+        <x:v>2.88</x:v>
+      </x:c>
+      <x:c r="D119" s="0">
+        <x:v>3753.326</x:v>
+      </x:c>
+      <x:c r="E119" s="0">
+        <x:v>3992.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:5">
+      <x:c r="A120" s="1">
+        <x:v>45965.8373263889</x:v>
+      </x:c>
+      <x:c r="B120" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C120" s="0">
+        <x:v>2.58</x:v>
+      </x:c>
+      <x:c r="D120" s="0">
+        <x:v>3722.87</x:v>
+      </x:c>
+      <x:c r="E120" s="0">
+        <x:v>3960.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:5">
+      <x:c r="A121" s="1">
+        <x:v>45964.8251041667</x:v>
+      </x:c>
+      <x:c r="B121" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C121" s="0">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="D121" s="0">
+        <x:v>3773.16</x:v>
+      </x:c>
+      <x:c r="E121" s="0">
+        <x:v>4014</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:5">
+      <x:c r="A122" s="1">
         <x:v>45961.7823263889</x:v>
       </x:c>
-      <x:c r="B100" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C100" s="0">
+      <x:c r="B122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C122" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D100" s="0">
+      <x:c r="D122" s="0">
         <x:v>3756.71</x:v>
       </x:c>
-      <x:c r="E100" s="0">
+      <x:c r="E122" s="0">
         <x:v>3996.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>