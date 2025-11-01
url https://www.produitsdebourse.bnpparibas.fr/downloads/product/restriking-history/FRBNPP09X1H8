--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -1,78 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02b925f206004bde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/355c3c5241eb408491f7d2471a336632.psmdcp" Id="R2b2540121f884bcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b2154a6b6654c0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d641412692f41719a446164815e7d68.psmdcp" Id="Ra0e5548852ba466c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09X1H8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
     <x:t>Reset type</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Cash value </x:t>
   </x:si>
   <x:si>
     <x:t>Reset threshold</x:t>
   </x:si>
   <x:si>
     <x:t>Reference price (last reset)</x:t>
   </x:si>
   <x:si>
     <x:t>End of day</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intraday</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="164" formatCode="dd-MM-yyyy HH:mm"/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
@@ -390,131 +393,624 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E5"/>
+  <x:dimension ref="A1:E34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45938.7624652778</x:v>
+        <x:v>45961.8178587963</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>2.6</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>8.518</x:v>
+        <x:v>8.031</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>9.309</x:v>
+        <x:v>8.777</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45938.741099537</x:v>
+        <x:v>45961.7663078704</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>2.6</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>8.518</x:v>
+        <x:v>8.031</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>9.309</x:v>
+        <x:v>8.777</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
+        <x:v>45961.7596296296</x:v>
+      </x:c>
+      <x:c r="B5" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C5" s="0">
+        <x:v>0.06</x:v>
+      </x:c>
+      <x:c r="D5" s="0">
+        <x:v>8.031</x:v>
+      </x:c>
+      <x:c r="E5" s="0">
+        <x:v>8.777</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:5">
+      <x:c r="A6" s="1">
+        <x:v>45961.7416435185</x:v>
+      </x:c>
+      <x:c r="B6" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C6" s="0">
+        <x:v>0.06</x:v>
+      </x:c>
+      <x:c r="D6" s="0">
+        <x:v>8.031</x:v>
+      </x:c>
+      <x:c r="E6" s="0">
+        <x:v>8.777</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:5">
+      <x:c r="A7" s="1">
+        <x:v>45960.7713657407</x:v>
+      </x:c>
+      <x:c r="B7" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C7" s="0">
+        <x:v>0.07</x:v>
+      </x:c>
+      <x:c r="D7" s="0">
+        <x:v>8.1</x:v>
+      </x:c>
+      <x:c r="E7" s="0">
+        <x:v>8.852</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:5">
+      <x:c r="A8" s="1">
+        <x:v>45960.7414583333</x:v>
+      </x:c>
+      <x:c r="B8" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C8" s="0">
+        <x:v>0.07</x:v>
+      </x:c>
+      <x:c r="D8" s="0">
+        <x:v>8.1</x:v>
+      </x:c>
+      <x:c r="E8" s="0">
+        <x:v>8.852</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:5">
+      <x:c r="A9" s="1">
+        <x:v>45960.5990625</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="C9" s="0">
+        <x:v>0.16</x:v>
+      </x:c>
+      <x:c r="D9" s="0">
+        <x:v>8.03</x:v>
+      </x:c>
+      <x:c r="E9" s="0">
+        <x:v>8.776</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="1">
+        <x:v>45959.763599537</x:v>
+      </x:c>
+      <x:c r="B10" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C10" s="0">
+        <x:v>1.43</x:v>
+      </x:c>
+      <x:c r="D10" s="0">
+        <x:v>8.876</x:v>
+      </x:c>
+      <x:c r="E10" s="0">
+        <x:v>9.701</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="1">
+        <x:v>45959.741724537</x:v>
+      </x:c>
+      <x:c r="B11" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C11" s="0">
+        <x:v>1.43</x:v>
+      </x:c>
+      <x:c r="D11" s="0">
+        <x:v>8.876</x:v>
+      </x:c>
+      <x:c r="E11" s="0">
+        <x:v>9.701</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="1">
+        <x:v>45958.741412037</x:v>
+      </x:c>
+      <x:c r="B12" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C12" s="0">
+        <x:v>1.28</x:v>
+      </x:c>
+      <x:c r="D12" s="0">
+        <x:v>8.772</x:v>
+      </x:c>
+      <x:c r="E12" s="0">
+        <x:v>9.587</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="1">
+        <x:v>45957.7416435185</x:v>
+      </x:c>
+      <x:c r="B13" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C13" s="0">
+        <x:v>1.11</x:v>
+      </x:c>
+      <x:c r="D13" s="0">
+        <x:v>8.633</x:v>
+      </x:c>
+      <x:c r="E13" s="0">
+        <x:v>9.435</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="1">
+        <x:v>45954.7428819444</x:v>
+      </x:c>
+      <x:c r="B14" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C14" s="0">
+        <x:v>1.13</x:v>
+      </x:c>
+      <x:c r="D14" s="0">
+        <x:v>8.646</x:v>
+      </x:c>
+      <x:c r="E14" s="0">
+        <x:v>9.449</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="1">
+        <x:v>45953.774849537</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C15" s="0">
+        <x:v>0.92</x:v>
+      </x:c>
+      <x:c r="D15" s="0">
+        <x:v>8.45</x:v>
+      </x:c>
+      <x:c r="E15" s="0">
+        <x:v>9.235</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="1">
+        <x:v>45953.7428703704</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C16" s="0">
+        <x:v>0.92</x:v>
+      </x:c>
+      <x:c r="D16" s="0">
+        <x:v>8.45</x:v>
+      </x:c>
+      <x:c r="E16" s="0">
+        <x:v>9.235</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="1">
+        <x:v>45952.760787037</x:v>
+      </x:c>
+      <x:c r="B17" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C17" s="0">
+        <x:v>1.05</x:v>
+      </x:c>
+      <x:c r="D17" s="0">
+        <x:v>8.553</x:v>
+      </x:c>
+      <x:c r="E17" s="0">
+        <x:v>9.348</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="1">
+        <x:v>45952.7425115741</x:v>
+      </x:c>
+      <x:c r="B18" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C18" s="0">
+        <x:v>1.05</x:v>
+      </x:c>
+      <x:c r="D18" s="0">
+        <x:v>8.553</x:v>
+      </x:c>
+      <x:c r="E18" s="0">
+        <x:v>9.348</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="1">
+        <x:v>45951.7420949074</x:v>
+      </x:c>
+      <x:c r="B19" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C19" s="0">
+        <x:v>1.33</x:v>
+      </x:c>
+      <x:c r="D19" s="0">
+        <x:v>8.738</x:v>
+      </x:c>
+      <x:c r="E19" s="0">
+        <x:v>9.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="1">
+        <x:v>45950.8196759259</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C20" s="0">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="D20" s="0">
+        <x:v>8.338</x:v>
+      </x:c>
+      <x:c r="E20" s="0">
+        <x:v>9.113</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="1">
+        <x:v>45947.7632291667</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C21" s="0">
+        <x:v>0.73</x:v>
+      </x:c>
+      <x:c r="D21" s="0">
+        <x:v>8.151</x:v>
+      </x:c>
+      <x:c r="E21" s="0">
+        <x:v>8.908</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="1">
+        <x:v>45946.7603009259</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C22" s="0">
+        <x:v>0.67</x:v>
+      </x:c>
+      <x:c r="D22" s="0">
+        <x:v>8.078</x:v>
+      </x:c>
+      <x:c r="E22" s="0">
+        <x:v>8.829</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="1">
+        <x:v>45946.7415393519</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C23" s="0">
+        <x:v>0.67</x:v>
+      </x:c>
+      <x:c r="D23" s="0">
+        <x:v>8.078</x:v>
+      </x:c>
+      <x:c r="E23" s="0">
+        <x:v>8.829</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="1">
+        <x:v>45945.768900463</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C24" s="0">
+        <x:v>0.56</x:v>
+      </x:c>
+      <x:c r="D24" s="0">
+        <x:v>7.91</x:v>
+      </x:c>
+      <x:c r="E24" s="0">
+        <x:v>8.645</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="1">
+        <x:v>45944.769375</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C25" s="0">
+        <x:v>0.42</x:v>
+      </x:c>
+      <x:c r="D25" s="0">
+        <x:v>7.66</x:v>
+      </x:c>
+      <x:c r="E25" s="0">
+        <x:v>8.371</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="1">
+        <x:v>45944.7417708333</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C26" s="0">
+        <x:v>0.42</x:v>
+      </x:c>
+      <x:c r="D26" s="0">
+        <x:v>7.66</x:v>
+      </x:c>
+      <x:c r="E26" s="0">
+        <x:v>8.371</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="1">
+        <x:v>45943.7465509259</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C27" s="0">
+        <x:v>0.82</x:v>
+      </x:c>
+      <x:c r="D27" s="0">
+        <x:v>8.053</x:v>
+      </x:c>
+      <x:c r="E27" s="0">
+        <x:v>8.801</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="1">
+        <x:v>45940.7627662037</x:v>
+      </x:c>
+      <x:c r="B28" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C28" s="0">
+        <x:v>0.64</x:v>
+      </x:c>
+      <x:c r="D28" s="0">
+        <x:v>7.832</x:v>
+      </x:c>
+      <x:c r="E28" s="0">
+        <x:v>8.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="1">
+        <x:v>45940.7458912037</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C29" s="0">
+        <x:v>0.64</x:v>
+      </x:c>
+      <x:c r="D29" s="0">
+        <x:v>7.832</x:v>
+      </x:c>
+      <x:c r="E29" s="0">
+        <x:v>8.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="1">
+        <x:v>45939.7571527778</x:v>
+      </x:c>
+      <x:c r="B30" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C30" s="0">
+        <x:v>2.39</x:v>
+      </x:c>
+      <x:c r="D30" s="0">
+        <x:v>8.448</x:v>
+      </x:c>
+      <x:c r="E30" s="0">
+        <x:v>9.233</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="1">
+        <x:v>45939.744212963</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C31" s="0">
+        <x:v>2.39</x:v>
+      </x:c>
+      <x:c r="D31" s="0">
+        <x:v>8.448</x:v>
+      </x:c>
+      <x:c r="E31" s="0">
+        <x:v>9.233</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="1">
+        <x:v>45938.7624652778</x:v>
+      </x:c>
+      <x:c r="B32" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C32" s="0">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="D32" s="0">
+        <x:v>8.518</x:v>
+      </x:c>
+      <x:c r="E32" s="0">
+        <x:v>9.309</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="1">
+        <x:v>45938.741099537</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C33" s="0">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="D33" s="0">
+        <x:v>8.518</x:v>
+      </x:c>
+      <x:c r="E33" s="0">
+        <x:v>9.309</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="1">
         <x:v>45937.7621875</x:v>
       </x:c>
-      <x:c r="B5" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C5" s="0">
+      <x:c r="B34" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C34" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D5" s="0">
+      <x:c r="D34" s="0">
         <x:v>8.63</x:v>
       </x:c>
-      <x:c r="E5" s="0">
+      <x:c r="E34" s="0">
         <x:v>9.432</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>