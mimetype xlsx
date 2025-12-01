--- v1 (2025-11-01)
+++ v2 (2025-12-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b2154a6b6654c0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d641412692f41719a446164815e7d68.psmdcp" Id="Ra0e5548852ba466c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4defce32203d412c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e27222e8e19046ef8169da7738337b2f.psmdcp" Id="R25b9411801194acb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09X1H8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,624 +393,1066 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E34"/>
+  <x:dimension ref="A1:E60"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45961.8178587963</x:v>
+        <x:v>45989.7431481481</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>8.031</x:v>
+        <x:v>8.417</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>8.777</x:v>
+        <x:v>9.199</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45961.7663078704</x:v>
+        <x:v>45988.7414583333</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>8.031</x:v>
+        <x:v>8.251</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>8.777</x:v>
+        <x:v>9.017</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45961.7596296296</x:v>
+        <x:v>45987.7426157407</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>8.031</x:v>
+        <x:v>8.171</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>8.777</x:v>
+        <x:v>8.93</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45961.7416435185</x:v>
+        <x:v>45986.7689236111</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>8.031</x:v>
+        <x:v>8.278</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>8.777</x:v>
+        <x:v>9.047</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45960.7713657407</x:v>
+        <x:v>45986.7424537037</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>8.1</x:v>
+        <x:v>8.278</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>8.852</x:v>
+        <x:v>9.047</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45960.7414583333</x:v>
+        <x:v>45985.7418287037</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>8.1</x:v>
+        <x:v>8.005</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>8.852</x:v>
+        <x:v>8.749</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45960.5990625</x:v>
+        <x:v>45982.7638541667</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>8.03</x:v>
+        <x:v>7.729</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>8.776</x:v>
+        <x:v>8.447</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45959.763599537</x:v>
+        <x:v>45981.7416087963</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>1.43</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>8.876</x:v>
+        <x:v>7.503</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>9.701</x:v>
+        <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45959.741724537</x:v>
+        <x:v>45980.7414351852</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1.43</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>8.876</x:v>
+        <x:v>7.733</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>9.701</x:v>
+        <x:v>8.451</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45958.741412037</x:v>
+        <x:v>45979.7620949074</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>8.772</x:v>
+        <x:v>7.689</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>9.587</x:v>
+        <x:v>8.403</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45957.7416435185</x:v>
+        <x:v>45979.7413425926</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>8.633</x:v>
+        <x:v>7.689</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>9.435</x:v>
+        <x:v>8.403</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45954.7428819444</x:v>
+        <x:v>45978.7625578704</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>8.646</x:v>
+        <x:v>8.046</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>9.449</x:v>
+        <x:v>8.794</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45953.774849537</x:v>
+        <x:v>45975.7665740741</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>8.45</x:v>
+        <x:v>8.245</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>9.235</x:v>
+        <x:v>9.011</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45953.7428703704</x:v>
+        <x:v>45975.7415625</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>8.45</x:v>
+        <x:v>8.245</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>9.235</x:v>
+        <x:v>9.011</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45952.760787037</x:v>
+        <x:v>45974.7421527778</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>8.553</x:v>
+        <x:v>8.466</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>9.348</x:v>
+        <x:v>9.252</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45952.7425115741</x:v>
+        <x:v>45973.7618287037</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>8.553</x:v>
+        <x:v>8.439</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>9.348</x:v>
+        <x:v>9.223</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45951.7420949074</x:v>
+        <x:v>45973.7424652778</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>1.33</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>8.738</x:v>
+        <x:v>8.439</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>9.55</x:v>
+        <x:v>9.223</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45950.8196759259</x:v>
+        <x:v>45972.7415856481</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>8.338</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>9.113</x:v>
+        <x:v>9.28</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45947.7632291667</x:v>
+        <x:v>45968.7599652778</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>8.151</x:v>
+        <x:v>7.979</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>8.908</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45946.7603009259</x:v>
+        <x:v>45968.7419907407</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>8.078</x:v>
+        <x:v>7.979</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>8.829</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45946.7415393519</x:v>
+        <x:v>45967.7415509259</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>8.078</x:v>
+        <x:v>7.995</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>8.829</x:v>
+        <x:v>8.738</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45945.768900463</x:v>
+        <x:v>45966.7603935185</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>7.91</x:v>
+        <x:v>8.058</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>8.645</x:v>
+        <x:v>8.807</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45944.769375</x:v>
+        <x:v>45966.7414814815</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>7.66</x:v>
+        <x:v>8.058</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>8.371</x:v>
+        <x:v>8.807</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45944.7417708333</x:v>
+        <x:v>45965.7581597222</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>7.66</x:v>
+        <x:v>7.914</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>8.371</x:v>
+        <x:v>8.649</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45943.7465509259</x:v>
+        <x:v>45965.7416782407</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.82</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>8.053</x:v>
+        <x:v>7.914</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>8.801</x:v>
+        <x:v>8.649</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45940.7627662037</x:v>
+        <x:v>45964.7418171296</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>7.832</x:v>
+        <x:v>8.095</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>8.56</x:v>
+        <x:v>8.847</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45940.7458912037</x:v>
+        <x:v>45961.8178587963</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>7.832</x:v>
+        <x:v>8.031</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>8.56</x:v>
+        <x:v>8.777</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45939.7571527778</x:v>
+        <x:v>45961.7663078704</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>2.39</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>8.448</x:v>
+        <x:v>8.031</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>9.233</x:v>
+        <x:v>8.777</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45939.744212963</x:v>
+        <x:v>45961.7596296296</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>2.39</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>8.448</x:v>
+        <x:v>8.031</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>9.233</x:v>
+        <x:v>8.777</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45938.7624652778</x:v>
+        <x:v>45961.7416435185</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>2.6</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>8.518</x:v>
+        <x:v>8.031</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>9.309</x:v>
+        <x:v>8.777</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45938.741099537</x:v>
+        <x:v>45960.7713657407</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>2.6</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>8.518</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>9.309</x:v>
+        <x:v>8.852</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
+        <x:v>45960.7414583333</x:v>
+      </x:c>
+      <x:c r="B34" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C34" s="0">
+        <x:v>0.07</x:v>
+      </x:c>
+      <x:c r="D34" s="0">
+        <x:v>8.1</x:v>
+      </x:c>
+      <x:c r="E34" s="0">
+        <x:v>8.852</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="1">
+        <x:v>45960.5990625</x:v>
+      </x:c>
+      <x:c r="B35" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="C35" s="0">
+        <x:v>0.16</x:v>
+      </x:c>
+      <x:c r="D35" s="0">
+        <x:v>8.03</x:v>
+      </x:c>
+      <x:c r="E35" s="0">
+        <x:v>8.776</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="1">
+        <x:v>45959.763599537</x:v>
+      </x:c>
+      <x:c r="B36" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C36" s="0">
+        <x:v>1.43</x:v>
+      </x:c>
+      <x:c r="D36" s="0">
+        <x:v>8.876</x:v>
+      </x:c>
+      <x:c r="E36" s="0">
+        <x:v>9.701</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="1">
+        <x:v>45959.741724537</x:v>
+      </x:c>
+      <x:c r="B37" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C37" s="0">
+        <x:v>1.43</x:v>
+      </x:c>
+      <x:c r="D37" s="0">
+        <x:v>8.876</x:v>
+      </x:c>
+      <x:c r="E37" s="0">
+        <x:v>9.701</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="1">
+        <x:v>45958.741412037</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C38" s="0">
+        <x:v>1.28</x:v>
+      </x:c>
+      <x:c r="D38" s="0">
+        <x:v>8.772</x:v>
+      </x:c>
+      <x:c r="E38" s="0">
+        <x:v>9.587</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="1">
+        <x:v>45957.7416435185</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C39" s="0">
+        <x:v>1.11</x:v>
+      </x:c>
+      <x:c r="D39" s="0">
+        <x:v>8.633</x:v>
+      </x:c>
+      <x:c r="E39" s="0">
+        <x:v>9.435</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="1">
+        <x:v>45954.7428819444</x:v>
+      </x:c>
+      <x:c r="B40" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C40" s="0">
+        <x:v>1.13</x:v>
+      </x:c>
+      <x:c r="D40" s="0">
+        <x:v>8.646</x:v>
+      </x:c>
+      <x:c r="E40" s="0">
+        <x:v>9.449</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="1">
+        <x:v>45953.774849537</x:v>
+      </x:c>
+      <x:c r="B41" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C41" s="0">
+        <x:v>0.92</x:v>
+      </x:c>
+      <x:c r="D41" s="0">
+        <x:v>8.45</x:v>
+      </x:c>
+      <x:c r="E41" s="0">
+        <x:v>9.235</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="1">
+        <x:v>45953.7428703704</x:v>
+      </x:c>
+      <x:c r="B42" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C42" s="0">
+        <x:v>0.92</x:v>
+      </x:c>
+      <x:c r="D42" s="0">
+        <x:v>8.45</x:v>
+      </x:c>
+      <x:c r="E42" s="0">
+        <x:v>9.235</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="1">
+        <x:v>45952.760787037</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C43" s="0">
+        <x:v>1.05</x:v>
+      </x:c>
+      <x:c r="D43" s="0">
+        <x:v>8.553</x:v>
+      </x:c>
+      <x:c r="E43" s="0">
+        <x:v>9.348</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="1">
+        <x:v>45952.7425115741</x:v>
+      </x:c>
+      <x:c r="B44" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C44" s="0">
+        <x:v>1.05</x:v>
+      </x:c>
+      <x:c r="D44" s="0">
+        <x:v>8.553</x:v>
+      </x:c>
+      <x:c r="E44" s="0">
+        <x:v>9.348</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="1">
+        <x:v>45951.7420949074</x:v>
+      </x:c>
+      <x:c r="B45" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C45" s="0">
+        <x:v>1.33</x:v>
+      </x:c>
+      <x:c r="D45" s="0">
+        <x:v>8.738</x:v>
+      </x:c>
+      <x:c r="E45" s="0">
+        <x:v>9.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="1">
+        <x:v>45950.8196759259</x:v>
+      </x:c>
+      <x:c r="B46" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C46" s="0">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="D46" s="0">
+        <x:v>8.338</x:v>
+      </x:c>
+      <x:c r="E46" s="0">
+        <x:v>9.113</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="1">
+        <x:v>45947.7632291667</x:v>
+      </x:c>
+      <x:c r="B47" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C47" s="0">
+        <x:v>0.73</x:v>
+      </x:c>
+      <x:c r="D47" s="0">
+        <x:v>8.151</x:v>
+      </x:c>
+      <x:c r="E47" s="0">
+        <x:v>8.908</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="1">
+        <x:v>45946.7603009259</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C48" s="0">
+        <x:v>0.67</x:v>
+      </x:c>
+      <x:c r="D48" s="0">
+        <x:v>8.078</x:v>
+      </x:c>
+      <x:c r="E48" s="0">
+        <x:v>8.829</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="1">
+        <x:v>45946.7415393519</x:v>
+      </x:c>
+      <x:c r="B49" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C49" s="0">
+        <x:v>0.67</x:v>
+      </x:c>
+      <x:c r="D49" s="0">
+        <x:v>8.078</x:v>
+      </x:c>
+      <x:c r="E49" s="0">
+        <x:v>8.829</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="1">
+        <x:v>45945.768900463</x:v>
+      </x:c>
+      <x:c r="B50" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C50" s="0">
+        <x:v>0.56</x:v>
+      </x:c>
+      <x:c r="D50" s="0">
+        <x:v>7.91</x:v>
+      </x:c>
+      <x:c r="E50" s="0">
+        <x:v>8.645</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="1">
+        <x:v>45944.769375</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C51" s="0">
+        <x:v>0.42</x:v>
+      </x:c>
+      <x:c r="D51" s="0">
+        <x:v>7.66</x:v>
+      </x:c>
+      <x:c r="E51" s="0">
+        <x:v>8.371</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="1">
+        <x:v>45944.7417708333</x:v>
+      </x:c>
+      <x:c r="B52" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C52" s="0">
+        <x:v>0.42</x:v>
+      </x:c>
+      <x:c r="D52" s="0">
+        <x:v>7.66</x:v>
+      </x:c>
+      <x:c r="E52" s="0">
+        <x:v>8.371</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="1">
+        <x:v>45943.7465509259</x:v>
+      </x:c>
+      <x:c r="B53" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C53" s="0">
+        <x:v>0.82</x:v>
+      </x:c>
+      <x:c r="D53" s="0">
+        <x:v>8.053</x:v>
+      </x:c>
+      <x:c r="E53" s="0">
+        <x:v>8.801</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="1">
+        <x:v>45940.7627662037</x:v>
+      </x:c>
+      <x:c r="B54" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C54" s="0">
+        <x:v>0.64</x:v>
+      </x:c>
+      <x:c r="D54" s="0">
+        <x:v>7.832</x:v>
+      </x:c>
+      <x:c r="E54" s="0">
+        <x:v>8.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="1">
+        <x:v>45940.7458912037</x:v>
+      </x:c>
+      <x:c r="B55" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C55" s="0">
+        <x:v>0.64</x:v>
+      </x:c>
+      <x:c r="D55" s="0">
+        <x:v>7.832</x:v>
+      </x:c>
+      <x:c r="E55" s="0">
+        <x:v>8.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="1">
+        <x:v>45939.7571527778</x:v>
+      </x:c>
+      <x:c r="B56" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C56" s="0">
+        <x:v>2.39</x:v>
+      </x:c>
+      <x:c r="D56" s="0">
+        <x:v>8.448</x:v>
+      </x:c>
+      <x:c r="E56" s="0">
+        <x:v>9.233</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="1">
+        <x:v>45939.744212963</x:v>
+      </x:c>
+      <x:c r="B57" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C57" s="0">
+        <x:v>2.39</x:v>
+      </x:c>
+      <x:c r="D57" s="0">
+        <x:v>8.448</x:v>
+      </x:c>
+      <x:c r="E57" s="0">
+        <x:v>9.233</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="1">
+        <x:v>45938.7624652778</x:v>
+      </x:c>
+      <x:c r="B58" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C58" s="0">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="D58" s="0">
+        <x:v>8.518</x:v>
+      </x:c>
+      <x:c r="E58" s="0">
+        <x:v>9.309</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="1">
+        <x:v>45938.741099537</x:v>
+      </x:c>
+      <x:c r="B59" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C59" s="0">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="D59" s="0">
+        <x:v>8.518</x:v>
+      </x:c>
+      <x:c r="E59" s="0">
+        <x:v>9.309</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="1">
         <x:v>45937.7621875</x:v>
       </x:c>
-      <x:c r="B34" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C34" s="0">
+      <x:c r="B60" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C60" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D34" s="0">
+      <x:c r="D60" s="0">
         <x:v>8.63</x:v>
       </x:c>
-      <x:c r="E34" s="0">
+      <x:c r="E60" s="0">
         <x:v>9.432</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>