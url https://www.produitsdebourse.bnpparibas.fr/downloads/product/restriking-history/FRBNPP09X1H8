--- v2 (2025-12-01)
+++ v3 (2025-12-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4defce32203d412c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e27222e8e19046ef8169da7738337b2f.psmdcp" Id="R25b9411801194acb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e99c290638a4dd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/217957086c77493eaae59784b678efdb.psmdcp" Id="Ref8c46e37e07465a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09X1H8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,1066 +393,1372 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E60"/>
+  <x:dimension ref="A1:E78"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45989.7431481481</x:v>
+        <x:v>46010.7428587963</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>8.417</x:v>
+        <x:v>9.06</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>9.199</x:v>
+        <x:v>9.902</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45988.7414583333</x:v>
+        <x:v>46009.742025463</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>8.251</x:v>
+        <x:v>9.157</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>9.017</x:v>
+        <x:v>10.008</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45987.7426157407</x:v>
+        <x:v>46008.7427430556</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>8.171</x:v>
+        <x:v>9.172</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>8.93</x:v>
+        <x:v>10.024</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45986.7689236111</x:v>
+        <x:v>46007.7675925926</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>8.278</x:v>
+        <x:v>9.256</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>9.047</x:v>
+        <x:v>10.116</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45986.7424537037</x:v>
+        <x:v>46006.7735416667</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>8.278</x:v>
+        <x:v>9.242</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>9.047</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45985.7418287037</x:v>
+        <x:v>46006.7424421296</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>8.005</x:v>
+        <x:v>9.242</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>8.749</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45982.7638541667</x:v>
+        <x:v>46003.7425925926</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>7.729</x:v>
+        <x:v>9.188</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>8.447</x:v>
+        <x:v>10.042</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45981.7416087963</x:v>
+        <x:v>46002.7741435185</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>7.503</x:v>
+        <x:v>9.174</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>8.2</x:v>
+        <x:v>10.026</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45980.7414351852</x:v>
+        <x:v>46002.7415972222</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>7.733</x:v>
+        <x:v>9.174</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>8.451</x:v>
+        <x:v>10.026</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45979.7620949074</x:v>
+        <x:v>46001.7726736111</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>7.689</x:v>
+        <x:v>9.313</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>8.403</x:v>
+        <x:v>10.178</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45979.7413425926</x:v>
+        <x:v>46001.7424884259</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>7.689</x:v>
+        <x:v>9.313</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>8.403</x:v>
+        <x:v>10.178</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45978.7625578704</x:v>
+        <x:v>46000.7422800926</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>8.046</x:v>
+        <x:v>9.26</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>8.794</x:v>
+        <x:v>10.12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45975.7665740741</x:v>
+        <x:v>45999.7427662037</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>8.245</x:v>
+        <x:v>9.412</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>9.011</x:v>
+        <x:v>10.286</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45975.7415625</x:v>
+        <x:v>45996.7416898148</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>8.245</x:v>
+        <x:v>9.527</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>9.011</x:v>
+        <x:v>10.412</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45974.7421527778</x:v>
+        <x:v>45995.7432523148</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>8.466</x:v>
+        <x:v>9.326</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>9.252</x:v>
+        <x:v>10.192</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45973.7618287037</x:v>
+        <x:v>45994.7432638889</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
         <x:v>0.09</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>8.439</x:v>
+        <x:v>8.989</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>9.223</x:v>
+        <x:v>9.824</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45973.7424652778</x:v>
+        <x:v>45993.7429166667</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>8.439</x:v>
+        <x:v>8.351</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>9.223</x:v>
+        <x:v>9.127</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45972.7415856481</x:v>
+        <x:v>45992.741724537</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>8.491</x:v>
+        <x:v>8.438</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>9.28</x:v>
+        <x:v>9.222</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45968.7599652778</x:v>
+        <x:v>45989.7431481481</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>7.979</x:v>
+        <x:v>8.417</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>8.72</x:v>
+        <x:v>9.199</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45968.7419907407</x:v>
+        <x:v>45988.7414583333</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>7.979</x:v>
+        <x:v>8.251</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>8.72</x:v>
+        <x:v>9.017</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45967.7415509259</x:v>
+        <x:v>45987.7426157407</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>7.995</x:v>
+        <x:v>8.171</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>8.738</x:v>
+        <x:v>8.93</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45966.7603935185</x:v>
+        <x:v>45986.7689236111</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>8.058</x:v>
+        <x:v>8.278</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>8.807</x:v>
+        <x:v>9.047</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45966.7414814815</x:v>
+        <x:v>45986.7424537037</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>8.058</x:v>
+        <x:v>8.278</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>8.807</x:v>
+        <x:v>9.047</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45965.7581597222</x:v>
+        <x:v>45985.7418287037</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>7.914</x:v>
+        <x:v>8.005</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>8.649</x:v>
+        <x:v>8.749</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45965.7416782407</x:v>
+        <x:v>45982.7638541667</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>7.914</x:v>
+        <x:v>7.729</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>8.649</x:v>
+        <x:v>8.447</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45964.7418171296</x:v>
+        <x:v>45981.7416087963</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>8.095</x:v>
+        <x:v>7.503</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>8.847</x:v>
+        <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45961.8178587963</x:v>
+        <x:v>45980.7414351852</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>8.031</x:v>
+        <x:v>7.733</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>8.777</x:v>
+        <x:v>8.451</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45961.7663078704</x:v>
+        <x:v>45979.7620949074</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>8.031</x:v>
+        <x:v>7.689</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>8.777</x:v>
+        <x:v>8.403</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45961.7596296296</x:v>
+        <x:v>45979.7413425926</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>8.031</x:v>
+        <x:v>7.689</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>8.777</x:v>
+        <x:v>8.403</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45961.7416435185</x:v>
+        <x:v>45978.7625578704</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>8.031</x:v>
+        <x:v>8.046</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>8.777</x:v>
+        <x:v>8.794</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45960.7713657407</x:v>
+        <x:v>45975.7665740741</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
         <x:v>0.07</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>8.1</x:v>
+        <x:v>8.245</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>8.852</x:v>
+        <x:v>9.011</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45960.7414583333</x:v>
+        <x:v>45975.7415625</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
         <x:v>0.07</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>8.1</x:v>
+        <x:v>8.245</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>8.852</x:v>
+        <x:v>9.011</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45960.5990625</x:v>
+        <x:v>45974.7421527778</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>8.03</x:v>
+        <x:v>8.466</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>8.776</x:v>
+        <x:v>9.252</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45959.763599537</x:v>
+        <x:v>45973.7618287037</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>1.43</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>8.876</x:v>
+        <x:v>8.439</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>9.701</x:v>
+        <x:v>9.223</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45959.741724537</x:v>
+        <x:v>45973.7424652778</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>1.43</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>8.876</x:v>
+        <x:v>8.439</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>9.701</x:v>
+        <x:v>9.223</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45958.741412037</x:v>
+        <x:v>45972.7415856481</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>8.772</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>9.587</x:v>
+        <x:v>9.28</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45957.7416435185</x:v>
+        <x:v>45968.7599652778</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>8.633</x:v>
+        <x:v>7.979</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>9.435</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45954.7428819444</x:v>
+        <x:v>45968.7419907407</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>8.646</x:v>
+        <x:v>7.979</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>9.449</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45953.774849537</x:v>
+        <x:v>45967.7415509259</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>8.45</x:v>
+        <x:v>7.995</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>9.235</x:v>
+        <x:v>8.738</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45953.7428703704</x:v>
+        <x:v>45966.7603935185</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>8.45</x:v>
+        <x:v>8.058</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>9.235</x:v>
+        <x:v>8.807</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45952.760787037</x:v>
+        <x:v>45966.7414814815</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>8.553</x:v>
+        <x:v>8.058</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>9.348</x:v>
+        <x:v>8.807</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45952.7425115741</x:v>
+        <x:v>45965.7581597222</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>8.553</x:v>
+        <x:v>7.914</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>9.348</x:v>
+        <x:v>8.649</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45951.7420949074</x:v>
+        <x:v>45965.7416782407</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>1.33</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>8.738</x:v>
+        <x:v>7.914</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>9.55</x:v>
+        <x:v>8.649</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45950.8196759259</x:v>
+        <x:v>45964.7418171296</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>8.338</x:v>
+        <x:v>8.095</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>9.113</x:v>
+        <x:v>8.847</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45947.7632291667</x:v>
+        <x:v>45961.8178587963</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>8.151</x:v>
+        <x:v>8.031</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>8.908</x:v>
+        <x:v>8.777</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45946.7603009259</x:v>
+        <x:v>45961.7663078704</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>8.078</x:v>
+        <x:v>8.031</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>8.829</x:v>
+        <x:v>8.777</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45946.7415393519</x:v>
+        <x:v>45961.7596296296</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>8.078</x:v>
+        <x:v>8.031</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>8.829</x:v>
+        <x:v>8.777</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45945.768900463</x:v>
+        <x:v>45961.7416435185</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>7.91</x:v>
+        <x:v>8.031</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>8.645</x:v>
+        <x:v>8.777</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45944.769375</x:v>
+        <x:v>45960.7713657407</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>7.66</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>8.371</x:v>
+        <x:v>8.852</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45944.7417708333</x:v>
+        <x:v>45960.7414583333</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>7.66</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>8.371</x:v>
+        <x:v>8.852</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45943.7465509259</x:v>
+        <x:v>45960.5990625</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.82</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>8.053</x:v>
+        <x:v>8.03</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>8.801</x:v>
+        <x:v>8.776</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45940.7627662037</x:v>
+        <x:v>45959.763599537</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.64</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>7.832</x:v>
+        <x:v>8.876</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>8.56</x:v>
+        <x:v>9.701</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45940.7458912037</x:v>
+        <x:v>45959.741724537</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.64</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>7.832</x:v>
+        <x:v>8.876</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>8.56</x:v>
+        <x:v>9.701</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45939.7571527778</x:v>
+        <x:v>45958.741412037</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>2.39</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>8.448</x:v>
+        <x:v>8.772</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>9.233</x:v>
+        <x:v>9.587</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45939.744212963</x:v>
+        <x:v>45957.7416435185</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>2.39</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>8.448</x:v>
+        <x:v>8.633</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>9.233</x:v>
+        <x:v>9.435</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45938.7624652778</x:v>
+        <x:v>45954.7428819444</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>2.6</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>8.518</x:v>
+        <x:v>8.646</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>9.309</x:v>
+        <x:v>9.449</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45938.741099537</x:v>
+        <x:v>45953.774849537</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>2.6</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>8.518</x:v>
+        <x:v>8.45</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>9.309</x:v>
+        <x:v>9.235</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
+        <x:v>45953.7428703704</x:v>
+      </x:c>
+      <x:c r="B60" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C60" s="0">
+        <x:v>0.92</x:v>
+      </x:c>
+      <x:c r="D60" s="0">
+        <x:v>8.45</x:v>
+      </x:c>
+      <x:c r="E60" s="0">
+        <x:v>9.235</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="1">
+        <x:v>45952.760787037</x:v>
+      </x:c>
+      <x:c r="B61" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C61" s="0">
+        <x:v>1.05</x:v>
+      </x:c>
+      <x:c r="D61" s="0">
+        <x:v>8.553</x:v>
+      </x:c>
+      <x:c r="E61" s="0">
+        <x:v>9.348</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="1">
+        <x:v>45952.7425115741</x:v>
+      </x:c>
+      <x:c r="B62" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C62" s="0">
+        <x:v>1.05</x:v>
+      </x:c>
+      <x:c r="D62" s="0">
+        <x:v>8.553</x:v>
+      </x:c>
+      <x:c r="E62" s="0">
+        <x:v>9.348</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="1">
+        <x:v>45951.7420949074</x:v>
+      </x:c>
+      <x:c r="B63" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C63" s="0">
+        <x:v>1.33</x:v>
+      </x:c>
+      <x:c r="D63" s="0">
+        <x:v>8.738</x:v>
+      </x:c>
+      <x:c r="E63" s="0">
+        <x:v>9.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="1">
+        <x:v>45950.8196759259</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C64" s="0">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="D64" s="0">
+        <x:v>8.338</x:v>
+      </x:c>
+      <x:c r="E64" s="0">
+        <x:v>9.113</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="1">
+        <x:v>45947.7632291667</x:v>
+      </x:c>
+      <x:c r="B65" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C65" s="0">
+        <x:v>0.73</x:v>
+      </x:c>
+      <x:c r="D65" s="0">
+        <x:v>8.151</x:v>
+      </x:c>
+      <x:c r="E65" s="0">
+        <x:v>8.908</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="1">
+        <x:v>45946.7603009259</x:v>
+      </x:c>
+      <x:c r="B66" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C66" s="0">
+        <x:v>0.67</x:v>
+      </x:c>
+      <x:c r="D66" s="0">
+        <x:v>8.078</x:v>
+      </x:c>
+      <x:c r="E66" s="0">
+        <x:v>8.829</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1">
+        <x:v>45946.7415393519</x:v>
+      </x:c>
+      <x:c r="B67" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C67" s="0">
+        <x:v>0.67</x:v>
+      </x:c>
+      <x:c r="D67" s="0">
+        <x:v>8.078</x:v>
+      </x:c>
+      <x:c r="E67" s="0">
+        <x:v>8.829</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="1">
+        <x:v>45945.768900463</x:v>
+      </x:c>
+      <x:c r="B68" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C68" s="0">
+        <x:v>0.56</x:v>
+      </x:c>
+      <x:c r="D68" s="0">
+        <x:v>7.91</x:v>
+      </x:c>
+      <x:c r="E68" s="0">
+        <x:v>8.645</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1">
+        <x:v>45944.769375</x:v>
+      </x:c>
+      <x:c r="B69" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C69" s="0">
+        <x:v>0.42</x:v>
+      </x:c>
+      <x:c r="D69" s="0">
+        <x:v>7.66</x:v>
+      </x:c>
+      <x:c r="E69" s="0">
+        <x:v>8.371</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="1">
+        <x:v>45944.7417708333</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C70" s="0">
+        <x:v>0.42</x:v>
+      </x:c>
+      <x:c r="D70" s="0">
+        <x:v>7.66</x:v>
+      </x:c>
+      <x:c r="E70" s="0">
+        <x:v>8.371</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="1">
+        <x:v>45943.7465509259</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C71" s="0">
+        <x:v>0.82</x:v>
+      </x:c>
+      <x:c r="D71" s="0">
+        <x:v>8.053</x:v>
+      </x:c>
+      <x:c r="E71" s="0">
+        <x:v>8.801</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="1">
+        <x:v>45940.7627662037</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C72" s="0">
+        <x:v>0.64</x:v>
+      </x:c>
+      <x:c r="D72" s="0">
+        <x:v>7.832</x:v>
+      </x:c>
+      <x:c r="E72" s="0">
+        <x:v>8.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="1">
+        <x:v>45940.7458912037</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C73" s="0">
+        <x:v>0.64</x:v>
+      </x:c>
+      <x:c r="D73" s="0">
+        <x:v>7.832</x:v>
+      </x:c>
+      <x:c r="E73" s="0">
+        <x:v>8.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="1">
+        <x:v>45939.7571527778</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C74" s="0">
+        <x:v>2.39</x:v>
+      </x:c>
+      <x:c r="D74" s="0">
+        <x:v>8.448</x:v>
+      </x:c>
+      <x:c r="E74" s="0">
+        <x:v>9.233</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="1">
+        <x:v>45939.744212963</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C75" s="0">
+        <x:v>2.39</x:v>
+      </x:c>
+      <x:c r="D75" s="0">
+        <x:v>8.448</x:v>
+      </x:c>
+      <x:c r="E75" s="0">
+        <x:v>9.233</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="1">
+        <x:v>45938.7624652778</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C76" s="0">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="D76" s="0">
+        <x:v>8.518</x:v>
+      </x:c>
+      <x:c r="E76" s="0">
+        <x:v>9.309</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="1">
+        <x:v>45938.741099537</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C77" s="0">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="D77" s="0">
+        <x:v>8.518</x:v>
+      </x:c>
+      <x:c r="E77" s="0">
+        <x:v>9.309</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="1">
         <x:v>45937.7621875</x:v>
       </x:c>
-      <x:c r="B60" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C60" s="0">
+      <x:c r="B78" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C78" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D60" s="0">
+      <x:c r="D78" s="0">
         <x:v>8.63</x:v>
       </x:c>
-      <x:c r="E60" s="0">
+      <x:c r="E78" s="0">
         <x:v>9.432</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>