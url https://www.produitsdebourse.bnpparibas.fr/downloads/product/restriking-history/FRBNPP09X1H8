--- v3 (2025-12-21)
+++ v4 (2026-01-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e99c290638a4dd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/217957086c77493eaae59784b678efdb.psmdcp" Id="Ref8c46e37e07465a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0379457466ac4b3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f8a007eff5f6494fa5c81b9b54ad6546.psmdcp" Id="Reff8982d0d794ca8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09X1H8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,1372 +393,1746 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E78"/>
+  <x:dimension ref="A1:E100"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46010.7428587963</x:v>
+        <x:v>46037.7737152778</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>9.06</x:v>
+        <x:v>7.916</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>9.902</x:v>
+        <x:v>8.651</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46009.742025463</x:v>
+        <x:v>46037.7426967593</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>9.157</x:v>
+        <x:v>7.916</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>10.008</x:v>
+        <x:v>8.651</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46008.7427430556</x:v>
+        <x:v>46036.7743055556</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>9.172</x:v>
+        <x:v>8.019</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>10.024</x:v>
+        <x:v>8.764</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46007.7675925926</x:v>
+        <x:v>46036.7428935185</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>9.256</x:v>
+        <x:v>8.019</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>10.116</x:v>
+        <x:v>8.764</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46006.7735416667</x:v>
+        <x:v>46035.7727546296</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>9.242</x:v>
+        <x:v>7.943</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>10.1</x:v>
+        <x:v>8.681</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46006.7424421296</x:v>
+        <x:v>46035.7425115741</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>9.242</x:v>
+        <x:v>7.943</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>10.1</x:v>
+        <x:v>8.681</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46003.7425925926</x:v>
+        <x:v>46034.7735763889</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>9.188</x:v>
+        <x:v>8.232</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>10.042</x:v>
+        <x:v>8.997</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46002.7741435185</x:v>
+        <x:v>46031.7746180556</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>9.174</x:v>
+        <x:v>8.603</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>10.026</x:v>
+        <x:v>9.402</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46002.7415972222</x:v>
+        <x:v>46031.7466203704</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>9.174</x:v>
+        <x:v>8.603</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>10.026</x:v>
+        <x:v>9.402</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46001.7726736111</x:v>
+        <x:v>46030.7736689815</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>9.313</x:v>
+        <x:v>8.61</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>10.178</x:v>
+        <x:v>9.41</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46001.7424884259</x:v>
+        <x:v>46030.7425694444</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>9.313</x:v>
+        <x:v>8.61</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>10.178</x:v>
+        <x:v>9.41</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46000.7422800926</x:v>
+        <x:v>46029.7727546296</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>9.26</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>10.12</x:v>
+        <x:v>9.28</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45999.7427662037</x:v>
+        <x:v>46029.7415162037</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>9.412</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>10.286</x:v>
+        <x:v>9.28</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45996.7416898148</x:v>
+        <x:v>46028.7421759259</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>9.527</x:v>
+        <x:v>8.596</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>10.412</x:v>
+        <x:v>9.394</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45995.7432523148</x:v>
+        <x:v>46027.7425810185</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>9.326</x:v>
+        <x:v>8.794</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>10.192</x:v>
+        <x:v>9.611</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45994.7432638889</x:v>
+        <x:v>46024.7413657407</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>8.989</x:v>
+        <x:v>8.882</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>9.824</x:v>
+        <x:v>9.707</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45993.7429166667</x:v>
+        <x:v>46022.7397800926</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>8.351</x:v>
+        <x:v>8.601</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>9.127</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45992.741724537</x:v>
+        <x:v>46021.7415162037</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>8.438</x:v>
+        <x:v>8.651</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>9.222</x:v>
+        <x:v>9.455</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45989.7431481481</x:v>
+        <x:v>46020.74125</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>8.417</x:v>
+        <x:v>8.609</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>9.199</x:v>
+        <x:v>9.409</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45988.7414583333</x:v>
+        <x:v>46015.7398032407</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
         <x:v>0.05</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>8.251</x:v>
+        <x:v>8.621</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>9.017</x:v>
+        <x:v>9.422</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45987.7426157407</x:v>
+        <x:v>46014.7420949074</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>8.171</x:v>
+        <x:v>8.61</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>8.93</x:v>
+        <x:v>9.41</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45986.7689236111</x:v>
+        <x:v>46013.7415740741</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
         <x:v>0.05</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>8.278</x:v>
+        <x:v>8.65</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>9.047</x:v>
+        <x:v>9.453</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45986.7424537037</x:v>
+        <x:v>46010.7428587963</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>8.278</x:v>
+        <x:v>9.06</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>9.047</x:v>
+        <x:v>9.902</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45985.7418287037</x:v>
+        <x:v>46009.742025463</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>8.005</x:v>
+        <x:v>9.157</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>8.749</x:v>
+        <x:v>10.008</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45982.7638541667</x:v>
+        <x:v>46008.7427430556</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>7.729</x:v>
+        <x:v>9.172</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>8.447</x:v>
+        <x:v>10.024</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45981.7416087963</x:v>
+        <x:v>46007.7675925926</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>7.503</x:v>
+        <x:v>9.256</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>8.2</x:v>
+        <x:v>10.116</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45980.7414351852</x:v>
+        <x:v>46006.7735416667</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>7.733</x:v>
+        <x:v>9.242</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>8.451</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45979.7620949074</x:v>
+        <x:v>46006.7424421296</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>7.689</x:v>
+        <x:v>9.242</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>8.403</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45979.7413425926</x:v>
+        <x:v>46003.7425925926</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>7.689</x:v>
+        <x:v>9.188</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>8.403</x:v>
+        <x:v>10.042</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45978.7625578704</x:v>
+        <x:v>46002.7741435185</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>8.046</x:v>
+        <x:v>9.174</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>8.794</x:v>
+        <x:v>10.026</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45975.7665740741</x:v>
+        <x:v>46002.7415972222</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>8.245</x:v>
+        <x:v>9.174</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>9.011</x:v>
+        <x:v>10.026</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45975.7415625</x:v>
+        <x:v>46001.7726736111</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>8.245</x:v>
+        <x:v>9.313</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>9.011</x:v>
+        <x:v>10.178</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45974.7421527778</x:v>
+        <x:v>46001.7424884259</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>8.466</x:v>
+        <x:v>9.313</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>9.252</x:v>
+        <x:v>10.178</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45973.7618287037</x:v>
+        <x:v>46000.7422800926</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>8.439</x:v>
+        <x:v>9.26</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>9.223</x:v>
+        <x:v>10.12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45973.7424652778</x:v>
+        <x:v>45999.7427662037</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>8.439</x:v>
+        <x:v>9.412</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>9.223</x:v>
+        <x:v>10.286</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45972.7415856481</x:v>
+        <x:v>45996.7416898148</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>8.491</x:v>
+        <x:v>9.527</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>9.28</x:v>
+        <x:v>10.412</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45968.7599652778</x:v>
+        <x:v>45995.7432523148</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>7.979</x:v>
+        <x:v>9.326</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>8.72</x:v>
+        <x:v>10.192</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45968.7419907407</x:v>
+        <x:v>45994.7432638889</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>7.979</x:v>
+        <x:v>8.989</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>8.72</x:v>
+        <x:v>9.824</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45967.7415509259</x:v>
+        <x:v>45993.7429166667</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>7.995</x:v>
+        <x:v>8.351</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>8.738</x:v>
+        <x:v>9.127</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45966.7603935185</x:v>
+        <x:v>45992.741724537</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>8.058</x:v>
+        <x:v>8.438</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>8.807</x:v>
+        <x:v>9.222</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45966.7414814815</x:v>
+        <x:v>45989.7431481481</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>8.058</x:v>
+        <x:v>8.417</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>8.807</x:v>
+        <x:v>9.199</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45965.7581597222</x:v>
+        <x:v>45988.7414583333</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
         <x:v>0.05</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>7.914</x:v>
+        <x:v>8.251</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>8.649</x:v>
+        <x:v>9.017</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45965.7416782407</x:v>
+        <x:v>45987.7426157407</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>7.914</x:v>
+        <x:v>8.171</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>8.649</x:v>
+        <x:v>8.93</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45964.7418171296</x:v>
+        <x:v>45986.7689236111</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>8.095</x:v>
+        <x:v>8.278</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>8.847</x:v>
+        <x:v>9.047</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45961.8178587963</x:v>
+        <x:v>45986.7424537037</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>8.031</x:v>
+        <x:v>8.278</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>8.777</x:v>
+        <x:v>9.047</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45961.7663078704</x:v>
+        <x:v>45985.7418287037</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>8.031</x:v>
+        <x:v>8.005</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>8.777</x:v>
+        <x:v>8.749</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45961.7596296296</x:v>
+        <x:v>45982.7638541667</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>8.031</x:v>
+        <x:v>7.729</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>8.777</x:v>
+        <x:v>8.447</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45961.7416435185</x:v>
+        <x:v>45981.7416087963</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>8.031</x:v>
+        <x:v>7.503</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>8.777</x:v>
+        <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45960.7713657407</x:v>
+        <x:v>45980.7414351852</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>8.1</x:v>
+        <x:v>7.733</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>8.852</x:v>
+        <x:v>8.451</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45960.7414583333</x:v>
+        <x:v>45979.7620949074</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>8.1</x:v>
+        <x:v>7.689</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>8.852</x:v>
+        <x:v>8.403</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45960.5990625</x:v>
+        <x:v>45979.7413425926</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>8.03</x:v>
+        <x:v>7.689</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>8.776</x:v>
+        <x:v>8.403</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45959.763599537</x:v>
+        <x:v>45978.7625578704</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>1.43</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>8.876</x:v>
+        <x:v>8.046</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>9.701</x:v>
+        <x:v>8.794</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45959.741724537</x:v>
+        <x:v>45975.7665740741</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>1.43</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>8.876</x:v>
+        <x:v>8.245</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>9.701</x:v>
+        <x:v>9.011</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45958.741412037</x:v>
+        <x:v>45975.7415625</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>8.772</x:v>
+        <x:v>8.245</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>9.587</x:v>
+        <x:v>9.011</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45957.7416435185</x:v>
+        <x:v>45974.7421527778</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>8.633</x:v>
+        <x:v>8.466</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>9.435</x:v>
+        <x:v>9.252</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45954.7428819444</x:v>
+        <x:v>45973.7618287037</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>8.646</x:v>
+        <x:v>8.439</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>9.449</x:v>
+        <x:v>9.223</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45953.774849537</x:v>
+        <x:v>45973.7424652778</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>8.45</x:v>
+        <x:v>8.439</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>9.235</x:v>
+        <x:v>9.223</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45953.7428703704</x:v>
+        <x:v>45972.7415856481</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>8.45</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>9.235</x:v>
+        <x:v>9.28</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45952.760787037</x:v>
+        <x:v>45968.7599652778</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>8.553</x:v>
+        <x:v>7.979</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>9.348</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45952.7425115741</x:v>
+        <x:v>45968.7419907407</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>8.553</x:v>
+        <x:v>7.979</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>9.348</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45951.7420949074</x:v>
+        <x:v>45967.7415509259</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>1.33</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D63" s="0">
+        <x:v>7.995</x:v>
+      </x:c>
+      <x:c r="E63" s="0">
         <x:v>8.738</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9.55</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45950.8196759259</x:v>
+        <x:v>45966.7603935185</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>8.338</x:v>
+        <x:v>8.058</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>9.113</x:v>
+        <x:v>8.807</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45947.7632291667</x:v>
+        <x:v>45966.7414814815</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>8.151</x:v>
+        <x:v>8.058</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>8.908</x:v>
+        <x:v>8.807</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45946.7603009259</x:v>
+        <x:v>45965.7581597222</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>8.078</x:v>
+        <x:v>7.914</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>8.829</x:v>
+        <x:v>8.649</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45946.7415393519</x:v>
+        <x:v>45965.7416782407</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>8.078</x:v>
+        <x:v>7.914</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>8.829</x:v>
+        <x:v>8.649</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45945.768900463</x:v>
+        <x:v>45964.7418171296</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>7.91</x:v>
+        <x:v>8.095</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>8.645</x:v>
+        <x:v>8.847</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45944.769375</x:v>
+        <x:v>45961.8178587963</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>7.66</x:v>
+        <x:v>8.031</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>8.371</x:v>
+        <x:v>8.777</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45944.7417708333</x:v>
+        <x:v>45961.7663078704</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>7.66</x:v>
+        <x:v>8.031</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>8.371</x:v>
+        <x:v>8.777</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45943.7465509259</x:v>
+        <x:v>45961.7596296296</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.82</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>8.053</x:v>
+        <x:v>8.031</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>8.801</x:v>
+        <x:v>8.777</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45940.7627662037</x:v>
+        <x:v>45961.7416435185</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>7.832</x:v>
+        <x:v>8.031</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>8.56</x:v>
+        <x:v>8.777</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45940.7458912037</x:v>
+        <x:v>45960.7713657407</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>7.832</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>8.56</x:v>
+        <x:v>8.852</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45939.7571527778</x:v>
+        <x:v>45960.7414583333</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>2.39</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>8.448</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>9.233</x:v>
+        <x:v>8.852</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45939.744212963</x:v>
+        <x:v>45960.5990625</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>2.39</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>8.448</x:v>
+        <x:v>8.03</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>9.233</x:v>
+        <x:v>8.776</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45938.7624652778</x:v>
+        <x:v>45959.763599537</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>2.6</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>8.518</x:v>
+        <x:v>8.876</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>9.309</x:v>
+        <x:v>9.701</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45938.741099537</x:v>
+        <x:v>45959.741724537</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>2.6</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>8.518</x:v>
+        <x:v>8.876</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>9.309</x:v>
+        <x:v>9.701</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
+        <x:v>45958.741412037</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C78" s="0">
+        <x:v>1.28</x:v>
+      </x:c>
+      <x:c r="D78" s="0">
+        <x:v>8.772</x:v>
+      </x:c>
+      <x:c r="E78" s="0">
+        <x:v>9.587</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="1">
+        <x:v>45957.7416435185</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C79" s="0">
+        <x:v>1.11</x:v>
+      </x:c>
+      <x:c r="D79" s="0">
+        <x:v>8.633</x:v>
+      </x:c>
+      <x:c r="E79" s="0">
+        <x:v>9.435</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="1">
+        <x:v>45954.7428819444</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C80" s="0">
+        <x:v>1.13</x:v>
+      </x:c>
+      <x:c r="D80" s="0">
+        <x:v>8.646</x:v>
+      </x:c>
+      <x:c r="E80" s="0">
+        <x:v>9.449</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="1">
+        <x:v>45953.774849537</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C81" s="0">
+        <x:v>0.92</x:v>
+      </x:c>
+      <x:c r="D81" s="0">
+        <x:v>8.45</x:v>
+      </x:c>
+      <x:c r="E81" s="0">
+        <x:v>9.235</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="1">
+        <x:v>45953.7428703704</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C82" s="0">
+        <x:v>0.92</x:v>
+      </x:c>
+      <x:c r="D82" s="0">
+        <x:v>8.45</x:v>
+      </x:c>
+      <x:c r="E82" s="0">
+        <x:v>9.235</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="1">
+        <x:v>45952.760787037</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C83" s="0">
+        <x:v>1.05</x:v>
+      </x:c>
+      <x:c r="D83" s="0">
+        <x:v>8.553</x:v>
+      </x:c>
+      <x:c r="E83" s="0">
+        <x:v>9.348</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="1">
+        <x:v>45952.7425115741</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C84" s="0">
+        <x:v>1.05</x:v>
+      </x:c>
+      <x:c r="D84" s="0">
+        <x:v>8.553</x:v>
+      </x:c>
+      <x:c r="E84" s="0">
+        <x:v>9.348</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="1">
+        <x:v>45951.7420949074</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C85" s="0">
+        <x:v>1.33</x:v>
+      </x:c>
+      <x:c r="D85" s="0">
+        <x:v>8.738</x:v>
+      </x:c>
+      <x:c r="E85" s="0">
+        <x:v>9.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="1">
+        <x:v>45950.8196759259</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C86" s="0">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="D86" s="0">
+        <x:v>8.338</x:v>
+      </x:c>
+      <x:c r="E86" s="0">
+        <x:v>9.113</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:5">
+      <x:c r="A87" s="1">
+        <x:v>45947.7632291667</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C87" s="0">
+        <x:v>0.73</x:v>
+      </x:c>
+      <x:c r="D87" s="0">
+        <x:v>8.151</x:v>
+      </x:c>
+      <x:c r="E87" s="0">
+        <x:v>8.908</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="1">
+        <x:v>45946.7603009259</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C88" s="0">
+        <x:v>0.67</x:v>
+      </x:c>
+      <x:c r="D88" s="0">
+        <x:v>8.078</x:v>
+      </x:c>
+      <x:c r="E88" s="0">
+        <x:v>8.829</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="1">
+        <x:v>45946.7415393519</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C89" s="0">
+        <x:v>0.67</x:v>
+      </x:c>
+      <x:c r="D89" s="0">
+        <x:v>8.078</x:v>
+      </x:c>
+      <x:c r="E89" s="0">
+        <x:v>8.829</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="1">
+        <x:v>45945.768900463</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C90" s="0">
+        <x:v>0.56</x:v>
+      </x:c>
+      <x:c r="D90" s="0">
+        <x:v>7.91</x:v>
+      </x:c>
+      <x:c r="E90" s="0">
+        <x:v>8.645</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="1">
+        <x:v>45944.769375</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C91" s="0">
+        <x:v>0.42</x:v>
+      </x:c>
+      <x:c r="D91" s="0">
+        <x:v>7.66</x:v>
+      </x:c>
+      <x:c r="E91" s="0">
+        <x:v>8.371</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="1">
+        <x:v>45944.7417708333</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C92" s="0">
+        <x:v>0.42</x:v>
+      </x:c>
+      <x:c r="D92" s="0">
+        <x:v>7.66</x:v>
+      </x:c>
+      <x:c r="E92" s="0">
+        <x:v>8.371</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="1">
+        <x:v>45943.7465509259</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C93" s="0">
+        <x:v>0.82</x:v>
+      </x:c>
+      <x:c r="D93" s="0">
+        <x:v>8.053</x:v>
+      </x:c>
+      <x:c r="E93" s="0">
+        <x:v>8.801</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="1">
+        <x:v>45940.7627662037</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C94" s="0">
+        <x:v>0.64</x:v>
+      </x:c>
+      <x:c r="D94" s="0">
+        <x:v>7.832</x:v>
+      </x:c>
+      <x:c r="E94" s="0">
+        <x:v>8.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="1">
+        <x:v>45940.7458912037</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C95" s="0">
+        <x:v>0.64</x:v>
+      </x:c>
+      <x:c r="D95" s="0">
+        <x:v>7.832</x:v>
+      </x:c>
+      <x:c r="E95" s="0">
+        <x:v>8.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="1">
+        <x:v>45939.7571527778</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C96" s="0">
+        <x:v>2.39</x:v>
+      </x:c>
+      <x:c r="D96" s="0">
+        <x:v>8.448</x:v>
+      </x:c>
+      <x:c r="E96" s="0">
+        <x:v>9.233</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="1">
+        <x:v>45939.744212963</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C97" s="0">
+        <x:v>2.39</x:v>
+      </x:c>
+      <x:c r="D97" s="0">
+        <x:v>8.448</x:v>
+      </x:c>
+      <x:c r="E97" s="0">
+        <x:v>9.233</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="1">
+        <x:v>45938.7624652778</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C98" s="0">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="D98" s="0">
+        <x:v>8.518</x:v>
+      </x:c>
+      <x:c r="E98" s="0">
+        <x:v>9.309</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="1">
+        <x:v>45938.741099537</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C99" s="0">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="D99" s="0">
+        <x:v>8.518</x:v>
+      </x:c>
+      <x:c r="E99" s="0">
+        <x:v>9.309</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="1">
         <x:v>45937.7621875</x:v>
       </x:c>
-      <x:c r="B78" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C78" s="0">
+      <x:c r="B100" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C100" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D78" s="0">
+      <x:c r="D100" s="0">
         <x:v>8.63</x:v>
       </x:c>
-      <x:c r="E78" s="0">
+      <x:c r="E100" s="0">
         <x:v>9.432</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>