--- v4 (2026-01-16)
+++ v5 (2026-02-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0379457466ac4b3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f8a007eff5f6494fa5c81b9b54ad6546.psmdcp" Id="Reff8982d0d794ca8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94da251a35544683" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c75a099ab85a4f39828eaebdd11f5e36.psmdcp" Id="R2aa7966c44ff477c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09X1H8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,1746 +393,2307 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E100"/>
+  <x:dimension ref="A1:E133"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46037.7737152778</x:v>
+        <x:v>46062.7729166667</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>7.916</x:v>
+        <x:v>5.614</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>8.651</x:v>
+        <x:v>6.136</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46037.7426967593</x:v>
+        <x:v>46062.7432060185</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>7.916</x:v>
+        <x:v>5.614</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>8.651</x:v>
+        <x:v>6.136</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46036.7743055556</x:v>
+        <x:v>46059.772337963</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>8.019</x:v>
+        <x:v>5.591</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>8.764</x:v>
+        <x:v>6.11</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46036.7428935185</x:v>
+        <x:v>46059.7425578704</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>8.019</x:v>
+        <x:v>5.591</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>8.764</x:v>
+        <x:v>6.11</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46035.7727546296</x:v>
+        <x:v>46059.5289699074</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>7.943</x:v>
+        <x:v>5.477</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>8.681</x:v>
+        <x:v>5.986</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46035.7425115741</x:v>
+        <x:v>46059.3984837963</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>7.943</x:v>
+        <x:v>5.986</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>8.681</x:v>
+        <x:v>6.542</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46034.7735763889</x:v>
+        <x:v>46059.3771643518</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>8.232</x:v>
+        <x:v>6.542</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>8.997</x:v>
+        <x:v>7.15</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46031.7746180556</x:v>
+        <x:v>46058.7435300926</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>8.603</x:v>
+        <x:v>7.478</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>9.402</x:v>
+        <x:v>8.173</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46031.7466203704</x:v>
+        <x:v>46057.7740046296</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>8.603</x:v>
+        <x:v>7.929</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>9.402</x:v>
+        <x:v>8.666</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46030.7736689815</x:v>
+        <x:v>46057.7431712963</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>8.61</x:v>
+        <x:v>7.929</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>9.41</x:v>
+        <x:v>8.666</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46030.7425694444</x:v>
+        <x:v>46056.8210648148</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>8.61</x:v>
+        <x:v>7.66</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>9.41</x:v>
+        <x:v>8.372</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46029.7727546296</x:v>
+        <x:v>46056.7740046296</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>8.491</x:v>
+        <x:v>7.66</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>9.28</x:v>
+        <x:v>8.372</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46029.7415162037</x:v>
+        <x:v>46056.7429513889</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>8.491</x:v>
+        <x:v>7.66</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>9.28</x:v>
+        <x:v>8.372</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46028.7421759259</x:v>
+        <x:v>46055.7738541667</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>8.596</x:v>
+        <x:v>7.695</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>9.394</x:v>
+        <x:v>8.41</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46027.7425810185</x:v>
+        <x:v>46055.7428356481</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>8.794</x:v>
+        <x:v>7.695</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>9.611</x:v>
+        <x:v>8.41</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46024.7413657407</x:v>
+        <x:v>46052.7750810185</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>8.882</x:v>
+        <x:v>7.583</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>9.707</x:v>
+        <x:v>8.287</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46022.7397800926</x:v>
+        <x:v>46052.7433217593</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>8.601</x:v>
+        <x:v>7.583</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>9.4</x:v>
+        <x:v>8.287</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46021.7415162037</x:v>
+        <x:v>46051.7428819444</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>8.651</x:v>
+        <x:v>7.422</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>9.455</x:v>
+        <x:v>8.112</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46020.74125</x:v>
+        <x:v>46050.7428472222</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>8.609</x:v>
+        <x:v>7.48</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>9.409</x:v>
+        <x:v>8.175</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46015.7398032407</x:v>
+        <x:v>46049.7425231481</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>8.621</x:v>
+        <x:v>7.465</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>9.422</x:v>
+        <x:v>8.158</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46014.7420949074</x:v>
+        <x:v>46048.7747569444</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>8.61</x:v>
+        <x:v>7.434</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>9.41</x:v>
+        <x:v>8.125</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46013.7415740741</x:v>
+        <x:v>46045.7737962963</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>8.65</x:v>
+        <x:v>7.577</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>9.453</x:v>
+        <x:v>8.281</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46010.7428587963</x:v>
+        <x:v>46045.7423726852</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>9.06</x:v>
+        <x:v>7.577</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>9.902</x:v>
+        <x:v>8.281</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46009.742025463</x:v>
+        <x:v>46044.7737847222</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>9.157</x:v>
+        <x:v>7.675</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>10.008</x:v>
+        <x:v>8.388</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46008.7427430556</x:v>
+        <x:v>46044.7425925926</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>9.172</x:v>
+        <x:v>7.675</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>10.024</x:v>
+        <x:v>8.388</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46007.7675925926</x:v>
+        <x:v>46043.7727893519</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>9.256</x:v>
+        <x:v>7.532</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>10.116</x:v>
+        <x:v>8.232</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46006.7735416667</x:v>
+        <x:v>46043.7427662037</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>9.242</x:v>
+        <x:v>7.532</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>10.1</x:v>
+        <x:v>8.232</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46006.7424421296</x:v>
+        <x:v>46042.7742824074</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>9.242</x:v>
+        <x:v>7.397</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>10.1</x:v>
+        <x:v>8.084</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46003.7425925926</x:v>
+        <x:v>46042.7413773148</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>9.188</x:v>
+        <x:v>7.397</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>10.042</x:v>
+        <x:v>8.084</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46002.7741435185</x:v>
+        <x:v>46041.773587963</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>9.174</x:v>
+        <x:v>7.537</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>10.026</x:v>
+        <x:v>8.237</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46002.7415972222</x:v>
+        <x:v>46041.7428240741</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>9.174</x:v>
+        <x:v>7.537</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>10.026</x:v>
+        <x:v>8.237</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46001.7726736111</x:v>
+        <x:v>46038.7739467593</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>9.313</x:v>
+        <x:v>7.683</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>10.178</x:v>
+        <x:v>8.397</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46001.7424884259</x:v>
+        <x:v>46038.7429166667</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>9.313</x:v>
+        <x:v>7.683</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>10.178</x:v>
+        <x:v>8.397</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46000.7422800926</x:v>
+        <x:v>46037.7737152778</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>9.26</x:v>
+        <x:v>7.916</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>10.12</x:v>
+        <x:v>8.651</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45999.7427662037</x:v>
+        <x:v>46037.7426967593</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>9.412</x:v>
+        <x:v>7.916</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>10.286</x:v>
+        <x:v>8.651</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45996.7416898148</x:v>
+        <x:v>46036.7743055556</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>9.527</x:v>
+        <x:v>8.019</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>10.412</x:v>
+        <x:v>8.764</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45995.7432523148</x:v>
+        <x:v>46036.7428935185</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>9.326</x:v>
+        <x:v>8.019</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>10.192</x:v>
+        <x:v>8.764</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45994.7432638889</x:v>
+        <x:v>46035.7727546296</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>8.989</x:v>
+        <x:v>7.943</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>9.824</x:v>
+        <x:v>8.681</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45993.7429166667</x:v>
+        <x:v>46035.7425115741</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>8.351</x:v>
+        <x:v>7.943</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>9.127</x:v>
+        <x:v>8.681</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45992.741724537</x:v>
+        <x:v>46034.7735763889</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>8.438</x:v>
+        <x:v>8.232</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>9.222</x:v>
+        <x:v>8.997</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45989.7431481481</x:v>
+        <x:v>46031.7746180556</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>8.417</x:v>
+        <x:v>8.603</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>9.199</x:v>
+        <x:v>9.402</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45988.7414583333</x:v>
+        <x:v>46031.7466203704</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>8.251</x:v>
+        <x:v>8.603</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>9.017</x:v>
+        <x:v>9.402</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45987.7426157407</x:v>
+        <x:v>46030.7736689815</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>8.171</x:v>
+        <x:v>8.61</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>8.93</x:v>
+        <x:v>9.41</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45986.7689236111</x:v>
+        <x:v>46030.7425694444</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>8.278</x:v>
+        <x:v>8.61</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>9.047</x:v>
+        <x:v>9.41</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45986.7424537037</x:v>
+        <x:v>46029.7727546296</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>8.278</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>9.047</x:v>
+        <x:v>9.28</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45985.7418287037</x:v>
+        <x:v>46029.7415162037</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>8.005</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>8.749</x:v>
+        <x:v>9.28</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45982.7638541667</x:v>
+        <x:v>46028.7421759259</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>7.729</x:v>
+        <x:v>8.596</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>8.447</x:v>
+        <x:v>9.394</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45981.7416087963</x:v>
+        <x:v>46027.7425810185</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>7.503</x:v>
+        <x:v>8.794</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>8.2</x:v>
+        <x:v>9.611</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45980.7414351852</x:v>
+        <x:v>46024.7413657407</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>7.733</x:v>
+        <x:v>8.882</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>8.451</x:v>
+        <x:v>9.707</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45979.7620949074</x:v>
+        <x:v>46022.7397800926</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>7.689</x:v>
+        <x:v>8.601</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>8.403</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45979.7413425926</x:v>
+        <x:v>46021.7415162037</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>7.689</x:v>
+        <x:v>8.651</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>8.403</x:v>
+        <x:v>9.455</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45978.7625578704</x:v>
+        <x:v>46020.74125</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
         <x:v>0.05</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>8.046</x:v>
+        <x:v>8.609</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>8.794</x:v>
+        <x:v>9.409</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45975.7665740741</x:v>
+        <x:v>46015.7398032407</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>8.245</x:v>
+        <x:v>8.621</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>9.011</x:v>
+        <x:v>9.422</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45975.7415625</x:v>
+        <x:v>46014.7420949074</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>8.245</x:v>
+        <x:v>8.61</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>9.011</x:v>
+        <x:v>9.41</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45974.7421527778</x:v>
+        <x:v>46013.7415740741</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>8.466</x:v>
+        <x:v>8.65</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>9.252</x:v>
+        <x:v>9.453</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45973.7618287037</x:v>
+        <x:v>46010.7428587963</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
         <x:v>0.09</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>8.439</x:v>
+        <x:v>9.06</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>9.223</x:v>
+        <x:v>9.902</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45973.7424652778</x:v>
+        <x:v>46009.742025463</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>8.439</x:v>
+        <x:v>9.157</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>9.223</x:v>
+        <x:v>10.008</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45972.7415856481</x:v>
+        <x:v>46008.7427430556</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>8.491</x:v>
+        <x:v>9.172</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>9.28</x:v>
+        <x:v>10.024</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45968.7599652778</x:v>
+        <x:v>46007.7675925926</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>7.979</x:v>
+        <x:v>9.256</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>8.72</x:v>
+        <x:v>10.116</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45968.7419907407</x:v>
+        <x:v>46006.7735416667</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>7.979</x:v>
+        <x:v>9.242</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>8.72</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45967.7415509259</x:v>
+        <x:v>46006.7424421296</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>7.995</x:v>
+        <x:v>9.242</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>8.738</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45966.7603935185</x:v>
+        <x:v>46003.7425925926</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>8.058</x:v>
+        <x:v>9.188</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>8.807</x:v>
+        <x:v>10.042</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45966.7414814815</x:v>
+        <x:v>46002.7741435185</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>8.058</x:v>
+        <x:v>9.174</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>8.807</x:v>
+        <x:v>10.026</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45965.7581597222</x:v>
+        <x:v>46002.7415972222</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>7.914</x:v>
+        <x:v>9.174</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>8.649</x:v>
+        <x:v>10.026</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45965.7416782407</x:v>
+        <x:v>46001.7726736111</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>7.914</x:v>
+        <x:v>9.313</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>8.649</x:v>
+        <x:v>10.178</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45964.7418171296</x:v>
+        <x:v>46001.7424884259</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>8.095</x:v>
+        <x:v>9.313</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>8.847</x:v>
+        <x:v>10.178</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45961.8178587963</x:v>
+        <x:v>46000.7422800926</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>8.031</x:v>
+        <x:v>9.26</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>8.777</x:v>
+        <x:v>10.12</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45961.7663078704</x:v>
+        <x:v>45999.7427662037</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>8.031</x:v>
+        <x:v>9.412</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>8.777</x:v>
+        <x:v>10.286</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45961.7596296296</x:v>
+        <x:v>45996.7416898148</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>8.031</x:v>
+        <x:v>9.527</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>8.777</x:v>
+        <x:v>10.412</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45961.7416435185</x:v>
+        <x:v>45995.7432523148</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>8.031</x:v>
+        <x:v>9.326</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>8.777</x:v>
+        <x:v>10.192</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45960.7713657407</x:v>
+        <x:v>45994.7432638889</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>8.1</x:v>
+        <x:v>8.989</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>8.852</x:v>
+        <x:v>9.824</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45960.7414583333</x:v>
+        <x:v>45993.7429166667</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>8.1</x:v>
+        <x:v>8.351</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>8.852</x:v>
+        <x:v>9.127</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45960.5990625</x:v>
+        <x:v>45992.741724537</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>8.03</x:v>
+        <x:v>8.438</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>8.776</x:v>
+        <x:v>9.222</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45959.763599537</x:v>
+        <x:v>45989.7431481481</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>1.43</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>8.876</x:v>
+        <x:v>8.417</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>9.701</x:v>
+        <x:v>9.199</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45959.741724537</x:v>
+        <x:v>45988.7414583333</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>1.43</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>8.876</x:v>
+        <x:v>8.251</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>9.701</x:v>
+        <x:v>9.017</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45958.741412037</x:v>
+        <x:v>45987.7426157407</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>8.772</x:v>
+        <x:v>8.171</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>9.587</x:v>
+        <x:v>8.93</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45957.7416435185</x:v>
+        <x:v>45986.7689236111</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>8.633</x:v>
+        <x:v>8.278</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>9.435</x:v>
+        <x:v>9.047</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45954.7428819444</x:v>
+        <x:v>45986.7424537037</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>8.646</x:v>
+        <x:v>8.278</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>9.449</x:v>
+        <x:v>9.047</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45953.774849537</x:v>
+        <x:v>45985.7418287037</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>8.45</x:v>
+        <x:v>8.005</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>9.235</x:v>
+        <x:v>8.749</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45953.7428703704</x:v>
+        <x:v>45982.7638541667</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>8.45</x:v>
+        <x:v>7.729</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>9.235</x:v>
+        <x:v>8.447</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45952.760787037</x:v>
+        <x:v>45981.7416087963</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>8.553</x:v>
+        <x:v>7.503</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>9.348</x:v>
+        <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45952.7425115741</x:v>
+        <x:v>45980.7414351852</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>8.553</x:v>
+        <x:v>7.733</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>9.348</x:v>
+        <x:v>8.451</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45951.7420949074</x:v>
+        <x:v>45979.7620949074</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>1.33</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>8.738</x:v>
+        <x:v>7.689</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>9.55</x:v>
+        <x:v>8.403</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45950.8196759259</x:v>
+        <x:v>45979.7413425926</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>8.338</x:v>
+        <x:v>7.689</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>9.113</x:v>
+        <x:v>8.403</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45947.7632291667</x:v>
+        <x:v>45978.7625578704</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>8.151</x:v>
+        <x:v>8.046</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>8.908</x:v>
+        <x:v>8.794</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45946.7603009259</x:v>
+        <x:v>45975.7665740741</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>8.078</x:v>
+        <x:v>8.245</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>8.829</x:v>
+        <x:v>9.011</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45946.7415393519</x:v>
+        <x:v>45975.7415625</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>8.078</x:v>
+        <x:v>8.245</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>8.829</x:v>
+        <x:v>9.011</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45945.768900463</x:v>
+        <x:v>45974.7421527778</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>7.91</x:v>
+        <x:v>8.466</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>8.645</x:v>
+        <x:v>9.252</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45944.769375</x:v>
+        <x:v>45973.7618287037</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>7.66</x:v>
+        <x:v>8.439</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>8.371</x:v>
+        <x:v>9.223</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45944.7417708333</x:v>
+        <x:v>45973.7424652778</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>7.66</x:v>
+        <x:v>8.439</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>8.371</x:v>
+        <x:v>9.223</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45943.7465509259</x:v>
+        <x:v>45972.7415856481</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.82</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>8.053</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>8.801</x:v>
+        <x:v>9.28</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45940.7627662037</x:v>
+        <x:v>45968.7599652778</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>7.832</x:v>
+        <x:v>7.979</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>8.56</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45940.7458912037</x:v>
+        <x:v>45968.7419907407</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>7.832</x:v>
+        <x:v>7.979</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>8.56</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45939.7571527778</x:v>
+        <x:v>45967.7415509259</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>2.39</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>8.448</x:v>
+        <x:v>7.995</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>9.233</x:v>
+        <x:v>8.738</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45939.744212963</x:v>
+        <x:v>45966.7603935185</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>2.39</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>8.448</x:v>
+        <x:v>8.058</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>9.233</x:v>
+        <x:v>8.807</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45938.7624652778</x:v>
+        <x:v>45966.7414814815</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>2.6</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>8.518</x:v>
+        <x:v>8.058</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>9.309</x:v>
+        <x:v>8.807</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45938.741099537</x:v>
+        <x:v>45965.7581597222</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>2.6</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>8.518</x:v>
+        <x:v>7.914</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>9.309</x:v>
+        <x:v>8.649</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
+        <x:v>45965.7416782407</x:v>
+      </x:c>
+      <x:c r="B100" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C100" s="0">
+        <x:v>0.05</x:v>
+      </x:c>
+      <x:c r="D100" s="0">
+        <x:v>7.914</x:v>
+      </x:c>
+      <x:c r="E100" s="0">
+        <x:v>8.649</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:5">
+      <x:c r="A101" s="1">
+        <x:v>45964.7418171296</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C101" s="0">
+        <x:v>0.07</x:v>
+      </x:c>
+      <x:c r="D101" s="0">
+        <x:v>8.095</x:v>
+      </x:c>
+      <x:c r="E101" s="0">
+        <x:v>8.847</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:5">
+      <x:c r="A102" s="1">
+        <x:v>45961.8178587963</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C102" s="0">
+        <x:v>0.06</x:v>
+      </x:c>
+      <x:c r="D102" s="0">
+        <x:v>8.031</x:v>
+      </x:c>
+      <x:c r="E102" s="0">
+        <x:v>8.777</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="1">
+        <x:v>45961.7663078704</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C103" s="0">
+        <x:v>0.06</x:v>
+      </x:c>
+      <x:c r="D103" s="0">
+        <x:v>8.031</x:v>
+      </x:c>
+      <x:c r="E103" s="0">
+        <x:v>8.777</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="1">
+        <x:v>45961.7596296296</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C104" s="0">
+        <x:v>0.06</x:v>
+      </x:c>
+      <x:c r="D104" s="0">
+        <x:v>8.031</x:v>
+      </x:c>
+      <x:c r="E104" s="0">
+        <x:v>8.777</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="1">
+        <x:v>45961.7416435185</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C105" s="0">
+        <x:v>0.06</x:v>
+      </x:c>
+      <x:c r="D105" s="0">
+        <x:v>8.031</x:v>
+      </x:c>
+      <x:c r="E105" s="0">
+        <x:v>8.777</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="1">
+        <x:v>45960.7713657407</x:v>
+      </x:c>
+      <x:c r="B106" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C106" s="0">
+        <x:v>0.07</x:v>
+      </x:c>
+      <x:c r="D106" s="0">
+        <x:v>8.1</x:v>
+      </x:c>
+      <x:c r="E106" s="0">
+        <x:v>8.852</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="1">
+        <x:v>45960.7414583333</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C107" s="0">
+        <x:v>0.07</x:v>
+      </x:c>
+      <x:c r="D107" s="0">
+        <x:v>8.1</x:v>
+      </x:c>
+      <x:c r="E107" s="0">
+        <x:v>8.852</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:5">
+      <x:c r="A108" s="1">
+        <x:v>45960.5990625</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="C108" s="0">
+        <x:v>0.16</x:v>
+      </x:c>
+      <x:c r="D108" s="0">
+        <x:v>8.03</x:v>
+      </x:c>
+      <x:c r="E108" s="0">
+        <x:v>8.776</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="1">
+        <x:v>45959.763599537</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C109" s="0">
+        <x:v>1.43</x:v>
+      </x:c>
+      <x:c r="D109" s="0">
+        <x:v>8.876</x:v>
+      </x:c>
+      <x:c r="E109" s="0">
+        <x:v>9.701</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:5">
+      <x:c r="A110" s="1">
+        <x:v>45959.741724537</x:v>
+      </x:c>
+      <x:c r="B110" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C110" s="0">
+        <x:v>1.43</x:v>
+      </x:c>
+      <x:c r="D110" s="0">
+        <x:v>8.876</x:v>
+      </x:c>
+      <x:c r="E110" s="0">
+        <x:v>9.701</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:5">
+      <x:c r="A111" s="1">
+        <x:v>45958.741412037</x:v>
+      </x:c>
+      <x:c r="B111" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C111" s="0">
+        <x:v>1.28</x:v>
+      </x:c>
+      <x:c r="D111" s="0">
+        <x:v>8.772</x:v>
+      </x:c>
+      <x:c r="E111" s="0">
+        <x:v>9.587</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:5">
+      <x:c r="A112" s="1">
+        <x:v>45957.7416435185</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C112" s="0">
+        <x:v>1.11</x:v>
+      </x:c>
+      <x:c r="D112" s="0">
+        <x:v>8.633</x:v>
+      </x:c>
+      <x:c r="E112" s="0">
+        <x:v>9.435</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:5">
+      <x:c r="A113" s="1">
+        <x:v>45954.7428819444</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C113" s="0">
+        <x:v>1.13</x:v>
+      </x:c>
+      <x:c r="D113" s="0">
+        <x:v>8.646</x:v>
+      </x:c>
+      <x:c r="E113" s="0">
+        <x:v>9.449</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:5">
+      <x:c r="A114" s="1">
+        <x:v>45953.774849537</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C114" s="0">
+        <x:v>0.92</x:v>
+      </x:c>
+      <x:c r="D114" s="0">
+        <x:v>8.45</x:v>
+      </x:c>
+      <x:c r="E114" s="0">
+        <x:v>9.235</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:5">
+      <x:c r="A115" s="1">
+        <x:v>45953.7428703704</x:v>
+      </x:c>
+      <x:c r="B115" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C115" s="0">
+        <x:v>0.92</x:v>
+      </x:c>
+      <x:c r="D115" s="0">
+        <x:v>8.45</x:v>
+      </x:c>
+      <x:c r="E115" s="0">
+        <x:v>9.235</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:5">
+      <x:c r="A116" s="1">
+        <x:v>45952.760787037</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C116" s="0">
+        <x:v>1.05</x:v>
+      </x:c>
+      <x:c r="D116" s="0">
+        <x:v>8.553</x:v>
+      </x:c>
+      <x:c r="E116" s="0">
+        <x:v>9.348</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:5">
+      <x:c r="A117" s="1">
+        <x:v>45952.7425115741</x:v>
+      </x:c>
+      <x:c r="B117" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C117" s="0">
+        <x:v>1.05</x:v>
+      </x:c>
+      <x:c r="D117" s="0">
+        <x:v>8.553</x:v>
+      </x:c>
+      <x:c r="E117" s="0">
+        <x:v>9.348</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:5">
+      <x:c r="A118" s="1">
+        <x:v>45951.7420949074</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C118" s="0">
+        <x:v>1.33</x:v>
+      </x:c>
+      <x:c r="D118" s="0">
+        <x:v>8.738</x:v>
+      </x:c>
+      <x:c r="E118" s="0">
+        <x:v>9.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:5">
+      <x:c r="A119" s="1">
+        <x:v>45950.8196759259</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C119" s="0">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="D119" s="0">
+        <x:v>8.338</x:v>
+      </x:c>
+      <x:c r="E119" s="0">
+        <x:v>9.113</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:5">
+      <x:c r="A120" s="1">
+        <x:v>45947.7632291667</x:v>
+      </x:c>
+      <x:c r="B120" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C120" s="0">
+        <x:v>0.73</x:v>
+      </x:c>
+      <x:c r="D120" s="0">
+        <x:v>8.151</x:v>
+      </x:c>
+      <x:c r="E120" s="0">
+        <x:v>8.908</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:5">
+      <x:c r="A121" s="1">
+        <x:v>45946.7603009259</x:v>
+      </x:c>
+      <x:c r="B121" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C121" s="0">
+        <x:v>0.67</x:v>
+      </x:c>
+      <x:c r="D121" s="0">
+        <x:v>8.078</x:v>
+      </x:c>
+      <x:c r="E121" s="0">
+        <x:v>8.829</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:5">
+      <x:c r="A122" s="1">
+        <x:v>45946.7415393519</x:v>
+      </x:c>
+      <x:c r="B122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C122" s="0">
+        <x:v>0.67</x:v>
+      </x:c>
+      <x:c r="D122" s="0">
+        <x:v>8.078</x:v>
+      </x:c>
+      <x:c r="E122" s="0">
+        <x:v>8.829</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:5">
+      <x:c r="A123" s="1">
+        <x:v>45945.768900463</x:v>
+      </x:c>
+      <x:c r="B123" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C123" s="0">
+        <x:v>0.56</x:v>
+      </x:c>
+      <x:c r="D123" s="0">
+        <x:v>7.91</x:v>
+      </x:c>
+      <x:c r="E123" s="0">
+        <x:v>8.645</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:5">
+      <x:c r="A124" s="1">
+        <x:v>45944.769375</x:v>
+      </x:c>
+      <x:c r="B124" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C124" s="0">
+        <x:v>0.42</x:v>
+      </x:c>
+      <x:c r="D124" s="0">
+        <x:v>7.66</x:v>
+      </x:c>
+      <x:c r="E124" s="0">
+        <x:v>8.371</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:5">
+      <x:c r="A125" s="1">
+        <x:v>45944.7417708333</x:v>
+      </x:c>
+      <x:c r="B125" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C125" s="0">
+        <x:v>0.42</x:v>
+      </x:c>
+      <x:c r="D125" s="0">
+        <x:v>7.66</x:v>
+      </x:c>
+      <x:c r="E125" s="0">
+        <x:v>8.371</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:5">
+      <x:c r="A126" s="1">
+        <x:v>45943.7465509259</x:v>
+      </x:c>
+      <x:c r="B126" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C126" s="0">
+        <x:v>0.82</x:v>
+      </x:c>
+      <x:c r="D126" s="0">
+        <x:v>8.053</x:v>
+      </x:c>
+      <x:c r="E126" s="0">
+        <x:v>8.801</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:5">
+      <x:c r="A127" s="1">
+        <x:v>45940.7627662037</x:v>
+      </x:c>
+      <x:c r="B127" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C127" s="0">
+        <x:v>0.64</x:v>
+      </x:c>
+      <x:c r="D127" s="0">
+        <x:v>7.832</x:v>
+      </x:c>
+      <x:c r="E127" s="0">
+        <x:v>8.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:5">
+      <x:c r="A128" s="1">
+        <x:v>45940.7458912037</x:v>
+      </x:c>
+      <x:c r="B128" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C128" s="0">
+        <x:v>0.64</x:v>
+      </x:c>
+      <x:c r="D128" s="0">
+        <x:v>7.832</x:v>
+      </x:c>
+      <x:c r="E128" s="0">
+        <x:v>8.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:5">
+      <x:c r="A129" s="1">
+        <x:v>45939.7571527778</x:v>
+      </x:c>
+      <x:c r="B129" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C129" s="0">
+        <x:v>2.39</x:v>
+      </x:c>
+      <x:c r="D129" s="0">
+        <x:v>8.448</x:v>
+      </x:c>
+      <x:c r="E129" s="0">
+        <x:v>9.233</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:5">
+      <x:c r="A130" s="1">
+        <x:v>45939.744212963</x:v>
+      </x:c>
+      <x:c r="B130" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C130" s="0">
+        <x:v>2.39</x:v>
+      </x:c>
+      <x:c r="D130" s="0">
+        <x:v>8.448</x:v>
+      </x:c>
+      <x:c r="E130" s="0">
+        <x:v>9.233</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:5">
+      <x:c r="A131" s="1">
+        <x:v>45938.7624652778</x:v>
+      </x:c>
+      <x:c r="B131" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C131" s="0">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="D131" s="0">
+        <x:v>8.518</x:v>
+      </x:c>
+      <x:c r="E131" s="0">
+        <x:v>9.309</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:5">
+      <x:c r="A132" s="1">
+        <x:v>45938.741099537</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C132" s="0">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="D132" s="0">
+        <x:v>8.518</x:v>
+      </x:c>
+      <x:c r="E132" s="0">
+        <x:v>9.309</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:5">
+      <x:c r="A133" s="1">
         <x:v>45937.7621875</x:v>
       </x:c>
-      <x:c r="B100" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C100" s="0">
+      <x:c r="B133" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C133" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D100" s="0">
+      <x:c r="D133" s="0">
         <x:v>8.63</x:v>
       </x:c>
-      <x:c r="E100" s="0">
+      <x:c r="E133" s="0">
         <x:v>9.432</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>