--- v5 (2026-02-10)
+++ v6 (2026-03-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94da251a35544683" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c75a099ab85a4f39828eaebdd11f5e36.psmdcp" Id="R2aa7966c44ff477c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42c65c4f594c4258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1797d1bfeb2b417087c900ed6f53eddd.psmdcp" Id="R2239db49ac454faa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09X1H8</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,2307 +393,2851 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E133"/>
+  <x:dimension ref="A1:E165"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46062.7729166667</x:v>
+        <x:v>46085.7437731481</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>5.614</x:v>
+        <x:v>5.944</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>6.136</x:v>
+        <x:v>6.496</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46062.7432060185</x:v>
+        <x:v>46084.7759143518</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>5.614</x:v>
+        <x:v>5.666</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>6.136</x:v>
+        <x:v>6.192</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46059.772337963</x:v>
+        <x:v>46084.7433449074</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>5.591</x:v>
+        <x:v>5.666</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>6.11</x:v>
+        <x:v>6.192</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46059.7425578704</x:v>
+        <x:v>46083.7757986111</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>5.591</x:v>
+        <x:v>5.894</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>6.11</x:v>
+        <x:v>6.442</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46059.5289699074</x:v>
+        <x:v>46083.7433564815</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>5.477</x:v>
+        <x:v>5.894</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>5.986</x:v>
+        <x:v>6.442</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46059.3984837963</x:v>
+        <x:v>46080.7756481481</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>5.986</x:v>
+        <x:v>6.346</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>6.542</x:v>
+        <x:v>6.935</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46059.3771643518</x:v>
+        <x:v>46080.7438310185</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>6.542</x:v>
+        <x:v>6.346</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>7.15</x:v>
+        <x:v>6.935</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46058.7435300926</x:v>
+        <x:v>46079.775462963</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>7.478</x:v>
+        <x:v>6.207</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>8.173</x:v>
+        <x:v>6.784</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46057.7740046296</x:v>
+        <x:v>46079.7437037037</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>7.929</x:v>
+        <x:v>6.207</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>8.666</x:v>
+        <x:v>6.784</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46057.7431712963</x:v>
+        <x:v>46078.7752430556</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>7.929</x:v>
+        <x:v>5.955</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>8.666</x:v>
+        <x:v>6.508</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46056.8210648148</x:v>
+        <x:v>46078.7432175926</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>7.66</x:v>
+        <x:v>5.955</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>8.372</x:v>
+        <x:v>6.508</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46056.7740046296</x:v>
+        <x:v>46077.7754398148</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>7.66</x:v>
+        <x:v>6.035</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>8.372</x:v>
+        <x:v>6.596</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46056.7429513889</x:v>
+        <x:v>46077.7430208333</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>7.66</x:v>
+        <x:v>6.035</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>8.372</x:v>
+        <x:v>6.596</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46055.7738541667</x:v>
+        <x:v>46076.7747685185</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>7.695</x:v>
+        <x:v>5.92</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>8.41</x:v>
+        <x:v>6.47</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46055.7428356481</x:v>
+        <x:v>46076.743125</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>7.695</x:v>
+        <x:v>5.92</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>8.41</x:v>
+        <x:v>6.47</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46052.7750810185</x:v>
+        <x:v>46073.7430208333</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>7.583</x:v>
+        <x:v>6.002</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>8.287</x:v>
+        <x:v>6.56</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46052.7433217593</x:v>
+        <x:v>46072.7741203704</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>7.583</x:v>
+        <x:v>5.872</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>8.287</x:v>
+        <x:v>6.418</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46051.7428819444</x:v>
+        <x:v>46072.7430208333</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>7.422</x:v>
+        <x:v>5.872</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>8.112</x:v>
+        <x:v>6.418</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46050.7428472222</x:v>
+        <x:v>46071.7731365741</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>7.48</x:v>
+        <x:v>6.141</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>8.175</x:v>
+        <x:v>6.711</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46049.7425231481</x:v>
+        <x:v>46071.7427777778</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>7.465</x:v>
+        <x:v>6.141</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>8.158</x:v>
+        <x:v>6.711</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46048.7747569444</x:v>
+        <x:v>46070.7736689815</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>7.434</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>8.125</x:v>
+        <x:v>6.579</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46045.7737962963</x:v>
+        <x:v>46070.7427430556</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>7.577</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>8.281</x:v>
+        <x:v>6.579</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46045.7423726852</x:v>
+        <x:v>46069.7748032407</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>7.577</x:v>
+        <x:v>6.076</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>8.281</x:v>
+        <x:v>6.64</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46044.7737847222</x:v>
+        <x:v>46069.7430324074</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>7.675</x:v>
+        <x:v>6.076</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>8.388</x:v>
+        <x:v>6.64</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46044.7425925926</x:v>
+        <x:v>46066.7740162037</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>7.675</x:v>
+        <x:v>6.044</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>8.388</x:v>
+        <x:v>6.606</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46043.7727893519</x:v>
+        <x:v>46066.7432407407</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>7.532</x:v>
+        <x:v>6.044</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>8.232</x:v>
+        <x:v>6.606</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46043.7427662037</x:v>
+        <x:v>46065.7731481481</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>7.532</x:v>
+        <x:v>6.086</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>8.232</x:v>
+        <x:v>6.651</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46042.7742824074</x:v>
+        <x:v>46065.7431018519</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>7.397</x:v>
+        <x:v>6.086</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>8.084</x:v>
+        <x:v>6.651</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46042.7413773148</x:v>
+        <x:v>46064.7745486111</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>7.397</x:v>
+        <x:v>5.872</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>8.084</x:v>
+        <x:v>6.418</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46041.773587963</x:v>
+        <x:v>46064.7434606481</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>7.537</x:v>
+        <x:v>5.872</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>8.237</x:v>
+        <x:v>6.418</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46041.7428240741</x:v>
+        <x:v>46063.7748032407</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>7.537</x:v>
+        <x:v>5.817</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>8.237</x:v>
+        <x:v>6.357</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46038.7739467593</x:v>
+        <x:v>46063.7433217593</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>7.683</x:v>
+        <x:v>5.817</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>8.397</x:v>
+        <x:v>6.357</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46038.7429166667</x:v>
+        <x:v>46062.7729166667</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>7.683</x:v>
+        <x:v>5.614</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>8.397</x:v>
+        <x:v>6.136</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46037.7737152778</x:v>
+        <x:v>46062.7432060185</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>7.916</x:v>
+        <x:v>5.614</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>8.651</x:v>
+        <x:v>6.136</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46037.7426967593</x:v>
+        <x:v>46059.772337963</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>7.916</x:v>
+        <x:v>5.591</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>8.651</x:v>
+        <x:v>6.11</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46036.7743055556</x:v>
+        <x:v>46059.7425578704</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>8.019</x:v>
+        <x:v>5.591</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>8.764</x:v>
+        <x:v>6.11</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46036.7428935185</x:v>
+        <x:v>46059.5289699074</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>8.019</x:v>
+        <x:v>5.477</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>8.764</x:v>
+        <x:v>5.986</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46035.7727546296</x:v>
+        <x:v>46059.3984837963</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>7.943</x:v>
+        <x:v>5.986</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>8.681</x:v>
+        <x:v>6.542</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46035.7425115741</x:v>
+        <x:v>46059.3771643518</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>7.943</x:v>
+        <x:v>6.542</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>8.681</x:v>
+        <x:v>7.15</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46034.7735763889</x:v>
+        <x:v>46058.7435300926</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>8.232</x:v>
+        <x:v>7.478</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>8.997</x:v>
+        <x:v>8.173</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46031.7746180556</x:v>
+        <x:v>46057.7740046296</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>8.603</x:v>
+        <x:v>7.929</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>9.402</x:v>
+        <x:v>8.666</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46031.7466203704</x:v>
+        <x:v>46057.7431712963</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>8.603</x:v>
+        <x:v>7.929</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>9.402</x:v>
+        <x:v>8.666</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46030.7736689815</x:v>
+        <x:v>46056.8210648148</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>8.61</x:v>
+        <x:v>7.66</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>9.41</x:v>
+        <x:v>8.372</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46030.7425694444</x:v>
+        <x:v>46056.7740046296</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>8.61</x:v>
+        <x:v>7.66</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>9.41</x:v>
+        <x:v>8.372</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46029.7727546296</x:v>
+        <x:v>46056.7429513889</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>8.491</x:v>
+        <x:v>7.66</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>9.28</x:v>
+        <x:v>8.372</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46029.7415162037</x:v>
+        <x:v>46055.7738541667</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>8.491</x:v>
+        <x:v>7.695</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>9.28</x:v>
+        <x:v>8.41</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46028.7421759259</x:v>
+        <x:v>46055.7428356481</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>8.596</x:v>
+        <x:v>7.695</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>9.394</x:v>
+        <x:v>8.41</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46027.7425810185</x:v>
+        <x:v>46052.7750810185</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>8.794</x:v>
+        <x:v>7.583</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>9.611</x:v>
+        <x:v>8.287</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46024.7413657407</x:v>
+        <x:v>46052.7433217593</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>8.882</x:v>
+        <x:v>7.583</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>9.707</x:v>
+        <x:v>8.287</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46022.7397800926</x:v>
+        <x:v>46051.7428819444</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>8.601</x:v>
+        <x:v>7.422</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>9.4</x:v>
+        <x:v>8.112</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46021.7415162037</x:v>
+        <x:v>46050.7428472222</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>8.651</x:v>
+        <x:v>7.48</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>9.455</x:v>
+        <x:v>8.175</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46020.74125</x:v>
+        <x:v>46049.7425231481</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>8.609</x:v>
+        <x:v>7.465</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>9.409</x:v>
+        <x:v>8.158</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46015.7398032407</x:v>
+        <x:v>46048.7747569444</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>8.621</x:v>
+        <x:v>7.434</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>9.422</x:v>
+        <x:v>8.125</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46014.7420949074</x:v>
+        <x:v>46045.7737962963</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>8.61</x:v>
+        <x:v>7.577</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>9.41</x:v>
+        <x:v>8.281</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>46013.7415740741</x:v>
+        <x:v>46045.7423726852</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>8.65</x:v>
+        <x:v>7.577</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>9.453</x:v>
+        <x:v>8.281</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>46010.7428587963</x:v>
+        <x:v>46044.7737847222</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>9.06</x:v>
+        <x:v>7.675</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>9.902</x:v>
+        <x:v>8.388</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>46009.742025463</x:v>
+        <x:v>46044.7425925926</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>9.157</x:v>
+        <x:v>7.675</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>10.008</x:v>
+        <x:v>8.388</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>46008.7427430556</x:v>
+        <x:v>46043.7727893519</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>9.172</x:v>
+        <x:v>7.532</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>10.024</x:v>
+        <x:v>8.232</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>46007.7675925926</x:v>
+        <x:v>46043.7427662037</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>9.256</x:v>
+        <x:v>7.532</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>10.116</x:v>
+        <x:v>8.232</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>46006.7735416667</x:v>
+        <x:v>46042.7742824074</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>9.242</x:v>
+        <x:v>7.397</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>10.1</x:v>
+        <x:v>8.084</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>46006.7424421296</x:v>
+        <x:v>46042.7413773148</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>9.242</x:v>
+        <x:v>7.397</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>10.1</x:v>
+        <x:v>8.084</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>46003.7425925926</x:v>
+        <x:v>46041.773587963</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>9.188</x:v>
+        <x:v>7.537</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>10.042</x:v>
+        <x:v>8.237</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>46002.7741435185</x:v>
+        <x:v>46041.7428240741</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>9.174</x:v>
+        <x:v>7.537</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>10.026</x:v>
+        <x:v>8.237</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>46002.7415972222</x:v>
+        <x:v>46038.7739467593</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>9.174</x:v>
+        <x:v>7.683</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>10.026</x:v>
+        <x:v>8.397</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>46001.7726736111</x:v>
+        <x:v>46038.7429166667</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>9.313</x:v>
+        <x:v>7.683</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>10.178</x:v>
+        <x:v>8.397</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>46001.7424884259</x:v>
+        <x:v>46037.7737152778</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>9.313</x:v>
+        <x:v>7.916</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>10.178</x:v>
+        <x:v>8.651</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>46000.7422800926</x:v>
+        <x:v>46037.7426967593</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>9.26</x:v>
+        <x:v>7.916</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>10.12</x:v>
+        <x:v>8.651</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45999.7427662037</x:v>
+        <x:v>46036.7743055556</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>9.412</x:v>
+        <x:v>8.019</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>10.286</x:v>
+        <x:v>8.764</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45996.7416898148</x:v>
+        <x:v>46036.7428935185</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>9.527</x:v>
+        <x:v>8.019</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>10.412</x:v>
+        <x:v>8.764</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45995.7432523148</x:v>
+        <x:v>46035.7727546296</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>9.326</x:v>
+        <x:v>7.943</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>10.192</x:v>
+        <x:v>8.681</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45994.7432638889</x:v>
+        <x:v>46035.7425115741</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>8.989</x:v>
+        <x:v>7.943</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>9.824</x:v>
+        <x:v>8.681</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45993.7429166667</x:v>
+        <x:v>46034.7735763889</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>8.351</x:v>
+        <x:v>8.232</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>9.127</x:v>
+        <x:v>8.997</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45992.741724537</x:v>
+        <x:v>46031.7746180556</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>8.438</x:v>
+        <x:v>8.603</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>9.222</x:v>
+        <x:v>9.402</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45989.7431481481</x:v>
+        <x:v>46031.7466203704</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>8.417</x:v>
+        <x:v>8.603</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>9.199</x:v>
+        <x:v>9.402</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45988.7414583333</x:v>
+        <x:v>46030.7736689815</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>8.251</x:v>
+        <x:v>8.61</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>9.017</x:v>
+        <x:v>9.41</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45987.7426157407</x:v>
+        <x:v>46030.7425694444</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>8.171</x:v>
+        <x:v>8.61</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>8.93</x:v>
+        <x:v>9.41</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45986.7689236111</x:v>
+        <x:v>46029.7727546296</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>8.278</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>9.047</x:v>
+        <x:v>9.28</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45986.7424537037</x:v>
+        <x:v>46029.7415162037</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>8.278</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>9.047</x:v>
+        <x:v>9.28</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45985.7418287037</x:v>
+        <x:v>46028.7421759259</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>8.005</x:v>
+        <x:v>8.596</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>8.749</x:v>
+        <x:v>9.394</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45982.7638541667</x:v>
+        <x:v>46027.7425810185</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>7.729</x:v>
+        <x:v>8.794</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>8.447</x:v>
+        <x:v>9.611</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45981.7416087963</x:v>
+        <x:v>46024.7413657407</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>7.503</x:v>
+        <x:v>8.882</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>8.2</x:v>
+        <x:v>9.707</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45980.7414351852</x:v>
+        <x:v>46022.7397800926</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>7.733</x:v>
+        <x:v>8.601</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>8.451</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45979.7620949074</x:v>
+        <x:v>46021.7415162037</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>7.689</x:v>
+        <x:v>8.651</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>8.403</x:v>
+        <x:v>9.455</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45979.7413425926</x:v>
+        <x:v>46020.74125</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>7.689</x:v>
+        <x:v>8.609</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>8.403</x:v>
+        <x:v>9.409</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45978.7625578704</x:v>
+        <x:v>46015.7398032407</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
         <x:v>0.05</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>8.046</x:v>
+        <x:v>8.621</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>8.794</x:v>
+        <x:v>9.422</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45975.7665740741</x:v>
+        <x:v>46014.7420949074</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>8.245</x:v>
+        <x:v>8.61</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>9.011</x:v>
+        <x:v>9.41</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45975.7415625</x:v>
+        <x:v>46013.7415740741</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>8.245</x:v>
+        <x:v>8.65</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>9.011</x:v>
+        <x:v>9.453</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45974.7421527778</x:v>
+        <x:v>46010.7428587963</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>8.466</x:v>
+        <x:v>9.06</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>9.252</x:v>
+        <x:v>9.902</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45973.7618287037</x:v>
+        <x:v>46009.742025463</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>8.439</x:v>
+        <x:v>9.157</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>9.223</x:v>
+        <x:v>10.008</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45973.7424652778</x:v>
+        <x:v>46008.7427430556</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>8.439</x:v>
+        <x:v>9.172</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>9.223</x:v>
+        <x:v>10.024</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45972.7415856481</x:v>
+        <x:v>46007.7675925926</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>8.491</x:v>
+        <x:v>9.256</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>9.28</x:v>
+        <x:v>10.116</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45968.7599652778</x:v>
+        <x:v>46006.7735416667</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>7.979</x:v>
+        <x:v>9.242</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>8.72</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45968.7419907407</x:v>
+        <x:v>46006.7424421296</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>7.979</x:v>
+        <x:v>9.242</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>8.72</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45967.7415509259</x:v>
+        <x:v>46003.7425925926</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>7.995</x:v>
+        <x:v>9.188</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>8.738</x:v>
+        <x:v>10.042</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45966.7603935185</x:v>
+        <x:v>46002.7741435185</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>8.058</x:v>
+        <x:v>9.174</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>8.807</x:v>
+        <x:v>10.026</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45966.7414814815</x:v>
+        <x:v>46002.7415972222</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>8.058</x:v>
+        <x:v>9.174</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>8.807</x:v>
+        <x:v>10.026</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45965.7581597222</x:v>
+        <x:v>46001.7726736111</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>7.914</x:v>
+        <x:v>9.313</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>8.649</x:v>
+        <x:v>10.178</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45965.7416782407</x:v>
+        <x:v>46001.7424884259</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>7.914</x:v>
+        <x:v>9.313</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>8.649</x:v>
+        <x:v>10.178</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45964.7418171296</x:v>
+        <x:v>46000.7422800926</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>8.095</x:v>
+        <x:v>9.26</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>8.847</x:v>
+        <x:v>10.12</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45961.8178587963</x:v>
+        <x:v>45999.7427662037</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>8.031</x:v>
+        <x:v>9.412</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>8.777</x:v>
+        <x:v>10.286</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45961.7663078704</x:v>
+        <x:v>45996.7416898148</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>8.031</x:v>
+        <x:v>9.527</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>8.777</x:v>
+        <x:v>10.412</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45961.7596296296</x:v>
+        <x:v>45995.7432523148</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>8.031</x:v>
+        <x:v>9.326</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>8.777</x:v>
+        <x:v>10.192</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45961.7416435185</x:v>
+        <x:v>45994.7432638889</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>8.031</x:v>
+        <x:v>8.989</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>8.777</x:v>
+        <x:v>9.824</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45960.7713657407</x:v>
+        <x:v>45993.7429166667</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>8.1</x:v>
+        <x:v>8.351</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>8.852</x:v>
+        <x:v>9.127</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45960.7414583333</x:v>
+        <x:v>45992.741724537</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>8.1</x:v>
+        <x:v>8.438</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>8.852</x:v>
+        <x:v>9.222</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45960.5990625</x:v>
+        <x:v>45989.7431481481</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>8.03</x:v>
+        <x:v>8.417</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>8.776</x:v>
+        <x:v>9.199</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45959.763599537</x:v>
+        <x:v>45988.7414583333</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>1.43</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>8.876</x:v>
+        <x:v>8.251</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>9.701</x:v>
+        <x:v>9.017</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45959.741724537</x:v>
+        <x:v>45987.7426157407</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>1.43</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>8.876</x:v>
+        <x:v>8.171</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>9.701</x:v>
+        <x:v>8.93</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45958.741412037</x:v>
+        <x:v>45986.7689236111</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>8.772</x:v>
+        <x:v>8.278</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>9.587</x:v>
+        <x:v>9.047</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45957.7416435185</x:v>
+        <x:v>45986.7424537037</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>8.633</x:v>
+        <x:v>8.278</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>9.435</x:v>
+        <x:v>9.047</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45954.7428819444</x:v>
+        <x:v>45985.7418287037</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>8.646</x:v>
+        <x:v>8.005</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>9.449</x:v>
+        <x:v>8.749</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45953.774849537</x:v>
+        <x:v>45982.7638541667</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>8.45</x:v>
+        <x:v>7.729</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>9.235</x:v>
+        <x:v>8.447</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45953.7428703704</x:v>
+        <x:v>45981.7416087963</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>8.45</x:v>
+        <x:v>7.503</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>9.235</x:v>
+        <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45952.760787037</x:v>
+        <x:v>45980.7414351852</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>8.553</x:v>
+        <x:v>7.733</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>9.348</x:v>
+        <x:v>8.451</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45952.7425115741</x:v>
+        <x:v>45979.7620949074</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>8.553</x:v>
+        <x:v>7.689</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>9.348</x:v>
+        <x:v>8.403</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45951.7420949074</x:v>
+        <x:v>45979.7413425926</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>1.33</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>8.738</x:v>
+        <x:v>7.689</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>9.55</x:v>
+        <x:v>8.403</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45950.8196759259</x:v>
+        <x:v>45978.7625578704</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>8.338</x:v>
+        <x:v>8.046</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>9.113</x:v>
+        <x:v>8.794</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45947.7632291667</x:v>
+        <x:v>45975.7665740741</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>8.151</x:v>
+        <x:v>8.245</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>8.908</x:v>
+        <x:v>9.011</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45946.7603009259</x:v>
+        <x:v>45975.7415625</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>8.078</x:v>
+        <x:v>8.245</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>8.829</x:v>
+        <x:v>9.011</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45946.7415393519</x:v>
+        <x:v>45974.7421527778</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>8.078</x:v>
+        <x:v>8.466</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>8.829</x:v>
+        <x:v>9.252</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45945.768900463</x:v>
+        <x:v>45973.7618287037</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>7.91</x:v>
+        <x:v>8.439</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>8.645</x:v>
+        <x:v>9.223</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45944.769375</x:v>
+        <x:v>45973.7424652778</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>7.66</x:v>
+        <x:v>8.439</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>8.371</x:v>
+        <x:v>9.223</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45944.7417708333</x:v>
+        <x:v>45972.7415856481</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>7.66</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>8.371</x:v>
+        <x:v>9.28</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45943.7465509259</x:v>
+        <x:v>45968.7599652778</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.82</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>8.053</x:v>
+        <x:v>7.979</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>8.801</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45940.7627662037</x:v>
+        <x:v>45968.7419907407</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>7.832</x:v>
+        <x:v>7.979</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>8.56</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45940.7458912037</x:v>
+        <x:v>45967.7415509259</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>7.832</x:v>
+        <x:v>7.995</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>8.56</x:v>
+        <x:v>8.738</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45939.7571527778</x:v>
+        <x:v>45966.7603935185</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>2.39</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>8.448</x:v>
+        <x:v>8.058</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>9.233</x:v>
+        <x:v>8.807</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45939.744212963</x:v>
+        <x:v>45966.7414814815</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>2.39</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>8.448</x:v>
+        <x:v>8.058</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>9.233</x:v>
+        <x:v>8.807</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45938.7624652778</x:v>
+        <x:v>45965.7581597222</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>2.6</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>8.518</x:v>
+        <x:v>7.914</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>9.309</x:v>
+        <x:v>8.649</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45938.741099537</x:v>
+        <x:v>45965.7416782407</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>2.6</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>8.518</x:v>
+        <x:v>7.914</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>9.309</x:v>
+        <x:v>8.649</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
+        <x:v>45964.7418171296</x:v>
+      </x:c>
+      <x:c r="B133" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C133" s="0">
+        <x:v>0.07</x:v>
+      </x:c>
+      <x:c r="D133" s="0">
+        <x:v>8.095</x:v>
+      </x:c>
+      <x:c r="E133" s="0">
+        <x:v>8.847</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:5">
+      <x:c r="A134" s="1">
+        <x:v>45961.8178587963</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C134" s="0">
+        <x:v>0.06</x:v>
+      </x:c>
+      <x:c r="D134" s="0">
+        <x:v>8.031</x:v>
+      </x:c>
+      <x:c r="E134" s="0">
+        <x:v>8.777</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:5">
+      <x:c r="A135" s="1">
+        <x:v>45961.7663078704</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C135" s="0">
+        <x:v>0.06</x:v>
+      </x:c>
+      <x:c r="D135" s="0">
+        <x:v>8.031</x:v>
+      </x:c>
+      <x:c r="E135" s="0">
+        <x:v>8.777</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:5">
+      <x:c r="A136" s="1">
+        <x:v>45961.7596296296</x:v>
+      </x:c>
+      <x:c r="B136" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C136" s="0">
+        <x:v>0.06</x:v>
+      </x:c>
+      <x:c r="D136" s="0">
+        <x:v>8.031</x:v>
+      </x:c>
+      <x:c r="E136" s="0">
+        <x:v>8.777</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:5">
+      <x:c r="A137" s="1">
+        <x:v>45961.7416435185</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C137" s="0">
+        <x:v>0.06</x:v>
+      </x:c>
+      <x:c r="D137" s="0">
+        <x:v>8.031</x:v>
+      </x:c>
+      <x:c r="E137" s="0">
+        <x:v>8.777</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:5">
+      <x:c r="A138" s="1">
+        <x:v>45960.7713657407</x:v>
+      </x:c>
+      <x:c r="B138" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C138" s="0">
+        <x:v>0.07</x:v>
+      </x:c>
+      <x:c r="D138" s="0">
+        <x:v>8.1</x:v>
+      </x:c>
+      <x:c r="E138" s="0">
+        <x:v>8.852</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:5">
+      <x:c r="A139" s="1">
+        <x:v>45960.7414583333</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C139" s="0">
+        <x:v>0.07</x:v>
+      </x:c>
+      <x:c r="D139" s="0">
+        <x:v>8.1</x:v>
+      </x:c>
+      <x:c r="E139" s="0">
+        <x:v>8.852</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:5">
+      <x:c r="A140" s="1">
+        <x:v>45960.5990625</x:v>
+      </x:c>
+      <x:c r="B140" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="C140" s="0">
+        <x:v>0.16</x:v>
+      </x:c>
+      <x:c r="D140" s="0">
+        <x:v>8.03</x:v>
+      </x:c>
+      <x:c r="E140" s="0">
+        <x:v>8.776</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:5">
+      <x:c r="A141" s="1">
+        <x:v>45959.763599537</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C141" s="0">
+        <x:v>1.43</x:v>
+      </x:c>
+      <x:c r="D141" s="0">
+        <x:v>8.876</x:v>
+      </x:c>
+      <x:c r="E141" s="0">
+        <x:v>9.701</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:5">
+      <x:c r="A142" s="1">
+        <x:v>45959.741724537</x:v>
+      </x:c>
+      <x:c r="B142" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C142" s="0">
+        <x:v>1.43</x:v>
+      </x:c>
+      <x:c r="D142" s="0">
+        <x:v>8.876</x:v>
+      </x:c>
+      <x:c r="E142" s="0">
+        <x:v>9.701</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:5">
+      <x:c r="A143" s="1">
+        <x:v>45958.741412037</x:v>
+      </x:c>
+      <x:c r="B143" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C143" s="0">
+        <x:v>1.28</x:v>
+      </x:c>
+      <x:c r="D143" s="0">
+        <x:v>8.772</x:v>
+      </x:c>
+      <x:c r="E143" s="0">
+        <x:v>9.587</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:5">
+      <x:c r="A144" s="1">
+        <x:v>45957.7416435185</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C144" s="0">
+        <x:v>1.11</x:v>
+      </x:c>
+      <x:c r="D144" s="0">
+        <x:v>8.633</x:v>
+      </x:c>
+      <x:c r="E144" s="0">
+        <x:v>9.435</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:5">
+      <x:c r="A145" s="1">
+        <x:v>45954.7428819444</x:v>
+      </x:c>
+      <x:c r="B145" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C145" s="0">
+        <x:v>1.13</x:v>
+      </x:c>
+      <x:c r="D145" s="0">
+        <x:v>8.646</x:v>
+      </x:c>
+      <x:c r="E145" s="0">
+        <x:v>9.449</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:5">
+      <x:c r="A146" s="1">
+        <x:v>45953.774849537</x:v>
+      </x:c>
+      <x:c r="B146" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C146" s="0">
+        <x:v>0.92</x:v>
+      </x:c>
+      <x:c r="D146" s="0">
+        <x:v>8.45</x:v>
+      </x:c>
+      <x:c r="E146" s="0">
+        <x:v>9.235</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:5">
+      <x:c r="A147" s="1">
+        <x:v>45953.7428703704</x:v>
+      </x:c>
+      <x:c r="B147" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C147" s="0">
+        <x:v>0.92</x:v>
+      </x:c>
+      <x:c r="D147" s="0">
+        <x:v>8.45</x:v>
+      </x:c>
+      <x:c r="E147" s="0">
+        <x:v>9.235</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:5">
+      <x:c r="A148" s="1">
+        <x:v>45952.760787037</x:v>
+      </x:c>
+      <x:c r="B148" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C148" s="0">
+        <x:v>1.05</x:v>
+      </x:c>
+      <x:c r="D148" s="0">
+        <x:v>8.553</x:v>
+      </x:c>
+      <x:c r="E148" s="0">
+        <x:v>9.348</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:5">
+      <x:c r="A149" s="1">
+        <x:v>45952.7425115741</x:v>
+      </x:c>
+      <x:c r="B149" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C149" s="0">
+        <x:v>1.05</x:v>
+      </x:c>
+      <x:c r="D149" s="0">
+        <x:v>8.553</x:v>
+      </x:c>
+      <x:c r="E149" s="0">
+        <x:v>9.348</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:5">
+      <x:c r="A150" s="1">
+        <x:v>45951.7420949074</x:v>
+      </x:c>
+      <x:c r="B150" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C150" s="0">
+        <x:v>1.33</x:v>
+      </x:c>
+      <x:c r="D150" s="0">
+        <x:v>8.738</x:v>
+      </x:c>
+      <x:c r="E150" s="0">
+        <x:v>9.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:5">
+      <x:c r="A151" s="1">
+        <x:v>45950.8196759259</x:v>
+      </x:c>
+      <x:c r="B151" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C151" s="0">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="D151" s="0">
+        <x:v>8.338</x:v>
+      </x:c>
+      <x:c r="E151" s="0">
+        <x:v>9.113</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:5">
+      <x:c r="A152" s="1">
+        <x:v>45947.7632291667</x:v>
+      </x:c>
+      <x:c r="B152" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C152" s="0">
+        <x:v>0.73</x:v>
+      </x:c>
+      <x:c r="D152" s="0">
+        <x:v>8.151</x:v>
+      </x:c>
+      <x:c r="E152" s="0">
+        <x:v>8.908</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153" spans="1:5">
+      <x:c r="A153" s="1">
+        <x:v>45946.7603009259</x:v>
+      </x:c>
+      <x:c r="B153" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C153" s="0">
+        <x:v>0.67</x:v>
+      </x:c>
+      <x:c r="D153" s="0">
+        <x:v>8.078</x:v>
+      </x:c>
+      <x:c r="E153" s="0">
+        <x:v>8.829</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:5">
+      <x:c r="A154" s="1">
+        <x:v>45946.7415393519</x:v>
+      </x:c>
+      <x:c r="B154" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C154" s="0">
+        <x:v>0.67</x:v>
+      </x:c>
+      <x:c r="D154" s="0">
+        <x:v>8.078</x:v>
+      </x:c>
+      <x:c r="E154" s="0">
+        <x:v>8.829</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155" spans="1:5">
+      <x:c r="A155" s="1">
+        <x:v>45945.768900463</x:v>
+      </x:c>
+      <x:c r="B155" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C155" s="0">
+        <x:v>0.56</x:v>
+      </x:c>
+      <x:c r="D155" s="0">
+        <x:v>7.91</x:v>
+      </x:c>
+      <x:c r="E155" s="0">
+        <x:v>8.645</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="156" spans="1:5">
+      <x:c r="A156" s="1">
+        <x:v>45944.769375</x:v>
+      </x:c>
+      <x:c r="B156" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C156" s="0">
+        <x:v>0.42</x:v>
+      </x:c>
+      <x:c r="D156" s="0">
+        <x:v>7.66</x:v>
+      </x:c>
+      <x:c r="E156" s="0">
+        <x:v>8.371</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="157" spans="1:5">
+      <x:c r="A157" s="1">
+        <x:v>45944.7417708333</x:v>
+      </x:c>
+      <x:c r="B157" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C157" s="0">
+        <x:v>0.42</x:v>
+      </x:c>
+      <x:c r="D157" s="0">
+        <x:v>7.66</x:v>
+      </x:c>
+      <x:c r="E157" s="0">
+        <x:v>8.371</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158" spans="1:5">
+      <x:c r="A158" s="1">
+        <x:v>45943.7465509259</x:v>
+      </x:c>
+      <x:c r="B158" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C158" s="0">
+        <x:v>0.82</x:v>
+      </x:c>
+      <x:c r="D158" s="0">
+        <x:v>8.053</x:v>
+      </x:c>
+      <x:c r="E158" s="0">
+        <x:v>8.801</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159" spans="1:5">
+      <x:c r="A159" s="1">
+        <x:v>45940.7627662037</x:v>
+      </x:c>
+      <x:c r="B159" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C159" s="0">
+        <x:v>0.64</x:v>
+      </x:c>
+      <x:c r="D159" s="0">
+        <x:v>7.832</x:v>
+      </x:c>
+      <x:c r="E159" s="0">
+        <x:v>8.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160" spans="1:5">
+      <x:c r="A160" s="1">
+        <x:v>45940.7458912037</x:v>
+      </x:c>
+      <x:c r="B160" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C160" s="0">
+        <x:v>0.64</x:v>
+      </x:c>
+      <x:c r="D160" s="0">
+        <x:v>7.832</x:v>
+      </x:c>
+      <x:c r="E160" s="0">
+        <x:v>8.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161" spans="1:5">
+      <x:c r="A161" s="1">
+        <x:v>45939.7571527778</x:v>
+      </x:c>
+      <x:c r="B161" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C161" s="0">
+        <x:v>2.39</x:v>
+      </x:c>
+      <x:c r="D161" s="0">
+        <x:v>8.448</x:v>
+      </x:c>
+      <x:c r="E161" s="0">
+        <x:v>9.233</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="162" spans="1:5">
+      <x:c r="A162" s="1">
+        <x:v>45939.744212963</x:v>
+      </x:c>
+      <x:c r="B162" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C162" s="0">
+        <x:v>2.39</x:v>
+      </x:c>
+      <x:c r="D162" s="0">
+        <x:v>8.448</x:v>
+      </x:c>
+      <x:c r="E162" s="0">
+        <x:v>9.233</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="163" spans="1:5">
+      <x:c r="A163" s="1">
+        <x:v>45938.7624652778</x:v>
+      </x:c>
+      <x:c r="B163" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C163" s="0">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="D163" s="0">
+        <x:v>8.518</x:v>
+      </x:c>
+      <x:c r="E163" s="0">
+        <x:v>9.309</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="164" spans="1:5">
+      <x:c r="A164" s="1">
+        <x:v>45938.741099537</x:v>
+      </x:c>
+      <x:c r="B164" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C164" s="0">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="D164" s="0">
+        <x:v>8.518</x:v>
+      </x:c>
+      <x:c r="E164" s="0">
+        <x:v>9.309</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="165" spans="1:5">
+      <x:c r="A165" s="1">
         <x:v>45937.7621875</x:v>
       </x:c>
-      <x:c r="B133" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C133" s="0">
+      <x:c r="B165" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C165" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D133" s="0">
+      <x:c r="D165" s="0">
         <x:v>8.63</x:v>
       </x:c>
-      <x:c r="E133" s="0">
+      <x:c r="E165" s="0">
         <x:v>9.432</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>