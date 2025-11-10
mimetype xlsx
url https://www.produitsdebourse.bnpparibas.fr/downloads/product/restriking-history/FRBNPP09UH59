--- v0 (2025-10-21)
+++ v1 (2025-11-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0d20baa406e4f36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e6c19e2c9514109acb6f05dee3560a4.psmdcp" Id="Rb729c26ee4454d55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfef52dca65da4b5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d1ca59fde23b4c7281dc43f6ebe00533.psmdcp" Id="R53f131758b1c4c8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09UH59</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,403 +390,641 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E21"/>
+  <x:dimension ref="A1:E35"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45950.9289583333</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>485.462</x:v>
+        <x:v>466.029</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>447.43</x:v>
+        <x:v>429.52</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>476.651</x:v>
+        <x:v>483.812</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>439.31</x:v>
+        <x:v>445.91</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45946.9261921296</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>465.194</x:v>
+        <x:v>501.346</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>428.75</x:v>
+        <x:v>462.07</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45945.9257060185</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>472.138</x:v>
+        <x:v>482.022</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>435.15</x:v>
+        <x:v>444.26</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45944.9308449074</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>465.725</x:v>
+        <x:v>508.182</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>429.24</x:v>
+        <x:v>468.37</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45943.926712963</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>472.952</x:v>
+        <x:v>495.368</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>435.9</x:v>
+        <x:v>456.56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>1.51</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>448.637</x:v>
+        <x:v>477.508</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>413.49</x:v>
+        <x:v>440.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>475.979</x:v>
+        <x:v>500.738</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>438.69</x:v>
+        <x:v>461.51</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>469.903</x:v>
+        <x:v>499.697</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>433.09</x:v>
+        <x:v>460.55</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>491.776</x:v>
+        <x:v>490.876</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>453.25</x:v>
+        <x:v>452.42</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>1.63</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>466.366</x:v>
+        <x:v>470.586</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>429.83</x:v>
+        <x:v>433.72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1.42</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>473.06</x:v>
+        <x:v>487.143</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>436</x:v>
+        <x:v>448.98</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>498.514</x:v>
+        <x:v>476.282</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>459.46</x:v>
+        <x:v>438.97</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>1.41</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>482.521</x:v>
+        <x:v>480.221</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>444.72</x:v>
+        <x:v>442.6</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>1.46</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>480.883</x:v>
+        <x:v>485.462</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>443.21</x:v>
+        <x:v>447.43</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>1.56</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>477.834</x:v>
+        <x:v>476.651</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>440.4</x:v>
+        <x:v>439.31</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45946.9261921296</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>2.6</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>459.378</x:v>
+        <x:v>465.194</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>423.39</x:v>
+        <x:v>428.75</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45945.9257060185</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1.81</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>480.427</x:v>
+        <x:v>472.138</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>442.79</x:v>
+        <x:v>435.15</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
+        <x:v>45944.9308449074</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C21" s="0">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="D21" s="0">
+        <x:v>465.725</x:v>
+      </x:c>
+      <x:c r="E21" s="0">
+        <x:v>429.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="1">
+        <x:v>45943.926712963</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C22" s="0">
+        <x:v>0.69</x:v>
+      </x:c>
+      <x:c r="D22" s="0">
+        <x:v>472.952</x:v>
+      </x:c>
+      <x:c r="E22" s="0">
+        <x:v>435.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="1">
+        <x:v>45940.9234837963</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C23" s="0">
+        <x:v>1.51</x:v>
+      </x:c>
+      <x:c r="D23" s="0">
+        <x:v>448.637</x:v>
+      </x:c>
+      <x:c r="E23" s="0">
+        <x:v>413.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="1">
+        <x:v>45938.9270601852</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C24" s="0">
+        <x:v>0.93</x:v>
+      </x:c>
+      <x:c r="D24" s="0">
+        <x:v>475.979</x:v>
+      </x:c>
+      <x:c r="E24" s="0">
+        <x:v>438.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="1">
+        <x:v>45937.9282175926</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C25" s="0">
+        <x:v>1.07</x:v>
+      </x:c>
+      <x:c r="D25" s="0">
+        <x:v>469.903</x:v>
+      </x:c>
+      <x:c r="E25" s="0">
+        <x:v>433.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="1">
+        <x:v>45936.9242361111</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C26" s="0">
+        <x:v>0.74</x:v>
+      </x:c>
+      <x:c r="D26" s="0">
+        <x:v>491.776</x:v>
+      </x:c>
+      <x:c r="E26" s="0">
+        <x:v>453.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="1">
+        <x:v>45933.9288888889</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C27" s="0">
+        <x:v>1.63</x:v>
+      </x:c>
+      <x:c r="D27" s="0">
+        <x:v>466.366</x:v>
+      </x:c>
+      <x:c r="E27" s="0">
+        <x:v>429.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="1">
+        <x:v>45932.9250347222</x:v>
+      </x:c>
+      <x:c r="B28" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C28" s="0">
+        <x:v>1.42</x:v>
+      </x:c>
+      <x:c r="D28" s="0">
+        <x:v>473.06</x:v>
+      </x:c>
+      <x:c r="E28" s="0">
+        <x:v>436</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="1">
+        <x:v>45931.9293634259</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C29" s="0">
+        <x:v>0.94</x:v>
+      </x:c>
+      <x:c r="D29" s="0">
+        <x:v>498.514</x:v>
+      </x:c>
+      <x:c r="E29" s="0">
+        <x:v>459.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="1">
+        <x:v>45930.9338773148</x:v>
+      </x:c>
+      <x:c r="B30" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C30" s="0">
+        <x:v>1.41</x:v>
+      </x:c>
+      <x:c r="D30" s="0">
+        <x:v>482.521</x:v>
+      </x:c>
+      <x:c r="E30" s="0">
+        <x:v>444.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="1">
+        <x:v>45929.9323842593</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C31" s="0">
+        <x:v>1.46</x:v>
+      </x:c>
+      <x:c r="D31" s="0">
+        <x:v>480.883</x:v>
+      </x:c>
+      <x:c r="E31" s="0">
+        <x:v>443.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="1">
+        <x:v>45926.9299537037</x:v>
+      </x:c>
+      <x:c r="B32" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C32" s="0">
+        <x:v>1.56</x:v>
+      </x:c>
+      <x:c r="D32" s="0">
+        <x:v>477.834</x:v>
+      </x:c>
+      <x:c r="E32" s="0">
+        <x:v>440.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="1">
+        <x:v>45925.9293865741</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C33" s="0">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="D33" s="0">
+        <x:v>459.378</x:v>
+      </x:c>
+      <x:c r="E33" s="0">
+        <x:v>423.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="1">
+        <x:v>45924.9296990741</x:v>
+      </x:c>
+      <x:c r="B34" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C34" s="0">
+        <x:v>1.81</x:v>
+      </x:c>
+      <x:c r="D34" s="0">
+        <x:v>480.427</x:v>
+      </x:c>
+      <x:c r="E34" s="0">
+        <x:v>442.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="1">
         <x:v>45923.925162037</x:v>
       </x:c>
-      <x:c r="B21" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C21" s="0">
+      <x:c r="B35" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C35" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D21" s="0">
+      <x:c r="D35" s="0">
         <x:v>462.047</x:v>
       </x:c>
-      <x:c r="E21" s="0">
+      <x:c r="E35" s="0">
         <x:v>425.85</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>