--- v1 (2025-11-10)
+++ v2 (2025-12-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfef52dca65da4b5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d1ca59fde23b4c7281dc43f6ebe00533.psmdcp" Id="R53f131758b1c4c8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3662afa62a84373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6f02811e45e6446fb915f130bf75e7f7.psmdcp" Id="Rd89a2f93aacf40b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09UH59</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,641 +390,930 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E35"/>
+  <x:dimension ref="A1:E52"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45968.9254976852</x:v>
+        <x:v>45995.9303935185</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>466.029</x:v>
+        <x:v>493.165</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>429.52</x:v>
+        <x:v>454.53</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>45994.9277430556</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>483.812</x:v>
+        <x:v>484.713</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>445.91</x:v>
+        <x:v>446.74</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45966.9253240741</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>501.346</x:v>
+        <x:v>465.725</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>462.07</x:v>
+        <x:v>429.24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45992.9296759259</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>482.022</x:v>
+        <x:v>466.702</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>444.26</x:v>
+        <x:v>430.14</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45964.9228587963</x:v>
+        <x:v>45989.8197453704</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>508.182</x:v>
+        <x:v>466.734</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>468.37</x:v>
+        <x:v>430.17</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45961.8819907407</x:v>
+        <x:v>45987.9266435185</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>495.368</x:v>
+        <x:v>462.839</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>456.56</x:v>
+        <x:v>426.58</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45986.9249305556</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>477.508</x:v>
+        <x:v>455.049</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>440.1</x:v>
+        <x:v>419.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45959.8897800926</x:v>
+        <x:v>45982.9249768518</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>500.738</x:v>
+        <x:v>424.333</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>461.51</x:v>
+        <x:v>391.09</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45958.8875</x:v>
+        <x:v>45981.9258796296</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>499.697</x:v>
+        <x:v>428.825</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>460.55</x:v>
+        <x:v>395.23</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45957.8876157407</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>490.876</x:v>
+        <x:v>438.329</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>452.42</x:v>
+        <x:v>403.99</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45954.9259143519</x:v>
+        <x:v>45979.9258564815</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>470.586</x:v>
+        <x:v>435.356</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>433.72</x:v>
+        <x:v>401.25</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45953.9278935185</x:v>
+        <x:v>45978.9281828704</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>487.143</x:v>
+        <x:v>443.678</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>448.98</x:v>
+        <x:v>408.92</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45952.9304398148</x:v>
+        <x:v>45975.925775463</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>476.282</x:v>
+        <x:v>438.72</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>438.97</x:v>
+        <x:v>404.35</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>480.221</x:v>
+        <x:v>436.159</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>442.6</x:v>
+        <x:v>401.99</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45950.9289583333</x:v>
+        <x:v>45973.9253009259</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>485.462</x:v>
+        <x:v>467.201</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>447.43</x:v>
+        <x:v>430.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45972.9253703704</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>476.651</x:v>
+        <x:v>476.988</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>439.31</x:v>
+        <x:v>439.62</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45946.9261921296</x:v>
+        <x:v>45971.9254050926</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>465.194</x:v>
+        <x:v>483.075</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>428.75</x:v>
+        <x:v>445.23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45945.9257060185</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>472.138</x:v>
+        <x:v>466.029</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>435.15</x:v>
+        <x:v>429.52</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45944.9308449074</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>465.725</x:v>
+        <x:v>483.812</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>429.24</x:v>
+        <x:v>445.91</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45943.926712963</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>472.952</x:v>
+        <x:v>501.346</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>435.9</x:v>
+        <x:v>462.07</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>1.51</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>448.637</x:v>
+        <x:v>482.022</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>413.49</x:v>
+        <x:v>444.26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>475.979</x:v>
+        <x:v>508.182</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>438.69</x:v>
+        <x:v>468.37</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>469.903</x:v>
+        <x:v>495.368</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>433.09</x:v>
+        <x:v>456.56</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>491.776</x:v>
+        <x:v>477.508</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>453.25</x:v>
+        <x:v>440.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>1.63</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>466.366</x:v>
+        <x:v>500.738</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>429.83</x:v>
+        <x:v>461.51</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>1.42</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>473.06</x:v>
+        <x:v>499.697</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>436</x:v>
+        <x:v>460.55</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>498.514</x:v>
+        <x:v>490.876</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>459.46</x:v>
+        <x:v>452.42</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>1.41</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>482.521</x:v>
+        <x:v>470.586</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>444.72</x:v>
+        <x:v>433.72</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1.46</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>480.883</x:v>
+        <x:v>487.143</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>443.21</x:v>
+        <x:v>448.98</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>1.56</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>477.834</x:v>
+        <x:v>476.282</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>440.4</x:v>
+        <x:v>438.97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>2.6</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>459.378</x:v>
+        <x:v>480.221</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>423.39</x:v>
+        <x:v>442.6</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>1.81</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>480.427</x:v>
+        <x:v>485.462</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>442.79</x:v>
+        <x:v>447.43</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
+        <x:v>45947.9300694444</x:v>
+      </x:c>
+      <x:c r="B35" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C35" s="0">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="D35" s="0">
+        <x:v>476.651</x:v>
+      </x:c>
+      <x:c r="E35" s="0">
+        <x:v>439.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="1">
+        <x:v>45946.9261921296</x:v>
+      </x:c>
+      <x:c r="B36" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C36" s="0">
+        <x:v>0.79</x:v>
+      </x:c>
+      <x:c r="D36" s="0">
+        <x:v>465.194</x:v>
+      </x:c>
+      <x:c r="E36" s="0">
+        <x:v>428.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="1">
+        <x:v>45945.9257060185</x:v>
+      </x:c>
+      <x:c r="B37" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C37" s="0">
+        <x:v>0.69</x:v>
+      </x:c>
+      <x:c r="D37" s="0">
+        <x:v>472.138</x:v>
+      </x:c>
+      <x:c r="E37" s="0">
+        <x:v>435.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="1">
+        <x:v>45944.9308449074</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C38" s="0">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="D38" s="0">
+        <x:v>465.725</x:v>
+      </x:c>
+      <x:c r="E38" s="0">
+        <x:v>429.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="1">
+        <x:v>45943.926712963</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C39" s="0">
+        <x:v>0.69</x:v>
+      </x:c>
+      <x:c r="D39" s="0">
+        <x:v>472.952</x:v>
+      </x:c>
+      <x:c r="E39" s="0">
+        <x:v>435.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="1">
+        <x:v>45940.9234837963</x:v>
+      </x:c>
+      <x:c r="B40" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C40" s="0">
+        <x:v>1.51</x:v>
+      </x:c>
+      <x:c r="D40" s="0">
+        <x:v>448.637</x:v>
+      </x:c>
+      <x:c r="E40" s="0">
+        <x:v>413.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="1">
+        <x:v>45938.9270601852</x:v>
+      </x:c>
+      <x:c r="B41" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C41" s="0">
+        <x:v>0.93</x:v>
+      </x:c>
+      <x:c r="D41" s="0">
+        <x:v>475.979</x:v>
+      </x:c>
+      <x:c r="E41" s="0">
+        <x:v>438.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="1">
+        <x:v>45937.9282175926</x:v>
+      </x:c>
+      <x:c r="B42" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C42" s="0">
+        <x:v>1.07</x:v>
+      </x:c>
+      <x:c r="D42" s="0">
+        <x:v>469.903</x:v>
+      </x:c>
+      <x:c r="E42" s="0">
+        <x:v>433.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="1">
+        <x:v>45936.9242361111</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C43" s="0">
+        <x:v>0.74</x:v>
+      </x:c>
+      <x:c r="D43" s="0">
+        <x:v>491.776</x:v>
+      </x:c>
+      <x:c r="E43" s="0">
+        <x:v>453.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="1">
+        <x:v>45933.9288888889</x:v>
+      </x:c>
+      <x:c r="B44" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C44" s="0">
+        <x:v>1.63</x:v>
+      </x:c>
+      <x:c r="D44" s="0">
+        <x:v>466.366</x:v>
+      </x:c>
+      <x:c r="E44" s="0">
+        <x:v>429.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="1">
+        <x:v>45932.9250347222</x:v>
+      </x:c>
+      <x:c r="B45" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C45" s="0">
+        <x:v>1.42</x:v>
+      </x:c>
+      <x:c r="D45" s="0">
+        <x:v>473.06</x:v>
+      </x:c>
+      <x:c r="E45" s="0">
+        <x:v>436</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="1">
+        <x:v>45931.9293634259</x:v>
+      </x:c>
+      <x:c r="B46" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C46" s="0">
+        <x:v>0.94</x:v>
+      </x:c>
+      <x:c r="D46" s="0">
+        <x:v>498.514</x:v>
+      </x:c>
+      <x:c r="E46" s="0">
+        <x:v>459.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="1">
+        <x:v>45930.9338773148</x:v>
+      </x:c>
+      <x:c r="B47" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C47" s="0">
+        <x:v>1.41</x:v>
+      </x:c>
+      <x:c r="D47" s="0">
+        <x:v>482.521</x:v>
+      </x:c>
+      <x:c r="E47" s="0">
+        <x:v>444.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="1">
+        <x:v>45929.9323842593</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C48" s="0">
+        <x:v>1.46</x:v>
+      </x:c>
+      <x:c r="D48" s="0">
+        <x:v>480.883</x:v>
+      </x:c>
+      <x:c r="E48" s="0">
+        <x:v>443.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="1">
+        <x:v>45926.9299537037</x:v>
+      </x:c>
+      <x:c r="B49" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C49" s="0">
+        <x:v>1.56</x:v>
+      </x:c>
+      <x:c r="D49" s="0">
+        <x:v>477.834</x:v>
+      </x:c>
+      <x:c r="E49" s="0">
+        <x:v>440.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="1">
+        <x:v>45925.9293865741</x:v>
+      </x:c>
+      <x:c r="B50" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C50" s="0">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="D50" s="0">
+        <x:v>459.378</x:v>
+      </x:c>
+      <x:c r="E50" s="0">
+        <x:v>423.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="1">
+        <x:v>45924.9296990741</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C51" s="0">
+        <x:v>1.81</x:v>
+      </x:c>
+      <x:c r="D51" s="0">
+        <x:v>480.427</x:v>
+      </x:c>
+      <x:c r="E51" s="0">
+        <x:v>442.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="1">
         <x:v>45923.925162037</x:v>
       </x:c>
-      <x:c r="B35" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C35" s="0">
+      <x:c r="B52" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C52" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D35" s="0">
+      <x:c r="D52" s="0">
         <x:v>462.047</x:v>
       </x:c>
-      <x:c r="E35" s="0">
+      <x:c r="E52" s="0">
         <x:v>425.85</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>