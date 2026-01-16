--- v2 (2025-12-21)
+++ v3 (2026-01-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3662afa62a84373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6f02811e45e6446fb915f130bf75e7f7.psmdcp" Id="Rd89a2f93aacf40b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f01684c7d344a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/80d5e525101e4ec2b8535b90a1713725.psmdcp" Id="R78cead090822460e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09UH59</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>