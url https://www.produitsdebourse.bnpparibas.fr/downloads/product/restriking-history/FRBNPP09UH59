--- v3 (2026-01-16)
+++ v4 (2026-02-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f01684c7d344a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/80d5e525101e4ec2b8535b90a1713725.psmdcp" Id="R78cead090822460e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b3eef566c6b49da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7e3fd807d80e474ba25c4fa714b4087c.psmdcp" Id="R0d309f9e8c824339" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09UH59</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>