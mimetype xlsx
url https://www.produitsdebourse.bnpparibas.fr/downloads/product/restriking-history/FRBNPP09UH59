--- v4 (2026-02-08)
+++ v5 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b3eef566c6b49da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7e3fd807d80e474ba25c4fa714b4087c.psmdcp" Id="R0d309f9e8c824339" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7e85133cc1346ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cb8749aa3d434edd862dada6cb7dd76b.psmdcp" Id="R49192ff92d3a4ad5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09UH59</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>