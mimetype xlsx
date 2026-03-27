--- v5 (2026-03-05)
+++ v6 (2026-03-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7e85133cc1346ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cb8749aa3d434edd862dada6cb7dd76b.psmdcp" Id="R49192ff92d3a4ad5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e86669a525f4616" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d5be49672c7247fea293b30887dfd624.psmdcp" Id="R2d9bb140c7fe4bc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09UH59</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>