--- v0 (2025-11-21)
+++ v1 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63f7025dfc5a4af6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8b21501f4cd445eaa9a28109fe0915ba.psmdcp" Id="Rea45c2d102f646f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51b312ed74194744" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f2dbff86431a40ffa1e3ae74368ad6fa.psmdcp" Id="R78a15fba1f10465f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09UGP5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,794 +390,1049 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E44"/>
+  <x:dimension ref="A1:E59"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45981.9258796296</x:v>
+        <x:v>46007.9278356481</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>111.894</x:v>
+        <x:v>108.982</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>153.28</x:v>
+        <x:v>149.29</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>2.41</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>116.041</x:v>
+        <x:v>109.566</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>158.96</x:v>
+        <x:v>150.09</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45979.9258564815</x:v>
+        <x:v>46003.9269791667</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>2.45</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>116.596</x:v>
+        <x:v>113.646</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>159.72</x:v>
+        <x:v>155.68</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45978.9281828704</x:v>
+        <x:v>46002.9321064815</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>2.36</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>115.128</x:v>
+        <x:v>114.537</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>157.71</x:v>
+        <x:v>156.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45975.925775463</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>2.19</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>112.274</x:v>
+        <x:v>115.939</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>153.8</x:v>
+        <x:v>158.82</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>2.48</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>116.683</x:v>
+        <x:v>113.851</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>159.84</x:v>
+        <x:v>155.96</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45973.9253009259</x:v>
+        <x:v>45996.930787037</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>2.39</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>115.274</x:v>
+        <x:v>115.574</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>157.91</x:v>
+        <x:v>158.32</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45972.9253703704</x:v>
+        <x:v>45995.9303935185</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>2.53</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>117.384</x:v>
+        <x:v>114.931</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>160.8</x:v>
+        <x:v>157.44</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45971.9254050926</x:v>
+        <x:v>45994.9277430556</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>2.79</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>121.1</x:v>
+        <x:v>115.398</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>165.89</x:v>
+        <x:v>158.08</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45968.9254976852</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>2.81</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>121.45</x:v>
+        <x:v>117.625</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>166.37</x:v>
+        <x:v>161.13</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>45992.9296759259</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>2.88</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>122.355</x:v>
+        <x:v>119.91</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>167.61</x:v>
+        <x:v>164.26</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45966.9253240741</x:v>
+        <x:v>45989.8197453704</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>2.74</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>120.319</x:v>
+        <x:v>114.829</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>164.82</x:v>
+        <x:v>157.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45987.9266435185</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>2.72</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>119.939</x:v>
+        <x:v>115.048</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>164.3</x:v>
+        <x:v>157.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45964.9228587963</x:v>
+        <x:v>45986.9249305556</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>2.89</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>122.406</x:v>
+        <x:v>114.639</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>167.68</x:v>
+        <x:v>157.04</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45961.8819907407</x:v>
+        <x:v>45982.9249768518</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>3.05</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>124.414</x:v>
+        <x:v>111.639</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>170.43</x:v>
+        <x:v>152.93</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45981.9258796296</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>3.24</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>126.969</x:v>
+        <x:v>111.894</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>173.93</x:v>
+        <x:v>153.28</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45959.8897800926</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>3.61</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>131.385</x:v>
+        <x:v>116.041</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>179.98</x:v>
+        <x:v>158.96</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45958.8875</x:v>
+        <x:v>45979.9258564815</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>3.42</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>129.006</x:v>
+        <x:v>116.596</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>176.72</x:v>
+        <x:v>159.72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45957.8876157407</x:v>
+        <x:v>45978.9281828704</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>3.59</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>130.991</x:v>
+        <x:v>115.128</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>179.44</x:v>
+        <x:v>157.71</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45954.9259143519</x:v>
+        <x:v>45975.925775463</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>3.32</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>127.531</x:v>
+        <x:v>112.274</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>174.7</x:v>
+        <x:v>153.8</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45953.9278935185</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>3.17</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>125.487</x:v>
+        <x:v>116.683</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>171.9</x:v>
+        <x:v>159.84</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45952.9304398148</x:v>
+        <x:v>45973.9253009259</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>2.86</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>121.085</x:v>
+        <x:v>115.274</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>165.87</x:v>
+        <x:v>157.91</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45972.9253703704</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>2.9</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>121.684</x:v>
+        <x:v>117.384</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>166.69</x:v>
+        <x:v>160.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45950.9289583333</x:v>
+        <x:v>45971.9254050926</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>3.29</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>126.633</x:v>
+        <x:v>121.1</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>173.47</x:v>
+        <x:v>165.89</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>2.95</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>121.946</x:v>
+        <x:v>121.45</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>167.05</x:v>
+        <x:v>166.37</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45946.9261921296</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>2.85</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>120.516</x:v>
+        <x:v>122.355</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>165.09</x:v>
+        <x:v>167.61</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45945.9257060185</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>2.9</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>121.114</x:v>
+        <x:v>120.319</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>165.91</x:v>
+        <x:v>164.82</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45944.9308449074</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>2.75</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>118.888</x:v>
+        <x:v>119.939</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>162.86</x:v>
+        <x:v>164.3</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45943.926712963</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>2.96</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>121.771</x:v>
+        <x:v>122.406</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>166.81</x:v>
+        <x:v>167.68</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>2.58</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>116.07</x:v>
+        <x:v>124.414</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>159</x:v>
+        <x:v>170.43</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>3.95</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>132.218</x:v>
+        <x:v>126.969</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>181.12</x:v>
+        <x:v>173.93</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>3.97</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>132.371</x:v>
+        <x:v>131.385</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>181.33</x:v>
+        <x:v>179.98</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>4.38</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>136.671</x:v>
+        <x:v>129.006</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>187.22</x:v>
+        <x:v>176.72</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>4.45</x:v>
+        <x:v>3.59</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>137.262</x:v>
+        <x:v>130.991</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>188.03</x:v>
+        <x:v>179.44</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>4.54</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>138.218</x:v>
+        <x:v>127.531</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>189.34</x:v>
+        <x:v>174.7</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>4.1</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>133.429</x:v>
+        <x:v>125.487</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>182.78</x:v>
+        <x:v>171.9</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>3.84</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>130.473</x:v>
+        <x:v>121.085</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>178.73</x:v>
+        <x:v>165.87</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>3.92</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>131.327</x:v>
+        <x:v>121.684</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>179.9</x:v>
+        <x:v>166.69</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>3.45</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>125.494</x:v>
+        <x:v>126.633</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>171.91</x:v>
+        <x:v>173.47</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>3.67</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>128.093</x:v>
+        <x:v>121.946</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>175.47</x:v>
+        <x:v>167.05</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45946.9261921296</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>3.74</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>128.801</x:v>
+        <x:v>120.516</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>176.44</x:v>
+        <x:v>165.09</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
+        <x:v>45945.9257060185</x:v>
+      </x:c>
+      <x:c r="B44" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C44" s="0">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="D44" s="0">
+        <x:v>121.114</x:v>
+      </x:c>
+      <x:c r="E44" s="0">
+        <x:v>165.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="1">
+        <x:v>45944.9308449074</x:v>
+      </x:c>
+      <x:c r="B45" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C45" s="0">
+        <x:v>2.75</x:v>
+      </x:c>
+      <x:c r="D45" s="0">
+        <x:v>118.888</x:v>
+      </x:c>
+      <x:c r="E45" s="0">
+        <x:v>162.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="1">
+        <x:v>45943.926712963</x:v>
+      </x:c>
+      <x:c r="B46" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C46" s="0">
+        <x:v>2.96</x:v>
+      </x:c>
+      <x:c r="D46" s="0">
+        <x:v>121.771</x:v>
+      </x:c>
+      <x:c r="E46" s="0">
+        <x:v>166.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="1">
+        <x:v>45940.9234837963</x:v>
+      </x:c>
+      <x:c r="B47" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C47" s="0">
+        <x:v>2.58</x:v>
+      </x:c>
+      <x:c r="D47" s="0">
+        <x:v>116.07</x:v>
+      </x:c>
+      <x:c r="E47" s="0">
+        <x:v>159</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="1">
+        <x:v>45938.9270601852</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C48" s="0">
+        <x:v>3.95</x:v>
+      </x:c>
+      <x:c r="D48" s="0">
+        <x:v>132.218</x:v>
+      </x:c>
+      <x:c r="E48" s="0">
+        <x:v>181.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="1">
+        <x:v>45937.9282175926</x:v>
+      </x:c>
+      <x:c r="B49" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C49" s="0">
+        <x:v>3.97</x:v>
+      </x:c>
+      <x:c r="D49" s="0">
+        <x:v>132.371</x:v>
+      </x:c>
+      <x:c r="E49" s="0">
+        <x:v>181.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="1">
+        <x:v>45936.9242361111</x:v>
+      </x:c>
+      <x:c r="B50" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C50" s="0">
+        <x:v>4.38</x:v>
+      </x:c>
+      <x:c r="D50" s="0">
+        <x:v>136.671</x:v>
+      </x:c>
+      <x:c r="E50" s="0">
+        <x:v>187.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="1">
+        <x:v>45933.9288888889</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C51" s="0">
+        <x:v>4.45</x:v>
+      </x:c>
+      <x:c r="D51" s="0">
+        <x:v>137.262</x:v>
+      </x:c>
+      <x:c r="E51" s="0">
+        <x:v>188.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="1">
+        <x:v>45932.9250347222</x:v>
+      </x:c>
+      <x:c r="B52" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C52" s="0">
+        <x:v>4.54</x:v>
+      </x:c>
+      <x:c r="D52" s="0">
+        <x:v>138.218</x:v>
+      </x:c>
+      <x:c r="E52" s="0">
+        <x:v>189.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="1">
+        <x:v>45931.9293634259</x:v>
+      </x:c>
+      <x:c r="B53" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C53" s="0">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="D53" s="0">
+        <x:v>133.429</x:v>
+      </x:c>
+      <x:c r="E53" s="0">
+        <x:v>182.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="1">
+        <x:v>45930.9338773148</x:v>
+      </x:c>
+      <x:c r="B54" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C54" s="0">
+        <x:v>3.84</x:v>
+      </x:c>
+      <x:c r="D54" s="0">
+        <x:v>130.473</x:v>
+      </x:c>
+      <x:c r="E54" s="0">
+        <x:v>178.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="1">
+        <x:v>45929.9323842593</x:v>
+      </x:c>
+      <x:c r="B55" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C55" s="0">
+        <x:v>3.92</x:v>
+      </x:c>
+      <x:c r="D55" s="0">
+        <x:v>131.327</x:v>
+      </x:c>
+      <x:c r="E55" s="0">
+        <x:v>179.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="1">
+        <x:v>45926.9299537037</x:v>
+      </x:c>
+      <x:c r="B56" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C56" s="0">
+        <x:v>3.45</x:v>
+      </x:c>
+      <x:c r="D56" s="0">
+        <x:v>125.494</x:v>
+      </x:c>
+      <x:c r="E56" s="0">
+        <x:v>171.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="1">
+        <x:v>45925.9293865741</x:v>
+      </x:c>
+      <x:c r="B57" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C57" s="0">
+        <x:v>3.67</x:v>
+      </x:c>
+      <x:c r="D57" s="0">
+        <x:v>128.093</x:v>
+      </x:c>
+      <x:c r="E57" s="0">
+        <x:v>175.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="1">
+        <x:v>45924.9296990741</x:v>
+      </x:c>
+      <x:c r="B58" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C58" s="0">
+        <x:v>3.74</x:v>
+      </x:c>
+      <x:c r="D58" s="0">
+        <x:v>128.801</x:v>
+      </x:c>
+      <x:c r="E58" s="0">
+        <x:v>176.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="1">
         <x:v>45923.925162037</x:v>
       </x:c>
-      <x:c r="B44" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C44" s="0">
+      <x:c r="B59" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C59" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D44" s="0">
+      <x:c r="D59" s="0">
         <x:v>119.048</x:v>
       </x:c>
-      <x:c r="E44" s="0">
+      <x:c r="E59" s="0">
         <x:v>163.08</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>