--- v1 (2025-12-17)
+++ v2 (2026-01-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51b312ed74194744" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f2dbff86431a40ffa1e3ae74368ad6fa.psmdcp" Id="R78a15fba1f10465f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f08faee41bc4439" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8030d4a7f22c43d18bfa613e85150f3c.psmdcp" Id="Rc188f9b475e24948" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09UGP5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1049 +390,1423 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E59"/>
+  <x:dimension ref="A1:E81"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46007.9278356481</x:v>
+        <x:v>46038.9244097222</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.92</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>108.982</x:v>
+        <x:v>120.742</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>149.29</x:v>
+        <x:v>165.4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46006.9271412037</x:v>
+        <x:v>46037.9281134259</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1.95</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>109.566</x:v>
+        <x:v>124.779</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>150.09</x:v>
+        <x:v>170.93</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46003.9269791667</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>2.19</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>113.646</x:v>
+        <x:v>124.027</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>155.68</x:v>
+        <x:v>169.9</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46002.9321064815</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>2.24</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>114.537</x:v>
+        <x:v>121.917</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>156.9</x:v>
+        <x:v>167.01</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46001.9271180556</x:v>
+        <x:v>46034.927974537</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>2.33</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>115.939</x:v>
+        <x:v>121.406</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>158.82</x:v>
+        <x:v>166.31</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46000.9276273148</x:v>
+        <x:v>46031.9291087963</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>2.21</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>113.851</x:v>
+        <x:v>110.201</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>155.96</x:v>
+        <x:v>150.96</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45996.930787037</x:v>
+        <x:v>46030.9271064815</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>2.32</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>115.574</x:v>
+        <x:v>112.763</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>158.32</x:v>
+        <x:v>154.47</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45995.9303935185</x:v>
+        <x:v>46029.9279398148</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>2.28</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>114.931</x:v>
+        <x:v>107.128</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>157.44</x:v>
+        <x:v>146.75</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45994.9277430556</x:v>
+        <x:v>46028.9271643519</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>115.398</x:v>
+        <x:v>110.157</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>158.08</x:v>
+        <x:v>150.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46027.9295949074</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>2.45</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>117.625</x:v>
+        <x:v>114.07</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>161.13</x:v>
+        <x:v>156.26</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45992.9296759259</x:v>
+        <x:v>46024.9272453704</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>2.6</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>119.91</x:v>
+        <x:v>113.69</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>164.26</x:v>
+        <x:v>155.74</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45989.8197453704</x:v>
+        <x:v>46022.9253125</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>2.3</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>114.829</x:v>
+        <x:v>107.003</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>157.3</x:v>
+        <x:v>146.58</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45987.9266435185</x:v>
+        <x:v>46021.927025463</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>115.048</x:v>
+        <x:v>107.573</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>157.6</x:v>
+        <x:v>147.36</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45986.9249305556</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>2.29</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>114.639</x:v>
+        <x:v>108.398</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>157.04</x:v>
+        <x:v>148.49</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45982.9249768518</x:v>
+        <x:v>46017.9264351852</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>2.14</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>111.639</x:v>
+        <x:v>111.135</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>152.93</x:v>
+        <x:v>152.24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45981.9258796296</x:v>
+        <x:v>46015.9254513889</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>111.894</x:v>
+        <x:v>109.544</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>153.28</x:v>
+        <x:v>150.06</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46015.7976851852</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>2.41</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>116.041</x:v>
+        <x:v>109.544</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>158.96</x:v>
+        <x:v>150.06</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45979.9258564815</x:v>
+        <x:v>46014.9278125</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>2.45</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>116.596</x:v>
+        <x:v>110.398</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>159.72</x:v>
+        <x:v>151.23</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45978.9281828704</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>2.36</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>115.128</x:v>
+        <x:v>110.201</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>157.71</x:v>
+        <x:v>150.96</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45975.925775463</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>2.19</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>112.274</x:v>
+        <x:v>109.347</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>153.8</x:v>
+        <x:v>149.79</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>46009.930775463</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>2.48</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>116.683</x:v>
+        <x:v>107.544</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>159.84</x:v>
+        <x:v>147.32</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45973.9253009259</x:v>
+        <x:v>46008.927662037</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>2.39</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>115.274</x:v>
+        <x:v>107.376</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>157.91</x:v>
+        <x:v>147.09</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45972.9253703704</x:v>
+        <x:v>46007.9278356481</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>2.53</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>117.384</x:v>
+        <x:v>108.982</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>160.8</x:v>
+        <x:v>149.29</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45971.9254050926</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>2.79</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>121.1</x:v>
+        <x:v>109.566</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>165.89</x:v>
+        <x:v>150.09</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45968.9254976852</x:v>
+        <x:v>46003.9269791667</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>2.81</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>121.45</x:v>
+        <x:v>113.646</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>166.37</x:v>
+        <x:v>155.68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>46002.9321064815</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>2.88</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>122.355</x:v>
+        <x:v>114.537</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>167.61</x:v>
+        <x:v>156.9</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45966.9253240741</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>2.74</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>120.319</x:v>
+        <x:v>115.939</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>164.82</x:v>
+        <x:v>158.82</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>2.72</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>119.939</x:v>
+        <x:v>113.851</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>164.3</x:v>
+        <x:v>155.96</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45964.9228587963</x:v>
+        <x:v>45996.930787037</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>2.89</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>122.406</x:v>
+        <x:v>115.574</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>167.68</x:v>
+        <x:v>158.32</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45961.8819907407</x:v>
+        <x:v>45995.9303935185</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>3.05</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>124.414</x:v>
+        <x:v>114.931</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>170.43</x:v>
+        <x:v>157.44</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45994.9277430556</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>3.24</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>126.969</x:v>
+        <x:v>115.398</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>173.93</x:v>
+        <x:v>158.08</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45959.8897800926</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>3.61</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>131.385</x:v>
+        <x:v>117.625</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>179.98</x:v>
+        <x:v>161.13</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45958.8875</x:v>
+        <x:v>45992.9296759259</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>3.42</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>129.006</x:v>
+        <x:v>119.91</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>176.72</x:v>
+        <x:v>164.26</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45957.8876157407</x:v>
+        <x:v>45989.8197453704</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>3.59</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>130.991</x:v>
+        <x:v>114.829</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>179.44</x:v>
+        <x:v>157.3</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45954.9259143519</x:v>
+        <x:v>45987.9266435185</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>3.32</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>127.531</x:v>
+        <x:v>115.048</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>174.7</x:v>
+        <x:v>157.6</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45953.9278935185</x:v>
+        <x:v>45986.9249305556</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>3.17</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>125.487</x:v>
+        <x:v>114.639</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>171.9</x:v>
+        <x:v>157.04</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45952.9304398148</x:v>
+        <x:v>45982.9249768518</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>2.86</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>121.085</x:v>
+        <x:v>111.639</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>165.87</x:v>
+        <x:v>152.93</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45981.9258796296</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>2.9</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>121.684</x:v>
+        <x:v>111.894</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>166.69</x:v>
+        <x:v>153.28</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45950.9289583333</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>3.29</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>126.633</x:v>
+        <x:v>116.041</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>173.47</x:v>
+        <x:v>158.96</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45979.9258564815</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>2.95</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>121.946</x:v>
+        <x:v>116.596</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>167.05</x:v>
+        <x:v>159.72</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45946.9261921296</x:v>
+        <x:v>45978.9281828704</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>2.85</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>120.516</x:v>
+        <x:v>115.128</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>165.09</x:v>
+        <x:v>157.71</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45945.9257060185</x:v>
+        <x:v>45975.925775463</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>2.9</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>121.114</x:v>
+        <x:v>112.274</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>165.91</x:v>
+        <x:v>153.8</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45944.9308449074</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>2.75</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>118.888</x:v>
+        <x:v>116.683</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>162.86</x:v>
+        <x:v>159.84</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45943.926712963</x:v>
+        <x:v>45973.9253009259</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>2.96</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>121.771</x:v>
+        <x:v>115.274</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>166.81</x:v>
+        <x:v>157.91</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45972.9253703704</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>2.58</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>116.07</x:v>
+        <x:v>117.384</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>159</x:v>
+        <x:v>160.8</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45971.9254050926</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>3.95</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>132.218</x:v>
+        <x:v>121.1</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>181.12</x:v>
+        <x:v>165.89</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>3.97</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>132.371</x:v>
+        <x:v>121.45</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>181.33</x:v>
+        <x:v>166.37</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>4.38</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>136.671</x:v>
+        <x:v>122.355</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>187.22</x:v>
+        <x:v>167.61</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>4.45</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>137.262</x:v>
+        <x:v>120.319</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>188.03</x:v>
+        <x:v>164.82</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>4.54</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>138.218</x:v>
+        <x:v>119.939</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>189.34</x:v>
+        <x:v>164.3</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>4.1</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>133.429</x:v>
+        <x:v>122.406</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>182.78</x:v>
+        <x:v>167.68</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>3.84</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>130.473</x:v>
+        <x:v>124.414</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>178.73</x:v>
+        <x:v>170.43</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>3.92</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>131.327</x:v>
+        <x:v>126.969</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>179.9</x:v>
+        <x:v>173.93</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>3.45</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>125.494</x:v>
+        <x:v>131.385</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>171.91</x:v>
+        <x:v>179.98</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>128.093</x:v>
+        <x:v>129.006</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>175.47</x:v>
+        <x:v>176.72</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>3.74</x:v>
+        <x:v>3.59</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>128.801</x:v>
+        <x:v>130.991</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>176.44</x:v>
+        <x:v>179.44</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
+        <x:v>45954.9259143519</x:v>
+      </x:c>
+      <x:c r="B59" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C59" s="0">
+        <x:v>3.32</x:v>
+      </x:c>
+      <x:c r="D59" s="0">
+        <x:v>127.531</x:v>
+      </x:c>
+      <x:c r="E59" s="0">
+        <x:v>174.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="1">
+        <x:v>45953.9278935185</x:v>
+      </x:c>
+      <x:c r="B60" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C60" s="0">
+        <x:v>3.17</x:v>
+      </x:c>
+      <x:c r="D60" s="0">
+        <x:v>125.487</x:v>
+      </x:c>
+      <x:c r="E60" s="0">
+        <x:v>171.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="1">
+        <x:v>45952.9304398148</x:v>
+      </x:c>
+      <x:c r="B61" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C61" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D61" s="0">
+        <x:v>121.085</x:v>
+      </x:c>
+      <x:c r="E61" s="0">
+        <x:v>165.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="1">
+        <x:v>45951.9269212963</x:v>
+      </x:c>
+      <x:c r="B62" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C62" s="0">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="D62" s="0">
+        <x:v>121.684</x:v>
+      </x:c>
+      <x:c r="E62" s="0">
+        <x:v>166.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="1">
+        <x:v>45950.9289583333</x:v>
+      </x:c>
+      <x:c r="B63" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C63" s="0">
+        <x:v>3.29</x:v>
+      </x:c>
+      <x:c r="D63" s="0">
+        <x:v>126.633</x:v>
+      </x:c>
+      <x:c r="E63" s="0">
+        <x:v>173.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="1">
+        <x:v>45947.9300694444</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C64" s="0">
+        <x:v>2.95</x:v>
+      </x:c>
+      <x:c r="D64" s="0">
+        <x:v>121.946</x:v>
+      </x:c>
+      <x:c r="E64" s="0">
+        <x:v>167.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="1">
+        <x:v>45946.9261921296</x:v>
+      </x:c>
+      <x:c r="B65" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C65" s="0">
+        <x:v>2.85</x:v>
+      </x:c>
+      <x:c r="D65" s="0">
+        <x:v>120.516</x:v>
+      </x:c>
+      <x:c r="E65" s="0">
+        <x:v>165.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="1">
+        <x:v>45945.9257060185</x:v>
+      </x:c>
+      <x:c r="B66" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C66" s="0">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="D66" s="0">
+        <x:v>121.114</x:v>
+      </x:c>
+      <x:c r="E66" s="0">
+        <x:v>165.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1">
+        <x:v>45944.9308449074</x:v>
+      </x:c>
+      <x:c r="B67" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C67" s="0">
+        <x:v>2.75</x:v>
+      </x:c>
+      <x:c r="D67" s="0">
+        <x:v>118.888</x:v>
+      </x:c>
+      <x:c r="E67" s="0">
+        <x:v>162.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="1">
+        <x:v>45943.926712963</x:v>
+      </x:c>
+      <x:c r="B68" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C68" s="0">
+        <x:v>2.96</x:v>
+      </x:c>
+      <x:c r="D68" s="0">
+        <x:v>121.771</x:v>
+      </x:c>
+      <x:c r="E68" s="0">
+        <x:v>166.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1">
+        <x:v>45940.9234837963</x:v>
+      </x:c>
+      <x:c r="B69" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C69" s="0">
+        <x:v>2.58</x:v>
+      </x:c>
+      <x:c r="D69" s="0">
+        <x:v>116.07</x:v>
+      </x:c>
+      <x:c r="E69" s="0">
+        <x:v>159</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="1">
+        <x:v>45938.9270601852</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C70" s="0">
+        <x:v>3.95</x:v>
+      </x:c>
+      <x:c r="D70" s="0">
+        <x:v>132.218</x:v>
+      </x:c>
+      <x:c r="E70" s="0">
+        <x:v>181.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="1">
+        <x:v>45937.9282175926</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C71" s="0">
+        <x:v>3.97</x:v>
+      </x:c>
+      <x:c r="D71" s="0">
+        <x:v>132.371</x:v>
+      </x:c>
+      <x:c r="E71" s="0">
+        <x:v>181.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="1">
+        <x:v>45936.9242361111</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C72" s="0">
+        <x:v>4.38</x:v>
+      </x:c>
+      <x:c r="D72" s="0">
+        <x:v>136.671</x:v>
+      </x:c>
+      <x:c r="E72" s="0">
+        <x:v>187.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="1">
+        <x:v>45933.9288888889</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C73" s="0">
+        <x:v>4.45</x:v>
+      </x:c>
+      <x:c r="D73" s="0">
+        <x:v>137.262</x:v>
+      </x:c>
+      <x:c r="E73" s="0">
+        <x:v>188.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="1">
+        <x:v>45932.9250347222</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C74" s="0">
+        <x:v>4.54</x:v>
+      </x:c>
+      <x:c r="D74" s="0">
+        <x:v>138.218</x:v>
+      </x:c>
+      <x:c r="E74" s="0">
+        <x:v>189.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="1">
+        <x:v>45931.9293634259</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C75" s="0">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="D75" s="0">
+        <x:v>133.429</x:v>
+      </x:c>
+      <x:c r="E75" s="0">
+        <x:v>182.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="1">
+        <x:v>45930.9338773148</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C76" s="0">
+        <x:v>3.84</x:v>
+      </x:c>
+      <x:c r="D76" s="0">
+        <x:v>130.473</x:v>
+      </x:c>
+      <x:c r="E76" s="0">
+        <x:v>178.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="1">
+        <x:v>45929.9323842593</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C77" s="0">
+        <x:v>3.92</x:v>
+      </x:c>
+      <x:c r="D77" s="0">
+        <x:v>131.327</x:v>
+      </x:c>
+      <x:c r="E77" s="0">
+        <x:v>179.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="1">
+        <x:v>45926.9299537037</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C78" s="0">
+        <x:v>3.45</x:v>
+      </x:c>
+      <x:c r="D78" s="0">
+        <x:v>125.494</x:v>
+      </x:c>
+      <x:c r="E78" s="0">
+        <x:v>171.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="1">
+        <x:v>45925.9293865741</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C79" s="0">
+        <x:v>3.67</x:v>
+      </x:c>
+      <x:c r="D79" s="0">
+        <x:v>128.093</x:v>
+      </x:c>
+      <x:c r="E79" s="0">
+        <x:v>175.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="1">
+        <x:v>45924.9296990741</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C80" s="0">
+        <x:v>3.74</x:v>
+      </x:c>
+      <x:c r="D80" s="0">
+        <x:v>128.801</x:v>
+      </x:c>
+      <x:c r="E80" s="0">
+        <x:v>176.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="1">
         <x:v>45923.925162037</x:v>
       </x:c>
-      <x:c r="B59" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C59" s="0">
+      <x:c r="B81" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C81" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D59" s="0">
+      <x:c r="D81" s="0">
         <x:v>119.048</x:v>
       </x:c>
-      <x:c r="E59" s="0">
+      <x:c r="E81" s="0">
         <x:v>163.08</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>