--- v2 (2026-01-17)
+++ v3 (2026-02-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f08faee41bc4439" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8030d4a7f22c43d18bfa613e85150f3c.psmdcp" Id="Rc188f9b475e24948" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5469d774e3474596" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6beb2b163dbe45649264bbd0b639325c.psmdcp" Id="R02f1ef94f6964102" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09UGP5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1423 +390,1627 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E81"/>
+  <x:dimension ref="A1:E93"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46038.9244097222</x:v>
+        <x:v>46058.9255324074</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>2.42</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>120.742</x:v>
+        <x:v>115.165</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>165.4</x:v>
+        <x:v>157.76</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46037.9281134259</x:v>
+        <x:v>46057.9258564815</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>2.68</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>124.779</x:v>
+        <x:v>116.172</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>170.93</x:v>
+        <x:v>159.14</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46036.927349537</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>2.64</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>124.027</x:v>
+        <x:v>119.464</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>169.9</x:v>
+        <x:v>163.65</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46035.9279976852</x:v>
+        <x:v>46055.9254398148</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>2.51</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>121.917</x:v>
+        <x:v>122.925</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>167.01</x:v>
+        <x:v>168.39</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46034.927974537</x:v>
+        <x:v>46051.9256481481</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>2.48</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>121.406</x:v>
+        <x:v>127.202</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>166.31</x:v>
+        <x:v>174.25</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46031.9291087963</x:v>
+        <x:v>46050.9251736111</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>1.9</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>110.201</x:v>
+        <x:v>128.232</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>150.96</x:v>
+        <x:v>175.66</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46030.9271064815</x:v>
+        <x:v>46049.9250231481</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>2.04</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>112.763</x:v>
+        <x:v>126.086</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>154.47</x:v>
+        <x:v>172.72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46029.9279398148</x:v>
+        <x:v>46048.9247916667</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>1.76</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>107.128</x:v>
+        <x:v>125.1</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>146.75</x:v>
+        <x:v>171.37</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46028.9271643519</x:v>
+        <x:v>46045.9251736111</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1.92</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>110.157</x:v>
+        <x:v>126.458</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>150.9</x:v>
+        <x:v>173.23</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46027.9295949074</x:v>
+        <x:v>46044.9246180556</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>2.15</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>114.07</x:v>
+        <x:v>129.341</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>156.26</x:v>
+        <x:v>177.18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46024.9272453704</x:v>
+        <x:v>46043.925474537</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>2.13</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>113.69</x:v>
+        <x:v>123.129</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>155.74</x:v>
+        <x:v>168.67</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46022.9253125</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1.79</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>107.003</x:v>
+        <x:v>118.545</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>146.58</x:v>
+        <x:v>162.39</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46021.927025463</x:v>
+        <x:v>46038.9244097222</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1.82</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>107.573</x:v>
+        <x:v>120.742</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>147.36</x:v>
+        <x:v>165.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46020.9274074074</x:v>
+        <x:v>46037.9281134259</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>1.87</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>108.398</x:v>
+        <x:v>124.779</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>148.49</x:v>
+        <x:v>170.93</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46017.9264351852</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>2.02</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>111.135</x:v>
+        <x:v>124.027</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>152.24</x:v>
+        <x:v>169.9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46015.9254513889</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>1.94</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>109.544</x:v>
+        <x:v>121.917</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>150.06</x:v>
+        <x:v>167.01</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46015.7976851852</x:v>
+        <x:v>46034.927974537</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>1.94</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>109.544</x:v>
+        <x:v>121.406</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>150.06</x:v>
+        <x:v>166.31</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46014.9278125</x:v>
+        <x:v>46031.9291087963</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1.98</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>110.398</x:v>
+        <x:v>110.201</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>151.23</x:v>
+        <x:v>150.96</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46030.9271064815</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>1.97</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>110.201</x:v>
+        <x:v>112.763</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>150.96</x:v>
+        <x:v>154.47</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46029.9279398148</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>109.347</x:v>
+        <x:v>107.128</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>149.79</x:v>
+        <x:v>146.75</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46009.930775463</x:v>
+        <x:v>46028.9271643519</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>1.84</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>107.544</x:v>
+        <x:v>110.157</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>147.32</x:v>
+        <x:v>150.9</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46008.927662037</x:v>
+        <x:v>46027.9295949074</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>1.83</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>107.376</x:v>
+        <x:v>114.07</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>147.09</x:v>
+        <x:v>156.26</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46007.9278356481</x:v>
+        <x:v>46024.9272453704</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>1.92</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>108.982</x:v>
+        <x:v>113.69</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>149.29</x:v>
+        <x:v>155.74</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46006.9271412037</x:v>
+        <x:v>46022.9253125</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>109.566</x:v>
+        <x:v>107.003</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>150.09</x:v>
+        <x:v>146.58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46003.9269791667</x:v>
+        <x:v>46021.927025463</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>2.19</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>113.646</x:v>
+        <x:v>107.573</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>155.68</x:v>
+        <x:v>147.36</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46002.9321064815</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>2.24</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>114.537</x:v>
+        <x:v>108.398</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>156.9</x:v>
+        <x:v>148.49</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46001.9271180556</x:v>
+        <x:v>46017.9264351852</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>2.33</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>115.939</x:v>
+        <x:v>111.135</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>158.82</x:v>
+        <x:v>152.24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46000.9276273148</x:v>
+        <x:v>46015.9254513889</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>2.21</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>113.851</x:v>
+        <x:v>109.544</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>155.96</x:v>
+        <x:v>150.06</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45996.930787037</x:v>
+        <x:v>46015.7976851852</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>2.32</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>115.574</x:v>
+        <x:v>109.544</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>158.32</x:v>
+        <x:v>150.06</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45995.9303935185</x:v>
+        <x:v>46014.9278125</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>2.28</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>114.931</x:v>
+        <x:v>110.398</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>157.44</x:v>
+        <x:v>151.23</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45994.9277430556</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>115.398</x:v>
+        <x:v>110.201</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>158.08</x:v>
+        <x:v>150.96</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>2.45</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>117.625</x:v>
+        <x:v>109.347</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>161.13</x:v>
+        <x:v>149.79</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45992.9296759259</x:v>
+        <x:v>46009.930775463</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>2.6</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>119.91</x:v>
+        <x:v>107.544</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>164.26</x:v>
+        <x:v>147.32</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45989.8197453704</x:v>
+        <x:v>46008.927662037</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>2.3</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>114.829</x:v>
+        <x:v>107.376</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>157.3</x:v>
+        <x:v>147.09</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45987.9266435185</x:v>
+        <x:v>46007.9278356481</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>115.048</x:v>
+        <x:v>108.982</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>157.6</x:v>
+        <x:v>149.29</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45986.9249305556</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>2.29</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>114.639</x:v>
+        <x:v>109.566</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>157.04</x:v>
+        <x:v>150.09</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45982.9249768518</x:v>
+        <x:v>46003.9269791667</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>2.14</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>111.639</x:v>
+        <x:v>113.646</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>152.93</x:v>
+        <x:v>155.68</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45981.9258796296</x:v>
+        <x:v>46002.9321064815</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>2.15</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>111.894</x:v>
+        <x:v>114.537</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>153.28</x:v>
+        <x:v>156.9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>2.41</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>116.041</x:v>
+        <x:v>115.939</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>158.96</x:v>
+        <x:v>158.82</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45979.9258564815</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>2.45</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>116.596</x:v>
+        <x:v>113.851</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>159.72</x:v>
+        <x:v>155.96</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45978.9281828704</x:v>
+        <x:v>45996.930787037</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>2.36</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>115.128</x:v>
+        <x:v>115.574</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>157.71</x:v>
+        <x:v>158.32</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45975.925775463</x:v>
+        <x:v>45995.9303935185</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>2.19</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>112.274</x:v>
+        <x:v>114.931</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>153.8</x:v>
+        <x:v>157.44</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>45994.9277430556</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>2.48</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>116.683</x:v>
+        <x:v>115.398</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>159.84</x:v>
+        <x:v>158.08</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45973.9253009259</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>2.39</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>115.274</x:v>
+        <x:v>117.625</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>157.91</x:v>
+        <x:v>161.13</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45972.9253703704</x:v>
+        <x:v>45992.9296759259</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>2.53</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>117.384</x:v>
+        <x:v>119.91</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>160.8</x:v>
+        <x:v>164.26</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45971.9254050926</x:v>
+        <x:v>45989.8197453704</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>2.79</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>121.1</x:v>
+        <x:v>114.829</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>165.89</x:v>
+        <x:v>157.3</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45968.9254976852</x:v>
+        <x:v>45987.9266435185</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>2.81</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>121.45</x:v>
+        <x:v>115.048</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>166.37</x:v>
+        <x:v>157.6</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>45986.9249305556</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>2.88</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>122.355</x:v>
+        <x:v>114.639</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>167.61</x:v>
+        <x:v>157.04</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45966.9253240741</x:v>
+        <x:v>45982.9249768518</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>2.74</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>120.319</x:v>
+        <x:v>111.639</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>164.82</x:v>
+        <x:v>152.93</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45981.9258796296</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>2.72</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>119.939</x:v>
+        <x:v>111.894</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>164.3</x:v>
+        <x:v>153.28</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45964.9228587963</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>2.89</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>122.406</x:v>
+        <x:v>116.041</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>167.68</x:v>
+        <x:v>158.96</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45961.8819907407</x:v>
+        <x:v>45979.9258564815</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>3.05</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>124.414</x:v>
+        <x:v>116.596</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>170.43</x:v>
+        <x:v>159.72</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45978.9281828704</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>3.24</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>126.969</x:v>
+        <x:v>115.128</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>173.93</x:v>
+        <x:v>157.71</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45959.8897800926</x:v>
+        <x:v>45975.925775463</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>3.61</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>131.385</x:v>
+        <x:v>112.274</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>179.98</x:v>
+        <x:v>153.8</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45958.8875</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>3.42</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>129.006</x:v>
+        <x:v>116.683</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>176.72</x:v>
+        <x:v>159.84</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45957.8876157407</x:v>
+        <x:v>45973.9253009259</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>3.59</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>130.991</x:v>
+        <x:v>115.274</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>179.44</x:v>
+        <x:v>157.91</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45954.9259143519</x:v>
+        <x:v>45972.9253703704</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>3.32</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>127.531</x:v>
+        <x:v>117.384</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>174.7</x:v>
+        <x:v>160.8</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45953.9278935185</x:v>
+        <x:v>45971.9254050926</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>3.17</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>125.487</x:v>
+        <x:v>121.1</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>171.9</x:v>
+        <x:v>165.89</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45952.9304398148</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>2.86</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>121.085</x:v>
+        <x:v>121.45</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>165.87</x:v>
+        <x:v>166.37</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>2.9</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>121.684</x:v>
+        <x:v>122.355</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>166.69</x:v>
+        <x:v>167.61</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45950.9289583333</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>3.29</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>126.633</x:v>
+        <x:v>120.319</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>173.47</x:v>
+        <x:v>164.82</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>2.95</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>121.946</x:v>
+        <x:v>119.939</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>167.05</x:v>
+        <x:v>164.3</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45946.9261921296</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>2.85</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>120.516</x:v>
+        <x:v>122.406</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>165.09</x:v>
+        <x:v>167.68</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45945.9257060185</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>2.9</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>121.114</x:v>
+        <x:v>124.414</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>165.91</x:v>
+        <x:v>170.43</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45944.9308449074</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>2.75</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>118.888</x:v>
+        <x:v>126.969</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>162.86</x:v>
+        <x:v>173.93</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45943.926712963</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>2.96</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>121.771</x:v>
+        <x:v>131.385</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>166.81</x:v>
+        <x:v>179.98</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>2.58</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>116.07</x:v>
+        <x:v>129.006</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>159</x:v>
+        <x:v>176.72</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>3.95</x:v>
+        <x:v>3.59</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>132.218</x:v>
+        <x:v>130.991</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>181.12</x:v>
+        <x:v>179.44</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>3.97</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>132.371</x:v>
+        <x:v>127.531</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>181.33</x:v>
+        <x:v>174.7</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>4.38</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>136.671</x:v>
+        <x:v>125.487</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>187.22</x:v>
+        <x:v>171.9</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>4.45</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>137.262</x:v>
+        <x:v>121.085</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>188.03</x:v>
+        <x:v>165.87</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>4.54</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>138.218</x:v>
+        <x:v>121.684</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>189.34</x:v>
+        <x:v>166.69</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>4.1</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>133.429</x:v>
+        <x:v>126.633</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>182.78</x:v>
+        <x:v>173.47</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>3.84</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>130.473</x:v>
+        <x:v>121.946</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>178.73</x:v>
+        <x:v>167.05</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45946.9261921296</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>3.92</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>131.327</x:v>
+        <x:v>120.516</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>179.9</x:v>
+        <x:v>165.09</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45945.9257060185</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>3.45</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>125.494</x:v>
+        <x:v>121.114</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>171.91</x:v>
+        <x:v>165.91</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45944.9308449074</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>3.67</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>128.093</x:v>
+        <x:v>118.888</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>175.47</x:v>
+        <x:v>162.86</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45943.926712963</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>3.74</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>128.801</x:v>
+        <x:v>121.771</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>176.44</x:v>
+        <x:v>166.81</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
+        <x:v>45940.9234837963</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C81" s="0">
+        <x:v>2.58</x:v>
+      </x:c>
+      <x:c r="D81" s="0">
+        <x:v>116.07</x:v>
+      </x:c>
+      <x:c r="E81" s="0">
+        <x:v>159</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="1">
+        <x:v>45938.9270601852</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C82" s="0">
+        <x:v>3.95</x:v>
+      </x:c>
+      <x:c r="D82" s="0">
+        <x:v>132.218</x:v>
+      </x:c>
+      <x:c r="E82" s="0">
+        <x:v>181.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="1">
+        <x:v>45937.9282175926</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C83" s="0">
+        <x:v>3.97</x:v>
+      </x:c>
+      <x:c r="D83" s="0">
+        <x:v>132.371</x:v>
+      </x:c>
+      <x:c r="E83" s="0">
+        <x:v>181.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="1">
+        <x:v>45936.9242361111</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C84" s="0">
+        <x:v>4.38</x:v>
+      </x:c>
+      <x:c r="D84" s="0">
+        <x:v>136.671</x:v>
+      </x:c>
+      <x:c r="E84" s="0">
+        <x:v>187.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="1">
+        <x:v>45933.9288888889</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C85" s="0">
+        <x:v>4.45</x:v>
+      </x:c>
+      <x:c r="D85" s="0">
+        <x:v>137.262</x:v>
+      </x:c>
+      <x:c r="E85" s="0">
+        <x:v>188.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="1">
+        <x:v>45932.9250347222</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C86" s="0">
+        <x:v>4.54</x:v>
+      </x:c>
+      <x:c r="D86" s="0">
+        <x:v>138.218</x:v>
+      </x:c>
+      <x:c r="E86" s="0">
+        <x:v>189.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:5">
+      <x:c r="A87" s="1">
+        <x:v>45931.9293634259</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C87" s="0">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="D87" s="0">
+        <x:v>133.429</x:v>
+      </x:c>
+      <x:c r="E87" s="0">
+        <x:v>182.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="1">
+        <x:v>45930.9338773148</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C88" s="0">
+        <x:v>3.84</x:v>
+      </x:c>
+      <x:c r="D88" s="0">
+        <x:v>130.473</x:v>
+      </x:c>
+      <x:c r="E88" s="0">
+        <x:v>178.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="1">
+        <x:v>45929.9323842593</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C89" s="0">
+        <x:v>3.92</x:v>
+      </x:c>
+      <x:c r="D89" s="0">
+        <x:v>131.327</x:v>
+      </x:c>
+      <x:c r="E89" s="0">
+        <x:v>179.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="1">
+        <x:v>45926.9299537037</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C90" s="0">
+        <x:v>3.45</x:v>
+      </x:c>
+      <x:c r="D90" s="0">
+        <x:v>125.494</x:v>
+      </x:c>
+      <x:c r="E90" s="0">
+        <x:v>171.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="1">
+        <x:v>45925.9293865741</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C91" s="0">
+        <x:v>3.67</x:v>
+      </x:c>
+      <x:c r="D91" s="0">
+        <x:v>128.093</x:v>
+      </x:c>
+      <x:c r="E91" s="0">
+        <x:v>175.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="1">
+        <x:v>45924.9296990741</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C92" s="0">
+        <x:v>3.74</x:v>
+      </x:c>
+      <x:c r="D92" s="0">
+        <x:v>128.801</x:v>
+      </x:c>
+      <x:c r="E92" s="0">
+        <x:v>176.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="1">
         <x:v>45923.925162037</x:v>
       </x:c>
-      <x:c r="B81" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C81" s="0">
+      <x:c r="B93" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C93" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D81" s="0">
+      <x:c r="D93" s="0">
         <x:v>119.048</x:v>
       </x:c>
-      <x:c r="E81" s="0">
+      <x:c r="E93" s="0">
         <x:v>163.08</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>