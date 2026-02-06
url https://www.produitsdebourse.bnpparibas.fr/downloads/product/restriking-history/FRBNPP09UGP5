--- v3 (2026-02-06)
+++ v4 (2026-02-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5469d774e3474596" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6beb2b163dbe45649264bbd0b639325c.psmdcp" Id="R02f1ef94f6964102" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffec70b8543f49bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1205aeaf912b4b1483c836777244669c.psmdcp" Id="R464d8efb90da49df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09UGP5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>