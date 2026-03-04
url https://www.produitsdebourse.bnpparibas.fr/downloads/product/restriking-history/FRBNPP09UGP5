--- v4 (2026-02-06)
+++ v5 (2026-03-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffec70b8543f49bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1205aeaf912b4b1483c836777244669c.psmdcp" Id="R464d8efb90da49df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dbc9f6ece614458" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6ecbe834f2db4f9d99c0cfc053b997fe.psmdcp" Id="Rf597ac098218435c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09UGP5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1627 +390,1882 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E93"/>
+  <x:dimension ref="A1:E108"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46058.9255324074</x:v>
+        <x:v>46084.9255092593</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>2.03</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>115.165</x:v>
+        <x:v>98.981</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>157.76</x:v>
+        <x:v>135.59</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46057.9258564815</x:v>
+        <x:v>46083.9256481481</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>2.09</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>116.172</x:v>
+        <x:v>104.069</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>159.14</x:v>
+        <x:v>142.56</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46056.9428703704</x:v>
+        <x:v>46080.9257638889</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>2.28</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>119.464</x:v>
+        <x:v>105.2</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>163.65</x:v>
+        <x:v>144.11</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46055.9254398148</x:v>
+        <x:v>46079.9258912037</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>2.49</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>122.925</x:v>
+        <x:v>108.076</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>168.39</x:v>
+        <x:v>148.05</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46051.9256481481</x:v>
+        <x:v>46078.925787037</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>2.77</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>127.202</x:v>
+        <x:v>111.164</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>174.25</x:v>
+        <x:v>152.28</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46050.9251736111</x:v>
+        <x:v>46077.9255208333</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>2.84</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>128.232</x:v>
+        <x:v>111.77</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>175.66</x:v>
+        <x:v>153.11</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46049.9250231481</x:v>
+        <x:v>46073.9253472222</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>2.71</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>126.086</x:v>
+        <x:v>112.748</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>172.72</x:v>
+        <x:v>154.45</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46048.9247916667</x:v>
+        <x:v>46072.9253935185</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>2.64</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>125.1</x:v>
+        <x:v>112.617</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>171.37</x:v>
+        <x:v>154.27</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46045.9251736111</x:v>
+        <x:v>46071.9254513889</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>2.74</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>126.458</x:v>
+        <x:v>113.712</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>173.23</x:v>
+        <x:v>155.77</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46044.9246180556</x:v>
+        <x:v>46070.9253356481</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>2.93</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>129.341</x:v>
+        <x:v>113.464</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>177.18</x:v>
+        <x:v>155.43</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46043.925474537</x:v>
+        <x:v>46066.9254861111</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>2.55</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>123.129</x:v>
+        <x:v>113.683</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>168.67</x:v>
+        <x:v>155.73</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46042.9279050926</x:v>
+        <x:v>46065.9253587963</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>2.29</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>118.545</x:v>
+        <x:v>115.873</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>162.39</x:v>
+        <x:v>158.73</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46038.9244097222</x:v>
+        <x:v>46064.9256365741</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>2.42</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>120.742</x:v>
+        <x:v>119.954</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>165.4</x:v>
+        <x:v>164.32</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46037.9281134259</x:v>
+        <x:v>46063.9255208333</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>2.68</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>124.779</x:v>
+        <x:v>121.552</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>170.93</x:v>
+        <x:v>166.51</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46036.927349537</x:v>
+        <x:v>46062.9247569444</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>2.64</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>124.027</x:v>
+        <x:v>118.99</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>169.9</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46035.9279976852</x:v>
+        <x:v>46058.9255324074</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>2.51</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>121.917</x:v>
+        <x:v>115.165</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>167.01</x:v>
+        <x:v>157.76</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46034.927974537</x:v>
+        <x:v>46057.9258564815</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>2.48</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>121.406</x:v>
+        <x:v>116.172</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>166.31</x:v>
+        <x:v>159.14</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46031.9291087963</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1.9</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>110.201</x:v>
+        <x:v>119.464</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>150.96</x:v>
+        <x:v>163.65</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46030.9271064815</x:v>
+        <x:v>46055.9254398148</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>2.04</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>112.763</x:v>
+        <x:v>122.925</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>154.47</x:v>
+        <x:v>168.39</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46029.9279398148</x:v>
+        <x:v>46051.9256481481</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>1.76</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>107.128</x:v>
+        <x:v>127.202</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>146.75</x:v>
+        <x:v>174.25</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46028.9271643519</x:v>
+        <x:v>46050.9251736111</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>1.92</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>110.157</x:v>
+        <x:v>128.232</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>150.9</x:v>
+        <x:v>175.66</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46027.9295949074</x:v>
+        <x:v>46049.9250231481</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>2.15</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>114.07</x:v>
+        <x:v>126.086</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>156.26</x:v>
+        <x:v>172.72</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46024.9272453704</x:v>
+        <x:v>46048.9247916667</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>2.13</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>113.69</x:v>
+        <x:v>125.1</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>155.74</x:v>
+        <x:v>171.37</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46022.9253125</x:v>
+        <x:v>46045.9251736111</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>1.79</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>107.003</x:v>
+        <x:v>126.458</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>146.58</x:v>
+        <x:v>173.23</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46021.927025463</x:v>
+        <x:v>46044.9246180556</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>1.82</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>107.573</x:v>
+        <x:v>129.341</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>147.36</x:v>
+        <x:v>177.18</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46020.9274074074</x:v>
+        <x:v>46043.925474537</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>1.87</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>108.398</x:v>
+        <x:v>123.129</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>148.49</x:v>
+        <x:v>168.67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46017.9264351852</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>2.02</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>111.135</x:v>
+        <x:v>118.545</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>152.24</x:v>
+        <x:v>162.39</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46015.9254513889</x:v>
+        <x:v>46038.9244097222</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>1.94</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>109.544</x:v>
+        <x:v>120.742</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>150.06</x:v>
+        <x:v>165.4</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46015.7976851852</x:v>
+        <x:v>46037.9281134259</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1.94</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>109.544</x:v>
+        <x:v>124.779</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>150.06</x:v>
+        <x:v>170.93</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46014.9278125</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>1.98</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>110.398</x:v>
+        <x:v>124.027</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>151.23</x:v>
+        <x:v>169.9</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>1.97</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>110.201</x:v>
+        <x:v>121.917</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>150.96</x:v>
+        <x:v>167.01</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46034.927974537</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>1.93</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>109.347</x:v>
+        <x:v>121.406</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>149.79</x:v>
+        <x:v>166.31</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46009.930775463</x:v>
+        <x:v>46031.9291087963</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>1.84</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>107.544</x:v>
+        <x:v>110.201</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>147.32</x:v>
+        <x:v>150.96</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46008.927662037</x:v>
+        <x:v>46030.9271064815</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>1.83</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>107.376</x:v>
+        <x:v>112.763</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>147.09</x:v>
+        <x:v>154.47</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46007.9278356481</x:v>
+        <x:v>46029.9279398148</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>108.982</x:v>
+        <x:v>107.128</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>149.29</x:v>
+        <x:v>146.75</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46006.9271412037</x:v>
+        <x:v>46028.9271643519</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>109.566</x:v>
+        <x:v>110.157</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>150.09</x:v>
+        <x:v>150.9</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46003.9269791667</x:v>
+        <x:v>46027.9295949074</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>2.19</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>113.646</x:v>
+        <x:v>114.07</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>155.68</x:v>
+        <x:v>156.26</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46002.9321064815</x:v>
+        <x:v>46024.9272453704</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>2.24</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>114.537</x:v>
+        <x:v>113.69</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>156.9</x:v>
+        <x:v>155.74</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46001.9271180556</x:v>
+        <x:v>46022.9253125</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>2.33</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>115.939</x:v>
+        <x:v>107.003</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>158.82</x:v>
+        <x:v>146.58</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46000.9276273148</x:v>
+        <x:v>46021.927025463</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>2.21</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>113.851</x:v>
+        <x:v>107.573</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>155.96</x:v>
+        <x:v>147.36</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45996.930787037</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>2.32</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>115.574</x:v>
+        <x:v>108.398</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>158.32</x:v>
+        <x:v>148.49</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45995.9303935185</x:v>
+        <x:v>46017.9264351852</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>2.28</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>114.931</x:v>
+        <x:v>111.135</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>157.44</x:v>
+        <x:v>152.24</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45994.9277430556</x:v>
+        <x:v>46015.9254513889</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>115.398</x:v>
+        <x:v>109.544</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>158.08</x:v>
+        <x:v>150.06</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46015.7976851852</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>2.45</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>117.625</x:v>
+        <x:v>109.544</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>161.13</x:v>
+        <x:v>150.06</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45992.9296759259</x:v>
+        <x:v>46014.9278125</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>2.6</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>119.91</x:v>
+        <x:v>110.398</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>164.26</x:v>
+        <x:v>151.23</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45989.8197453704</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>2.3</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>114.829</x:v>
+        <x:v>110.201</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>157.3</x:v>
+        <x:v>150.96</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45987.9266435185</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>115.048</x:v>
+        <x:v>109.347</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>157.6</x:v>
+        <x:v>149.79</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45986.9249305556</x:v>
+        <x:v>46009.930775463</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>2.29</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>114.639</x:v>
+        <x:v>107.544</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>157.04</x:v>
+        <x:v>147.32</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45982.9249768518</x:v>
+        <x:v>46008.927662037</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>2.14</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>111.639</x:v>
+        <x:v>107.376</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>152.93</x:v>
+        <x:v>147.09</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45981.9258796296</x:v>
+        <x:v>46007.9278356481</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>111.894</x:v>
+        <x:v>108.982</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>153.28</x:v>
+        <x:v>149.29</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>2.41</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>116.041</x:v>
+        <x:v>109.566</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>158.96</x:v>
+        <x:v>150.09</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45979.9258564815</x:v>
+        <x:v>46003.9269791667</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>2.45</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>116.596</x:v>
+        <x:v>113.646</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>159.72</x:v>
+        <x:v>155.68</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45978.9281828704</x:v>
+        <x:v>46002.9321064815</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>2.36</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>115.128</x:v>
+        <x:v>114.537</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>157.71</x:v>
+        <x:v>156.9</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45975.925775463</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>2.19</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>112.274</x:v>
+        <x:v>115.939</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>153.8</x:v>
+        <x:v>158.82</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>2.48</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>116.683</x:v>
+        <x:v>113.851</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>159.84</x:v>
+        <x:v>155.96</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45973.9253009259</x:v>
+        <x:v>45996.930787037</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>2.39</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>115.274</x:v>
+        <x:v>115.574</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>157.91</x:v>
+        <x:v>158.32</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45972.9253703704</x:v>
+        <x:v>45995.9303935185</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>2.53</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>117.384</x:v>
+        <x:v>114.931</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>160.8</x:v>
+        <x:v>157.44</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45971.9254050926</x:v>
+        <x:v>45994.9277430556</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>2.79</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>121.1</x:v>
+        <x:v>115.398</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>165.89</x:v>
+        <x:v>158.08</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45968.9254976852</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>2.81</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>121.45</x:v>
+        <x:v>117.625</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>166.37</x:v>
+        <x:v>161.13</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>45992.9296759259</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>2.88</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>122.355</x:v>
+        <x:v>119.91</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>167.61</x:v>
+        <x:v>164.26</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45966.9253240741</x:v>
+        <x:v>45989.8197453704</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>2.74</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>120.319</x:v>
+        <x:v>114.829</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>164.82</x:v>
+        <x:v>157.3</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45987.9266435185</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>2.72</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>119.939</x:v>
+        <x:v>115.048</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>164.3</x:v>
+        <x:v>157.6</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45964.9228587963</x:v>
+        <x:v>45986.9249305556</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>2.89</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>122.406</x:v>
+        <x:v>114.639</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>167.68</x:v>
+        <x:v>157.04</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45961.8819907407</x:v>
+        <x:v>45982.9249768518</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>3.05</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>124.414</x:v>
+        <x:v>111.639</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>170.43</x:v>
+        <x:v>152.93</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45981.9258796296</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>3.24</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>126.969</x:v>
+        <x:v>111.894</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>173.93</x:v>
+        <x:v>153.28</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45959.8897800926</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>3.61</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>131.385</x:v>
+        <x:v>116.041</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>179.98</x:v>
+        <x:v>158.96</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45958.8875</x:v>
+        <x:v>45979.9258564815</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>3.42</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>129.006</x:v>
+        <x:v>116.596</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>176.72</x:v>
+        <x:v>159.72</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45957.8876157407</x:v>
+        <x:v>45978.9281828704</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>3.59</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>130.991</x:v>
+        <x:v>115.128</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>179.44</x:v>
+        <x:v>157.71</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45954.9259143519</x:v>
+        <x:v>45975.925775463</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>3.32</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>127.531</x:v>
+        <x:v>112.274</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>174.7</x:v>
+        <x:v>153.8</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45953.9278935185</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>3.17</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>125.487</x:v>
+        <x:v>116.683</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>171.9</x:v>
+        <x:v>159.84</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45952.9304398148</x:v>
+        <x:v>45973.9253009259</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>2.86</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>121.085</x:v>
+        <x:v>115.274</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>165.87</x:v>
+        <x:v>157.91</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45972.9253703704</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>2.9</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>121.684</x:v>
+        <x:v>117.384</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>166.69</x:v>
+        <x:v>160.8</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45950.9289583333</x:v>
+        <x:v>45971.9254050926</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>3.29</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>126.633</x:v>
+        <x:v>121.1</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>173.47</x:v>
+        <x:v>165.89</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>2.95</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>121.946</x:v>
+        <x:v>121.45</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>167.05</x:v>
+        <x:v>166.37</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45946.9261921296</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>2.85</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>120.516</x:v>
+        <x:v>122.355</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>165.09</x:v>
+        <x:v>167.61</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45945.9257060185</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>2.9</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>121.114</x:v>
+        <x:v>120.319</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>165.91</x:v>
+        <x:v>164.82</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45944.9308449074</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>2.75</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>118.888</x:v>
+        <x:v>119.939</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>162.86</x:v>
+        <x:v>164.3</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45943.926712963</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>2.96</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>121.771</x:v>
+        <x:v>122.406</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>166.81</x:v>
+        <x:v>167.68</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>2.58</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>116.07</x:v>
+        <x:v>124.414</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>159</x:v>
+        <x:v>170.43</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>3.95</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>132.218</x:v>
+        <x:v>126.969</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>181.12</x:v>
+        <x:v>173.93</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>3.97</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>132.371</x:v>
+        <x:v>131.385</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>181.33</x:v>
+        <x:v>179.98</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>4.38</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>136.671</x:v>
+        <x:v>129.006</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>187.22</x:v>
+        <x:v>176.72</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>4.45</x:v>
+        <x:v>3.59</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>137.262</x:v>
+        <x:v>130.991</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>188.03</x:v>
+        <x:v>179.44</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>4.54</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>138.218</x:v>
+        <x:v>127.531</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>189.34</x:v>
+        <x:v>174.7</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>4.1</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>133.429</x:v>
+        <x:v>125.487</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>182.78</x:v>
+        <x:v>171.9</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>3.84</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>130.473</x:v>
+        <x:v>121.085</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>178.73</x:v>
+        <x:v>165.87</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>3.92</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>131.327</x:v>
+        <x:v>121.684</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>179.9</x:v>
+        <x:v>166.69</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>3.45</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>125.494</x:v>
+        <x:v>126.633</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>171.91</x:v>
+        <x:v>173.47</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>3.67</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>128.093</x:v>
+        <x:v>121.946</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>175.47</x:v>
+        <x:v>167.05</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45946.9261921296</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>3.74</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>128.801</x:v>
+        <x:v>120.516</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>176.44</x:v>
+        <x:v>165.09</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
+        <x:v>45945.9257060185</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C93" s="0">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="D93" s="0">
+        <x:v>121.114</x:v>
+      </x:c>
+      <x:c r="E93" s="0">
+        <x:v>165.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="1">
+        <x:v>45944.9308449074</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C94" s="0">
+        <x:v>2.75</x:v>
+      </x:c>
+      <x:c r="D94" s="0">
+        <x:v>118.888</x:v>
+      </x:c>
+      <x:c r="E94" s="0">
+        <x:v>162.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="1">
+        <x:v>45943.926712963</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C95" s="0">
+        <x:v>2.96</x:v>
+      </x:c>
+      <x:c r="D95" s="0">
+        <x:v>121.771</x:v>
+      </x:c>
+      <x:c r="E95" s="0">
+        <x:v>166.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="1">
+        <x:v>45940.9234837963</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C96" s="0">
+        <x:v>2.58</x:v>
+      </x:c>
+      <x:c r="D96" s="0">
+        <x:v>116.07</x:v>
+      </x:c>
+      <x:c r="E96" s="0">
+        <x:v>159</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="1">
+        <x:v>45938.9270601852</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C97" s="0">
+        <x:v>3.95</x:v>
+      </x:c>
+      <x:c r="D97" s="0">
+        <x:v>132.218</x:v>
+      </x:c>
+      <x:c r="E97" s="0">
+        <x:v>181.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="1">
+        <x:v>45937.9282175926</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C98" s="0">
+        <x:v>3.97</x:v>
+      </x:c>
+      <x:c r="D98" s="0">
+        <x:v>132.371</x:v>
+      </x:c>
+      <x:c r="E98" s="0">
+        <x:v>181.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="1">
+        <x:v>45936.9242361111</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C99" s="0">
+        <x:v>4.38</x:v>
+      </x:c>
+      <x:c r="D99" s="0">
+        <x:v>136.671</x:v>
+      </x:c>
+      <x:c r="E99" s="0">
+        <x:v>187.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="1">
+        <x:v>45933.9288888889</x:v>
+      </x:c>
+      <x:c r="B100" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C100" s="0">
+        <x:v>4.45</x:v>
+      </x:c>
+      <x:c r="D100" s="0">
+        <x:v>137.262</x:v>
+      </x:c>
+      <x:c r="E100" s="0">
+        <x:v>188.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:5">
+      <x:c r="A101" s="1">
+        <x:v>45932.9250347222</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C101" s="0">
+        <x:v>4.54</x:v>
+      </x:c>
+      <x:c r="D101" s="0">
+        <x:v>138.218</x:v>
+      </x:c>
+      <x:c r="E101" s="0">
+        <x:v>189.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:5">
+      <x:c r="A102" s="1">
+        <x:v>45931.9293634259</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C102" s="0">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="D102" s="0">
+        <x:v>133.429</x:v>
+      </x:c>
+      <x:c r="E102" s="0">
+        <x:v>182.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="1">
+        <x:v>45930.9338773148</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C103" s="0">
+        <x:v>3.84</x:v>
+      </x:c>
+      <x:c r="D103" s="0">
+        <x:v>130.473</x:v>
+      </x:c>
+      <x:c r="E103" s="0">
+        <x:v>178.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="1">
+        <x:v>45929.9323842593</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C104" s="0">
+        <x:v>3.92</x:v>
+      </x:c>
+      <x:c r="D104" s="0">
+        <x:v>131.327</x:v>
+      </x:c>
+      <x:c r="E104" s="0">
+        <x:v>179.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="1">
+        <x:v>45926.9299537037</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C105" s="0">
+        <x:v>3.45</x:v>
+      </x:c>
+      <x:c r="D105" s="0">
+        <x:v>125.494</x:v>
+      </x:c>
+      <x:c r="E105" s="0">
+        <x:v>171.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="1">
+        <x:v>45925.9293865741</x:v>
+      </x:c>
+      <x:c r="B106" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C106" s="0">
+        <x:v>3.67</x:v>
+      </x:c>
+      <x:c r="D106" s="0">
+        <x:v>128.093</x:v>
+      </x:c>
+      <x:c r="E106" s="0">
+        <x:v>175.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="1">
+        <x:v>45924.9296990741</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C107" s="0">
+        <x:v>3.74</x:v>
+      </x:c>
+      <x:c r="D107" s="0">
+        <x:v>128.801</x:v>
+      </x:c>
+      <x:c r="E107" s="0">
+        <x:v>176.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:5">
+      <x:c r="A108" s="1">
         <x:v>45923.925162037</x:v>
       </x:c>
-      <x:c r="B93" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C93" s="0">
+      <x:c r="B108" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C108" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D93" s="0">
+      <x:c r="D108" s="0">
         <x:v>119.048</x:v>
       </x:c>
-      <x:c r="E93" s="0">
+      <x:c r="E108" s="0">
         <x:v>163.08</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>