--- v5 (2026-03-04)
+++ v6 (2026-03-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dbc9f6ece614458" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6ecbe834f2db4f9d99c0cfc053b997fe.psmdcp" Id="Rf597ac098218435c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf87c49fec4b4c94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/da4cd5eea3b24631b5966ff36886a1b8.psmdcp" Id="R9ba030f5c39848ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09UGP5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1882 +390,2154 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E108"/>
+  <x:dimension ref="A1:E124"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46084.9255092593</x:v>
+        <x:v>46106.8850578704</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.24</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>98.981</x:v>
+        <x:v>94.805</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>135.59</x:v>
+        <x:v>129.87</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46083.9256481481</x:v>
+        <x:v>46105.8848148148</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1.46</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>104.069</x:v>
+        <x:v>91.6</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>142.56</x:v>
+        <x:v>125.48</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46080.9257638889</x:v>
+        <x:v>46104.8850810185</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1.51</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>105.2</x:v>
+        <x:v>92.024</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>144.11</x:v>
+        <x:v>126.06</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46079.9258912037</x:v>
+        <x:v>46101.8853356481</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1.64</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>108.076</x:v>
+        <x:v>89.359</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>148.05</x:v>
+        <x:v>122.41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46078.925787037</x:v>
+        <x:v>46100.8877199074</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>1.79</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>111.164</x:v>
+        <x:v>91.177</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>152.28</x:v>
+        <x:v>124.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46077.9255208333</x:v>
+        <x:v>46099.8875694444</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>1.82</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>111.77</x:v>
+        <x:v>98.134</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>153.11</x:v>
+        <x:v>134.43</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46073.9253472222</x:v>
+        <x:v>46098.884525463</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>112.748</x:v>
+        <x:v>99.696</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>154.45</x:v>
+        <x:v>136.57</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46072.9253935185</x:v>
+        <x:v>46097.885775463</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>1.87</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>112.617</x:v>
+        <x:v>99.798</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>154.27</x:v>
+        <x:v>136.71</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46071.9254513889</x:v>
+        <x:v>46094.8846064815</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>113.712</x:v>
+        <x:v>98.703</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>155.77</x:v>
+        <x:v>135.21</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46070.9253356481</x:v>
+        <x:v>46093.8852777778</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>113.464</x:v>
+        <x:v>97.966</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>155.43</x:v>
+        <x:v>134.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46066.9254861111</x:v>
+        <x:v>46092.884849537</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>113.683</x:v>
+        <x:v>99.492</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>155.73</x:v>
+        <x:v>136.29</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46065.9253587963</x:v>
+        <x:v>46091.8851157407</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>115.873</x:v>
+        <x:v>99.9</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>158.73</x:v>
+        <x:v>136.85</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46064.9256365741</x:v>
+        <x:v>46090.8887152778</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>2.28</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>119.954</x:v>
+        <x:v>96.827</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>164.32</x:v>
+        <x:v>132.64</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46063.9255208333</x:v>
+        <x:v>46087.9263888889</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>2.38</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>121.552</x:v>
+        <x:v>95.477</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>166.51</x:v>
+        <x:v>130.79</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46062.9247569444</x:v>
+        <x:v>46086.9326157407</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>2.23</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>118.99</x:v>
+        <x:v>95.156</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>163</x:v>
+        <x:v>130.35</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46058.9255324074</x:v>
+        <x:v>46085.9284722222</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>2.03</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>115.165</x:v>
+        <x:v>97.287</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>157.76</x:v>
+        <x:v>133.27</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46057.9258564815</x:v>
+        <x:v>46084.9255092593</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>2.09</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>116.172</x:v>
+        <x:v>98.981</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>159.14</x:v>
+        <x:v>135.59</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46056.9428703704</x:v>
+        <x:v>46083.9256481481</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>2.28</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>119.464</x:v>
+        <x:v>104.069</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>163.65</x:v>
+        <x:v>142.56</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46055.9254398148</x:v>
+        <x:v>46080.9257638889</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>2.49</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>122.925</x:v>
+        <x:v>105.2</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>168.39</x:v>
+        <x:v>144.11</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46051.9256481481</x:v>
+        <x:v>46079.9258912037</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>2.77</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>127.202</x:v>
+        <x:v>108.076</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>174.25</x:v>
+        <x:v>148.05</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46050.9251736111</x:v>
+        <x:v>46078.925787037</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>2.84</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>128.232</x:v>
+        <x:v>111.164</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>175.66</x:v>
+        <x:v>152.28</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46049.9250231481</x:v>
+        <x:v>46077.9255208333</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>2.71</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>126.086</x:v>
+        <x:v>111.77</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>172.72</x:v>
+        <x:v>153.11</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46048.9247916667</x:v>
+        <x:v>46073.9253472222</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>2.64</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>125.1</x:v>
+        <x:v>112.748</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>171.37</x:v>
+        <x:v>154.45</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46045.9251736111</x:v>
+        <x:v>46072.9253935185</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>2.74</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>126.458</x:v>
+        <x:v>112.617</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>173.23</x:v>
+        <x:v>154.27</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46044.9246180556</x:v>
+        <x:v>46071.9254513889</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>2.93</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>129.341</x:v>
+        <x:v>113.712</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>177.18</x:v>
+        <x:v>155.77</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46043.925474537</x:v>
+        <x:v>46070.9253356481</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>2.55</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>123.129</x:v>
+        <x:v>113.464</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>168.67</x:v>
+        <x:v>155.43</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46042.9279050926</x:v>
+        <x:v>46066.9254861111</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>2.29</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>118.545</x:v>
+        <x:v>113.683</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>162.39</x:v>
+        <x:v>155.73</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46038.9244097222</x:v>
+        <x:v>46065.9253587963</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>2.42</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>120.742</x:v>
+        <x:v>115.873</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>165.4</x:v>
+        <x:v>158.73</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46037.9281134259</x:v>
+        <x:v>46064.9256365741</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>2.68</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>124.779</x:v>
+        <x:v>119.954</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>170.93</x:v>
+        <x:v>164.32</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46036.927349537</x:v>
+        <x:v>46063.9255208333</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>2.64</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>124.027</x:v>
+        <x:v>121.552</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>169.9</x:v>
+        <x:v>166.51</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46035.9279976852</x:v>
+        <x:v>46062.9247569444</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>2.51</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>121.917</x:v>
+        <x:v>118.99</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>167.01</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46034.927974537</x:v>
+        <x:v>46058.9255324074</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>2.48</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>121.406</x:v>
+        <x:v>115.165</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>166.31</x:v>
+        <x:v>157.76</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46031.9291087963</x:v>
+        <x:v>46057.9258564815</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>1.9</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>110.201</x:v>
+        <x:v>116.172</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>150.96</x:v>
+        <x:v>159.14</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46030.9271064815</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>2.04</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>112.763</x:v>
+        <x:v>119.464</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>154.47</x:v>
+        <x:v>163.65</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46029.9279398148</x:v>
+        <x:v>46055.9254398148</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>1.76</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>107.128</x:v>
+        <x:v>122.925</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>146.75</x:v>
+        <x:v>168.39</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46028.9271643519</x:v>
+        <x:v>46051.9256481481</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>1.92</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>110.157</x:v>
+        <x:v>127.202</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>150.9</x:v>
+        <x:v>174.25</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46027.9295949074</x:v>
+        <x:v>46050.9251736111</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>2.15</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>114.07</x:v>
+        <x:v>128.232</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>156.26</x:v>
+        <x:v>175.66</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46024.9272453704</x:v>
+        <x:v>46049.9250231481</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>2.13</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>113.69</x:v>
+        <x:v>126.086</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>155.74</x:v>
+        <x:v>172.72</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46022.9253125</x:v>
+        <x:v>46048.9247916667</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>1.79</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>107.003</x:v>
+        <x:v>125.1</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>146.58</x:v>
+        <x:v>171.37</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46021.927025463</x:v>
+        <x:v>46045.9251736111</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>1.82</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>107.573</x:v>
+        <x:v>126.458</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>147.36</x:v>
+        <x:v>173.23</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46020.9274074074</x:v>
+        <x:v>46044.9246180556</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>1.87</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>108.398</x:v>
+        <x:v>129.341</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>148.49</x:v>
+        <x:v>177.18</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46017.9264351852</x:v>
+        <x:v>46043.925474537</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>2.02</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>111.135</x:v>
+        <x:v>123.129</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>152.24</x:v>
+        <x:v>168.67</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46015.9254513889</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>1.94</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>109.544</x:v>
+        <x:v>118.545</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>150.06</x:v>
+        <x:v>162.39</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46015.7976851852</x:v>
+        <x:v>46038.9244097222</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>1.94</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>109.544</x:v>
+        <x:v>120.742</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>150.06</x:v>
+        <x:v>165.4</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46014.9278125</x:v>
+        <x:v>46037.9281134259</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>1.98</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>110.398</x:v>
+        <x:v>124.779</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>151.23</x:v>
+        <x:v>170.93</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>1.97</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>110.201</x:v>
+        <x:v>124.027</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>150.96</x:v>
+        <x:v>169.9</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>1.93</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>109.347</x:v>
+        <x:v>121.917</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>149.79</x:v>
+        <x:v>167.01</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46009.930775463</x:v>
+        <x:v>46034.927974537</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>1.84</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>107.544</x:v>
+        <x:v>121.406</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>147.32</x:v>
+        <x:v>166.31</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46008.927662037</x:v>
+        <x:v>46031.9291087963</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>1.83</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>107.376</x:v>
+        <x:v>110.201</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>147.09</x:v>
+        <x:v>150.96</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46007.9278356481</x:v>
+        <x:v>46030.9271064815</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>1.92</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>108.982</x:v>
+        <x:v>112.763</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>149.29</x:v>
+        <x:v>154.47</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46006.9271412037</x:v>
+        <x:v>46029.9279398148</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>109.566</x:v>
+        <x:v>107.128</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>150.09</x:v>
+        <x:v>146.75</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46003.9269791667</x:v>
+        <x:v>46028.9271643519</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>2.19</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>113.646</x:v>
+        <x:v>110.157</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>155.68</x:v>
+        <x:v>150.9</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46002.9321064815</x:v>
+        <x:v>46027.9295949074</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>2.24</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>114.537</x:v>
+        <x:v>114.07</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>156.9</x:v>
+        <x:v>156.26</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46001.9271180556</x:v>
+        <x:v>46024.9272453704</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>2.33</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>115.939</x:v>
+        <x:v>113.69</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>158.82</x:v>
+        <x:v>155.74</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>46000.9276273148</x:v>
+        <x:v>46022.9253125</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>2.21</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>113.851</x:v>
+        <x:v>107.003</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>155.96</x:v>
+        <x:v>146.58</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45996.930787037</x:v>
+        <x:v>46021.927025463</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>2.32</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>115.574</x:v>
+        <x:v>107.573</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>158.32</x:v>
+        <x:v>147.36</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45995.9303935185</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>2.28</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>114.931</x:v>
+        <x:v>108.398</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>157.44</x:v>
+        <x:v>148.49</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45994.9277430556</x:v>
+        <x:v>46017.9264351852</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>2.31</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>115.398</x:v>
+        <x:v>111.135</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>158.08</x:v>
+        <x:v>152.24</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46015.9254513889</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>2.45</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>117.625</x:v>
+        <x:v>109.544</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>161.13</x:v>
+        <x:v>150.06</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45992.9296759259</x:v>
+        <x:v>46015.7976851852</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>2.6</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>119.91</x:v>
+        <x:v>109.544</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>164.26</x:v>
+        <x:v>150.06</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45989.8197453704</x:v>
+        <x:v>46014.9278125</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>2.3</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>114.829</x:v>
+        <x:v>110.398</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>157.3</x:v>
+        <x:v>151.23</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45987.9266435185</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>115.048</x:v>
+        <x:v>110.201</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>157.6</x:v>
+        <x:v>150.96</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45986.9249305556</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>2.29</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>114.639</x:v>
+        <x:v>109.347</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>157.04</x:v>
+        <x:v>149.79</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45982.9249768518</x:v>
+        <x:v>46009.930775463</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>2.14</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>111.639</x:v>
+        <x:v>107.544</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>152.93</x:v>
+        <x:v>147.32</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45981.9258796296</x:v>
+        <x:v>46008.927662037</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>111.894</x:v>
+        <x:v>107.376</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>153.28</x:v>
+        <x:v>147.09</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46007.9278356481</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>2.41</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>116.041</x:v>
+        <x:v>108.982</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>158.96</x:v>
+        <x:v>149.29</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45979.9258564815</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>2.45</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>116.596</x:v>
+        <x:v>109.566</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>159.72</x:v>
+        <x:v>150.09</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45978.9281828704</x:v>
+        <x:v>46003.9269791667</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>2.36</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>115.128</x:v>
+        <x:v>113.646</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>157.71</x:v>
+        <x:v>155.68</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45975.925775463</x:v>
+        <x:v>46002.9321064815</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>2.19</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>112.274</x:v>
+        <x:v>114.537</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>153.8</x:v>
+        <x:v>156.9</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>2.48</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>116.683</x:v>
+        <x:v>115.939</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>159.84</x:v>
+        <x:v>158.82</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45973.9253009259</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>2.39</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>115.274</x:v>
+        <x:v>113.851</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>157.91</x:v>
+        <x:v>155.96</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45972.9253703704</x:v>
+        <x:v>45996.930787037</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>2.53</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>117.384</x:v>
+        <x:v>115.574</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>160.8</x:v>
+        <x:v>158.32</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45971.9254050926</x:v>
+        <x:v>45995.9303935185</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>2.79</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>121.1</x:v>
+        <x:v>114.931</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>165.89</x:v>
+        <x:v>157.44</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45968.9254976852</x:v>
+        <x:v>45994.9277430556</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>2.81</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>121.45</x:v>
+        <x:v>115.398</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>166.37</x:v>
+        <x:v>158.08</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>2.88</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>122.355</x:v>
+        <x:v>117.625</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>167.61</x:v>
+        <x:v>161.13</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45966.9253240741</x:v>
+        <x:v>45992.9296759259</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>2.74</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>120.319</x:v>
+        <x:v>119.91</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>164.82</x:v>
+        <x:v>164.26</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45989.8197453704</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>2.72</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>119.939</x:v>
+        <x:v>114.829</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>164.3</x:v>
+        <x:v>157.3</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45964.9228587963</x:v>
+        <x:v>45987.9266435185</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>2.89</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>122.406</x:v>
+        <x:v>115.048</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>167.68</x:v>
+        <x:v>157.6</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45961.8819907407</x:v>
+        <x:v>45986.9249305556</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>3.05</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>124.414</x:v>
+        <x:v>114.639</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>170.43</x:v>
+        <x:v>157.04</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45982.9249768518</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>3.24</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>126.969</x:v>
+        <x:v>111.639</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>173.93</x:v>
+        <x:v>152.93</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45959.8897800926</x:v>
+        <x:v>45981.9258796296</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>3.61</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>131.385</x:v>
+        <x:v>111.894</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>179.98</x:v>
+        <x:v>153.28</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45958.8875</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>3.42</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>129.006</x:v>
+        <x:v>116.041</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>176.72</x:v>
+        <x:v>158.96</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45957.8876157407</x:v>
+        <x:v>45979.9258564815</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>3.59</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>130.991</x:v>
+        <x:v>116.596</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>179.44</x:v>
+        <x:v>159.72</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45954.9259143519</x:v>
+        <x:v>45978.9281828704</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>3.32</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>127.531</x:v>
+        <x:v>115.128</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>174.7</x:v>
+        <x:v>157.71</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45953.9278935185</x:v>
+        <x:v>45975.925775463</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>3.17</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>125.487</x:v>
+        <x:v>112.274</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>171.9</x:v>
+        <x:v>153.8</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45952.9304398148</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>2.86</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>121.085</x:v>
+        <x:v>116.683</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>165.87</x:v>
+        <x:v>159.84</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45973.9253009259</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>2.9</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>121.684</x:v>
+        <x:v>115.274</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>166.69</x:v>
+        <x:v>157.91</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45950.9289583333</x:v>
+        <x:v>45972.9253703704</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>3.29</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>126.633</x:v>
+        <x:v>117.384</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>173.47</x:v>
+        <x:v>160.8</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45971.9254050926</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>2.95</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>121.946</x:v>
+        <x:v>121.1</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>167.05</x:v>
+        <x:v>165.89</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45946.9261921296</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>2.85</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>120.516</x:v>
+        <x:v>121.45</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>165.09</x:v>
+        <x:v>166.37</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45945.9257060185</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>2.9</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>121.114</x:v>
+        <x:v>122.355</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>165.91</x:v>
+        <x:v>167.61</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45944.9308449074</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>2.75</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>118.888</x:v>
+        <x:v>120.319</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>162.86</x:v>
+        <x:v>164.82</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45943.926712963</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>2.96</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>121.771</x:v>
+        <x:v>119.939</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>166.81</x:v>
+        <x:v>164.3</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>2.58</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>116.07</x:v>
+        <x:v>122.406</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>159</x:v>
+        <x:v>167.68</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>3.95</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>132.218</x:v>
+        <x:v>124.414</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>181.12</x:v>
+        <x:v>170.43</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>3.97</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>132.371</x:v>
+        <x:v>126.969</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>181.33</x:v>
+        <x:v>173.93</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>4.38</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>136.671</x:v>
+        <x:v>131.385</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>187.22</x:v>
+        <x:v>179.98</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>4.45</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>137.262</x:v>
+        <x:v>129.006</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>188.03</x:v>
+        <x:v>176.72</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>4.54</x:v>
+        <x:v>3.59</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>138.218</x:v>
+        <x:v>130.991</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>189.34</x:v>
+        <x:v>179.44</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>4.1</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>133.429</x:v>
+        <x:v>127.531</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>182.78</x:v>
+        <x:v>174.7</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>3.84</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>130.473</x:v>
+        <x:v>125.487</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>178.73</x:v>
+        <x:v>171.9</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>3.92</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>131.327</x:v>
+        <x:v>121.085</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>179.9</x:v>
+        <x:v>165.87</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>3.45</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>125.494</x:v>
+        <x:v>121.684</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>171.91</x:v>
+        <x:v>166.69</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>3.67</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>128.093</x:v>
+        <x:v>126.633</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>175.47</x:v>
+        <x:v>173.47</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>3.74</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>128.801</x:v>
+        <x:v>121.946</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>176.44</x:v>
+        <x:v>167.05</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
+        <x:v>45946.9261921296</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C108" s="0">
+        <x:v>2.85</x:v>
+      </x:c>
+      <x:c r="D108" s="0">
+        <x:v>120.516</x:v>
+      </x:c>
+      <x:c r="E108" s="0">
+        <x:v>165.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="1">
+        <x:v>45945.9257060185</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C109" s="0">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="D109" s="0">
+        <x:v>121.114</x:v>
+      </x:c>
+      <x:c r="E109" s="0">
+        <x:v>165.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:5">
+      <x:c r="A110" s="1">
+        <x:v>45944.9308449074</x:v>
+      </x:c>
+      <x:c r="B110" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C110" s="0">
+        <x:v>2.75</x:v>
+      </x:c>
+      <x:c r="D110" s="0">
+        <x:v>118.888</x:v>
+      </x:c>
+      <x:c r="E110" s="0">
+        <x:v>162.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:5">
+      <x:c r="A111" s="1">
+        <x:v>45943.926712963</x:v>
+      </x:c>
+      <x:c r="B111" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C111" s="0">
+        <x:v>2.96</x:v>
+      </x:c>
+      <x:c r="D111" s="0">
+        <x:v>121.771</x:v>
+      </x:c>
+      <x:c r="E111" s="0">
+        <x:v>166.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:5">
+      <x:c r="A112" s="1">
+        <x:v>45940.9234837963</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C112" s="0">
+        <x:v>2.58</x:v>
+      </x:c>
+      <x:c r="D112" s="0">
+        <x:v>116.07</x:v>
+      </x:c>
+      <x:c r="E112" s="0">
+        <x:v>159</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:5">
+      <x:c r="A113" s="1">
+        <x:v>45938.9270601852</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C113" s="0">
+        <x:v>3.95</x:v>
+      </x:c>
+      <x:c r="D113" s="0">
+        <x:v>132.218</x:v>
+      </x:c>
+      <x:c r="E113" s="0">
+        <x:v>181.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:5">
+      <x:c r="A114" s="1">
+        <x:v>45937.9282175926</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C114" s="0">
+        <x:v>3.97</x:v>
+      </x:c>
+      <x:c r="D114" s="0">
+        <x:v>132.371</x:v>
+      </x:c>
+      <x:c r="E114" s="0">
+        <x:v>181.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:5">
+      <x:c r="A115" s="1">
+        <x:v>45936.9242361111</x:v>
+      </x:c>
+      <x:c r="B115" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C115" s="0">
+        <x:v>4.38</x:v>
+      </x:c>
+      <x:c r="D115" s="0">
+        <x:v>136.671</x:v>
+      </x:c>
+      <x:c r="E115" s="0">
+        <x:v>187.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:5">
+      <x:c r="A116" s="1">
+        <x:v>45933.9288888889</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C116" s="0">
+        <x:v>4.45</x:v>
+      </x:c>
+      <x:c r="D116" s="0">
+        <x:v>137.262</x:v>
+      </x:c>
+      <x:c r="E116" s="0">
+        <x:v>188.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:5">
+      <x:c r="A117" s="1">
+        <x:v>45932.9250347222</x:v>
+      </x:c>
+      <x:c r="B117" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C117" s="0">
+        <x:v>4.54</x:v>
+      </x:c>
+      <x:c r="D117" s="0">
+        <x:v>138.218</x:v>
+      </x:c>
+      <x:c r="E117" s="0">
+        <x:v>189.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:5">
+      <x:c r="A118" s="1">
+        <x:v>45931.9293634259</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C118" s="0">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="D118" s="0">
+        <x:v>133.429</x:v>
+      </x:c>
+      <x:c r="E118" s="0">
+        <x:v>182.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:5">
+      <x:c r="A119" s="1">
+        <x:v>45930.9338773148</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C119" s="0">
+        <x:v>3.84</x:v>
+      </x:c>
+      <x:c r="D119" s="0">
+        <x:v>130.473</x:v>
+      </x:c>
+      <x:c r="E119" s="0">
+        <x:v>178.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:5">
+      <x:c r="A120" s="1">
+        <x:v>45929.9323842593</x:v>
+      </x:c>
+      <x:c r="B120" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C120" s="0">
+        <x:v>3.92</x:v>
+      </x:c>
+      <x:c r="D120" s="0">
+        <x:v>131.327</x:v>
+      </x:c>
+      <x:c r="E120" s="0">
+        <x:v>179.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:5">
+      <x:c r="A121" s="1">
+        <x:v>45926.9299537037</x:v>
+      </x:c>
+      <x:c r="B121" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C121" s="0">
+        <x:v>3.45</x:v>
+      </x:c>
+      <x:c r="D121" s="0">
+        <x:v>125.494</x:v>
+      </x:c>
+      <x:c r="E121" s="0">
+        <x:v>171.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:5">
+      <x:c r="A122" s="1">
+        <x:v>45925.9293865741</x:v>
+      </x:c>
+      <x:c r="B122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C122" s="0">
+        <x:v>3.67</x:v>
+      </x:c>
+      <x:c r="D122" s="0">
+        <x:v>128.093</x:v>
+      </x:c>
+      <x:c r="E122" s="0">
+        <x:v>175.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:5">
+      <x:c r="A123" s="1">
+        <x:v>45924.9296990741</x:v>
+      </x:c>
+      <x:c r="B123" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C123" s="0">
+        <x:v>3.74</x:v>
+      </x:c>
+      <x:c r="D123" s="0">
+        <x:v>128.801</x:v>
+      </x:c>
+      <x:c r="E123" s="0">
+        <x:v>176.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:5">
+      <x:c r="A124" s="1">
         <x:v>45923.925162037</x:v>
       </x:c>
-      <x:c r="B108" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C108" s="0">
+      <x:c r="B124" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C124" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D108" s="0">
+      <x:c r="D124" s="0">
         <x:v>119.048</x:v>
       </x:c>
-      <x:c r="E108" s="0">
+      <x:c r="E124" s="0">
         <x:v>163.08</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>