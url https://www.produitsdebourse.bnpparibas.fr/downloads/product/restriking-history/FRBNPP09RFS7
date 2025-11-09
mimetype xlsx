--- v0 (2025-10-01)
+++ v1 (2025-11-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fe64baa48e44f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1a0ca21dd99f4484acd138849a9a9638.psmdcp" Id="R601d174458a24883" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a497e10ad7949d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4021a159b54f4dd99330db0d27da9628.psmdcp" Id="R724724749ec34997" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09RFS7</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,454 +390,998 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E24"/>
+  <x:dimension ref="A1:E56"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>2.27</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>49645.742</x:v>
+        <x:v>50276.197</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>46397.89</x:v>
+        <x:v>46987.1</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>49558.195</x:v>
+        <x:v>50197.606</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>46316.07</x:v>
+        <x:v>46913.65</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>2.35</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>49484.6</x:v>
+        <x:v>50622.877</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>46247.29</x:v>
+        <x:v>47311.1</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>2.55</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>49163.632</x:v>
+        <x:v>50381.207</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>45947.32</x:v>
+        <x:v>47085.24</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>49349.77</x:v>
+        <x:v>50650.248</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>46121.28</x:v>
+        <x:v>47336.68</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45923.925162037</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>2.33</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>49533.275</x:v>
+        <x:v>50892.271</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>46292.78</x:v>
+        <x:v>47562.87</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45922.9267013889</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>2.28</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>49628.248</x:v>
+        <x:v>50848.668</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>46381.54</x:v>
+        <x:v>47522.12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45919.934224537</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>49557.339</x:v>
+        <x:v>50966.24</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>46315.27</x:v>
+        <x:v>47632</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45918.9265277778</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>2.42</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>49372.133</x:v>
+        <x:v>51045.816</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>46142.18</x:v>
+        <x:v>47706.37</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45917.9271180556</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>2.49</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>49237.045</x:v>
+        <x:v>50872.711</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>46018.32</x:v>
+        <x:v>47544.59</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45917.3258680556</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>2.7</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>48958.396</x:v>
+        <x:v>50505.122</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>45757.9</x:v>
+        <x:v>47207.12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45954.3348032407</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>2.68</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>48960.953</x:v>
+        <x:v>49999.537</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>45757.9</x:v>
+        <x:v>46734.61</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>2.59</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>49073.593</x:v>
+        <x:v>50006.033</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>45883.45</x:v>
+        <x:v>46734.61</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>2.61</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>49020.917</x:v>
+        <x:v>49851.739</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>45834.22</x:v>
+        <x:v>46590.41</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45912.9234837963</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>2.63</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>49042.615</x:v>
+        <x:v>50209.472</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>45834.22</x:v>
+        <x:v>46924.74</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>2.45</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>49335.498</x:v>
+        <x:v>49966.759</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>46108</x:v>
+        <x:v>46706.58</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45911.3307638889</x:v>
+        <x:v>45950.3282407407</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>2.91</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>48675.223</x:v>
+        <x:v>49414.671</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>45490.92</x:v>
+        <x:v>46190.61</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45910.9240625</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>2.93</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>48668.523</x:v>
+        <x:v>49423.953</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>45490.92</x:v>
+        <x:v>46190.61</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45910.2980671296</x:v>
+        <x:v>45946.9261921296</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>2.79</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>48904.372</x:v>
+        <x:v>49168.897</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>45711.34</x:v>
+        <x:v>45952.24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45909.924537037</x:v>
+        <x:v>45945.9257060185</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>2.77</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>48911.134</x:v>
+        <x:v>49491.042</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>45711.34</x:v>
+        <x:v>46253.31</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45908.9240277778</x:v>
+        <x:v>45944.9308449074</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>2.92</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>48700.996</x:v>
+        <x:v>49509.392</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>45514.95</x:v>
+        <x:v>46270.46</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
+        <x:v>45943.926712963</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C24" s="0">
+        <x:v>2.38</x:v>
+      </x:c>
+      <x:c r="D24" s="0">
+        <x:v>49292.311</x:v>
+      </x:c>
+      <x:c r="E24" s="0">
+        <x:v>46067.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="1">
+        <x:v>45940.9234837963</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C25" s="0">
+        <x:v>2.81</x:v>
+      </x:c>
+      <x:c r="D25" s="0">
+        <x:v>48653.89</x:v>
+      </x:c>
+      <x:c r="E25" s="0">
+        <x:v>45479.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="1">
+        <x:v>45940.3354976852</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C26" s="0">
+        <x:v>2.25</x:v>
+      </x:c>
+      <x:c r="D26" s="0">
+        <x:v>49594.228</x:v>
+      </x:c>
+      <x:c r="E26" s="0">
+        <x:v>46358.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="1">
+        <x:v>45938.9270601852</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C27" s="0">
+        <x:v>2.15</x:v>
+      </x:c>
+      <x:c r="D27" s="0">
+        <x:v>49863.905</x:v>
+      </x:c>
+      <x:c r="E27" s="0">
+        <x:v>46601.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="1">
+        <x:v>45937.9282175926</x:v>
+      </x:c>
+      <x:c r="B28" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C28" s="0">
+        <x:v>2.15</x:v>
+      </x:c>
+      <x:c r="D28" s="0">
+        <x:v>49865.189</x:v>
+      </x:c>
+      <x:c r="E28" s="0">
+        <x:v>46602.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="1">
+        <x:v>45936.9242361111</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C29" s="0">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="D29" s="0">
+        <x:v>49954.398</x:v>
+      </x:c>
+      <x:c r="E29" s="0">
+        <x:v>46694.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="1">
+        <x:v>45936.3349074074</x:v>
+      </x:c>
+      <x:c r="B30" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C30" s="0">
+        <x:v>2.01</x:v>
+      </x:c>
+      <x:c r="D30" s="0">
+        <x:v>50022.139</x:v>
+      </x:c>
+      <x:c r="E30" s="0">
+        <x:v>46758.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="1">
+        <x:v>45933.9288888889</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C31" s="0">
+        <x:v>2.06</x:v>
+      </x:c>
+      <x:c r="D31" s="0">
+        <x:v>50028.839</x:v>
+      </x:c>
+      <x:c r="E31" s="0">
+        <x:v>46758.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="1">
+        <x:v>45933.331099537</x:v>
+      </x:c>
+      <x:c r="B32" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C32" s="0">
+        <x:v>2.13</x:v>
+      </x:c>
+      <x:c r="D32" s="0">
+        <x:v>49773.58</x:v>
+      </x:c>
+      <x:c r="E32" s="0">
+        <x:v>46519.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="1">
+        <x:v>45932.9250347222</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C33" s="0">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="D33" s="0">
+        <x:v>49776.1</x:v>
+      </x:c>
+      <x:c r="E33" s="0">
+        <x:v>46519.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="1">
+        <x:v>45931.9293634259</x:v>
+      </x:c>
+      <x:c r="B34" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C34" s="0">
+        <x:v>2.24</x:v>
+      </x:c>
+      <x:c r="D34" s="0">
+        <x:v>49691.977</x:v>
+      </x:c>
+      <x:c r="E34" s="0">
+        <x:v>46441.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="1">
+        <x:v>45930.9338773148</x:v>
+      </x:c>
+      <x:c r="B35" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C35" s="0">
+        <x:v>2.27</x:v>
+      </x:c>
+      <x:c r="D35" s="0">
+        <x:v>49645.742</x:v>
+      </x:c>
+      <x:c r="E35" s="0">
+        <x:v>46397.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="1">
+        <x:v>45929.9323842593</x:v>
+      </x:c>
+      <x:c r="B36" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C36" s="0">
+        <x:v>2.31</x:v>
+      </x:c>
+      <x:c r="D36" s="0">
+        <x:v>49558.195</x:v>
+      </x:c>
+      <x:c r="E36" s="0">
+        <x:v>46316.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="1">
+        <x:v>45926.9299537037</x:v>
+      </x:c>
+      <x:c r="B37" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C37" s="0">
+        <x:v>2.35</x:v>
+      </x:c>
+      <x:c r="D37" s="0">
+        <x:v>49484.6</x:v>
+      </x:c>
+      <x:c r="E37" s="0">
+        <x:v>46247.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="1">
+        <x:v>45925.9293865741</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C38" s="0">
+        <x:v>2.55</x:v>
+      </x:c>
+      <x:c r="D38" s="0">
+        <x:v>49163.632</x:v>
+      </x:c>
+      <x:c r="E38" s="0">
+        <x:v>45947.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="1">
+        <x:v>45924.9296990741</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C39" s="0">
+        <x:v>2.44</x:v>
+      </x:c>
+      <x:c r="D39" s="0">
+        <x:v>49349.77</x:v>
+      </x:c>
+      <x:c r="E39" s="0">
+        <x:v>46121.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="1">
+        <x:v>45923.925162037</x:v>
+      </x:c>
+      <x:c r="B40" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C40" s="0">
+        <x:v>2.33</x:v>
+      </x:c>
+      <x:c r="D40" s="0">
+        <x:v>49533.275</x:v>
+      </x:c>
+      <x:c r="E40" s="0">
+        <x:v>46292.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="1">
+        <x:v>45922.9267013889</x:v>
+      </x:c>
+      <x:c r="B41" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C41" s="0">
+        <x:v>2.28</x:v>
+      </x:c>
+      <x:c r="D41" s="0">
+        <x:v>49628.248</x:v>
+      </x:c>
+      <x:c r="E41" s="0">
+        <x:v>46381.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="1">
+        <x:v>45919.934224537</x:v>
+      </x:c>
+      <x:c r="B42" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C42" s="0">
+        <x:v>2.31</x:v>
+      </x:c>
+      <x:c r="D42" s="0">
+        <x:v>49557.339</x:v>
+      </x:c>
+      <x:c r="E42" s="0">
+        <x:v>46315.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="1">
+        <x:v>45918.9265277778</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C43" s="0">
+        <x:v>2.42</x:v>
+      </x:c>
+      <x:c r="D43" s="0">
+        <x:v>49372.133</x:v>
+      </x:c>
+      <x:c r="E43" s="0">
+        <x:v>46142.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="1">
+        <x:v>45917.9271180556</x:v>
+      </x:c>
+      <x:c r="B44" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C44" s="0">
+        <x:v>2.49</x:v>
+      </x:c>
+      <x:c r="D44" s="0">
+        <x:v>49237.045</x:v>
+      </x:c>
+      <x:c r="E44" s="0">
+        <x:v>46018.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="1">
+        <x:v>45917.3258680556</x:v>
+      </x:c>
+      <x:c r="B45" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C45" s="0">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="D45" s="0">
+        <x:v>48958.396</x:v>
+      </x:c>
+      <x:c r="E45" s="0">
+        <x:v>45757.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="1">
+        <x:v>45916.9259375</x:v>
+      </x:c>
+      <x:c r="B46" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C46" s="0">
+        <x:v>2.68</x:v>
+      </x:c>
+      <x:c r="D46" s="0">
+        <x:v>48960.953</x:v>
+      </x:c>
+      <x:c r="E46" s="0">
+        <x:v>45757.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="1">
+        <x:v>45915.9270601852</x:v>
+      </x:c>
+      <x:c r="B47" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C47" s="0">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="D47" s="0">
+        <x:v>49073.593</x:v>
+      </x:c>
+      <x:c r="E47" s="0">
+        <x:v>45883.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="1">
+        <x:v>45915.3170833333</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C48" s="0">
+        <x:v>2.61</x:v>
+      </x:c>
+      <x:c r="D48" s="0">
+        <x:v>49020.917</x:v>
+      </x:c>
+      <x:c r="E48" s="0">
+        <x:v>45834.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="1">
+        <x:v>45912.9234837963</x:v>
+      </x:c>
+      <x:c r="B49" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C49" s="0">
+        <x:v>2.63</x:v>
+      </x:c>
+      <x:c r="D49" s="0">
+        <x:v>49042.615</x:v>
+      </x:c>
+      <x:c r="E49" s="0">
+        <x:v>45834.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="1">
+        <x:v>45911.9251388889</x:v>
+      </x:c>
+      <x:c r="B50" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C50" s="0">
+        <x:v>2.45</x:v>
+      </x:c>
+      <x:c r="D50" s="0">
+        <x:v>49335.498</x:v>
+      </x:c>
+      <x:c r="E50" s="0">
+        <x:v>46108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="1">
+        <x:v>45911.3307638889</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C51" s="0">
+        <x:v>2.91</x:v>
+      </x:c>
+      <x:c r="D51" s="0">
+        <x:v>48675.223</x:v>
+      </x:c>
+      <x:c r="E51" s="0">
+        <x:v>45490.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="1">
+        <x:v>45910.9240625</x:v>
+      </x:c>
+      <x:c r="B52" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C52" s="0">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="D52" s="0">
+        <x:v>48668.523</x:v>
+      </x:c>
+      <x:c r="E52" s="0">
+        <x:v>45490.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="1">
+        <x:v>45910.2980671296</x:v>
+      </x:c>
+      <x:c r="B53" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C53" s="0">
+        <x:v>2.79</x:v>
+      </x:c>
+      <x:c r="D53" s="0">
+        <x:v>48904.372</x:v>
+      </x:c>
+      <x:c r="E53" s="0">
+        <x:v>45711.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="1">
+        <x:v>45909.924537037</x:v>
+      </x:c>
+      <x:c r="B54" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C54" s="0">
+        <x:v>2.77</x:v>
+      </x:c>
+      <x:c r="D54" s="0">
+        <x:v>48911.134</x:v>
+      </x:c>
+      <x:c r="E54" s="0">
+        <x:v>45711.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="1">
+        <x:v>45908.9240277778</x:v>
+      </x:c>
+      <x:c r="B55" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C55" s="0">
+        <x:v>2.92</x:v>
+      </x:c>
+      <x:c r="D55" s="0">
+        <x:v>48700.996</x:v>
+      </x:c>
+      <x:c r="E55" s="0">
+        <x:v>45514.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="1">
         <x:v>45905.9285648148</x:v>
       </x:c>
-      <x:c r="B24" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C24" s="0">
+      <x:c r="B56" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C56" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D24" s="0">
+      <x:c r="D56" s="0">
         <x:v>48578.92</x:v>
       </x:c>
-      <x:c r="E24" s="0">
+      <x:c r="E56" s="0">
         <x:v>45400.86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>