--- v1 (2025-11-09)
+++ v2 (2025-11-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a497e10ad7949d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4021a159b54f4dd99330db0d27da9628.psmdcp" Id="R724724749ec34997" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03b4d80675464051" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e17e4bacae0f4233a6b004755c83e3a9.psmdcp" Id="R8cb86c0cfbf54428" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09RFS7</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,998 +390,1338 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E56"/>
+  <x:dimension ref="A1:E76"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45968.9254976852</x:v>
+        <x:v>45989.8197453704</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.82</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>50276.197</x:v>
+        <x:v>51056.569</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>46987.1</x:v>
+        <x:v>47716.42</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>45987.9266435185</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1.85</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>50197.606</x:v>
+        <x:v>50747.018</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>46913.65</x:v>
+        <x:v>47427.12</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45966.9253240741</x:v>
+        <x:v>45986.9249305556</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1.68</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>50622.877</x:v>
+        <x:v>50402.318</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>47311.1</x:v>
+        <x:v>47112.45</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1.78</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>50381.207</x:v>
+        <x:v>49691.645</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>47085.24</x:v>
+        <x:v>46448.27</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45964.9228587963</x:v>
+        <x:v>45982.9249768518</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>1.67</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>50650.248</x:v>
+        <x:v>49467.936</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>47336.68</x:v>
+        <x:v>46245.41</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45961.8819907407</x:v>
+        <x:v>45982.3125115741</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>1.58</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>50892.271</x:v>
+        <x:v>48940.265</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>47562.87</x:v>
+        <x:v>45752.26</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45981.9258796296</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>1.59</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>50848.668</x:v>
+        <x:v>48949.316</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>47522.12</x:v>
+        <x:v>45752.26</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45959.8897800926</x:v>
+        <x:v>45981.3119560185</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>1.55</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>50966.24</x:v>
+        <x:v>49362.881</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>47632</x:v>
+        <x:v>46138.77</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45958.8875</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1.52</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>51045.816</x:v>
+        <x:v>49368.484</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>47706.37</x:v>
+        <x:v>46138.77</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45957.8876157407</x:v>
+        <x:v>45979.9258564815</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>1.58</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>50872.711</x:v>
+        <x:v>49307.634</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>47544.59</x:v>
+        <x:v>46091.74</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45954.9259143519</x:v>
+        <x:v>45979.3133912037</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>50505.122</x:v>
+        <x:v>49841.029</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>47207.12</x:v>
+        <x:v>46590.24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45954.3348032407</x:v>
+        <x:v>45978.9281828704</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>49999.537</x:v>
+        <x:v>49851.557</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>46734.61</x:v>
+        <x:v>46590.24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45953.9278935185</x:v>
+        <x:v>45975.925775463</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>50006.033</x:v>
+        <x:v>50431.119</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>46734.61</x:v>
+        <x:v>47147.48</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45952.9304398148</x:v>
+        <x:v>45975.3077546296</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>49851.739</x:v>
+        <x:v>50762.541</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>46590.41</x:v>
+        <x:v>47457.22</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>50209.472</x:v>
+        <x:v>50779.225</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>46924.74</x:v>
+        <x:v>47457.22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45950.9289583333</x:v>
+        <x:v>45973.9253009259</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>1.99</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>49966.759</x:v>
+        <x:v>51628.532</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>46706.58</x:v>
+        <x:v>48254.82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45950.3282407407</x:v>
+        <x:v>45973.3365277778</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>2.2</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>49414.671</x:v>
+        <x:v>51278.792</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>46190.61</x:v>
+        <x:v>47927.96</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45972.9253703704</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>2.3</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>49423.953</x:v>
+        <x:v>51282.917</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>46190.61</x:v>
+        <x:v>47927.96</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45946.9261921296</x:v>
+        <x:v>45971.9254050926</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>2.45</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>49168.897</x:v>
+        <x:v>50672.49</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>45952.24</x:v>
+        <x:v>47368.63</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45945.9257060185</x:v>
+        <x:v>45971.2992708333</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>2.27</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>49491.042</x:v>
+        <x:v>50264.253</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>46253.31</x:v>
+        <x:v>46987.1</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45944.9308449074</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>2.25</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>49509.392</x:v>
+        <x:v>50276.197</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>46270.46</x:v>
+        <x:v>46987.1</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45943.926712963</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>2.38</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>49292.311</x:v>
+        <x:v>50197.606</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>46067.58</x:v>
+        <x:v>46913.65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>2.81</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>48653.89</x:v>
+        <x:v>50622.877</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>45479.6</x:v>
+        <x:v>47311.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45940.3354976852</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>2.25</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>49594.228</x:v>
+        <x:v>50381.207</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>46358.42</x:v>
+        <x:v>47085.24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>49863.905</x:v>
+        <x:v>50650.248</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>46601.78</x:v>
+        <x:v>47336.68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>49865.189</x:v>
+        <x:v>50892.271</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>46602.98</x:v>
+        <x:v>47562.87</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>2.1</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>49954.398</x:v>
+        <x:v>50848.668</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>46694.97</x:v>
+        <x:v>47522.12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45936.3349074074</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>2.01</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>50022.139</x:v>
+        <x:v>50966.24</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>46758.28</x:v>
+        <x:v>47632</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>2.06</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>50028.839</x:v>
+        <x:v>51045.816</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>46758.28</x:v>
+        <x:v>47706.37</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45933.331099537</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>49773.58</x:v>
+        <x:v>50872.711</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>46519.72</x:v>
+        <x:v>47544.59</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>2.2</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>49776.1</x:v>
+        <x:v>50505.122</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>46519.72</x:v>
+        <x:v>47207.12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45954.3348032407</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>2.24</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>49691.977</x:v>
+        <x:v>49999.537</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>46441.1</x:v>
+        <x:v>46734.61</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>2.27</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>49645.742</x:v>
+        <x:v>50006.033</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>46397.89</x:v>
+        <x:v>46734.61</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>2.31</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>49558.195</x:v>
+        <x:v>49851.739</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>46316.07</x:v>
+        <x:v>46590.41</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>2.35</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>49484.6</x:v>
+        <x:v>50209.472</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>46247.29</x:v>
+        <x:v>46924.74</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>2.55</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>49163.632</x:v>
+        <x:v>49966.759</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>45947.32</x:v>
+        <x:v>46706.58</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45950.3282407407</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>2.44</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>49349.77</x:v>
+        <x:v>49414.671</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>46121.28</x:v>
+        <x:v>46190.61</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45923.925162037</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>2.33</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>49533.275</x:v>
+        <x:v>49423.953</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>46292.78</x:v>
+        <x:v>46190.61</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45922.9267013889</x:v>
+        <x:v>45946.9261921296</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>2.28</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>49628.248</x:v>
+        <x:v>49168.897</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>46381.54</x:v>
+        <x:v>45952.24</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45919.934224537</x:v>
+        <x:v>45945.9257060185</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>2.31</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>49557.339</x:v>
+        <x:v>49491.042</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>46315.27</x:v>
+        <x:v>46253.31</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45918.9265277778</x:v>
+        <x:v>45944.9308449074</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>2.42</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>49372.133</x:v>
+        <x:v>49509.392</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>46142.18</x:v>
+        <x:v>46270.46</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45917.9271180556</x:v>
+        <x:v>45943.926712963</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>2.49</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>49237.045</x:v>
+        <x:v>49292.311</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>46018.32</x:v>
+        <x:v>46067.58</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45917.3258680556</x:v>
+        <x:v>45940.9234837963</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>2.7</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>48958.396</x:v>
+        <x:v>48653.89</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>45757.9</x:v>
+        <x:v>45479.6</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45940.3354976852</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>2.68</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>48960.953</x:v>
+        <x:v>49594.228</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>45757.9</x:v>
+        <x:v>46358.42</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45938.9270601852</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>2.59</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>49073.593</x:v>
+        <x:v>49863.905</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>45883.45</x:v>
+        <x:v>46601.78</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45937.9282175926</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>2.61</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>49020.917</x:v>
+        <x:v>49865.189</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>45834.22</x:v>
+        <x:v>46602.98</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45912.9234837963</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>2.63</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>49042.615</x:v>
+        <x:v>49954.398</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>45834.22</x:v>
+        <x:v>46694.97</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45936.3349074074</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>2.45</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>49335.498</x:v>
+        <x:v>50022.139</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>46108</x:v>
+        <x:v>46758.28</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45911.3307638889</x:v>
+        <x:v>45933.9288888889</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>2.91</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>48675.223</x:v>
+        <x:v>50028.839</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>45490.92</x:v>
+        <x:v>46758.28</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45910.9240625</x:v>
+        <x:v>45933.331099537</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>2.93</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>48668.523</x:v>
+        <x:v>49773.58</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>45490.92</x:v>
+        <x:v>46519.72</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45910.2980671296</x:v>
+        <x:v>45932.9250347222</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>2.79</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>48904.372</x:v>
+        <x:v>49776.1</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>45711.34</x:v>
+        <x:v>46519.72</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45909.924537037</x:v>
+        <x:v>45931.9293634259</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>2.77</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>48911.134</x:v>
+        <x:v>49691.977</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>45711.34</x:v>
+        <x:v>46441.1</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45908.9240277778</x:v>
+        <x:v>45930.9338773148</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>2.92</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>48700.996</x:v>
+        <x:v>49645.742</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>45514.95</x:v>
+        <x:v>46397.89</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
+        <x:v>45929.9323842593</x:v>
+      </x:c>
+      <x:c r="B56" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C56" s="0">
+        <x:v>2.31</x:v>
+      </x:c>
+      <x:c r="D56" s="0">
+        <x:v>49558.195</x:v>
+      </x:c>
+      <x:c r="E56" s="0">
+        <x:v>46316.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="1">
+        <x:v>45926.9299537037</x:v>
+      </x:c>
+      <x:c r="B57" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C57" s="0">
+        <x:v>2.35</x:v>
+      </x:c>
+      <x:c r="D57" s="0">
+        <x:v>49484.6</x:v>
+      </x:c>
+      <x:c r="E57" s="0">
+        <x:v>46247.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="1">
+        <x:v>45925.9293865741</x:v>
+      </x:c>
+      <x:c r="B58" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C58" s="0">
+        <x:v>2.55</x:v>
+      </x:c>
+      <x:c r="D58" s="0">
+        <x:v>49163.632</x:v>
+      </x:c>
+      <x:c r="E58" s="0">
+        <x:v>45947.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="1">
+        <x:v>45924.9296990741</x:v>
+      </x:c>
+      <x:c r="B59" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C59" s="0">
+        <x:v>2.44</x:v>
+      </x:c>
+      <x:c r="D59" s="0">
+        <x:v>49349.77</x:v>
+      </x:c>
+      <x:c r="E59" s="0">
+        <x:v>46121.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="1">
+        <x:v>45923.925162037</x:v>
+      </x:c>
+      <x:c r="B60" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C60" s="0">
+        <x:v>2.33</x:v>
+      </x:c>
+      <x:c r="D60" s="0">
+        <x:v>49533.275</x:v>
+      </x:c>
+      <x:c r="E60" s="0">
+        <x:v>46292.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="1">
+        <x:v>45922.9267013889</x:v>
+      </x:c>
+      <x:c r="B61" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C61" s="0">
+        <x:v>2.28</x:v>
+      </x:c>
+      <x:c r="D61" s="0">
+        <x:v>49628.248</x:v>
+      </x:c>
+      <x:c r="E61" s="0">
+        <x:v>46381.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="1">
+        <x:v>45919.934224537</x:v>
+      </x:c>
+      <x:c r="B62" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C62" s="0">
+        <x:v>2.31</x:v>
+      </x:c>
+      <x:c r="D62" s="0">
+        <x:v>49557.339</x:v>
+      </x:c>
+      <x:c r="E62" s="0">
+        <x:v>46315.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="1">
+        <x:v>45918.9265277778</x:v>
+      </x:c>
+      <x:c r="B63" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C63" s="0">
+        <x:v>2.42</x:v>
+      </x:c>
+      <x:c r="D63" s="0">
+        <x:v>49372.133</x:v>
+      </x:c>
+      <x:c r="E63" s="0">
+        <x:v>46142.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="1">
+        <x:v>45917.9271180556</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C64" s="0">
+        <x:v>2.49</x:v>
+      </x:c>
+      <x:c r="D64" s="0">
+        <x:v>49237.045</x:v>
+      </x:c>
+      <x:c r="E64" s="0">
+        <x:v>46018.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="1">
+        <x:v>45917.3258680556</x:v>
+      </x:c>
+      <x:c r="B65" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C65" s="0">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="D65" s="0">
+        <x:v>48958.396</x:v>
+      </x:c>
+      <x:c r="E65" s="0">
+        <x:v>45757.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="1">
+        <x:v>45916.9259375</x:v>
+      </x:c>
+      <x:c r="B66" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C66" s="0">
+        <x:v>2.68</x:v>
+      </x:c>
+      <x:c r="D66" s="0">
+        <x:v>48960.953</x:v>
+      </x:c>
+      <x:c r="E66" s="0">
+        <x:v>45757.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1">
+        <x:v>45915.9270601852</x:v>
+      </x:c>
+      <x:c r="B67" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C67" s="0">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="D67" s="0">
+        <x:v>49073.593</x:v>
+      </x:c>
+      <x:c r="E67" s="0">
+        <x:v>45883.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="1">
+        <x:v>45915.3170833333</x:v>
+      </x:c>
+      <x:c r="B68" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C68" s="0">
+        <x:v>2.61</x:v>
+      </x:c>
+      <x:c r="D68" s="0">
+        <x:v>49020.917</x:v>
+      </x:c>
+      <x:c r="E68" s="0">
+        <x:v>45834.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1">
+        <x:v>45912.9234837963</x:v>
+      </x:c>
+      <x:c r="B69" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C69" s="0">
+        <x:v>2.63</x:v>
+      </x:c>
+      <x:c r="D69" s="0">
+        <x:v>49042.615</x:v>
+      </x:c>
+      <x:c r="E69" s="0">
+        <x:v>45834.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="1">
+        <x:v>45911.9251388889</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C70" s="0">
+        <x:v>2.45</x:v>
+      </x:c>
+      <x:c r="D70" s="0">
+        <x:v>49335.498</x:v>
+      </x:c>
+      <x:c r="E70" s="0">
+        <x:v>46108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="1">
+        <x:v>45911.3307638889</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C71" s="0">
+        <x:v>2.91</x:v>
+      </x:c>
+      <x:c r="D71" s="0">
+        <x:v>48675.223</x:v>
+      </x:c>
+      <x:c r="E71" s="0">
+        <x:v>45490.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="1">
+        <x:v>45910.9240625</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C72" s="0">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="D72" s="0">
+        <x:v>48668.523</x:v>
+      </x:c>
+      <x:c r="E72" s="0">
+        <x:v>45490.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="1">
+        <x:v>45910.2980671296</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C73" s="0">
+        <x:v>2.79</x:v>
+      </x:c>
+      <x:c r="D73" s="0">
+        <x:v>48904.372</x:v>
+      </x:c>
+      <x:c r="E73" s="0">
+        <x:v>45711.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="1">
+        <x:v>45909.924537037</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C74" s="0">
+        <x:v>2.77</x:v>
+      </x:c>
+      <x:c r="D74" s="0">
+        <x:v>48911.134</x:v>
+      </x:c>
+      <x:c r="E74" s="0">
+        <x:v>45711.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="1">
+        <x:v>45908.9240277778</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C75" s="0">
+        <x:v>2.92</x:v>
+      </x:c>
+      <x:c r="D75" s="0">
+        <x:v>48700.996</x:v>
+      </x:c>
+      <x:c r="E75" s="0">
+        <x:v>45514.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="1">
         <x:v>45905.9285648148</x:v>
       </x:c>
-      <x:c r="B56" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C56" s="0">
+      <x:c r="B76" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C76" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D56" s="0">
+      <x:c r="D76" s="0">
         <x:v>48578.92</x:v>
       </x:c>
-      <x:c r="E56" s="0">
+      <x:c r="E76" s="0">
         <x:v>45400.86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>