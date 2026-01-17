--- v2 (2025-11-30)
+++ v3 (2026-01-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03b4d80675464051" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e17e4bacae0f4233a6b004755c83e3a9.psmdcp" Id="R8cb86c0cfbf54428" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67d1717875824e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec6ee38d54954c4c99a633ba62e9a727.psmdcp" Id="R4b3e6e27588445b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09RFS7</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1338 +390,2086 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E76"/>
+  <x:dimension ref="A1:E120"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45989.8197453704</x:v>
+        <x:v>46038.9244097222</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.36</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>51056.569</x:v>
+        <x:v>52814.483</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>47716.42</x:v>
+        <x:v>49359.33</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45987.9266435185</x:v>
+        <x:v>46037.9281134259</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1.46</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>50747.018</x:v>
+        <x:v>52903.411</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>47427.12</x:v>
+        <x:v>49442.44</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45986.9249305556</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>50402.318</x:v>
+        <x:v>52590.104</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>47112.45</x:v>
+        <x:v>49149.63</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1.94</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>49691.645</x:v>
+        <x:v>52635.429</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>46448.27</x:v>
+        <x:v>49191.99</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45982.9249768518</x:v>
+        <x:v>46034.927974537</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>2.02</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>49467.936</x:v>
+        <x:v>53057.266</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>46245.41</x:v>
+        <x:v>49590.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45982.3125115741</x:v>
+        <x:v>46034.2969212963</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>2.22</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>48940.265</x:v>
+        <x:v>52965.107</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>45752.26</x:v>
+        <x:v>49504.07</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45981.9258796296</x:v>
+        <x:v>46031.9291087963</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>2.33</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>48949.316</x:v>
+        <x:v>52969.355</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>45752.26</x:v>
+        <x:v>49504.07</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45981.3119560185</x:v>
+        <x:v>46030.9271064815</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>1.97</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>49362.881</x:v>
+        <x:v>52714.738</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>46138.77</x:v>
+        <x:v>49266.11</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46029.9279398148</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>2.12</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>49368.484</x:v>
+        <x:v>52425.806</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>46138.77</x:v>
+        <x:v>48996.08</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45979.9258564815</x:v>
+        <x:v>46028.9271643519</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>2.15</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>49307.634</x:v>
+        <x:v>52915.191</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>46091.74</x:v>
+        <x:v>49462.08</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>46028.3344675926</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>1.97</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>49841.029</x:v>
+        <x:v>52396.348</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>46590.24</x:v>
+        <x:v>48977.18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45978.9281828704</x:v>
+        <x:v>46027.9295949074</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1.9</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>49851.557</x:v>
+        <x:v>52405.583</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>46590.24</x:v>
+        <x:v>48977.18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45975.925775463</x:v>
+        <x:v>46024.9272453704</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1.66</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>50431.119</x:v>
+        <x:v>51761.585</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>47147.48</x:v>
+        <x:v>48382.39</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45975.3077546296</x:v>
+        <x:v>46024.2881828704</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>1.54</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>50762.541</x:v>
+        <x:v>51420.148</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>47457.22</x:v>
+        <x:v>48063.29</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>46022.9253125</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>1.55</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>50779.225</x:v>
+        <x:v>51427.72</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>47457.22</x:v>
+        <x:v>48063.29</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45973.9253009259</x:v>
+        <x:v>46021.927025463</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>51628.532</x:v>
+        <x:v>51752.754</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>48254.82</x:v>
+        <x:v>48367.06</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45973.3365277778</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>1.38</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>51278.792</x:v>
+        <x:v>51854.265</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>47927.96</x:v>
+        <x:v>48461.93</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45972.9253703704</x:v>
+        <x:v>46017.9264351852</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>51282.917</x:v>
+        <x:v>52120.738</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>47927.96</x:v>
+        <x:v>48710.97</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45971.9254050926</x:v>
+        <x:v>46015.9254513889</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>1.64</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>50672.49</x:v>
+        <x:v>52142.341</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>47368.63</x:v>
+        <x:v>48731.16</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45971.2992708333</x:v>
+        <x:v>46015.7976851852</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>1.77</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>50264.253</x:v>
+        <x:v>52142.341</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>46987.1</x:v>
+        <x:v>48731.16</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45968.9254976852</x:v>
+        <x:v>46014.9278125</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>1.82</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>50276.197</x:v>
+        <x:v>51833.379</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>46987.1</x:v>
+        <x:v>48442.41</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>1.85</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>50197.606</x:v>
+        <x:v>51748.068</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>46913.65</x:v>
+        <x:v>48362.68</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45966.9253240741</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>1.68</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>50622.877</x:v>
+        <x:v>51504.332</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>47311.1</x:v>
+        <x:v>48134.89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>46009.930775463</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>1.78</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>50381.207</x:v>
+        <x:v>51305.918</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>47085.24</x:v>
+        <x:v>47951.85</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45964.9228587963</x:v>
+        <x:v>46009.3397800926</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>50650.248</x:v>
+        <x:v>51235.427</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>47336.68</x:v>
+        <x:v>47885.97</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45961.8819907407</x:v>
+        <x:v>46008.927662037</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>1.58</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>50892.271</x:v>
+        <x:v>51237.988</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>47562.87</x:v>
+        <x:v>47885.97</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>46007.9278356481</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>50848.668</x:v>
+        <x:v>51482.258</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>47522.12</x:v>
+        <x:v>48114.26</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45959.8897800926</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>1.55</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>50966.24</x:v>
+        <x:v>51795.868</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>47632</x:v>
+        <x:v>48416.56</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45958.8875</x:v>
+        <x:v>46006.3081134259</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1.52</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>51045.816</x:v>
+        <x:v>51840.263</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>47706.37</x:v>
+        <x:v>48458.05</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45957.8876157407</x:v>
+        <x:v>46003.9269791667</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>1.58</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>50872.711</x:v>
+        <x:v>51848.667</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>47544.59</x:v>
+        <x:v>48458.05</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45954.9259143519</x:v>
+        <x:v>46003.3313657407</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>1.73</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>50505.122</x:v>
+        <x:v>52111.844</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>47207.12</x:v>
+        <x:v>48704.01</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45954.3348032407</x:v>
+        <x:v>46002.9321064815</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>49999.537</x:v>
+        <x:v>52113.291</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>46734.61</x:v>
+        <x:v>48704.01</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45953.9278935185</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>50006.033</x:v>
+        <x:v>51415.02</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>46734.61</x:v>
+        <x:v>48057.75</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45952.9304398148</x:v>
+        <x:v>46001.3340740741</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>49851.739</x:v>
+        <x:v>50882.738</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>46590.41</x:v>
+        <x:v>47560.29</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>50209.472</x:v>
+        <x:v>50889.51</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>46924.74</x:v>
+        <x:v>47560.29</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45950.9289583333</x:v>
+        <x:v>45999.3304166667</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>1.99</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>49966.759</x:v>
+        <x:v>51298.233</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>46706.58</x:v>
+        <x:v>47954.99</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45950.3282407407</x:v>
+        <x:v>45996.930787037</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>2.2</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>49414.671</x:v>
+        <x:v>51311.839</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>46190.61</x:v>
+        <x:v>47954.99</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45995.9303935185</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>2.3</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>49423.953</x:v>
+        <x:v>51186.284</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>46190.61</x:v>
+        <x:v>47850.94</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45946.9261921296</x:v>
+        <x:v>45995.3278819444</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>2.45</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>49168.897</x:v>
+        <x:v>51220.481</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>45952.24</x:v>
+        <x:v>47882.9</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45945.9257060185</x:v>
+        <x:v>45994.9277430556</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>2.27</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>49491.042</x:v>
+        <x:v>51234.703</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>46253.31</x:v>
+        <x:v>47882.9</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45944.9308449074</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>2.25</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>49509.392</x:v>
+        <x:v>50773.046</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>46270.46</x:v>
+        <x:v>47474.46</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45943.926712963</x:v>
+        <x:v>45993.3304166667</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>2.38</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>49292.311</x:v>
+        <x:v>50574.956</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>46067.58</x:v>
+        <x:v>47289.33</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45992.9296759259</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>2.81</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>48653.89</x:v>
+        <x:v>50582.468</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>45479.6</x:v>
+        <x:v>47289.33</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45940.3354976852</x:v>
+        <x:v>45992.3364583333</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>2.25</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>49594.228</x:v>
+        <x:v>51039.454</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>46358.42</x:v>
+        <x:v>47716.42</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45989.8197453704</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>49863.905</x:v>
+        <x:v>51056.569</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>46601.78</x:v>
+        <x:v>47716.42</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45987.9266435185</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>49865.189</x:v>
+        <x:v>50747.018</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>46602.98</x:v>
+        <x:v>47427.12</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45986.9249305556</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>2.1</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>49954.398</x:v>
+        <x:v>50402.318</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>46694.97</x:v>
+        <x:v>47112.45</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45936.3349074074</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>2.01</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>50022.139</x:v>
+        <x:v>49691.645</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>46758.28</x:v>
+        <x:v>46448.27</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45982.9249768518</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>2.06</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>50028.839</x:v>
+        <x:v>49467.936</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>46758.28</x:v>
+        <x:v>46245.41</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45933.331099537</x:v>
+        <x:v>45982.3125115741</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>2.13</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>49773.58</x:v>
+        <x:v>48940.265</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>46519.72</x:v>
+        <x:v>45752.26</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45981.9258796296</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>2.2</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>49776.1</x:v>
+        <x:v>48949.316</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>46519.72</x:v>
+        <x:v>45752.26</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45981.3119560185</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>2.24</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>49691.977</x:v>
+        <x:v>49362.881</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>46441.1</x:v>
+        <x:v>46138.77</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>2.27</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>49645.742</x:v>
+        <x:v>49368.484</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>46397.89</x:v>
+        <x:v>46138.77</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45979.9258564815</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>2.31</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>49558.195</x:v>
+        <x:v>49307.634</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>46316.07</x:v>
+        <x:v>46091.74</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45979.3133912037</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>2.35</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>49484.6</x:v>
+        <x:v>49841.029</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>46247.29</x:v>
+        <x:v>46590.24</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45978.9281828704</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>2.55</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>49163.632</x:v>
+        <x:v>49851.557</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>45947.32</x:v>
+        <x:v>46590.24</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45975.925775463</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>49349.77</x:v>
+        <x:v>50431.119</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>46121.28</x:v>
+        <x:v>47147.48</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45923.925162037</x:v>
+        <x:v>45975.3077546296</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>2.33</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>49533.275</x:v>
+        <x:v>50762.541</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>46292.78</x:v>
+        <x:v>47457.22</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45922.9267013889</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>2.28</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>49628.248</x:v>
+        <x:v>50779.225</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>46381.54</x:v>
+        <x:v>47457.22</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45919.934224537</x:v>
+        <x:v>45973.9253009259</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>49557.339</x:v>
+        <x:v>51628.532</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>46315.27</x:v>
+        <x:v>48254.82</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45918.9265277778</x:v>
+        <x:v>45973.3365277778</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>2.42</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>49372.133</x:v>
+        <x:v>51278.792</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>46142.18</x:v>
+        <x:v>47927.96</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45917.9271180556</x:v>
+        <x:v>45972.9253703704</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>2.49</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>49237.045</x:v>
+        <x:v>51282.917</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>46018.32</x:v>
+        <x:v>47927.96</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45917.3258680556</x:v>
+        <x:v>45971.9254050926</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>2.7</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>48958.396</x:v>
+        <x:v>50672.49</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>45757.9</x:v>
+        <x:v>47368.63</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45971.2992708333</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>2.68</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>48960.953</x:v>
+        <x:v>50264.253</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>45757.9</x:v>
+        <x:v>46987.1</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>2.59</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>49073.593</x:v>
+        <x:v>50276.197</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>45883.45</x:v>
+        <x:v>46987.1</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>2.61</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>49020.917</x:v>
+        <x:v>50197.606</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>45834.22</x:v>
+        <x:v>46913.65</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45912.9234837963</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>2.63</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>49042.615</x:v>
+        <x:v>50622.877</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>45834.22</x:v>
+        <x:v>47311.1</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>2.45</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>49335.498</x:v>
+        <x:v>50381.207</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>46108</x:v>
+        <x:v>47085.24</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45911.3307638889</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>2.91</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>48675.223</x:v>
+        <x:v>50650.248</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>45490.92</x:v>
+        <x:v>47336.68</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45910.9240625</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>2.93</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>48668.523</x:v>
+        <x:v>50892.271</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>45490.92</x:v>
+        <x:v>47562.87</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45910.2980671296</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>2.79</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>48904.372</x:v>
+        <x:v>50848.668</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>45711.34</x:v>
+        <x:v>47522.12</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45909.924537037</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>2.77</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>48911.134</x:v>
+        <x:v>50966.24</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>45711.34</x:v>
+        <x:v>47632</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45908.9240277778</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>2.92</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>48700.996</x:v>
+        <x:v>51045.816</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>45514.95</x:v>
+        <x:v>47706.37</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
+        <x:v>45957.8876157407</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C76" s="0">
+        <x:v>1.58</x:v>
+      </x:c>
+      <x:c r="D76" s="0">
+        <x:v>50872.711</x:v>
+      </x:c>
+      <x:c r="E76" s="0">
+        <x:v>47544.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="1">
+        <x:v>45954.9259143519</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C77" s="0">
+        <x:v>1.73</x:v>
+      </x:c>
+      <x:c r="D77" s="0">
+        <x:v>50505.122</x:v>
+      </x:c>
+      <x:c r="E77" s="0">
+        <x:v>47207.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="1">
+        <x:v>45954.3348032407</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C78" s="0">
+        <x:v>1.92</x:v>
+      </x:c>
+      <x:c r="D78" s="0">
+        <x:v>49999.537</x:v>
+      </x:c>
+      <x:c r="E78" s="0">
+        <x:v>46734.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="1">
+        <x:v>45953.9278935185</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C79" s="0">
+        <x:v>1.97</x:v>
+      </x:c>
+      <x:c r="D79" s="0">
+        <x:v>50006.033</x:v>
+      </x:c>
+      <x:c r="E79" s="0">
+        <x:v>46734.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="1">
+        <x:v>45952.9304398148</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C80" s="0">
+        <x:v>2.04</x:v>
+      </x:c>
+      <x:c r="D80" s="0">
+        <x:v>49851.739</x:v>
+      </x:c>
+      <x:c r="E80" s="0">
+        <x:v>46590.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="1">
+        <x:v>45951.9269212963</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C81" s="0">
+        <x:v>1.88</x:v>
+      </x:c>
+      <x:c r="D81" s="0">
+        <x:v>50209.472</x:v>
+      </x:c>
+      <x:c r="E81" s="0">
+        <x:v>46924.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="1">
+        <x:v>45950.9289583333</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C82" s="0">
+        <x:v>1.99</x:v>
+      </x:c>
+      <x:c r="D82" s="0">
+        <x:v>49966.759</x:v>
+      </x:c>
+      <x:c r="E82" s="0">
+        <x:v>46706.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="1">
+        <x:v>45950.3282407407</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C83" s="0">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="D83" s="0">
+        <x:v>49414.671</x:v>
+      </x:c>
+      <x:c r="E83" s="0">
+        <x:v>46190.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="1">
+        <x:v>45947.9300694444</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C84" s="0">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="D84" s="0">
+        <x:v>49423.953</x:v>
+      </x:c>
+      <x:c r="E84" s="0">
+        <x:v>46190.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="1">
+        <x:v>45946.9261921296</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C85" s="0">
+        <x:v>2.45</x:v>
+      </x:c>
+      <x:c r="D85" s="0">
+        <x:v>49168.897</x:v>
+      </x:c>
+      <x:c r="E85" s="0">
+        <x:v>45952.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="1">
+        <x:v>45945.9257060185</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C86" s="0">
+        <x:v>2.27</x:v>
+      </x:c>
+      <x:c r="D86" s="0">
+        <x:v>49491.042</x:v>
+      </x:c>
+      <x:c r="E86" s="0">
+        <x:v>46253.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:5">
+      <x:c r="A87" s="1">
+        <x:v>45944.9308449074</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C87" s="0">
+        <x:v>2.25</x:v>
+      </x:c>
+      <x:c r="D87" s="0">
+        <x:v>49509.392</x:v>
+      </x:c>
+      <x:c r="E87" s="0">
+        <x:v>46270.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="1">
+        <x:v>45943.926712963</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C88" s="0">
+        <x:v>2.38</x:v>
+      </x:c>
+      <x:c r="D88" s="0">
+        <x:v>49292.311</x:v>
+      </x:c>
+      <x:c r="E88" s="0">
+        <x:v>46067.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="1">
+        <x:v>45940.9234837963</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C89" s="0">
+        <x:v>2.81</x:v>
+      </x:c>
+      <x:c r="D89" s="0">
+        <x:v>48653.89</x:v>
+      </x:c>
+      <x:c r="E89" s="0">
+        <x:v>45479.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="1">
+        <x:v>45940.3354976852</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C90" s="0">
+        <x:v>2.25</x:v>
+      </x:c>
+      <x:c r="D90" s="0">
+        <x:v>49594.228</x:v>
+      </x:c>
+      <x:c r="E90" s="0">
+        <x:v>46358.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="1">
+        <x:v>45938.9270601852</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C91" s="0">
+        <x:v>2.15</x:v>
+      </x:c>
+      <x:c r="D91" s="0">
+        <x:v>49863.905</x:v>
+      </x:c>
+      <x:c r="E91" s="0">
+        <x:v>46601.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="1">
+        <x:v>45937.9282175926</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C92" s="0">
+        <x:v>2.15</x:v>
+      </x:c>
+      <x:c r="D92" s="0">
+        <x:v>49865.189</x:v>
+      </x:c>
+      <x:c r="E92" s="0">
+        <x:v>46602.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="1">
+        <x:v>45936.9242361111</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C93" s="0">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="D93" s="0">
+        <x:v>49954.398</x:v>
+      </x:c>
+      <x:c r="E93" s="0">
+        <x:v>46694.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="1">
+        <x:v>45936.3349074074</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C94" s="0">
+        <x:v>2.01</x:v>
+      </x:c>
+      <x:c r="D94" s="0">
+        <x:v>50022.139</x:v>
+      </x:c>
+      <x:c r="E94" s="0">
+        <x:v>46758.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="1">
+        <x:v>45933.9288888889</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C95" s="0">
+        <x:v>2.06</x:v>
+      </x:c>
+      <x:c r="D95" s="0">
+        <x:v>50028.839</x:v>
+      </x:c>
+      <x:c r="E95" s="0">
+        <x:v>46758.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="1">
+        <x:v>45933.331099537</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C96" s="0">
+        <x:v>2.13</x:v>
+      </x:c>
+      <x:c r="D96" s="0">
+        <x:v>49773.58</x:v>
+      </x:c>
+      <x:c r="E96" s="0">
+        <x:v>46519.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="1">
+        <x:v>45932.9250347222</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C97" s="0">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="D97" s="0">
+        <x:v>49776.1</x:v>
+      </x:c>
+      <x:c r="E97" s="0">
+        <x:v>46519.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="1">
+        <x:v>45931.9293634259</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C98" s="0">
+        <x:v>2.24</x:v>
+      </x:c>
+      <x:c r="D98" s="0">
+        <x:v>49691.977</x:v>
+      </x:c>
+      <x:c r="E98" s="0">
+        <x:v>46441.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="1">
+        <x:v>45930.9338773148</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C99" s="0">
+        <x:v>2.27</x:v>
+      </x:c>
+      <x:c r="D99" s="0">
+        <x:v>49645.742</x:v>
+      </x:c>
+      <x:c r="E99" s="0">
+        <x:v>46397.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="1">
+        <x:v>45929.9323842593</x:v>
+      </x:c>
+      <x:c r="B100" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C100" s="0">
+        <x:v>2.31</x:v>
+      </x:c>
+      <x:c r="D100" s="0">
+        <x:v>49558.195</x:v>
+      </x:c>
+      <x:c r="E100" s="0">
+        <x:v>46316.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:5">
+      <x:c r="A101" s="1">
+        <x:v>45926.9299537037</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C101" s="0">
+        <x:v>2.35</x:v>
+      </x:c>
+      <x:c r="D101" s="0">
+        <x:v>49484.6</x:v>
+      </x:c>
+      <x:c r="E101" s="0">
+        <x:v>46247.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:5">
+      <x:c r="A102" s="1">
+        <x:v>45925.9293865741</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C102" s="0">
+        <x:v>2.55</x:v>
+      </x:c>
+      <x:c r="D102" s="0">
+        <x:v>49163.632</x:v>
+      </x:c>
+      <x:c r="E102" s="0">
+        <x:v>45947.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="1">
+        <x:v>45924.9296990741</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C103" s="0">
+        <x:v>2.44</x:v>
+      </x:c>
+      <x:c r="D103" s="0">
+        <x:v>49349.77</x:v>
+      </x:c>
+      <x:c r="E103" s="0">
+        <x:v>46121.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="1">
+        <x:v>45923.925162037</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C104" s="0">
+        <x:v>2.33</x:v>
+      </x:c>
+      <x:c r="D104" s="0">
+        <x:v>49533.275</x:v>
+      </x:c>
+      <x:c r="E104" s="0">
+        <x:v>46292.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="1">
+        <x:v>45922.9267013889</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C105" s="0">
+        <x:v>2.28</x:v>
+      </x:c>
+      <x:c r="D105" s="0">
+        <x:v>49628.248</x:v>
+      </x:c>
+      <x:c r="E105" s="0">
+        <x:v>46381.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="1">
+        <x:v>45919.934224537</x:v>
+      </x:c>
+      <x:c r="B106" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C106" s="0">
+        <x:v>2.31</x:v>
+      </x:c>
+      <x:c r="D106" s="0">
+        <x:v>49557.339</x:v>
+      </x:c>
+      <x:c r="E106" s="0">
+        <x:v>46315.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="1">
+        <x:v>45918.9265277778</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C107" s="0">
+        <x:v>2.42</x:v>
+      </x:c>
+      <x:c r="D107" s="0">
+        <x:v>49372.133</x:v>
+      </x:c>
+      <x:c r="E107" s="0">
+        <x:v>46142.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:5">
+      <x:c r="A108" s="1">
+        <x:v>45917.9271180556</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C108" s="0">
+        <x:v>2.49</x:v>
+      </x:c>
+      <x:c r="D108" s="0">
+        <x:v>49237.045</x:v>
+      </x:c>
+      <x:c r="E108" s="0">
+        <x:v>46018.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="1">
+        <x:v>45917.3258680556</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C109" s="0">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="D109" s="0">
+        <x:v>48958.396</x:v>
+      </x:c>
+      <x:c r="E109" s="0">
+        <x:v>45757.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:5">
+      <x:c r="A110" s="1">
+        <x:v>45916.9259375</x:v>
+      </x:c>
+      <x:c r="B110" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C110" s="0">
+        <x:v>2.68</x:v>
+      </x:c>
+      <x:c r="D110" s="0">
+        <x:v>48960.953</x:v>
+      </x:c>
+      <x:c r="E110" s="0">
+        <x:v>45757.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:5">
+      <x:c r="A111" s="1">
+        <x:v>45915.9270601852</x:v>
+      </x:c>
+      <x:c r="B111" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C111" s="0">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="D111" s="0">
+        <x:v>49073.593</x:v>
+      </x:c>
+      <x:c r="E111" s="0">
+        <x:v>45883.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:5">
+      <x:c r="A112" s="1">
+        <x:v>45915.3170833333</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C112" s="0">
+        <x:v>2.61</x:v>
+      </x:c>
+      <x:c r="D112" s="0">
+        <x:v>49020.917</x:v>
+      </x:c>
+      <x:c r="E112" s="0">
+        <x:v>45834.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:5">
+      <x:c r="A113" s="1">
+        <x:v>45912.9234837963</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C113" s="0">
+        <x:v>2.63</x:v>
+      </x:c>
+      <x:c r="D113" s="0">
+        <x:v>49042.615</x:v>
+      </x:c>
+      <x:c r="E113" s="0">
+        <x:v>45834.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:5">
+      <x:c r="A114" s="1">
+        <x:v>45911.9251388889</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C114" s="0">
+        <x:v>2.45</x:v>
+      </x:c>
+      <x:c r="D114" s="0">
+        <x:v>49335.498</x:v>
+      </x:c>
+      <x:c r="E114" s="0">
+        <x:v>46108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:5">
+      <x:c r="A115" s="1">
+        <x:v>45911.3307638889</x:v>
+      </x:c>
+      <x:c r="B115" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C115" s="0">
+        <x:v>2.91</x:v>
+      </x:c>
+      <x:c r="D115" s="0">
+        <x:v>48675.223</x:v>
+      </x:c>
+      <x:c r="E115" s="0">
+        <x:v>45490.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:5">
+      <x:c r="A116" s="1">
+        <x:v>45910.9240625</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C116" s="0">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="D116" s="0">
+        <x:v>48668.523</x:v>
+      </x:c>
+      <x:c r="E116" s="0">
+        <x:v>45490.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:5">
+      <x:c r="A117" s="1">
+        <x:v>45910.2980671296</x:v>
+      </x:c>
+      <x:c r="B117" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C117" s="0">
+        <x:v>2.79</x:v>
+      </x:c>
+      <x:c r="D117" s="0">
+        <x:v>48904.372</x:v>
+      </x:c>
+      <x:c r="E117" s="0">
+        <x:v>45711.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:5">
+      <x:c r="A118" s="1">
+        <x:v>45909.924537037</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C118" s="0">
+        <x:v>2.77</x:v>
+      </x:c>
+      <x:c r="D118" s="0">
+        <x:v>48911.134</x:v>
+      </x:c>
+      <x:c r="E118" s="0">
+        <x:v>45711.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:5">
+      <x:c r="A119" s="1">
+        <x:v>45908.9240277778</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C119" s="0">
+        <x:v>2.92</x:v>
+      </x:c>
+      <x:c r="D119" s="0">
+        <x:v>48700.996</x:v>
+      </x:c>
+      <x:c r="E119" s="0">
+        <x:v>45514.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:5">
+      <x:c r="A120" s="1">
         <x:v>45905.9285648148</x:v>
       </x:c>
-      <x:c r="B76" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C76" s="0">
+      <x:c r="B120" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C120" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D76" s="0">
+      <x:c r="D120" s="0">
         <x:v>48578.92</x:v>
       </x:c>
-      <x:c r="E76" s="0">
+      <x:c r="E120" s="0">
         <x:v>45400.86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>