--- v3 (2026-01-17)
+++ v4 (2026-02-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67d1717875824e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec6ee38d54954c4c99a633ba62e9a727.psmdcp" Id="R4b3e6e27588445b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aee50d8cc9e443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b39a3ec113194ef0921a05a646bcc457.psmdcp" Id="R0700ded36f154300" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09RFS7</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2086 +390,2324 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E120"/>
+  <x:dimension ref="A1:E134"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46038.9244097222</x:v>
+        <x:v>46058.9255324074</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.82</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>52814.483</x:v>
+        <x:v>52332.33</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>49359.33</x:v>
+        <x:v>48908.72</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46037.9281134259</x:v>
+        <x:v>46057.9258564815</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>52903.411</x:v>
+        <x:v>52966.391</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>49442.44</x:v>
+        <x:v>49501.3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46036.927349537</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>52590.104</x:v>
+        <x:v>52687.859</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>49149.63</x:v>
+        <x:v>49240.99</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46035.9279976852</x:v>
+        <x:v>46055.9254398148</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>52635.429</x:v>
+        <x:v>52866.196</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>49191.99</x:v>
+        <x:v>49407.66</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46034.927974537</x:v>
+        <x:v>46051.9256481481</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>53057.266</x:v>
+        <x:v>52506.569</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>49590.2</x:v>
+        <x:v>49071.56</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46034.2969212963</x:v>
+        <x:v>46050.9251736111</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
         <x:v>0.85</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>52965.107</x:v>
+        <x:v>52446.692</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>49504.07</x:v>
+        <x:v>49015.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46031.9291087963</x:v>
+        <x:v>46049.9250231481</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>52969.355</x:v>
+        <x:v>52433.649</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>49504.07</x:v>
+        <x:v>49003.41</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46030.9271064815</x:v>
+        <x:v>46048.9247916667</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>52714.738</x:v>
+        <x:v>52871.268</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>49266.11</x:v>
+        <x:v>49412.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46029.9279398148</x:v>
+        <x:v>46045.9251736111</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>52425.806</x:v>
+        <x:v>52529.113</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>48996.08</x:v>
+        <x:v>49098.71</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46028.9271643519</x:v>
+        <x:v>46045.3014699074</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>52915.191</x:v>
+        <x:v>52834.384</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>49462.08</x:v>
+        <x:v>49384.01</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46028.3344675926</x:v>
+        <x:v>46044.9246180556</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>52396.348</x:v>
+        <x:v>52840.891</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>48977.18</x:v>
+        <x:v>49384.01</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46027.9295949074</x:v>
+        <x:v>46043.925474537</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>52405.583</x:v>
+        <x:v>52512.636</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>48977.18</x:v>
+        <x:v>49077.23</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46024.9272453704</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1.08</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>51761.585</x:v>
+        <x:v>51873.495</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>48382.39</x:v>
+        <x:v>48488.59</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46024.2881828704</x:v>
+        <x:v>46042.2973032407</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>51420.148</x:v>
+        <x:v>52805.186</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>48063.29</x:v>
+        <x:v>49359.33</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46022.9253125</x:v>
+        <x:v>46038.9244097222</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>51427.72</x:v>
+        <x:v>52814.483</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>48063.29</x:v>
+        <x:v>49359.33</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46021.927025463</x:v>
+        <x:v>46037.9281134259</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>1.09</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>51752.754</x:v>
+        <x:v>52903.411</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>48367.06</x:v>
+        <x:v>49442.44</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46020.9274074074</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>51854.265</x:v>
+        <x:v>52590.104</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>48461.93</x:v>
+        <x:v>49149.63</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46017.9264351852</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>52120.738</x:v>
+        <x:v>52635.429</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>48710.97</x:v>
+        <x:v>49191.99</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46015.9254513889</x:v>
+        <x:v>46034.927974537</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>1</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>52142.341</x:v>
+        <x:v>53057.266</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>48731.16</x:v>
+        <x:v>49590.2</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46015.7976851852</x:v>
+        <x:v>46034.2969212963</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>1</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>52142.341</x:v>
+        <x:v>52965.107</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>48731.16</x:v>
+        <x:v>49504.07</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46014.9278125</x:v>
+        <x:v>46031.9291087963</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>51833.379</x:v>
+        <x:v>52969.355</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>48442.41</x:v>
+        <x:v>49504.07</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46030.9271064815</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>1.09</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>51748.068</x:v>
+        <x:v>52714.738</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>48362.68</x:v>
+        <x:v>49266.11</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46029.9279398148</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>51504.332</x:v>
+        <x:v>52425.806</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>48134.89</x:v>
+        <x:v>48996.08</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46009.930775463</x:v>
+        <x:v>46028.9271643519</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>51305.918</x:v>
+        <x:v>52915.191</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>47951.85</x:v>
+        <x:v>49462.08</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46009.3397800926</x:v>
+        <x:v>46028.3344675926</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>1.25</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>51235.427</x:v>
+        <x:v>52396.348</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>47885.97</x:v>
+        <x:v>48977.18</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46008.927662037</x:v>
+        <x:v>46027.9295949074</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>1.23</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>51237.988</x:v>
+        <x:v>52405.583</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>47885.97</x:v>
+        <x:v>48977.18</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46007.9278356481</x:v>
+        <x:v>46024.9272453704</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>1.16</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>51482.258</x:v>
+        <x:v>51761.585</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>48114.26</x:v>
+        <x:v>48382.39</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46006.9271412037</x:v>
+        <x:v>46024.2881828704</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>1.08</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>51795.868</x:v>
+        <x:v>51420.148</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>48416.56</x:v>
+        <x:v>48063.29</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46006.3081134259</x:v>
+        <x:v>46022.9253125</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1.03</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>51840.263</x:v>
+        <x:v>51427.72</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>48458.05</x:v>
+        <x:v>48063.29</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46003.9269791667</x:v>
+        <x:v>46021.927025463</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>51848.667</x:v>
+        <x:v>51752.754</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>48458.05</x:v>
+        <x:v>48367.06</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46003.3313657407</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.98</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>52111.844</x:v>
+        <x:v>51854.265</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>48704.01</x:v>
+        <x:v>48461.93</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46002.9321064815</x:v>
+        <x:v>46017.9264351852</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>1.01</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>52113.291</x:v>
+        <x:v>52120.738</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>48704.01</x:v>
+        <x:v>48710.97</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46001.9271180556</x:v>
+        <x:v>46015.9254513889</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>1.2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>51415.02</x:v>
+        <x:v>52142.341</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>48057.75</x:v>
+        <x:v>48731.16</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46001.3340740741</x:v>
+        <x:v>46015.7976851852</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>1.37</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>50882.738</x:v>
+        <x:v>52142.341</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>47560.29</x:v>
+        <x:v>48731.16</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46000.9276273148</x:v>
+        <x:v>46014.9278125</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>1.38</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>50889.51</x:v>
+        <x:v>51833.379</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>47560.29</x:v>
+        <x:v>48442.41</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45999.3304166667</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>51298.233</x:v>
+        <x:v>51748.068</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>47954.99</x:v>
+        <x:v>48362.68</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45996.930787037</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>51311.839</x:v>
+        <x:v>51504.332</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>47954.99</x:v>
+        <x:v>48134.89</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45995.9303935185</x:v>
+        <x:v>46009.930775463</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>51186.284</x:v>
+        <x:v>51305.918</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>47850.94</x:v>
+        <x:v>47951.85</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45995.3278819444</x:v>
+        <x:v>46009.3397800926</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
         <x:v>1.25</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>51220.481</x:v>
+        <x:v>51235.427</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>47882.9</x:v>
+        <x:v>47885.97</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45994.9277430556</x:v>
+        <x:v>46008.927662037</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>51234.703</x:v>
+        <x:v>51237.988</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>47882.9</x:v>
+        <x:v>47885.97</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46007.9278356481</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>50773.046</x:v>
+        <x:v>51482.258</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>47474.46</x:v>
+        <x:v>48114.26</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45993.3304166667</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>1.51</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>50574.956</x:v>
+        <x:v>51795.868</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>47289.33</x:v>
+        <x:v>48416.56</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45992.9296759259</x:v>
+        <x:v>46006.3081134259</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>1.5</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>50582.468</x:v>
+        <x:v>51840.263</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>47289.33</x:v>
+        <x:v>48458.05</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45992.3364583333</x:v>
+        <x:v>46003.9269791667</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>1.44</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>51039.454</x:v>
+        <x:v>51848.667</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>47716.42</x:v>
+        <x:v>48458.05</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45989.8197453704</x:v>
+        <x:v>46003.3313657407</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>1.36</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>51056.569</x:v>
+        <x:v>52111.844</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>47716.42</x:v>
+        <x:v>48704.01</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45987.9266435185</x:v>
+        <x:v>46002.9321064815</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>1.46</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>50747.018</x:v>
+        <x:v>52113.291</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>47427.12</x:v>
+        <x:v>48704.01</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45986.9249305556</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>50402.318</x:v>
+        <x:v>51415.02</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>47112.45</x:v>
+        <x:v>48057.75</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46001.3340740741</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>1.94</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>49691.645</x:v>
+        <x:v>50882.738</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>46448.27</x:v>
+        <x:v>47560.29</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45982.9249768518</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>2.02</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>49467.936</x:v>
+        <x:v>50889.51</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>46245.41</x:v>
+        <x:v>47560.29</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45982.3125115741</x:v>
+        <x:v>45999.3304166667</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>2.22</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>48940.265</x:v>
+        <x:v>51298.233</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>45752.26</x:v>
+        <x:v>47954.99</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45981.9258796296</x:v>
+        <x:v>45996.930787037</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>2.33</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>48949.316</x:v>
+        <x:v>51311.839</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>45752.26</x:v>
+        <x:v>47954.99</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45981.3119560185</x:v>
+        <x:v>45995.9303935185</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>49362.881</x:v>
+        <x:v>51186.284</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>46138.77</x:v>
+        <x:v>47850.94</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>45995.3278819444</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>2.12</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>49368.484</x:v>
+        <x:v>51220.481</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>46138.77</x:v>
+        <x:v>47882.9</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45979.9258564815</x:v>
+        <x:v>45994.9277430556</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>49307.634</x:v>
+        <x:v>51234.703</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>46091.74</x:v>
+        <x:v>47882.9</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>49841.029</x:v>
+        <x:v>50773.046</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>46590.24</x:v>
+        <x:v>47474.46</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45978.9281828704</x:v>
+        <x:v>45993.3304166667</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>49851.557</x:v>
+        <x:v>50574.956</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>46590.24</x:v>
+        <x:v>47289.33</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45975.925775463</x:v>
+        <x:v>45992.9296759259</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>1.66</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>50431.119</x:v>
+        <x:v>50582.468</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>47147.48</x:v>
+        <x:v>47289.33</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45975.3077546296</x:v>
+        <x:v>45992.3364583333</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>1.54</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>50762.541</x:v>
+        <x:v>51039.454</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>47457.22</x:v>
+        <x:v>47716.42</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>45989.8197453704</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>1.55</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>50779.225</x:v>
+        <x:v>51056.569</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>47457.22</x:v>
+        <x:v>47716.42</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45973.9253009259</x:v>
+        <x:v>45987.9266435185</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>51628.532</x:v>
+        <x:v>50747.018</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>48254.82</x:v>
+        <x:v>47427.12</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45973.3365277778</x:v>
+        <x:v>45986.9249305556</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>1.38</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>51278.792</x:v>
+        <x:v>50402.318</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>47927.96</x:v>
+        <x:v>47112.45</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45972.9253703704</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>51282.917</x:v>
+        <x:v>49691.645</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>47927.96</x:v>
+        <x:v>46448.27</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45971.9254050926</x:v>
+        <x:v>45982.9249768518</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>1.64</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>50672.49</x:v>
+        <x:v>49467.936</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>47368.63</x:v>
+        <x:v>46245.41</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45971.2992708333</x:v>
+        <x:v>45982.3125115741</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>1.77</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>50264.253</x:v>
+        <x:v>48940.265</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>46987.1</x:v>
+        <x:v>45752.26</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45968.9254976852</x:v>
+        <x:v>45981.9258796296</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>1.82</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>50276.197</x:v>
+        <x:v>48949.316</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>46987.1</x:v>
+        <x:v>45752.26</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>45981.3119560185</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>1.85</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>50197.606</x:v>
+        <x:v>49362.881</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>46913.65</x:v>
+        <x:v>46138.77</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45966.9253240741</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>1.68</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>50622.877</x:v>
+        <x:v>49368.484</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>47311.1</x:v>
+        <x:v>46138.77</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45979.9258564815</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>50381.207</x:v>
+        <x:v>49307.634</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>47085.24</x:v>
+        <x:v>46091.74</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45964.9228587963</x:v>
+        <x:v>45979.3133912037</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>50650.248</x:v>
+        <x:v>49841.029</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>47336.68</x:v>
+        <x:v>46590.24</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45961.8819907407</x:v>
+        <x:v>45978.9281828704</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>1.58</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>50892.271</x:v>
+        <x:v>49851.557</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>47562.87</x:v>
+        <x:v>46590.24</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45975.925775463</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>50848.668</x:v>
+        <x:v>50431.119</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>47522.12</x:v>
+        <x:v>47147.48</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45959.8897800926</x:v>
+        <x:v>45975.3077546296</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>1.55</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>50966.24</x:v>
+        <x:v>50762.541</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>47632</x:v>
+        <x:v>47457.22</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45958.8875</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>1.52</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>51045.816</x:v>
+        <x:v>50779.225</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>47706.37</x:v>
+        <x:v>47457.22</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45957.8876157407</x:v>
+        <x:v>45973.9253009259</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>1.58</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>50872.711</x:v>
+        <x:v>51628.532</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>47544.59</x:v>
+        <x:v>48254.82</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45954.9259143519</x:v>
+        <x:v>45973.3365277778</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>50505.122</x:v>
+        <x:v>51278.792</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>47207.12</x:v>
+        <x:v>47927.96</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45954.3348032407</x:v>
+        <x:v>45972.9253703704</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>49999.537</x:v>
+        <x:v>51282.917</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>46734.61</x:v>
+        <x:v>47927.96</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45953.9278935185</x:v>
+        <x:v>45971.9254050926</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>50006.033</x:v>
+        <x:v>50672.49</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>46734.61</x:v>
+        <x:v>47368.63</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45952.9304398148</x:v>
+        <x:v>45971.2992708333</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>49851.739</x:v>
+        <x:v>50264.253</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>46590.41</x:v>
+        <x:v>46987.1</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>50209.472</x:v>
+        <x:v>50276.197</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>46924.74</x:v>
+        <x:v>46987.1</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45950.9289583333</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>1.99</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>49966.759</x:v>
+        <x:v>50197.606</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>46706.58</x:v>
+        <x:v>46913.65</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45950.3282407407</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>2.2</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>49414.671</x:v>
+        <x:v>50622.877</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>46190.61</x:v>
+        <x:v>47311.1</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>2.3</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>49423.953</x:v>
+        <x:v>50381.207</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>46190.61</x:v>
+        <x:v>47085.24</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45946.9261921296</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>2.45</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>49168.897</x:v>
+        <x:v>50650.248</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>45952.24</x:v>
+        <x:v>47336.68</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45945.9257060185</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>2.27</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>49491.042</x:v>
+        <x:v>50892.271</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>46253.31</x:v>
+        <x:v>47562.87</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45944.9308449074</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>2.25</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>49509.392</x:v>
+        <x:v>50848.668</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>46270.46</x:v>
+        <x:v>47522.12</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45943.926712963</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>2.38</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>49292.311</x:v>
+        <x:v>50966.24</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>46067.58</x:v>
+        <x:v>47632</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>2.81</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>48653.89</x:v>
+        <x:v>51045.816</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>45479.6</x:v>
+        <x:v>47706.37</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45940.3354976852</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>2.25</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>49594.228</x:v>
+        <x:v>50872.711</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>46358.42</x:v>
+        <x:v>47544.59</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>49863.905</x:v>
+        <x:v>50505.122</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>46601.78</x:v>
+        <x:v>47207.12</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45954.3348032407</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>49865.189</x:v>
+        <x:v>49999.537</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>46602.98</x:v>
+        <x:v>46734.61</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>2.1</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>49954.398</x:v>
+        <x:v>50006.033</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>46694.97</x:v>
+        <x:v>46734.61</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45936.3349074074</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>2.01</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>50022.139</x:v>
+        <x:v>49851.739</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>46758.28</x:v>
+        <x:v>46590.41</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>2.06</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>50028.839</x:v>
+        <x:v>50209.472</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>46758.28</x:v>
+        <x:v>46924.74</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45933.331099537</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>49773.58</x:v>
+        <x:v>49966.759</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>46519.72</x:v>
+        <x:v>46706.58</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45950.3282407407</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>49776.1</x:v>
+        <x:v>49414.671</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>46519.72</x:v>
+        <x:v>46190.61</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>2.24</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>49691.977</x:v>
+        <x:v>49423.953</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>46441.1</x:v>
+        <x:v>46190.61</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45946.9261921296</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>2.27</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>49645.742</x:v>
+        <x:v>49168.897</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>46397.89</x:v>
+        <x:v>45952.24</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45945.9257060185</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>2.31</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>49558.195</x:v>
+        <x:v>49491.042</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>46316.07</x:v>
+        <x:v>46253.31</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45944.9308449074</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>2.35</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>49484.6</x:v>
+        <x:v>49509.392</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>46247.29</x:v>
+        <x:v>46270.46</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45943.926712963</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>2.55</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>49163.632</x:v>
+        <x:v>49292.311</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>45947.32</x:v>
+        <x:v>46067.58</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45940.9234837963</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>2.44</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>49349.77</x:v>
+        <x:v>48653.89</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>46121.28</x:v>
+        <x:v>45479.6</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45923.925162037</x:v>
+        <x:v>45940.3354976852</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>2.33</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>49533.275</x:v>
+        <x:v>49594.228</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>46292.78</x:v>
+        <x:v>46358.42</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45922.9267013889</x:v>
+        <x:v>45938.9270601852</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>2.28</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>49628.248</x:v>
+        <x:v>49863.905</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>46381.54</x:v>
+        <x:v>46601.78</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45919.934224537</x:v>
+        <x:v>45937.9282175926</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>2.31</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>49557.339</x:v>
+        <x:v>49865.189</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>46315.27</x:v>
+        <x:v>46602.98</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45918.9265277778</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>2.42</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>49372.133</x:v>
+        <x:v>49954.398</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>46142.18</x:v>
+        <x:v>46694.97</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45917.9271180556</x:v>
+        <x:v>45936.3349074074</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>2.49</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>49237.045</x:v>
+        <x:v>50022.139</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>46018.32</x:v>
+        <x:v>46758.28</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45917.3258680556</x:v>
+        <x:v>45933.9288888889</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>2.7</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>48958.396</x:v>
+        <x:v>50028.839</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>45757.9</x:v>
+        <x:v>46758.28</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45933.331099537</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>2.68</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>48960.953</x:v>
+        <x:v>49773.58</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>45757.9</x:v>
+        <x:v>46519.72</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45932.9250347222</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>2.59</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>49073.593</x:v>
+        <x:v>49776.1</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>45883.45</x:v>
+        <x:v>46519.72</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45931.9293634259</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>2.61</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>49020.917</x:v>
+        <x:v>49691.977</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>45834.22</x:v>
+        <x:v>46441.1</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45912.9234837963</x:v>
+        <x:v>45930.9338773148</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>2.63</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>49042.615</x:v>
+        <x:v>49645.742</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>45834.22</x:v>
+        <x:v>46397.89</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45929.9323842593</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>2.45</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>49335.498</x:v>
+        <x:v>49558.195</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>46108</x:v>
+        <x:v>46316.07</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45911.3307638889</x:v>
+        <x:v>45926.9299537037</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>2.91</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>48675.223</x:v>
+        <x:v>49484.6</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>45490.92</x:v>
+        <x:v>46247.29</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45910.9240625</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>2.93</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>48668.523</x:v>
+        <x:v>49163.632</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>45490.92</x:v>
+        <x:v>45947.32</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45910.2980671296</x:v>
+        <x:v>45924.9296990741</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>2.79</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>48904.372</x:v>
+        <x:v>49349.77</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>45711.34</x:v>
+        <x:v>46121.28</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45909.924537037</x:v>
+        <x:v>45923.925162037</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>2.77</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>48911.134</x:v>
+        <x:v>49533.275</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>45711.34</x:v>
+        <x:v>46292.78</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45908.9240277778</x:v>
+        <x:v>45922.9267013889</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>2.92</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>48700.996</x:v>
+        <x:v>49628.248</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>45514.95</x:v>
+        <x:v>46381.54</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
+        <x:v>45919.934224537</x:v>
+      </x:c>
+      <x:c r="B120" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C120" s="0">
+        <x:v>2.31</x:v>
+      </x:c>
+      <x:c r="D120" s="0">
+        <x:v>49557.339</x:v>
+      </x:c>
+      <x:c r="E120" s="0">
+        <x:v>46315.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:5">
+      <x:c r="A121" s="1">
+        <x:v>45918.9265277778</x:v>
+      </x:c>
+      <x:c r="B121" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C121" s="0">
+        <x:v>2.42</x:v>
+      </x:c>
+      <x:c r="D121" s="0">
+        <x:v>49372.133</x:v>
+      </x:c>
+      <x:c r="E121" s="0">
+        <x:v>46142.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:5">
+      <x:c r="A122" s="1">
+        <x:v>45917.9271180556</x:v>
+      </x:c>
+      <x:c r="B122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C122" s="0">
+        <x:v>2.49</x:v>
+      </x:c>
+      <x:c r="D122" s="0">
+        <x:v>49237.045</x:v>
+      </x:c>
+      <x:c r="E122" s="0">
+        <x:v>46018.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:5">
+      <x:c r="A123" s="1">
+        <x:v>45917.3258680556</x:v>
+      </x:c>
+      <x:c r="B123" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C123" s="0">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="D123" s="0">
+        <x:v>48958.396</x:v>
+      </x:c>
+      <x:c r="E123" s="0">
+        <x:v>45757.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:5">
+      <x:c r="A124" s="1">
+        <x:v>45916.9259375</x:v>
+      </x:c>
+      <x:c r="B124" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C124" s="0">
+        <x:v>2.68</x:v>
+      </x:c>
+      <x:c r="D124" s="0">
+        <x:v>48960.953</x:v>
+      </x:c>
+      <x:c r="E124" s="0">
+        <x:v>45757.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:5">
+      <x:c r="A125" s="1">
+        <x:v>45915.9270601852</x:v>
+      </x:c>
+      <x:c r="B125" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C125" s="0">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="D125" s="0">
+        <x:v>49073.593</x:v>
+      </x:c>
+      <x:c r="E125" s="0">
+        <x:v>45883.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:5">
+      <x:c r="A126" s="1">
+        <x:v>45915.3170833333</x:v>
+      </x:c>
+      <x:c r="B126" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C126" s="0">
+        <x:v>2.61</x:v>
+      </x:c>
+      <x:c r="D126" s="0">
+        <x:v>49020.917</x:v>
+      </x:c>
+      <x:c r="E126" s="0">
+        <x:v>45834.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:5">
+      <x:c r="A127" s="1">
+        <x:v>45912.9234837963</x:v>
+      </x:c>
+      <x:c r="B127" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C127" s="0">
+        <x:v>2.63</x:v>
+      </x:c>
+      <x:c r="D127" s="0">
+        <x:v>49042.615</x:v>
+      </x:c>
+      <x:c r="E127" s="0">
+        <x:v>45834.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:5">
+      <x:c r="A128" s="1">
+        <x:v>45911.9251388889</x:v>
+      </x:c>
+      <x:c r="B128" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C128" s="0">
+        <x:v>2.45</x:v>
+      </x:c>
+      <x:c r="D128" s="0">
+        <x:v>49335.498</x:v>
+      </x:c>
+      <x:c r="E128" s="0">
+        <x:v>46108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:5">
+      <x:c r="A129" s="1">
+        <x:v>45911.3307638889</x:v>
+      </x:c>
+      <x:c r="B129" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C129" s="0">
+        <x:v>2.91</x:v>
+      </x:c>
+      <x:c r="D129" s="0">
+        <x:v>48675.223</x:v>
+      </x:c>
+      <x:c r="E129" s="0">
+        <x:v>45490.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:5">
+      <x:c r="A130" s="1">
+        <x:v>45910.9240625</x:v>
+      </x:c>
+      <x:c r="B130" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C130" s="0">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="D130" s="0">
+        <x:v>48668.523</x:v>
+      </x:c>
+      <x:c r="E130" s="0">
+        <x:v>45490.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:5">
+      <x:c r="A131" s="1">
+        <x:v>45910.2980671296</x:v>
+      </x:c>
+      <x:c r="B131" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C131" s="0">
+        <x:v>2.79</x:v>
+      </x:c>
+      <x:c r="D131" s="0">
+        <x:v>48904.372</x:v>
+      </x:c>
+      <x:c r="E131" s="0">
+        <x:v>45711.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:5">
+      <x:c r="A132" s="1">
+        <x:v>45909.924537037</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C132" s="0">
+        <x:v>2.77</x:v>
+      </x:c>
+      <x:c r="D132" s="0">
+        <x:v>48911.134</x:v>
+      </x:c>
+      <x:c r="E132" s="0">
+        <x:v>45711.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:5">
+      <x:c r="A133" s="1">
+        <x:v>45908.9240277778</x:v>
+      </x:c>
+      <x:c r="B133" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C133" s="0">
+        <x:v>2.92</x:v>
+      </x:c>
+      <x:c r="D133" s="0">
+        <x:v>48700.996</x:v>
+      </x:c>
+      <x:c r="E133" s="0">
+        <x:v>45514.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:5">
+      <x:c r="A134" s="1">
         <x:v>45905.9285648148</x:v>
       </x:c>
-      <x:c r="B120" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C120" s="0">
+      <x:c r="B134" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C134" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D120" s="0">
+      <x:c r="D134" s="0">
         <x:v>48578.92</x:v>
       </x:c>
-      <x:c r="E120" s="0">
+      <x:c r="E134" s="0">
         <x:v>45400.86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>