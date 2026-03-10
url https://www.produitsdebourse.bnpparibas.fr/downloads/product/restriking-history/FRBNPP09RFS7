--- v4 (2026-02-06)
+++ v5 (2026-03-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aee50d8cc9e443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b39a3ec113194ef0921a05a646bcc457.psmdcp" Id="R0700ded36f154300" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83234e0660bd4af9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d87aeb83e1da47719b7d68160bdae4f4.psmdcp" Id="R2440fc45047645d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09RFS7</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2324 +390,2851 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E134"/>
+  <x:dimension ref="A1:E165"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46058.9255324074</x:v>
+        <x:v>46091.3130439815</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.86</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>52332.33</x:v>
+        <x:v>51075.884</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>48908.72</x:v>
+        <x:v>47740.8</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46057.9258564815</x:v>
+        <x:v>46090.8887152778</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>52966.391</x:v>
+        <x:v>51069.05</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>49501.3</x:v>
+        <x:v>47740.8</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46056.9428703704</x:v>
+        <x:v>46090.3219907407</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.8</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>52687.859</x:v>
+        <x:v>50813.052</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>49240.99</x:v>
+        <x:v>47501.55</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46055.9254398148</x:v>
+        <x:v>46090.3213541667</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.77</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>52866.196</x:v>
+        <x:v>50813.052</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>49407.66</x:v>
+        <x:v>47501.55</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46051.9256481481</x:v>
+        <x:v>46087.9263888889</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.84</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>52506.569</x:v>
+        <x:v>50826.658</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>49071.56</x:v>
+        <x:v>47501.55</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46050.9251736111</x:v>
+        <x:v>46086.9326157407</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>52446.692</x:v>
+        <x:v>51311.572</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>49015.6</x:v>
+        <x:v>47954.74</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46049.9250231481</x:v>
+        <x:v>46085.9284722222</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>52433.649</x:v>
+        <x:v>52151.169</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>49003.41</x:v>
+        <x:v>48739.41</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46048.9247916667</x:v>
+        <x:v>46084.9255092593</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>52871.268</x:v>
+        <x:v>51884.908</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>49412.4</x:v>
+        <x:v>48501.27</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46045.9251736111</x:v>
+        <x:v>46084.3354050926</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
         <x:v>0.84</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>52529.113</x:v>
+        <x:v>52316.663</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>49098.71</x:v>
+        <x:v>48904.78</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46045.3014699074</x:v>
+        <x:v>46083.9256481481</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>52834.384</x:v>
+        <x:v>52292.96</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>49384.01</x:v>
+        <x:v>48904.78</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46044.9246180556</x:v>
+        <x:v>46083.3084259259</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>52840.891</x:v>
+        <x:v>52371.22</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>49384.01</x:v>
+        <x:v>48977.92</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46043.925474537</x:v>
+        <x:v>46080.9257638889</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>52512.636</x:v>
+        <x:v>52399.048</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>49077.23</x:v>
+        <x:v>48977.92</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46042.9279050926</x:v>
+        <x:v>46080.304375</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>51873.495</x:v>
+        <x:v>52956.818</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>48488.59</x:v>
+        <x:v>49499.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46042.2973032407</x:v>
+        <x:v>46079.9258912037</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>52805.186</x:v>
+        <x:v>52964.144</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>49359.33</x:v>
+        <x:v>49499.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46038.9244097222</x:v>
+        <x:v>46078.925787037</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.82</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>52814.483</x:v>
+        <x:v>52945.9</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>49359.33</x:v>
+        <x:v>49482.15</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46037.9281134259</x:v>
+        <x:v>46077.9255208333</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>52903.411</x:v>
+        <x:v>52608.711</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>49442.44</x:v>
+        <x:v>49174.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46036.927349537</x:v>
+        <x:v>46077.3053587963</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>52590.104</x:v>
+        <x:v>52212.34</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>49149.63</x:v>
+        <x:v>48804.06</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46035.9279976852</x:v>
+        <x:v>46073.9253472222</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>52635.429</x:v>
+        <x:v>53099.788</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>49191.99</x:v>
+        <x:v>49625.97</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46034.927974537</x:v>
+        <x:v>46072.9253935185</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>53057.266</x:v>
+        <x:v>52847.219</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>49590.2</x:v>
+        <x:v>49395.16</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46034.2969212963</x:v>
+        <x:v>46072.3124884259</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>52965.107</x:v>
+        <x:v>53133.444</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>49504.07</x:v>
+        <x:v>49662.66</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46031.9291087963</x:v>
+        <x:v>46071.9254513889</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>52969.355</x:v>
+        <x:v>53139.046</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>49504.07</x:v>
+        <x:v>49662.66</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46030.9271064815</x:v>
+        <x:v>46070.9253356481</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>52714.738</x:v>
+        <x:v>52989.554</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>49266.11</x:v>
+        <x:v>49533.19</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46029.9279398148</x:v>
+        <x:v>46070.3023611111</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>52425.806</x:v>
+        <x:v>52955.036</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>48996.08</x:v>
+        <x:v>49500.93</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46028.9271643519</x:v>
+        <x:v>46066.9254861111</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>52915.191</x:v>
+        <x:v>52945.678</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>49462.08</x:v>
+        <x:v>49500.93</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46028.3344675926</x:v>
+        <x:v>46066.3087731482</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>52396.348</x:v>
+        <x:v>52893.302</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>48977.18</x:v>
+        <x:v>49451.98</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46027.9295949074</x:v>
+        <x:v>46065.9253587963</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>52405.583</x:v>
+        <x:v>52913.619</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>48977.18</x:v>
+        <x:v>49451.98</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46024.9272453704</x:v>
+        <x:v>46064.9256365741</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>1.08</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>51761.585</x:v>
+        <x:v>53629.898</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>48382.39</x:v>
+        <x:v>50121.4</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46024.2881828704</x:v>
+        <x:v>46063.9255208333</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>51420.148</x:v>
+        <x:v>53686.842</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>48063.29</x:v>
+        <x:v>50188.14</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46022.9253125</x:v>
+        <x:v>46063.3311921296</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>51427.72</x:v>
+        <x:v>53630.913</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>48063.29</x:v>
+        <x:v>50135.87</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46021.927025463</x:v>
+        <x:v>46062.9247569444</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>1.09</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>51752.754</x:v>
+        <x:v>53643.78</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>48367.06</x:v>
+        <x:v>50135.87</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46020.9274074074</x:v>
+        <x:v>46062.2992013889</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>51854.265</x:v>
+        <x:v>53622.166</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>48461.93</x:v>
+        <x:v>50115.67</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46017.9264351852</x:v>
+        <x:v>46058.9255324074</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>1</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>52120.738</x:v>
+        <x:v>52332.33</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>48710.97</x:v>
+        <x:v>48908.72</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46015.9254513889</x:v>
+        <x:v>46057.9258564815</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>1</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>52142.341</x:v>
+        <x:v>52966.391</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>48731.16</x:v>
+        <x:v>49501.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46015.7976851852</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>52142.341</x:v>
+        <x:v>52687.859</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>48731.16</x:v>
+        <x:v>49240.99</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46014.9278125</x:v>
+        <x:v>46055.9254398148</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>51833.379</x:v>
+        <x:v>52866.196</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>48442.41</x:v>
+        <x:v>49407.66</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46051.9256481481</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>1.09</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>51748.068</x:v>
+        <x:v>52506.569</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>48362.68</x:v>
+        <x:v>49071.56</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46050.9251736111</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>51504.332</x:v>
+        <x:v>52446.692</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>48134.89</x:v>
+        <x:v>49015.6</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46009.930775463</x:v>
+        <x:v>46049.9250231481</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>51305.918</x:v>
+        <x:v>52433.649</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>47951.85</x:v>
+        <x:v>49003.41</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46009.3397800926</x:v>
+        <x:v>46048.9247916667</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>1.25</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>51235.427</x:v>
+        <x:v>52871.268</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>47885.97</x:v>
+        <x:v>49412.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46008.927662037</x:v>
+        <x:v>46045.9251736111</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>1.23</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>51237.988</x:v>
+        <x:v>52529.113</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>47885.97</x:v>
+        <x:v>49098.71</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46007.9278356481</x:v>
+        <x:v>46045.3014699074</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>51482.258</x:v>
+        <x:v>52834.384</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>48114.26</x:v>
+        <x:v>49384.01</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46006.9271412037</x:v>
+        <x:v>46044.9246180556</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>1.08</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>51795.868</x:v>
+        <x:v>52840.891</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>48416.56</x:v>
+        <x:v>49384.01</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46006.3081134259</x:v>
+        <x:v>46043.925474537</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>1.03</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>51840.263</x:v>
+        <x:v>52512.636</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>48458.05</x:v>
+        <x:v>49077.23</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46003.9269791667</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>51848.667</x:v>
+        <x:v>51873.495</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>48458.05</x:v>
+        <x:v>48488.59</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46003.3313657407</x:v>
+        <x:v>46042.2973032407</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.98</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>52111.844</x:v>
+        <x:v>52805.186</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>48704.01</x:v>
+        <x:v>49359.33</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46002.9321064815</x:v>
+        <x:v>46038.9244097222</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>52113.291</x:v>
+        <x:v>52814.483</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>48704.01</x:v>
+        <x:v>49359.33</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46001.9271180556</x:v>
+        <x:v>46037.9281134259</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>51415.02</x:v>
+        <x:v>52903.411</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>48057.75</x:v>
+        <x:v>49442.44</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46001.3340740741</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>50882.738</x:v>
+        <x:v>52590.104</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>47560.29</x:v>
+        <x:v>49149.63</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46000.9276273148</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>1.38</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>50889.51</x:v>
+        <x:v>52635.429</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>47560.29</x:v>
+        <x:v>49191.99</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45999.3304166667</x:v>
+        <x:v>46034.927974537</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>1.25</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>51298.233</x:v>
+        <x:v>53057.266</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>47954.99</x:v>
+        <x:v>49590.2</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45996.930787037</x:v>
+        <x:v>46034.2969212963</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>1.25</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>51311.839</x:v>
+        <x:v>52965.107</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>47954.99</x:v>
+        <x:v>49504.07</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45995.9303935185</x:v>
+        <x:v>46031.9291087963</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>51186.284</x:v>
+        <x:v>52969.355</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>47850.94</x:v>
+        <x:v>49504.07</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45995.3278819444</x:v>
+        <x:v>46030.9271064815</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>1.25</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>51220.481</x:v>
+        <x:v>52714.738</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>47882.9</x:v>
+        <x:v>49266.11</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45994.9277430556</x:v>
+        <x:v>46029.9279398148</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>51234.703</x:v>
+        <x:v>52425.806</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>47882.9</x:v>
+        <x:v>48996.08</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46028.9271643519</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>1.42</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>50773.046</x:v>
+        <x:v>52915.191</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>47474.46</x:v>
+        <x:v>49462.08</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45993.3304166667</x:v>
+        <x:v>46028.3344675926</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>1.51</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>50574.956</x:v>
+        <x:v>52396.348</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>47289.33</x:v>
+        <x:v>48977.18</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45992.9296759259</x:v>
+        <x:v>46027.9295949074</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>1.5</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>50582.468</x:v>
+        <x:v>52405.583</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>47289.33</x:v>
+        <x:v>48977.18</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45992.3364583333</x:v>
+        <x:v>46024.9272453704</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>1.44</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>51039.454</x:v>
+        <x:v>51761.585</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>47716.42</x:v>
+        <x:v>48382.39</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45989.8197453704</x:v>
+        <x:v>46024.2881828704</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>1.36</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>51056.569</x:v>
+        <x:v>51420.148</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>47716.42</x:v>
+        <x:v>48063.29</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45987.9266435185</x:v>
+        <x:v>46022.9253125</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>1.46</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>50747.018</x:v>
+        <x:v>51427.72</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>47427.12</x:v>
+        <x:v>48063.29</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45986.9249305556</x:v>
+        <x:v>46021.927025463</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>50402.318</x:v>
+        <x:v>51752.754</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>47112.45</x:v>
+        <x:v>48367.06</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>1.94</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>49691.645</x:v>
+        <x:v>51854.265</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>46448.27</x:v>
+        <x:v>48461.93</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45982.9249768518</x:v>
+        <x:v>46017.9264351852</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>2.02</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>49467.936</x:v>
+        <x:v>52120.738</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>46245.41</x:v>
+        <x:v>48710.97</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45982.3125115741</x:v>
+        <x:v>46015.9254513889</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>2.22</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>48940.265</x:v>
+        <x:v>52142.341</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>45752.26</x:v>
+        <x:v>48731.16</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45981.9258796296</x:v>
+        <x:v>46015.7976851852</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>2.33</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>48949.316</x:v>
+        <x:v>52142.341</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>45752.26</x:v>
+        <x:v>48731.16</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45981.3119560185</x:v>
+        <x:v>46014.9278125</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>49362.881</x:v>
+        <x:v>51833.379</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>46138.77</x:v>
+        <x:v>48442.41</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>2.12</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>49368.484</x:v>
+        <x:v>51748.068</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>46138.77</x:v>
+        <x:v>48362.68</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45979.9258564815</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>49307.634</x:v>
+        <x:v>51504.332</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>46091.74</x:v>
+        <x:v>48134.89</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>46009.930775463</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>49841.029</x:v>
+        <x:v>51305.918</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>46590.24</x:v>
+        <x:v>47951.85</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45978.9281828704</x:v>
+        <x:v>46009.3397800926</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>49851.557</x:v>
+        <x:v>51235.427</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>46590.24</x:v>
+        <x:v>47885.97</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45975.925775463</x:v>
+        <x:v>46008.927662037</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>1.66</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>50431.119</x:v>
+        <x:v>51237.988</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>47147.48</x:v>
+        <x:v>47885.97</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45975.3077546296</x:v>
+        <x:v>46007.9278356481</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>1.54</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>50762.541</x:v>
+        <x:v>51482.258</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>47457.22</x:v>
+        <x:v>48114.26</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>1.55</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>50779.225</x:v>
+        <x:v>51795.868</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>47457.22</x:v>
+        <x:v>48416.56</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45973.9253009259</x:v>
+        <x:v>46006.3081134259</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>51628.532</x:v>
+        <x:v>51840.263</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>48254.82</x:v>
+        <x:v>48458.05</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45973.3365277778</x:v>
+        <x:v>46003.9269791667</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>1.38</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>51278.792</x:v>
+        <x:v>51848.667</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>47927.96</x:v>
+        <x:v>48458.05</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45972.9253703704</x:v>
+        <x:v>46003.3313657407</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>1.41</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>51282.917</x:v>
+        <x:v>52111.844</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>47927.96</x:v>
+        <x:v>48704.01</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45971.9254050926</x:v>
+        <x:v>46002.9321064815</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>1.64</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>50672.49</x:v>
+        <x:v>52113.291</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>47368.63</x:v>
+        <x:v>48704.01</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45971.2992708333</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>1.77</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>50264.253</x:v>
+        <x:v>51415.02</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>46987.1</x:v>
+        <x:v>48057.75</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45968.9254976852</x:v>
+        <x:v>46001.3340740741</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>1.82</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>50276.197</x:v>
+        <x:v>50882.738</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>46987.1</x:v>
+        <x:v>47560.29</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>1.85</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>50197.606</x:v>
+        <x:v>50889.51</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>46913.65</x:v>
+        <x:v>47560.29</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45966.9253240741</x:v>
+        <x:v>45999.3304166667</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>1.68</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>50622.877</x:v>
+        <x:v>51298.233</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>47311.1</x:v>
+        <x:v>47954.99</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45996.930787037</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>1.78</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>50381.207</x:v>
+        <x:v>51311.839</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>47085.24</x:v>
+        <x:v>47954.99</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45964.9228587963</x:v>
+        <x:v>45995.9303935185</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>50650.248</x:v>
+        <x:v>51186.284</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>47336.68</x:v>
+        <x:v>47850.94</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45961.8819907407</x:v>
+        <x:v>45995.3278819444</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>1.58</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>50892.271</x:v>
+        <x:v>51220.481</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>47562.87</x:v>
+        <x:v>47882.9</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45994.9277430556</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>50848.668</x:v>
+        <x:v>51234.703</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>47522.12</x:v>
+        <x:v>47882.9</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45959.8897800926</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>1.55</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>50966.24</x:v>
+        <x:v>50773.046</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>47632</x:v>
+        <x:v>47474.46</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45958.8875</x:v>
+        <x:v>45993.3304166667</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>1.52</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>51045.816</x:v>
+        <x:v>50574.956</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>47706.37</x:v>
+        <x:v>47289.33</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45957.8876157407</x:v>
+        <x:v>45992.9296759259</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>1.58</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>50872.711</x:v>
+        <x:v>50582.468</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>47544.59</x:v>
+        <x:v>47289.33</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45954.9259143519</x:v>
+        <x:v>45992.3364583333</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>50505.122</x:v>
+        <x:v>51039.454</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>47207.12</x:v>
+        <x:v>47716.42</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45954.3348032407</x:v>
+        <x:v>45989.8197453704</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>49999.537</x:v>
+        <x:v>51056.569</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>46734.61</x:v>
+        <x:v>47716.42</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45953.9278935185</x:v>
+        <x:v>45987.9266435185</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>50006.033</x:v>
+        <x:v>50747.018</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>46734.61</x:v>
+        <x:v>47427.12</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45952.9304398148</x:v>
+        <x:v>45986.9249305556</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>49851.739</x:v>
+        <x:v>50402.318</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>46590.41</x:v>
+        <x:v>47112.45</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>50209.472</x:v>
+        <x:v>49691.645</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>46924.74</x:v>
+        <x:v>46448.27</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45950.9289583333</x:v>
+        <x:v>45982.9249768518</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>1.99</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>49966.759</x:v>
+        <x:v>49467.936</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>46706.58</x:v>
+        <x:v>46245.41</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45950.3282407407</x:v>
+        <x:v>45982.3125115741</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>2.2</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>49414.671</x:v>
+        <x:v>48940.265</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>46190.61</x:v>
+        <x:v>45752.26</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45981.9258796296</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>2.3</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>49423.953</x:v>
+        <x:v>48949.316</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>46190.61</x:v>
+        <x:v>45752.26</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45946.9261921296</x:v>
+        <x:v>45981.3119560185</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>2.45</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>49168.897</x:v>
+        <x:v>49362.881</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>45952.24</x:v>
+        <x:v>46138.77</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45945.9257060185</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>2.27</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>49491.042</x:v>
+        <x:v>49368.484</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>46253.31</x:v>
+        <x:v>46138.77</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45944.9308449074</x:v>
+        <x:v>45979.9258564815</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>2.25</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>49509.392</x:v>
+        <x:v>49307.634</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>46270.46</x:v>
+        <x:v>46091.74</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45943.926712963</x:v>
+        <x:v>45979.3133912037</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>2.38</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>49292.311</x:v>
+        <x:v>49841.029</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>46067.58</x:v>
+        <x:v>46590.24</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45978.9281828704</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>2.81</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>48653.89</x:v>
+        <x:v>49851.557</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>45479.6</x:v>
+        <x:v>46590.24</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45940.3354976852</x:v>
+        <x:v>45975.925775463</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>2.25</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>49594.228</x:v>
+        <x:v>50431.119</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>46358.42</x:v>
+        <x:v>47147.48</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45975.3077546296</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>49863.905</x:v>
+        <x:v>50762.541</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>46601.78</x:v>
+        <x:v>47457.22</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>49865.189</x:v>
+        <x:v>50779.225</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>46602.98</x:v>
+        <x:v>47457.22</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45973.9253009259</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>2.1</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>49954.398</x:v>
+        <x:v>51628.532</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>46694.97</x:v>
+        <x:v>48254.82</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45936.3349074074</x:v>
+        <x:v>45973.3365277778</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>2.01</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>50022.139</x:v>
+        <x:v>51278.792</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>46758.28</x:v>
+        <x:v>47927.96</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45972.9253703704</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>2.06</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>50028.839</x:v>
+        <x:v>51282.917</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>46758.28</x:v>
+        <x:v>47927.96</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45933.331099537</x:v>
+        <x:v>45971.9254050926</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>49773.58</x:v>
+        <x:v>50672.49</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>46519.72</x:v>
+        <x:v>47368.63</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45971.2992708333</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>2.2</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>49776.1</x:v>
+        <x:v>50264.253</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>46519.72</x:v>
+        <x:v>46987.1</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>2.24</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>49691.977</x:v>
+        <x:v>50276.197</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>46441.1</x:v>
+        <x:v>46987.1</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>2.27</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>49645.742</x:v>
+        <x:v>50197.606</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>46397.89</x:v>
+        <x:v>46913.65</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>49558.195</x:v>
+        <x:v>50622.877</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>46316.07</x:v>
+        <x:v>47311.1</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>2.35</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>49484.6</x:v>
+        <x:v>50381.207</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>46247.29</x:v>
+        <x:v>47085.24</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>2.55</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>49163.632</x:v>
+        <x:v>50650.248</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>45947.32</x:v>
+        <x:v>47336.68</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>49349.77</x:v>
+        <x:v>50892.271</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>46121.28</x:v>
+        <x:v>47562.87</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45923.925162037</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>2.33</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>49533.275</x:v>
+        <x:v>50848.668</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>46292.78</x:v>
+        <x:v>47522.12</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45922.9267013889</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>2.28</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>49628.248</x:v>
+        <x:v>50966.24</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>46381.54</x:v>
+        <x:v>47632</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45919.934224537</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>49557.339</x:v>
+        <x:v>51045.816</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>46315.27</x:v>
+        <x:v>47706.37</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45918.9265277778</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>2.42</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>49372.133</x:v>
+        <x:v>50872.711</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>46142.18</x:v>
+        <x:v>47544.59</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45917.9271180556</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>2.49</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>49237.045</x:v>
+        <x:v>50505.122</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>46018.32</x:v>
+        <x:v>47207.12</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45917.3258680556</x:v>
+        <x:v>45954.3348032407</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>2.7</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>48958.396</x:v>
+        <x:v>49999.537</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>45757.9</x:v>
+        <x:v>46734.61</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>2.68</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>48960.953</x:v>
+        <x:v>50006.033</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>45757.9</x:v>
+        <x:v>46734.61</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>2.59</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>49073.593</x:v>
+        <x:v>49851.739</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>45883.45</x:v>
+        <x:v>46590.41</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>2.61</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>49020.917</x:v>
+        <x:v>50209.472</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>45834.22</x:v>
+        <x:v>46924.74</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45912.9234837963</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>2.63</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>49042.615</x:v>
+        <x:v>49966.759</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>45834.22</x:v>
+        <x:v>46706.58</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45950.3282407407</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>2.45</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>49335.498</x:v>
+        <x:v>49414.671</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>46108</x:v>
+        <x:v>46190.61</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45911.3307638889</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>2.91</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>48675.223</x:v>
+        <x:v>49423.953</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>45490.92</x:v>
+        <x:v>46190.61</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45910.9240625</x:v>
+        <x:v>45946.9261921296</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>2.93</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>48668.523</x:v>
+        <x:v>49168.897</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>45490.92</x:v>
+        <x:v>45952.24</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45910.2980671296</x:v>
+        <x:v>45945.9257060185</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>2.79</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>48904.372</x:v>
+        <x:v>49491.042</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>45711.34</x:v>
+        <x:v>46253.31</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45909.924537037</x:v>
+        <x:v>45944.9308449074</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>2.77</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>48911.134</x:v>
+        <x:v>49509.392</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>45711.34</x:v>
+        <x:v>46270.46</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45908.9240277778</x:v>
+        <x:v>45943.926712963</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>2.92</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>48700.996</x:v>
+        <x:v>49292.311</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>45514.95</x:v>
+        <x:v>46067.58</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
+        <x:v>45940.9234837963</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C134" s="0">
+        <x:v>2.81</x:v>
+      </x:c>
+      <x:c r="D134" s="0">
+        <x:v>48653.89</x:v>
+      </x:c>
+      <x:c r="E134" s="0">
+        <x:v>45479.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:5">
+      <x:c r="A135" s="1">
+        <x:v>45940.3354976852</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C135" s="0">
+        <x:v>2.25</x:v>
+      </x:c>
+      <x:c r="D135" s="0">
+        <x:v>49594.228</x:v>
+      </x:c>
+      <x:c r="E135" s="0">
+        <x:v>46358.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:5">
+      <x:c r="A136" s="1">
+        <x:v>45938.9270601852</x:v>
+      </x:c>
+      <x:c r="B136" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C136" s="0">
+        <x:v>2.15</x:v>
+      </x:c>
+      <x:c r="D136" s="0">
+        <x:v>49863.905</x:v>
+      </x:c>
+      <x:c r="E136" s="0">
+        <x:v>46601.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:5">
+      <x:c r="A137" s="1">
+        <x:v>45937.9282175926</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C137" s="0">
+        <x:v>2.15</x:v>
+      </x:c>
+      <x:c r="D137" s="0">
+        <x:v>49865.189</x:v>
+      </x:c>
+      <x:c r="E137" s="0">
+        <x:v>46602.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:5">
+      <x:c r="A138" s="1">
+        <x:v>45936.9242361111</x:v>
+      </x:c>
+      <x:c r="B138" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C138" s="0">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="D138" s="0">
+        <x:v>49954.398</x:v>
+      </x:c>
+      <x:c r="E138" s="0">
+        <x:v>46694.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:5">
+      <x:c r="A139" s="1">
+        <x:v>45936.3349074074</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C139" s="0">
+        <x:v>2.01</x:v>
+      </x:c>
+      <x:c r="D139" s="0">
+        <x:v>50022.139</x:v>
+      </x:c>
+      <x:c r="E139" s="0">
+        <x:v>46758.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:5">
+      <x:c r="A140" s="1">
+        <x:v>45933.9288888889</x:v>
+      </x:c>
+      <x:c r="B140" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C140" s="0">
+        <x:v>2.06</x:v>
+      </x:c>
+      <x:c r="D140" s="0">
+        <x:v>50028.839</x:v>
+      </x:c>
+      <x:c r="E140" s="0">
+        <x:v>46758.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:5">
+      <x:c r="A141" s="1">
+        <x:v>45933.331099537</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C141" s="0">
+        <x:v>2.13</x:v>
+      </x:c>
+      <x:c r="D141" s="0">
+        <x:v>49773.58</x:v>
+      </x:c>
+      <x:c r="E141" s="0">
+        <x:v>46519.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:5">
+      <x:c r="A142" s="1">
+        <x:v>45932.9250347222</x:v>
+      </x:c>
+      <x:c r="B142" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C142" s="0">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="D142" s="0">
+        <x:v>49776.1</x:v>
+      </x:c>
+      <x:c r="E142" s="0">
+        <x:v>46519.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:5">
+      <x:c r="A143" s="1">
+        <x:v>45931.9293634259</x:v>
+      </x:c>
+      <x:c r="B143" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C143" s="0">
+        <x:v>2.24</x:v>
+      </x:c>
+      <x:c r="D143" s="0">
+        <x:v>49691.977</x:v>
+      </x:c>
+      <x:c r="E143" s="0">
+        <x:v>46441.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:5">
+      <x:c r="A144" s="1">
+        <x:v>45930.9338773148</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C144" s="0">
+        <x:v>2.27</x:v>
+      </x:c>
+      <x:c r="D144" s="0">
+        <x:v>49645.742</x:v>
+      </x:c>
+      <x:c r="E144" s="0">
+        <x:v>46397.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:5">
+      <x:c r="A145" s="1">
+        <x:v>45929.9323842593</x:v>
+      </x:c>
+      <x:c r="B145" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C145" s="0">
+        <x:v>2.31</x:v>
+      </x:c>
+      <x:c r="D145" s="0">
+        <x:v>49558.195</x:v>
+      </x:c>
+      <x:c r="E145" s="0">
+        <x:v>46316.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:5">
+      <x:c r="A146" s="1">
+        <x:v>45926.9299537037</x:v>
+      </x:c>
+      <x:c r="B146" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C146" s="0">
+        <x:v>2.35</x:v>
+      </x:c>
+      <x:c r="D146" s="0">
+        <x:v>49484.6</x:v>
+      </x:c>
+      <x:c r="E146" s="0">
+        <x:v>46247.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:5">
+      <x:c r="A147" s="1">
+        <x:v>45925.9293865741</x:v>
+      </x:c>
+      <x:c r="B147" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C147" s="0">
+        <x:v>2.55</x:v>
+      </x:c>
+      <x:c r="D147" s="0">
+        <x:v>49163.632</x:v>
+      </x:c>
+      <x:c r="E147" s="0">
+        <x:v>45947.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:5">
+      <x:c r="A148" s="1">
+        <x:v>45924.9296990741</x:v>
+      </x:c>
+      <x:c r="B148" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C148" s="0">
+        <x:v>2.44</x:v>
+      </x:c>
+      <x:c r="D148" s="0">
+        <x:v>49349.77</x:v>
+      </x:c>
+      <x:c r="E148" s="0">
+        <x:v>46121.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:5">
+      <x:c r="A149" s="1">
+        <x:v>45923.925162037</x:v>
+      </x:c>
+      <x:c r="B149" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C149" s="0">
+        <x:v>2.33</x:v>
+      </x:c>
+      <x:c r="D149" s="0">
+        <x:v>49533.275</x:v>
+      </x:c>
+      <x:c r="E149" s="0">
+        <x:v>46292.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:5">
+      <x:c r="A150" s="1">
+        <x:v>45922.9267013889</x:v>
+      </x:c>
+      <x:c r="B150" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C150" s="0">
+        <x:v>2.28</x:v>
+      </x:c>
+      <x:c r="D150" s="0">
+        <x:v>49628.248</x:v>
+      </x:c>
+      <x:c r="E150" s="0">
+        <x:v>46381.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:5">
+      <x:c r="A151" s="1">
+        <x:v>45919.934224537</x:v>
+      </x:c>
+      <x:c r="B151" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C151" s="0">
+        <x:v>2.31</x:v>
+      </x:c>
+      <x:c r="D151" s="0">
+        <x:v>49557.339</x:v>
+      </x:c>
+      <x:c r="E151" s="0">
+        <x:v>46315.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:5">
+      <x:c r="A152" s="1">
+        <x:v>45918.9265277778</x:v>
+      </x:c>
+      <x:c r="B152" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C152" s="0">
+        <x:v>2.42</x:v>
+      </x:c>
+      <x:c r="D152" s="0">
+        <x:v>49372.133</x:v>
+      </x:c>
+      <x:c r="E152" s="0">
+        <x:v>46142.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153" spans="1:5">
+      <x:c r="A153" s="1">
+        <x:v>45917.9271180556</x:v>
+      </x:c>
+      <x:c r="B153" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C153" s="0">
+        <x:v>2.49</x:v>
+      </x:c>
+      <x:c r="D153" s="0">
+        <x:v>49237.045</x:v>
+      </x:c>
+      <x:c r="E153" s="0">
+        <x:v>46018.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:5">
+      <x:c r="A154" s="1">
+        <x:v>45917.3258680556</x:v>
+      </x:c>
+      <x:c r="B154" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C154" s="0">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="D154" s="0">
+        <x:v>48958.396</x:v>
+      </x:c>
+      <x:c r="E154" s="0">
+        <x:v>45757.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155" spans="1:5">
+      <x:c r="A155" s="1">
+        <x:v>45916.9259375</x:v>
+      </x:c>
+      <x:c r="B155" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C155" s="0">
+        <x:v>2.68</x:v>
+      </x:c>
+      <x:c r="D155" s="0">
+        <x:v>48960.953</x:v>
+      </x:c>
+      <x:c r="E155" s="0">
+        <x:v>45757.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="156" spans="1:5">
+      <x:c r="A156" s="1">
+        <x:v>45915.9270601852</x:v>
+      </x:c>
+      <x:c r="B156" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C156" s="0">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="D156" s="0">
+        <x:v>49073.593</x:v>
+      </x:c>
+      <x:c r="E156" s="0">
+        <x:v>45883.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="157" spans="1:5">
+      <x:c r="A157" s="1">
+        <x:v>45915.3170833333</x:v>
+      </x:c>
+      <x:c r="B157" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C157" s="0">
+        <x:v>2.61</x:v>
+      </x:c>
+      <x:c r="D157" s="0">
+        <x:v>49020.917</x:v>
+      </x:c>
+      <x:c r="E157" s="0">
+        <x:v>45834.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158" spans="1:5">
+      <x:c r="A158" s="1">
+        <x:v>45912.9234837963</x:v>
+      </x:c>
+      <x:c r="B158" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C158" s="0">
+        <x:v>2.63</x:v>
+      </x:c>
+      <x:c r="D158" s="0">
+        <x:v>49042.615</x:v>
+      </x:c>
+      <x:c r="E158" s="0">
+        <x:v>45834.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159" spans="1:5">
+      <x:c r="A159" s="1">
+        <x:v>45911.9251388889</x:v>
+      </x:c>
+      <x:c r="B159" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C159" s="0">
+        <x:v>2.45</x:v>
+      </x:c>
+      <x:c r="D159" s="0">
+        <x:v>49335.498</x:v>
+      </x:c>
+      <x:c r="E159" s="0">
+        <x:v>46108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160" spans="1:5">
+      <x:c r="A160" s="1">
+        <x:v>45911.3307638889</x:v>
+      </x:c>
+      <x:c r="B160" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C160" s="0">
+        <x:v>2.91</x:v>
+      </x:c>
+      <x:c r="D160" s="0">
+        <x:v>48675.223</x:v>
+      </x:c>
+      <x:c r="E160" s="0">
+        <x:v>45490.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161" spans="1:5">
+      <x:c r="A161" s="1">
+        <x:v>45910.9240625</x:v>
+      </x:c>
+      <x:c r="B161" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C161" s="0">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="D161" s="0">
+        <x:v>48668.523</x:v>
+      </x:c>
+      <x:c r="E161" s="0">
+        <x:v>45490.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="162" spans="1:5">
+      <x:c r="A162" s="1">
+        <x:v>45910.2980671296</x:v>
+      </x:c>
+      <x:c r="B162" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C162" s="0">
+        <x:v>2.79</x:v>
+      </x:c>
+      <x:c r="D162" s="0">
+        <x:v>48904.372</x:v>
+      </x:c>
+      <x:c r="E162" s="0">
+        <x:v>45711.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="163" spans="1:5">
+      <x:c r="A163" s="1">
+        <x:v>45909.924537037</x:v>
+      </x:c>
+      <x:c r="B163" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C163" s="0">
+        <x:v>2.77</x:v>
+      </x:c>
+      <x:c r="D163" s="0">
+        <x:v>48911.134</x:v>
+      </x:c>
+      <x:c r="E163" s="0">
+        <x:v>45711.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="164" spans="1:5">
+      <x:c r="A164" s="1">
+        <x:v>45908.9240277778</x:v>
+      </x:c>
+      <x:c r="B164" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C164" s="0">
+        <x:v>2.92</x:v>
+      </x:c>
+      <x:c r="D164" s="0">
+        <x:v>48700.996</x:v>
+      </x:c>
+      <x:c r="E164" s="0">
+        <x:v>45514.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="165" spans="1:5">
+      <x:c r="A165" s="1">
         <x:v>45905.9285648148</x:v>
       </x:c>
-      <x:c r="B134" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C134" s="0">
+      <x:c r="B165" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C165" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D134" s="0">
+      <x:c r="D165" s="0">
         <x:v>48578.92</x:v>
       </x:c>
-      <x:c r="E134" s="0">
+      <x:c r="E165" s="0">
         <x:v>45400.86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>