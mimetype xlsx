--- v0 (2025-10-18)
+++ v1 (2025-11-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5221101e7ce94cb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5c890be104ba46e4b7d217d97767a4ba.psmdcp" Id="R06fe2329e27b45b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaab62263c6248f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ef972074a53043ba902a1597894d2c98.psmdcp" Id="R6fee3c95ef0a4ee2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09L5D2</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,1134 +393,1559 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E64"/>
+  <x:dimension ref="A1:E89"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>4.18</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>426.131</x:v>
+        <x:v>416.634</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>439.31</x:v>
+        <x:v>429.52</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45946.9261921296</x:v>
+        <x:v>45968.6466435185</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>3.06</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>415.888</x:v>
+        <x:v>415.024</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>428.75</x:v>
+        <x:v>427.86</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45946.8550694444</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>2.47</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>409.433</x:v>
+        <x:v>432.533</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>422.096</x:v>
+        <x:v>445.91</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45945.9257060185</x:v>
+        <x:v>45967.6922222222</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>4.51</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>422.096</x:v>
+        <x:v>434.198</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>435.15</x:v>
+        <x:v>447.627</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45944.9308449074</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>3.75</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>416.363</x:v>
+        <x:v>448.208</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>429.24</x:v>
+        <x:v>462.07</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45944.6484143519</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>2.82</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>407.4</x:v>
+        <x:v>430.932</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>420</x:v>
+        <x:v>444.26</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45943.926712963</x:v>
+        <x:v>45965.6459027778</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>6.25</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>422.823</x:v>
+        <x:v>432.125</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>435.9</x:v>
+        <x:v>445.49</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45965.6459027778</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>3.46</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>401.085</x:v>
+        <x:v>434.773</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>413.49</x:v>
+        <x:v>448.22</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45940.7294675926</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>4.06</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>405.06</x:v>
+        <x:v>454.319</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>417.588</x:v>
+        <x:v>468.37</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>12.01</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>425.529</x:v>
+        <x:v>442.863</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>438.69</x:v>
+        <x:v>456.56</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>10.09</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>420.097</x:v>
+        <x:v>426.897</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>433.09</x:v>
+        <x:v>440.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45937.7419097222</x:v>
+        <x:v>45960.6339583333</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>11.52</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>423.601</x:v>
+        <x:v>432.125</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>436.702</x:v>
+        <x:v>445.49</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>25.55</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>439.652</x:v>
+        <x:v>447.665</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>453.25</x:v>
+        <x:v>461.51</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>14.13</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>416.935</x:v>
+        <x:v>446.734</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>429.83</x:v>
+        <x:v>460.55</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45933.7917939815</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>10.53</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>407.652</x:v>
+        <x:v>438.847</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>420.26</x:v>
+        <x:v>452.42</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>23.05</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>422.92</x:v>
+        <x:v>420.708</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>436</x:v>
+        <x:v>433.72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45932.7411458333</x:v>
+        <x:v>45954.7990625</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>32.78</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>431.456</x:v>
+        <x:v>421.581</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>444.8</x:v>
+        <x:v>434.62</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>63.07</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>445.676</x:v>
+        <x:v>435.511</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>459.46</x:v>
+        <x:v>448.98</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45953.6459027778</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>42.21</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>431.378</x:v>
+        <x:v>401.813</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>444.72</x:v>
+        <x:v>414.24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45953.6459027778</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>40.28</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>429.914</x:v>
+        <x:v>401.813</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>443.21</x:v>
+        <x:v>414.24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45953.6459027778</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>37.07</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>427.188</x:v>
+        <x:v>416.246</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>440.4</x:v>
+        <x:v>429.12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>23.18</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>410.688</x:v>
+        <x:v>425.801</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>423.39</x:v>
+        <x:v>438.97</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45925.6471875</x:v>
+        <x:v>45952.7723726852</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>24.16</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>411.808</x:v>
+        <x:v>416.246</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>424.544</x:v>
+        <x:v>429.12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>63.54</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>429.506</x:v>
+        <x:v>429.322</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>442.79</x:v>
+        <x:v>442.6</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45923.925162037</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>39.87</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>413.074</x:v>
+        <x:v>434.007</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>425.85</x:v>
+        <x:v>447.43</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45922.9267013889</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>56.3</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>421.184</x:v>
+        <x:v>426.131</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>434.21</x:v>
+        <x:v>439.31</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45919.934224537</x:v>
+        <x:v>45946.9261921296</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>44.08</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>413.288</x:v>
+        <x:v>415.888</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>426.07</x:v>
+        <x:v>428.75</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45918.9265277778</x:v>
+        <x:v>45946.8550694444</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>33.17</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>404.344</x:v>
+        <x:v>409.433</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>416.85</x:v>
+        <x:v>422.096</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45917.9271180556</x:v>
+        <x:v>45945.9257060185</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>48.82</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>413.084</x:v>
+        <x:v>422.096</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>425.86</x:v>
+        <x:v>435.15</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45944.9308449074</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>42.54</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>408.971</x:v>
+        <x:v>416.363</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>421.62</x:v>
+        <x:v>429.24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45944.6484143519</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>29.95</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>397.739</x:v>
+        <x:v>407.4</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>410.04</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45912.9234837963</x:v>
+        <x:v>45943.926712963</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>19.64</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>384.062</x:v>
+        <x:v>422.823</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>395.94</x:v>
+        <x:v>435.9</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45940.9234837963</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>9.35</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>357.746</x:v>
+        <x:v>401.085</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>368.81</x:v>
+        <x:v>413.49</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45910.9240625</x:v>
+        <x:v>45940.7294675926</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>4.91</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>337.356</x:v>
+        <x:v>405.06</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>347.79</x:v>
+        <x:v>417.588</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45909.924537037</x:v>
+        <x:v>45938.9270601852</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>4.76</x:v>
+        <x:v>12.01</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>336.561</x:v>
+        <x:v>425.529</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>346.97</x:v>
+        <x:v>438.69</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45908.9240277778</x:v>
+        <x:v>45937.9282175926</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>4.66</x:v>
+        <x:v>10.09</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>336.008</x:v>
+        <x:v>420.097</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>346.4</x:v>
+        <x:v>433.09</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45937.7419097222</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>5.82</x:v>
+        <x:v>11.52</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>340.315</x:v>
+        <x:v>423.601</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>350.84</x:v>
+        <x:v>436.702</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>3.77</x:v>
+        <x:v>25.55</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>328.374</x:v>
+        <x:v>439.652</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>338.53</x:v>
+        <x:v>453.25</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45903.9235763889</x:v>
+        <x:v>45933.9288888889</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>3.15</x:v>
+        <x:v>14.13</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>324.067</x:v>
+        <x:v>416.935</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>334.09</x:v>
+        <x:v>429.83</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45902.9238541667</x:v>
+        <x:v>45933.7917939815</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>2.6</x:v>
+        <x:v>10.53</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>319.479</x:v>
+        <x:v>407.652</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>329.36</x:v>
+        <x:v>420.26</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45898.9303935185</x:v>
+        <x:v>45932.9250347222</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>3.32</x:v>
+        <x:v>23.05</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>323.854</x:v>
+        <x:v>422.92</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>333.87</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45898.7378356481</x:v>
+        <x:v>45932.7411458333</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>3.48</x:v>
+        <x:v>32.78</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>324.892</x:v>
+        <x:v>431.456</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>334.941</x:v>
+        <x:v>444.8</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45931.9293634259</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>6.7</x:v>
+        <x:v>63.07</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>335.601</x:v>
+        <x:v>445.676</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>345.98</x:v>
+        <x:v>459.46</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45896.924837963</x:v>
+        <x:v>45930.9338773148</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>7.96</x:v>
+        <x:v>42.21</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>339.112</x:v>
+        <x:v>431.378</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>349.6</x:v>
+        <x:v>444.72</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45929.9323842593</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>8.77</x:v>
+        <x:v>40.28</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>341.12</x:v>
+        <x:v>429.914</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>351.67</x:v>
+        <x:v>443.21</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45894.9239351852</x:v>
+        <x:v>45926.9299537037</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>7.21</x:v>
+        <x:v>37.07</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>336.202</x:v>
+        <x:v>427.188</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>346.6</x:v>
+        <x:v>440.4</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>5.62</x:v>
+        <x:v>23.18</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>329.81</x:v>
+        <x:v>410.688</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>340.01</x:v>
+        <x:v>423.39</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45890.9257060185</x:v>
+        <x:v>45925.6471875</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>2.92</x:v>
+        <x:v>24.16</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>310.507</x:v>
+        <x:v>411.808</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>320.11</x:v>
+        <x:v>424.544</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45889.9243287037</x:v>
+        <x:v>45924.9296990741</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>3.55</x:v>
+        <x:v>63.54</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>314.183</x:v>
+        <x:v>429.506</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>323.9</x:v>
+        <x:v>442.79</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45889.6629282407</x:v>
+        <x:v>45923.925162037</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>2.93</x:v>
+        <x:v>39.87</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>309.848</x:v>
+        <x:v>413.074</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>319.431</x:v>
+        <x:v>425.85</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45888.9238194444</x:v>
+        <x:v>45922.9267013889</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>5.35</x:v>
+        <x:v>56.3</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>319.431</x:v>
+        <x:v>421.184</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>329.31</x:v>
+        <x:v>434.21</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45887.9246180556</x:v>
+        <x:v>45919.934224537</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>7.28</x:v>
+        <x:v>44.08</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>325.105</x:v>
+        <x:v>413.288</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>335.16</x:v>
+        <x:v>426.07</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45884.9247800926</x:v>
+        <x:v>45918.9265277778</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>6.07</x:v>
+        <x:v>33.17</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>320.643</x:v>
+        <x:v>404.344</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>330.56</x:v>
+        <x:v>416.85</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45883.9240393518</x:v>
+        <x:v>45917.9271180556</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>7.86</x:v>
+        <x:v>48.82</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>325.513</x:v>
+        <x:v>413.084</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>335.58</x:v>
+        <x:v>425.86</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>9.48</x:v>
+        <x:v>42.54</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>329.199</x:v>
+        <x:v>408.971</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>339.38</x:v>
+        <x:v>421.62</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45881.9233912037</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>10.16</x:v>
+        <x:v>29.95</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>330.615</x:v>
+        <x:v>397.739</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>340.84</x:v>
+        <x:v>410.04</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45880.9236111111</x:v>
+        <x:v>45912.9234837963</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>9.44</x:v>
+        <x:v>19.64</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>328.859</x:v>
+        <x:v>384.062</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>339.03</x:v>
+        <x:v>395.94</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45877.9331828704</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>6.66</x:v>
+        <x:v>9.35</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>319.76</x:v>
+        <x:v>357.746</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>329.65</x:v>
+        <x:v>368.81</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45876.9384953704</x:v>
+        <x:v>45910.9240625</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>4.97</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>312.602</x:v>
+        <x:v>337.356</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>322.27</x:v>
+        <x:v>347.79</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45875.9344097222</x:v>
+        <x:v>45909.924537037</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>4.49</x:v>
+        <x:v>4.76</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>310.313</x:v>
+        <x:v>336.561</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>319.91</x:v>
+        <x:v>346.97</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45908.9240277778</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>2.91</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>299.458</x:v>
+        <x:v>336.008</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>308.72</x:v>
+        <x:v>346.4</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
+        <x:v>45905.9285648148</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C64" s="0">
+        <x:v>5.82</x:v>
+      </x:c>
+      <x:c r="D64" s="0">
+        <x:v>340.315</x:v>
+      </x:c>
+      <x:c r="E64" s="0">
+        <x:v>350.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="1">
+        <x:v>45904.9245601852</x:v>
+      </x:c>
+      <x:c r="B65" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C65" s="0">
+        <x:v>3.77</x:v>
+      </x:c>
+      <x:c r="D65" s="0">
+        <x:v>328.374</x:v>
+      </x:c>
+      <x:c r="E65" s="0">
+        <x:v>338.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="1">
+        <x:v>45903.9235763889</x:v>
+      </x:c>
+      <x:c r="B66" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C66" s="0">
+        <x:v>3.15</x:v>
+      </x:c>
+      <x:c r="D66" s="0">
+        <x:v>324.067</x:v>
+      </x:c>
+      <x:c r="E66" s="0">
+        <x:v>334.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1">
+        <x:v>45902.9238541667</x:v>
+      </x:c>
+      <x:c r="B67" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C67" s="0">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="D67" s="0">
+        <x:v>319.479</x:v>
+      </x:c>
+      <x:c r="E67" s="0">
+        <x:v>329.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="1">
+        <x:v>45898.9303935185</x:v>
+      </x:c>
+      <x:c r="B68" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C68" s="0">
+        <x:v>3.32</x:v>
+      </x:c>
+      <x:c r="D68" s="0">
+        <x:v>323.854</x:v>
+      </x:c>
+      <x:c r="E68" s="0">
+        <x:v>333.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1">
+        <x:v>45898.7378356481</x:v>
+      </x:c>
+      <x:c r="B69" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="C69" s="0">
+        <x:v>3.48</x:v>
+      </x:c>
+      <x:c r="D69" s="0">
+        <x:v>324.892</x:v>
+      </x:c>
+      <x:c r="E69" s="0">
+        <x:v>334.941</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="1">
+        <x:v>45897.9274768519</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C70" s="0">
+        <x:v>6.7</x:v>
+      </x:c>
+      <x:c r="D70" s="0">
+        <x:v>335.601</x:v>
+      </x:c>
+      <x:c r="E70" s="0">
+        <x:v>345.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="1">
+        <x:v>45896.924837963</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C71" s="0">
+        <x:v>7.96</x:v>
+      </x:c>
+      <x:c r="D71" s="0">
+        <x:v>339.112</x:v>
+      </x:c>
+      <x:c r="E71" s="0">
+        <x:v>349.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="1">
+        <x:v>45895.9239814815</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C72" s="0">
+        <x:v>8.77</x:v>
+      </x:c>
+      <x:c r="D72" s="0">
+        <x:v>341.12</x:v>
+      </x:c>
+      <x:c r="E72" s="0">
+        <x:v>351.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="1">
+        <x:v>45894.9239351852</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C73" s="0">
+        <x:v>7.21</x:v>
+      </x:c>
+      <x:c r="D73" s="0">
+        <x:v>336.202</x:v>
+      </x:c>
+      <x:c r="E73" s="0">
+        <x:v>346.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="1">
+        <x:v>45891.9252083333</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C74" s="0">
+        <x:v>5.62</x:v>
+      </x:c>
+      <x:c r="D74" s="0">
+        <x:v>329.81</x:v>
+      </x:c>
+      <x:c r="E74" s="0">
+        <x:v>340.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="1">
+        <x:v>45890.9257060185</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C75" s="0">
+        <x:v>2.92</x:v>
+      </x:c>
+      <x:c r="D75" s="0">
+        <x:v>310.507</x:v>
+      </x:c>
+      <x:c r="E75" s="0">
+        <x:v>320.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="1">
+        <x:v>45889.9243287037</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C76" s="0">
+        <x:v>3.55</x:v>
+      </x:c>
+      <x:c r="D76" s="0">
+        <x:v>314.183</x:v>
+      </x:c>
+      <x:c r="E76" s="0">
+        <x:v>323.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="1">
+        <x:v>45889.6629282407</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="C77" s="0">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="D77" s="0">
+        <x:v>309.848</x:v>
+      </x:c>
+      <x:c r="E77" s="0">
+        <x:v>319.431</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="1">
+        <x:v>45888.9238194444</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C78" s="0">
+        <x:v>5.35</x:v>
+      </x:c>
+      <x:c r="D78" s="0">
+        <x:v>319.431</x:v>
+      </x:c>
+      <x:c r="E78" s="0">
+        <x:v>329.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="1">
+        <x:v>45887.9246180556</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C79" s="0">
+        <x:v>7.28</x:v>
+      </x:c>
+      <x:c r="D79" s="0">
+        <x:v>325.105</x:v>
+      </x:c>
+      <x:c r="E79" s="0">
+        <x:v>335.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="1">
+        <x:v>45884.9247800926</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C80" s="0">
+        <x:v>6.07</x:v>
+      </x:c>
+      <x:c r="D80" s="0">
+        <x:v>320.643</x:v>
+      </x:c>
+      <x:c r="E80" s="0">
+        <x:v>330.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="1">
+        <x:v>45883.9240393518</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C81" s="0">
+        <x:v>7.86</x:v>
+      </x:c>
+      <x:c r="D81" s="0">
+        <x:v>325.513</x:v>
+      </x:c>
+      <x:c r="E81" s="0">
+        <x:v>335.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="1">
+        <x:v>45882.923912037</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C82" s="0">
+        <x:v>9.48</x:v>
+      </x:c>
+      <x:c r="D82" s="0">
+        <x:v>329.199</x:v>
+      </x:c>
+      <x:c r="E82" s="0">
+        <x:v>339.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="1">
+        <x:v>45881.9233912037</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C83" s="0">
+        <x:v>10.16</x:v>
+      </x:c>
+      <x:c r="D83" s="0">
+        <x:v>330.615</x:v>
+      </x:c>
+      <x:c r="E83" s="0">
+        <x:v>340.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="1">
+        <x:v>45880.9236111111</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C84" s="0">
+        <x:v>9.44</x:v>
+      </x:c>
+      <x:c r="D84" s="0">
+        <x:v>328.859</x:v>
+      </x:c>
+      <x:c r="E84" s="0">
+        <x:v>339.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="1">
+        <x:v>45877.9331828704</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C85" s="0">
+        <x:v>6.66</x:v>
+      </x:c>
+      <x:c r="D85" s="0">
+        <x:v>319.76</x:v>
+      </x:c>
+      <x:c r="E85" s="0">
+        <x:v>329.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="1">
+        <x:v>45876.9384953704</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C86" s="0">
+        <x:v>4.97</x:v>
+      </x:c>
+      <x:c r="D86" s="0">
+        <x:v>312.602</x:v>
+      </x:c>
+      <x:c r="E86" s="0">
+        <x:v>322.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:5">
+      <x:c r="A87" s="1">
+        <x:v>45875.9344097222</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C87" s="0">
+        <x:v>4.49</x:v>
+      </x:c>
+      <x:c r="D87" s="0">
+        <x:v>310.313</x:v>
+      </x:c>
+      <x:c r="E87" s="0">
+        <x:v>319.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="1">
+        <x:v>45874.9326273148</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C88" s="0">
+        <x:v>2.91</x:v>
+      </x:c>
+      <x:c r="D88" s="0">
+        <x:v>299.458</x:v>
+      </x:c>
+      <x:c r="E88" s="0">
+        <x:v>308.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="1">
         <x:v>45873.931400463</x:v>
       </x:c>
-      <x:c r="B64" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C64" s="0">
+      <x:c r="B89" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C89" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D64" s="0">
+      <x:c r="D89" s="0">
         <x:v>299.982</x:v>
       </x:c>
-      <x:c r="E64" s="0">
+      <x:c r="E89" s="0">
         <x:v>309.26</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>