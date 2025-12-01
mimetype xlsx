--- v1 (2025-11-10)
+++ v2 (2025-12-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaab62263c6248f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ef972074a53043ba902a1597894d2c98.psmdcp" Id="R6fee3c95ef0a4ee2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf7e2f648f524c1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7c608c9380b34e0cb2096c35c09c7a72.psmdcp" Id="R761584d2080f408a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09L5D2</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,1559 +393,1865 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E89"/>
+  <x:dimension ref="A1:E107"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45968.9254976852</x:v>
+        <x:v>45989.8197453704</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>416.634</x:v>
+        <x:v>417.265</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>429.52</x:v>
+        <x:v>430.17</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45968.6466435185</x:v>
+        <x:v>45987.9266435185</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>415.024</x:v>
+        <x:v>413.783</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>427.86</x:v>
+        <x:v>426.58</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>45986.9249305556</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>432.533</x:v>
+        <x:v>406.818</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>445.91</x:v>
+        <x:v>419.4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45967.6922222222</x:v>
+        <x:v>45982.9249768518</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>434.198</x:v>
+        <x:v>379.357</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>447.627</x:v>
+        <x:v>391.09</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45966.9253240741</x:v>
+        <x:v>45981.9258796296</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>448.208</x:v>
+        <x:v>383.373</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>462.07</x:v>
+        <x:v>395.23</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>430.932</x:v>
+        <x:v>391.87</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>444.26</x:v>
+        <x:v>403.99</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45965.6459027778</x:v>
+        <x:v>45979.9258564815</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>432.125</x:v>
+        <x:v>389.212</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>445.49</x:v>
+        <x:v>401.25</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45965.6459027778</x:v>
+        <x:v>45979.6660532407</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>434.773</x:v>
+        <x:v>384.601</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>448.22</x:v>
+        <x:v>396.496</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45964.9228587963</x:v>
+        <x:v>45978.9281828704</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>454.319</x:v>
+        <x:v>396.652</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>468.37</x:v>
+        <x:v>408.92</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45961.8819907407</x:v>
+        <x:v>45975.925775463</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>442.863</x:v>
+        <x:v>392.22</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>456.56</x:v>
+        <x:v>404.35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45975.6459027778</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>426.897</x:v>
+        <x:v>378.232</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>440.1</x:v>
+        <x:v>389.93</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45960.6339583333</x:v>
+        <x:v>45975.6459027778</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>432.125</x:v>
+        <x:v>391.25</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>445.49</x:v>
+        <x:v>403.35</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45959.8897800926</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1.19</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>447.665</x:v>
+        <x:v>389.93</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>461.51</x:v>
+        <x:v>401.99</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45958.8875</x:v>
+        <x:v>45974.7372453704</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>446.734</x:v>
+        <x:v>391.25</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>460.55</x:v>
+        <x:v>403.35</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45957.8876157407</x:v>
+        <x:v>45974.6594560185</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>438.847</x:v>
+        <x:v>403.661</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>452.42</x:v>
+        <x:v>416.146</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45954.9259143519</x:v>
+        <x:v>45973.9253009259</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>420.708</x:v>
+        <x:v>417.682</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>433.72</x:v>
+        <x:v>430.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45954.7990625</x:v>
+        <x:v>45972.9253703704</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>421.581</x:v>
+        <x:v>426.431</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>434.62</x:v>
+        <x:v>439.62</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45953.9278935185</x:v>
+        <x:v>45971.9254050926</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>435.511</x:v>
+        <x:v>431.873</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>448.98</x:v>
+        <x:v>445.23</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45953.6459027778</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>401.813</x:v>
+        <x:v>416.634</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>414.24</x:v>
+        <x:v>429.52</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45953.6459027778</x:v>
+        <x:v>45968.6466435185</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>1.49</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>401.813</x:v>
+        <x:v>415.024</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>414.24</x:v>
+        <x:v>427.86</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45953.6459027778</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>1.49</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>416.246</x:v>
+        <x:v>432.533</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>429.12</x:v>
+        <x:v>445.91</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45952.9304398148</x:v>
+        <x:v>45967.6922222222</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>3.22</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>425.801</x:v>
+        <x:v>434.198</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>438.97</x:v>
+        <x:v>447.627</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45952.7723726852</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>2.4</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>416.246</x:v>
+        <x:v>448.208</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>429.12</x:v>
+        <x:v>462.07</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>4.42</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>429.322</x:v>
+        <x:v>430.932</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>442.6</x:v>
+        <x:v>444.26</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45950.9289583333</x:v>
+        <x:v>45965.6459027778</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>5.3</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>434.007</x:v>
+        <x:v>432.125</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>447.43</x:v>
+        <x:v>445.49</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45965.6459027778</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>4.18</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>426.131</x:v>
+        <x:v>434.773</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>439.31</x:v>
+        <x:v>448.22</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45946.9261921296</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>3.06</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>415.888</x:v>
+        <x:v>454.319</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>428.75</x:v>
+        <x:v>468.37</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45946.8550694444</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>2.47</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>409.433</x:v>
+        <x:v>442.863</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>422.096</x:v>
+        <x:v>456.56</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45945.9257060185</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>4.51</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>422.096</x:v>
+        <x:v>426.897</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>435.15</x:v>
+        <x:v>440.1</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45944.9308449074</x:v>
+        <x:v>45960.6339583333</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>3.75</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>416.363</x:v>
+        <x:v>432.125</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>429.24</x:v>
+        <x:v>445.49</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45944.6484143519</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>2.82</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>407.4</x:v>
+        <x:v>447.665</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>420</x:v>
+        <x:v>461.51</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45943.926712963</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>6.25</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>422.823</x:v>
+        <x:v>446.734</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>435.9</x:v>
+        <x:v>460.55</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>3.46</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>401.085</x:v>
+        <x:v>438.847</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>413.49</x:v>
+        <x:v>452.42</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45940.7294675926</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>4.06</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>405.06</x:v>
+        <x:v>420.708</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>417.588</x:v>
+        <x:v>433.72</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45954.7990625</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>12.01</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>425.529</x:v>
+        <x:v>421.581</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>438.69</x:v>
+        <x:v>434.62</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>10.09</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>420.097</x:v>
+        <x:v>435.511</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>433.09</x:v>
+        <x:v>448.98</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45937.7419097222</x:v>
+        <x:v>45953.6459027778</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>11.52</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>423.601</x:v>
+        <x:v>401.813</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>436.702</x:v>
+        <x:v>414.24</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45953.6459027778</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>25.55</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>439.652</x:v>
+        <x:v>401.813</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>453.25</x:v>
+        <x:v>414.24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45953.6459027778</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>14.13</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>416.935</x:v>
+        <x:v>416.246</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>429.83</x:v>
+        <x:v>429.12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45933.7917939815</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>10.53</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>407.652</x:v>
+        <x:v>425.801</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>420.26</x:v>
+        <x:v>438.97</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45952.7723726852</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>23.05</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>422.92</x:v>
+        <x:v>416.246</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>436</x:v>
+        <x:v>429.12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45932.7411458333</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>32.78</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>431.456</x:v>
+        <x:v>429.322</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>444.8</x:v>
+        <x:v>442.6</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>63.07</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>445.676</x:v>
+        <x:v>434.007</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>459.46</x:v>
+        <x:v>447.43</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>42.21</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>431.378</x:v>
+        <x:v>426.131</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>444.72</x:v>
+        <x:v>439.31</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45946.9261921296</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>40.28</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>429.914</x:v>
+        <x:v>415.888</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>443.21</x:v>
+        <x:v>428.75</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45946.8550694444</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>37.07</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>427.188</x:v>
+        <x:v>409.433</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>440.4</x:v>
+        <x:v>422.096</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45945.9257060185</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>23.18</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>410.688</x:v>
+        <x:v>422.096</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>423.39</x:v>
+        <x:v>435.15</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45925.6471875</x:v>
+        <x:v>45944.9308449074</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>24.16</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>411.808</x:v>
+        <x:v>416.363</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>424.544</x:v>
+        <x:v>429.24</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45944.6484143519</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>63.54</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>429.506</x:v>
+        <x:v>407.4</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>442.79</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45923.925162037</x:v>
+        <x:v>45943.926712963</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>39.87</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>413.074</x:v>
+        <x:v>422.823</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>425.85</x:v>
+        <x:v>435.9</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45922.9267013889</x:v>
+        <x:v>45940.9234837963</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>56.3</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>421.184</x:v>
+        <x:v>401.085</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>434.21</x:v>
+        <x:v>413.49</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45919.934224537</x:v>
+        <x:v>45940.7294675926</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>44.08</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>413.288</x:v>
+        <x:v>405.06</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>426.07</x:v>
+        <x:v>417.588</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45918.9265277778</x:v>
+        <x:v>45938.9270601852</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>33.17</x:v>
+        <x:v>12.01</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>404.344</x:v>
+        <x:v>425.529</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>416.85</x:v>
+        <x:v>438.69</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45917.9271180556</x:v>
+        <x:v>45937.9282175926</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>48.82</x:v>
+        <x:v>10.09</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>413.084</x:v>
+        <x:v>420.097</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>425.86</x:v>
+        <x:v>433.09</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45937.7419097222</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>42.54</x:v>
+        <x:v>11.52</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>408.971</x:v>
+        <x:v>423.601</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>421.62</x:v>
+        <x:v>436.702</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>29.95</x:v>
+        <x:v>25.55</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>397.739</x:v>
+        <x:v>439.652</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>410.04</x:v>
+        <x:v>453.25</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45912.9234837963</x:v>
+        <x:v>45933.9288888889</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>19.64</x:v>
+        <x:v>14.13</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>384.062</x:v>
+        <x:v>416.935</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>395.94</x:v>
+        <x:v>429.83</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45933.7917939815</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>9.35</x:v>
+        <x:v>10.53</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>357.746</x:v>
+        <x:v>407.652</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>368.81</x:v>
+        <x:v>420.26</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45910.9240625</x:v>
+        <x:v>45932.9250347222</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>4.91</x:v>
+        <x:v>23.05</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>337.356</x:v>
+        <x:v>422.92</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>347.79</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45909.924537037</x:v>
+        <x:v>45932.7411458333</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>4.76</x:v>
+        <x:v>32.78</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>336.561</x:v>
+        <x:v>431.456</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>346.97</x:v>
+        <x:v>444.8</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45908.9240277778</x:v>
+        <x:v>45931.9293634259</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>4.66</x:v>
+        <x:v>63.07</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>336.008</x:v>
+        <x:v>445.676</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>346.4</x:v>
+        <x:v>459.46</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45930.9338773148</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>5.82</x:v>
+        <x:v>42.21</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>340.315</x:v>
+        <x:v>431.378</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>350.84</x:v>
+        <x:v>444.72</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45929.9323842593</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>3.77</x:v>
+        <x:v>40.28</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>328.374</x:v>
+        <x:v>429.914</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>338.53</x:v>
+        <x:v>443.21</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45903.9235763889</x:v>
+        <x:v>45926.9299537037</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>3.15</x:v>
+        <x:v>37.07</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>324.067</x:v>
+        <x:v>427.188</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>334.09</x:v>
+        <x:v>440.4</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45902.9238541667</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>2.6</x:v>
+        <x:v>23.18</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>319.479</x:v>
+        <x:v>410.688</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>329.36</x:v>
+        <x:v>423.39</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45898.9303935185</x:v>
+        <x:v>45925.6471875</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>3.32</x:v>
+        <x:v>24.16</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>323.854</x:v>
+        <x:v>411.808</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>333.87</x:v>
+        <x:v>424.544</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45898.7378356481</x:v>
+        <x:v>45924.9296990741</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>3.48</x:v>
+        <x:v>63.54</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>324.892</x:v>
+        <x:v>429.506</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>334.941</x:v>
+        <x:v>442.79</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45923.925162037</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>6.7</x:v>
+        <x:v>39.87</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>335.601</x:v>
+        <x:v>413.074</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>345.98</x:v>
+        <x:v>425.85</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45896.924837963</x:v>
+        <x:v>45922.9267013889</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>7.96</x:v>
+        <x:v>56.3</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>339.112</x:v>
+        <x:v>421.184</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>349.6</x:v>
+        <x:v>434.21</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45919.934224537</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>8.77</x:v>
+        <x:v>44.08</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>341.12</x:v>
+        <x:v>413.288</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>351.67</x:v>
+        <x:v>426.07</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45894.9239351852</x:v>
+        <x:v>45918.9265277778</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>7.21</x:v>
+        <x:v>33.17</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>336.202</x:v>
+        <x:v>404.344</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>346.6</x:v>
+        <x:v>416.85</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45917.9271180556</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>5.62</x:v>
+        <x:v>48.82</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>329.81</x:v>
+        <x:v>413.084</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>340.01</x:v>
+        <x:v>425.86</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45890.9257060185</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>2.92</x:v>
+        <x:v>42.54</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>310.507</x:v>
+        <x:v>408.971</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>320.11</x:v>
+        <x:v>421.62</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45889.9243287037</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>3.55</x:v>
+        <x:v>29.95</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>314.183</x:v>
+        <x:v>397.739</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>323.9</x:v>
+        <x:v>410.04</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45889.6629282407</x:v>
+        <x:v>45912.9234837963</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>2.93</x:v>
+        <x:v>19.64</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>309.848</x:v>
+        <x:v>384.062</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>319.431</x:v>
+        <x:v>395.94</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45888.9238194444</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>5.35</x:v>
+        <x:v>9.35</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>319.431</x:v>
+        <x:v>357.746</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>329.31</x:v>
+        <x:v>368.81</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45887.9246180556</x:v>
+        <x:v>45910.9240625</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>7.28</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>325.105</x:v>
+        <x:v>337.356</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>335.16</x:v>
+        <x:v>347.79</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45884.9247800926</x:v>
+        <x:v>45909.924537037</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>6.07</x:v>
+        <x:v>4.76</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>320.643</x:v>
+        <x:v>336.561</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>330.56</x:v>
+        <x:v>346.97</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45883.9240393518</x:v>
+        <x:v>45908.9240277778</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>7.86</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>325.513</x:v>
+        <x:v>336.008</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>335.58</x:v>
+        <x:v>346.4</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45905.9285648148</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>9.48</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>329.199</x:v>
+        <x:v>340.315</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>339.38</x:v>
+        <x:v>350.84</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45881.9233912037</x:v>
+        <x:v>45904.9245601852</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>10.16</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>330.615</x:v>
+        <x:v>328.374</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>340.84</x:v>
+        <x:v>338.53</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45880.9236111111</x:v>
+        <x:v>45903.9235763889</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>9.44</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>328.859</x:v>
+        <x:v>324.067</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>339.03</x:v>
+        <x:v>334.09</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45877.9331828704</x:v>
+        <x:v>45902.9238541667</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>6.66</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>319.76</x:v>
+        <x:v>319.479</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>329.65</x:v>
+        <x:v>329.36</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45876.9384953704</x:v>
+        <x:v>45898.9303935185</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>4.97</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>312.602</x:v>
+        <x:v>323.854</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>322.27</x:v>
+        <x:v>333.87</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45875.9344097222</x:v>
+        <x:v>45898.7378356481</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>4.49</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>310.313</x:v>
+        <x:v>324.892</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>319.91</x:v>
+        <x:v>334.941</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>2.91</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>299.458</x:v>
+        <x:v>335.601</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>308.72</x:v>
+        <x:v>345.98</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
+        <x:v>45896.924837963</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C89" s="0">
+        <x:v>7.96</x:v>
+      </x:c>
+      <x:c r="D89" s="0">
+        <x:v>339.112</x:v>
+      </x:c>
+      <x:c r="E89" s="0">
+        <x:v>349.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="1">
+        <x:v>45895.9239814815</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C90" s="0">
+        <x:v>8.77</x:v>
+      </x:c>
+      <x:c r="D90" s="0">
+        <x:v>341.12</x:v>
+      </x:c>
+      <x:c r="E90" s="0">
+        <x:v>351.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="1">
+        <x:v>45894.9239351852</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C91" s="0">
+        <x:v>7.21</x:v>
+      </x:c>
+      <x:c r="D91" s="0">
+        <x:v>336.202</x:v>
+      </x:c>
+      <x:c r="E91" s="0">
+        <x:v>346.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="1">
+        <x:v>45891.9252083333</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C92" s="0">
+        <x:v>5.62</x:v>
+      </x:c>
+      <x:c r="D92" s="0">
+        <x:v>329.81</x:v>
+      </x:c>
+      <x:c r="E92" s="0">
+        <x:v>340.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="1">
+        <x:v>45890.9257060185</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C93" s="0">
+        <x:v>2.92</x:v>
+      </x:c>
+      <x:c r="D93" s="0">
+        <x:v>310.507</x:v>
+      </x:c>
+      <x:c r="E93" s="0">
+        <x:v>320.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="1">
+        <x:v>45889.9243287037</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C94" s="0">
+        <x:v>3.55</x:v>
+      </x:c>
+      <x:c r="D94" s="0">
+        <x:v>314.183</x:v>
+      </x:c>
+      <x:c r="E94" s="0">
+        <x:v>323.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="1">
+        <x:v>45889.6629282407</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="C95" s="0">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="D95" s="0">
+        <x:v>309.848</x:v>
+      </x:c>
+      <x:c r="E95" s="0">
+        <x:v>319.431</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="1">
+        <x:v>45888.9238194444</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C96" s="0">
+        <x:v>5.35</x:v>
+      </x:c>
+      <x:c r="D96" s="0">
+        <x:v>319.431</x:v>
+      </x:c>
+      <x:c r="E96" s="0">
+        <x:v>329.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="1">
+        <x:v>45887.9246180556</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C97" s="0">
+        <x:v>7.28</x:v>
+      </x:c>
+      <x:c r="D97" s="0">
+        <x:v>325.105</x:v>
+      </x:c>
+      <x:c r="E97" s="0">
+        <x:v>335.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="1">
+        <x:v>45884.9247800926</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C98" s="0">
+        <x:v>6.07</x:v>
+      </x:c>
+      <x:c r="D98" s="0">
+        <x:v>320.643</x:v>
+      </x:c>
+      <x:c r="E98" s="0">
+        <x:v>330.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="1">
+        <x:v>45883.9240393518</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C99" s="0">
+        <x:v>7.86</x:v>
+      </x:c>
+      <x:c r="D99" s="0">
+        <x:v>325.513</x:v>
+      </x:c>
+      <x:c r="E99" s="0">
+        <x:v>335.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="1">
+        <x:v>45882.923912037</x:v>
+      </x:c>
+      <x:c r="B100" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C100" s="0">
+        <x:v>9.48</x:v>
+      </x:c>
+      <x:c r="D100" s="0">
+        <x:v>329.199</x:v>
+      </x:c>
+      <x:c r="E100" s="0">
+        <x:v>339.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:5">
+      <x:c r="A101" s="1">
+        <x:v>45881.9233912037</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C101" s="0">
+        <x:v>10.16</x:v>
+      </x:c>
+      <x:c r="D101" s="0">
+        <x:v>330.615</x:v>
+      </x:c>
+      <x:c r="E101" s="0">
+        <x:v>340.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:5">
+      <x:c r="A102" s="1">
+        <x:v>45880.9236111111</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C102" s="0">
+        <x:v>9.44</x:v>
+      </x:c>
+      <x:c r="D102" s="0">
+        <x:v>328.859</x:v>
+      </x:c>
+      <x:c r="E102" s="0">
+        <x:v>339.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="1">
+        <x:v>45877.9331828704</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C103" s="0">
+        <x:v>6.66</x:v>
+      </x:c>
+      <x:c r="D103" s="0">
+        <x:v>319.76</x:v>
+      </x:c>
+      <x:c r="E103" s="0">
+        <x:v>329.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="1">
+        <x:v>45876.9384953704</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C104" s="0">
+        <x:v>4.97</x:v>
+      </x:c>
+      <x:c r="D104" s="0">
+        <x:v>312.602</x:v>
+      </x:c>
+      <x:c r="E104" s="0">
+        <x:v>322.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="1">
+        <x:v>45875.9344097222</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C105" s="0">
+        <x:v>4.49</x:v>
+      </x:c>
+      <x:c r="D105" s="0">
+        <x:v>310.313</x:v>
+      </x:c>
+      <x:c r="E105" s="0">
+        <x:v>319.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="1">
+        <x:v>45874.9326273148</x:v>
+      </x:c>
+      <x:c r="B106" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C106" s="0">
+        <x:v>2.91</x:v>
+      </x:c>
+      <x:c r="D106" s="0">
+        <x:v>299.458</x:v>
+      </x:c>
+      <x:c r="E106" s="0">
+        <x:v>308.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="1">
         <x:v>45873.931400463</x:v>
       </x:c>
-      <x:c r="B89" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C89" s="0">
+      <x:c r="B107" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C107" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D89" s="0">
+      <x:c r="D107" s="0">
         <x:v>299.982</x:v>
       </x:c>
-      <x:c r="E89" s="0">
+      <x:c r="E107" s="0">
         <x:v>309.26</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>