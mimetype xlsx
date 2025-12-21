--- v2 (2025-12-01)
+++ v3 (2025-12-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf7e2f648f524c1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7c608c9380b34e0cb2096c35c09c7a72.psmdcp" Id="R761584d2080f408a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cd4cbf5491949ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/398b776d4da14ca5910a5293e5f00690.psmdcp" Id="R636998468b5a4041" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09L5D2</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,1865 +393,1933 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E107"/>
+  <x:dimension ref="A1:E111"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45989.8197453704</x:v>
+        <x:v>45995.9303935185</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>417.265</x:v>
+        <x:v>440.894</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>430.17</x:v>
+        <x:v>454.53</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45987.9266435185</x:v>
+        <x:v>45994.9277430556</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>413.783</x:v>
+        <x:v>433.338</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>426.58</x:v>
+        <x:v>446.74</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45986.9249305556</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>406.818</x:v>
+        <x:v>416.363</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>419.4</x:v>
+        <x:v>429.24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45982.9249768518</x:v>
+        <x:v>45992.9296759259</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>379.357</x:v>
+        <x:v>417.236</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>391.09</x:v>
+        <x:v>430.14</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45981.9258796296</x:v>
+        <x:v>45989.8197453704</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>383.373</x:v>
+        <x:v>417.265</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>395.23</x:v>
+        <x:v>430.17</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>45987.9266435185</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>391.87</x:v>
+        <x:v>413.783</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>403.99</x:v>
+        <x:v>426.58</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45979.9258564815</x:v>
+        <x:v>45986.9249305556</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>389.212</x:v>
+        <x:v>406.818</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>401.25</x:v>
+        <x:v>419.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45979.6660532407</x:v>
+        <x:v>45982.9249768518</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>384.601</x:v>
+        <x:v>379.357</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>396.496</x:v>
+        <x:v>391.09</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45978.9281828704</x:v>
+        <x:v>45981.9258796296</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>396.652</x:v>
+        <x:v>383.373</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>408.92</x:v>
+        <x:v>395.23</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45975.925775463</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>392.22</x:v>
+        <x:v>391.87</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>404.35</x:v>
+        <x:v>403.99</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45975.6459027778</x:v>
+        <x:v>45979.9258564815</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>378.232</x:v>
+        <x:v>389.212</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>389.93</x:v>
+        <x:v>401.25</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45975.6459027778</x:v>
+        <x:v>45979.6660532407</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C14" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>391.25</x:v>
+        <x:v>384.601</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>403.35</x:v>
+        <x:v>396.496</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>45978.9281828704</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>389.93</x:v>
+        <x:v>396.652</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>401.99</x:v>
+        <x:v>408.92</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45974.7372453704</x:v>
+        <x:v>45975.925775463</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>391.25</x:v>
+        <x:v>392.22</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>403.35</x:v>
+        <x:v>404.35</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45974.6594560185</x:v>
+        <x:v>45975.6459027778</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>403.661</x:v>
+        <x:v>378.232</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>416.146</x:v>
+        <x:v>389.93</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45973.9253009259</x:v>
+        <x:v>45975.6459027778</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>417.682</x:v>
+        <x:v>391.25</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>430.6</x:v>
+        <x:v>403.35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45972.9253703704</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>426.431</x:v>
+        <x:v>389.93</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>439.62</x:v>
+        <x:v>401.99</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45971.9254050926</x:v>
+        <x:v>45974.7372453704</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>431.873</x:v>
+        <x:v>391.25</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>445.23</x:v>
+        <x:v>403.35</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45968.9254976852</x:v>
+        <x:v>45974.6594560185</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>416.634</x:v>
+        <x:v>403.661</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>429.52</x:v>
+        <x:v>416.146</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45968.6466435185</x:v>
+        <x:v>45973.9253009259</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>415.024</x:v>
+        <x:v>417.682</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>427.86</x:v>
+        <x:v>430.6</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>45972.9253703704</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>432.533</x:v>
+        <x:v>426.431</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>445.91</x:v>
+        <x:v>439.62</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45967.6922222222</x:v>
+        <x:v>45971.9254050926</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>434.198</x:v>
+        <x:v>431.873</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>447.627</x:v>
+        <x:v>445.23</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45966.9253240741</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>448.208</x:v>
+        <x:v>416.634</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>462.07</x:v>
+        <x:v>429.52</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45968.6466435185</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>430.932</x:v>
+        <x:v>415.024</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>444.26</x:v>
+        <x:v>427.86</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45965.6459027778</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>432.125</x:v>
+        <x:v>432.533</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>445.49</x:v>
+        <x:v>445.91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45965.6459027778</x:v>
+        <x:v>45967.6922222222</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>434.773</x:v>
+        <x:v>434.198</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>448.22</x:v>
+        <x:v>447.627</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45964.9228587963</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>1</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>454.319</x:v>
+        <x:v>448.208</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>468.37</x:v>
+        <x:v>462.07</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45961.8819907407</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>442.863</x:v>
+        <x:v>430.932</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>456.56</x:v>
+        <x:v>444.26</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45965.6459027778</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>426.897</x:v>
+        <x:v>432.125</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>440.1</x:v>
+        <x:v>445.49</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45960.6339583333</x:v>
+        <x:v>45965.6459027778</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>432.125</x:v>
+        <x:v>434.773</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>445.49</x:v>
+        <x:v>448.22</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45959.8897800926</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>1.19</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>447.665</x:v>
+        <x:v>454.319</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>461.51</x:v>
+        <x:v>468.37</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45958.8875</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>446.734</x:v>
+        <x:v>442.863</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>460.55</x:v>
+        <x:v>456.56</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45957.8876157407</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>438.847</x:v>
+        <x:v>426.897</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>452.42</x:v>
+        <x:v>440.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45954.9259143519</x:v>
+        <x:v>45960.6339583333</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>420.708</x:v>
+        <x:v>432.125</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>433.72</x:v>
+        <x:v>445.49</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45954.7990625</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.58</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>421.581</x:v>
+        <x:v>447.665</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>434.62</x:v>
+        <x:v>461.51</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45953.9278935185</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>1.11</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>435.511</x:v>
+        <x:v>446.734</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>448.98</x:v>
+        <x:v>460.55</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45953.6459027778</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>401.813</x:v>
+        <x:v>438.847</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>414.24</x:v>
+        <x:v>452.42</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45953.6459027778</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>1.49</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>401.813</x:v>
+        <x:v>420.708</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>414.24</x:v>
+        <x:v>433.72</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45953.6459027778</x:v>
+        <x:v>45954.7990625</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>1.49</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>416.246</x:v>
+        <x:v>421.581</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>429.12</x:v>
+        <x:v>434.62</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45952.9304398148</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>3.22</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>425.801</x:v>
+        <x:v>435.511</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>438.97</x:v>
+        <x:v>448.98</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45952.7723726852</x:v>
+        <x:v>45953.6459027778</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>2.4</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>416.246</x:v>
+        <x:v>401.813</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>429.12</x:v>
+        <x:v>414.24</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45953.6459027778</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>4.42</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>429.322</x:v>
+        <x:v>401.813</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>442.6</x:v>
+        <x:v>414.24</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45950.9289583333</x:v>
+        <x:v>45953.6459027778</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>5.3</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>434.007</x:v>
+        <x:v>416.246</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>447.43</x:v>
+        <x:v>429.12</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>4.18</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>426.131</x:v>
+        <x:v>425.801</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>439.31</x:v>
+        <x:v>438.97</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45946.9261921296</x:v>
+        <x:v>45952.7723726852</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>3.06</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>415.888</x:v>
+        <x:v>416.246</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>428.75</x:v>
+        <x:v>429.12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45946.8550694444</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>2.47</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>409.433</x:v>
+        <x:v>429.322</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>422.096</x:v>
+        <x:v>442.6</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45945.9257060185</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>4.51</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>422.096</x:v>
+        <x:v>434.007</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>435.15</x:v>
+        <x:v>447.43</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45944.9308449074</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>3.75</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>416.363</x:v>
+        <x:v>426.131</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>429.24</x:v>
+        <x:v>439.31</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45944.6484143519</x:v>
+        <x:v>45946.9261921296</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>2.82</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>407.4</x:v>
+        <x:v>415.888</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>420</x:v>
+        <x:v>428.75</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45943.926712963</x:v>
+        <x:v>45946.8550694444</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>6.25</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>422.823</x:v>
+        <x:v>409.433</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>435.9</x:v>
+        <x:v>422.096</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45945.9257060185</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>3.46</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>401.085</x:v>
+        <x:v>422.096</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>413.49</x:v>
+        <x:v>435.15</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45940.7294675926</x:v>
+        <x:v>45944.9308449074</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>4.06</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>405.06</x:v>
+        <x:v>416.363</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>417.588</x:v>
+        <x:v>429.24</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45944.6484143519</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>12.01</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>425.529</x:v>
+        <x:v>407.4</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>438.69</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45943.926712963</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>10.09</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>420.097</x:v>
+        <x:v>422.823</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>433.09</x:v>
+        <x:v>435.9</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45937.7419097222</x:v>
+        <x:v>45940.9234837963</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>11.52</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>423.601</x:v>
+        <x:v>401.085</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>436.702</x:v>
+        <x:v>413.49</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45940.7294675926</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>25.55</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>439.652</x:v>
+        <x:v>405.06</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>453.25</x:v>
+        <x:v>417.588</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45938.9270601852</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>14.13</x:v>
+        <x:v>12.01</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>416.935</x:v>
+        <x:v>425.529</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>429.83</x:v>
+        <x:v>438.69</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45933.7917939815</x:v>
+        <x:v>45937.9282175926</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>10.53</x:v>
+        <x:v>10.09</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>407.652</x:v>
+        <x:v>420.097</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>420.26</x:v>
+        <x:v>433.09</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45937.7419097222</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>23.05</x:v>
+        <x:v>11.52</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>422.92</x:v>
+        <x:v>423.601</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>436</x:v>
+        <x:v>436.702</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45932.7411458333</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>32.78</x:v>
+        <x:v>25.55</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>431.456</x:v>
+        <x:v>439.652</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>444.8</x:v>
+        <x:v>453.25</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45933.9288888889</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>63.07</x:v>
+        <x:v>14.13</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>445.676</x:v>
+        <x:v>416.935</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>459.46</x:v>
+        <x:v>429.83</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45933.7917939815</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>42.21</x:v>
+        <x:v>10.53</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>431.378</x:v>
+        <x:v>407.652</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>444.72</x:v>
+        <x:v>420.26</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45932.9250347222</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>40.28</x:v>
+        <x:v>23.05</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>429.914</x:v>
+        <x:v>422.92</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>443.21</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45932.7411458333</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>37.07</x:v>
+        <x:v>32.78</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>427.188</x:v>
+        <x:v>431.456</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>440.4</x:v>
+        <x:v>444.8</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45931.9293634259</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>23.18</x:v>
+        <x:v>63.07</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>410.688</x:v>
+        <x:v>445.676</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>423.39</x:v>
+        <x:v>459.46</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45925.6471875</x:v>
+        <x:v>45930.9338773148</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>24.16</x:v>
+        <x:v>42.21</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>411.808</x:v>
+        <x:v>431.378</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>424.544</x:v>
+        <x:v>444.72</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45929.9323842593</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>63.54</x:v>
+        <x:v>40.28</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>429.506</x:v>
+        <x:v>429.914</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>442.79</x:v>
+        <x:v>443.21</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45923.925162037</x:v>
+        <x:v>45926.9299537037</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>39.87</x:v>
+        <x:v>37.07</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>413.074</x:v>
+        <x:v>427.188</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>425.85</x:v>
+        <x:v>440.4</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45922.9267013889</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>56.3</x:v>
+        <x:v>23.18</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>421.184</x:v>
+        <x:v>410.688</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>434.21</x:v>
+        <x:v>423.39</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45919.934224537</x:v>
+        <x:v>45925.6471875</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>44.08</x:v>
+        <x:v>24.16</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>413.288</x:v>
+        <x:v>411.808</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>426.07</x:v>
+        <x:v>424.544</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45918.9265277778</x:v>
+        <x:v>45924.9296990741</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>33.17</x:v>
+        <x:v>63.54</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>404.344</x:v>
+        <x:v>429.506</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>416.85</x:v>
+        <x:v>442.79</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45917.9271180556</x:v>
+        <x:v>45923.925162037</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>48.82</x:v>
+        <x:v>39.87</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>413.084</x:v>
+        <x:v>413.074</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>425.86</x:v>
+        <x:v>425.85</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45922.9267013889</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>42.54</x:v>
+        <x:v>56.3</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>408.971</x:v>
+        <x:v>421.184</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>421.62</x:v>
+        <x:v>434.21</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45919.934224537</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>29.95</x:v>
+        <x:v>44.08</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>397.739</x:v>
+        <x:v>413.288</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>410.04</x:v>
+        <x:v>426.07</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45912.9234837963</x:v>
+        <x:v>45918.9265277778</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>19.64</x:v>
+        <x:v>33.17</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>384.062</x:v>
+        <x:v>404.344</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>395.94</x:v>
+        <x:v>416.85</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45917.9271180556</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>9.35</x:v>
+        <x:v>48.82</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>357.746</x:v>
+        <x:v>413.084</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>368.81</x:v>
+        <x:v>425.86</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45910.9240625</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>4.91</x:v>
+        <x:v>42.54</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>337.356</x:v>
+        <x:v>408.971</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>347.79</x:v>
+        <x:v>421.62</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45909.924537037</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>4.76</x:v>
+        <x:v>29.95</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>336.561</x:v>
+        <x:v>397.739</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>346.97</x:v>
+        <x:v>410.04</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45908.9240277778</x:v>
+        <x:v>45912.9234837963</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>4.66</x:v>
+        <x:v>19.64</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>336.008</x:v>
+        <x:v>384.062</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>346.4</x:v>
+        <x:v>395.94</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>5.82</x:v>
+        <x:v>9.35</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>340.315</x:v>
+        <x:v>357.746</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>350.84</x:v>
+        <x:v>368.81</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45910.9240625</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>3.77</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>328.374</x:v>
+        <x:v>337.356</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>338.53</x:v>
+        <x:v>347.79</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45903.9235763889</x:v>
+        <x:v>45909.924537037</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>3.15</x:v>
+        <x:v>4.76</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>324.067</x:v>
+        <x:v>336.561</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>334.09</x:v>
+        <x:v>346.97</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45902.9238541667</x:v>
+        <x:v>45908.9240277778</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>2.6</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>319.479</x:v>
+        <x:v>336.008</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>329.36</x:v>
+        <x:v>346.4</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45898.9303935185</x:v>
+        <x:v>45905.9285648148</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>3.32</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>323.854</x:v>
+        <x:v>340.315</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>333.87</x:v>
+        <x:v>350.84</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45898.7378356481</x:v>
+        <x:v>45904.9245601852</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>3.48</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>324.892</x:v>
+        <x:v>328.374</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>334.941</x:v>
+        <x:v>338.53</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45903.9235763889</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>6.7</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>335.601</x:v>
+        <x:v>324.067</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>345.98</x:v>
+        <x:v>334.09</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45896.924837963</x:v>
+        <x:v>45902.9238541667</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>7.96</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>339.112</x:v>
+        <x:v>319.479</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>349.6</x:v>
+        <x:v>329.36</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45898.9303935185</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>8.77</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>341.12</x:v>
+        <x:v>323.854</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>351.67</x:v>
+        <x:v>333.87</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45894.9239351852</x:v>
+        <x:v>45898.7378356481</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>7.21</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>336.202</x:v>
+        <x:v>324.892</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>346.6</x:v>
+        <x:v>334.941</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>5.62</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>329.81</x:v>
+        <x:v>335.601</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>340.01</x:v>
+        <x:v>345.98</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45890.9257060185</x:v>
+        <x:v>45896.924837963</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>2.92</x:v>
+        <x:v>7.96</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>310.507</x:v>
+        <x:v>339.112</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>320.11</x:v>
+        <x:v>349.6</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45889.9243287037</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>3.55</x:v>
+        <x:v>8.77</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>314.183</x:v>
+        <x:v>341.12</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>323.9</x:v>
+        <x:v>351.67</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45889.6629282407</x:v>
+        <x:v>45894.9239351852</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>2.93</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>309.848</x:v>
+        <x:v>336.202</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>319.431</x:v>
+        <x:v>346.6</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45888.9238194444</x:v>
+        <x:v>45891.9252083333</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>5.35</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>319.431</x:v>
+        <x:v>329.81</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>329.31</x:v>
+        <x:v>340.01</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45887.9246180556</x:v>
+        <x:v>45890.9257060185</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>7.28</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>325.105</x:v>
+        <x:v>310.507</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>335.16</x:v>
+        <x:v>320.11</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45884.9247800926</x:v>
+        <x:v>45889.9243287037</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>6.07</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>320.643</x:v>
+        <x:v>314.183</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>330.56</x:v>
+        <x:v>323.9</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45883.9240393518</x:v>
+        <x:v>45889.6629282407</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>7.86</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>325.513</x:v>
+        <x:v>309.848</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>335.58</x:v>
+        <x:v>319.431</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45888.9238194444</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>9.48</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>329.199</x:v>
+        <x:v>319.431</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>339.38</x:v>
+        <x:v>329.31</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45881.9233912037</x:v>
+        <x:v>45887.9246180556</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>10.16</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>330.615</x:v>
+        <x:v>325.105</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>340.84</x:v>
+        <x:v>335.16</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45880.9236111111</x:v>
+        <x:v>45884.9247800926</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>9.44</x:v>
+        <x:v>6.07</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>328.859</x:v>
+        <x:v>320.643</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>339.03</x:v>
+        <x:v>330.56</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45877.9331828704</x:v>
+        <x:v>45883.9240393518</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>6.66</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>319.76</x:v>
+        <x:v>325.513</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>329.65</x:v>
+        <x:v>335.58</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45876.9384953704</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>4.97</x:v>
+        <x:v>9.48</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>312.602</x:v>
+        <x:v>329.199</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>322.27</x:v>
+        <x:v>339.38</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45875.9344097222</x:v>
+        <x:v>45881.9233912037</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>4.49</x:v>
+        <x:v>10.16</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>310.313</x:v>
+        <x:v>330.615</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>319.91</x:v>
+        <x:v>340.84</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45880.9236111111</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>2.91</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>299.458</x:v>
+        <x:v>328.859</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>308.72</x:v>
+        <x:v>339.03</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
+        <x:v>45877.9331828704</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C107" s="0">
+        <x:v>6.66</x:v>
+      </x:c>
+      <x:c r="D107" s="0">
+        <x:v>319.76</x:v>
+      </x:c>
+      <x:c r="E107" s="0">
+        <x:v>329.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:5">
+      <x:c r="A108" s="1">
+        <x:v>45876.9384953704</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C108" s="0">
+        <x:v>4.97</x:v>
+      </x:c>
+      <x:c r="D108" s="0">
+        <x:v>312.602</x:v>
+      </x:c>
+      <x:c r="E108" s="0">
+        <x:v>322.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="1">
+        <x:v>45875.9344097222</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C109" s="0">
+        <x:v>4.49</x:v>
+      </x:c>
+      <x:c r="D109" s="0">
+        <x:v>310.313</x:v>
+      </x:c>
+      <x:c r="E109" s="0">
+        <x:v>319.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:5">
+      <x:c r="A110" s="1">
+        <x:v>45874.9326273148</x:v>
+      </x:c>
+      <x:c r="B110" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C110" s="0">
+        <x:v>2.91</x:v>
+      </x:c>
+      <x:c r="D110" s="0">
+        <x:v>299.458</x:v>
+      </x:c>
+      <x:c r="E110" s="0">
+        <x:v>308.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:5">
+      <x:c r="A111" s="1">
         <x:v>45873.931400463</x:v>
       </x:c>
-      <x:c r="B107" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C107" s="0">
+      <x:c r="B111" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C111" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D107" s="0">
+      <x:c r="D111" s="0">
         <x:v>299.982</x:v>
       </x:c>
-      <x:c r="E107" s="0">
+      <x:c r="E111" s="0">
         <x:v>309.26</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>