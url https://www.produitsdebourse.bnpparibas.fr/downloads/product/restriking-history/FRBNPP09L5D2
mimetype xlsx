--- v3 (2025-12-21)
+++ v4 (2026-02-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cd4cbf5491949ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/398b776d4da14ca5910a5293e5f00690.psmdcp" Id="R636998468b5a4041" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf5616d2053c4931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2ab5b20c3a6042b2af8c06cb1ceed8d9.psmdcp" Id="R0d6bed5fa2ef440a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09L5D2</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>