--- v4 (2026-02-10)
+++ v5 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf5616d2053c4931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2ab5b20c3a6042b2af8c06cb1ceed8d9.psmdcp" Id="R0d6bed5fa2ef440a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad74e01bcc804165" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8dc1854dfdba42ff9a2e409d82c4cc5b.psmdcp" Id="R22be5e6f7e6d49da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09L5D2</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>