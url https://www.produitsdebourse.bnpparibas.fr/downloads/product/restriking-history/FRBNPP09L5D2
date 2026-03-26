--- v5 (2026-03-05)
+++ v6 (2026-03-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad74e01bcc804165" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8dc1854dfdba42ff9a2e409d82c4cc5b.psmdcp" Id="R22be5e6f7e6d49da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b3361e442184f88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/33ee20875a7449b2aefe2c00d16cab83.psmdcp" Id="Rc2e7b77395294ee7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09L5D2</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>