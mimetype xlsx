--- v0 (2025-10-12)
+++ v1 (2025-11-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce9653d21fd74243" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2b0987fd9ded40c6bd5434c554800c0c.psmdcp" Id="R8aaadbd42ae940a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd01845b30dad4e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8a4357e0fd3f42db82a14007f08cabd2.psmdcp" Id="R8a3d1f20ead6463f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09FCB5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2120 +390,2596 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E122"/>
+  <x:dimension ref="A1:E150"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45971.9254050926</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>25432.764</x:v>
+        <x:v>26889.041</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>24221.745</x:v>
+        <x:v>25611.737</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45940.3354976852</x:v>
+        <x:v>45971.2992708333</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>26353.02</x:v>
+        <x:v>26309.515</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>25098.18</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45939.3272685185</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>26393.011</x:v>
+        <x:v>26312.284</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45968.3147453704</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>26393.454</x:v>
+        <x:v>26386.03</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>26082.238</x:v>
+        <x:v>26386.544</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>24840.227</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>26227.486</x:v>
+        <x:v>26901.033</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>24978.558</x:v>
+        <x:v>25620.031</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>26022.361</x:v>
+        <x:v>26707.189</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>24785.522</x:v>
+        <x:v>25435.704</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45933.331099537</x:v>
+        <x:v>45965.3316666667</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>26134.965</x:v>
+        <x:v>27271.29</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>26137.402</x:v>
+        <x:v>27271.59</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>26039.298</x:v>
+        <x:v>27148.56</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>24800.863</x:v>
+        <x:v>25858.126</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45931.334224537</x:v>
+        <x:v>45961.3396296296</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>25912.379</x:v>
+        <x:v>27019.082</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>25913.131</x:v>
+        <x:v>27021.554</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45930.332662037</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>25841.063</x:v>
+        <x:v>27425.63</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>26119.846</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45959.3231944444</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>25841.92</x:v>
+        <x:v>27312.554</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>25728.627</x:v>
+        <x:v>27312.429</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>24503.848</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45926.3218055556</x:v>
+        <x:v>45958.3305787037</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>25616.763</x:v>
+        <x:v>27112.283</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>25821.54</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>25617.177</x:v>
+        <x:v>27112.623</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>25821.546</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>25728.31</x:v>
+        <x:v>26626.049</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>24503.567</x:v>
+        <x:v>25358.162</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45924.3777662037</x:v>
+        <x:v>45954.3348032407</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>25808.741</x:v>
+        <x:v>26352.265</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45923.925162037</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>25809.176</x:v>
+        <x:v>26352.286</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45922.9267013889</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>25996.051</x:v>
+        <x:v>26122.955</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>24761.074</x:v>
+        <x:v>24879.005</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45922.3338773148</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>25854.483</x:v>
+        <x:v>26383.488</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>25127.131</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45919.934224537</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>25857.559</x:v>
+        <x:v>26398.069</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>25141.018</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45918.9265277778</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>25677.639</x:v>
+        <x:v>26058.851</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>24454.894</x:v>
+        <x:v>24817.953</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45917.9271180556</x:v>
+        <x:v>45946.9261921296</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>25434.533</x:v>
+        <x:v>25890.103</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>24223.687</x:v>
+        <x:v>24657.241</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45917.3258680556</x:v>
+        <x:v>45945.9257060185</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>25487.623</x:v>
+        <x:v>25982.626</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24745.358</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45944.9308449074</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>25487.962</x:v>
+        <x:v>25808.283</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24579.317</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45943.926712963</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>25506.654</x:v>
+        <x:v>25987.765</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>24293.781</x:v>
+        <x:v>24750.252</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45940.9234837963</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>25294.986</x:v>
+        <x:v>25432.764</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24221.745</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45912.9234837963</x:v>
+        <x:v>45940.3354976852</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>25295.977</x:v>
+        <x:v>26353.02</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>25098.18</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45912.3096643519</x:v>
+        <x:v>45939.3272685185</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>25191.364</x:v>
+        <x:v>26393.011</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45938.9270601852</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>25192.059</x:v>
+        <x:v>26393.454</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45911.3307638889</x:v>
+        <x:v>45937.9282175926</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>25041.602</x:v>
+        <x:v>26082.238</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24840.227</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45910.9240625</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>25041.734</x:v>
+        <x:v>26227.486</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24978.558</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45909.924537037</x:v>
+        <x:v>45933.9288888889</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>25031.61</x:v>
+        <x:v>26022.361</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>23839.796</x:v>
+        <x:v>24785.522</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45909.3354861111</x:v>
+        <x:v>45933.331099537</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>24950.239</x:v>
+        <x:v>26134.965</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45908.9240277778</x:v>
+        <x:v>45932.9250347222</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>24949.143</x:v>
+        <x:v>26137.402</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45908.3013425926</x:v>
+        <x:v>45931.9293634259</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>24833.793</x:v>
+        <x:v>26039.298</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24800.863</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45931.334224537</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>24832.075</x:v>
+        <x:v>25912.379</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45905.3095023148</x:v>
+        <x:v>45930.9338773148</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>24811.673</x:v>
+        <x:v>25913.131</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45930.332662037</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>24812.439</x:v>
+        <x:v>25841.063</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45904.3202083333</x:v>
+        <x:v>45929.9323842593</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>24583.356</x:v>
+        <x:v>25841.92</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45903.9235763889</x:v>
+        <x:v>45926.9299537037</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>1.02</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>24585.503</x:v>
+        <x:v>25728.627</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24503.848</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45903.3225115741</x:v>
+        <x:v>45926.3218055556</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>24392.585</x:v>
+        <x:v>25616.763</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45902.9238541667</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>24392.014</x:v>
+        <x:v>25617.177</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45902.3291782407</x:v>
+        <x:v>45924.9296990741</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>24585.542</x:v>
+        <x:v>25728.31</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24503.567</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45898.9303935185</x:v>
+        <x:v>45924.3777662037</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>1.03</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>24583.922</x:v>
+        <x:v>25808.741</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45898.3268518519</x:v>
+        <x:v>45923.925162037</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>24886.354</x:v>
+        <x:v>25809.176</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45922.9267013889</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>24888.622</x:v>
+        <x:v>25996.051</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24761.074</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45896.924837963</x:v>
+        <x:v>45922.3338773148</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>24744.075</x:v>
+        <x:v>25854.483</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>23565.846</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45896.3337615741</x:v>
+        <x:v>45919.934224537</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.97</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>24701.495</x:v>
+        <x:v>25857.559</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45918.9265277778</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.98</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>24701.558</x:v>
+        <x:v>25677.639</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>24454.894</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45894.9239351852</x:v>
+        <x:v>45917.9271180556</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>1.04</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>24596.776</x:v>
+        <x:v>25434.533</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>23425.605</x:v>
+        <x:v>24223.687</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45894.3297685185</x:v>
+        <x:v>45917.3258680556</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>1</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>24672.912</x:v>
+        <x:v>25487.623</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>24671.005</x:v>
+        <x:v>25487.962</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45891.3279861111</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>1.31</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>24297.694</x:v>
+        <x:v>25506.654</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>24293.781</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45890.9257060185</x:v>
+        <x:v>45915.3170833333</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>24295.665</x:v>
+        <x:v>25294.986</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45890.3406828704</x:v>
+        <x:v>45912.9234837963</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>24408.005</x:v>
+        <x:v>25295.977</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45889.9243287037</x:v>
+        <x:v>45912.3096643519</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>24412.048</x:v>
+        <x:v>25191.364</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45888.9238194444</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>24553.655</x:v>
+        <x:v>25192.059</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>23384.77</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45888.3193055556</x:v>
+        <x:v>45911.3307638889</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>24899.093</x:v>
+        <x:v>25041.602</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45887.9246180556</x:v>
+        <x:v>45910.9240625</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>24898.629</x:v>
+        <x:v>25041.734</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45887.3188773148</x:v>
+        <x:v>45909.924537037</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>24896.856</x:v>
+        <x:v>25031.61</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>23712.07</x:v>
+        <x:v>23839.796</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45884.9247800926</x:v>
+        <x:v>45909.3354861111</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>24895.558</x:v>
+        <x:v>24950.239</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>23712.07</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45884.3110069444</x:v>
+        <x:v>45908.9240277778</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>25021.948</x:v>
+        <x:v>24949.143</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>23832.442</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45883.9240393518</x:v>
+        <x:v>45908.3013425926</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>25023.449</x:v>
+        <x:v>24833.793</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>23832.442</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45883.3327777778</x:v>
+        <x:v>45905.9285648148</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>25040.877</x:v>
+        <x:v>24832.075</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>23849.04</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45905.3095023148</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>25041.492</x:v>
+        <x:v>24811.673</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>23849.04</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45881.9233912037</x:v>
+        <x:v>45904.9245601852</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>25031.156</x:v>
+        <x:v>24812.439</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>23839.196</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45880.9236111111</x:v>
+        <x:v>45904.3202083333</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>1.06</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>24700.346</x:v>
+        <x:v>24583.356</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>23526.634</x:v>
+        <x:v>23414.839</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45880.3183564815</x:v>
+        <x:v>45903.9235763889</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.98</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>24789.21</x:v>
+        <x:v>24585.503</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>23611.266</x:v>
+        <x:v>23414.839</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45877.9331828704</x:v>
+        <x:v>45903.3225115741</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>1</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>24790.767</x:v>
+        <x:v>24392.585</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>23611.266</x:v>
+        <x:v>23231.108</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45877.3108217593</x:v>
+        <x:v>45902.9238541667</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>1.12</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>24557.942</x:v>
+        <x:v>24392.014</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>23389.528</x:v>
+        <x:v>23231.108</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45876.9384953704</x:v>
+        <x:v>45902.3291782407</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>1.17</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>24559.004</x:v>
+        <x:v>24585.542</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>23389.528</x:v>
+        <x:v>23415.42</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45875.9344097222</x:v>
+        <x:v>45898.9303935185</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>1.22</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>24480.796</x:v>
+        <x:v>24583.922</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>23315.044</x:v>
+        <x:v>23415.42</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45898.3268518519</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>1.51</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>24169.187</x:v>
+        <x:v>24886.354</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>23018.56</x:v>
+        <x:v>23703.45</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45874.3206018519</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>1.31</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>24347.737</x:v>
+        <x:v>24888.622</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>23188.608</x:v>
+        <x:v>23703.45</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45873.931400463</x:v>
+        <x:v>45896.924837963</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>1.36</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>24348.038</x:v>
+        <x:v>24744.075</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>23188.608</x:v>
+        <x:v>23565.846</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45870.9273842593</x:v>
+        <x:v>45896.3337615741</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>1.88</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>23900.716</x:v>
+        <x:v>24701.495</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>22763.313</x:v>
+        <x:v>23525.293</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45870.3093634259</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>1.48</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>24378.268</x:v>
+        <x:v>24701.558</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>23218.124</x:v>
+        <x:v>23525.293</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45869.9244560185</x:v>
+        <x:v>45894.9239351852</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>1.45</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>24377.398</x:v>
+        <x:v>24596.776</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>23218.124</x:v>
+        <x:v>23425.605</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45869.3149189815</x:v>
+        <x:v>45894.3297685185</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>24511.052</x:v>
+        <x:v>24672.912</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>23345.414</x:v>
+        <x:v>23498.115</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45868.9255439815</x:v>
+        <x:v>45891.9252083333</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>1.34</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>24512.685</x:v>
+        <x:v>24671.005</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>23345.414</x:v>
+        <x:v>23498.115</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45867.9289467593</x:v>
+        <x:v>45891.3279861111</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>1.37</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>24473.17</x:v>
+        <x:v>24297.694</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>23308.303</x:v>
+        <x:v>23142.58</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45867.3012731482</x:v>
+        <x:v>45890.9257060185</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
         <x:v>1.29</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>24523.536</x:v>
+        <x:v>24295.665</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>23356.27</x:v>
+        <x:v>23142.58</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45866.9278009259</x:v>
+        <x:v>45890.3406828704</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>1.33</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>24524.084</x:v>
+        <x:v>24408.005</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>23356.27</x:v>
+        <x:v>23249.57</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45863.9269212963</x:v>
+        <x:v>45889.9243287037</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>1.4</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>24435.837</x:v>
+        <x:v>24412.048</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>23272.246</x:v>
+        <x:v>23249.57</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45863.3330671296</x:v>
+        <x:v>45888.9238194444</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>24380.837</x:v>
+        <x:v>24553.655</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>23219.865</x:v>
+        <x:v>23384.77</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45862.9246180556</x:v>
+        <x:v>45888.3193055556</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>1.45</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>24380.858</x:v>
+        <x:v>24899.093</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>23219.865</x:v>
+        <x:v>23713.759</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45861.926412037</x:v>
+        <x:v>45887.9246180556</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>1.5</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>24320.526</x:v>
+        <x:v>24898.629</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>23162.406</x:v>
+        <x:v>23713.759</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45860.9261226852</x:v>
+        <x:v>45887.3188773148</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>1.61</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>24216.757</x:v>
+        <x:v>24896.856</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>23063.578</x:v>
+        <x:v>23712.07</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45859.9272800926</x:v>
+        <x:v>45884.9247800926</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>1.49</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>24338.549</x:v>
+        <x:v>24895.558</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>23180.062</x:v>
+        <x:v>23712.07</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45859.3186226852</x:v>
+        <x:v>45884.3110069444</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>1.57</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>24218.232</x:v>
+        <x:v>25021.948</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>23065.474</x:v>
+        <x:v>23832.442</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45856.9492013889</x:v>
+        <x:v>45883.9240393518</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>1.61</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>24218.748</x:v>
+        <x:v>25023.449</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>23065.474</x:v>
+        <x:v>23832.442</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45855.9327893518</x:v>
+        <x:v>45883.3327777778</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>24231.938</x:v>
+        <x:v>25040.877</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>23078.036</x:v>
+        <x:v>23849.04</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45854.9360185185</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>1.79</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>24053.365</x:v>
+        <x:v>25041.492</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>22907.967</x:v>
+        <x:v>23849.04</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45853.9275925926</x:v>
+        <x:v>45881.9233912037</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>1.81</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>24028.817</x:v>
+        <x:v>25031.156</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>22884.588</x:v>
+        <x:v>23839.196</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45852.9328819444</x:v>
+        <x:v>45880.9236111111</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>1.85</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>23998.414</x:v>
+        <x:v>24700.346</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>22855.632</x:v>
+        <x:v>23526.634</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45849.9250347222</x:v>
+        <x:v>45880.3183564815</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>1.93</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>23919.558</x:v>
+        <x:v>24789.21</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>22780.597</x:v>
+        <x:v>23611.266</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45849.3223148148</x:v>
+        <x:v>45877.9331828704</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>23970.656</x:v>
+        <x:v>24790.767</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>22829.262</x:v>
+        <x:v>23611.266</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45848.9261805556</x:v>
+        <x:v>45877.3108217593</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>1.87</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>23970.34</x:v>
+        <x:v>24557.942</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>22829.262</x:v>
+        <x:v>23389.528</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45848.341412037</x:v>
+        <x:v>45876.9384953704</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>24007.767</x:v>
+        <x:v>24559.004</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>22864.907</x:v>
+        <x:v>23389.528</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45847.925787037</x:v>
+        <x:v>45875.9344097222</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>1.83</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>24008.152</x:v>
+        <x:v>24480.796</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>22864.907</x:v>
+        <x:v>23315.044</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45846.924849537</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>23837.245</x:v>
+        <x:v>24169.187</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>22702.25</x:v>
+        <x:v>23018.56</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45846.3251967593</x:v>
+        <x:v>45874.3206018519</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>2.01</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>23819.729</x:v>
+        <x:v>24347.737</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>22685.568</x:v>
+        <x:v>23188.608</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45845.9274884259</x:v>
+        <x:v>45873.931400463</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>23819.676</x:v>
+        <x:v>24348.038</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>22685.568</x:v>
+        <x:v>23188.608</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45845.3087037037</x:v>
+        <x:v>45870.9273842593</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>2</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>24010.149</x:v>
+        <x:v>23900.716</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>22866.971</x:v>
+        <x:v>22763.313</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45841.8023611111</x:v>
+        <x:v>45870.3093634259</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>1.84</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>24008.165</x:v>
+        <x:v>24378.268</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>22866.971</x:v>
+        <x:v>23218.124</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45841.3248842593</x:v>
+        <x:v>45869.9244560185</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>23771.826</x:v>
+        <x:v>24377.398</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>22641.886</x:v>
+        <x:v>23218.124</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45840.9304282407</x:v>
+        <x:v>45869.3149189815</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>23772.349</x:v>
+        <x:v>24511.052</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>22641.886</x:v>
+        <x:v>23345.414</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45840.3303587963</x:v>
+        <x:v>45868.9255439815</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>2.3</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>23600.411</x:v>
+        <x:v>24512.685</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>22478.135</x:v>
+        <x:v>23345.414</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45839.9249768518</x:v>
+        <x:v>45867.9289467593</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>2.42</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>23602.042</x:v>
+        <x:v>24473.17</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>22478.135</x:v>
+        <x:v>23308.303</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45867.3012731482</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>2.14</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>23812.152</x:v>
+        <x:v>24523.536</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>22679.009</x:v>
+        <x:v>23356.27</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45838.3080671296</x:v>
+        <x:v>45866.9278009259</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>23660.106</x:v>
+        <x:v>24524.084</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>22534.203</x:v>
+        <x:v>23356.27</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45835.9281828704</x:v>
+        <x:v>45863.9269212963</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>2.36</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>23660.499</x:v>
+        <x:v>24435.837</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>22534.203</x:v>
+        <x:v>23272.246</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45835.307025463</x:v>
+        <x:v>45863.3330671296</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>23569.242</x:v>
+        <x:v>24380.837</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>22447.292</x:v>
+        <x:v>23219.865</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45834.9274074074</x:v>
+        <x:v>45862.9246180556</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>2.5</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>23569.657</x:v>
+        <x:v>24380.858</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>22447.292</x:v>
+        <x:v>23219.865</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45833.9267824074</x:v>
+        <x:v>45861.926412037</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>2.91</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>23349.29</x:v>
+        <x:v>24320.526</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>22237.743</x:v>
+        <x:v>23162.406</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45833.3086805556</x:v>
+        <x:v>45860.9261226852</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>2.96</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>23299.708</x:v>
+        <x:v>24216.757</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>22190.522</x:v>
+        <x:v>23063.578</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
+        <x:v>45859.9272800926</x:v>
+      </x:c>
+      <x:c r="B122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C122" s="0">
+        <x:v>1.49</x:v>
+      </x:c>
+      <x:c r="D122" s="0">
+        <x:v>24338.549</x:v>
+      </x:c>
+      <x:c r="E122" s="0">
+        <x:v>23180.062</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:5">
+      <x:c r="A123" s="1">
+        <x:v>45859.3186226852</x:v>
+      </x:c>
+      <x:c r="B123" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C123" s="0">
+        <x:v>1.57</x:v>
+      </x:c>
+      <x:c r="D123" s="0">
+        <x:v>24218.232</x:v>
+      </x:c>
+      <x:c r="E123" s="0">
+        <x:v>23065.474</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:5">
+      <x:c r="A124" s="1">
+        <x:v>45856.9492013889</x:v>
+      </x:c>
+      <x:c r="B124" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C124" s="0">
+        <x:v>1.61</x:v>
+      </x:c>
+      <x:c r="D124" s="0">
+        <x:v>24218.748</x:v>
+      </x:c>
+      <x:c r="E124" s="0">
+        <x:v>23065.474</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:5">
+      <x:c r="A125" s="1">
+        <x:v>45855.9327893518</x:v>
+      </x:c>
+      <x:c r="B125" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C125" s="0">
+        <x:v>1.59</x:v>
+      </x:c>
+      <x:c r="D125" s="0">
+        <x:v>24231.938</x:v>
+      </x:c>
+      <x:c r="E125" s="0">
+        <x:v>23078.036</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:5">
+      <x:c r="A126" s="1">
+        <x:v>45854.9360185185</x:v>
+      </x:c>
+      <x:c r="B126" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C126" s="0">
+        <x:v>1.79</x:v>
+      </x:c>
+      <x:c r="D126" s="0">
+        <x:v>24053.365</x:v>
+      </x:c>
+      <x:c r="E126" s="0">
+        <x:v>22907.967</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:5">
+      <x:c r="A127" s="1">
+        <x:v>45853.9275925926</x:v>
+      </x:c>
+      <x:c r="B127" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C127" s="0">
+        <x:v>1.81</x:v>
+      </x:c>
+      <x:c r="D127" s="0">
+        <x:v>24028.817</x:v>
+      </x:c>
+      <x:c r="E127" s="0">
+        <x:v>22884.588</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:5">
+      <x:c r="A128" s="1">
+        <x:v>45852.9328819444</x:v>
+      </x:c>
+      <x:c r="B128" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C128" s="0">
+        <x:v>1.85</x:v>
+      </x:c>
+      <x:c r="D128" s="0">
+        <x:v>23998.414</x:v>
+      </x:c>
+      <x:c r="E128" s="0">
+        <x:v>22855.632</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:5">
+      <x:c r="A129" s="1">
+        <x:v>45849.9250347222</x:v>
+      </x:c>
+      <x:c r="B129" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C129" s="0">
+        <x:v>1.93</x:v>
+      </x:c>
+      <x:c r="D129" s="0">
+        <x:v>23919.558</x:v>
+      </x:c>
+      <x:c r="E129" s="0">
+        <x:v>22780.597</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:5">
+      <x:c r="A130" s="1">
+        <x:v>45849.3223148148</x:v>
+      </x:c>
+      <x:c r="B130" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C130" s="0">
+        <x:v>1.92</x:v>
+      </x:c>
+      <x:c r="D130" s="0">
+        <x:v>23970.656</x:v>
+      </x:c>
+      <x:c r="E130" s="0">
+        <x:v>22829.262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:5">
+      <x:c r="A131" s="1">
+        <x:v>45848.9261805556</x:v>
+      </x:c>
+      <x:c r="B131" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C131" s="0">
+        <x:v>1.87</x:v>
+      </x:c>
+      <x:c r="D131" s="0">
+        <x:v>23970.34</x:v>
+      </x:c>
+      <x:c r="E131" s="0">
+        <x:v>22829.262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:5">
+      <x:c r="A132" s="1">
+        <x:v>45848.341412037</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C132" s="0">
+        <x:v>1.91</x:v>
+      </x:c>
+      <x:c r="D132" s="0">
+        <x:v>24007.767</x:v>
+      </x:c>
+      <x:c r="E132" s="0">
+        <x:v>22864.907</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:5">
+      <x:c r="A133" s="1">
+        <x:v>45847.925787037</x:v>
+      </x:c>
+      <x:c r="B133" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C133" s="0">
+        <x:v>1.83</x:v>
+      </x:c>
+      <x:c r="D133" s="0">
+        <x:v>24008.152</x:v>
+      </x:c>
+      <x:c r="E133" s="0">
+        <x:v>22864.907</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:5">
+      <x:c r="A134" s="1">
+        <x:v>45846.924849537</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C134" s="0">
+        <x:v>2.05</x:v>
+      </x:c>
+      <x:c r="D134" s="0">
+        <x:v>23837.245</x:v>
+      </x:c>
+      <x:c r="E134" s="0">
+        <x:v>22702.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:5">
+      <x:c r="A135" s="1">
+        <x:v>45846.3251967593</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C135" s="0">
+        <x:v>2.01</x:v>
+      </x:c>
+      <x:c r="D135" s="0">
+        <x:v>23819.729</x:v>
+      </x:c>
+      <x:c r="E135" s="0">
+        <x:v>22685.568</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:5">
+      <x:c r="A136" s="1">
+        <x:v>45845.9274884259</x:v>
+      </x:c>
+      <x:c r="B136" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C136" s="0">
+        <x:v>2.07</x:v>
+      </x:c>
+      <x:c r="D136" s="0">
+        <x:v>23819.676</x:v>
+      </x:c>
+      <x:c r="E136" s="0">
+        <x:v>22685.568</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:5">
+      <x:c r="A137" s="1">
+        <x:v>45845.3087037037</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C137" s="0">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D137" s="0">
+        <x:v>24010.149</x:v>
+      </x:c>
+      <x:c r="E137" s="0">
+        <x:v>22866.971</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:5">
+      <x:c r="A138" s="1">
+        <x:v>45841.8023611111</x:v>
+      </x:c>
+      <x:c r="B138" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C138" s="0">
+        <x:v>1.84</x:v>
+      </x:c>
+      <x:c r="D138" s="0">
+        <x:v>24008.165</x:v>
+      </x:c>
+      <x:c r="E138" s="0">
+        <x:v>22866.971</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:5">
+      <x:c r="A139" s="1">
+        <x:v>45841.3248842593</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C139" s="0">
+        <x:v>2.13</x:v>
+      </x:c>
+      <x:c r="D139" s="0">
+        <x:v>23771.826</x:v>
+      </x:c>
+      <x:c r="E139" s="0">
+        <x:v>22641.886</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:5">
+      <x:c r="A140" s="1">
+        <x:v>45840.9304282407</x:v>
+      </x:c>
+      <x:c r="B140" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C140" s="0">
+        <x:v>2.16</x:v>
+      </x:c>
+      <x:c r="D140" s="0">
+        <x:v>23772.349</x:v>
+      </x:c>
+      <x:c r="E140" s="0">
+        <x:v>22641.886</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:5">
+      <x:c r="A141" s="1">
+        <x:v>45840.3303587963</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C141" s="0">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="D141" s="0">
+        <x:v>23600.411</x:v>
+      </x:c>
+      <x:c r="E141" s="0">
+        <x:v>22478.135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:5">
+      <x:c r="A142" s="1">
+        <x:v>45839.9249768518</x:v>
+      </x:c>
+      <x:c r="B142" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C142" s="0">
+        <x:v>2.42</x:v>
+      </x:c>
+      <x:c r="D142" s="0">
+        <x:v>23602.042</x:v>
+      </x:c>
+      <x:c r="E142" s="0">
+        <x:v>22478.135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:5">
+      <x:c r="A143" s="1">
+        <x:v>45838.9258564815</x:v>
+      </x:c>
+      <x:c r="B143" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C143" s="0">
+        <x:v>2.14</x:v>
+      </x:c>
+      <x:c r="D143" s="0">
+        <x:v>23812.152</x:v>
+      </x:c>
+      <x:c r="E143" s="0">
+        <x:v>22679.009</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:5">
+      <x:c r="A144" s="1">
+        <x:v>45838.3080671296</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C144" s="0">
+        <x:v>2.16</x:v>
+      </x:c>
+      <x:c r="D144" s="0">
+        <x:v>23660.106</x:v>
+      </x:c>
+      <x:c r="E144" s="0">
+        <x:v>22534.203</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:5">
+      <x:c r="A145" s="1">
+        <x:v>45835.9281828704</x:v>
+      </x:c>
+      <x:c r="B145" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C145" s="0">
+        <x:v>2.36</x:v>
+      </x:c>
+      <x:c r="D145" s="0">
+        <x:v>23660.499</x:v>
+      </x:c>
+      <x:c r="E145" s="0">
+        <x:v>22534.203</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:5">
+      <x:c r="A146" s="1">
+        <x:v>45835.307025463</x:v>
+      </x:c>
+      <x:c r="B146" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C146" s="0">
+        <x:v>2.44</x:v>
+      </x:c>
+      <x:c r="D146" s="0">
+        <x:v>23569.242</x:v>
+      </x:c>
+      <x:c r="E146" s="0">
+        <x:v>22447.292</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:5">
+      <x:c r="A147" s="1">
+        <x:v>45834.9274074074</x:v>
+      </x:c>
+      <x:c r="B147" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C147" s="0">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="D147" s="0">
+        <x:v>23569.657</x:v>
+      </x:c>
+      <x:c r="E147" s="0">
+        <x:v>22447.292</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:5">
+      <x:c r="A148" s="1">
+        <x:v>45833.9267824074</x:v>
+      </x:c>
+      <x:c r="B148" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C148" s="0">
+        <x:v>2.91</x:v>
+      </x:c>
+      <x:c r="D148" s="0">
+        <x:v>23349.29</x:v>
+      </x:c>
+      <x:c r="E148" s="0">
+        <x:v>22237.743</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:5">
+      <x:c r="A149" s="1">
+        <x:v>45833.3086805556</x:v>
+      </x:c>
+      <x:c r="B149" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C149" s="0">
+        <x:v>2.96</x:v>
+      </x:c>
+      <x:c r="D149" s="0">
+        <x:v>23299.708</x:v>
+      </x:c>
+      <x:c r="E149" s="0">
+        <x:v>22190.522</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:5">
+      <x:c r="A150" s="1">
         <x:v>45832.9265740741</x:v>
       </x:c>
-      <x:c r="B122" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C122" s="0">
+      <x:c r="B150" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C150" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D122" s="0">
+      <x:c r="D150" s="0">
         <x:v>23300.048</x:v>
       </x:c>
-      <x:c r="E122" s="0">
+      <x:c r="E150" s="0">
         <x:v>22190.522</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>