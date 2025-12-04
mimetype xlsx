--- v1 (2025-11-11)
+++ v2 (2025-12-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd01845b30dad4e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8a4357e0fd3f42db82a14007f08cabd2.psmdcp" Id="R8a3d1f20ead6463f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ccdacd94a0343c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e81d1ec3cd6e49e4b4871d965e72a9f5.psmdcp" Id="R80c48f9486434bd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09FCB5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2596 +390,3089 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E150"/>
+  <x:dimension ref="A1:E179"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45971.9254050926</x:v>
+        <x:v>45995.3278819444</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>26889.041</x:v>
+        <x:v>26885.465</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>25611.737</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45971.2992708333</x:v>
+        <x:v>45994.9277430556</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>26309.515</x:v>
+        <x:v>26885.359</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45968.9254976852</x:v>
+        <x:v>45994.3371990741</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>26312.284</x:v>
+        <x:v>26832.145</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45968.3147453704</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>26386.03</x:v>
+        <x:v>26833.653</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>45992.9296759259</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>26386.544</x:v>
+        <x:v>26609.992</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>25342.849</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45966.9253240741</x:v>
+        <x:v>45989.8197453704</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>26901.033</x:v>
+        <x:v>26705.686</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>25620.031</x:v>
+        <x:v>25434.889</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45989.3082638889</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>26707.189</x:v>
+        <x:v>26497.838</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>25435.704</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45965.3316666667</x:v>
+        <x:v>45987.9266435185</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>27271.29</x:v>
+        <x:v>26497.266</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45964.9228587963</x:v>
+        <x:v>45987.3195601852</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>27271.59</x:v>
+        <x:v>26267.758</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45961.8819907407</x:v>
+        <x:v>45986.9249305556</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>27148.56</x:v>
+        <x:v>26269.169</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>25858.126</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45961.3396296296</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>27019.082</x:v>
+        <x:v>26117.433</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>24873.85</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45985.3068634259</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>27021.554</x:v>
+        <x:v>25451.226</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45959.8897800926</x:v>
+        <x:v>45982.9249768518</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>27425.63</x:v>
+        <x:v>25449.855</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>26119.846</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45959.3231944444</x:v>
+        <x:v>45982.3125115741</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>27312.554</x:v>
+        <x:v>25255.402</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45958.8875</x:v>
+        <x:v>45981.9258796296</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>27312.429</x:v>
+        <x:v>25252.611</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45958.3305787037</x:v>
+        <x:v>45981.3119560185</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>27112.283</x:v>
+        <x:v>25868.053</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>25821.54</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45957.8876157407</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>27112.623</x:v>
+        <x:v>25872.364</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>25821.546</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45954.9259143519</x:v>
+        <x:v>45980.3054166667</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>26626.049</x:v>
+        <x:v>25728.074</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>25358.162</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45954.3348032407</x:v>
+        <x:v>45979.9258564815</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>26352.265</x:v>
+        <x:v>25727.695</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45953.9278935185</x:v>
+        <x:v>45979.3133912037</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>26352.286</x:v>
+        <x:v>26039.358</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45952.9304398148</x:v>
+        <x:v>45978.9281828704</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>26122.955</x:v>
+        <x:v>26039.422</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>24879.005</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45978.3022569444</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>26383.488</x:v>
+        <x:v>26258.162</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>25127.131</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45950.9289583333</x:v>
+        <x:v>45975.925775463</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>26398.069</x:v>
+        <x:v>26255.61</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>25141.018</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45975.3077546296</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>26058.851</x:v>
+        <x:v>26240.092</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>24817.953</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45946.9261921296</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>25890.103</x:v>
+        <x:v>26242.753</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>24657.241</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45945.9257060185</x:v>
+        <x:v>45974.318275463</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>25982.626</x:v>
+        <x:v>26792.811</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>24745.358</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45944.9308449074</x:v>
+        <x:v>45973.9253009259</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>25808.283</x:v>
+        <x:v>26792.965</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>24579.317</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45943.926712963</x:v>
+        <x:v>45973.3365277778</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>25987.765</x:v>
+        <x:v>26809.931</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>24750.252</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45972.9253703704</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>25432.764</x:v>
+        <x:v>26810.16</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>24221.745</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45940.3354976852</x:v>
+        <x:v>45971.9254050926</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>26353.02</x:v>
+        <x:v>26889.041</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>25098.18</x:v>
+        <x:v>25611.737</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45939.3272685185</x:v>
+        <x:v>45971.2992708333</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>26393.011</x:v>
+        <x:v>26309.515</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>26393.454</x:v>
+        <x:v>26312.284</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45968.3147453704</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>26082.238</x:v>
+        <x:v>26386.03</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>24840.227</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>26227.486</x:v>
+        <x:v>26386.544</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>24978.558</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>26022.361</x:v>
+        <x:v>26901.033</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>24785.522</x:v>
+        <x:v>25620.031</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45933.331099537</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>26134.965</x:v>
+        <x:v>26707.189</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25435.704</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45965.3316666667</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>26137.402</x:v>
+        <x:v>27271.29</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>26039.298</x:v>
+        <x:v>27271.59</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>24800.863</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45931.334224537</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>25912.379</x:v>
+        <x:v>27148.56</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25858.126</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45961.3396296296</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>25913.131</x:v>
+        <x:v>27019.082</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45930.332662037</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>25841.063</x:v>
+        <x:v>27021.554</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>25841.92</x:v>
+        <x:v>27425.63</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>26119.846</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45959.3231944444</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>25728.627</x:v>
+        <x:v>27312.554</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>24503.848</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45926.3218055556</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>25616.763</x:v>
+        <x:v>27312.429</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45958.3305787037</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>25617.177</x:v>
+        <x:v>27112.283</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>25821.54</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>25728.31</x:v>
+        <x:v>27112.623</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>24503.567</x:v>
+        <x:v>25821.546</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45924.3777662037</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>25808.741</x:v>
+        <x:v>26626.049</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>25358.162</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45923.925162037</x:v>
+        <x:v>45954.3348032407</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>25809.176</x:v>
+        <x:v>26352.265</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45922.9267013889</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>25996.051</x:v>
+        <x:v>26352.286</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>24761.074</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45922.3338773148</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>25854.483</x:v>
+        <x:v>26122.955</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>24879.005</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45919.934224537</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>25857.559</x:v>
+        <x:v>26383.488</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>25127.131</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45918.9265277778</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>25677.639</x:v>
+        <x:v>26398.069</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>24454.894</x:v>
+        <x:v>25141.018</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45917.9271180556</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>25434.533</x:v>
+        <x:v>26058.851</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>24223.687</x:v>
+        <x:v>24817.953</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45917.3258680556</x:v>
+        <x:v>45946.9261921296</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>25487.623</x:v>
+        <x:v>25890.103</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24657.241</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45945.9257060185</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>25487.962</x:v>
+        <x:v>25982.626</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24745.358</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45944.9308449074</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>25506.654</x:v>
+        <x:v>25808.283</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>24293.781</x:v>
+        <x:v>24579.317</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45943.926712963</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>25294.986</x:v>
+        <x:v>25987.765</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24750.252</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45912.9234837963</x:v>
+        <x:v>45940.9234837963</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>25295.977</x:v>
+        <x:v>25432.764</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24221.745</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45912.3096643519</x:v>
+        <x:v>45940.3354976852</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>25191.364</x:v>
+        <x:v>26353.02</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>25098.18</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45939.3272685185</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>25192.059</x:v>
+        <x:v>26393.011</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45911.3307638889</x:v>
+        <x:v>45938.9270601852</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>25041.602</x:v>
+        <x:v>26393.454</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45910.9240625</x:v>
+        <x:v>45937.9282175926</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>25041.734</x:v>
+        <x:v>26082.238</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24840.227</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45909.924537037</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>25031.61</x:v>
+        <x:v>26227.486</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>23839.796</x:v>
+        <x:v>24978.558</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45909.3354861111</x:v>
+        <x:v>45933.9288888889</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>24950.239</x:v>
+        <x:v>26022.361</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24785.522</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45908.9240277778</x:v>
+        <x:v>45933.331099537</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>24949.143</x:v>
+        <x:v>26134.965</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45908.3013425926</x:v>
+        <x:v>45932.9250347222</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>24833.793</x:v>
+        <x:v>26137.402</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45931.9293634259</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>24832.075</x:v>
+        <x:v>26039.298</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24800.863</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45905.3095023148</x:v>
+        <x:v>45931.334224537</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>24811.673</x:v>
+        <x:v>25912.379</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45930.9338773148</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>24812.439</x:v>
+        <x:v>25913.131</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45904.3202083333</x:v>
+        <x:v>45930.332662037</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>24583.356</x:v>
+        <x:v>25841.063</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45903.9235763889</x:v>
+        <x:v>45929.9323842593</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>1.02</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>24585.503</x:v>
+        <x:v>25841.92</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45903.3225115741</x:v>
+        <x:v>45926.9299537037</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>24392.585</x:v>
+        <x:v>25728.627</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24503.848</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45902.9238541667</x:v>
+        <x:v>45926.3218055556</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>24392.014</x:v>
+        <x:v>25616.763</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45902.3291782407</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>24585.542</x:v>
+        <x:v>25617.177</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45898.9303935185</x:v>
+        <x:v>45924.9296990741</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>1.03</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>24583.922</x:v>
+        <x:v>25728.31</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24503.567</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45898.3268518519</x:v>
+        <x:v>45924.3777662037</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>24886.354</x:v>
+        <x:v>25808.741</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45923.925162037</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>24888.622</x:v>
+        <x:v>25809.176</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45896.924837963</x:v>
+        <x:v>45922.9267013889</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>24744.075</x:v>
+        <x:v>25996.051</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>23565.846</x:v>
+        <x:v>24761.074</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45896.3337615741</x:v>
+        <x:v>45922.3338773148</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.97</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>24701.495</x:v>
+        <x:v>25854.483</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45919.934224537</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.98</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>24701.558</x:v>
+        <x:v>25857.559</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45894.9239351852</x:v>
+        <x:v>45918.9265277778</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>1.04</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>24596.776</x:v>
+        <x:v>25677.639</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>23425.605</x:v>
+        <x:v>24454.894</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45894.3297685185</x:v>
+        <x:v>45917.9271180556</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>1</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>24672.912</x:v>
+        <x:v>25434.533</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>24223.687</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45917.3258680556</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>24671.005</x:v>
+        <x:v>25487.623</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45891.3279861111</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>1.31</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>24297.694</x:v>
+        <x:v>25487.962</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45890.9257060185</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>24295.665</x:v>
+        <x:v>25506.654</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>24293.781</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45890.3406828704</x:v>
+        <x:v>45915.3170833333</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>24408.005</x:v>
+        <x:v>25294.986</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45889.9243287037</x:v>
+        <x:v>45912.9234837963</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>24412.048</x:v>
+        <x:v>25295.977</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45888.9238194444</x:v>
+        <x:v>45912.3096643519</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>24553.655</x:v>
+        <x:v>25191.364</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>23384.77</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45888.3193055556</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>24899.093</x:v>
+        <x:v>25192.059</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45887.9246180556</x:v>
+        <x:v>45911.3307638889</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>24898.629</x:v>
+        <x:v>25041.602</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45887.3188773148</x:v>
+        <x:v>45910.9240625</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>24896.856</x:v>
+        <x:v>25041.734</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>23712.07</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45884.9247800926</x:v>
+        <x:v>45909.924537037</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>24895.558</x:v>
+        <x:v>25031.61</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>23712.07</x:v>
+        <x:v>23839.796</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45884.3110069444</x:v>
+        <x:v>45909.3354861111</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>25021.948</x:v>
+        <x:v>24950.239</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>23832.442</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45883.9240393518</x:v>
+        <x:v>45908.9240277778</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>25023.449</x:v>
+        <x:v>24949.143</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>23832.442</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45883.3327777778</x:v>
+        <x:v>45908.3013425926</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>25040.877</x:v>
+        <x:v>24833.793</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>23849.04</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45905.9285648148</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>25041.492</x:v>
+        <x:v>24832.075</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>23849.04</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45881.9233912037</x:v>
+        <x:v>45905.3095023148</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>25031.156</x:v>
+        <x:v>24811.673</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>23839.196</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45880.9236111111</x:v>
+        <x:v>45904.9245601852</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>1.06</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>24700.346</x:v>
+        <x:v>24812.439</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>23526.634</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45880.3183564815</x:v>
+        <x:v>45904.3202083333</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.98</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>24789.21</x:v>
+        <x:v>24583.356</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>23611.266</x:v>
+        <x:v>23414.839</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45877.9331828704</x:v>
+        <x:v>45903.9235763889</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>1</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>24790.767</x:v>
+        <x:v>24585.503</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>23611.266</x:v>
+        <x:v>23414.839</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45877.3108217593</x:v>
+        <x:v>45903.3225115741</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>1.12</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>24557.942</x:v>
+        <x:v>24392.585</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>23389.528</x:v>
+        <x:v>23231.108</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45876.9384953704</x:v>
+        <x:v>45902.9238541667</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>1.17</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>24559.004</x:v>
+        <x:v>24392.014</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>23389.528</x:v>
+        <x:v>23231.108</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45875.9344097222</x:v>
+        <x:v>45902.3291782407</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>1.22</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>24480.796</x:v>
+        <x:v>24585.542</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>23315.044</x:v>
+        <x:v>23415.42</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45898.9303935185</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>1.51</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>24169.187</x:v>
+        <x:v>24583.922</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>23018.56</x:v>
+        <x:v>23415.42</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45874.3206018519</x:v>
+        <x:v>45898.3268518519</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>1.31</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>24347.737</x:v>
+        <x:v>24886.354</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>23188.608</x:v>
+        <x:v>23703.45</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45873.931400463</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>1.36</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>24348.038</x:v>
+        <x:v>24888.622</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>23188.608</x:v>
+        <x:v>23703.45</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45870.9273842593</x:v>
+        <x:v>45896.924837963</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>1.88</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>23900.716</x:v>
+        <x:v>24744.075</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>22763.313</x:v>
+        <x:v>23565.846</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45870.3093634259</x:v>
+        <x:v>45896.3337615741</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>1.48</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>24378.268</x:v>
+        <x:v>24701.495</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>23218.124</x:v>
+        <x:v>23525.293</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45869.9244560185</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>1.45</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>24377.398</x:v>
+        <x:v>24701.558</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>23218.124</x:v>
+        <x:v>23525.293</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45869.3149189815</x:v>
+        <x:v>45894.9239351852</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>24511.052</x:v>
+        <x:v>24596.776</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>23345.414</x:v>
+        <x:v>23425.605</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45868.9255439815</x:v>
+        <x:v>45894.3297685185</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>24512.685</x:v>
+        <x:v>24672.912</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>23345.414</x:v>
+        <x:v>23498.115</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45867.9289467593</x:v>
+        <x:v>45891.9252083333</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>24473.17</x:v>
+        <x:v>24671.005</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>23308.303</x:v>
+        <x:v>23498.115</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45867.3012731482</x:v>
+        <x:v>45891.3279861111</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>24523.536</x:v>
+        <x:v>24297.694</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>23356.27</x:v>
+        <x:v>23142.58</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45866.9278009259</x:v>
+        <x:v>45890.9257060185</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>1.33</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>24524.084</x:v>
+        <x:v>24295.665</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>23356.27</x:v>
+        <x:v>23142.58</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45863.9269212963</x:v>
+        <x:v>45890.3406828704</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>1.4</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>24435.837</x:v>
+        <x:v>24408.005</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>23272.246</x:v>
+        <x:v>23249.57</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45863.3330671296</x:v>
+        <x:v>45889.9243287037</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>24380.837</x:v>
+        <x:v>24412.048</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>23219.865</x:v>
+        <x:v>23249.57</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45862.9246180556</x:v>
+        <x:v>45888.9238194444</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>1.45</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>24380.858</x:v>
+        <x:v>24553.655</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>23219.865</x:v>
+        <x:v>23384.77</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45861.926412037</x:v>
+        <x:v>45888.3193055556</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>1.5</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>24320.526</x:v>
+        <x:v>24899.093</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>23162.406</x:v>
+        <x:v>23713.759</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45860.9261226852</x:v>
+        <x:v>45887.9246180556</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>1.61</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>24216.757</x:v>
+        <x:v>24898.629</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>23063.578</x:v>
+        <x:v>23713.759</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45859.9272800926</x:v>
+        <x:v>45887.3188773148</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>1.49</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>24338.549</x:v>
+        <x:v>24896.856</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>23180.062</x:v>
+        <x:v>23712.07</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45859.3186226852</x:v>
+        <x:v>45884.9247800926</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>1.57</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>24218.232</x:v>
+        <x:v>24895.558</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>23065.474</x:v>
+        <x:v>23712.07</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45856.9492013889</x:v>
+        <x:v>45884.3110069444</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>1.61</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>24218.748</x:v>
+        <x:v>25021.948</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>23065.474</x:v>
+        <x:v>23832.442</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45855.9327893518</x:v>
+        <x:v>45883.9240393518</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>24231.938</x:v>
+        <x:v>25023.449</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>23078.036</x:v>
+        <x:v>23832.442</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45854.9360185185</x:v>
+        <x:v>45883.3327777778</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>1.79</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>24053.365</x:v>
+        <x:v>25040.877</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>22907.967</x:v>
+        <x:v>23849.04</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45853.9275925926</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>1.81</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>24028.817</x:v>
+        <x:v>25041.492</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>22884.588</x:v>
+        <x:v>23849.04</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45852.9328819444</x:v>
+        <x:v>45881.9233912037</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>1.85</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>23998.414</x:v>
+        <x:v>25031.156</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>22855.632</x:v>
+        <x:v>23839.196</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45849.9250347222</x:v>
+        <x:v>45880.9236111111</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>23919.558</x:v>
+        <x:v>24700.346</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>22780.597</x:v>
+        <x:v>23526.634</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45849.3223148148</x:v>
+        <x:v>45880.3183564815</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>1.92</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>23970.656</x:v>
+        <x:v>24789.21</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>22829.262</x:v>
+        <x:v>23611.266</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45848.9261805556</x:v>
+        <x:v>45877.9331828704</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>1.87</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>23970.34</x:v>
+        <x:v>24790.767</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>22829.262</x:v>
+        <x:v>23611.266</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45848.341412037</x:v>
+        <x:v>45877.3108217593</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>24007.767</x:v>
+        <x:v>24557.942</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>22864.907</x:v>
+        <x:v>23389.528</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45847.925787037</x:v>
+        <x:v>45876.9384953704</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>1.83</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>24008.152</x:v>
+        <x:v>24559.004</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>22864.907</x:v>
+        <x:v>23389.528</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45846.924849537</x:v>
+        <x:v>45875.9344097222</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>23837.245</x:v>
+        <x:v>24480.796</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>22702.25</x:v>
+        <x:v>23315.044</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45846.3251967593</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>2.01</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>23819.729</x:v>
+        <x:v>24169.187</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>22685.568</x:v>
+        <x:v>23018.56</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45845.9274884259</x:v>
+        <x:v>45874.3206018519</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>23819.676</x:v>
+        <x:v>24347.737</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>22685.568</x:v>
+        <x:v>23188.608</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45845.3087037037</x:v>
+        <x:v>45873.931400463</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>2</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>24010.149</x:v>
+        <x:v>24348.038</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>22866.971</x:v>
+        <x:v>23188.608</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45841.8023611111</x:v>
+        <x:v>45870.9273842593</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>1.84</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>24008.165</x:v>
+        <x:v>23900.716</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>22866.971</x:v>
+        <x:v>22763.313</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45841.3248842593</x:v>
+        <x:v>45870.3093634259</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>23771.826</x:v>
+        <x:v>24378.268</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>22641.886</x:v>
+        <x:v>23218.124</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45840.9304282407</x:v>
+        <x:v>45869.9244560185</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>23772.349</x:v>
+        <x:v>24377.398</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>22641.886</x:v>
+        <x:v>23218.124</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45840.3303587963</x:v>
+        <x:v>45869.3149189815</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>2.3</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>23600.411</x:v>
+        <x:v>24511.052</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>22478.135</x:v>
+        <x:v>23345.414</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45839.9249768518</x:v>
+        <x:v>45868.9255439815</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>2.42</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>23602.042</x:v>
+        <x:v>24512.685</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>22478.135</x:v>
+        <x:v>23345.414</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45867.9289467593</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>2.14</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>23812.152</x:v>
+        <x:v>24473.17</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>22679.009</x:v>
+        <x:v>23308.303</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45838.3080671296</x:v>
+        <x:v>45867.3012731482</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>23660.106</x:v>
+        <x:v>24523.536</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>22534.203</x:v>
+        <x:v>23356.27</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45835.9281828704</x:v>
+        <x:v>45866.9278009259</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>2.36</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>23660.499</x:v>
+        <x:v>24524.084</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>22534.203</x:v>
+        <x:v>23356.27</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45835.307025463</x:v>
+        <x:v>45863.9269212963</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>23569.242</x:v>
+        <x:v>24435.837</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>22447.292</x:v>
+        <x:v>23272.246</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45834.9274074074</x:v>
+        <x:v>45863.3330671296</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>2.5</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>23569.657</x:v>
+        <x:v>24380.837</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>22447.292</x:v>
+        <x:v>23219.865</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45833.9267824074</x:v>
+        <x:v>45862.9246180556</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>2.91</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>23349.29</x:v>
+        <x:v>24380.858</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>22237.743</x:v>
+        <x:v>23219.865</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45833.3086805556</x:v>
+        <x:v>45861.926412037</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>2.96</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>23299.708</x:v>
+        <x:v>24320.526</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>22190.522</x:v>
+        <x:v>23162.406</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
+        <x:v>45860.9261226852</x:v>
+      </x:c>
+      <x:c r="B150" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C150" s="0">
+        <x:v>1.61</x:v>
+      </x:c>
+      <x:c r="D150" s="0">
+        <x:v>24216.757</x:v>
+      </x:c>
+      <x:c r="E150" s="0">
+        <x:v>23063.578</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:5">
+      <x:c r="A151" s="1">
+        <x:v>45859.9272800926</x:v>
+      </x:c>
+      <x:c r="B151" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C151" s="0">
+        <x:v>1.49</x:v>
+      </x:c>
+      <x:c r="D151" s="0">
+        <x:v>24338.549</x:v>
+      </x:c>
+      <x:c r="E151" s="0">
+        <x:v>23180.062</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:5">
+      <x:c r="A152" s="1">
+        <x:v>45859.3186226852</x:v>
+      </x:c>
+      <x:c r="B152" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C152" s="0">
+        <x:v>1.57</x:v>
+      </x:c>
+      <x:c r="D152" s="0">
+        <x:v>24218.232</x:v>
+      </x:c>
+      <x:c r="E152" s="0">
+        <x:v>23065.474</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153" spans="1:5">
+      <x:c r="A153" s="1">
+        <x:v>45856.9492013889</x:v>
+      </x:c>
+      <x:c r="B153" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C153" s="0">
+        <x:v>1.61</x:v>
+      </x:c>
+      <x:c r="D153" s="0">
+        <x:v>24218.748</x:v>
+      </x:c>
+      <x:c r="E153" s="0">
+        <x:v>23065.474</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:5">
+      <x:c r="A154" s="1">
+        <x:v>45855.9327893518</x:v>
+      </x:c>
+      <x:c r="B154" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C154" s="0">
+        <x:v>1.59</x:v>
+      </x:c>
+      <x:c r="D154" s="0">
+        <x:v>24231.938</x:v>
+      </x:c>
+      <x:c r="E154" s="0">
+        <x:v>23078.036</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155" spans="1:5">
+      <x:c r="A155" s="1">
+        <x:v>45854.9360185185</x:v>
+      </x:c>
+      <x:c r="B155" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C155" s="0">
+        <x:v>1.79</x:v>
+      </x:c>
+      <x:c r="D155" s="0">
+        <x:v>24053.365</x:v>
+      </x:c>
+      <x:c r="E155" s="0">
+        <x:v>22907.967</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="156" spans="1:5">
+      <x:c r="A156" s="1">
+        <x:v>45853.9275925926</x:v>
+      </x:c>
+      <x:c r="B156" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C156" s="0">
+        <x:v>1.81</x:v>
+      </x:c>
+      <x:c r="D156" s="0">
+        <x:v>24028.817</x:v>
+      </x:c>
+      <x:c r="E156" s="0">
+        <x:v>22884.588</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="157" spans="1:5">
+      <x:c r="A157" s="1">
+        <x:v>45852.9328819444</x:v>
+      </x:c>
+      <x:c r="B157" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C157" s="0">
+        <x:v>1.85</x:v>
+      </x:c>
+      <x:c r="D157" s="0">
+        <x:v>23998.414</x:v>
+      </x:c>
+      <x:c r="E157" s="0">
+        <x:v>22855.632</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158" spans="1:5">
+      <x:c r="A158" s="1">
+        <x:v>45849.9250347222</x:v>
+      </x:c>
+      <x:c r="B158" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C158" s="0">
+        <x:v>1.93</x:v>
+      </x:c>
+      <x:c r="D158" s="0">
+        <x:v>23919.558</x:v>
+      </x:c>
+      <x:c r="E158" s="0">
+        <x:v>22780.597</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159" spans="1:5">
+      <x:c r="A159" s="1">
+        <x:v>45849.3223148148</x:v>
+      </x:c>
+      <x:c r="B159" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C159" s="0">
+        <x:v>1.92</x:v>
+      </x:c>
+      <x:c r="D159" s="0">
+        <x:v>23970.656</x:v>
+      </x:c>
+      <x:c r="E159" s="0">
+        <x:v>22829.262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160" spans="1:5">
+      <x:c r="A160" s="1">
+        <x:v>45848.9261805556</x:v>
+      </x:c>
+      <x:c r="B160" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C160" s="0">
+        <x:v>1.87</x:v>
+      </x:c>
+      <x:c r="D160" s="0">
+        <x:v>23970.34</x:v>
+      </x:c>
+      <x:c r="E160" s="0">
+        <x:v>22829.262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161" spans="1:5">
+      <x:c r="A161" s="1">
+        <x:v>45848.341412037</x:v>
+      </x:c>
+      <x:c r="B161" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C161" s="0">
+        <x:v>1.91</x:v>
+      </x:c>
+      <x:c r="D161" s="0">
+        <x:v>24007.767</x:v>
+      </x:c>
+      <x:c r="E161" s="0">
+        <x:v>22864.907</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="162" spans="1:5">
+      <x:c r="A162" s="1">
+        <x:v>45847.925787037</x:v>
+      </x:c>
+      <x:c r="B162" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C162" s="0">
+        <x:v>1.83</x:v>
+      </x:c>
+      <x:c r="D162" s="0">
+        <x:v>24008.152</x:v>
+      </x:c>
+      <x:c r="E162" s="0">
+        <x:v>22864.907</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="163" spans="1:5">
+      <x:c r="A163" s="1">
+        <x:v>45846.924849537</x:v>
+      </x:c>
+      <x:c r="B163" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C163" s="0">
+        <x:v>2.05</x:v>
+      </x:c>
+      <x:c r="D163" s="0">
+        <x:v>23837.245</x:v>
+      </x:c>
+      <x:c r="E163" s="0">
+        <x:v>22702.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="164" spans="1:5">
+      <x:c r="A164" s="1">
+        <x:v>45846.3251967593</x:v>
+      </x:c>
+      <x:c r="B164" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C164" s="0">
+        <x:v>2.01</x:v>
+      </x:c>
+      <x:c r="D164" s="0">
+        <x:v>23819.729</x:v>
+      </x:c>
+      <x:c r="E164" s="0">
+        <x:v>22685.568</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="165" spans="1:5">
+      <x:c r="A165" s="1">
+        <x:v>45845.9274884259</x:v>
+      </x:c>
+      <x:c r="B165" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C165" s="0">
+        <x:v>2.07</x:v>
+      </x:c>
+      <x:c r="D165" s="0">
+        <x:v>23819.676</x:v>
+      </x:c>
+      <x:c r="E165" s="0">
+        <x:v>22685.568</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="166" spans="1:5">
+      <x:c r="A166" s="1">
+        <x:v>45845.3087037037</x:v>
+      </x:c>
+      <x:c r="B166" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C166" s="0">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D166" s="0">
+        <x:v>24010.149</x:v>
+      </x:c>
+      <x:c r="E166" s="0">
+        <x:v>22866.971</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="167" spans="1:5">
+      <x:c r="A167" s="1">
+        <x:v>45841.8023611111</x:v>
+      </x:c>
+      <x:c r="B167" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C167" s="0">
+        <x:v>1.84</x:v>
+      </x:c>
+      <x:c r="D167" s="0">
+        <x:v>24008.165</x:v>
+      </x:c>
+      <x:c r="E167" s="0">
+        <x:v>22866.971</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="168" spans="1:5">
+      <x:c r="A168" s="1">
+        <x:v>45841.3248842593</x:v>
+      </x:c>
+      <x:c r="B168" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C168" s="0">
+        <x:v>2.13</x:v>
+      </x:c>
+      <x:c r="D168" s="0">
+        <x:v>23771.826</x:v>
+      </x:c>
+      <x:c r="E168" s="0">
+        <x:v>22641.886</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169" spans="1:5">
+      <x:c r="A169" s="1">
+        <x:v>45840.9304282407</x:v>
+      </x:c>
+      <x:c r="B169" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C169" s="0">
+        <x:v>2.16</x:v>
+      </x:c>
+      <x:c r="D169" s="0">
+        <x:v>23772.349</x:v>
+      </x:c>
+      <x:c r="E169" s="0">
+        <x:v>22641.886</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="170" spans="1:5">
+      <x:c r="A170" s="1">
+        <x:v>45840.3303587963</x:v>
+      </x:c>
+      <x:c r="B170" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C170" s="0">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="D170" s="0">
+        <x:v>23600.411</x:v>
+      </x:c>
+      <x:c r="E170" s="0">
+        <x:v>22478.135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="171" spans="1:5">
+      <x:c r="A171" s="1">
+        <x:v>45839.9249768518</x:v>
+      </x:c>
+      <x:c r="B171" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C171" s="0">
+        <x:v>2.42</x:v>
+      </x:c>
+      <x:c r="D171" s="0">
+        <x:v>23602.042</x:v>
+      </x:c>
+      <x:c r="E171" s="0">
+        <x:v>22478.135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="172" spans="1:5">
+      <x:c r="A172" s="1">
+        <x:v>45838.9258564815</x:v>
+      </x:c>
+      <x:c r="B172" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C172" s="0">
+        <x:v>2.14</x:v>
+      </x:c>
+      <x:c r="D172" s="0">
+        <x:v>23812.152</x:v>
+      </x:c>
+      <x:c r="E172" s="0">
+        <x:v>22679.009</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="173" spans="1:5">
+      <x:c r="A173" s="1">
+        <x:v>45838.3080671296</x:v>
+      </x:c>
+      <x:c r="B173" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C173" s="0">
+        <x:v>2.16</x:v>
+      </x:c>
+      <x:c r="D173" s="0">
+        <x:v>23660.106</x:v>
+      </x:c>
+      <x:c r="E173" s="0">
+        <x:v>22534.203</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="174" spans="1:5">
+      <x:c r="A174" s="1">
+        <x:v>45835.9281828704</x:v>
+      </x:c>
+      <x:c r="B174" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C174" s="0">
+        <x:v>2.36</x:v>
+      </x:c>
+      <x:c r="D174" s="0">
+        <x:v>23660.499</x:v>
+      </x:c>
+      <x:c r="E174" s="0">
+        <x:v>22534.203</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="175" spans="1:5">
+      <x:c r="A175" s="1">
+        <x:v>45835.307025463</x:v>
+      </x:c>
+      <x:c r="B175" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C175" s="0">
+        <x:v>2.44</x:v>
+      </x:c>
+      <x:c r="D175" s="0">
+        <x:v>23569.242</x:v>
+      </x:c>
+      <x:c r="E175" s="0">
+        <x:v>22447.292</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="176" spans="1:5">
+      <x:c r="A176" s="1">
+        <x:v>45834.9274074074</x:v>
+      </x:c>
+      <x:c r="B176" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C176" s="0">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="D176" s="0">
+        <x:v>23569.657</x:v>
+      </x:c>
+      <x:c r="E176" s="0">
+        <x:v>22447.292</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="177" spans="1:5">
+      <x:c r="A177" s="1">
+        <x:v>45833.9267824074</x:v>
+      </x:c>
+      <x:c r="B177" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C177" s="0">
+        <x:v>2.91</x:v>
+      </x:c>
+      <x:c r="D177" s="0">
+        <x:v>23349.29</x:v>
+      </x:c>
+      <x:c r="E177" s="0">
+        <x:v>22237.743</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="178" spans="1:5">
+      <x:c r="A178" s="1">
+        <x:v>45833.3086805556</x:v>
+      </x:c>
+      <x:c r="B178" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C178" s="0">
+        <x:v>2.96</x:v>
+      </x:c>
+      <x:c r="D178" s="0">
+        <x:v>23299.708</x:v>
+      </x:c>
+      <x:c r="E178" s="0">
+        <x:v>22190.522</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="179" spans="1:5">
+      <x:c r="A179" s="1">
         <x:v>45832.9265740741</x:v>
       </x:c>
-      <x:c r="B150" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C150" s="0">
+      <x:c r="B179" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C179" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D150" s="0">
+      <x:c r="D179" s="0">
         <x:v>23300.048</x:v>
       </x:c>
-      <x:c r="E150" s="0">
+      <x:c r="E179" s="0">
         <x:v>22190.522</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>