--- v2 (2025-12-04)
+++ v3 (2025-12-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ccdacd94a0343c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e81d1ec3cd6e49e4b4871d965e72a9f5.psmdcp" Id="R80c48f9486434bd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0484f7dfc744278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d09869b15af94b239794c8e0266f5361.psmdcp" Id="Rfffb64ee9f2e4153" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09FCB5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,3089 +390,3446 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E179"/>
+  <x:dimension ref="A1:E200"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45995.3278819444</x:v>
+        <x:v>46015.3842708333</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>26885.465</x:v>
+        <x:v>26867.222</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45994.9277430556</x:v>
+        <x:v>46014.9278125</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>26885.359</x:v>
+        <x:v>26867.222</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45994.3371990741</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>26832.145</x:v>
+        <x:v>26732.063</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25461.7</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46013.2967013889</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>26833.653</x:v>
+        <x:v>26610.767</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45992.9296759259</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>26609.992</x:v>
+        <x:v>26613.489</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>25342.849</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45989.8197453704</x:v>
+        <x:v>46009.930775463</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>26705.686</x:v>
+        <x:v>26270.338</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>25434.889</x:v>
+        <x:v>25019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45989.3082638889</x:v>
+        <x:v>46008.927662037</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>26497.838</x:v>
+        <x:v>25879.99</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>24647.61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45987.9266435185</x:v>
+        <x:v>46007.9278356481</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>26497.266</x:v>
+        <x:v>26389.587</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25132.94</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45987.3195601852</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
         <x:v>0.16</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>26267.758</x:v>
+        <x:v>26318.639</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25067.27</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45986.9249305556</x:v>
+        <x:v>46006.3081134259</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>26269.169</x:v>
+        <x:v>26454.572</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46003.9269791667</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>26117.433</x:v>
+        <x:v>26455.655</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>24873.85</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45985.3068634259</x:v>
+        <x:v>46003.3313657407</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>25451.226</x:v>
+        <x:v>26970.113</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45982.9249768518</x:v>
+        <x:v>46002.9321064815</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>25449.855</x:v>
+        <x:v>26971.024</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45982.3125115741</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>25255.402</x:v>
+        <x:v>27064.924</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25776.44</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45981.9258796296</x:v>
+        <x:v>46001.3340740741</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>25252.611</x:v>
+        <x:v>26951.786</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45981.3119560185</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>25868.053</x:v>
+        <x:v>26951.949</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46000.3338310185</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>25872.364</x:v>
+        <x:v>26909.172</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25627.95</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45980.3054166667</x:v>
+        <x:v>45999.3304166667</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>25728.074</x:v>
+        <x:v>26974.736</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45979.9258564815</x:v>
+        <x:v>45996.930787037</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>25727.695</x:v>
+        <x:v>26973.662</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>45996.3408449074</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>26039.358</x:v>
+        <x:v>26857.794</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45978.9281828704</x:v>
+        <x:v>45995.9303935185</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>26039.422</x:v>
+        <x:v>26859.383</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45978.3022569444</x:v>
+        <x:v>45995.3278819444</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>26258.162</x:v>
+        <x:v>26885.465</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45975.925775463</x:v>
+        <x:v>45994.9277430556</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>26255.61</x:v>
+        <x:v>26885.359</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45975.3077546296</x:v>
+        <x:v>45994.3371990741</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>26240.092</x:v>
+        <x:v>26832.145</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>26242.753</x:v>
+        <x:v>26833.653</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45974.318275463</x:v>
+        <x:v>45992.9296759259</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>26792.811</x:v>
+        <x:v>26609.992</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25342.849</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45973.9253009259</x:v>
+        <x:v>45989.8197453704</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>26792.965</x:v>
+        <x:v>26705.686</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25434.889</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45973.3365277778</x:v>
+        <x:v>45989.3082638889</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>26809.931</x:v>
+        <x:v>26497.838</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45972.9253703704</x:v>
+        <x:v>45987.9266435185</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>26810.16</x:v>
+        <x:v>26497.266</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45971.9254050926</x:v>
+        <x:v>45987.3195601852</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>26889.041</x:v>
+        <x:v>26267.758</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>25611.737</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45971.2992708333</x:v>
+        <x:v>45986.9249305556</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>26309.515</x:v>
+        <x:v>26269.169</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45968.9254976852</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>26312.284</x:v>
+        <x:v>26117.433</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>24873.85</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45968.3147453704</x:v>
+        <x:v>45985.3068634259</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>26386.03</x:v>
+        <x:v>25451.226</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>45982.9249768518</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>26386.544</x:v>
+        <x:v>25449.855</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45966.9253240741</x:v>
+        <x:v>45982.3125115741</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>26901.033</x:v>
+        <x:v>25255.402</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>25620.031</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45981.9258796296</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>26707.189</x:v>
+        <x:v>25252.611</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>25435.704</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45965.3316666667</x:v>
+        <x:v>45981.3119560185</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>27271.29</x:v>
+        <x:v>25868.053</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45964.9228587963</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>27271.59</x:v>
+        <x:v>25872.364</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45961.8819907407</x:v>
+        <x:v>45980.3054166667</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>27148.56</x:v>
+        <x:v>25728.074</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>25858.126</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45961.3396296296</x:v>
+        <x:v>45979.9258564815</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>27019.082</x:v>
+        <x:v>25727.695</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45979.3133912037</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>27021.554</x:v>
+        <x:v>26039.358</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45959.8897800926</x:v>
+        <x:v>45978.9281828704</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>27425.63</x:v>
+        <x:v>26039.422</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>26119.846</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45959.3231944444</x:v>
+        <x:v>45978.3022569444</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>27312.554</x:v>
+        <x:v>26258.162</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45958.8875</x:v>
+        <x:v>45975.925775463</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>27312.429</x:v>
+        <x:v>26255.61</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45958.3305787037</x:v>
+        <x:v>45975.3077546296</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>27112.283</x:v>
+        <x:v>26240.092</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>25821.54</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45957.8876157407</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>27112.623</x:v>
+        <x:v>26242.753</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>25821.546</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45954.9259143519</x:v>
+        <x:v>45974.318275463</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>26626.049</x:v>
+        <x:v>26792.811</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>25358.162</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45954.3348032407</x:v>
+        <x:v>45973.9253009259</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>26352.265</x:v>
+        <x:v>26792.965</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45953.9278935185</x:v>
+        <x:v>45973.3365277778</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>26352.286</x:v>
+        <x:v>26809.931</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45952.9304398148</x:v>
+        <x:v>45972.9253703704</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>26122.955</x:v>
+        <x:v>26810.16</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>24879.005</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45971.9254050926</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>26383.488</x:v>
+        <x:v>26889.041</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>25127.131</x:v>
+        <x:v>25611.737</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45950.9289583333</x:v>
+        <x:v>45971.2992708333</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>26398.069</x:v>
+        <x:v>26309.515</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>25141.018</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>26058.851</x:v>
+        <x:v>26312.284</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>24817.953</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45946.9261921296</x:v>
+        <x:v>45968.3147453704</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>25890.103</x:v>
+        <x:v>26386.03</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>24657.241</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45945.9257060185</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>25982.626</x:v>
+        <x:v>26386.544</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>24745.358</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45944.9308449074</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>25808.283</x:v>
+        <x:v>26901.033</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>24579.317</x:v>
+        <x:v>25620.031</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45943.926712963</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>25987.765</x:v>
+        <x:v>26707.189</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>24750.252</x:v>
+        <x:v>25435.704</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45965.3316666667</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>25432.764</x:v>
+        <x:v>27271.29</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>24221.745</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45940.3354976852</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>26353.02</x:v>
+        <x:v>27271.59</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>25098.18</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45939.3272685185</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>26393.011</x:v>
+        <x:v>27148.56</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>25858.126</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45961.3396296296</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>26393.454</x:v>
+        <x:v>27019.082</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>26082.238</x:v>
+        <x:v>27021.554</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>24840.227</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>26227.486</x:v>
+        <x:v>27425.63</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>24978.558</x:v>
+        <x:v>26119.846</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45959.3231944444</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>26022.361</x:v>
+        <x:v>27312.554</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>24785.522</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45933.331099537</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>26134.965</x:v>
+        <x:v>27312.429</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45958.3305787037</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>26137.402</x:v>
+        <x:v>27112.283</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25821.54</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>26039.298</x:v>
+        <x:v>27112.623</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>24800.863</x:v>
+        <x:v>25821.546</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45931.334224537</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>25912.379</x:v>
+        <x:v>26626.049</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25358.162</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45954.3348032407</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>25913.131</x:v>
+        <x:v>26352.265</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45930.332662037</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>25841.063</x:v>
+        <x:v>26352.286</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>25841.92</x:v>
+        <x:v>26122.955</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>24879.005</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>25728.627</x:v>
+        <x:v>26383.488</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>24503.848</x:v>
+        <x:v>25127.131</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45926.3218055556</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>25616.763</x:v>
+        <x:v>26398.069</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>25141.018</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>25617.177</x:v>
+        <x:v>26058.851</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>24817.953</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45946.9261921296</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>25728.31</x:v>
+        <x:v>25890.103</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>24503.567</x:v>
+        <x:v>24657.241</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45924.3777662037</x:v>
+        <x:v>45945.9257060185</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>25808.741</x:v>
+        <x:v>25982.626</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>24745.358</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45923.925162037</x:v>
+        <x:v>45944.9308449074</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>25809.176</x:v>
+        <x:v>25808.283</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>24579.317</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45922.9267013889</x:v>
+        <x:v>45943.926712963</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>25996.051</x:v>
+        <x:v>25987.765</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>24761.074</x:v>
+        <x:v>24750.252</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45922.3338773148</x:v>
+        <x:v>45940.9234837963</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>25854.483</x:v>
+        <x:v>25432.764</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>24221.745</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45919.934224537</x:v>
+        <x:v>45940.3354976852</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>25857.559</x:v>
+        <x:v>26353.02</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>25098.18</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45918.9265277778</x:v>
+        <x:v>45939.3272685185</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>25677.639</x:v>
+        <x:v>26393.011</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>24454.894</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45917.9271180556</x:v>
+        <x:v>45938.9270601852</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>25434.533</x:v>
+        <x:v>26393.454</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>24223.687</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45917.3258680556</x:v>
+        <x:v>45937.9282175926</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>25487.623</x:v>
+        <x:v>26082.238</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24840.227</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>25487.962</x:v>
+        <x:v>26227.486</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24978.558</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45933.9288888889</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>25506.654</x:v>
+        <x:v>26022.361</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>24293.781</x:v>
+        <x:v>24785.522</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45933.331099537</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>25294.986</x:v>
+        <x:v>26134.965</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45912.9234837963</x:v>
+        <x:v>45932.9250347222</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>25295.977</x:v>
+        <x:v>26137.402</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45912.3096643519</x:v>
+        <x:v>45931.9293634259</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>25191.364</x:v>
+        <x:v>26039.298</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24800.863</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45931.334224537</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>25192.059</x:v>
+        <x:v>25912.379</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45911.3307638889</x:v>
+        <x:v>45930.9338773148</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>25041.602</x:v>
+        <x:v>25913.131</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45910.9240625</x:v>
+        <x:v>45930.332662037</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>25041.734</x:v>
+        <x:v>25841.063</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45909.924537037</x:v>
+        <x:v>45929.9323842593</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>25031.61</x:v>
+        <x:v>25841.92</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>23839.796</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45909.3354861111</x:v>
+        <x:v>45926.9299537037</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>24950.239</x:v>
+        <x:v>25728.627</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24503.848</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45908.9240277778</x:v>
+        <x:v>45926.3218055556</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>24949.143</x:v>
+        <x:v>25616.763</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45908.3013425926</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>24833.793</x:v>
+        <x:v>25617.177</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45924.9296990741</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>24832.075</x:v>
+        <x:v>25728.31</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24503.567</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45905.3095023148</x:v>
+        <x:v>45924.3777662037</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>24811.673</x:v>
+        <x:v>25808.741</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45923.925162037</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>24812.439</x:v>
+        <x:v>25809.176</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45904.3202083333</x:v>
+        <x:v>45922.9267013889</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>24583.356</x:v>
+        <x:v>25996.051</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24761.074</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45903.9235763889</x:v>
+        <x:v>45922.3338773148</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>1.02</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>24585.503</x:v>
+        <x:v>25854.483</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45903.3225115741</x:v>
+        <x:v>45919.934224537</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>24392.585</x:v>
+        <x:v>25857.559</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45902.9238541667</x:v>
+        <x:v>45918.9265277778</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>24392.014</x:v>
+        <x:v>25677.639</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24454.894</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45902.3291782407</x:v>
+        <x:v>45917.9271180556</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>24585.542</x:v>
+        <x:v>25434.533</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24223.687</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45898.9303935185</x:v>
+        <x:v>45917.3258680556</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>1.03</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>24583.922</x:v>
+        <x:v>25487.623</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45898.3268518519</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>24886.354</x:v>
+        <x:v>25487.962</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>24888.622</x:v>
+        <x:v>25506.654</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24293.781</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45896.924837963</x:v>
+        <x:v>45915.3170833333</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>24744.075</x:v>
+        <x:v>25294.986</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>23565.846</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45896.3337615741</x:v>
+        <x:v>45912.9234837963</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.97</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>24701.495</x:v>
+        <x:v>25295.977</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45912.3096643519</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.98</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>24701.558</x:v>
+        <x:v>25191.364</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45894.9239351852</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>1.04</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>24596.776</x:v>
+        <x:v>25192.059</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>23425.605</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45894.3297685185</x:v>
+        <x:v>45911.3307638889</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>1</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>24672.912</x:v>
+        <x:v>25041.602</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45910.9240625</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>24671.005</x:v>
+        <x:v>25041.734</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45891.3279861111</x:v>
+        <x:v>45909.924537037</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>1.31</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>24297.694</x:v>
+        <x:v>25031.61</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>23839.796</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45890.9257060185</x:v>
+        <x:v>45909.3354861111</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>24295.665</x:v>
+        <x:v>24950.239</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45890.3406828704</x:v>
+        <x:v>45908.9240277778</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>24408.005</x:v>
+        <x:v>24949.143</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45889.9243287037</x:v>
+        <x:v>45908.3013425926</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>24412.048</x:v>
+        <x:v>24833.793</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45888.9238194444</x:v>
+        <x:v>45905.9285648148</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>24553.655</x:v>
+        <x:v>24832.075</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>23384.77</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45888.3193055556</x:v>
+        <x:v>45905.3095023148</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>24899.093</x:v>
+        <x:v>24811.673</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45887.9246180556</x:v>
+        <x:v>45904.9245601852</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>24898.629</x:v>
+        <x:v>24812.439</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45887.3188773148</x:v>
+        <x:v>45904.3202083333</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.89</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>24896.856</x:v>
+        <x:v>24583.356</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>23712.07</x:v>
+        <x:v>23414.839</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45884.9247800926</x:v>
+        <x:v>45903.9235763889</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>24895.558</x:v>
+        <x:v>24585.503</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>23712.07</x:v>
+        <x:v>23414.839</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45884.3110069444</x:v>
+        <x:v>45903.3225115741</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>0.85</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>25021.948</x:v>
+        <x:v>24392.585</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>23832.442</x:v>
+        <x:v>23231.108</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45883.9240393518</x:v>
+        <x:v>45902.9238541667</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>0.85</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>25023.449</x:v>
+        <x:v>24392.014</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>23832.442</x:v>
+        <x:v>23231.108</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45883.3327777778</x:v>
+        <x:v>45902.3291782407</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.86</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>25040.877</x:v>
+        <x:v>24585.542</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>23849.04</x:v>
+        <x:v>23415.42</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45898.9303935185</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>0.84</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>25041.492</x:v>
+        <x:v>24583.922</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>23849.04</x:v>
+        <x:v>23415.42</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45881.9233912037</x:v>
+        <x:v>45898.3268518519</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>25031.156</x:v>
+        <x:v>24886.354</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>23839.196</x:v>
+        <x:v>23703.45</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45880.9236111111</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>1.06</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>24700.346</x:v>
+        <x:v>24888.622</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>23526.634</x:v>
+        <x:v>23703.45</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45880.3183564815</x:v>
+        <x:v>45896.924837963</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>0.98</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>24789.21</x:v>
+        <x:v>24744.075</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>23611.266</x:v>
+        <x:v>23565.846</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45877.9331828704</x:v>
+        <x:v>45896.3337615741</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>1</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>24790.767</x:v>
+        <x:v>24701.495</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>23611.266</x:v>
+        <x:v>23525.293</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45877.3108217593</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>24557.942</x:v>
+        <x:v>24701.558</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>23389.528</x:v>
+        <x:v>23525.293</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45876.9384953704</x:v>
+        <x:v>45894.9239351852</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>1.17</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>24559.004</x:v>
+        <x:v>24596.776</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>23389.528</x:v>
+        <x:v>23425.605</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45875.9344097222</x:v>
+        <x:v>45894.3297685185</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>1.22</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>24480.796</x:v>
+        <x:v>24672.912</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>23315.044</x:v>
+        <x:v>23498.115</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45891.9252083333</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>1.51</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>24169.187</x:v>
+        <x:v>24671.005</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>23018.56</x:v>
+        <x:v>23498.115</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45874.3206018519</x:v>
+        <x:v>45891.3279861111</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
         <x:v>1.31</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>24347.737</x:v>
+        <x:v>24297.694</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>23188.608</x:v>
+        <x:v>23142.58</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45873.931400463</x:v>
+        <x:v>45890.9257060185</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>1.36</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>24348.038</x:v>
+        <x:v>24295.665</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>23188.608</x:v>
+        <x:v>23142.58</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45870.9273842593</x:v>
+        <x:v>45890.3406828704</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>23900.716</x:v>
+        <x:v>24408.005</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>22763.313</x:v>
+        <x:v>23249.57</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45870.3093634259</x:v>
+        <x:v>45889.9243287037</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>1.48</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>24378.268</x:v>
+        <x:v>24412.048</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>23218.124</x:v>
+        <x:v>23249.57</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45869.9244560185</x:v>
+        <x:v>45888.9238194444</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>1.45</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>24377.398</x:v>
+        <x:v>24553.655</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>23218.124</x:v>
+        <x:v>23384.77</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45869.3149189815</x:v>
+        <x:v>45888.3193055556</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>24511.052</x:v>
+        <x:v>24899.093</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>23345.414</x:v>
+        <x:v>23713.759</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45868.9255439815</x:v>
+        <x:v>45887.9246180556</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>1.34</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>24512.685</x:v>
+        <x:v>24898.629</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>23345.414</x:v>
+        <x:v>23713.759</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45867.9289467593</x:v>
+        <x:v>45887.3188773148</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>24473.17</x:v>
+        <x:v>24896.856</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>23308.303</x:v>
+        <x:v>23712.07</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45867.3012731482</x:v>
+        <x:v>45884.9247800926</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>24523.536</x:v>
+        <x:v>24895.558</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>23356.27</x:v>
+        <x:v>23712.07</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45866.9278009259</x:v>
+        <x:v>45884.3110069444</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>1.33</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>24524.084</x:v>
+        <x:v>25021.948</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>23356.27</x:v>
+        <x:v>23832.442</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45863.9269212963</x:v>
+        <x:v>45883.9240393518</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>1.4</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>24435.837</x:v>
+        <x:v>25023.449</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>23272.246</x:v>
+        <x:v>23832.442</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45863.3330671296</x:v>
+        <x:v>45883.3327777778</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>1.41</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>24380.837</x:v>
+        <x:v>25040.877</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>23219.865</x:v>
+        <x:v>23849.04</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45862.9246180556</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>1.45</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>24380.858</x:v>
+        <x:v>25041.492</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>23219.865</x:v>
+        <x:v>23849.04</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45861.926412037</x:v>
+        <x:v>45881.9233912037</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>1.5</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>24320.526</x:v>
+        <x:v>25031.156</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>23162.406</x:v>
+        <x:v>23839.196</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45860.9261226852</x:v>
+        <x:v>45880.9236111111</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>24216.757</x:v>
+        <x:v>24700.346</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>23063.578</x:v>
+        <x:v>23526.634</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45859.9272800926</x:v>
+        <x:v>45880.3183564815</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>1.49</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>24338.549</x:v>
+        <x:v>24789.21</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>23180.062</x:v>
+        <x:v>23611.266</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45859.3186226852</x:v>
+        <x:v>45877.9331828704</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>1.57</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>24218.232</x:v>
+        <x:v>24790.767</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>23065.474</x:v>
+        <x:v>23611.266</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45856.9492013889</x:v>
+        <x:v>45877.3108217593</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>24218.748</x:v>
+        <x:v>24557.942</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>23065.474</x:v>
+        <x:v>23389.528</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45855.9327893518</x:v>
+        <x:v>45876.9384953704</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>24231.938</x:v>
+        <x:v>24559.004</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>23078.036</x:v>
+        <x:v>23389.528</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45854.9360185185</x:v>
+        <x:v>45875.9344097222</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>24053.365</x:v>
+        <x:v>24480.796</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>22907.967</x:v>
+        <x:v>23315.044</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45853.9275925926</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>1.81</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>24028.817</x:v>
+        <x:v>24169.187</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>22884.588</x:v>
+        <x:v>23018.56</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45852.9328819444</x:v>
+        <x:v>45874.3206018519</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>1.85</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>23998.414</x:v>
+        <x:v>24347.737</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>22855.632</x:v>
+        <x:v>23188.608</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45849.9250347222</x:v>
+        <x:v>45873.931400463</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>23919.558</x:v>
+        <x:v>24348.038</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>22780.597</x:v>
+        <x:v>23188.608</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45849.3223148148</x:v>
+        <x:v>45870.9273842593</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>23970.656</x:v>
+        <x:v>23900.716</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>22829.262</x:v>
+        <x:v>22763.313</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45848.9261805556</x:v>
+        <x:v>45870.3093634259</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>1.87</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>23970.34</x:v>
+        <x:v>24378.268</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>22829.262</x:v>
+        <x:v>23218.124</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45848.341412037</x:v>
+        <x:v>45869.9244560185</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>24007.767</x:v>
+        <x:v>24377.398</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>22864.907</x:v>
+        <x:v>23218.124</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45847.925787037</x:v>
+        <x:v>45869.3149189815</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>1.83</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>24008.152</x:v>
+        <x:v>24511.052</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>22864.907</x:v>
+        <x:v>23345.414</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45846.924849537</x:v>
+        <x:v>45868.9255439815</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>23837.245</x:v>
+        <x:v>24512.685</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>22702.25</x:v>
+        <x:v>23345.414</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45846.3251967593</x:v>
+        <x:v>45867.9289467593</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>2.01</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>23819.729</x:v>
+        <x:v>24473.17</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>22685.568</x:v>
+        <x:v>23308.303</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45845.9274884259</x:v>
+        <x:v>45867.3012731482</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>23819.676</x:v>
+        <x:v>24523.536</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>22685.568</x:v>
+        <x:v>23356.27</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45845.3087037037</x:v>
+        <x:v>45866.9278009259</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>2</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>24010.149</x:v>
+        <x:v>24524.084</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>22866.971</x:v>
+        <x:v>23356.27</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45841.8023611111</x:v>
+        <x:v>45863.9269212963</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>1.84</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>24008.165</x:v>
+        <x:v>24435.837</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>22866.971</x:v>
+        <x:v>23272.246</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45841.3248842593</x:v>
+        <x:v>45863.3330671296</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>23771.826</x:v>
+        <x:v>24380.837</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>22641.886</x:v>
+        <x:v>23219.865</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45840.9304282407</x:v>
+        <x:v>45862.9246180556</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>23772.349</x:v>
+        <x:v>24380.858</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>22641.886</x:v>
+        <x:v>23219.865</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45840.3303587963</x:v>
+        <x:v>45861.926412037</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>2.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>23600.411</x:v>
+        <x:v>24320.526</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>22478.135</x:v>
+        <x:v>23162.406</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45839.9249768518</x:v>
+        <x:v>45860.9261226852</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>2.42</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>23602.042</x:v>
+        <x:v>24216.757</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>22478.135</x:v>
+        <x:v>23063.578</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45859.9272800926</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>2.14</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>23812.152</x:v>
+        <x:v>24338.549</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>22679.009</x:v>
+        <x:v>23180.062</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45838.3080671296</x:v>
+        <x:v>45859.3186226852</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>23660.106</x:v>
+        <x:v>24218.232</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>22534.203</x:v>
+        <x:v>23065.474</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45835.9281828704</x:v>
+        <x:v>45856.9492013889</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>2.36</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>23660.499</x:v>
+        <x:v>24218.748</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>22534.203</x:v>
+        <x:v>23065.474</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45835.307025463</x:v>
+        <x:v>45855.9327893518</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>23569.242</x:v>
+        <x:v>24231.938</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>22447.292</x:v>
+        <x:v>23078.036</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45834.9274074074</x:v>
+        <x:v>45854.9360185185</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>2.5</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>23569.657</x:v>
+        <x:v>24053.365</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>22447.292</x:v>
+        <x:v>22907.967</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45833.9267824074</x:v>
+        <x:v>45853.9275925926</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>2.91</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>23349.29</x:v>
+        <x:v>24028.817</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>22237.743</x:v>
+        <x:v>22884.588</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45833.3086805556</x:v>
+        <x:v>45852.9328819444</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>2.96</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>23299.708</x:v>
+        <x:v>23998.414</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>22190.522</x:v>
+        <x:v>22855.632</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
+        <x:v>45849.9250347222</x:v>
+      </x:c>
+      <x:c r="B179" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C179" s="0">
+        <x:v>1.93</x:v>
+      </x:c>
+      <x:c r="D179" s="0">
+        <x:v>23919.558</x:v>
+      </x:c>
+      <x:c r="E179" s="0">
+        <x:v>22780.597</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="180" spans="1:5">
+      <x:c r="A180" s="1">
+        <x:v>45849.3223148148</x:v>
+      </x:c>
+      <x:c r="B180" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C180" s="0">
+        <x:v>1.92</x:v>
+      </x:c>
+      <x:c r="D180" s="0">
+        <x:v>23970.656</x:v>
+      </x:c>
+      <x:c r="E180" s="0">
+        <x:v>22829.262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="181" spans="1:5">
+      <x:c r="A181" s="1">
+        <x:v>45848.9261805556</x:v>
+      </x:c>
+      <x:c r="B181" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C181" s="0">
+        <x:v>1.87</x:v>
+      </x:c>
+      <x:c r="D181" s="0">
+        <x:v>23970.34</x:v>
+      </x:c>
+      <x:c r="E181" s="0">
+        <x:v>22829.262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="182" spans="1:5">
+      <x:c r="A182" s="1">
+        <x:v>45848.341412037</x:v>
+      </x:c>
+      <x:c r="B182" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C182" s="0">
+        <x:v>1.91</x:v>
+      </x:c>
+      <x:c r="D182" s="0">
+        <x:v>24007.767</x:v>
+      </x:c>
+      <x:c r="E182" s="0">
+        <x:v>22864.907</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="183" spans="1:5">
+      <x:c r="A183" s="1">
+        <x:v>45847.925787037</x:v>
+      </x:c>
+      <x:c r="B183" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C183" s="0">
+        <x:v>1.83</x:v>
+      </x:c>
+      <x:c r="D183" s="0">
+        <x:v>24008.152</x:v>
+      </x:c>
+      <x:c r="E183" s="0">
+        <x:v>22864.907</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="184" spans="1:5">
+      <x:c r="A184" s="1">
+        <x:v>45846.924849537</x:v>
+      </x:c>
+      <x:c r="B184" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C184" s="0">
+        <x:v>2.05</x:v>
+      </x:c>
+      <x:c r="D184" s="0">
+        <x:v>23837.245</x:v>
+      </x:c>
+      <x:c r="E184" s="0">
+        <x:v>22702.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="185" spans="1:5">
+      <x:c r="A185" s="1">
+        <x:v>45846.3251967593</x:v>
+      </x:c>
+      <x:c r="B185" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C185" s="0">
+        <x:v>2.01</x:v>
+      </x:c>
+      <x:c r="D185" s="0">
+        <x:v>23819.729</x:v>
+      </x:c>
+      <x:c r="E185" s="0">
+        <x:v>22685.568</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="186" spans="1:5">
+      <x:c r="A186" s="1">
+        <x:v>45845.9274884259</x:v>
+      </x:c>
+      <x:c r="B186" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C186" s="0">
+        <x:v>2.07</x:v>
+      </x:c>
+      <x:c r="D186" s="0">
+        <x:v>23819.676</x:v>
+      </x:c>
+      <x:c r="E186" s="0">
+        <x:v>22685.568</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="187" spans="1:5">
+      <x:c r="A187" s="1">
+        <x:v>45845.3087037037</x:v>
+      </x:c>
+      <x:c r="B187" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C187" s="0">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D187" s="0">
+        <x:v>24010.149</x:v>
+      </x:c>
+      <x:c r="E187" s="0">
+        <x:v>22866.971</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="188" spans="1:5">
+      <x:c r="A188" s="1">
+        <x:v>45841.8023611111</x:v>
+      </x:c>
+      <x:c r="B188" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C188" s="0">
+        <x:v>1.84</x:v>
+      </x:c>
+      <x:c r="D188" s="0">
+        <x:v>24008.165</x:v>
+      </x:c>
+      <x:c r="E188" s="0">
+        <x:v>22866.971</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="189" spans="1:5">
+      <x:c r="A189" s="1">
+        <x:v>45841.3248842593</x:v>
+      </x:c>
+      <x:c r="B189" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C189" s="0">
+        <x:v>2.13</x:v>
+      </x:c>
+      <x:c r="D189" s="0">
+        <x:v>23771.826</x:v>
+      </x:c>
+      <x:c r="E189" s="0">
+        <x:v>22641.886</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="190" spans="1:5">
+      <x:c r="A190" s="1">
+        <x:v>45840.9304282407</x:v>
+      </x:c>
+      <x:c r="B190" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C190" s="0">
+        <x:v>2.16</x:v>
+      </x:c>
+      <x:c r="D190" s="0">
+        <x:v>23772.349</x:v>
+      </x:c>
+      <x:c r="E190" s="0">
+        <x:v>22641.886</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="191" spans="1:5">
+      <x:c r="A191" s="1">
+        <x:v>45840.3303587963</x:v>
+      </x:c>
+      <x:c r="B191" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C191" s="0">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="D191" s="0">
+        <x:v>23600.411</x:v>
+      </x:c>
+      <x:c r="E191" s="0">
+        <x:v>22478.135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="192" spans="1:5">
+      <x:c r="A192" s="1">
+        <x:v>45839.9249768518</x:v>
+      </x:c>
+      <x:c r="B192" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C192" s="0">
+        <x:v>2.42</x:v>
+      </x:c>
+      <x:c r="D192" s="0">
+        <x:v>23602.042</x:v>
+      </x:c>
+      <x:c r="E192" s="0">
+        <x:v>22478.135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="193" spans="1:5">
+      <x:c r="A193" s="1">
+        <x:v>45838.9258564815</x:v>
+      </x:c>
+      <x:c r="B193" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C193" s="0">
+        <x:v>2.14</x:v>
+      </x:c>
+      <x:c r="D193" s="0">
+        <x:v>23812.152</x:v>
+      </x:c>
+      <x:c r="E193" s="0">
+        <x:v>22679.009</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="194" spans="1:5">
+      <x:c r="A194" s="1">
+        <x:v>45838.3080671296</x:v>
+      </x:c>
+      <x:c r="B194" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C194" s="0">
+        <x:v>2.16</x:v>
+      </x:c>
+      <x:c r="D194" s="0">
+        <x:v>23660.106</x:v>
+      </x:c>
+      <x:c r="E194" s="0">
+        <x:v>22534.203</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="195" spans="1:5">
+      <x:c r="A195" s="1">
+        <x:v>45835.9281828704</x:v>
+      </x:c>
+      <x:c r="B195" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C195" s="0">
+        <x:v>2.36</x:v>
+      </x:c>
+      <x:c r="D195" s="0">
+        <x:v>23660.499</x:v>
+      </x:c>
+      <x:c r="E195" s="0">
+        <x:v>22534.203</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="196" spans="1:5">
+      <x:c r="A196" s="1">
+        <x:v>45835.307025463</x:v>
+      </x:c>
+      <x:c r="B196" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C196" s="0">
+        <x:v>2.44</x:v>
+      </x:c>
+      <x:c r="D196" s="0">
+        <x:v>23569.242</x:v>
+      </x:c>
+      <x:c r="E196" s="0">
+        <x:v>22447.292</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="197" spans="1:5">
+      <x:c r="A197" s="1">
+        <x:v>45834.9274074074</x:v>
+      </x:c>
+      <x:c r="B197" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C197" s="0">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="D197" s="0">
+        <x:v>23569.657</x:v>
+      </x:c>
+      <x:c r="E197" s="0">
+        <x:v>22447.292</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="198" spans="1:5">
+      <x:c r="A198" s="1">
+        <x:v>45833.9267824074</x:v>
+      </x:c>
+      <x:c r="B198" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C198" s="0">
+        <x:v>2.91</x:v>
+      </x:c>
+      <x:c r="D198" s="0">
+        <x:v>23349.29</x:v>
+      </x:c>
+      <x:c r="E198" s="0">
+        <x:v>22237.743</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="199" spans="1:5">
+      <x:c r="A199" s="1">
+        <x:v>45833.3086805556</x:v>
+      </x:c>
+      <x:c r="B199" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C199" s="0">
+        <x:v>2.96</x:v>
+      </x:c>
+      <x:c r="D199" s="0">
+        <x:v>23299.708</x:v>
+      </x:c>
+      <x:c r="E199" s="0">
+        <x:v>22190.522</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="200" spans="1:5">
+      <x:c r="A200" s="1">
         <x:v>45832.9265740741</x:v>
       </x:c>
-      <x:c r="B179" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C179" s="0">
+      <x:c r="B200" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C200" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D179" s="0">
+      <x:c r="D200" s="0">
         <x:v>23300.048</x:v>
       </x:c>
-      <x:c r="E179" s="0">
+      <x:c r="E200" s="0">
         <x:v>22190.522</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>