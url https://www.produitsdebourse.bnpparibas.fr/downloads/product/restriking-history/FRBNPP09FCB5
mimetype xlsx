--- v3 (2025-12-26)
+++ v4 (2026-01-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0484f7dfc744278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d09869b15af94b239794c8e0266f5361.psmdcp" Id="Rfffb64ee9f2e4153" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ae820e6e8594ce4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1a44ae6126224b69b9de6a8b4f11894f.psmdcp" Id="R073f41cfcdca4e29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09FCB5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,3446 +390,3735 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E200"/>
+  <x:dimension ref="A1:E217"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46015.3842708333</x:v>
+        <x:v>46037.9281134259</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>26867.222</x:v>
+        <x:v>26824.424</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25547.07</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46014.9278125</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>26867.222</x:v>
+        <x:v>26737.567</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25465.94</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46036.3276157407</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>26732.063</x:v>
+        <x:v>27027.378</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>25461.7</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46013.2967013889</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>26610.767</x:v>
+        <x:v>27029.048</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46034.927974537</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>26613.489</x:v>
+        <x:v>27077.043</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25787.66</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46009.930775463</x:v>
+        <x:v>46031.9291087963</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>26270.338</x:v>
+        <x:v>27054.014</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>25019.37</x:v>
+        <x:v>25766.26</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46008.927662037</x:v>
+        <x:v>46031.324837963</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>25879.99</x:v>
+        <x:v>26781.896</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>24647.61</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46007.9278356481</x:v>
+        <x:v>46030.9271064815</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>26389.587</x:v>
+        <x:v>26782.455</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>25132.94</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46006.9271412037</x:v>
+        <x:v>46029.9279398148</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>26318.639</x:v>
+        <x:v>26936.595</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>25067.27</x:v>
+        <x:v>25653.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46006.3081134259</x:v>
+        <x:v>46028.9271643519</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>26454.572</x:v>
+        <x:v>26921.696</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25639.71</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46003.9269791667</x:v>
+        <x:v>46027.9295949074</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>26455.655</x:v>
+        <x:v>26671.386</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25401.32</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46003.3313657407</x:v>
+        <x:v>46024.9272453704</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>26970.113</x:v>
+        <x:v>26463.652</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25206.17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46002.9321064815</x:v>
+        <x:v>46024.2881828704</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>26971.024</x:v>
+        <x:v>26732.862</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46001.9271180556</x:v>
+        <x:v>46022.3246527778</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>27064.924</x:v>
+        <x:v>26735.688</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>25776.44</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46001.3340740741</x:v>
+        <x:v>46021.927025463</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>26951.786</x:v>
+        <x:v>26735.688</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46000.9276273148</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>26951.949</x:v>
+        <x:v>26801.188</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25525.56</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46000.3338310185</x:v>
+        <x:v>46020.3324768519</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>26909.172</x:v>
+        <x:v>26866.572</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>25627.95</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45999.3304166667</x:v>
+        <x:v>46015.3842708333</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>26974.736</x:v>
+        <x:v>26867.222</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45996.930787037</x:v>
+        <x:v>46014.9278125</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>26973.662</x:v>
+        <x:v>26867.222</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45996.3408449074</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>26857.794</x:v>
+        <x:v>26732.063</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25461.7</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45995.9303935185</x:v>
+        <x:v>46013.2967013889</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>26859.383</x:v>
+        <x:v>26610.767</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45995.3278819444</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>26885.465</x:v>
+        <x:v>26613.489</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45994.9277430556</x:v>
+        <x:v>46009.930775463</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>26885.359</x:v>
+        <x:v>26270.338</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45994.3371990741</x:v>
+        <x:v>46008.927662037</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>26832.145</x:v>
+        <x:v>25879.99</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>24647.61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46007.9278356481</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>26833.653</x:v>
+        <x:v>26389.587</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25132.94</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45992.9296759259</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>26609.992</x:v>
+        <x:v>26318.639</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>25342.849</x:v>
+        <x:v>25067.27</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45989.8197453704</x:v>
+        <x:v>46006.3081134259</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>26705.686</x:v>
+        <x:v>26454.572</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>25434.889</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45989.3082638889</x:v>
+        <x:v>46003.9269791667</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>26497.838</x:v>
+        <x:v>26455.655</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45987.9266435185</x:v>
+        <x:v>46003.3313657407</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>26497.266</x:v>
+        <x:v>26970.113</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45987.3195601852</x:v>
+        <x:v>46002.9321064815</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>26267.758</x:v>
+        <x:v>26971.024</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45986.9249305556</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>26269.169</x:v>
+        <x:v>27064.924</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25776.44</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46001.3340740741</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>26117.433</x:v>
+        <x:v>26951.786</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>24873.85</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45985.3068634259</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>25451.226</x:v>
+        <x:v>26951.949</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45982.9249768518</x:v>
+        <x:v>46000.3338310185</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>25449.855</x:v>
+        <x:v>26909.172</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25627.95</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45982.3125115741</x:v>
+        <x:v>45999.3304166667</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>25255.402</x:v>
+        <x:v>26974.736</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45981.9258796296</x:v>
+        <x:v>45996.930787037</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>25252.611</x:v>
+        <x:v>26973.662</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45981.3119560185</x:v>
+        <x:v>45996.3408449074</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>25868.053</x:v>
+        <x:v>26857.794</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>45995.9303935185</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>25872.364</x:v>
+        <x:v>26859.383</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45980.3054166667</x:v>
+        <x:v>45995.3278819444</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>25728.074</x:v>
+        <x:v>26885.465</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45979.9258564815</x:v>
+        <x:v>45994.9277430556</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>25727.695</x:v>
+        <x:v>26885.359</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>45994.3371990741</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>26039.358</x:v>
+        <x:v>26832.145</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45978.9281828704</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>26039.422</x:v>
+        <x:v>26833.653</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45978.3022569444</x:v>
+        <x:v>45992.9296759259</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>26258.162</x:v>
+        <x:v>26609.992</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25342.849</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45975.925775463</x:v>
+        <x:v>45989.8197453704</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>26255.61</x:v>
+        <x:v>26705.686</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25434.889</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45975.3077546296</x:v>
+        <x:v>45989.3082638889</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>26240.092</x:v>
+        <x:v>26497.838</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>45987.9266435185</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>26242.753</x:v>
+        <x:v>26497.266</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45974.318275463</x:v>
+        <x:v>45987.3195601852</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>26792.811</x:v>
+        <x:v>26267.758</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45973.9253009259</x:v>
+        <x:v>45986.9249305556</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>26792.965</x:v>
+        <x:v>26269.169</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45973.3365277778</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>26809.931</x:v>
+        <x:v>26117.433</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>24873.85</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45972.9253703704</x:v>
+        <x:v>45985.3068634259</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>26810.16</x:v>
+        <x:v>25451.226</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45971.9254050926</x:v>
+        <x:v>45982.9249768518</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>26889.041</x:v>
+        <x:v>25449.855</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>25611.737</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45971.2992708333</x:v>
+        <x:v>45982.3125115741</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>26309.515</x:v>
+        <x:v>25255.402</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45968.9254976852</x:v>
+        <x:v>45981.9258796296</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>26312.284</x:v>
+        <x:v>25252.611</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45968.3147453704</x:v>
+        <x:v>45981.3119560185</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>26386.03</x:v>
+        <x:v>25868.053</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>26386.544</x:v>
+        <x:v>25872.364</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45966.9253240741</x:v>
+        <x:v>45980.3054166667</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>26901.033</x:v>
+        <x:v>25728.074</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>25620.031</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45979.9258564815</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>26707.189</x:v>
+        <x:v>25727.695</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>25435.704</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45965.3316666667</x:v>
+        <x:v>45979.3133912037</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>27271.29</x:v>
+        <x:v>26039.358</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45964.9228587963</x:v>
+        <x:v>45978.9281828704</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>27271.59</x:v>
+        <x:v>26039.422</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45961.8819907407</x:v>
+        <x:v>45978.3022569444</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>27148.56</x:v>
+        <x:v>26258.162</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>25858.126</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45961.3396296296</x:v>
+        <x:v>45975.925775463</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>27019.082</x:v>
+        <x:v>26255.61</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45975.3077546296</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>27021.554</x:v>
+        <x:v>26240.092</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45959.8897800926</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>27425.63</x:v>
+        <x:v>26242.753</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>26119.846</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45959.3231944444</x:v>
+        <x:v>45974.318275463</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>27312.554</x:v>
+        <x:v>26792.811</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45958.8875</x:v>
+        <x:v>45973.9253009259</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>27312.429</x:v>
+        <x:v>26792.965</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45958.3305787037</x:v>
+        <x:v>45973.3365277778</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>27112.283</x:v>
+        <x:v>26809.931</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>25821.54</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45957.8876157407</x:v>
+        <x:v>45972.9253703704</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
         <x:v>0.16</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>27112.623</x:v>
+        <x:v>26810.16</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>25821.546</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45954.9259143519</x:v>
+        <x:v>45971.9254050926</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>26626.049</x:v>
+        <x:v>26889.041</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>25358.162</x:v>
+        <x:v>25611.737</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45954.3348032407</x:v>
+        <x:v>45971.2992708333</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>26352.265</x:v>
+        <x:v>26309.515</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45953.9278935185</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>26352.286</x:v>
+        <x:v>26312.284</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45952.9304398148</x:v>
+        <x:v>45968.3147453704</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>26122.955</x:v>
+        <x:v>26386.03</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>24879.005</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>26383.488</x:v>
+        <x:v>26386.544</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>25127.131</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45950.9289583333</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>26398.069</x:v>
+        <x:v>26901.033</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>25141.018</x:v>
+        <x:v>25620.031</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>26058.851</x:v>
+        <x:v>26707.189</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>24817.953</x:v>
+        <x:v>25435.704</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45946.9261921296</x:v>
+        <x:v>45965.3316666667</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>25890.103</x:v>
+        <x:v>27271.29</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>24657.241</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45945.9257060185</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>25982.626</x:v>
+        <x:v>27271.59</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>24745.358</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45944.9308449074</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>25808.283</x:v>
+        <x:v>27148.56</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>24579.317</x:v>
+        <x:v>25858.126</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45943.926712963</x:v>
+        <x:v>45961.3396296296</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>25987.765</x:v>
+        <x:v>27019.082</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>24750.252</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>25432.764</x:v>
+        <x:v>27021.554</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>24221.745</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45940.3354976852</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>26353.02</x:v>
+        <x:v>27425.63</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>25098.18</x:v>
+        <x:v>26119.846</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45939.3272685185</x:v>
+        <x:v>45959.3231944444</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>26393.011</x:v>
+        <x:v>27312.554</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>26393.454</x:v>
+        <x:v>27312.429</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45958.3305787037</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>26082.238</x:v>
+        <x:v>27112.283</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>24840.227</x:v>
+        <x:v>25821.54</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>26227.486</x:v>
+        <x:v>27112.623</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>24978.558</x:v>
+        <x:v>25821.546</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>26022.361</x:v>
+        <x:v>26626.049</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>24785.522</x:v>
+        <x:v>25358.162</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45933.331099537</x:v>
+        <x:v>45954.3348032407</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>26134.965</x:v>
+        <x:v>26352.265</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>26137.402</x:v>
+        <x:v>26352.286</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>26039.298</x:v>
+        <x:v>26122.955</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>24800.863</x:v>
+        <x:v>24879.005</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45931.334224537</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>25912.379</x:v>
+        <x:v>26383.488</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25127.131</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>25913.131</x:v>
+        <x:v>26398.069</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25141.018</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45930.332662037</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>25841.063</x:v>
+        <x:v>26058.851</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>24817.953</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45946.9261921296</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>25841.92</x:v>
+        <x:v>25890.103</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>24657.241</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45945.9257060185</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>25728.627</x:v>
+        <x:v>25982.626</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>24503.848</x:v>
+        <x:v>24745.358</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45926.3218055556</x:v>
+        <x:v>45944.9308449074</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>25616.763</x:v>
+        <x:v>25808.283</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>24579.317</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45943.926712963</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>25617.177</x:v>
+        <x:v>25987.765</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>24750.252</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45940.9234837963</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>25728.31</x:v>
+        <x:v>25432.764</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>24503.567</x:v>
+        <x:v>24221.745</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45924.3777662037</x:v>
+        <x:v>45940.3354976852</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>25808.741</x:v>
+        <x:v>26353.02</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>25098.18</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45923.925162037</x:v>
+        <x:v>45939.3272685185</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>25809.176</x:v>
+        <x:v>26393.011</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45922.9267013889</x:v>
+        <x:v>45938.9270601852</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>25996.051</x:v>
+        <x:v>26393.454</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>24761.074</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45922.3338773148</x:v>
+        <x:v>45937.9282175926</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>25854.483</x:v>
+        <x:v>26082.238</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>24840.227</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45919.934224537</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>25857.559</x:v>
+        <x:v>26227.486</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>24978.558</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45918.9265277778</x:v>
+        <x:v>45933.9288888889</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>25677.639</x:v>
+        <x:v>26022.361</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>24454.894</x:v>
+        <x:v>24785.522</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45917.9271180556</x:v>
+        <x:v>45933.331099537</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>25434.533</x:v>
+        <x:v>26134.965</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>24223.687</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45917.3258680556</x:v>
+        <x:v>45932.9250347222</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>25487.623</x:v>
+        <x:v>26137.402</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45931.9293634259</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>25487.962</x:v>
+        <x:v>26039.298</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24800.863</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45931.334224537</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>25506.654</x:v>
+        <x:v>25912.379</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>24293.781</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45930.9338773148</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>25294.986</x:v>
+        <x:v>25913.131</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45912.9234837963</x:v>
+        <x:v>45930.332662037</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>25295.977</x:v>
+        <x:v>25841.063</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45912.3096643519</x:v>
+        <x:v>45929.9323842593</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>25191.364</x:v>
+        <x:v>25841.92</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45926.9299537037</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>25192.059</x:v>
+        <x:v>25728.627</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24503.848</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45911.3307638889</x:v>
+        <x:v>45926.3218055556</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>25041.602</x:v>
+        <x:v>25616.763</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45910.9240625</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>25041.734</x:v>
+        <x:v>25617.177</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45909.924537037</x:v>
+        <x:v>45924.9296990741</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>25031.61</x:v>
+        <x:v>25728.31</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>23839.796</x:v>
+        <x:v>24503.567</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45909.3354861111</x:v>
+        <x:v>45924.3777662037</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>24950.239</x:v>
+        <x:v>25808.741</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45908.9240277778</x:v>
+        <x:v>45923.925162037</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>24949.143</x:v>
+        <x:v>25809.176</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45908.3013425926</x:v>
+        <x:v>45922.9267013889</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>24833.793</x:v>
+        <x:v>25996.051</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24761.074</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45922.3338773148</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>24832.075</x:v>
+        <x:v>25854.483</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45905.3095023148</x:v>
+        <x:v>45919.934224537</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>24811.673</x:v>
+        <x:v>25857.559</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45918.9265277778</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>24812.439</x:v>
+        <x:v>25677.639</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24454.894</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45904.3202083333</x:v>
+        <x:v>45917.9271180556</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>24583.356</x:v>
+        <x:v>25434.533</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24223.687</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45903.9235763889</x:v>
+        <x:v>45917.3258680556</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>1.02</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>24585.503</x:v>
+        <x:v>25487.623</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45903.3225115741</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>24392.585</x:v>
+        <x:v>25487.962</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45902.9238541667</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>24392.014</x:v>
+        <x:v>25506.654</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24293.781</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45902.3291782407</x:v>
+        <x:v>45915.3170833333</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>24585.542</x:v>
+        <x:v>25294.986</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45898.9303935185</x:v>
+        <x:v>45912.9234837963</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>1.03</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>24583.922</x:v>
+        <x:v>25295.977</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45898.3268518519</x:v>
+        <x:v>45912.3096643519</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>24886.354</x:v>
+        <x:v>25191.364</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>24888.622</x:v>
+        <x:v>25192.059</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45896.924837963</x:v>
+        <x:v>45911.3307638889</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>24744.075</x:v>
+        <x:v>25041.602</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>23565.846</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45896.3337615741</x:v>
+        <x:v>45910.9240625</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>0.97</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>24701.495</x:v>
+        <x:v>25041.734</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45909.924537037</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>0.98</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>24701.558</x:v>
+        <x:v>25031.61</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>23839.796</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45894.9239351852</x:v>
+        <x:v>45909.3354861111</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>1.04</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>24596.776</x:v>
+        <x:v>24950.239</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>23425.605</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45894.3297685185</x:v>
+        <x:v>45908.9240277778</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>1</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>24672.912</x:v>
+        <x:v>24949.143</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45908.3013425926</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>24671.005</x:v>
+        <x:v>24833.793</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45891.3279861111</x:v>
+        <x:v>45905.9285648148</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>1.31</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>24297.694</x:v>
+        <x:v>24832.075</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45890.9257060185</x:v>
+        <x:v>45905.3095023148</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>24295.665</x:v>
+        <x:v>24811.673</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45890.3406828704</x:v>
+        <x:v>45904.9245601852</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>24408.005</x:v>
+        <x:v>24812.439</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45889.9243287037</x:v>
+        <x:v>45904.3202083333</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>24412.048</x:v>
+        <x:v>24583.356</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23414.839</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45888.9238194444</x:v>
+        <x:v>45903.9235763889</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>1.11</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>24553.655</x:v>
+        <x:v>24585.503</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>23384.77</x:v>
+        <x:v>23414.839</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45888.3193055556</x:v>
+        <x:v>45903.3225115741</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>0.96</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>24899.093</x:v>
+        <x:v>24392.585</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23231.108</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45887.9246180556</x:v>
+        <x:v>45902.9238541667</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>24898.629</x:v>
+        <x:v>24392.014</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23231.108</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45887.3188773148</x:v>
+        <x:v>45902.3291782407</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>0.89</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>24896.856</x:v>
+        <x:v>24585.542</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>23712.07</x:v>
+        <x:v>23415.42</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45884.9247800926</x:v>
+        <x:v>45898.9303935185</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>24895.558</x:v>
+        <x:v>24583.922</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>23712.07</x:v>
+        <x:v>23415.42</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45884.3110069444</x:v>
+        <x:v>45898.3268518519</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>25021.948</x:v>
+        <x:v>24886.354</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>23832.442</x:v>
+        <x:v>23703.45</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45883.9240393518</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>25023.449</x:v>
+        <x:v>24888.622</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>23832.442</x:v>
+        <x:v>23703.45</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45883.3327777778</x:v>
+        <x:v>45896.924837963</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>25040.877</x:v>
+        <x:v>24744.075</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>23849.04</x:v>
+        <x:v>23565.846</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45896.3337615741</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>25041.492</x:v>
+        <x:v>24701.495</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>23849.04</x:v>
+        <x:v>23525.293</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45881.9233912037</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>25031.156</x:v>
+        <x:v>24701.558</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>23839.196</x:v>
+        <x:v>23525.293</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45880.9236111111</x:v>
+        <x:v>45894.9239351852</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>1.06</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>24700.346</x:v>
+        <x:v>24596.776</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>23526.634</x:v>
+        <x:v>23425.605</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45880.3183564815</x:v>
+        <x:v>45894.3297685185</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>0.98</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>24789.21</x:v>
+        <x:v>24672.912</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>23611.266</x:v>
+        <x:v>23498.115</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45877.9331828704</x:v>
+        <x:v>45891.9252083333</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>1</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>24790.767</x:v>
+        <x:v>24671.005</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>23611.266</x:v>
+        <x:v>23498.115</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45877.3108217593</x:v>
+        <x:v>45891.3279861111</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>1.12</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>24557.942</x:v>
+        <x:v>24297.694</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>23389.528</x:v>
+        <x:v>23142.58</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45876.9384953704</x:v>
+        <x:v>45890.9257060185</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>1.17</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>24559.004</x:v>
+        <x:v>24295.665</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>23389.528</x:v>
+        <x:v>23142.58</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45875.9344097222</x:v>
+        <x:v>45890.3406828704</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>1.22</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>24480.796</x:v>
+        <x:v>24408.005</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>23315.044</x:v>
+        <x:v>23249.57</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45889.9243287037</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>1.51</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>24169.187</x:v>
+        <x:v>24412.048</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>23018.56</x:v>
+        <x:v>23249.57</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45874.3206018519</x:v>
+        <x:v>45888.9238194444</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>24347.737</x:v>
+        <x:v>24553.655</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>23188.608</x:v>
+        <x:v>23384.77</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45873.931400463</x:v>
+        <x:v>45888.3193055556</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>1.36</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>24348.038</x:v>
+        <x:v>24899.093</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>23188.608</x:v>
+        <x:v>23713.759</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45870.9273842593</x:v>
+        <x:v>45887.9246180556</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>1.88</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>23900.716</x:v>
+        <x:v>24898.629</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>22763.313</x:v>
+        <x:v>23713.759</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45870.3093634259</x:v>
+        <x:v>45887.3188773148</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>1.48</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>24378.268</x:v>
+        <x:v>24896.856</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>23218.124</x:v>
+        <x:v>23712.07</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45869.9244560185</x:v>
+        <x:v>45884.9247800926</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>1.45</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>24377.398</x:v>
+        <x:v>24895.558</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>23218.124</x:v>
+        <x:v>23712.07</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45869.3149189815</x:v>
+        <x:v>45884.3110069444</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>24511.052</x:v>
+        <x:v>25021.948</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>23345.414</x:v>
+        <x:v>23832.442</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45868.9255439815</x:v>
+        <x:v>45883.9240393518</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>1.34</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>24512.685</x:v>
+        <x:v>25023.449</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>23345.414</x:v>
+        <x:v>23832.442</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45867.9289467593</x:v>
+        <x:v>45883.3327777778</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>24473.17</x:v>
+        <x:v>25040.877</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>23308.303</x:v>
+        <x:v>23849.04</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45867.3012731482</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>24523.536</x:v>
+        <x:v>25041.492</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>23356.27</x:v>
+        <x:v>23849.04</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45866.9278009259</x:v>
+        <x:v>45881.9233912037</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>1.33</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>24524.084</x:v>
+        <x:v>25031.156</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>23356.27</x:v>
+        <x:v>23839.196</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45863.9269212963</x:v>
+        <x:v>45880.9236111111</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>1.4</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>24435.837</x:v>
+        <x:v>24700.346</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>23272.246</x:v>
+        <x:v>23526.634</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45863.3330671296</x:v>
+        <x:v>45880.3183564815</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>1.41</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>24380.837</x:v>
+        <x:v>24789.21</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>23219.865</x:v>
+        <x:v>23611.266</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45862.9246180556</x:v>
+        <x:v>45877.9331828704</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>1.45</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>24380.858</x:v>
+        <x:v>24790.767</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>23219.865</x:v>
+        <x:v>23611.266</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45861.926412037</x:v>
+        <x:v>45877.3108217593</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>1.5</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>24320.526</x:v>
+        <x:v>24557.942</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>23162.406</x:v>
+        <x:v>23389.528</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45860.9261226852</x:v>
+        <x:v>45876.9384953704</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>24216.757</x:v>
+        <x:v>24559.004</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>23063.578</x:v>
+        <x:v>23389.528</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45859.9272800926</x:v>
+        <x:v>45875.9344097222</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>1.49</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>24338.549</x:v>
+        <x:v>24480.796</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>23180.062</x:v>
+        <x:v>23315.044</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45859.3186226852</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>1.57</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>24218.232</x:v>
+        <x:v>24169.187</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>23065.474</x:v>
+        <x:v>23018.56</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45856.9492013889</x:v>
+        <x:v>45874.3206018519</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>24218.748</x:v>
+        <x:v>24347.737</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>23065.474</x:v>
+        <x:v>23188.608</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45855.9327893518</x:v>
+        <x:v>45873.931400463</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>24231.938</x:v>
+        <x:v>24348.038</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>23078.036</x:v>
+        <x:v>23188.608</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45854.9360185185</x:v>
+        <x:v>45870.9273842593</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>24053.365</x:v>
+        <x:v>23900.716</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>22907.967</x:v>
+        <x:v>22763.313</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45853.9275925926</x:v>
+        <x:v>45870.3093634259</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>1.81</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>24028.817</x:v>
+        <x:v>24378.268</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>22884.588</x:v>
+        <x:v>23218.124</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45852.9328819444</x:v>
+        <x:v>45869.9244560185</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>1.85</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>23998.414</x:v>
+        <x:v>24377.398</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>22855.632</x:v>
+        <x:v>23218.124</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45849.9250347222</x:v>
+        <x:v>45869.3149189815</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>23919.558</x:v>
+        <x:v>24511.052</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>22780.597</x:v>
+        <x:v>23345.414</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45849.3223148148</x:v>
+        <x:v>45868.9255439815</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>23970.656</x:v>
+        <x:v>24512.685</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>22829.262</x:v>
+        <x:v>23345.414</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45848.9261805556</x:v>
+        <x:v>45867.9289467593</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>1.87</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>23970.34</x:v>
+        <x:v>24473.17</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>22829.262</x:v>
+        <x:v>23308.303</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45848.341412037</x:v>
+        <x:v>45867.3012731482</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>24007.767</x:v>
+        <x:v>24523.536</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>22864.907</x:v>
+        <x:v>23356.27</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45847.925787037</x:v>
+        <x:v>45866.9278009259</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>1.83</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>24008.152</x:v>
+        <x:v>24524.084</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>22864.907</x:v>
+        <x:v>23356.27</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45846.924849537</x:v>
+        <x:v>45863.9269212963</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>23837.245</x:v>
+        <x:v>24435.837</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>22702.25</x:v>
+        <x:v>23272.246</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45846.3251967593</x:v>
+        <x:v>45863.3330671296</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>2.01</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>23819.729</x:v>
+        <x:v>24380.837</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>22685.568</x:v>
+        <x:v>23219.865</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45845.9274884259</x:v>
+        <x:v>45862.9246180556</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>23819.676</x:v>
+        <x:v>24380.858</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>22685.568</x:v>
+        <x:v>23219.865</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45845.3087037037</x:v>
+        <x:v>45861.926412037</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>2</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>24010.149</x:v>
+        <x:v>24320.526</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>22866.971</x:v>
+        <x:v>23162.406</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45841.8023611111</x:v>
+        <x:v>45860.9261226852</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>1.84</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>24008.165</x:v>
+        <x:v>24216.757</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>22866.971</x:v>
+        <x:v>23063.578</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45841.3248842593</x:v>
+        <x:v>45859.9272800926</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>23771.826</x:v>
+        <x:v>24338.549</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>22641.886</x:v>
+        <x:v>23180.062</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45840.9304282407</x:v>
+        <x:v>45859.3186226852</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>23772.349</x:v>
+        <x:v>24218.232</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>22641.886</x:v>
+        <x:v>23065.474</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45840.3303587963</x:v>
+        <x:v>45856.9492013889</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>2.3</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>23600.411</x:v>
+        <x:v>24218.748</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>22478.135</x:v>
+        <x:v>23065.474</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45839.9249768518</x:v>
+        <x:v>45855.9327893518</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>2.42</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>23602.042</x:v>
+        <x:v>24231.938</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>22478.135</x:v>
+        <x:v>23078.036</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45854.9360185185</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>2.14</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>23812.152</x:v>
+        <x:v>24053.365</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>22679.009</x:v>
+        <x:v>22907.967</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45838.3080671296</x:v>
+        <x:v>45853.9275925926</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>23660.106</x:v>
+        <x:v>24028.817</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>22534.203</x:v>
+        <x:v>22884.588</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45835.9281828704</x:v>
+        <x:v>45852.9328819444</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>2.36</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>23660.499</x:v>
+        <x:v>23998.414</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>22534.203</x:v>
+        <x:v>22855.632</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45835.307025463</x:v>
+        <x:v>45849.9250347222</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>23569.242</x:v>
+        <x:v>23919.558</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>22447.292</x:v>
+        <x:v>22780.597</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45834.9274074074</x:v>
+        <x:v>45849.3223148148</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>2.5</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>23569.657</x:v>
+        <x:v>23970.656</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>22447.292</x:v>
+        <x:v>22829.262</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45833.9267824074</x:v>
+        <x:v>45848.9261805556</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>2.91</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>23349.29</x:v>
+        <x:v>23970.34</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>22237.743</x:v>
+        <x:v>22829.262</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45833.3086805556</x:v>
+        <x:v>45848.341412037</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>2.96</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>23299.708</x:v>
+        <x:v>24007.767</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>22190.522</x:v>
+        <x:v>22864.907</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
+        <x:v>45847.925787037</x:v>
+      </x:c>
+      <x:c r="B200" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C200" s="0">
+        <x:v>1.83</x:v>
+      </x:c>
+      <x:c r="D200" s="0">
+        <x:v>24008.152</x:v>
+      </x:c>
+      <x:c r="E200" s="0">
+        <x:v>22864.907</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="201" spans="1:5">
+      <x:c r="A201" s="1">
+        <x:v>45846.924849537</x:v>
+      </x:c>
+      <x:c r="B201" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C201" s="0">
+        <x:v>2.05</x:v>
+      </x:c>
+      <x:c r="D201" s="0">
+        <x:v>23837.245</x:v>
+      </x:c>
+      <x:c r="E201" s="0">
+        <x:v>22702.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="202" spans="1:5">
+      <x:c r="A202" s="1">
+        <x:v>45846.3251967593</x:v>
+      </x:c>
+      <x:c r="B202" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C202" s="0">
+        <x:v>2.01</x:v>
+      </x:c>
+      <x:c r="D202" s="0">
+        <x:v>23819.729</x:v>
+      </x:c>
+      <x:c r="E202" s="0">
+        <x:v>22685.568</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="203" spans="1:5">
+      <x:c r="A203" s="1">
+        <x:v>45845.9274884259</x:v>
+      </x:c>
+      <x:c r="B203" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C203" s="0">
+        <x:v>2.07</x:v>
+      </x:c>
+      <x:c r="D203" s="0">
+        <x:v>23819.676</x:v>
+      </x:c>
+      <x:c r="E203" s="0">
+        <x:v>22685.568</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="204" spans="1:5">
+      <x:c r="A204" s="1">
+        <x:v>45845.3087037037</x:v>
+      </x:c>
+      <x:c r="B204" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C204" s="0">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D204" s="0">
+        <x:v>24010.149</x:v>
+      </x:c>
+      <x:c r="E204" s="0">
+        <x:v>22866.971</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="205" spans="1:5">
+      <x:c r="A205" s="1">
+        <x:v>45841.8023611111</x:v>
+      </x:c>
+      <x:c r="B205" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C205" s="0">
+        <x:v>1.84</x:v>
+      </x:c>
+      <x:c r="D205" s="0">
+        <x:v>24008.165</x:v>
+      </x:c>
+      <x:c r="E205" s="0">
+        <x:v>22866.971</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="206" spans="1:5">
+      <x:c r="A206" s="1">
+        <x:v>45841.3248842593</x:v>
+      </x:c>
+      <x:c r="B206" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C206" s="0">
+        <x:v>2.13</x:v>
+      </x:c>
+      <x:c r="D206" s="0">
+        <x:v>23771.826</x:v>
+      </x:c>
+      <x:c r="E206" s="0">
+        <x:v>22641.886</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="207" spans="1:5">
+      <x:c r="A207" s="1">
+        <x:v>45840.9304282407</x:v>
+      </x:c>
+      <x:c r="B207" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C207" s="0">
+        <x:v>2.16</x:v>
+      </x:c>
+      <x:c r="D207" s="0">
+        <x:v>23772.349</x:v>
+      </x:c>
+      <x:c r="E207" s="0">
+        <x:v>22641.886</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="208" spans="1:5">
+      <x:c r="A208" s="1">
+        <x:v>45840.3303587963</x:v>
+      </x:c>
+      <x:c r="B208" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C208" s="0">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="D208" s="0">
+        <x:v>23600.411</x:v>
+      </x:c>
+      <x:c r="E208" s="0">
+        <x:v>22478.135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="209" spans="1:5">
+      <x:c r="A209" s="1">
+        <x:v>45839.9249768518</x:v>
+      </x:c>
+      <x:c r="B209" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C209" s="0">
+        <x:v>2.42</x:v>
+      </x:c>
+      <x:c r="D209" s="0">
+        <x:v>23602.042</x:v>
+      </x:c>
+      <x:c r="E209" s="0">
+        <x:v>22478.135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="210" spans="1:5">
+      <x:c r="A210" s="1">
+        <x:v>45838.9258564815</x:v>
+      </x:c>
+      <x:c r="B210" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C210" s="0">
+        <x:v>2.14</x:v>
+      </x:c>
+      <x:c r="D210" s="0">
+        <x:v>23812.152</x:v>
+      </x:c>
+      <x:c r="E210" s="0">
+        <x:v>22679.009</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="211" spans="1:5">
+      <x:c r="A211" s="1">
+        <x:v>45838.3080671296</x:v>
+      </x:c>
+      <x:c r="B211" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C211" s="0">
+        <x:v>2.16</x:v>
+      </x:c>
+      <x:c r="D211" s="0">
+        <x:v>23660.106</x:v>
+      </x:c>
+      <x:c r="E211" s="0">
+        <x:v>22534.203</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="212" spans="1:5">
+      <x:c r="A212" s="1">
+        <x:v>45835.9281828704</x:v>
+      </x:c>
+      <x:c r="B212" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C212" s="0">
+        <x:v>2.36</x:v>
+      </x:c>
+      <x:c r="D212" s="0">
+        <x:v>23660.499</x:v>
+      </x:c>
+      <x:c r="E212" s="0">
+        <x:v>22534.203</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="213" spans="1:5">
+      <x:c r="A213" s="1">
+        <x:v>45835.307025463</x:v>
+      </x:c>
+      <x:c r="B213" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C213" s="0">
+        <x:v>2.44</x:v>
+      </x:c>
+      <x:c r="D213" s="0">
+        <x:v>23569.242</x:v>
+      </x:c>
+      <x:c r="E213" s="0">
+        <x:v>22447.292</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="214" spans="1:5">
+      <x:c r="A214" s="1">
+        <x:v>45834.9274074074</x:v>
+      </x:c>
+      <x:c r="B214" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C214" s="0">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="D214" s="0">
+        <x:v>23569.657</x:v>
+      </x:c>
+      <x:c r="E214" s="0">
+        <x:v>22447.292</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="215" spans="1:5">
+      <x:c r="A215" s="1">
+        <x:v>45833.9267824074</x:v>
+      </x:c>
+      <x:c r="B215" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C215" s="0">
+        <x:v>2.91</x:v>
+      </x:c>
+      <x:c r="D215" s="0">
+        <x:v>23349.29</x:v>
+      </x:c>
+      <x:c r="E215" s="0">
+        <x:v>22237.743</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="216" spans="1:5">
+      <x:c r="A216" s="1">
+        <x:v>45833.3086805556</x:v>
+      </x:c>
+      <x:c r="B216" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C216" s="0">
+        <x:v>2.96</x:v>
+      </x:c>
+      <x:c r="D216" s="0">
+        <x:v>23299.708</x:v>
+      </x:c>
+      <x:c r="E216" s="0">
+        <x:v>22190.522</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="217" spans="1:5">
+      <x:c r="A217" s="1">
         <x:v>45832.9265740741</x:v>
       </x:c>
-      <x:c r="B200" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C200" s="0">
+      <x:c r="B217" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C217" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D200" s="0">
+      <x:c r="D217" s="0">
         <x:v>23300.048</x:v>
       </x:c>
-      <x:c r="E200" s="0">
+      <x:c r="E217" s="0">
         <x:v>22190.522</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>