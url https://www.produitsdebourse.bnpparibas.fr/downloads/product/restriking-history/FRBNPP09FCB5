--- v4 (2026-01-16)
+++ v5 (2026-02-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ae820e6e8594ce4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1a44ae6126224b69b9de6a8b4f11894f.psmdcp" Id="R073f41cfcdca4e29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb08b5b8d441945cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95d040d8070445e3856b59188c423468.psmdcp" Id="R097f7075acf44ab9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09FCB5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,3735 +390,4024 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E217"/>
+  <x:dimension ref="A1:E234"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46037.9281134259</x:v>
+        <x:v>46062.2992013889</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>26824.424</x:v>
+        <x:v>26327.677</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>25547.07</x:v>
+        <x:v>25075.77</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46036.927349537</x:v>
+        <x:v>46058.9255324074</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>26737.567</x:v>
+        <x:v>25776.124</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>25465.94</x:v>
+        <x:v>24548.69</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46036.3276157407</x:v>
+        <x:v>46057.9258564815</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>27027.378</x:v>
+        <x:v>26135.802</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>24891.24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46035.9279976852</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>27029.048</x:v>
+        <x:v>26605.551</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>25338.62</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46034.927974537</x:v>
+        <x:v>46055.9254398148</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>27077.043</x:v>
+        <x:v>27025.54</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>25787.66</x:v>
+        <x:v>25738.61</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46031.9291087963</x:v>
+        <x:v>46052.2983449074</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>27054.014</x:v>
+        <x:v>27175.981</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>25766.26</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46031.324837963</x:v>
+        <x:v>46051.9256481481</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>26781.896</x:v>
+        <x:v>27178.132</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46030.9271064815</x:v>
+        <x:v>46051.3032407407</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>26782.455</x:v>
+        <x:v>27323.557</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46029.9279398148</x:v>
+        <x:v>46050.9251736111</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>26936.595</x:v>
+        <x:v>27323.404</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>25653.9</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46028.9271643519</x:v>
+        <x:v>46050.299224537</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>26921.696</x:v>
+        <x:v>27236.201</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>25639.71</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46027.9295949074</x:v>
+        <x:v>46049.9250231481</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>26671.386</x:v>
+        <x:v>27236.727</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>25401.32</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46024.9272453704</x:v>
+        <x:v>46048.9247916667</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>26463.652</x:v>
+        <x:v>26998.87</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>25206.17</x:v>
+        <x:v>25713.21</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46024.2881828704</x:v>
+        <x:v>46045.9251736111</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>26732.862</x:v>
+        <x:v>26885.744</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>25605.47</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46022.3246527778</x:v>
+        <x:v>46044.9246180556</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>26735.688</x:v>
+        <x:v>26794.268</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>25518.35</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46021.927025463</x:v>
+        <x:v>46043.925474537</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>26735.688</x:v>
+        <x:v>26592.909</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>25326.58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46020.9274074074</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>26801.188</x:v>
+        <x:v>26236.948</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>25525.56</x:v>
+        <x:v>24987.57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46020.3324768519</x:v>
+        <x:v>46038.9244097222</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>26866.572</x:v>
+        <x:v>26805.723</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25529.26</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46015.3842708333</x:v>
+        <x:v>46037.9281134259</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>26867.222</x:v>
+        <x:v>26824.424</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25547.07</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46014.9278125</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>26867.222</x:v>
+        <x:v>26737.567</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25465.94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46036.3276157407</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>26732.063</x:v>
+        <x:v>27027.378</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>25461.7</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46013.2967013889</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>26610.767</x:v>
+        <x:v>27029.048</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46034.927974537</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>26613.489</x:v>
+        <x:v>27077.043</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25787.66</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46009.930775463</x:v>
+        <x:v>46031.9291087963</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>26270.338</x:v>
+        <x:v>27054.014</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>25019.37</x:v>
+        <x:v>25766.26</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46008.927662037</x:v>
+        <x:v>46031.324837963</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>25879.99</x:v>
+        <x:v>26781.896</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>24647.61</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46007.9278356481</x:v>
+        <x:v>46030.9271064815</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>26389.587</x:v>
+        <x:v>26782.455</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>25132.94</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46006.9271412037</x:v>
+        <x:v>46029.9279398148</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>26318.639</x:v>
+        <x:v>26936.595</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>25067.27</x:v>
+        <x:v>25653.9</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46006.3081134259</x:v>
+        <x:v>46028.9271643519</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>26454.572</x:v>
+        <x:v>26921.696</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25639.71</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46003.9269791667</x:v>
+        <x:v>46027.9295949074</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>26455.655</x:v>
+        <x:v>26671.386</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25401.32</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46003.3313657407</x:v>
+        <x:v>46024.9272453704</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>26970.113</x:v>
+        <x:v>26463.652</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25206.17</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46002.9321064815</x:v>
+        <x:v>46024.2881828704</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>26971.024</x:v>
+        <x:v>26732.862</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46001.9271180556</x:v>
+        <x:v>46022.3246527778</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>27064.924</x:v>
+        <x:v>26735.688</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>25776.44</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46001.3340740741</x:v>
+        <x:v>46021.927025463</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>26951.786</x:v>
+        <x:v>26735.688</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46000.9276273148</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>26951.949</x:v>
+        <x:v>26801.188</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25525.56</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46000.3338310185</x:v>
+        <x:v>46020.3324768519</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>26909.172</x:v>
+        <x:v>26866.572</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>25627.95</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45999.3304166667</x:v>
+        <x:v>46015.3842708333</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>26974.736</x:v>
+        <x:v>26867.222</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45996.930787037</x:v>
+        <x:v>46014.9278125</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>26973.662</x:v>
+        <x:v>26867.222</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45996.3408449074</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>26857.794</x:v>
+        <x:v>26732.063</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25461.7</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45995.9303935185</x:v>
+        <x:v>46013.2967013889</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>26859.383</x:v>
+        <x:v>26610.767</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45995.3278819444</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>26885.465</x:v>
+        <x:v>26613.489</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45994.9277430556</x:v>
+        <x:v>46009.930775463</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>26885.359</x:v>
+        <x:v>26270.338</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45994.3371990741</x:v>
+        <x:v>46008.927662037</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>26832.145</x:v>
+        <x:v>25879.99</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>24647.61</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46007.9278356481</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>26833.653</x:v>
+        <x:v>26389.587</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25132.94</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45992.9296759259</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>26609.992</x:v>
+        <x:v>26318.639</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>25342.849</x:v>
+        <x:v>25067.27</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45989.8197453704</x:v>
+        <x:v>46006.3081134259</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>26705.686</x:v>
+        <x:v>26454.572</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>25434.889</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45989.3082638889</x:v>
+        <x:v>46003.9269791667</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>26497.838</x:v>
+        <x:v>26455.655</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45987.9266435185</x:v>
+        <x:v>46003.3313657407</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>26497.266</x:v>
+        <x:v>26970.113</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45987.3195601852</x:v>
+        <x:v>46002.9321064815</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>26267.758</x:v>
+        <x:v>26971.024</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45986.9249305556</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>26269.169</x:v>
+        <x:v>27064.924</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25776.44</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46001.3340740741</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>26117.433</x:v>
+        <x:v>26951.786</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>24873.85</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45985.3068634259</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>25451.226</x:v>
+        <x:v>26951.949</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45982.9249768518</x:v>
+        <x:v>46000.3338310185</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>25449.855</x:v>
+        <x:v>26909.172</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25627.95</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45982.3125115741</x:v>
+        <x:v>45999.3304166667</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>25255.402</x:v>
+        <x:v>26974.736</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45981.9258796296</x:v>
+        <x:v>45996.930787037</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>25252.611</x:v>
+        <x:v>26973.662</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45981.3119560185</x:v>
+        <x:v>45996.3408449074</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>25868.053</x:v>
+        <x:v>26857.794</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>45995.9303935185</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>25872.364</x:v>
+        <x:v>26859.383</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45980.3054166667</x:v>
+        <x:v>45995.3278819444</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>25728.074</x:v>
+        <x:v>26885.465</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45979.9258564815</x:v>
+        <x:v>45994.9277430556</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>25727.695</x:v>
+        <x:v>26885.359</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>45994.3371990741</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>26039.358</x:v>
+        <x:v>26832.145</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45978.9281828704</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>26039.422</x:v>
+        <x:v>26833.653</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45978.3022569444</x:v>
+        <x:v>45992.9296759259</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>26258.162</x:v>
+        <x:v>26609.992</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25342.849</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45975.925775463</x:v>
+        <x:v>45989.8197453704</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>26255.61</x:v>
+        <x:v>26705.686</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25434.889</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45975.3077546296</x:v>
+        <x:v>45989.3082638889</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>26240.092</x:v>
+        <x:v>26497.838</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>45987.9266435185</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>26242.753</x:v>
+        <x:v>26497.266</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45974.318275463</x:v>
+        <x:v>45987.3195601852</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>26792.811</x:v>
+        <x:v>26267.758</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45973.9253009259</x:v>
+        <x:v>45986.9249305556</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>26792.965</x:v>
+        <x:v>26269.169</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45973.3365277778</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>26809.931</x:v>
+        <x:v>26117.433</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>24873.85</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45972.9253703704</x:v>
+        <x:v>45985.3068634259</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>26810.16</x:v>
+        <x:v>25451.226</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45971.9254050926</x:v>
+        <x:v>45982.9249768518</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>26889.041</x:v>
+        <x:v>25449.855</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>25611.737</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45971.2992708333</x:v>
+        <x:v>45982.3125115741</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>26309.515</x:v>
+        <x:v>25255.402</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45968.9254976852</x:v>
+        <x:v>45981.9258796296</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>26312.284</x:v>
+        <x:v>25252.611</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45968.3147453704</x:v>
+        <x:v>45981.3119560185</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>26386.03</x:v>
+        <x:v>25868.053</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>26386.544</x:v>
+        <x:v>25872.364</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45966.9253240741</x:v>
+        <x:v>45980.3054166667</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>26901.033</x:v>
+        <x:v>25728.074</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>25620.031</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45979.9258564815</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>26707.189</x:v>
+        <x:v>25727.695</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>25435.704</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45965.3316666667</x:v>
+        <x:v>45979.3133912037</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>27271.29</x:v>
+        <x:v>26039.358</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45964.9228587963</x:v>
+        <x:v>45978.9281828704</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>27271.59</x:v>
+        <x:v>26039.422</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45961.8819907407</x:v>
+        <x:v>45978.3022569444</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>27148.56</x:v>
+        <x:v>26258.162</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>25858.126</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45961.3396296296</x:v>
+        <x:v>45975.925775463</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>27019.082</x:v>
+        <x:v>26255.61</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45975.3077546296</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>27021.554</x:v>
+        <x:v>26240.092</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45959.8897800926</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>27425.63</x:v>
+        <x:v>26242.753</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>26119.846</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45959.3231944444</x:v>
+        <x:v>45974.318275463</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>27312.554</x:v>
+        <x:v>26792.811</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45958.8875</x:v>
+        <x:v>45973.9253009259</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>27312.429</x:v>
+        <x:v>26792.965</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45958.3305787037</x:v>
+        <x:v>45973.3365277778</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>27112.283</x:v>
+        <x:v>26809.931</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>25821.54</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45957.8876157407</x:v>
+        <x:v>45972.9253703704</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
         <x:v>0.16</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>27112.623</x:v>
+        <x:v>26810.16</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>25821.546</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45954.9259143519</x:v>
+        <x:v>45971.9254050926</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>26626.049</x:v>
+        <x:v>26889.041</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>25358.162</x:v>
+        <x:v>25611.737</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45954.3348032407</x:v>
+        <x:v>45971.2992708333</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>26352.265</x:v>
+        <x:v>26309.515</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45953.9278935185</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>26352.286</x:v>
+        <x:v>26312.284</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45952.9304398148</x:v>
+        <x:v>45968.3147453704</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>26122.955</x:v>
+        <x:v>26386.03</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>24879.005</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>26383.488</x:v>
+        <x:v>26386.544</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>25127.131</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45950.9289583333</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>26398.069</x:v>
+        <x:v>26901.033</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>25141.018</x:v>
+        <x:v>25620.031</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>26058.851</x:v>
+        <x:v>26707.189</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>24817.953</x:v>
+        <x:v>25435.704</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45946.9261921296</x:v>
+        <x:v>45965.3316666667</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>25890.103</x:v>
+        <x:v>27271.29</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>24657.241</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45945.9257060185</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>25982.626</x:v>
+        <x:v>27271.59</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>24745.358</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45944.9308449074</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>25808.283</x:v>
+        <x:v>27148.56</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>24579.317</x:v>
+        <x:v>25858.126</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45943.926712963</x:v>
+        <x:v>45961.3396296296</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>25987.765</x:v>
+        <x:v>27019.082</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>24750.252</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>25432.764</x:v>
+        <x:v>27021.554</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>24221.745</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45940.3354976852</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>26353.02</x:v>
+        <x:v>27425.63</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>25098.18</x:v>
+        <x:v>26119.846</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45939.3272685185</x:v>
+        <x:v>45959.3231944444</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>26393.011</x:v>
+        <x:v>27312.554</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>26393.454</x:v>
+        <x:v>27312.429</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45958.3305787037</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>26082.238</x:v>
+        <x:v>27112.283</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>24840.227</x:v>
+        <x:v>25821.54</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>26227.486</x:v>
+        <x:v>27112.623</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>24978.558</x:v>
+        <x:v>25821.546</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>26022.361</x:v>
+        <x:v>26626.049</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>24785.522</x:v>
+        <x:v>25358.162</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45933.331099537</x:v>
+        <x:v>45954.3348032407</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>26134.965</x:v>
+        <x:v>26352.265</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>26137.402</x:v>
+        <x:v>26352.286</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>26039.298</x:v>
+        <x:v>26122.955</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>24800.863</x:v>
+        <x:v>24879.005</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45931.334224537</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>25912.379</x:v>
+        <x:v>26383.488</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25127.131</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>25913.131</x:v>
+        <x:v>26398.069</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25141.018</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45930.332662037</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>25841.063</x:v>
+        <x:v>26058.851</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>24817.953</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45946.9261921296</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>25841.92</x:v>
+        <x:v>25890.103</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>24657.241</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45945.9257060185</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>25728.627</x:v>
+        <x:v>25982.626</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>24503.848</x:v>
+        <x:v>24745.358</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45926.3218055556</x:v>
+        <x:v>45944.9308449074</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>25616.763</x:v>
+        <x:v>25808.283</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>24579.317</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45943.926712963</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>25617.177</x:v>
+        <x:v>25987.765</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>24750.252</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45940.9234837963</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>25728.31</x:v>
+        <x:v>25432.764</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>24503.567</x:v>
+        <x:v>24221.745</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45924.3777662037</x:v>
+        <x:v>45940.3354976852</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>25808.741</x:v>
+        <x:v>26353.02</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>25098.18</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45923.925162037</x:v>
+        <x:v>45939.3272685185</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>25809.176</x:v>
+        <x:v>26393.011</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45922.9267013889</x:v>
+        <x:v>45938.9270601852</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>25996.051</x:v>
+        <x:v>26393.454</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>24761.074</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45922.3338773148</x:v>
+        <x:v>45937.9282175926</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>25854.483</x:v>
+        <x:v>26082.238</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>24840.227</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45919.934224537</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>25857.559</x:v>
+        <x:v>26227.486</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>24978.558</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45918.9265277778</x:v>
+        <x:v>45933.9288888889</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>25677.639</x:v>
+        <x:v>26022.361</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>24454.894</x:v>
+        <x:v>24785.522</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45917.9271180556</x:v>
+        <x:v>45933.331099537</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>25434.533</x:v>
+        <x:v>26134.965</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>24223.687</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45917.3258680556</x:v>
+        <x:v>45932.9250347222</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>25487.623</x:v>
+        <x:v>26137.402</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45931.9293634259</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>25487.962</x:v>
+        <x:v>26039.298</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24800.863</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45931.334224537</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>25506.654</x:v>
+        <x:v>25912.379</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>24293.781</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45930.9338773148</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>25294.986</x:v>
+        <x:v>25913.131</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45912.9234837963</x:v>
+        <x:v>45930.332662037</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>25295.977</x:v>
+        <x:v>25841.063</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45912.3096643519</x:v>
+        <x:v>45929.9323842593</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>25191.364</x:v>
+        <x:v>25841.92</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45926.9299537037</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>25192.059</x:v>
+        <x:v>25728.627</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24503.848</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45911.3307638889</x:v>
+        <x:v>45926.3218055556</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>25041.602</x:v>
+        <x:v>25616.763</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45910.9240625</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>25041.734</x:v>
+        <x:v>25617.177</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45909.924537037</x:v>
+        <x:v>45924.9296990741</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>25031.61</x:v>
+        <x:v>25728.31</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>23839.796</x:v>
+        <x:v>24503.567</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45909.3354861111</x:v>
+        <x:v>45924.3777662037</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>24950.239</x:v>
+        <x:v>25808.741</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45908.9240277778</x:v>
+        <x:v>45923.925162037</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>24949.143</x:v>
+        <x:v>25809.176</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45908.3013425926</x:v>
+        <x:v>45922.9267013889</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>24833.793</x:v>
+        <x:v>25996.051</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24761.074</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45922.3338773148</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>24832.075</x:v>
+        <x:v>25854.483</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45905.3095023148</x:v>
+        <x:v>45919.934224537</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>24811.673</x:v>
+        <x:v>25857.559</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45918.9265277778</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>24812.439</x:v>
+        <x:v>25677.639</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24454.894</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45904.3202083333</x:v>
+        <x:v>45917.9271180556</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>24583.356</x:v>
+        <x:v>25434.533</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24223.687</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45903.9235763889</x:v>
+        <x:v>45917.3258680556</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>1.02</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>24585.503</x:v>
+        <x:v>25487.623</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45903.3225115741</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>24392.585</x:v>
+        <x:v>25487.962</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45902.9238541667</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>24392.014</x:v>
+        <x:v>25506.654</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24293.781</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45902.3291782407</x:v>
+        <x:v>45915.3170833333</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>24585.542</x:v>
+        <x:v>25294.986</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45898.9303935185</x:v>
+        <x:v>45912.9234837963</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>1.03</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>24583.922</x:v>
+        <x:v>25295.977</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45898.3268518519</x:v>
+        <x:v>45912.3096643519</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>24886.354</x:v>
+        <x:v>25191.364</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>24888.622</x:v>
+        <x:v>25192.059</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45896.924837963</x:v>
+        <x:v>45911.3307638889</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>24744.075</x:v>
+        <x:v>25041.602</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>23565.846</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45896.3337615741</x:v>
+        <x:v>45910.9240625</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>0.97</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>24701.495</x:v>
+        <x:v>25041.734</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45909.924537037</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>0.98</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>24701.558</x:v>
+        <x:v>25031.61</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>23839.796</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45894.9239351852</x:v>
+        <x:v>45909.3354861111</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>1.04</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>24596.776</x:v>
+        <x:v>24950.239</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>23425.605</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45894.3297685185</x:v>
+        <x:v>45908.9240277778</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>1</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>24672.912</x:v>
+        <x:v>24949.143</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45908.3013425926</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>24671.005</x:v>
+        <x:v>24833.793</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45891.3279861111</x:v>
+        <x:v>45905.9285648148</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>1.31</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>24297.694</x:v>
+        <x:v>24832.075</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45890.9257060185</x:v>
+        <x:v>45905.3095023148</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>24295.665</x:v>
+        <x:v>24811.673</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45890.3406828704</x:v>
+        <x:v>45904.9245601852</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>24408.005</x:v>
+        <x:v>24812.439</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45889.9243287037</x:v>
+        <x:v>45904.3202083333</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>24412.048</x:v>
+        <x:v>24583.356</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23414.839</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45888.9238194444</x:v>
+        <x:v>45903.9235763889</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>1.11</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>24553.655</x:v>
+        <x:v>24585.503</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>23384.77</x:v>
+        <x:v>23414.839</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45888.3193055556</x:v>
+        <x:v>45903.3225115741</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>0.96</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>24899.093</x:v>
+        <x:v>24392.585</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23231.108</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45887.9246180556</x:v>
+        <x:v>45902.9238541667</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>24898.629</x:v>
+        <x:v>24392.014</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23231.108</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45887.3188773148</x:v>
+        <x:v>45902.3291782407</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>0.89</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>24896.856</x:v>
+        <x:v>24585.542</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>23712.07</x:v>
+        <x:v>23415.42</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45884.9247800926</x:v>
+        <x:v>45898.9303935185</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>24895.558</x:v>
+        <x:v>24583.922</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>23712.07</x:v>
+        <x:v>23415.42</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45884.3110069444</x:v>
+        <x:v>45898.3268518519</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>25021.948</x:v>
+        <x:v>24886.354</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>23832.442</x:v>
+        <x:v>23703.45</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45883.9240393518</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>25023.449</x:v>
+        <x:v>24888.622</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>23832.442</x:v>
+        <x:v>23703.45</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45883.3327777778</x:v>
+        <x:v>45896.924837963</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>25040.877</x:v>
+        <x:v>24744.075</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>23849.04</x:v>
+        <x:v>23565.846</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45896.3337615741</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>25041.492</x:v>
+        <x:v>24701.495</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>23849.04</x:v>
+        <x:v>23525.293</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45881.9233912037</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>25031.156</x:v>
+        <x:v>24701.558</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>23839.196</x:v>
+        <x:v>23525.293</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45880.9236111111</x:v>
+        <x:v>45894.9239351852</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>1.06</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>24700.346</x:v>
+        <x:v>24596.776</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>23526.634</x:v>
+        <x:v>23425.605</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45880.3183564815</x:v>
+        <x:v>45894.3297685185</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>0.98</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>24789.21</x:v>
+        <x:v>24672.912</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>23611.266</x:v>
+        <x:v>23498.115</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45877.9331828704</x:v>
+        <x:v>45891.9252083333</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>1</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>24790.767</x:v>
+        <x:v>24671.005</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>23611.266</x:v>
+        <x:v>23498.115</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45877.3108217593</x:v>
+        <x:v>45891.3279861111</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>1.12</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>24557.942</x:v>
+        <x:v>24297.694</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>23389.528</x:v>
+        <x:v>23142.58</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45876.9384953704</x:v>
+        <x:v>45890.9257060185</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>1.17</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>24559.004</x:v>
+        <x:v>24295.665</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>23389.528</x:v>
+        <x:v>23142.58</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45875.9344097222</x:v>
+        <x:v>45890.3406828704</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>1.22</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>24480.796</x:v>
+        <x:v>24408.005</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>23315.044</x:v>
+        <x:v>23249.57</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45889.9243287037</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>1.51</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>24169.187</x:v>
+        <x:v>24412.048</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>23018.56</x:v>
+        <x:v>23249.57</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45874.3206018519</x:v>
+        <x:v>45888.9238194444</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>24347.737</x:v>
+        <x:v>24553.655</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>23188.608</x:v>
+        <x:v>23384.77</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45873.931400463</x:v>
+        <x:v>45888.3193055556</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>1.36</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>24348.038</x:v>
+        <x:v>24899.093</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>23188.608</x:v>
+        <x:v>23713.759</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45870.9273842593</x:v>
+        <x:v>45887.9246180556</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>1.88</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>23900.716</x:v>
+        <x:v>24898.629</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>22763.313</x:v>
+        <x:v>23713.759</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45870.3093634259</x:v>
+        <x:v>45887.3188773148</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>1.48</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>24378.268</x:v>
+        <x:v>24896.856</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>23218.124</x:v>
+        <x:v>23712.07</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45869.9244560185</x:v>
+        <x:v>45884.9247800926</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>1.45</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>24377.398</x:v>
+        <x:v>24895.558</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>23218.124</x:v>
+        <x:v>23712.07</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45869.3149189815</x:v>
+        <x:v>45884.3110069444</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>24511.052</x:v>
+        <x:v>25021.948</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>23345.414</x:v>
+        <x:v>23832.442</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45868.9255439815</x:v>
+        <x:v>45883.9240393518</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>1.34</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>24512.685</x:v>
+        <x:v>25023.449</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>23345.414</x:v>
+        <x:v>23832.442</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45867.9289467593</x:v>
+        <x:v>45883.3327777778</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>24473.17</x:v>
+        <x:v>25040.877</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>23308.303</x:v>
+        <x:v>23849.04</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45867.3012731482</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>24523.536</x:v>
+        <x:v>25041.492</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>23356.27</x:v>
+        <x:v>23849.04</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45866.9278009259</x:v>
+        <x:v>45881.9233912037</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>1.33</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>24524.084</x:v>
+        <x:v>25031.156</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>23356.27</x:v>
+        <x:v>23839.196</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45863.9269212963</x:v>
+        <x:v>45880.9236111111</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>1.4</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>24435.837</x:v>
+        <x:v>24700.346</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>23272.246</x:v>
+        <x:v>23526.634</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45863.3330671296</x:v>
+        <x:v>45880.3183564815</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>1.41</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>24380.837</x:v>
+        <x:v>24789.21</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>23219.865</x:v>
+        <x:v>23611.266</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45862.9246180556</x:v>
+        <x:v>45877.9331828704</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>1.45</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>24380.858</x:v>
+        <x:v>24790.767</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>23219.865</x:v>
+        <x:v>23611.266</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45861.926412037</x:v>
+        <x:v>45877.3108217593</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>1.5</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>24320.526</x:v>
+        <x:v>24557.942</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>23162.406</x:v>
+        <x:v>23389.528</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45860.9261226852</x:v>
+        <x:v>45876.9384953704</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>24216.757</x:v>
+        <x:v>24559.004</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>23063.578</x:v>
+        <x:v>23389.528</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45859.9272800926</x:v>
+        <x:v>45875.9344097222</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>1.49</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>24338.549</x:v>
+        <x:v>24480.796</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>23180.062</x:v>
+        <x:v>23315.044</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45859.3186226852</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>1.57</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>24218.232</x:v>
+        <x:v>24169.187</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>23065.474</x:v>
+        <x:v>23018.56</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45856.9492013889</x:v>
+        <x:v>45874.3206018519</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>24218.748</x:v>
+        <x:v>24347.737</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>23065.474</x:v>
+        <x:v>23188.608</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45855.9327893518</x:v>
+        <x:v>45873.931400463</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>24231.938</x:v>
+        <x:v>24348.038</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>23078.036</x:v>
+        <x:v>23188.608</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45854.9360185185</x:v>
+        <x:v>45870.9273842593</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>24053.365</x:v>
+        <x:v>23900.716</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>22907.967</x:v>
+        <x:v>22763.313</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45853.9275925926</x:v>
+        <x:v>45870.3093634259</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>1.81</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>24028.817</x:v>
+        <x:v>24378.268</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>22884.588</x:v>
+        <x:v>23218.124</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45852.9328819444</x:v>
+        <x:v>45869.9244560185</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>1.85</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>23998.414</x:v>
+        <x:v>24377.398</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>22855.632</x:v>
+        <x:v>23218.124</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45849.9250347222</x:v>
+        <x:v>45869.3149189815</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>23919.558</x:v>
+        <x:v>24511.052</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>22780.597</x:v>
+        <x:v>23345.414</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45849.3223148148</x:v>
+        <x:v>45868.9255439815</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>23970.656</x:v>
+        <x:v>24512.685</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>22829.262</x:v>
+        <x:v>23345.414</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45848.9261805556</x:v>
+        <x:v>45867.9289467593</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>1.87</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>23970.34</x:v>
+        <x:v>24473.17</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>22829.262</x:v>
+        <x:v>23308.303</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45848.341412037</x:v>
+        <x:v>45867.3012731482</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>24007.767</x:v>
+        <x:v>24523.536</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>22864.907</x:v>
+        <x:v>23356.27</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45847.925787037</x:v>
+        <x:v>45866.9278009259</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>1.83</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>24008.152</x:v>
+        <x:v>24524.084</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>22864.907</x:v>
+        <x:v>23356.27</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45846.924849537</x:v>
+        <x:v>45863.9269212963</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>23837.245</x:v>
+        <x:v>24435.837</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>22702.25</x:v>
+        <x:v>23272.246</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45846.3251967593</x:v>
+        <x:v>45863.3330671296</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>2.01</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>23819.729</x:v>
+        <x:v>24380.837</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>22685.568</x:v>
+        <x:v>23219.865</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45845.9274884259</x:v>
+        <x:v>45862.9246180556</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>23819.676</x:v>
+        <x:v>24380.858</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>22685.568</x:v>
+        <x:v>23219.865</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45845.3087037037</x:v>
+        <x:v>45861.926412037</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>2</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>24010.149</x:v>
+        <x:v>24320.526</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>22866.971</x:v>
+        <x:v>23162.406</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45841.8023611111</x:v>
+        <x:v>45860.9261226852</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>1.84</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>24008.165</x:v>
+        <x:v>24216.757</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>22866.971</x:v>
+        <x:v>23063.578</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45841.3248842593</x:v>
+        <x:v>45859.9272800926</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>23771.826</x:v>
+        <x:v>24338.549</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>22641.886</x:v>
+        <x:v>23180.062</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45840.9304282407</x:v>
+        <x:v>45859.3186226852</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>23772.349</x:v>
+        <x:v>24218.232</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>22641.886</x:v>
+        <x:v>23065.474</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45840.3303587963</x:v>
+        <x:v>45856.9492013889</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>2.3</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>23600.411</x:v>
+        <x:v>24218.748</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>22478.135</x:v>
+        <x:v>23065.474</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45839.9249768518</x:v>
+        <x:v>45855.9327893518</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>2.42</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>23602.042</x:v>
+        <x:v>24231.938</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>22478.135</x:v>
+        <x:v>23078.036</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45854.9360185185</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>2.14</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>23812.152</x:v>
+        <x:v>24053.365</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>22679.009</x:v>
+        <x:v>22907.967</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45838.3080671296</x:v>
+        <x:v>45853.9275925926</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>23660.106</x:v>
+        <x:v>24028.817</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>22534.203</x:v>
+        <x:v>22884.588</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45835.9281828704</x:v>
+        <x:v>45852.9328819444</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>2.36</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>23660.499</x:v>
+        <x:v>23998.414</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>22534.203</x:v>
+        <x:v>22855.632</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45835.307025463</x:v>
+        <x:v>45849.9250347222</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>23569.242</x:v>
+        <x:v>23919.558</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>22447.292</x:v>
+        <x:v>22780.597</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45834.9274074074</x:v>
+        <x:v>45849.3223148148</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>2.5</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>23569.657</x:v>
+        <x:v>23970.656</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>22447.292</x:v>
+        <x:v>22829.262</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45833.9267824074</x:v>
+        <x:v>45848.9261805556</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>2.91</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>23349.29</x:v>
+        <x:v>23970.34</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>22237.743</x:v>
+        <x:v>22829.262</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45833.3086805556</x:v>
+        <x:v>45848.341412037</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>2.96</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>23299.708</x:v>
+        <x:v>24007.767</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>22190.522</x:v>
+        <x:v>22864.907</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
+        <x:v>45847.925787037</x:v>
+      </x:c>
+      <x:c r="B217" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C217" s="0">
+        <x:v>1.83</x:v>
+      </x:c>
+      <x:c r="D217" s="0">
+        <x:v>24008.152</x:v>
+      </x:c>
+      <x:c r="E217" s="0">
+        <x:v>22864.907</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="218" spans="1:5">
+      <x:c r="A218" s="1">
+        <x:v>45846.924849537</x:v>
+      </x:c>
+      <x:c r="B218" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C218" s="0">
+        <x:v>2.05</x:v>
+      </x:c>
+      <x:c r="D218" s="0">
+        <x:v>23837.245</x:v>
+      </x:c>
+      <x:c r="E218" s="0">
+        <x:v>22702.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="219" spans="1:5">
+      <x:c r="A219" s="1">
+        <x:v>45846.3251967593</x:v>
+      </x:c>
+      <x:c r="B219" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C219" s="0">
+        <x:v>2.01</x:v>
+      </x:c>
+      <x:c r="D219" s="0">
+        <x:v>23819.729</x:v>
+      </x:c>
+      <x:c r="E219" s="0">
+        <x:v>22685.568</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="220" spans="1:5">
+      <x:c r="A220" s="1">
+        <x:v>45845.9274884259</x:v>
+      </x:c>
+      <x:c r="B220" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C220" s="0">
+        <x:v>2.07</x:v>
+      </x:c>
+      <x:c r="D220" s="0">
+        <x:v>23819.676</x:v>
+      </x:c>
+      <x:c r="E220" s="0">
+        <x:v>22685.568</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="221" spans="1:5">
+      <x:c r="A221" s="1">
+        <x:v>45845.3087037037</x:v>
+      </x:c>
+      <x:c r="B221" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C221" s="0">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D221" s="0">
+        <x:v>24010.149</x:v>
+      </x:c>
+      <x:c r="E221" s="0">
+        <x:v>22866.971</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="222" spans="1:5">
+      <x:c r="A222" s="1">
+        <x:v>45841.8023611111</x:v>
+      </x:c>
+      <x:c r="B222" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C222" s="0">
+        <x:v>1.84</x:v>
+      </x:c>
+      <x:c r="D222" s="0">
+        <x:v>24008.165</x:v>
+      </x:c>
+      <x:c r="E222" s="0">
+        <x:v>22866.971</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="223" spans="1:5">
+      <x:c r="A223" s="1">
+        <x:v>45841.3248842593</x:v>
+      </x:c>
+      <x:c r="B223" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C223" s="0">
+        <x:v>2.13</x:v>
+      </x:c>
+      <x:c r="D223" s="0">
+        <x:v>23771.826</x:v>
+      </x:c>
+      <x:c r="E223" s="0">
+        <x:v>22641.886</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="224" spans="1:5">
+      <x:c r="A224" s="1">
+        <x:v>45840.9304282407</x:v>
+      </x:c>
+      <x:c r="B224" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C224" s="0">
+        <x:v>2.16</x:v>
+      </x:c>
+      <x:c r="D224" s="0">
+        <x:v>23772.349</x:v>
+      </x:c>
+      <x:c r="E224" s="0">
+        <x:v>22641.886</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="225" spans="1:5">
+      <x:c r="A225" s="1">
+        <x:v>45840.3303587963</x:v>
+      </x:c>
+      <x:c r="B225" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C225" s="0">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="D225" s="0">
+        <x:v>23600.411</x:v>
+      </x:c>
+      <x:c r="E225" s="0">
+        <x:v>22478.135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="226" spans="1:5">
+      <x:c r="A226" s="1">
+        <x:v>45839.9249768518</x:v>
+      </x:c>
+      <x:c r="B226" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C226" s="0">
+        <x:v>2.42</x:v>
+      </x:c>
+      <x:c r="D226" s="0">
+        <x:v>23602.042</x:v>
+      </x:c>
+      <x:c r="E226" s="0">
+        <x:v>22478.135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="227" spans="1:5">
+      <x:c r="A227" s="1">
+        <x:v>45838.9258564815</x:v>
+      </x:c>
+      <x:c r="B227" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C227" s="0">
+        <x:v>2.14</x:v>
+      </x:c>
+      <x:c r="D227" s="0">
+        <x:v>23812.152</x:v>
+      </x:c>
+      <x:c r="E227" s="0">
+        <x:v>22679.009</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="228" spans="1:5">
+      <x:c r="A228" s="1">
+        <x:v>45838.3080671296</x:v>
+      </x:c>
+      <x:c r="B228" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C228" s="0">
+        <x:v>2.16</x:v>
+      </x:c>
+      <x:c r="D228" s="0">
+        <x:v>23660.106</x:v>
+      </x:c>
+      <x:c r="E228" s="0">
+        <x:v>22534.203</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="229" spans="1:5">
+      <x:c r="A229" s="1">
+        <x:v>45835.9281828704</x:v>
+      </x:c>
+      <x:c r="B229" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C229" s="0">
+        <x:v>2.36</x:v>
+      </x:c>
+      <x:c r="D229" s="0">
+        <x:v>23660.499</x:v>
+      </x:c>
+      <x:c r="E229" s="0">
+        <x:v>22534.203</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="230" spans="1:5">
+      <x:c r="A230" s="1">
+        <x:v>45835.307025463</x:v>
+      </x:c>
+      <x:c r="B230" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C230" s="0">
+        <x:v>2.44</x:v>
+      </x:c>
+      <x:c r="D230" s="0">
+        <x:v>23569.242</x:v>
+      </x:c>
+      <x:c r="E230" s="0">
+        <x:v>22447.292</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="231" spans="1:5">
+      <x:c r="A231" s="1">
+        <x:v>45834.9274074074</x:v>
+      </x:c>
+      <x:c r="B231" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C231" s="0">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="D231" s="0">
+        <x:v>23569.657</x:v>
+      </x:c>
+      <x:c r="E231" s="0">
+        <x:v>22447.292</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="232" spans="1:5">
+      <x:c r="A232" s="1">
+        <x:v>45833.9267824074</x:v>
+      </x:c>
+      <x:c r="B232" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C232" s="0">
+        <x:v>2.91</x:v>
+      </x:c>
+      <x:c r="D232" s="0">
+        <x:v>23349.29</x:v>
+      </x:c>
+      <x:c r="E232" s="0">
+        <x:v>22237.743</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="233" spans="1:5">
+      <x:c r="A233" s="1">
+        <x:v>45833.3086805556</x:v>
+      </x:c>
+      <x:c r="B233" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C233" s="0">
+        <x:v>2.96</x:v>
+      </x:c>
+      <x:c r="D233" s="0">
+        <x:v>23299.708</x:v>
+      </x:c>
+      <x:c r="E233" s="0">
+        <x:v>22190.522</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="234" spans="1:5">
+      <x:c r="A234" s="1">
         <x:v>45832.9265740741</x:v>
       </x:c>
-      <x:c r="B217" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C217" s="0">
+      <x:c r="B234" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C234" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D217" s="0">
+      <x:c r="D234" s="0">
         <x:v>23300.048</x:v>
       </x:c>
-      <x:c r="E217" s="0">
+      <x:c r="E234" s="0">
         <x:v>22190.522</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>