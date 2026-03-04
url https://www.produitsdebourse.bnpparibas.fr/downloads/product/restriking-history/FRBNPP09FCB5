--- v5 (2026-02-09)
+++ v6 (2026-03-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb08b5b8d441945cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95d040d8070445e3856b59188c423468.psmdcp" Id="R097f7075acf44ab9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d6da3fe647c4c50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d40734b365c7437fbcc3bde750fe701a.psmdcp" Id="R9f804f9109864268" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09FCB5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,4024 +390,4517 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E234"/>
+  <x:dimension ref="A1:E263"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46062.2992013889</x:v>
+        <x:v>46085.3383680556</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>26327.677</x:v>
+        <x:v>25955.387</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>25075.77</x:v>
+        <x:v>24720.08</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46058.9255324074</x:v>
+        <x:v>46084.9255092593</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>25776.124</x:v>
+        <x:v>25955.36</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>24548.69</x:v>
+        <x:v>24720.08</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46057.9258564815</x:v>
+        <x:v>46084.3354050926</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>26135.802</x:v>
+        <x:v>26241.506</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>24891.24</x:v>
+        <x:v>24992.6</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46056.9428703704</x:v>
+        <x:v>46083.9256481481</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>26605.551</x:v>
+        <x:v>26241.659</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>25338.62</x:v>
+        <x:v>24992.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46055.9254398148</x:v>
+        <x:v>46083.3084259259</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>27025.54</x:v>
+        <x:v>26207.471</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>25738.61</x:v>
+        <x:v>24960.04</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46052.2983449074</x:v>
+        <x:v>46080.9257638889</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>27175.981</x:v>
+        <x:v>26205.141</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>25884.29</x:v>
+        <x:v>24960.04</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46051.9256481481</x:v>
+        <x:v>46080.304375</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>27178.132</x:v>
+        <x:v>26283.188</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>25884.29</x:v>
+        <x:v>25034.37</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46051.3032407407</x:v>
+        <x:v>46079.9258912037</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>27323.557</x:v>
+        <x:v>26285.847</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>26022.79</x:v>
+        <x:v>25034.37</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46050.9251736111</x:v>
+        <x:v>46079.2991782407</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>27323.404</x:v>
+        <x:v>26595.25</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>26022.79</x:v>
+        <x:v>25329.04</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46050.299224537</x:v>
+        <x:v>46078.925787037</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>27236.201</x:v>
+        <x:v>26595.428</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>25939.74</x:v>
+        <x:v>25329.04</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46049.9250231481</x:v>
+        <x:v>46078.3266203704</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>27236.727</x:v>
+        <x:v>26225.828</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>25939.74</x:v>
+        <x:v>24977.04</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46048.9247916667</x:v>
+        <x:v>46077.9255208333</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>26998.87</x:v>
+        <x:v>26225.892</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>25713.21</x:v>
+        <x:v>24977.04</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46045.9251736111</x:v>
+        <x:v>46076.3076273148</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>26885.744</x:v>
+        <x:v>26262.92</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>25605.47</x:v>
+        <x:v>25012.62</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46044.9246180556</x:v>
+        <x:v>46073.9253472222</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>26794.268</x:v>
+        <x:v>26263.12</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>25518.35</x:v>
+        <x:v>25012.62</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46043.925474537</x:v>
+        <x:v>46073.3322685185</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>26592.909</x:v>
+        <x:v>26037.076</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>25326.58</x:v>
+        <x:v>24797.34</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46042.9279050926</x:v>
+        <x:v>46072.9253935185</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>26236.948</x:v>
+        <x:v>26033.416</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>24987.57</x:v>
+        <x:v>24797.34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46038.9244097222</x:v>
+        <x:v>46072.3124884259</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>26805.723</x:v>
+        <x:v>26140.023</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>25529.26</x:v>
+        <x:v>24898.87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46037.9281134259</x:v>
+        <x:v>46071.9254513889</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>26824.424</x:v>
+        <x:v>26143.599</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>25547.07</x:v>
+        <x:v>24898.87</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46036.927349537</x:v>
+        <x:v>46071.3073148148</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>26737.567</x:v>
+        <x:v>25936.466</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>25465.94</x:v>
+        <x:v>24701.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46036.3276157407</x:v>
+        <x:v>46070.9253356481</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>27027.378</x:v>
+        <x:v>25935.646</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>24701.6</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46035.9279976852</x:v>
+        <x:v>46070.3023611111</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>27029.048</x:v>
+        <x:v>25968.333</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>24732.73</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46034.927974537</x:v>
+        <x:v>46066.9254861111</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>27077.043</x:v>
+        <x:v>25966.348</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>25787.66</x:v>
+        <x:v>24732.73</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46031.9291087963</x:v>
+        <x:v>46066.3087731482</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>27054.014</x:v>
+        <x:v>25918.972</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>25766.26</x:v>
+        <x:v>24687.61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46031.324837963</x:v>
+        <x:v>46065.9253587963</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>26781.896</x:v>
+        <x:v>25921.99</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>24687.61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46030.9271064815</x:v>
+        <x:v>46064.9256365741</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>26782.455</x:v>
+        <x:v>26461.089</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>25201.26</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46029.9279398148</x:v>
+        <x:v>46064.3232986111</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>26936.595</x:v>
+        <x:v>26383.788</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>25653.9</x:v>
+        <x:v>25127.64</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46028.9271643519</x:v>
+        <x:v>46063.9255208333</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>26921.696</x:v>
+        <x:v>26383.112</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>25639.71</x:v>
+        <x:v>25127.64</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46027.9295949074</x:v>
+        <x:v>46063.3311921296</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>26671.386</x:v>
+        <x:v>26530.638</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>25401.32</x:v>
+        <x:v>25268.14</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46024.9272453704</x:v>
+        <x:v>46062.9247569444</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>26463.652</x:v>
+        <x:v>26529.665</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>25206.17</x:v>
+        <x:v>25268.14</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46024.2881828704</x:v>
+        <x:v>46062.2992013889</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>26732.862</x:v>
+        <x:v>26327.677</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>25075.77</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46022.3246527778</x:v>
+        <x:v>46058.9255324074</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>26735.688</x:v>
+        <x:v>25776.124</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>24548.69</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46021.927025463</x:v>
+        <x:v>46057.9258564815</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>26735.688</x:v>
+        <x:v>26135.802</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>24891.24</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46020.9274074074</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>26801.188</x:v>
+        <x:v>26605.551</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>25525.56</x:v>
+        <x:v>25338.62</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46020.3324768519</x:v>
+        <x:v>46055.9254398148</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>26866.572</x:v>
+        <x:v>27025.54</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25738.61</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46015.3842708333</x:v>
+        <x:v>46052.2983449074</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>26867.222</x:v>
+        <x:v>27175.981</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46014.9278125</x:v>
+        <x:v>46051.9256481481</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>26867.222</x:v>
+        <x:v>27178.132</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46051.3032407407</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>26732.063</x:v>
+        <x:v>27323.557</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>25461.7</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46013.2967013889</x:v>
+        <x:v>46050.9251736111</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>26610.767</x:v>
+        <x:v>27323.404</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46050.299224537</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>26613.489</x:v>
+        <x:v>27236.201</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46009.930775463</x:v>
+        <x:v>46049.9250231481</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>26270.338</x:v>
+        <x:v>27236.727</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>25019.37</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46008.927662037</x:v>
+        <x:v>46048.9247916667</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>25879.99</x:v>
+        <x:v>26998.87</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>24647.61</x:v>
+        <x:v>25713.21</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46007.9278356481</x:v>
+        <x:v>46045.9251736111</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>26389.587</x:v>
+        <x:v>26885.744</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>25132.94</x:v>
+        <x:v>25605.47</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46006.9271412037</x:v>
+        <x:v>46044.9246180556</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>26318.639</x:v>
+        <x:v>26794.268</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>25067.27</x:v>
+        <x:v>25518.35</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46006.3081134259</x:v>
+        <x:v>46043.925474537</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>26454.572</x:v>
+        <x:v>26592.909</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25326.58</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46003.9269791667</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>26455.655</x:v>
+        <x:v>26236.948</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>24987.57</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46003.3313657407</x:v>
+        <x:v>46038.9244097222</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>26970.113</x:v>
+        <x:v>26805.723</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25529.26</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46002.9321064815</x:v>
+        <x:v>46037.9281134259</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>26971.024</x:v>
+        <x:v>26824.424</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25547.07</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46001.9271180556</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>27064.924</x:v>
+        <x:v>26737.567</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>25776.44</x:v>
+        <x:v>25465.94</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46001.3340740741</x:v>
+        <x:v>46036.3276157407</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>26951.786</x:v>
+        <x:v>27027.378</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46000.9276273148</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>26951.949</x:v>
+        <x:v>27029.048</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46000.3338310185</x:v>
+        <x:v>46034.927974537</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>26909.172</x:v>
+        <x:v>27077.043</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>25627.95</x:v>
+        <x:v>25787.66</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45999.3304166667</x:v>
+        <x:v>46031.9291087963</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>26974.736</x:v>
+        <x:v>27054.014</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25766.26</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45996.930787037</x:v>
+        <x:v>46031.324837963</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>26973.662</x:v>
+        <x:v>26781.896</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45996.3408449074</x:v>
+        <x:v>46030.9271064815</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>26857.794</x:v>
+        <x:v>26782.455</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45995.9303935185</x:v>
+        <x:v>46029.9279398148</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>26859.383</x:v>
+        <x:v>26936.595</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25653.9</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45995.3278819444</x:v>
+        <x:v>46028.9271643519</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>26885.465</x:v>
+        <x:v>26921.696</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25639.71</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45994.9277430556</x:v>
+        <x:v>46027.9295949074</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>26885.359</x:v>
+        <x:v>26671.386</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25401.32</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45994.3371990741</x:v>
+        <x:v>46024.9272453704</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>26832.145</x:v>
+        <x:v>26463.652</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25206.17</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46024.2881828704</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>26833.653</x:v>
+        <x:v>26732.862</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45992.9296759259</x:v>
+        <x:v>46022.3246527778</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>26609.992</x:v>
+        <x:v>26735.688</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>25342.849</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45989.8197453704</x:v>
+        <x:v>46021.927025463</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>26705.686</x:v>
+        <x:v>26735.688</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>25434.889</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45989.3082638889</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>26497.838</x:v>
+        <x:v>26801.188</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25525.56</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45987.9266435185</x:v>
+        <x:v>46020.3324768519</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>26497.266</x:v>
+        <x:v>26866.572</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45987.3195601852</x:v>
+        <x:v>46015.3842708333</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>26267.758</x:v>
+        <x:v>26867.222</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45986.9249305556</x:v>
+        <x:v>46014.9278125</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>26269.169</x:v>
+        <x:v>26867.222</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>26117.433</x:v>
+        <x:v>26732.063</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>24873.85</x:v>
+        <x:v>25461.7</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45985.3068634259</x:v>
+        <x:v>46013.2967013889</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>25451.226</x:v>
+        <x:v>26610.767</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45982.9249768518</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>25449.855</x:v>
+        <x:v>26613.489</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45982.3125115741</x:v>
+        <x:v>46009.930775463</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>25255.402</x:v>
+        <x:v>26270.338</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45981.9258796296</x:v>
+        <x:v>46008.927662037</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>25252.611</x:v>
+        <x:v>25879.99</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>24647.61</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45981.3119560185</x:v>
+        <x:v>46007.9278356481</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>25868.053</x:v>
+        <x:v>26389.587</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25132.94</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>25872.364</x:v>
+        <x:v>26318.639</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25067.27</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45980.3054166667</x:v>
+        <x:v>46006.3081134259</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>25728.074</x:v>
+        <x:v>26454.572</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45979.9258564815</x:v>
+        <x:v>46003.9269791667</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>25727.695</x:v>
+        <x:v>26455.655</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>46003.3313657407</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>26039.358</x:v>
+        <x:v>26970.113</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45978.9281828704</x:v>
+        <x:v>46002.9321064815</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>26039.422</x:v>
+        <x:v>26971.024</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45978.3022569444</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>26258.162</x:v>
+        <x:v>27064.924</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25776.44</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45975.925775463</x:v>
+        <x:v>46001.3340740741</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>26255.61</x:v>
+        <x:v>26951.786</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45975.3077546296</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>26240.092</x:v>
+        <x:v>26951.949</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>46000.3338310185</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>26242.753</x:v>
+        <x:v>26909.172</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25627.95</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45974.318275463</x:v>
+        <x:v>45999.3304166667</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>26792.811</x:v>
+        <x:v>26974.736</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45973.9253009259</x:v>
+        <x:v>45996.930787037</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>26792.965</x:v>
+        <x:v>26973.662</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45973.3365277778</x:v>
+        <x:v>45996.3408449074</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>26809.931</x:v>
+        <x:v>26857.794</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45972.9253703704</x:v>
+        <x:v>45995.9303935185</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>26810.16</x:v>
+        <x:v>26859.383</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45971.9254050926</x:v>
+        <x:v>45995.3278819444</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>26889.041</x:v>
+        <x:v>26885.465</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>25611.737</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45971.2992708333</x:v>
+        <x:v>45994.9277430556</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>26309.515</x:v>
+        <x:v>26885.359</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45968.9254976852</x:v>
+        <x:v>45994.3371990741</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>26312.284</x:v>
+        <x:v>26832.145</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45968.3147453704</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>26386.03</x:v>
+        <x:v>26833.653</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>45992.9296759259</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>26386.544</x:v>
+        <x:v>26609.992</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>25342.849</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45966.9253240741</x:v>
+        <x:v>45989.8197453704</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>26901.033</x:v>
+        <x:v>26705.686</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>25620.031</x:v>
+        <x:v>25434.889</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45989.3082638889</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>26707.189</x:v>
+        <x:v>26497.838</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>25435.704</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45965.3316666667</x:v>
+        <x:v>45987.9266435185</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>27271.29</x:v>
+        <x:v>26497.266</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45964.9228587963</x:v>
+        <x:v>45987.3195601852</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>27271.59</x:v>
+        <x:v>26267.758</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45961.8819907407</x:v>
+        <x:v>45986.9249305556</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>27148.56</x:v>
+        <x:v>26269.169</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>25858.126</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45961.3396296296</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>27019.082</x:v>
+        <x:v>26117.433</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>24873.85</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45985.3068634259</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>27021.554</x:v>
+        <x:v>25451.226</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45959.8897800926</x:v>
+        <x:v>45982.9249768518</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>27425.63</x:v>
+        <x:v>25449.855</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>26119.846</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45959.3231944444</x:v>
+        <x:v>45982.3125115741</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>27312.554</x:v>
+        <x:v>25255.402</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45958.8875</x:v>
+        <x:v>45981.9258796296</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>27312.429</x:v>
+        <x:v>25252.611</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45958.3305787037</x:v>
+        <x:v>45981.3119560185</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>27112.283</x:v>
+        <x:v>25868.053</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>25821.54</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45957.8876157407</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>27112.623</x:v>
+        <x:v>25872.364</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>25821.546</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45954.9259143519</x:v>
+        <x:v>45980.3054166667</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>26626.049</x:v>
+        <x:v>25728.074</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>25358.162</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45954.3348032407</x:v>
+        <x:v>45979.9258564815</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>26352.265</x:v>
+        <x:v>25727.695</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45953.9278935185</x:v>
+        <x:v>45979.3133912037</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>26352.286</x:v>
+        <x:v>26039.358</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45952.9304398148</x:v>
+        <x:v>45978.9281828704</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>26122.955</x:v>
+        <x:v>26039.422</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>24879.005</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45978.3022569444</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>26383.488</x:v>
+        <x:v>26258.162</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>25127.131</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45950.9289583333</x:v>
+        <x:v>45975.925775463</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>26398.069</x:v>
+        <x:v>26255.61</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>25141.018</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45975.3077546296</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>26058.851</x:v>
+        <x:v>26240.092</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>24817.953</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45946.9261921296</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>25890.103</x:v>
+        <x:v>26242.753</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>24657.241</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45945.9257060185</x:v>
+        <x:v>45974.318275463</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>25982.626</x:v>
+        <x:v>26792.811</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>24745.358</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45944.9308449074</x:v>
+        <x:v>45973.9253009259</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>25808.283</x:v>
+        <x:v>26792.965</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>24579.317</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45943.926712963</x:v>
+        <x:v>45973.3365277778</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>25987.765</x:v>
+        <x:v>26809.931</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>24750.252</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45972.9253703704</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>25432.764</x:v>
+        <x:v>26810.16</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>24221.745</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45940.3354976852</x:v>
+        <x:v>45971.9254050926</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>26353.02</x:v>
+        <x:v>26889.041</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>25098.18</x:v>
+        <x:v>25611.737</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45939.3272685185</x:v>
+        <x:v>45971.2992708333</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>26393.011</x:v>
+        <x:v>26309.515</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>26393.454</x:v>
+        <x:v>26312.284</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45968.3147453704</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>26082.238</x:v>
+        <x:v>26386.03</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>24840.227</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>26227.486</x:v>
+        <x:v>26386.544</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>24978.558</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>26022.361</x:v>
+        <x:v>26901.033</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>24785.522</x:v>
+        <x:v>25620.031</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45933.331099537</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>26134.965</x:v>
+        <x:v>26707.189</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25435.704</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45965.3316666667</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>26137.402</x:v>
+        <x:v>27271.29</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>26039.298</x:v>
+        <x:v>27271.59</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>24800.863</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45931.334224537</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>25912.379</x:v>
+        <x:v>27148.56</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25858.126</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45961.3396296296</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>25913.131</x:v>
+        <x:v>27019.082</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45930.332662037</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>25841.063</x:v>
+        <x:v>27021.554</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>25841.92</x:v>
+        <x:v>27425.63</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>26119.846</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45959.3231944444</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>25728.627</x:v>
+        <x:v>27312.554</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>24503.848</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45926.3218055556</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>25616.763</x:v>
+        <x:v>27312.429</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45958.3305787037</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>25617.177</x:v>
+        <x:v>27112.283</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>25821.54</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>25728.31</x:v>
+        <x:v>27112.623</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>24503.567</x:v>
+        <x:v>25821.546</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45924.3777662037</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>25808.741</x:v>
+        <x:v>26626.049</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>25358.162</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45923.925162037</x:v>
+        <x:v>45954.3348032407</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>25809.176</x:v>
+        <x:v>26352.265</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45922.9267013889</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>25996.051</x:v>
+        <x:v>26352.286</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>24761.074</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45922.3338773148</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>25854.483</x:v>
+        <x:v>26122.955</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>24879.005</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45919.934224537</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>25857.559</x:v>
+        <x:v>26383.488</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>25127.131</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45918.9265277778</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>25677.639</x:v>
+        <x:v>26398.069</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>24454.894</x:v>
+        <x:v>25141.018</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45917.9271180556</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>25434.533</x:v>
+        <x:v>26058.851</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>24223.687</x:v>
+        <x:v>24817.953</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45917.3258680556</x:v>
+        <x:v>45946.9261921296</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>25487.623</x:v>
+        <x:v>25890.103</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24657.241</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45945.9257060185</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>25487.962</x:v>
+        <x:v>25982.626</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24745.358</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45944.9308449074</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>25506.654</x:v>
+        <x:v>25808.283</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>24293.781</x:v>
+        <x:v>24579.317</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45943.926712963</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>25294.986</x:v>
+        <x:v>25987.765</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24750.252</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45912.9234837963</x:v>
+        <x:v>45940.9234837963</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>25295.977</x:v>
+        <x:v>25432.764</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>24221.745</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45912.3096643519</x:v>
+        <x:v>45940.3354976852</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>25191.364</x:v>
+        <x:v>26353.02</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>25098.18</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45939.3272685185</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>25192.059</x:v>
+        <x:v>26393.011</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45911.3307638889</x:v>
+        <x:v>45938.9270601852</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>25041.602</x:v>
+        <x:v>26393.454</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45910.9240625</x:v>
+        <x:v>45937.9282175926</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>25041.734</x:v>
+        <x:v>26082.238</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24840.227</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45909.924537037</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>25031.61</x:v>
+        <x:v>26227.486</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>23839.796</x:v>
+        <x:v>24978.558</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45909.3354861111</x:v>
+        <x:v>45933.9288888889</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>24950.239</x:v>
+        <x:v>26022.361</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24785.522</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45908.9240277778</x:v>
+        <x:v>45933.331099537</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>24949.143</x:v>
+        <x:v>26134.965</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45908.3013425926</x:v>
+        <x:v>45932.9250347222</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>24833.793</x:v>
+        <x:v>26137.402</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45931.9293634259</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>24832.075</x:v>
+        <x:v>26039.298</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24800.863</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45905.3095023148</x:v>
+        <x:v>45931.334224537</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>24811.673</x:v>
+        <x:v>25912.379</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45930.9338773148</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>24812.439</x:v>
+        <x:v>25913.131</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45904.3202083333</x:v>
+        <x:v>45930.332662037</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>24583.356</x:v>
+        <x:v>25841.063</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45903.9235763889</x:v>
+        <x:v>45929.9323842593</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>1.02</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>24585.503</x:v>
+        <x:v>25841.92</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45903.3225115741</x:v>
+        <x:v>45926.9299537037</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>24392.585</x:v>
+        <x:v>25728.627</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24503.848</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45902.9238541667</x:v>
+        <x:v>45926.3218055556</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>24392.014</x:v>
+        <x:v>25616.763</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45902.3291782407</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>24585.542</x:v>
+        <x:v>25617.177</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45898.9303935185</x:v>
+        <x:v>45924.9296990741</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>1.03</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>24583.922</x:v>
+        <x:v>25728.31</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24503.567</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45898.3268518519</x:v>
+        <x:v>45924.3777662037</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>24886.354</x:v>
+        <x:v>25808.741</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45923.925162037</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>24888.622</x:v>
+        <x:v>25809.176</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45896.924837963</x:v>
+        <x:v>45922.9267013889</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>24744.075</x:v>
+        <x:v>25996.051</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>23565.846</x:v>
+        <x:v>24761.074</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45896.3337615741</x:v>
+        <x:v>45922.3338773148</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>0.97</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>24701.495</x:v>
+        <x:v>25854.483</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45919.934224537</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>0.98</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>24701.558</x:v>
+        <x:v>25857.559</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45894.9239351852</x:v>
+        <x:v>45918.9265277778</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>1.04</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>24596.776</x:v>
+        <x:v>25677.639</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>23425.605</x:v>
+        <x:v>24454.894</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45894.3297685185</x:v>
+        <x:v>45917.9271180556</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>1</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>24672.912</x:v>
+        <x:v>25434.533</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>24223.687</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45917.3258680556</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>24671.005</x:v>
+        <x:v>25487.623</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45891.3279861111</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>1.31</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>24297.694</x:v>
+        <x:v>25487.962</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45890.9257060185</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>24295.665</x:v>
+        <x:v>25506.654</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>24293.781</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45890.3406828704</x:v>
+        <x:v>45915.3170833333</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>24408.005</x:v>
+        <x:v>25294.986</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45889.9243287037</x:v>
+        <x:v>45912.9234837963</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>24412.048</x:v>
+        <x:v>25295.977</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45888.9238194444</x:v>
+        <x:v>45912.3096643519</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>24553.655</x:v>
+        <x:v>25191.364</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>23384.77</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45888.3193055556</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>24899.093</x:v>
+        <x:v>25192.059</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45887.9246180556</x:v>
+        <x:v>45911.3307638889</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>24898.629</x:v>
+        <x:v>25041.602</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45887.3188773148</x:v>
+        <x:v>45910.9240625</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>24896.856</x:v>
+        <x:v>25041.734</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>23712.07</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45884.9247800926</x:v>
+        <x:v>45909.924537037</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>24895.558</x:v>
+        <x:v>25031.61</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>23712.07</x:v>
+        <x:v>23839.796</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45884.3110069444</x:v>
+        <x:v>45909.3354861111</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>25021.948</x:v>
+        <x:v>24950.239</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>23832.442</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45883.9240393518</x:v>
+        <x:v>45908.9240277778</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>25023.449</x:v>
+        <x:v>24949.143</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>23832.442</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45883.3327777778</x:v>
+        <x:v>45908.3013425926</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>25040.877</x:v>
+        <x:v>24833.793</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>23849.04</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45905.9285648148</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>25041.492</x:v>
+        <x:v>24832.075</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>23849.04</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45881.9233912037</x:v>
+        <x:v>45905.3095023148</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>25031.156</x:v>
+        <x:v>24811.673</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>23839.196</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45880.9236111111</x:v>
+        <x:v>45904.9245601852</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>1.06</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>24700.346</x:v>
+        <x:v>24812.439</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>23526.634</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45880.3183564815</x:v>
+        <x:v>45904.3202083333</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>0.98</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>24789.21</x:v>
+        <x:v>24583.356</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>23611.266</x:v>
+        <x:v>23414.839</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45877.9331828704</x:v>
+        <x:v>45903.9235763889</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>1</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>24790.767</x:v>
+        <x:v>24585.503</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>23611.266</x:v>
+        <x:v>23414.839</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45877.3108217593</x:v>
+        <x:v>45903.3225115741</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>1.12</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>24557.942</x:v>
+        <x:v>24392.585</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>23389.528</x:v>
+        <x:v>23231.108</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45876.9384953704</x:v>
+        <x:v>45902.9238541667</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>1.17</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>24559.004</x:v>
+        <x:v>24392.014</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>23389.528</x:v>
+        <x:v>23231.108</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45875.9344097222</x:v>
+        <x:v>45902.3291782407</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>1.22</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>24480.796</x:v>
+        <x:v>24585.542</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>23315.044</x:v>
+        <x:v>23415.42</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45898.9303935185</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>1.51</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>24169.187</x:v>
+        <x:v>24583.922</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>23018.56</x:v>
+        <x:v>23415.42</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45874.3206018519</x:v>
+        <x:v>45898.3268518519</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>1.31</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>24347.737</x:v>
+        <x:v>24886.354</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>23188.608</x:v>
+        <x:v>23703.45</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45873.931400463</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>1.36</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>24348.038</x:v>
+        <x:v>24888.622</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>23188.608</x:v>
+        <x:v>23703.45</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45870.9273842593</x:v>
+        <x:v>45896.924837963</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>1.88</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>23900.716</x:v>
+        <x:v>24744.075</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>22763.313</x:v>
+        <x:v>23565.846</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45870.3093634259</x:v>
+        <x:v>45896.3337615741</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>1.48</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>24378.268</x:v>
+        <x:v>24701.495</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>23218.124</x:v>
+        <x:v>23525.293</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45869.9244560185</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>1.45</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>24377.398</x:v>
+        <x:v>24701.558</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>23218.124</x:v>
+        <x:v>23525.293</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45869.3149189815</x:v>
+        <x:v>45894.9239351852</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>24511.052</x:v>
+        <x:v>24596.776</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>23345.414</x:v>
+        <x:v>23425.605</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45868.9255439815</x:v>
+        <x:v>45894.3297685185</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>24512.685</x:v>
+        <x:v>24672.912</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>23345.414</x:v>
+        <x:v>23498.115</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45867.9289467593</x:v>
+        <x:v>45891.9252083333</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>24473.17</x:v>
+        <x:v>24671.005</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>23308.303</x:v>
+        <x:v>23498.115</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45867.3012731482</x:v>
+        <x:v>45891.3279861111</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>24523.536</x:v>
+        <x:v>24297.694</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>23356.27</x:v>
+        <x:v>23142.58</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45866.9278009259</x:v>
+        <x:v>45890.9257060185</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>1.33</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>24524.084</x:v>
+        <x:v>24295.665</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>23356.27</x:v>
+        <x:v>23142.58</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45863.9269212963</x:v>
+        <x:v>45890.3406828704</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>1.4</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>24435.837</x:v>
+        <x:v>24408.005</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>23272.246</x:v>
+        <x:v>23249.57</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45863.3330671296</x:v>
+        <x:v>45889.9243287037</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>24380.837</x:v>
+        <x:v>24412.048</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>23219.865</x:v>
+        <x:v>23249.57</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45862.9246180556</x:v>
+        <x:v>45888.9238194444</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>1.45</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>24380.858</x:v>
+        <x:v>24553.655</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>23219.865</x:v>
+        <x:v>23384.77</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45861.926412037</x:v>
+        <x:v>45888.3193055556</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>1.5</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>24320.526</x:v>
+        <x:v>24899.093</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>23162.406</x:v>
+        <x:v>23713.759</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45860.9261226852</x:v>
+        <x:v>45887.9246180556</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>1.61</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>24216.757</x:v>
+        <x:v>24898.629</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>23063.578</x:v>
+        <x:v>23713.759</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45859.9272800926</x:v>
+        <x:v>45887.3188773148</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>1.49</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>24338.549</x:v>
+        <x:v>24896.856</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>23180.062</x:v>
+        <x:v>23712.07</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45859.3186226852</x:v>
+        <x:v>45884.9247800926</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>1.57</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>24218.232</x:v>
+        <x:v>24895.558</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>23065.474</x:v>
+        <x:v>23712.07</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45856.9492013889</x:v>
+        <x:v>45884.3110069444</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>1.61</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>24218.748</x:v>
+        <x:v>25021.948</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>23065.474</x:v>
+        <x:v>23832.442</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45855.9327893518</x:v>
+        <x:v>45883.9240393518</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>24231.938</x:v>
+        <x:v>25023.449</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>23078.036</x:v>
+        <x:v>23832.442</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45854.9360185185</x:v>
+        <x:v>45883.3327777778</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>1.79</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>24053.365</x:v>
+        <x:v>25040.877</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>22907.967</x:v>
+        <x:v>23849.04</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45853.9275925926</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>1.81</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>24028.817</x:v>
+        <x:v>25041.492</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>22884.588</x:v>
+        <x:v>23849.04</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45852.9328819444</x:v>
+        <x:v>45881.9233912037</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>1.85</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>23998.414</x:v>
+        <x:v>25031.156</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>22855.632</x:v>
+        <x:v>23839.196</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45849.9250347222</x:v>
+        <x:v>45880.9236111111</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>23919.558</x:v>
+        <x:v>24700.346</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>22780.597</x:v>
+        <x:v>23526.634</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45849.3223148148</x:v>
+        <x:v>45880.3183564815</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>1.92</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>23970.656</x:v>
+        <x:v>24789.21</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>22829.262</x:v>
+        <x:v>23611.266</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45848.9261805556</x:v>
+        <x:v>45877.9331828704</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>1.87</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>23970.34</x:v>
+        <x:v>24790.767</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>22829.262</x:v>
+        <x:v>23611.266</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45848.341412037</x:v>
+        <x:v>45877.3108217593</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>24007.767</x:v>
+        <x:v>24557.942</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>22864.907</x:v>
+        <x:v>23389.528</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45847.925787037</x:v>
+        <x:v>45876.9384953704</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>1.83</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>24008.152</x:v>
+        <x:v>24559.004</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>22864.907</x:v>
+        <x:v>23389.528</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45846.924849537</x:v>
+        <x:v>45875.9344097222</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>23837.245</x:v>
+        <x:v>24480.796</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>22702.25</x:v>
+        <x:v>23315.044</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45846.3251967593</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>2.01</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>23819.729</x:v>
+        <x:v>24169.187</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>22685.568</x:v>
+        <x:v>23018.56</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45845.9274884259</x:v>
+        <x:v>45874.3206018519</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>23819.676</x:v>
+        <x:v>24347.737</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>22685.568</x:v>
+        <x:v>23188.608</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45845.3087037037</x:v>
+        <x:v>45873.931400463</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>2</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>24010.149</x:v>
+        <x:v>24348.038</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>22866.971</x:v>
+        <x:v>23188.608</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45841.8023611111</x:v>
+        <x:v>45870.9273842593</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>1.84</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>24008.165</x:v>
+        <x:v>23900.716</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>22866.971</x:v>
+        <x:v>22763.313</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45841.3248842593</x:v>
+        <x:v>45870.3093634259</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>23771.826</x:v>
+        <x:v>24378.268</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>22641.886</x:v>
+        <x:v>23218.124</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45840.9304282407</x:v>
+        <x:v>45869.9244560185</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>23772.349</x:v>
+        <x:v>24377.398</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>22641.886</x:v>
+        <x:v>23218.124</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45840.3303587963</x:v>
+        <x:v>45869.3149189815</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>2.3</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>23600.411</x:v>
+        <x:v>24511.052</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>22478.135</x:v>
+        <x:v>23345.414</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45839.9249768518</x:v>
+        <x:v>45868.9255439815</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>2.42</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>23602.042</x:v>
+        <x:v>24512.685</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>22478.135</x:v>
+        <x:v>23345.414</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45867.9289467593</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>2.14</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>23812.152</x:v>
+        <x:v>24473.17</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>22679.009</x:v>
+        <x:v>23308.303</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45838.3080671296</x:v>
+        <x:v>45867.3012731482</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>23660.106</x:v>
+        <x:v>24523.536</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>22534.203</x:v>
+        <x:v>23356.27</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45835.9281828704</x:v>
+        <x:v>45866.9278009259</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>2.36</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>23660.499</x:v>
+        <x:v>24524.084</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>22534.203</x:v>
+        <x:v>23356.27</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45835.307025463</x:v>
+        <x:v>45863.9269212963</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>23569.242</x:v>
+        <x:v>24435.837</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>22447.292</x:v>
+        <x:v>23272.246</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45834.9274074074</x:v>
+        <x:v>45863.3330671296</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>2.5</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>23569.657</x:v>
+        <x:v>24380.837</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>22447.292</x:v>
+        <x:v>23219.865</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45833.9267824074</x:v>
+        <x:v>45862.9246180556</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>2.91</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>23349.29</x:v>
+        <x:v>24380.858</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>22237.743</x:v>
+        <x:v>23219.865</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45833.3086805556</x:v>
+        <x:v>45861.926412037</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>2.96</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>23299.708</x:v>
+        <x:v>24320.526</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>22190.522</x:v>
+        <x:v>23162.406</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
+        <x:v>45860.9261226852</x:v>
+      </x:c>
+      <x:c r="B234" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C234" s="0">
+        <x:v>1.61</x:v>
+      </x:c>
+      <x:c r="D234" s="0">
+        <x:v>24216.757</x:v>
+      </x:c>
+      <x:c r="E234" s="0">
+        <x:v>23063.578</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="235" spans="1:5">
+      <x:c r="A235" s="1">
+        <x:v>45859.9272800926</x:v>
+      </x:c>
+      <x:c r="B235" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C235" s="0">
+        <x:v>1.49</x:v>
+      </x:c>
+      <x:c r="D235" s="0">
+        <x:v>24338.549</x:v>
+      </x:c>
+      <x:c r="E235" s="0">
+        <x:v>23180.062</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="236" spans="1:5">
+      <x:c r="A236" s="1">
+        <x:v>45859.3186226852</x:v>
+      </x:c>
+      <x:c r="B236" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C236" s="0">
+        <x:v>1.57</x:v>
+      </x:c>
+      <x:c r="D236" s="0">
+        <x:v>24218.232</x:v>
+      </x:c>
+      <x:c r="E236" s="0">
+        <x:v>23065.474</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="237" spans="1:5">
+      <x:c r="A237" s="1">
+        <x:v>45856.9492013889</x:v>
+      </x:c>
+      <x:c r="B237" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C237" s="0">
+        <x:v>1.61</x:v>
+      </x:c>
+      <x:c r="D237" s="0">
+        <x:v>24218.748</x:v>
+      </x:c>
+      <x:c r="E237" s="0">
+        <x:v>23065.474</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="238" spans="1:5">
+      <x:c r="A238" s="1">
+        <x:v>45855.9327893518</x:v>
+      </x:c>
+      <x:c r="B238" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C238" s="0">
+        <x:v>1.59</x:v>
+      </x:c>
+      <x:c r="D238" s="0">
+        <x:v>24231.938</x:v>
+      </x:c>
+      <x:c r="E238" s="0">
+        <x:v>23078.036</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="239" spans="1:5">
+      <x:c r="A239" s="1">
+        <x:v>45854.9360185185</x:v>
+      </x:c>
+      <x:c r="B239" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C239" s="0">
+        <x:v>1.79</x:v>
+      </x:c>
+      <x:c r="D239" s="0">
+        <x:v>24053.365</x:v>
+      </x:c>
+      <x:c r="E239" s="0">
+        <x:v>22907.967</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="240" spans="1:5">
+      <x:c r="A240" s="1">
+        <x:v>45853.9275925926</x:v>
+      </x:c>
+      <x:c r="B240" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C240" s="0">
+        <x:v>1.81</x:v>
+      </x:c>
+      <x:c r="D240" s="0">
+        <x:v>24028.817</x:v>
+      </x:c>
+      <x:c r="E240" s="0">
+        <x:v>22884.588</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="241" spans="1:5">
+      <x:c r="A241" s="1">
+        <x:v>45852.9328819444</x:v>
+      </x:c>
+      <x:c r="B241" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C241" s="0">
+        <x:v>1.85</x:v>
+      </x:c>
+      <x:c r="D241" s="0">
+        <x:v>23998.414</x:v>
+      </x:c>
+      <x:c r="E241" s="0">
+        <x:v>22855.632</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="242" spans="1:5">
+      <x:c r="A242" s="1">
+        <x:v>45849.9250347222</x:v>
+      </x:c>
+      <x:c r="B242" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C242" s="0">
+        <x:v>1.93</x:v>
+      </x:c>
+      <x:c r="D242" s="0">
+        <x:v>23919.558</x:v>
+      </x:c>
+      <x:c r="E242" s="0">
+        <x:v>22780.597</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="243" spans="1:5">
+      <x:c r="A243" s="1">
+        <x:v>45849.3223148148</x:v>
+      </x:c>
+      <x:c r="B243" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C243" s="0">
+        <x:v>1.92</x:v>
+      </x:c>
+      <x:c r="D243" s="0">
+        <x:v>23970.656</x:v>
+      </x:c>
+      <x:c r="E243" s="0">
+        <x:v>22829.262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="244" spans="1:5">
+      <x:c r="A244" s="1">
+        <x:v>45848.9261805556</x:v>
+      </x:c>
+      <x:c r="B244" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C244" s="0">
+        <x:v>1.87</x:v>
+      </x:c>
+      <x:c r="D244" s="0">
+        <x:v>23970.34</x:v>
+      </x:c>
+      <x:c r="E244" s="0">
+        <x:v>22829.262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="245" spans="1:5">
+      <x:c r="A245" s="1">
+        <x:v>45848.341412037</x:v>
+      </x:c>
+      <x:c r="B245" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C245" s="0">
+        <x:v>1.91</x:v>
+      </x:c>
+      <x:c r="D245" s="0">
+        <x:v>24007.767</x:v>
+      </x:c>
+      <x:c r="E245" s="0">
+        <x:v>22864.907</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="246" spans="1:5">
+      <x:c r="A246" s="1">
+        <x:v>45847.925787037</x:v>
+      </x:c>
+      <x:c r="B246" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C246" s="0">
+        <x:v>1.83</x:v>
+      </x:c>
+      <x:c r="D246" s="0">
+        <x:v>24008.152</x:v>
+      </x:c>
+      <x:c r="E246" s="0">
+        <x:v>22864.907</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="247" spans="1:5">
+      <x:c r="A247" s="1">
+        <x:v>45846.924849537</x:v>
+      </x:c>
+      <x:c r="B247" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C247" s="0">
+        <x:v>2.05</x:v>
+      </x:c>
+      <x:c r="D247" s="0">
+        <x:v>23837.245</x:v>
+      </x:c>
+      <x:c r="E247" s="0">
+        <x:v>22702.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="248" spans="1:5">
+      <x:c r="A248" s="1">
+        <x:v>45846.3251967593</x:v>
+      </x:c>
+      <x:c r="B248" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C248" s="0">
+        <x:v>2.01</x:v>
+      </x:c>
+      <x:c r="D248" s="0">
+        <x:v>23819.729</x:v>
+      </x:c>
+      <x:c r="E248" s="0">
+        <x:v>22685.568</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="249" spans="1:5">
+      <x:c r="A249" s="1">
+        <x:v>45845.9274884259</x:v>
+      </x:c>
+      <x:c r="B249" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C249" s="0">
+        <x:v>2.07</x:v>
+      </x:c>
+      <x:c r="D249" s="0">
+        <x:v>23819.676</x:v>
+      </x:c>
+      <x:c r="E249" s="0">
+        <x:v>22685.568</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="250" spans="1:5">
+      <x:c r="A250" s="1">
+        <x:v>45845.3087037037</x:v>
+      </x:c>
+      <x:c r="B250" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C250" s="0">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D250" s="0">
+        <x:v>24010.149</x:v>
+      </x:c>
+      <x:c r="E250" s="0">
+        <x:v>22866.971</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="251" spans="1:5">
+      <x:c r="A251" s="1">
+        <x:v>45841.8023611111</x:v>
+      </x:c>
+      <x:c r="B251" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C251" s="0">
+        <x:v>1.84</x:v>
+      </x:c>
+      <x:c r="D251" s="0">
+        <x:v>24008.165</x:v>
+      </x:c>
+      <x:c r="E251" s="0">
+        <x:v>22866.971</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="252" spans="1:5">
+      <x:c r="A252" s="1">
+        <x:v>45841.3248842593</x:v>
+      </x:c>
+      <x:c r="B252" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C252" s="0">
+        <x:v>2.13</x:v>
+      </x:c>
+      <x:c r="D252" s="0">
+        <x:v>23771.826</x:v>
+      </x:c>
+      <x:c r="E252" s="0">
+        <x:v>22641.886</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="253" spans="1:5">
+      <x:c r="A253" s="1">
+        <x:v>45840.9304282407</x:v>
+      </x:c>
+      <x:c r="B253" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C253" s="0">
+        <x:v>2.16</x:v>
+      </x:c>
+      <x:c r="D253" s="0">
+        <x:v>23772.349</x:v>
+      </x:c>
+      <x:c r="E253" s="0">
+        <x:v>22641.886</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="254" spans="1:5">
+      <x:c r="A254" s="1">
+        <x:v>45840.3303587963</x:v>
+      </x:c>
+      <x:c r="B254" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C254" s="0">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="D254" s="0">
+        <x:v>23600.411</x:v>
+      </x:c>
+      <x:c r="E254" s="0">
+        <x:v>22478.135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="255" spans="1:5">
+      <x:c r="A255" s="1">
+        <x:v>45839.9249768518</x:v>
+      </x:c>
+      <x:c r="B255" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C255" s="0">
+        <x:v>2.42</x:v>
+      </x:c>
+      <x:c r="D255" s="0">
+        <x:v>23602.042</x:v>
+      </x:c>
+      <x:c r="E255" s="0">
+        <x:v>22478.135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="256" spans="1:5">
+      <x:c r="A256" s="1">
+        <x:v>45838.9258564815</x:v>
+      </x:c>
+      <x:c r="B256" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C256" s="0">
+        <x:v>2.14</x:v>
+      </x:c>
+      <x:c r="D256" s="0">
+        <x:v>23812.152</x:v>
+      </x:c>
+      <x:c r="E256" s="0">
+        <x:v>22679.009</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="257" spans="1:5">
+      <x:c r="A257" s="1">
+        <x:v>45838.3080671296</x:v>
+      </x:c>
+      <x:c r="B257" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C257" s="0">
+        <x:v>2.16</x:v>
+      </x:c>
+      <x:c r="D257" s="0">
+        <x:v>23660.106</x:v>
+      </x:c>
+      <x:c r="E257" s="0">
+        <x:v>22534.203</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="258" spans="1:5">
+      <x:c r="A258" s="1">
+        <x:v>45835.9281828704</x:v>
+      </x:c>
+      <x:c r="B258" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C258" s="0">
+        <x:v>2.36</x:v>
+      </x:c>
+      <x:c r="D258" s="0">
+        <x:v>23660.499</x:v>
+      </x:c>
+      <x:c r="E258" s="0">
+        <x:v>22534.203</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="259" spans="1:5">
+      <x:c r="A259" s="1">
+        <x:v>45835.307025463</x:v>
+      </x:c>
+      <x:c r="B259" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C259" s="0">
+        <x:v>2.44</x:v>
+      </x:c>
+      <x:c r="D259" s="0">
+        <x:v>23569.242</x:v>
+      </x:c>
+      <x:c r="E259" s="0">
+        <x:v>22447.292</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="260" spans="1:5">
+      <x:c r="A260" s="1">
+        <x:v>45834.9274074074</x:v>
+      </x:c>
+      <x:c r="B260" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C260" s="0">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="D260" s="0">
+        <x:v>23569.657</x:v>
+      </x:c>
+      <x:c r="E260" s="0">
+        <x:v>22447.292</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="261" spans="1:5">
+      <x:c r="A261" s="1">
+        <x:v>45833.9267824074</x:v>
+      </x:c>
+      <x:c r="B261" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C261" s="0">
+        <x:v>2.91</x:v>
+      </x:c>
+      <x:c r="D261" s="0">
+        <x:v>23349.29</x:v>
+      </x:c>
+      <x:c r="E261" s="0">
+        <x:v>22237.743</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="262" spans="1:5">
+      <x:c r="A262" s="1">
+        <x:v>45833.3086805556</x:v>
+      </x:c>
+      <x:c r="B262" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C262" s="0">
+        <x:v>2.96</x:v>
+      </x:c>
+      <x:c r="D262" s="0">
+        <x:v>23299.708</x:v>
+      </x:c>
+      <x:c r="E262" s="0">
+        <x:v>22190.522</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="263" spans="1:5">
+      <x:c r="A263" s="1">
         <x:v>45832.9265740741</x:v>
       </x:c>
-      <x:c r="B234" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C234" s="0">
+      <x:c r="B263" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C263" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D234" s="0">
+      <x:c r="D263" s="0">
         <x:v>23300.048</x:v>
       </x:c>
-      <x:c r="E234" s="0">
+      <x:c r="E263" s="0">
         <x:v>22190.522</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>