--- v6 (2026-03-04)
+++ v7 (2026-03-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d6da3fe647c4c50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d40734b365c7437fbcc3bde750fe701a.psmdcp" Id="R9f804f9109864268" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ee761ae6d114dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/01e6b95bfa5e4c96b0af70dfc1cabc15.psmdcp" Id="R24c7f76adbfa4355" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP09FCB5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,4517 +390,4959 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E263"/>
+  <x:dimension ref="A1:E289"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46085.3383680556</x:v>
+        <x:v>46106.8850578704</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
         <x:v>0.13</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>25955.387</x:v>
+        <x:v>25370.568</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>24720.08</x:v>
+        <x:v>24162.98</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46084.9255092593</x:v>
+        <x:v>46106.3005439815</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>25955.36</x:v>
+        <x:v>25202.011</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>24720.08</x:v>
+        <x:v>24002.45</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46084.3354050926</x:v>
+        <x:v>46105.8848148148</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>26241.506</x:v>
+        <x:v>25202.572</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>24992.6</x:v>
+        <x:v>24002.45</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46083.9256481481</x:v>
+        <x:v>46104.8850810185</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>26241.659</x:v>
+        <x:v>25396.524</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>24992.6</x:v>
+        <x:v>24188.59</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46083.3084259259</x:v>
+        <x:v>46104.3100347222</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>26207.471</x:v>
+        <x:v>25091.562</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>24960.04</x:v>
+        <x:v>23898.15</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46080.9257638889</x:v>
+        <x:v>46101.8853356481</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>26205.141</x:v>
+        <x:v>25091.431</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>24960.04</x:v>
+        <x:v>23898.15</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46080.304375</x:v>
+        <x:v>46101.310474537</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>26283.188</x:v>
+        <x:v>25571.417</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>25034.37</x:v>
+        <x:v>24355.28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46079.9258912037</x:v>
+        <x:v>46100.8877199074</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>26285.847</x:v>
+        <x:v>25573.044</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>25034.37</x:v>
+        <x:v>24355.28</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46079.2991782407</x:v>
+        <x:v>46099.8875694444</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>26595.25</x:v>
+        <x:v>25646.344</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>25329.04</x:v>
+        <x:v>24425.09</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46078.925787037</x:v>
+        <x:v>46098.884525463</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>26595.428</x:v>
+        <x:v>26019.441</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>25329.04</x:v>
+        <x:v>24780.42</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46078.3266203704</x:v>
+        <x:v>46097.885775463</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>26225.828</x:v>
+        <x:v>25887.356</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>24977.04</x:v>
+        <x:v>24655.34</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46077.9255208333</x:v>
+        <x:v>46097.3039699074</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>26225.892</x:v>
+        <x:v>25599.015</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>24977.04</x:v>
+        <x:v>24380.73</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46076.3076273148</x:v>
+        <x:v>46094.8846064815</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>26262.92</x:v>
+        <x:v>25596.714</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>25012.62</x:v>
+        <x:v>24380.73</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46073.9253472222</x:v>
+        <x:v>46094.3012384259</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>26263.12</x:v>
+        <x:v>25757.207</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>25012.62</x:v>
+        <x:v>24533.58</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46073.3322685185</x:v>
+        <x:v>46093.8852777778</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>26037.076</x:v>
+        <x:v>25760.259</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>24797.34</x:v>
+        <x:v>24533.58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46072.9253935185</x:v>
+        <x:v>46092.884849537</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>26033.416</x:v>
+        <x:v>26212.137</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>24797.34</x:v>
+        <x:v>24965.01</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46072.3124884259</x:v>
+        <x:v>46092.3173148148</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>26140.023</x:v>
+        <x:v>26203.17</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>24898.87</x:v>
+        <x:v>24956.47</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46071.9254513889</x:v>
+        <x:v>46091.8851157407</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>26143.599</x:v>
+        <x:v>26204.294</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>24898.87</x:v>
+        <x:v>24956.47</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46071.3073148148</x:v>
+        <x:v>46090.8887152778</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>25936.466</x:v>
+        <x:v>26214.254</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>24701.6</x:v>
+        <x:v>24967.248</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46070.9253356481</x:v>
+        <x:v>46090.3219907407</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>25935.646</x:v>
+        <x:v>25873.815</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>24701.6</x:v>
+        <x:v>24643.02</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46070.3023611111</x:v>
+        <x:v>46090.3213541667</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
         <x:v>0.14</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>25968.333</x:v>
+        <x:v>25873.815</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>24732.73</x:v>
+        <x:v>24643.02</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46066.9254861111</x:v>
+        <x:v>46087.9263888889</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>25966.348</x:v>
+        <x:v>25871.464</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>24732.73</x:v>
+        <x:v>24643.02</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46066.3087731482</x:v>
+        <x:v>46087.3068055556</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>25918.972</x:v>
+        <x:v>26267.723</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>24687.61</x:v>
+        <x:v>25020.41</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46065.9253587963</x:v>
+        <x:v>46086.9326157407</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>25921.99</x:v>
+        <x:v>26269.687</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>24687.61</x:v>
+        <x:v>25020.41</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46064.9256365741</x:v>
+        <x:v>46086.3051273148</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>26461.089</x:v>
+        <x:v>26346.62</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>25201.26</x:v>
+        <x:v>25093.68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46064.3232986111</x:v>
+        <x:v>46085.9284722222</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>26383.788</x:v>
+        <x:v>26347.667</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>25127.64</x:v>
+        <x:v>25093.68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46063.9255208333</x:v>
+        <x:v>46085.3383680556</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>26383.112</x:v>
+        <x:v>25955.387</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>25127.64</x:v>
+        <x:v>24720.08</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46063.3311921296</x:v>
+        <x:v>46084.9255092593</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>26530.638</x:v>
+        <x:v>25955.36</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>25268.14</x:v>
+        <x:v>24720.08</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46062.9247569444</x:v>
+        <x:v>46084.3354050926</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>26529.665</x:v>
+        <x:v>26241.506</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>25268.14</x:v>
+        <x:v>24992.6</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46062.2992013889</x:v>
+        <x:v>46083.9256481481</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>26327.677</x:v>
+        <x:v>26241.659</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>25075.77</x:v>
+        <x:v>24992.6</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46058.9255324074</x:v>
+        <x:v>46083.3084259259</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>25776.124</x:v>
+        <x:v>26207.471</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>24548.69</x:v>
+        <x:v>24960.04</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46057.9258564815</x:v>
+        <x:v>46080.9257638889</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>26135.802</x:v>
+        <x:v>26205.141</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>24891.24</x:v>
+        <x:v>24960.04</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46056.9428703704</x:v>
+        <x:v>46080.304375</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>26605.551</x:v>
+        <x:v>26283.188</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>25338.62</x:v>
+        <x:v>25034.37</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46055.9254398148</x:v>
+        <x:v>46079.9258912037</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>27025.54</x:v>
+        <x:v>26285.847</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>25738.61</x:v>
+        <x:v>25034.37</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46052.2983449074</x:v>
+        <x:v>46079.2991782407</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
         <x:v>0.08</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>27175.981</x:v>
+        <x:v>26595.25</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>25884.29</x:v>
+        <x:v>25329.04</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46051.9256481481</x:v>
+        <x:v>46078.925787037</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
         <x:v>0.08</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>27178.132</x:v>
+        <x:v>26595.428</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>25884.29</x:v>
+        <x:v>25329.04</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46051.3032407407</x:v>
+        <x:v>46078.3266203704</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>27323.557</x:v>
+        <x:v>26225.828</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>26022.79</x:v>
+        <x:v>24977.04</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46050.9251736111</x:v>
+        <x:v>46077.9255208333</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>27323.404</x:v>
+        <x:v>26225.892</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>26022.79</x:v>
+        <x:v>24977.04</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46050.299224537</x:v>
+        <x:v>46076.3076273148</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>27236.201</x:v>
+        <x:v>26262.92</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>25939.74</x:v>
+        <x:v>25012.62</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46049.9250231481</x:v>
+        <x:v>46073.9253472222</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>27236.727</x:v>
+        <x:v>26263.12</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>25939.74</x:v>
+        <x:v>25012.62</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46048.9247916667</x:v>
+        <x:v>46073.3322685185</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>26998.87</x:v>
+        <x:v>26037.076</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>25713.21</x:v>
+        <x:v>24797.34</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46045.9251736111</x:v>
+        <x:v>46072.9253935185</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>26885.744</x:v>
+        <x:v>26033.416</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>25605.47</x:v>
+        <x:v>24797.34</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46044.9246180556</x:v>
+        <x:v>46072.3124884259</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>26794.268</x:v>
+        <x:v>26140.023</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>25518.35</x:v>
+        <x:v>24898.87</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46043.925474537</x:v>
+        <x:v>46071.9254513889</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>26592.909</x:v>
+        <x:v>26143.599</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>25326.58</x:v>
+        <x:v>24898.87</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46042.9279050926</x:v>
+        <x:v>46071.3073148148</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>26236.948</x:v>
+        <x:v>25936.466</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>24987.57</x:v>
+        <x:v>24701.6</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46038.9244097222</x:v>
+        <x:v>46070.9253356481</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>26805.723</x:v>
+        <x:v>25935.646</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>25529.26</x:v>
+        <x:v>24701.6</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46037.9281134259</x:v>
+        <x:v>46070.3023611111</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>26824.424</x:v>
+        <x:v>25968.333</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>25547.07</x:v>
+        <x:v>24732.73</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46036.927349537</x:v>
+        <x:v>46066.9254861111</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>26737.567</x:v>
+        <x:v>25966.348</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>25465.94</x:v>
+        <x:v>24732.73</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46036.3276157407</x:v>
+        <x:v>46066.3087731482</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>27027.378</x:v>
+        <x:v>25918.972</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>24687.61</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46035.9279976852</x:v>
+        <x:v>46065.9253587963</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>27029.048</x:v>
+        <x:v>25921.99</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>25741.95</x:v>
+        <x:v>24687.61</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46034.927974537</x:v>
+        <x:v>46064.9256365741</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>27077.043</x:v>
+        <x:v>26461.089</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>25787.66</x:v>
+        <x:v>25201.26</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46031.9291087963</x:v>
+        <x:v>46064.3232986111</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>27054.014</x:v>
+        <x:v>26383.788</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>25766.26</x:v>
+        <x:v>25127.64</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46031.324837963</x:v>
+        <x:v>46063.9255208333</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>26781.896</x:v>
+        <x:v>26383.112</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>25127.64</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46030.9271064815</x:v>
+        <x:v>46063.3311921296</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>26782.455</x:v>
+        <x:v>26530.638</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>25507.1</x:v>
+        <x:v>25268.14</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>46029.9279398148</x:v>
+        <x:v>46062.9247569444</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>26936.595</x:v>
+        <x:v>26529.665</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>25653.9</x:v>
+        <x:v>25268.14</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>46028.9271643519</x:v>
+        <x:v>46062.2992013889</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>26921.696</x:v>
+        <x:v>26327.677</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>25639.71</x:v>
+        <x:v>25075.77</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>46027.9295949074</x:v>
+        <x:v>46058.9255324074</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>26671.386</x:v>
+        <x:v>25776.124</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>25401.32</x:v>
+        <x:v>24548.69</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>46024.9272453704</x:v>
+        <x:v>46057.9258564815</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
         <x:v>0.13</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>26463.652</x:v>
+        <x:v>26135.802</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>25206.17</x:v>
+        <x:v>24891.24</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>46024.2881828704</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>26732.862</x:v>
+        <x:v>26605.551</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>25338.62</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>46022.3246527778</x:v>
+        <x:v>46055.9254398148</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>26735.688</x:v>
+        <x:v>27025.54</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>25738.61</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>46021.927025463</x:v>
+        <x:v>46052.2983449074</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>26735.688</x:v>
+        <x:v>27175.981</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>25462.56</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>46020.9274074074</x:v>
+        <x:v>46051.9256481481</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>26801.188</x:v>
+        <x:v>27178.132</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>25525.56</x:v>
+        <x:v>25884.29</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>46020.3324768519</x:v>
+        <x:v>46051.3032407407</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>26866.572</x:v>
+        <x:v>27323.557</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>46015.3842708333</x:v>
+        <x:v>46050.9251736111</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>26867.222</x:v>
+        <x:v>27323.404</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>26022.79</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>46014.9278125</x:v>
+        <x:v>46050.299224537</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>26867.222</x:v>
+        <x:v>27236.201</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>25587.83</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46049.9250231481</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>26732.063</x:v>
+        <x:v>27236.727</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>25461.7</x:v>
+        <x:v>25939.74</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>46013.2967013889</x:v>
+        <x:v>46048.9247916667</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>26610.767</x:v>
+        <x:v>26998.87</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25713.21</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46045.9251736111</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>26613.489</x:v>
+        <x:v>26885.744</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>25346.18</x:v>
+        <x:v>25605.47</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>46009.930775463</x:v>
+        <x:v>46044.9246180556</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>26270.338</x:v>
+        <x:v>26794.268</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>25019.37</x:v>
+        <x:v>25518.35</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>46008.927662037</x:v>
+        <x:v>46043.925474537</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>25879.99</x:v>
+        <x:v>26592.909</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>24647.61</x:v>
+        <x:v>25326.58</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>46007.9278356481</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>26389.587</x:v>
+        <x:v>26236.948</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>25132.94</x:v>
+        <x:v>24987.57</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>46006.9271412037</x:v>
+        <x:v>46038.9244097222</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>26318.639</x:v>
+        <x:v>26805.723</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>25067.27</x:v>
+        <x:v>25529.26</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>46006.3081134259</x:v>
+        <x:v>46037.9281134259</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>26454.572</x:v>
+        <x:v>26824.424</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25547.07</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>46003.9269791667</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>26455.655</x:v>
+        <x:v>26737.567</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>25196.73</x:v>
+        <x:v>25465.94</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>46003.3313657407</x:v>
+        <x:v>46036.3276157407</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>26970.113</x:v>
+        <x:v>27027.378</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>46002.9321064815</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>26971.024</x:v>
+        <x:v>27029.048</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>25686.69</x:v>
+        <x:v>25741.95</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>46001.9271180556</x:v>
+        <x:v>46034.927974537</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>27064.924</x:v>
+        <x:v>27077.043</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>25776.44</x:v>
+        <x:v>25787.66</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>46001.3340740741</x:v>
+        <x:v>46031.9291087963</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>26951.786</x:v>
+        <x:v>27054.014</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25766.26</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>46000.9276273148</x:v>
+        <x:v>46031.324837963</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>26951.949</x:v>
+        <x:v>26781.896</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>25668.69</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>46000.3338310185</x:v>
+        <x:v>46030.9271064815</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>26909.172</x:v>
+        <x:v>26782.455</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>25627.95</x:v>
+        <x:v>25507.1</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45999.3304166667</x:v>
+        <x:v>46029.9279398148</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>26974.736</x:v>
+        <x:v>26936.595</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25653.9</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45996.930787037</x:v>
+        <x:v>46028.9271643519</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>26973.662</x:v>
+        <x:v>26921.696</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>25692.05</x:v>
+        <x:v>25639.71</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45996.3408449074</x:v>
+        <x:v>46027.9295949074</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>26857.794</x:v>
+        <x:v>26671.386</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25401.32</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45995.9303935185</x:v>
+        <x:v>46024.9272453704</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>26859.383</x:v>
+        <x:v>26463.652</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>25581.7</x:v>
+        <x:v>25206.17</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45995.3278819444</x:v>
+        <x:v>46024.2881828704</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>26885.465</x:v>
+        <x:v>26732.862</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45994.9277430556</x:v>
+        <x:v>46022.3246527778</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>26885.359</x:v>
+        <x:v>26735.688</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>25606.54</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45994.3371990741</x:v>
+        <x:v>46021.927025463</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>26832.145</x:v>
+        <x:v>26735.688</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25462.56</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>26833.653</x:v>
+        <x:v>26801.188</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>25555.86</x:v>
+        <x:v>25525.56</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45992.9296759259</x:v>
+        <x:v>46020.3324768519</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>26609.992</x:v>
+        <x:v>26866.572</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>25342.849</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45989.8197453704</x:v>
+        <x:v>46015.3842708333</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>26705.686</x:v>
+        <x:v>26867.222</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>25434.889</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45989.3082638889</x:v>
+        <x:v>46014.9278125</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>26497.838</x:v>
+        <x:v>26867.222</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25587.83</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45987.9266435185</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>26497.266</x:v>
+        <x:v>26732.063</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>25236.939</x:v>
+        <x:v>25461.7</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45987.3195601852</x:v>
+        <x:v>46013.2967013889</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>26267.758</x:v>
+        <x:v>26610.767</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45986.9249305556</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>26269.169</x:v>
+        <x:v>26613.489</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>25018.36</x:v>
+        <x:v>25346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46009.930775463</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>26117.433</x:v>
+        <x:v>26270.338</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>24873.85</x:v>
+        <x:v>25019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45985.3068634259</x:v>
+        <x:v>46008.927662037</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>25451.226</x:v>
+        <x:v>25879.99</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>24647.61</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45982.9249768518</x:v>
+        <x:v>46007.9278356481</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>25449.855</x:v>
+        <x:v>26389.587</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>24239.573</x:v>
+        <x:v>25132.94</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45982.3125115741</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>25255.402</x:v>
+        <x:v>26318.639</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25067.27</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45981.9258796296</x:v>
+        <x:v>46006.3081134259</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>25252.611</x:v>
+        <x:v>26454.572</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>24054.38</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45981.3119560185</x:v>
+        <x:v>46003.9269791667</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>25868.053</x:v>
+        <x:v>26455.655</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25196.73</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46003.3313657407</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>25872.364</x:v>
+        <x:v>26970.113</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>24640.515</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45980.3054166667</x:v>
+        <x:v>46002.9321064815</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>25728.074</x:v>
+        <x:v>26971.024</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25686.69</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45979.9258564815</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>25727.695</x:v>
+        <x:v>27064.924</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>24503.096</x:v>
+        <x:v>25776.44</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45979.3133912037</x:v>
+        <x:v>46001.3340740741</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>26039.358</x:v>
+        <x:v>26951.786</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45978.9281828704</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>26039.422</x:v>
+        <x:v>26951.949</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>24799.918</x:v>
+        <x:v>25668.69</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45978.3022569444</x:v>
+        <x:v>46000.3338310185</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>26258.162</x:v>
+        <x:v>26909.172</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25627.95</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45975.925775463</x:v>
+        <x:v>45999.3304166667</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>26255.61</x:v>
+        <x:v>26974.736</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>25008.242</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45975.3077546296</x:v>
+        <x:v>45996.930787037</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>26240.092</x:v>
+        <x:v>26973.662</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>45996.3408449074</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>26242.753</x:v>
+        <x:v>26857.794</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>24993.463</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45974.318275463</x:v>
+        <x:v>45995.9303935185</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>26792.811</x:v>
+        <x:v>26859.383</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45973.9253009259</x:v>
+        <x:v>45995.3278819444</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>26792.965</x:v>
+        <x:v>26885.465</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>25517.328</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45973.3365277778</x:v>
+        <x:v>45994.9277430556</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>26809.931</x:v>
+        <x:v>26885.359</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25606.54</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45972.9253703704</x:v>
+        <x:v>45994.3371990741</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>26810.16</x:v>
+        <x:v>26832.145</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>25533.486</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45971.9254050926</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>26889.041</x:v>
+        <x:v>26833.653</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>25611.737</x:v>
+        <x:v>25555.86</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45971.2992708333</x:v>
+        <x:v>45992.9296759259</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>26309.515</x:v>
+        <x:v>26609.992</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>25342.849</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45968.9254976852</x:v>
+        <x:v>45989.8197453704</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>26312.284</x:v>
+        <x:v>26705.686</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>25059.808</x:v>
+        <x:v>25434.889</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45968.3147453704</x:v>
+        <x:v>45989.3082638889</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>26386.03</x:v>
+        <x:v>26497.838</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>45987.9266435185</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>26386.544</x:v>
+        <x:v>26497.266</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>25130.042</x:v>
+        <x:v>25236.939</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45966.9253240741</x:v>
+        <x:v>45987.3195601852</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>26901.033</x:v>
+        <x:v>26267.758</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>25620.031</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45986.9249305556</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>26707.189</x:v>
+        <x:v>26269.169</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>25435.704</x:v>
+        <x:v>25018.36</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45965.3316666667</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>27271.29</x:v>
+        <x:v>26117.433</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>24873.85</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45964.9228587963</x:v>
+        <x:v>45985.3068634259</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>27271.59</x:v>
+        <x:v>25451.226</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>25972.943</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45961.8819907407</x:v>
+        <x:v>45982.9249768518</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>27148.56</x:v>
+        <x:v>25449.855</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>25858.126</x:v>
+        <x:v>24239.573</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45961.3396296296</x:v>
+        <x:v>45982.3125115741</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>27019.082</x:v>
+        <x:v>25255.402</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45981.9258796296</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>27021.554</x:v>
+        <x:v>25252.611</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>25734.813</x:v>
+        <x:v>24054.38</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45959.8897800926</x:v>
+        <x:v>45981.3119560185</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>27425.63</x:v>
+        <x:v>25868.053</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>26119.846</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45959.3231944444</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>27312.554</x:v>
+        <x:v>25872.364</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>24640.515</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45958.8875</x:v>
+        <x:v>45980.3054166667</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>27312.429</x:v>
+        <x:v>25728.074</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>26012.155</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45958.3305787037</x:v>
+        <x:v>45979.9258564815</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>27112.283</x:v>
+        <x:v>25727.695</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>25821.54</x:v>
+        <x:v>24503.096</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45957.8876157407</x:v>
+        <x:v>45979.3133912037</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>27112.623</x:v>
+        <x:v>26039.358</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>25821.546</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45954.9259143519</x:v>
+        <x:v>45978.9281828704</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>26626.049</x:v>
+        <x:v>26039.422</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>25358.162</x:v>
+        <x:v>24799.918</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45954.3348032407</x:v>
+        <x:v>45978.3022569444</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>26352.265</x:v>
+        <x:v>26258.162</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45953.9278935185</x:v>
+        <x:v>45975.925775463</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>26352.286</x:v>
+        <x:v>26255.61</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>25097.415</x:v>
+        <x:v>25008.242</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45952.9304398148</x:v>
+        <x:v>45975.3077546296</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>26122.955</x:v>
+        <x:v>26240.092</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>24879.005</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>26383.488</x:v>
+        <x:v>26242.753</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>25127.131</x:v>
+        <x:v>24993.463</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45950.9289583333</x:v>
+        <x:v>45974.318275463</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>26398.069</x:v>
+        <x:v>26792.811</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>25141.018</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45973.9253009259</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>26058.851</x:v>
+        <x:v>26792.965</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>24817.953</x:v>
+        <x:v>25517.328</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45946.9261921296</x:v>
+        <x:v>45973.3365277778</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>25890.103</x:v>
+        <x:v>26809.931</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>24657.241</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45945.9257060185</x:v>
+        <x:v>45972.9253703704</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>25982.626</x:v>
+        <x:v>26810.16</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>24745.358</x:v>
+        <x:v>25533.486</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45944.9308449074</x:v>
+        <x:v>45971.9254050926</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>25808.283</x:v>
+        <x:v>26889.041</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>24579.317</x:v>
+        <x:v>25611.737</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45943.926712963</x:v>
+        <x:v>45971.2992708333</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>25987.765</x:v>
+        <x:v>26309.515</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>24750.252</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>25432.764</x:v>
+        <x:v>26312.284</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>24221.745</x:v>
+        <x:v>25059.808</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45940.3354976852</x:v>
+        <x:v>45968.3147453704</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>26353.02</x:v>
+        <x:v>26386.03</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>25098.18</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45939.3272685185</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>26393.011</x:v>
+        <x:v>26386.544</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>25130.042</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>26393.454</x:v>
+        <x:v>26901.033</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>25136.623</x:v>
+        <x:v>25620.031</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>26082.238</x:v>
+        <x:v>26707.189</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>24840.227</x:v>
+        <x:v>25435.704</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45965.3316666667</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>26227.486</x:v>
+        <x:v>27271.29</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>24978.558</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>26022.361</x:v>
+        <x:v>27271.59</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>24785.522</x:v>
+        <x:v>25972.943</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45933.331099537</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>26134.965</x:v>
+        <x:v>27148.56</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25858.126</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45961.3396296296</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>26137.402</x:v>
+        <x:v>27019.082</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>24892.764</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>26039.298</x:v>
+        <x:v>27021.554</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>24800.863</x:v>
+        <x:v>25734.813</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45931.334224537</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>25912.379</x:v>
+        <x:v>27425.63</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>26119.846</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45959.3231944444</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>25913.131</x:v>
+        <x:v>27312.554</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>24679.988</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45930.332662037</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>25841.063</x:v>
+        <x:v>27312.429</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>26012.155</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45958.3305787037</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>25841.92</x:v>
+        <x:v>27112.283</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>24611.352</x:v>
+        <x:v>25821.54</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>25728.627</x:v>
+        <x:v>27112.623</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>24503.848</x:v>
+        <x:v>25821.546</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45926.3218055556</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>25616.763</x:v>
+        <x:v>26626.049</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>25358.162</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45954.3348032407</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>25617.177</x:v>
+        <x:v>26352.265</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>24397.311</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>25728.31</x:v>
+        <x:v>26352.286</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>24503.567</x:v>
+        <x:v>25097.415</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45924.3777662037</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>25808.741</x:v>
+        <x:v>26122.955</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>24879.005</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45923.925162037</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>25809.176</x:v>
+        <x:v>26383.488</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>24580.168</x:v>
+        <x:v>25127.131</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45922.9267013889</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>25996.051</x:v>
+        <x:v>26398.069</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>24761.074</x:v>
+        <x:v>25141.018</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45922.3338773148</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>25854.483</x:v>
+        <x:v>26058.851</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>24817.953</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45919.934224537</x:v>
+        <x:v>45946.9261921296</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>25857.559</x:v>
+        <x:v>25890.103</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>24626.247</x:v>
+        <x:v>24657.241</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45918.9265277778</x:v>
+        <x:v>45945.9257060185</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>25677.639</x:v>
+        <x:v>25982.626</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>24454.894</x:v>
+        <x:v>24745.358</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45917.9271180556</x:v>
+        <x:v>45944.9308449074</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>25434.533</x:v>
+        <x:v>25808.283</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>24223.687</x:v>
+        <x:v>24579.317</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45917.3258680556</x:v>
+        <x:v>45943.926712963</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>25487.623</x:v>
+        <x:v>25987.765</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24750.252</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45940.9234837963</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>25487.962</x:v>
+        <x:v>25432.764</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>24274.249</x:v>
+        <x:v>24221.745</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45940.3354976852</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>25506.654</x:v>
+        <x:v>26353.02</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>24293.781</x:v>
+        <x:v>25098.18</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45939.3272685185</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>25294.986</x:v>
+        <x:v>26393.011</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45912.9234837963</x:v>
+        <x:v>45938.9270601852</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>25295.977</x:v>
+        <x:v>26393.454</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>24092.193</x:v>
+        <x:v>25136.623</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45912.3096643519</x:v>
+        <x:v>45937.9282175926</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>25191.364</x:v>
+        <x:v>26082.238</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24840.227</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>25192.059</x:v>
+        <x:v>26227.486</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>23992.562</x:v>
+        <x:v>24978.558</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45911.3307638889</x:v>
+        <x:v>45933.9288888889</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>25041.602</x:v>
+        <x:v>26022.361</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24785.522</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45910.9240625</x:v>
+        <x:v>45933.331099537</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>25041.734</x:v>
+        <x:v>26134.965</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>23849.27</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45909.924537037</x:v>
+        <x:v>45932.9250347222</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>25031.61</x:v>
+        <x:v>26137.402</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>23839.796</x:v>
+        <x:v>24892.764</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45909.3354861111</x:v>
+        <x:v>45931.9293634259</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>24950.239</x:v>
+        <x:v>26039.298</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24800.863</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45908.9240277778</x:v>
+        <x:v>45931.334224537</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>24949.143</x:v>
+        <x:v>25912.379</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>23762.3</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45908.3013425926</x:v>
+        <x:v>45930.9338773148</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>24833.793</x:v>
+        <x:v>25913.131</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24679.988</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45930.332662037</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>24832.075</x:v>
+        <x:v>25841.063</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>23652.443</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45905.3095023148</x:v>
+        <x:v>45929.9323842593</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>24811.673</x:v>
+        <x:v>25841.92</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24611.352</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45926.9299537037</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>24812.439</x:v>
+        <x:v>25728.627</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>23633.013</x:v>
+        <x:v>24503.848</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45904.3202083333</x:v>
+        <x:v>45926.3218055556</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>24583.356</x:v>
+        <x:v>25616.763</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45903.9235763889</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>1.02</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>24585.503</x:v>
+        <x:v>25617.177</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>23414.839</x:v>
+        <x:v>24397.311</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45903.3225115741</x:v>
+        <x:v>45924.9296990741</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>24392.585</x:v>
+        <x:v>25728.31</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24503.567</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45902.9238541667</x:v>
+        <x:v>45924.3777662037</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>24392.014</x:v>
+        <x:v>25808.741</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>23231.108</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45902.3291782407</x:v>
+        <x:v>45923.925162037</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>24585.542</x:v>
+        <x:v>25809.176</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24580.168</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45898.9303935185</x:v>
+        <x:v>45922.9267013889</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>1.03</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>24583.922</x:v>
+        <x:v>25996.051</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>23415.42</x:v>
+        <x:v>24761.074</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45898.3268518519</x:v>
+        <x:v>45922.3338773148</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>24886.354</x:v>
+        <x:v>25854.483</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45919.934224537</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>24888.622</x:v>
+        <x:v>25857.559</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>23703.45</x:v>
+        <x:v>24626.247</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45896.924837963</x:v>
+        <x:v>45918.9265277778</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>24744.075</x:v>
+        <x:v>25677.639</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>23565.846</x:v>
+        <x:v>24454.894</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45896.3337615741</x:v>
+        <x:v>45917.9271180556</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>0.97</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>24701.495</x:v>
+        <x:v>25434.533</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>24223.687</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45917.3258680556</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>0.98</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>24701.558</x:v>
+        <x:v>25487.623</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>23525.293</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45894.9239351852</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>1.04</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>24596.776</x:v>
+        <x:v>25487.962</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>23425.605</x:v>
+        <x:v>24274.249</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45894.3297685185</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>1</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>24672.912</x:v>
+        <x:v>25506.654</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>24293.781</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45915.3170833333</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>24671.005</x:v>
+        <x:v>25294.986</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>23498.115</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45891.3279861111</x:v>
+        <x:v>45912.9234837963</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>1.31</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>24297.694</x:v>
+        <x:v>25295.977</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>24092.193</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45890.9257060185</x:v>
+        <x:v>45912.3096643519</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>24295.665</x:v>
+        <x:v>25191.364</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>23142.58</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45890.3406828704</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>24408.005</x:v>
+        <x:v>25192.059</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23992.562</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45889.9243287037</x:v>
+        <x:v>45911.3307638889</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>24412.048</x:v>
+        <x:v>25041.602</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>23249.57</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45888.9238194444</x:v>
+        <x:v>45910.9240625</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>24553.655</x:v>
+        <x:v>25041.734</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>23384.77</x:v>
+        <x:v>23849.27</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45888.3193055556</x:v>
+        <x:v>45909.924537037</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>24899.093</x:v>
+        <x:v>25031.61</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23839.796</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45887.9246180556</x:v>
+        <x:v>45909.3354861111</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>24898.629</x:v>
+        <x:v>24950.239</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>23713.759</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45887.3188773148</x:v>
+        <x:v>45908.9240277778</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>24896.856</x:v>
+        <x:v>24949.143</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>23712.07</x:v>
+        <x:v>23762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45884.9247800926</x:v>
+        <x:v>45908.3013425926</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>24895.558</x:v>
+        <x:v>24833.793</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>23712.07</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45884.3110069444</x:v>
+        <x:v>45905.9285648148</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>25021.948</x:v>
+        <x:v>24832.075</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>23832.442</x:v>
+        <x:v>23652.443</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45883.9240393518</x:v>
+        <x:v>45905.3095023148</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>25023.449</x:v>
+        <x:v>24811.673</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>23832.442</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45883.3327777778</x:v>
+        <x:v>45904.9245601852</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>25040.877</x:v>
+        <x:v>24812.439</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>23849.04</x:v>
+        <x:v>23633.013</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45904.3202083333</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>0.84</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>25041.492</x:v>
+        <x:v>24583.356</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>23849.04</x:v>
+        <x:v>23414.839</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45881.9233912037</x:v>
+        <x:v>45903.9235763889</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>0.85</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>25031.156</x:v>
+        <x:v>24585.503</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>23839.196</x:v>
+        <x:v>23414.839</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45880.9236111111</x:v>
+        <x:v>45903.3225115741</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>1.06</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>24700.346</x:v>
+        <x:v>24392.585</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>23526.634</x:v>
+        <x:v>23231.108</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45880.3183564815</x:v>
+        <x:v>45902.9238541667</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>0.98</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>24789.21</x:v>
+        <x:v>24392.014</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>23611.266</x:v>
+        <x:v>23231.108</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45877.9331828704</x:v>
+        <x:v>45902.3291782407</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>1</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>24790.767</x:v>
+        <x:v>24585.542</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>23611.266</x:v>
+        <x:v>23415.42</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45877.3108217593</x:v>
+        <x:v>45898.9303935185</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>1.12</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>24557.942</x:v>
+        <x:v>24583.922</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>23389.528</x:v>
+        <x:v>23415.42</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45876.9384953704</x:v>
+        <x:v>45898.3268518519</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>24559.004</x:v>
+        <x:v>24886.354</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>23389.528</x:v>
+        <x:v>23703.45</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45875.9344097222</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>1.22</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>24480.796</x:v>
+        <x:v>24888.622</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>23315.044</x:v>
+        <x:v>23703.45</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45896.924837963</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>1.51</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>24169.187</x:v>
+        <x:v>24744.075</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>23018.56</x:v>
+        <x:v>23565.846</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45874.3206018519</x:v>
+        <x:v>45896.3337615741</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>1.31</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>24347.737</x:v>
+        <x:v>24701.495</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>23188.608</x:v>
+        <x:v>23525.293</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45873.931400463</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>1.36</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>24348.038</x:v>
+        <x:v>24701.558</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>23188.608</x:v>
+        <x:v>23525.293</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45870.9273842593</x:v>
+        <x:v>45894.9239351852</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>23900.716</x:v>
+        <x:v>24596.776</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>22763.313</x:v>
+        <x:v>23425.605</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45870.3093634259</x:v>
+        <x:v>45894.3297685185</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>1.48</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>24378.268</x:v>
+        <x:v>24672.912</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>23218.124</x:v>
+        <x:v>23498.115</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45869.9244560185</x:v>
+        <x:v>45891.9252083333</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>1.45</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>24377.398</x:v>
+        <x:v>24671.005</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>23218.124</x:v>
+        <x:v>23498.115</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45869.3149189815</x:v>
+        <x:v>45891.3279861111</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>24511.052</x:v>
+        <x:v>24297.694</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>23345.414</x:v>
+        <x:v>23142.58</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45868.9255439815</x:v>
+        <x:v>45890.9257060185</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>24512.685</x:v>
+        <x:v>24295.665</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>23345.414</x:v>
+        <x:v>23142.58</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45867.9289467593</x:v>
+        <x:v>45890.3406828704</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>1.37</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>24473.17</x:v>
+        <x:v>24408.005</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>23308.303</x:v>
+        <x:v>23249.57</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45867.3012731482</x:v>
+        <x:v>45889.9243287037</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>24523.536</x:v>
+        <x:v>24412.048</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>23356.27</x:v>
+        <x:v>23249.57</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45866.9278009259</x:v>
+        <x:v>45888.9238194444</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>1.33</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>24524.084</x:v>
+        <x:v>24553.655</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>23356.27</x:v>
+        <x:v>23384.77</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45863.9269212963</x:v>
+        <x:v>45888.3193055556</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>1.4</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>24435.837</x:v>
+        <x:v>24899.093</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>23272.246</x:v>
+        <x:v>23713.759</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45863.3330671296</x:v>
+        <x:v>45887.9246180556</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>1.41</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>24380.837</x:v>
+        <x:v>24898.629</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>23219.865</x:v>
+        <x:v>23713.759</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45862.9246180556</x:v>
+        <x:v>45887.3188773148</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>1.45</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>24380.858</x:v>
+        <x:v>24896.856</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>23219.865</x:v>
+        <x:v>23712.07</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45861.926412037</x:v>
+        <x:v>45884.9247800926</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>1.5</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>24320.526</x:v>
+        <x:v>24895.558</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>23162.406</x:v>
+        <x:v>23712.07</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45860.9261226852</x:v>
+        <x:v>45884.3110069444</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>1.61</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>24216.757</x:v>
+        <x:v>25021.948</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>23063.578</x:v>
+        <x:v>23832.442</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45859.9272800926</x:v>
+        <x:v>45883.9240393518</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>1.49</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>24338.549</x:v>
+        <x:v>25023.449</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>23180.062</x:v>
+        <x:v>23832.442</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45859.3186226852</x:v>
+        <x:v>45883.3327777778</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>1.57</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>24218.232</x:v>
+        <x:v>25040.877</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>23065.474</x:v>
+        <x:v>23849.04</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45856.9492013889</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>1.61</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>24218.748</x:v>
+        <x:v>25041.492</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>23065.474</x:v>
+        <x:v>23849.04</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45855.9327893518</x:v>
+        <x:v>45881.9233912037</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>24231.938</x:v>
+        <x:v>25031.156</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>23078.036</x:v>
+        <x:v>23839.196</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45854.9360185185</x:v>
+        <x:v>45880.9236111111</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>24053.365</x:v>
+        <x:v>24700.346</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>22907.967</x:v>
+        <x:v>23526.634</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45853.9275925926</x:v>
+        <x:v>45880.3183564815</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>1.81</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>24028.817</x:v>
+        <x:v>24789.21</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>22884.588</x:v>
+        <x:v>23611.266</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45852.9328819444</x:v>
+        <x:v>45877.9331828704</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>1.85</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>23998.414</x:v>
+        <x:v>24790.767</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>22855.632</x:v>
+        <x:v>23611.266</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45849.9250347222</x:v>
+        <x:v>45877.3108217593</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>23919.558</x:v>
+        <x:v>24557.942</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>22780.597</x:v>
+        <x:v>23389.528</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45849.3223148148</x:v>
+        <x:v>45876.9384953704</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>23970.656</x:v>
+        <x:v>24559.004</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>22829.262</x:v>
+        <x:v>23389.528</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45848.9261805556</x:v>
+        <x:v>45875.9344097222</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>1.87</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>23970.34</x:v>
+        <x:v>24480.796</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>22829.262</x:v>
+        <x:v>23315.044</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45848.341412037</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>24007.767</x:v>
+        <x:v>24169.187</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>22864.907</x:v>
+        <x:v>23018.56</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45847.925787037</x:v>
+        <x:v>45874.3206018519</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>1.83</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>24008.152</x:v>
+        <x:v>24347.737</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>22864.907</x:v>
+        <x:v>23188.608</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45846.924849537</x:v>
+        <x:v>45873.931400463</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>23837.245</x:v>
+        <x:v>24348.038</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>22702.25</x:v>
+        <x:v>23188.608</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45846.3251967593</x:v>
+        <x:v>45870.9273842593</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>2.01</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>23819.729</x:v>
+        <x:v>23900.716</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>22685.568</x:v>
+        <x:v>22763.313</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45845.9274884259</x:v>
+        <x:v>45870.3093634259</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>23819.676</x:v>
+        <x:v>24378.268</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>22685.568</x:v>
+        <x:v>23218.124</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45845.3087037037</x:v>
+        <x:v>45869.9244560185</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>2</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>24010.149</x:v>
+        <x:v>24377.398</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>22866.971</x:v>
+        <x:v>23218.124</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45841.8023611111</x:v>
+        <x:v>45869.3149189815</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>1.84</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>24008.165</x:v>
+        <x:v>24511.052</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>22866.971</x:v>
+        <x:v>23345.414</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45841.3248842593</x:v>
+        <x:v>45868.9255439815</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>23771.826</x:v>
+        <x:v>24512.685</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>22641.886</x:v>
+        <x:v>23345.414</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45840.9304282407</x:v>
+        <x:v>45867.9289467593</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>23772.349</x:v>
+        <x:v>24473.17</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>22641.886</x:v>
+        <x:v>23308.303</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45840.3303587963</x:v>
+        <x:v>45867.3012731482</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>2.3</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>23600.411</x:v>
+        <x:v>24523.536</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>22478.135</x:v>
+        <x:v>23356.27</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45839.9249768518</x:v>
+        <x:v>45866.9278009259</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>2.42</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>23602.042</x:v>
+        <x:v>24524.084</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>22478.135</x:v>
+        <x:v>23356.27</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45863.9269212963</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>2.14</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>23812.152</x:v>
+        <x:v>24435.837</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>22679.009</x:v>
+        <x:v>23272.246</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45838.3080671296</x:v>
+        <x:v>45863.3330671296</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>23660.106</x:v>
+        <x:v>24380.837</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>22534.203</x:v>
+        <x:v>23219.865</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45835.9281828704</x:v>
+        <x:v>45862.9246180556</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>2.36</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>23660.499</x:v>
+        <x:v>24380.858</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>22534.203</x:v>
+        <x:v>23219.865</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45835.307025463</x:v>
+        <x:v>45861.926412037</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>23569.242</x:v>
+        <x:v>24320.526</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>22447.292</x:v>
+        <x:v>23162.406</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45834.9274074074</x:v>
+        <x:v>45860.9261226852</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>2.5</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>23569.657</x:v>
+        <x:v>24216.757</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>22447.292</x:v>
+        <x:v>23063.578</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45833.9267824074</x:v>
+        <x:v>45859.9272800926</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>2.91</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>23349.29</x:v>
+        <x:v>24338.549</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>22237.743</x:v>
+        <x:v>23180.062</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45833.3086805556</x:v>
+        <x:v>45859.3186226852</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>2.96</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>23299.708</x:v>
+        <x:v>24218.232</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>22190.522</x:v>
+        <x:v>23065.474</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
+        <x:v>45856.9492013889</x:v>
+      </x:c>
+      <x:c r="B263" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C263" s="0">
+        <x:v>1.61</x:v>
+      </x:c>
+      <x:c r="D263" s="0">
+        <x:v>24218.748</x:v>
+      </x:c>
+      <x:c r="E263" s="0">
+        <x:v>23065.474</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="264" spans="1:5">
+      <x:c r="A264" s="1">
+        <x:v>45855.9327893518</x:v>
+      </x:c>
+      <x:c r="B264" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C264" s="0">
+        <x:v>1.59</x:v>
+      </x:c>
+      <x:c r="D264" s="0">
+        <x:v>24231.938</x:v>
+      </x:c>
+      <x:c r="E264" s="0">
+        <x:v>23078.036</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="265" spans="1:5">
+      <x:c r="A265" s="1">
+        <x:v>45854.9360185185</x:v>
+      </x:c>
+      <x:c r="B265" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C265" s="0">
+        <x:v>1.79</x:v>
+      </x:c>
+      <x:c r="D265" s="0">
+        <x:v>24053.365</x:v>
+      </x:c>
+      <x:c r="E265" s="0">
+        <x:v>22907.967</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="266" spans="1:5">
+      <x:c r="A266" s="1">
+        <x:v>45853.9275925926</x:v>
+      </x:c>
+      <x:c r="B266" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C266" s="0">
+        <x:v>1.81</x:v>
+      </x:c>
+      <x:c r="D266" s="0">
+        <x:v>24028.817</x:v>
+      </x:c>
+      <x:c r="E266" s="0">
+        <x:v>22884.588</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="267" spans="1:5">
+      <x:c r="A267" s="1">
+        <x:v>45852.9328819444</x:v>
+      </x:c>
+      <x:c r="B267" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C267" s="0">
+        <x:v>1.85</x:v>
+      </x:c>
+      <x:c r="D267" s="0">
+        <x:v>23998.414</x:v>
+      </x:c>
+      <x:c r="E267" s="0">
+        <x:v>22855.632</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="268" spans="1:5">
+      <x:c r="A268" s="1">
+        <x:v>45849.9250347222</x:v>
+      </x:c>
+      <x:c r="B268" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C268" s="0">
+        <x:v>1.93</x:v>
+      </x:c>
+      <x:c r="D268" s="0">
+        <x:v>23919.558</x:v>
+      </x:c>
+      <x:c r="E268" s="0">
+        <x:v>22780.597</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="269" spans="1:5">
+      <x:c r="A269" s="1">
+        <x:v>45849.3223148148</x:v>
+      </x:c>
+      <x:c r="B269" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C269" s="0">
+        <x:v>1.92</x:v>
+      </x:c>
+      <x:c r="D269" s="0">
+        <x:v>23970.656</x:v>
+      </x:c>
+      <x:c r="E269" s="0">
+        <x:v>22829.262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="270" spans="1:5">
+      <x:c r="A270" s="1">
+        <x:v>45848.9261805556</x:v>
+      </x:c>
+      <x:c r="B270" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C270" s="0">
+        <x:v>1.87</x:v>
+      </x:c>
+      <x:c r="D270" s="0">
+        <x:v>23970.34</x:v>
+      </x:c>
+      <x:c r="E270" s="0">
+        <x:v>22829.262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="271" spans="1:5">
+      <x:c r="A271" s="1">
+        <x:v>45848.341412037</x:v>
+      </x:c>
+      <x:c r="B271" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C271" s="0">
+        <x:v>1.91</x:v>
+      </x:c>
+      <x:c r="D271" s="0">
+        <x:v>24007.767</x:v>
+      </x:c>
+      <x:c r="E271" s="0">
+        <x:v>22864.907</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="272" spans="1:5">
+      <x:c r="A272" s="1">
+        <x:v>45847.925787037</x:v>
+      </x:c>
+      <x:c r="B272" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C272" s="0">
+        <x:v>1.83</x:v>
+      </x:c>
+      <x:c r="D272" s="0">
+        <x:v>24008.152</x:v>
+      </x:c>
+      <x:c r="E272" s="0">
+        <x:v>22864.907</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="273" spans="1:5">
+      <x:c r="A273" s="1">
+        <x:v>45846.924849537</x:v>
+      </x:c>
+      <x:c r="B273" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C273" s="0">
+        <x:v>2.05</x:v>
+      </x:c>
+      <x:c r="D273" s="0">
+        <x:v>23837.245</x:v>
+      </x:c>
+      <x:c r="E273" s="0">
+        <x:v>22702.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="274" spans="1:5">
+      <x:c r="A274" s="1">
+        <x:v>45846.3251967593</x:v>
+      </x:c>
+      <x:c r="B274" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C274" s="0">
+        <x:v>2.01</x:v>
+      </x:c>
+      <x:c r="D274" s="0">
+        <x:v>23819.729</x:v>
+      </x:c>
+      <x:c r="E274" s="0">
+        <x:v>22685.568</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="275" spans="1:5">
+      <x:c r="A275" s="1">
+        <x:v>45845.9274884259</x:v>
+      </x:c>
+      <x:c r="B275" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C275" s="0">
+        <x:v>2.07</x:v>
+      </x:c>
+      <x:c r="D275" s="0">
+        <x:v>23819.676</x:v>
+      </x:c>
+      <x:c r="E275" s="0">
+        <x:v>22685.568</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="276" spans="1:5">
+      <x:c r="A276" s="1">
+        <x:v>45845.3087037037</x:v>
+      </x:c>
+      <x:c r="B276" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C276" s="0">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D276" s="0">
+        <x:v>24010.149</x:v>
+      </x:c>
+      <x:c r="E276" s="0">
+        <x:v>22866.971</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="277" spans="1:5">
+      <x:c r="A277" s="1">
+        <x:v>45841.8023611111</x:v>
+      </x:c>
+      <x:c r="B277" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C277" s="0">
+        <x:v>1.84</x:v>
+      </x:c>
+      <x:c r="D277" s="0">
+        <x:v>24008.165</x:v>
+      </x:c>
+      <x:c r="E277" s="0">
+        <x:v>22866.971</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="278" spans="1:5">
+      <x:c r="A278" s="1">
+        <x:v>45841.3248842593</x:v>
+      </x:c>
+      <x:c r="B278" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C278" s="0">
+        <x:v>2.13</x:v>
+      </x:c>
+      <x:c r="D278" s="0">
+        <x:v>23771.826</x:v>
+      </x:c>
+      <x:c r="E278" s="0">
+        <x:v>22641.886</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="279" spans="1:5">
+      <x:c r="A279" s="1">
+        <x:v>45840.9304282407</x:v>
+      </x:c>
+      <x:c r="B279" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C279" s="0">
+        <x:v>2.16</x:v>
+      </x:c>
+      <x:c r="D279" s="0">
+        <x:v>23772.349</x:v>
+      </x:c>
+      <x:c r="E279" s="0">
+        <x:v>22641.886</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="280" spans="1:5">
+      <x:c r="A280" s="1">
+        <x:v>45840.3303587963</x:v>
+      </x:c>
+      <x:c r="B280" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C280" s="0">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="D280" s="0">
+        <x:v>23600.411</x:v>
+      </x:c>
+      <x:c r="E280" s="0">
+        <x:v>22478.135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="281" spans="1:5">
+      <x:c r="A281" s="1">
+        <x:v>45839.9249768518</x:v>
+      </x:c>
+      <x:c r="B281" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C281" s="0">
+        <x:v>2.42</x:v>
+      </x:c>
+      <x:c r="D281" s="0">
+        <x:v>23602.042</x:v>
+      </x:c>
+      <x:c r="E281" s="0">
+        <x:v>22478.135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="282" spans="1:5">
+      <x:c r="A282" s="1">
+        <x:v>45838.9258564815</x:v>
+      </x:c>
+      <x:c r="B282" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C282" s="0">
+        <x:v>2.14</x:v>
+      </x:c>
+      <x:c r="D282" s="0">
+        <x:v>23812.152</x:v>
+      </x:c>
+      <x:c r="E282" s="0">
+        <x:v>22679.009</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="283" spans="1:5">
+      <x:c r="A283" s="1">
+        <x:v>45838.3080671296</x:v>
+      </x:c>
+      <x:c r="B283" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C283" s="0">
+        <x:v>2.16</x:v>
+      </x:c>
+      <x:c r="D283" s="0">
+        <x:v>23660.106</x:v>
+      </x:c>
+      <x:c r="E283" s="0">
+        <x:v>22534.203</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="284" spans="1:5">
+      <x:c r="A284" s="1">
+        <x:v>45835.9281828704</x:v>
+      </x:c>
+      <x:c r="B284" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C284" s="0">
+        <x:v>2.36</x:v>
+      </x:c>
+      <x:c r="D284" s="0">
+        <x:v>23660.499</x:v>
+      </x:c>
+      <x:c r="E284" s="0">
+        <x:v>22534.203</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="285" spans="1:5">
+      <x:c r="A285" s="1">
+        <x:v>45835.307025463</x:v>
+      </x:c>
+      <x:c r="B285" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C285" s="0">
+        <x:v>2.44</x:v>
+      </x:c>
+      <x:c r="D285" s="0">
+        <x:v>23569.242</x:v>
+      </x:c>
+      <x:c r="E285" s="0">
+        <x:v>22447.292</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="286" spans="1:5">
+      <x:c r="A286" s="1">
+        <x:v>45834.9274074074</x:v>
+      </x:c>
+      <x:c r="B286" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C286" s="0">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="D286" s="0">
+        <x:v>23569.657</x:v>
+      </x:c>
+      <x:c r="E286" s="0">
+        <x:v>22447.292</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="287" spans="1:5">
+      <x:c r="A287" s="1">
+        <x:v>45833.9267824074</x:v>
+      </x:c>
+      <x:c r="B287" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C287" s="0">
+        <x:v>2.91</x:v>
+      </x:c>
+      <x:c r="D287" s="0">
+        <x:v>23349.29</x:v>
+      </x:c>
+      <x:c r="E287" s="0">
+        <x:v>22237.743</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="288" spans="1:5">
+      <x:c r="A288" s="1">
+        <x:v>45833.3086805556</x:v>
+      </x:c>
+      <x:c r="B288" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C288" s="0">
+        <x:v>2.96</x:v>
+      </x:c>
+      <x:c r="D288" s="0">
+        <x:v>23299.708</x:v>
+      </x:c>
+      <x:c r="E288" s="0">
+        <x:v>22190.522</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="289" spans="1:5">
+      <x:c r="A289" s="1">
         <x:v>45832.9265740741</x:v>
       </x:c>
-      <x:c r="B263" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C263" s="0">
+      <x:c r="B289" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C289" s="0">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="D263" s="0">
+      <x:c r="D289" s="0">
         <x:v>23300.048</x:v>
       </x:c>
-      <x:c r="E263" s="0">
+      <x:c r="E289" s="0">
         <x:v>22190.522</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>