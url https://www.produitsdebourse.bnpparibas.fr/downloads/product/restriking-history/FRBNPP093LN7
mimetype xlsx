--- v0 (2025-10-11)
+++ v1 (2025-11-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c924c31b79843dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e73a1bd15312459da051890b4f271ed6.psmdcp" Id="R197453cba27e4173" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72baaa8d1ea54f49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1ad9c2674aa41d4b6cb1e51ff7a8d56.psmdcp" Id="R09137097fbe24cb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP093LN7</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,3157 +390,4058 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E183"/>
+  <x:dimension ref="A1:E236"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45940.7627662037</x:v>
+        <x:v>45989.7431481481</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>8313.9</x:v>
+        <x:v>8528.846</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>7918</x:v>
+        <x:v>8122.71</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45940.7458912037</x:v>
+        <x:v>45988.7414583333</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>8313.9</x:v>
+        <x:v>8504.444</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>7918</x:v>
+        <x:v>8099.47</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45939.7571527778</x:v>
+        <x:v>45987.7426157407</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>8443.428</x:v>
+        <x:v>8501.252</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>8041.36</x:v>
+        <x:v>8096.43</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45939.744212963</x:v>
+        <x:v>45986.7689236111</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>8443.428</x:v>
+        <x:v>8427.09</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>8041.36</x:v>
+        <x:v>8025.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45938.7624652778</x:v>
+        <x:v>45986.7424537037</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>8463.136</x:v>
+        <x:v>8427.09</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>8060.13</x:v>
+        <x:v>8025.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45938.741099537</x:v>
+        <x:v>45985.7418287037</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>8463.136</x:v>
+        <x:v>8355.54</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>8060.13</x:v>
+        <x:v>7959.67</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45937.7621875</x:v>
+        <x:v>45985.3068634259</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>8371.671</x:v>
+        <x:v>8379.669</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>7974.85</x:v>
+        <x:v>7982.65</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45937.7408564815</x:v>
+        <x:v>45982.7638541667</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>8371.671</x:v>
+        <x:v>8381.782</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>7974.85</x:v>
+        <x:v>7982.65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45937.3222569444</x:v>
+        <x:v>45981.7416087963</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>8368.448</x:v>
+        <x:v>8380.124</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>7971.78</x:v>
+        <x:v>7981.07</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45936.7575231481</x:v>
+        <x:v>45980.7414351852</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>8370.369</x:v>
+        <x:v>8351.458</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>7971.78</x:v>
+        <x:v>7953.77</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45936.7406365741</x:v>
+        <x:v>45979.7620949074</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>8370.369</x:v>
+        <x:v>8366.326</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>7971.78</x:v>
+        <x:v>7967.93</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45933.7560416667</x:v>
+        <x:v>45979.7413425926</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>8485.617</x:v>
+        <x:v>8366.326</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>8081.54</x:v>
+        <x:v>7967.93</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45933.7405324074</x:v>
+        <x:v>45978.7625578704</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>8485.617</x:v>
+        <x:v>8524.971</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>8081.54</x:v>
+        <x:v>8119.02</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45932.7410648148</x:v>
+        <x:v>45975.7665740741</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>8459.462</x:v>
+        <x:v>8578.594</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>8056.63</x:v>
+        <x:v>8170.09</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45931.7405092593</x:v>
+        <x:v>45975.7415625</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>8357.519</x:v>
+        <x:v>8578.594</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>7966.95</x:v>
+        <x:v>8170.09</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45931.334224537</x:v>
+        <x:v>45974.7421527778</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>8282.959</x:v>
+        <x:v>8644.114</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>7895.94</x:v>
+        <x:v>8232.49</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45930.7579282407</x:v>
+        <x:v>45973.7618287037</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>8290.737</x:v>
+        <x:v>8652.851</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>7895.94</x:v>
+        <x:v>8241.24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45929.7559837963</x:v>
+        <x:v>45973.7424652778</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>8274.914</x:v>
+        <x:v>8652.851</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>7880.87</x:v>
+        <x:v>8241.24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45929.7405902778</x:v>
+        <x:v>45973.3365277778</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>8274.914</x:v>
+        <x:v>8563.591</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>7880.87</x:v>
+        <x:v>8156.23</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45926.7405902778</x:v>
+        <x:v>45972.7415856481</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>8251.813</x:v>
+        <x:v>8564.042</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>7870.68</x:v>
+        <x:v>8156.23</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45926.3218055556</x:v>
+        <x:v>45968.7599652778</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>8172.79</x:v>
+        <x:v>8347.689</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>7795.42</x:v>
+        <x:v>7950.18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45925.7565046296</x:v>
+        <x:v>45968.7419907407</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>8185.191</x:v>
+        <x:v>8347.689</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>7795.42</x:v>
+        <x:v>7950.18</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45925.7404513889</x:v>
+        <x:v>45967.7415509259</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>8185.191</x:v>
+        <x:v>8363.008</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>7795.42</x:v>
+        <x:v>7964.77</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45924.7580439815</x:v>
+        <x:v>45966.7603935185</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>8218.822</x:v>
+        <x:v>8477.942</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>7827.45</x:v>
+        <x:v>8074.23</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45923.7566087963</x:v>
+        <x:v>45966.7414814815</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>8265.621</x:v>
+        <x:v>8477.942</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>7872.02</x:v>
+        <x:v>8074.23</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45923.7480902778</x:v>
+        <x:v>45965.7581597222</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>8265.621</x:v>
+        <x:v>8470.906</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>7872.02</x:v>
+        <x:v>8067.53</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45922.7577199074</x:v>
+        <x:v>45965.7416782407</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>8221.398</x:v>
+        <x:v>8470.906</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>7830.11</x:v>
+        <x:v>8067.53</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45922.7480902778</x:v>
+        <x:v>45964.7418171296</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>8221.398</x:v>
+        <x:v>8515.28</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>7830.11</x:v>
+        <x:v>8109.79</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45922.3338773148</x:v>
+        <x:v>45961.8178587963</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>8246.052</x:v>
+        <x:v>8527.124</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>7853.59</x:v>
+        <x:v>8121.07</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45919.7476967593</x:v>
+        <x:v>45961.7663078704</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>8246.27</x:v>
+        <x:v>8527.124</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>7853.59</x:v>
+        <x:v>8121.07</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45918.7597800926</x:v>
+        <x:v>45961.7596296296</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>8247.34</x:v>
+        <x:v>8527.124</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>7854.61</x:v>
+        <x:v>8121.07</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45918.7477314815</x:v>
+        <x:v>45961.7416435185</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>8247.34</x:v>
+        <x:v>8527.124</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>7854.61</x:v>
+        <x:v>8121.07</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45917.7474537037</x:v>
+        <x:v>45960.7713657407</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>8176.329</x:v>
+        <x:v>8565.154</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>7786.98</x:v>
+        <x:v>8157.29</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45916.7474074074</x:v>
+        <x:v>45960.7414583333</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>8209.131</x:v>
+        <x:v>8565.154</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>7818.22</x:v>
+        <x:v>8157.29</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45915.7474768519</x:v>
+        <x:v>45959.763599537</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>8291.776</x:v>
+        <x:v>8610.924</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>7896.93</x:v>
+        <x:v>8200.88</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45912.7594675926</x:v>
+        <x:v>45959.741724537</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>8216.502</x:v>
+        <x:v>8610.924</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>7825.24</x:v>
+        <x:v>8200.88</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45912.7478472222</x:v>
+        <x:v>45958.741412037</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>8216.502</x:v>
+        <x:v>8627.409</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>7825.24</x:v>
+        <x:v>8216.58</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45911.7587384259</x:v>
+        <x:v>45957.7416435185</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>8214.696</x:v>
+        <x:v>8651.139</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>7823.52</x:v>
+        <x:v>8239.18</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45911.7477662037</x:v>
+        <x:v>45954.7428819444</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>8214.696</x:v>
+        <x:v>8636.912</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>7823.52</x:v>
+        <x:v>8225.63</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45910.7475347222</x:v>
+        <x:v>45953.774849537</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>8149.386</x:v>
+        <x:v>8637.069</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>7761.32</x:v>
+        <x:v>8225.78</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45909.7477199074</x:v>
+        <x:v>45953.7428703704</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>8136.86</x:v>
+        <x:v>8637.069</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>7749.39</x:v>
+        <x:v>8225.78</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45908.7485416667</x:v>
+        <x:v>45952.760787037</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>8121.582</x:v>
+        <x:v>8617.214</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>7734.84</x:v>
+        <x:v>8206.87</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45905.7752893519</x:v>
+        <x:v>45952.7425115741</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>8058.519</x:v>
+        <x:v>8617.214</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>7674.78</x:v>
+        <x:v>8206.87</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45905.7480902778</x:v>
+        <x:v>45951.7420949074</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>8058.519</x:v>
+        <x:v>8671.803</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>7674.78</x:v>
+        <x:v>8258.86</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45904.7480092593</x:v>
+        <x:v>45950.8196759259</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>8083.866</x:v>
+        <x:v>8616.374</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>7698.92</x:v>
+        <x:v>8206.07</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45903.7601041667</x:v>
+        <x:v>45947.7632291667</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>8105.696</x:v>
+        <x:v>8582.91</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>7719.71</x:v>
+        <x:v>8174.2</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45903.7473842593</x:v>
+        <x:v>45946.7603009259</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>8105.696</x:v>
+        <x:v>8598.02</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>7719.71</x:v>
+        <x:v>8188.59</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45902.7617824074</x:v>
+        <x:v>45946.7415393519</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>8036.962</x:v>
+        <x:v>8598.02</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>7654.25</x:v>
+        <x:v>8188.59</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45902.7473842593</x:v>
+        <x:v>45945.768900463</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>8036.962</x:v>
+        <x:v>8480.85</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>7654.25</x:v>
+        <x:v>8077</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45901.7594212963</x:v>
+        <x:v>45944.769375</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>8093.295</x:v>
+        <x:v>8313.146</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>7707.9</x:v>
+        <x:v>7919.62</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45901.7474305556</x:v>
+        <x:v>45944.7417708333</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>8093.295</x:v>
+        <x:v>8313.146</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>7707.9</x:v>
+        <x:v>7919.62</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45898.7627430556</x:v>
+        <x:v>45944.3350694444</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>8089.095</x:v>
+        <x:v>8328.518</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>7703.9</x:v>
+        <x:v>7934.26</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45898.7479861111</x:v>
+        <x:v>45943.7465509259</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>8089.095</x:v>
+        <x:v>8330.973</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>7703.9</x:v>
+        <x:v>7934.26</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45897.7576851852</x:v>
+        <x:v>45940.7627662037</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>8150.73</x:v>
+        <x:v>8313.9</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>7762.6</x:v>
+        <x:v>7918</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45897.7475925926</x:v>
+        <x:v>45940.7458912037</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>8151.286</x:v>
+        <x:v>8313.9</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>7763.13</x:v>
+        <x:v>7918</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45896.7598726852</x:v>
+        <x:v>45939.7571527778</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>8131.126</x:v>
+        <x:v>8443.428</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>7743.93</x:v>
+        <x:v>8041.36</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45895.7575347222</x:v>
+        <x:v>45939.744212963</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>8095.3</x:v>
+        <x:v>8443.428</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>7709.81</x:v>
+        <x:v>8041.36</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45895.7478703704</x:v>
+        <x:v>45938.7624652778</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>8095.3</x:v>
+        <x:v>8463.136</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>7709.81</x:v>
+        <x:v>8060.13</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45894.7569675926</x:v>
+        <x:v>45938.741099537</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>8235.192</x:v>
+        <x:v>8463.136</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>7843.04</x:v>
+        <x:v>8060.13</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45894.7474421296</x:v>
+        <x:v>45937.7621875</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>8235.192</x:v>
+        <x:v>8371.671</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>7843.04</x:v>
+        <x:v>7974.85</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45891.7477893519</x:v>
+        <x:v>45937.7408564815</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>8368.174</x:v>
+        <x:v>8371.671</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>7969.69</x:v>
+        <x:v>7974.85</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45890.7565972222</x:v>
+        <x:v>45937.3222569444</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>8335.204</x:v>
+        <x:v>8368.448</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>7938.29</x:v>
+        <x:v>7971.78</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45890.7477199074</x:v>
+        <x:v>45936.7575231481</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>8335.204</x:v>
+        <x:v>8370.369</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>7938.29</x:v>
+        <x:v>7971.78</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45889.7593402778</x:v>
+        <x:v>45936.7406365741</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>8371.682</x:v>
+        <x:v>8370.369</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>7973.03</x:v>
+        <x:v>7971.78</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45888.7478472222</x:v>
+        <x:v>45933.7560416667</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>8378.034</x:v>
+        <x:v>8485.617</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>7979.08</x:v>
+        <x:v>8081.54</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45887.7583101852</x:v>
+        <x:v>45933.7405324074</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>8278.252</x:v>
+        <x:v>8485.617</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>7884.05</x:v>
+        <x:v>8081.54</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45887.7476736111</x:v>
+        <x:v>45932.7410648148</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>8278.252</x:v>
+        <x:v>8459.462</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>7884.05</x:v>
+        <x:v>8056.63</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45884.7578240741</x:v>
+        <x:v>45931.7405092593</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>8319.622</x:v>
+        <x:v>8357.519</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>7923.45</x:v>
+        <x:v>7966.95</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45884.7474768519</x:v>
+        <x:v>45931.334224537</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>8319.622</x:v>
+        <x:v>8282.959</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>7923.45</x:v>
+        <x:v>7895.94</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45883.7578125</x:v>
+        <x:v>45930.7579282407</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>8263.857</x:v>
+        <x:v>8290.737</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>7870.34</x:v>
+        <x:v>7895.94</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45883.7478935185</x:v>
+        <x:v>45929.7559837963</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>8263.857</x:v>
+        <x:v>8274.914</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>7870.34</x:v>
+        <x:v>7880.87</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45882.7607986111</x:v>
+        <x:v>45929.7405902778</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>8195.218</x:v>
+        <x:v>8274.914</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>7804.97</x:v>
+        <x:v>7880.87</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45882.7479861111</x:v>
+        <x:v>45926.7405902778</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>8195.218</x:v>
+        <x:v>8251.813</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>7804.97</x:v>
+        <x:v>7870.68</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45881.7571990741</x:v>
+        <x:v>45926.3218055556</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>8141.091</x:v>
+        <x:v>8172.79</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>7753.42</x:v>
+        <x:v>7795.42</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45881.7473958333</x:v>
+        <x:v>45925.7565046296</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>8141.091</x:v>
+        <x:v>8185.191</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>7753.42</x:v>
+        <x:v>7795.42</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45880.7587152778</x:v>
+        <x:v>45925.7404513889</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>8083.446</x:v>
+        <x:v>8185.191</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>7698.52</x:v>
+        <x:v>7795.42</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45880.7478240741</x:v>
+        <x:v>45924.7580439815</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>8083.446</x:v>
+        <x:v>8218.822</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>7698.52</x:v>
+        <x:v>7827.45</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45877.7474537037</x:v>
+        <x:v>45923.7566087963</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>8130.15</x:v>
+        <x:v>8265.621</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>7743</x:v>
+        <x:v>7872.02</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45876.747962963</x:v>
+        <x:v>45923.7480902778</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>8094.786</x:v>
+        <x:v>8265.621</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>7709.32</x:v>
+        <x:v>7872.02</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45875.7593981481</x:v>
+        <x:v>45922.7577199074</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>8016.782</x:v>
+        <x:v>8221.398</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>7635.03</x:v>
+        <x:v>7830.11</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45875.7478356482</x:v>
+        <x:v>45922.7480902778</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>8016.782</x:v>
+        <x:v>8221.398</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>7635.03</x:v>
+        <x:v>7830.11</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45874.7580787037</x:v>
+        <x:v>45922.3338773148</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>8002.092</x:v>
+        <x:v>8246.052</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>7621.04</x:v>
+        <x:v>7853.59</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45873.7608680556</x:v>
+        <x:v>45919.7476967593</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>8013.61</x:v>
+        <x:v>8246.27</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>7632.01</x:v>
+        <x:v>7853.59</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45873.7479398148</x:v>
+        <x:v>45918.7597800926</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>8013.61</x:v>
+        <x:v>8247.34</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>7632.01</x:v>
+        <x:v>7854.61</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45870.7602199074</x:v>
+        <x:v>45918.7477314815</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>7923.468</x:v>
+        <x:v>8247.34</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>7546.16</x:v>
+        <x:v>7854.61</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45870.7474768519</x:v>
+        <x:v>45917.7474537037</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>7923.468</x:v>
+        <x:v>8176.329</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>7546.16</x:v>
+        <x:v>7786.98</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45869.7477777778</x:v>
+        <x:v>45916.7474074074</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>8160.568</x:v>
+        <x:v>8209.131</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>7771.97</x:v>
+        <x:v>7818.22</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45868.7573032407</x:v>
+        <x:v>45915.7474768519</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>8255.058</x:v>
+        <x:v>8291.776</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>7861.96</x:v>
+        <x:v>7896.93</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45868.7478935185</x:v>
+        <x:v>45912.7594675926</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>8255.058</x:v>
+        <x:v>8216.502</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>7861.96</x:v>
+        <x:v>7825.24</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45867.7584259259</x:v>
+        <x:v>45912.7478472222</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>8250.228</x:v>
+        <x:v>8216.502</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>7857.36</x:v>
+        <x:v>7825.24</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45867.7473726852</x:v>
+        <x:v>45911.7587384259</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>8250.228</x:v>
+        <x:v>8214.696</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>7857.36</x:v>
+        <x:v>7823.52</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45866.758275463</x:v>
+        <x:v>45911.7477662037</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>8190.924</x:v>
+        <x:v>8214.696</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>7800.88</x:v>
+        <x:v>7823.52</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45866.747962963</x:v>
+        <x:v>45910.7475347222</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>8190.924</x:v>
+        <x:v>8149.386</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>7800.88</x:v>
+        <x:v>7761.32</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45863.7567939815</x:v>
+        <x:v>45909.7477199074</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>8226.309</x:v>
+        <x:v>8136.86</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>7834.58</x:v>
+        <x:v>7749.39</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45862.7627430556</x:v>
+        <x:v>45908.7485416667</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>8209.194</x:v>
+        <x:v>8121.582</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>7818.28</x:v>
+        <x:v>7734.84</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45862.7478356482</x:v>
+        <x:v>45905.7752893519</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>8209.194</x:v>
+        <x:v>8058.519</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>7818.28</x:v>
+        <x:v>7674.78</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45861.7586921296</x:v>
+        <x:v>45905.7480902778</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>8240.844</x:v>
+        <x:v>8058.519</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>7850.43</x:v>
+        <x:v>7674.78</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45861.7478935185</x:v>
+        <x:v>45904.7480092593</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>8240.844</x:v>
+        <x:v>8083.866</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>7850.43</x:v>
+        <x:v>7698.92</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45861.3266550926</x:v>
+        <x:v>45903.7601041667</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>8129.523</x:v>
+        <x:v>8105.696</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>7744.41</x:v>
+        <x:v>7719.71</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45860.7479976852</x:v>
+        <x:v>45903.7473842593</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>8131.63</x:v>
+        <x:v>8105.696</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>7744.41</x:v>
+        <x:v>7719.71</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45859.7478009259</x:v>
+        <x:v>45902.7617824074</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>8188.131</x:v>
+        <x:v>8036.962</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>7798.22</x:v>
+        <x:v>7654.25</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45856.7473726852</x:v>
+        <x:v>45902.7473842593</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>8213.804</x:v>
+        <x:v>8036.962</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>7822.67</x:v>
+        <x:v>7654.25</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45855.7569444444</x:v>
+        <x:v>45901.7594212963</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>8213.1</x:v>
+        <x:v>8093.295</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>7822</x:v>
+        <x:v>7707.9</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45854.9360185185</x:v>
+        <x:v>45901.7474305556</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>8108.194</x:v>
+        <x:v>8093.295</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>7722.09</x:v>
+        <x:v>7707.9</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45854.7691782407</x:v>
+        <x:v>45898.7627430556</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>8108.194</x:v>
+        <x:v>8089.095</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>7722.09</x:v>
+        <x:v>7703.9</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45853.7615625</x:v>
+        <x:v>45898.7479861111</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>8154.52</x:v>
+        <x:v>8089.095</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>7766.21</x:v>
+        <x:v>7703.9</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45852.7625462963</x:v>
+        <x:v>45897.7576851852</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>8198.578</x:v>
+        <x:v>8150.73</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>7808.17</x:v>
+        <x:v>7762.6</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45849.7864467593</x:v>
+        <x:v>45897.7475925926</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>8220.754</x:v>
+        <x:v>8151.286</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>7829.29</x:v>
+        <x:v>7763.13</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45848.7618055556</x:v>
+        <x:v>45896.7598726852</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>8297.362</x:v>
+        <x:v>8131.126</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>7902.25</x:v>
+        <x:v>7743.93</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45847.7591435185</x:v>
+        <x:v>45895.7575347222</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
         <x:v>0.54</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>8272.383</x:v>
+        <x:v>8095.3</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>7878.46</x:v>
+        <x:v>7709.81</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45846.7607523148</x:v>
+        <x:v>45895.7478703704</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>8155.046</x:v>
+        <x:v>8095.3</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>7766.71</x:v>
+        <x:v>7709.81</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45845.7574421296</x:v>
+        <x:v>45894.7569675926</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>8109.644</x:v>
+        <x:v>8235.192</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>7723.47</x:v>
+        <x:v>7843.04</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45842.7613657407</x:v>
+        <x:v>45894.7474421296</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>8081.084</x:v>
+        <x:v>8235.192</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>7696.27</x:v>
+        <x:v>7843.04</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45841.7610763889</x:v>
+        <x:v>45891.7477893519</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>8142.278</x:v>
+        <x:v>8368.174</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>7754.55</x:v>
+        <x:v>7969.69</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45840.9304282407</x:v>
+        <x:v>45890.7565972222</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>8125.341</x:v>
+        <x:v>8335.204</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>7738.42</x:v>
+        <x:v>7938.29</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45839.7591550926</x:v>
+        <x:v>45890.7477199074</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>8040.718</x:v>
+        <x:v>8335.204</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>7662.59</x:v>
+        <x:v>7938.29</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45839.6667939815</x:v>
+        <x:v>45889.7593402778</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>8044.204</x:v>
+        <x:v>8371.682</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>7665.91</x:v>
+        <x:v>7973.03</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45839.4783796296</x:v>
+        <x:v>45888.7478472222</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>8044.204</x:v>
+        <x:v>8378.034</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>7665.91</x:v>
+        <x:v>7979.08</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45839.3819328704</x:v>
+        <x:v>45887.7583101852</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>8044.204</x:v>
+        <x:v>8278.252</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>7665.91</x:v>
+        <x:v>7884.05</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45838.7567824074</x:v>
+        <x:v>45887.7476736111</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>8049.206</x:v>
+        <x:v>8278.252</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>7665.91</x:v>
+        <x:v>7884.05</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45835.7579861111</x:v>
+        <x:v>45884.7578240741</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>8076.128</x:v>
+        <x:v>8319.622</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>7691.55</x:v>
+        <x:v>7923.45</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45834.7579166667</x:v>
+        <x:v>45884.7474768519</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>7935.176</x:v>
+        <x:v>8319.622</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>7557.31</x:v>
+        <x:v>7923.45</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45833.7638078704</x:v>
+        <x:v>45883.7578125</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>7936.068</x:v>
+        <x:v>8263.857</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>7558.16</x:v>
+        <x:v>7870.34</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45832.757974537</x:v>
+        <x:v>45883.7478935185</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>7996.79</x:v>
+        <x:v>8263.857</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>7615.99</x:v>
+        <x:v>7870.34</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45831.759837963</x:v>
+        <x:v>45882.7607986111</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>7914.228</x:v>
+        <x:v>8195.218</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>7537.57</x:v>
+        <x:v>7804.97</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45831.3068865741</x:v>
+        <x:v>45882.7479861111</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>1.09</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>7968.922</x:v>
+        <x:v>8195.218</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>7589.66</x:v>
+        <x:v>7804.97</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45828.7626041667</x:v>
+        <x:v>45881.7571990741</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>1.09</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>7969.143</x:v>
+        <x:v>8141.091</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>7589.66</x:v>
+        <x:v>7753.42</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45827.7613657407</x:v>
+        <x:v>45881.7473958333</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>7922.556</x:v>
+        <x:v>8141.091</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>7553.45</x:v>
+        <x:v>7753.42</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45827.3165509259</x:v>
+        <x:v>45880.7587152778</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>8030.359</x:v>
+        <x:v>8083.446</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>7656.12</x:v>
+        <x:v>7698.52</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45826.7621759259</x:v>
+        <x:v>45880.7478240741</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>8038.926</x:v>
+        <x:v>8083.446</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>7656.12</x:v>
+        <x:v>7698.52</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45825.7634259259</x:v>
+        <x:v>45877.7474537037</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>8067.916</x:v>
+        <x:v>8130.15</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>7683.73</x:v>
+        <x:v>7743</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45824.7587962963</x:v>
+        <x:v>45876.747962963</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>8129.352</x:v>
+        <x:v>8094.786</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>7742.24</x:v>
+        <x:v>7709.32</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45821.7600694444</x:v>
+        <x:v>45875.7593981481</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>8068.914</x:v>
+        <x:v>8016.782</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>7684.68</x:v>
+        <x:v>7635.03</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45820.7827662037</x:v>
+        <x:v>45875.7478356482</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>0.82</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>8153.366</x:v>
+        <x:v>8016.782</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>7765.11</x:v>
+        <x:v>7635.03</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45819.7603819444</x:v>
+        <x:v>45874.7580787037</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>8164.695</x:v>
+        <x:v>8002.092</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>7775.9</x:v>
+        <x:v>7621.04</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45818.7603240741</x:v>
+        <x:v>45873.7608680556</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>8193.21</x:v>
+        <x:v>8013.61</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>7804.33</x:v>
+        <x:v>7632.01</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45818.3301273148</x:v>
+        <x:v>45873.7479398148</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>8179.707</x:v>
+        <x:v>8013.61</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>7791.47</x:v>
+        <x:v>7632.01</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45817.7587268519</x:v>
+        <x:v>45870.7602199074</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>8176.628</x:v>
+        <x:v>7923.468</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>7791.47</x:v>
+        <x:v>7546.16</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45817.330775463</x:v>
+        <x:v>45870.7474768519</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>8190.698</x:v>
+        <x:v>7923.468</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>7804.87</x:v>
+        <x:v>7546.16</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45814.7597453704</x:v>
+        <x:v>45869.7477777778</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>8195.114</x:v>
+        <x:v>8160.568</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>7804.87</x:v>
+        <x:v>7771.97</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45813.7588194444</x:v>
+        <x:v>45868.7573032407</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>8179.784</x:v>
+        <x:v>8255.058</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>7790.27</x:v>
+        <x:v>7861.96</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45812.9289583333</x:v>
+        <x:v>45868.7478935185</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>8194.904</x:v>
+        <x:v>8255.058</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>7804.67</x:v>
+        <x:v>7861.96</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45812.7669791667</x:v>
+        <x:v>45867.7584259259</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>8194.904</x:v>
+        <x:v>8250.228</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>7804.67</x:v>
+        <x:v>7857.36</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45811.9361805556</x:v>
+        <x:v>45867.7473726852</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>8148.325</x:v>
+        <x:v>8250.228</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>7763.84</x:v>
+        <x:v>7857.36</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45811.7585763889</x:v>
+        <x:v>45866.758275463</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>8148.325</x:v>
+        <x:v>8190.924</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>7763.84</x:v>
+        <x:v>7800.88</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45811.3127430556</x:v>
+        <x:v>45866.747962963</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>8120.353</x:v>
+        <x:v>8190.924</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>7737.2</x:v>
+        <x:v>7800.88</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45810.9414583333</x:v>
+        <x:v>45863.7567939815</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>8122.906</x:v>
+        <x:v>8226.309</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>7737.2</x:v>
+        <x:v>7834.58</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45810.7576388889</x:v>
+        <x:v>45862.7627430556</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>8122.906</x:v>
+        <x:v>8209.194</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>7737.2</x:v>
+        <x:v>7818.28</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45803.758912037</x:v>
+        <x:v>45862.7478356482</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>8209.752</x:v>
+        <x:v>8209.194</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>7828.13</x:v>
+        <x:v>7818.28</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45803.3275</x:v>
+        <x:v>45861.7586921296</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>8111.336</x:v>
+        <x:v>8240.844</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>7734.4</x:v>
+        <x:v>7850.43</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45800.759525463</x:v>
+        <x:v>45861.7478935185</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>8121.12</x:v>
+        <x:v>8240.844</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>7734.4</x:v>
+        <x:v>7850.43</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45799.7595138889</x:v>
+        <x:v>45861.3266550926</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>8257.662</x:v>
+        <x:v>8129.523</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>7864.44</x:v>
+        <x:v>7744.41</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45798.7693981481</x:v>
+        <x:v>45860.7479976852</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>8301.649</x:v>
+        <x:v>8131.63</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>7910.49</x:v>
+        <x:v>7744.41</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45798.764212963</x:v>
+        <x:v>45859.7478009259</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>8301.649</x:v>
+        <x:v>8188.131</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>7910.49</x:v>
+        <x:v>7798.22</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45798.328912037</x:v>
+        <x:v>45856.7473726852</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>8335.176</x:v>
+        <x:v>8213.804</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>7942.42</x:v>
+        <x:v>7822.67</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45797.7621759259</x:v>
+        <x:v>45855.7569444444</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>8335.879</x:v>
+        <x:v>8213.1</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>7942.42</x:v>
+        <x:v>7822</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45797.3326967593</x:v>
+        <x:v>45854.9360185185</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>8274.149</x:v>
+        <x:v>8108.194</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>7883.63</x:v>
+        <x:v>7722.09</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45796.7617013889</x:v>
+        <x:v>45854.7691782407</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>8246.604</x:v>
+        <x:v>8108.194</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>7883.63</x:v>
+        <x:v>7722.09</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45796.3431597222</x:v>
+        <x:v>45853.7615625</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>8249.818</x:v>
+        <x:v>8154.52</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>7886.69</x:v>
+        <x:v>7766.21</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45793.7569675926</x:v>
+        <x:v>45852.7625462963</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>8281.024</x:v>
+        <x:v>8198.578</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>7886.69</x:v>
+        <x:v>7808.17</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45792.7607638889</x:v>
+        <x:v>45849.7864467593</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>8245.681</x:v>
+        <x:v>8220.754</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>7853.47</x:v>
+        <x:v>7829.29</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45792.3633101852</x:v>
+        <x:v>45848.7618055556</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>8228.167</x:v>
+        <x:v>8297.362</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>7836.79</x:v>
+        <x:v>7902.25</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45791.7641666667</x:v>
+        <x:v>45847.7591435185</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>8228.63</x:v>
+        <x:v>8272.383</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>7836.79</x:v>
+        <x:v>7878.46</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45790.7569560185</x:v>
+        <x:v>45846.7607523148</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>0.82</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>8257.589</x:v>
+        <x:v>8155.046</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>7873.83</x:v>
+        <x:v>7766.71</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45790.3104050926</x:v>
+        <x:v>45845.7574421296</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>8232.673</x:v>
+        <x:v>8109.644</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>7850.1</x:v>
+        <x:v>7723.47</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45789.7604166667</x:v>
+        <x:v>45842.7613657407</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>8218.531</x:v>
+        <x:v>8081.084</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>7850.1</x:v>
+        <x:v>7696.27</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45789.3140509259</x:v>
+        <x:v>45841.7610763889</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>8106.863</x:v>
+        <x:v>8142.278</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>7743.75</x:v>
+        <x:v>7754.55</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45786.7590277778</x:v>
+        <x:v>45840.9304282407</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>8130.938</x:v>
+        <x:v>8125.341</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>7743.75</x:v>
+        <x:v>7738.42</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45785.757662037</x:v>
+        <x:v>45839.7591550926</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>8075.313</x:v>
+        <x:v>8040.718</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>7694.44</x:v>
+        <x:v>7662.59</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45785.3333680556</x:v>
+        <x:v>45839.6667939815</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>1.5</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>8004.333</x:v>
+        <x:v>8044.204</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>7626.84</x:v>
+        <x:v>7665.91</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45784.7685300926</x:v>
+        <x:v>45839.4783796296</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>1.51</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>8002.588</x:v>
+        <x:v>8044.204</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>7626.84</x:v>
+        <x:v>7665.91</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45784.3171759259</x:v>
+        <x:v>45839.3819328704</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>1.34</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>8076.172</x:v>
+        <x:v>8044.204</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>7696.92</x:v>
+        <x:v>7665.91</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45783.7975578704</x:v>
+        <x:v>45838.7567824074</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>1.34</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>8081.766</x:v>
+        <x:v>8049.206</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>7696.92</x:v>
+        <x:v>7665.91</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45783.7611458333</x:v>
+        <x:v>45835.7579861111</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>1.34</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>8081.766</x:v>
+        <x:v>8076.128</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>7696.92</x:v>
+        <x:v>7691.55</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45782.7990856481</x:v>
+        <x:v>45834.7579166667</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>1.27</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>8078.204</x:v>
+        <x:v>7935.176</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>7727.93</x:v>
+        <x:v>7557.31</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45782.7613310185</x:v>
+        <x:v>45833.7638078704</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>1.27</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>8078.204</x:v>
+        <x:v>7936.068</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>7727.93</x:v>
+        <x:v>7558.16</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45782.3304513889</x:v>
+        <x:v>45832.757974537</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>1.23</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>8122.882</x:v>
+        <x:v>7996.79</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>7770.48</x:v>
+        <x:v>7615.99</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45779.7593402778</x:v>
+        <x:v>45831.759837963</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>8159.004</x:v>
+        <x:v>7914.228</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>7770.48</x:v>
+        <x:v>7537.57</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45777.7615046296</x:v>
+        <x:v>45831.3068865741</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>7973.564</x:v>
+        <x:v>7968.922</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>7593.87</x:v>
+        <x:v>7589.66</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45776.7598726852</x:v>
+        <x:v>45828.7626041667</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>7933.664</x:v>
+        <x:v>7969.143</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>7555.87</x:v>
+        <x:v>7589.66</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
+        <x:v>45827.7613657407</x:v>
+      </x:c>
+      <x:c r="B183" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C183" s="0">
+        <x:v>1.17</x:v>
+      </x:c>
+      <x:c r="D183" s="0">
+        <x:v>7922.556</x:v>
+      </x:c>
+      <x:c r="E183" s="0">
+        <x:v>7553.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="184" spans="1:5">
+      <x:c r="A184" s="1">
+        <x:v>45827.3165509259</x:v>
+      </x:c>
+      <x:c r="B184" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C184" s="0">
+        <x:v>0.99</x:v>
+      </x:c>
+      <x:c r="D184" s="0">
+        <x:v>8030.359</x:v>
+      </x:c>
+      <x:c r="E184" s="0">
+        <x:v>7656.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="185" spans="1:5">
+      <x:c r="A185" s="1">
+        <x:v>45826.7621759259</x:v>
+      </x:c>
+      <x:c r="B185" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C185" s="0">
+        <x:v>0.99</x:v>
+      </x:c>
+      <x:c r="D185" s="0">
+        <x:v>8038.926</x:v>
+      </x:c>
+      <x:c r="E185" s="0">
+        <x:v>7656.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="186" spans="1:5">
+      <x:c r="A186" s="1">
+        <x:v>45825.7634259259</x:v>
+      </x:c>
+      <x:c r="B186" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C186" s="0">
+        <x:v>0.94</x:v>
+      </x:c>
+      <x:c r="D186" s="0">
+        <x:v>8067.916</x:v>
+      </x:c>
+      <x:c r="E186" s="0">
+        <x:v>7683.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="187" spans="1:5">
+      <x:c r="A187" s="1">
+        <x:v>45824.7587962963</x:v>
+      </x:c>
+      <x:c r="B187" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C187" s="0">
+        <x:v>0.84</x:v>
+      </x:c>
+      <x:c r="D187" s="0">
+        <x:v>8129.352</x:v>
+      </x:c>
+      <x:c r="E187" s="0">
+        <x:v>7742.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="188" spans="1:5">
+      <x:c r="A188" s="1">
+        <x:v>45821.7600694444</x:v>
+      </x:c>
+      <x:c r="B188" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C188" s="0">
+        <x:v>0.95</x:v>
+      </x:c>
+      <x:c r="D188" s="0">
+        <x:v>8068.914</x:v>
+      </x:c>
+      <x:c r="E188" s="0">
+        <x:v>7684.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="189" spans="1:5">
+      <x:c r="A189" s="1">
+        <x:v>45820.7827662037</x:v>
+      </x:c>
+      <x:c r="B189" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C189" s="0">
+        <x:v>0.82</x:v>
+      </x:c>
+      <x:c r="D189" s="0">
+        <x:v>8153.366</x:v>
+      </x:c>
+      <x:c r="E189" s="0">
+        <x:v>7765.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="190" spans="1:5">
+      <x:c r="A190" s="1">
+        <x:v>45819.7603819444</x:v>
+      </x:c>
+      <x:c r="B190" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C190" s="0">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="D190" s="0">
+        <x:v>8164.695</x:v>
+      </x:c>
+      <x:c r="E190" s="0">
+        <x:v>7775.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="191" spans="1:5">
+      <x:c r="A191" s="1">
+        <x:v>45818.7603240741</x:v>
+      </x:c>
+      <x:c r="B191" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C191" s="0">
+        <x:v>0.76</x:v>
+      </x:c>
+      <x:c r="D191" s="0">
+        <x:v>8193.21</x:v>
+      </x:c>
+      <x:c r="E191" s="0">
+        <x:v>7804.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="192" spans="1:5">
+      <x:c r="A192" s="1">
+        <x:v>45818.3301273148</x:v>
+      </x:c>
+      <x:c r="B192" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C192" s="0">
+        <x:v>0.78</x:v>
+      </x:c>
+      <x:c r="D192" s="0">
+        <x:v>8179.707</x:v>
+      </x:c>
+      <x:c r="E192" s="0">
+        <x:v>7791.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="193" spans="1:5">
+      <x:c r="A193" s="1">
+        <x:v>45817.7587268519</x:v>
+      </x:c>
+      <x:c r="B193" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C193" s="0">
+        <x:v>0.78</x:v>
+      </x:c>
+      <x:c r="D193" s="0">
+        <x:v>8176.628</x:v>
+      </x:c>
+      <x:c r="E193" s="0">
+        <x:v>7791.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="194" spans="1:5">
+      <x:c r="A194" s="1">
+        <x:v>45817.330775463</x:v>
+      </x:c>
+      <x:c r="B194" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C194" s="0">
+        <x:v>0.77</x:v>
+      </x:c>
+      <x:c r="D194" s="0">
+        <x:v>8190.698</x:v>
+      </x:c>
+      <x:c r="E194" s="0">
+        <x:v>7804.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="195" spans="1:5">
+      <x:c r="A195" s="1">
+        <x:v>45814.7597453704</x:v>
+      </x:c>
+      <x:c r="B195" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C195" s="0">
+        <x:v>0.77</x:v>
+      </x:c>
+      <x:c r="D195" s="0">
+        <x:v>8195.114</x:v>
+      </x:c>
+      <x:c r="E195" s="0">
+        <x:v>7804.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="196" spans="1:5">
+      <x:c r="A196" s="1">
+        <x:v>45813.7588194444</x:v>
+      </x:c>
+      <x:c r="B196" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C196" s="0">
+        <x:v>0.79</x:v>
+      </x:c>
+      <x:c r="D196" s="0">
+        <x:v>8179.784</x:v>
+      </x:c>
+      <x:c r="E196" s="0">
+        <x:v>7790.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="197" spans="1:5">
+      <x:c r="A197" s="1">
+        <x:v>45812.9289583333</x:v>
+      </x:c>
+      <x:c r="B197" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C197" s="0">
+        <x:v>0.77</x:v>
+      </x:c>
+      <x:c r="D197" s="0">
+        <x:v>8194.904</x:v>
+      </x:c>
+      <x:c r="E197" s="0">
+        <x:v>7804.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="198" spans="1:5">
+      <x:c r="A198" s="1">
+        <x:v>45812.7669791667</x:v>
+      </x:c>
+      <x:c r="B198" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C198" s="0">
+        <x:v>0.77</x:v>
+      </x:c>
+      <x:c r="D198" s="0">
+        <x:v>8194.904</x:v>
+      </x:c>
+      <x:c r="E198" s="0">
+        <x:v>7804.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="199" spans="1:5">
+      <x:c r="A199" s="1">
+        <x:v>45811.9361805556</x:v>
+      </x:c>
+      <x:c r="B199" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C199" s="0">
+        <x:v>0.83</x:v>
+      </x:c>
+      <x:c r="D199" s="0">
+        <x:v>8148.325</x:v>
+      </x:c>
+      <x:c r="E199" s="0">
+        <x:v>7763.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="200" spans="1:5">
+      <x:c r="A200" s="1">
+        <x:v>45811.7585763889</x:v>
+      </x:c>
+      <x:c r="B200" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C200" s="0">
+        <x:v>0.83</x:v>
+      </x:c>
+      <x:c r="D200" s="0">
+        <x:v>8148.325</x:v>
+      </x:c>
+      <x:c r="E200" s="0">
+        <x:v>7763.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="201" spans="1:5">
+      <x:c r="A201" s="1">
+        <x:v>45811.3127430556</x:v>
+      </x:c>
+      <x:c r="B201" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C201" s="0">
+        <x:v>0.88</x:v>
+      </x:c>
+      <x:c r="D201" s="0">
+        <x:v>8120.353</x:v>
+      </x:c>
+      <x:c r="E201" s="0">
+        <x:v>7737.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="202" spans="1:5">
+      <x:c r="A202" s="1">
+        <x:v>45810.9414583333</x:v>
+      </x:c>
+      <x:c r="B202" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C202" s="0">
+        <x:v>0.89</x:v>
+      </x:c>
+      <x:c r="D202" s="0">
+        <x:v>8122.906</x:v>
+      </x:c>
+      <x:c r="E202" s="0">
+        <x:v>7737.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="203" spans="1:5">
+      <x:c r="A203" s="1">
+        <x:v>45810.7576388889</x:v>
+      </x:c>
+      <x:c r="B203" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C203" s="0">
+        <x:v>0.89</x:v>
+      </x:c>
+      <x:c r="D203" s="0">
+        <x:v>8122.906</x:v>
+      </x:c>
+      <x:c r="E203" s="0">
+        <x:v>7737.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="204" spans="1:5">
+      <x:c r="A204" s="1">
+        <x:v>45803.758912037</x:v>
+      </x:c>
+      <x:c r="B204" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C204" s="0">
+        <x:v>0.76</x:v>
+      </x:c>
+      <x:c r="D204" s="0">
+        <x:v>8209.752</x:v>
+      </x:c>
+      <x:c r="E204" s="0">
+        <x:v>7828.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="205" spans="1:5">
+      <x:c r="A205" s="1">
+        <x:v>45803.3275</x:v>
+      </x:c>
+      <x:c r="B205" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C205" s="0">
+        <x:v>0.95</x:v>
+      </x:c>
+      <x:c r="D205" s="0">
+        <x:v>8111.336</x:v>
+      </x:c>
+      <x:c r="E205" s="0">
+        <x:v>7734.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="206" spans="1:5">
+      <x:c r="A206" s="1">
+        <x:v>45800.759525463</x:v>
+      </x:c>
+      <x:c r="B206" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C206" s="0">
+        <x:v>0.95</x:v>
+      </x:c>
+      <x:c r="D206" s="0">
+        <x:v>8121.12</x:v>
+      </x:c>
+      <x:c r="E206" s="0">
+        <x:v>7734.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="207" spans="1:5">
+      <x:c r="A207" s="1">
+        <x:v>45799.7595138889</x:v>
+      </x:c>
+      <x:c r="B207" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C207" s="0">
+        <x:v>0.76</x:v>
+      </x:c>
+      <x:c r="D207" s="0">
+        <x:v>8257.662</x:v>
+      </x:c>
+      <x:c r="E207" s="0">
+        <x:v>7864.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="208" spans="1:5">
+      <x:c r="A208" s="1">
+        <x:v>45798.7693981481</x:v>
+      </x:c>
+      <x:c r="B208" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C208" s="0">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="D208" s="0">
+        <x:v>8301.649</x:v>
+      </x:c>
+      <x:c r="E208" s="0">
+        <x:v>7910.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="209" spans="1:5">
+      <x:c r="A209" s="1">
+        <x:v>45798.764212963</x:v>
+      </x:c>
+      <x:c r="B209" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C209" s="0">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="D209" s="0">
+        <x:v>8301.649</x:v>
+      </x:c>
+      <x:c r="E209" s="0">
+        <x:v>7910.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="210" spans="1:5">
+      <x:c r="A210" s="1">
+        <x:v>45798.328912037</x:v>
+      </x:c>
+      <x:c r="B210" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C210" s="0">
+        <x:v>0.66</x:v>
+      </x:c>
+      <x:c r="D210" s="0">
+        <x:v>8335.176</x:v>
+      </x:c>
+      <x:c r="E210" s="0">
+        <x:v>7942.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="211" spans="1:5">
+      <x:c r="A211" s="1">
+        <x:v>45797.7621759259</x:v>
+      </x:c>
+      <x:c r="B211" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C211" s="0">
+        <x:v>0.67</x:v>
+      </x:c>
+      <x:c r="D211" s="0">
+        <x:v>8335.879</x:v>
+      </x:c>
+      <x:c r="E211" s="0">
+        <x:v>7942.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="212" spans="1:5">
+      <x:c r="A212" s="1">
+        <x:v>45797.3326967593</x:v>
+      </x:c>
+      <x:c r="B212" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C212" s="0">
+        <x:v>0.75</x:v>
+      </x:c>
+      <x:c r="D212" s="0">
+        <x:v>8274.149</x:v>
+      </x:c>
+      <x:c r="E212" s="0">
+        <x:v>7883.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="213" spans="1:5">
+      <x:c r="A213" s="1">
+        <x:v>45796.7617013889</x:v>
+      </x:c>
+      <x:c r="B213" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C213" s="0">
+        <x:v>0.76</x:v>
+      </x:c>
+      <x:c r="D213" s="0">
+        <x:v>8246.604</x:v>
+      </x:c>
+      <x:c r="E213" s="0">
+        <x:v>7883.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="214" spans="1:5">
+      <x:c r="A214" s="1">
+        <x:v>45796.3431597222</x:v>
+      </x:c>
+      <x:c r="B214" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C214" s="0">
+        <x:v>0.79</x:v>
+      </x:c>
+      <x:c r="D214" s="0">
+        <x:v>8249.818</x:v>
+      </x:c>
+      <x:c r="E214" s="0">
+        <x:v>7886.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="215" spans="1:5">
+      <x:c r="A215" s="1">
+        <x:v>45793.7569675926</x:v>
+      </x:c>
+      <x:c r="B215" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C215" s="0">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="D215" s="0">
+        <x:v>8281.024</x:v>
+      </x:c>
+      <x:c r="E215" s="0">
+        <x:v>7886.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="216" spans="1:5">
+      <x:c r="A216" s="1">
+        <x:v>45792.7607638889</x:v>
+      </x:c>
+      <x:c r="B216" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C216" s="0">
+        <x:v>0.85</x:v>
+      </x:c>
+      <x:c r="D216" s="0">
+        <x:v>8245.681</x:v>
+      </x:c>
+      <x:c r="E216" s="0">
+        <x:v>7853.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="217" spans="1:5">
+      <x:c r="A217" s="1">
+        <x:v>45792.3633101852</x:v>
+      </x:c>
+      <x:c r="B217" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C217" s="0">
+        <x:v>0.88</x:v>
+      </x:c>
+      <x:c r="D217" s="0">
+        <x:v>8228.167</x:v>
+      </x:c>
+      <x:c r="E217" s="0">
+        <x:v>7836.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="218" spans="1:5">
+      <x:c r="A218" s="1">
+        <x:v>45791.7641666667</x:v>
+      </x:c>
+      <x:c r="B218" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C218" s="0">
+        <x:v>0.88</x:v>
+      </x:c>
+      <x:c r="D218" s="0">
+        <x:v>8228.63</x:v>
+      </x:c>
+      <x:c r="E218" s="0">
+        <x:v>7836.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="219" spans="1:5">
+      <x:c r="A219" s="1">
+        <x:v>45790.7569560185</x:v>
+      </x:c>
+      <x:c r="B219" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C219" s="0">
+        <x:v>0.82</x:v>
+      </x:c>
+      <x:c r="D219" s="0">
+        <x:v>8257.589</x:v>
+      </x:c>
+      <x:c r="E219" s="0">
+        <x:v>7873.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="220" spans="1:5">
+      <x:c r="A220" s="1">
+        <x:v>45790.3104050926</x:v>
+      </x:c>
+      <x:c r="B220" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C220" s="0">
+        <x:v>0.88</x:v>
+      </x:c>
+      <x:c r="D220" s="0">
+        <x:v>8232.673</x:v>
+      </x:c>
+      <x:c r="E220" s="0">
+        <x:v>7850.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="221" spans="1:5">
+      <x:c r="A221" s="1">
+        <x:v>45789.7604166667</x:v>
+      </x:c>
+      <x:c r="B221" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C221" s="0">
+        <x:v>0.88</x:v>
+      </x:c>
+      <x:c r="D221" s="0">
+        <x:v>8218.531</x:v>
+      </x:c>
+      <x:c r="E221" s="0">
+        <x:v>7850.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="222" spans="1:5">
+      <x:c r="A222" s="1">
+        <x:v>45789.3140509259</x:v>
+      </x:c>
+      <x:c r="B222" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C222" s="0">
+        <x:v>1.17</x:v>
+      </x:c>
+      <x:c r="D222" s="0">
+        <x:v>8106.863</x:v>
+      </x:c>
+      <x:c r="E222" s="0">
+        <x:v>7743.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="223" spans="1:5">
+      <x:c r="A223" s="1">
+        <x:v>45786.7590277778</x:v>
+      </x:c>
+      <x:c r="B223" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C223" s="0">
+        <x:v>1.17</x:v>
+      </x:c>
+      <x:c r="D223" s="0">
+        <x:v>8130.938</x:v>
+      </x:c>
+      <x:c r="E223" s="0">
+        <x:v>7743.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="224" spans="1:5">
+      <x:c r="A224" s="1">
+        <x:v>45785.757662037</x:v>
+      </x:c>
+      <x:c r="B224" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C224" s="0">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="D224" s="0">
+        <x:v>8075.313</x:v>
+      </x:c>
+      <x:c r="E224" s="0">
+        <x:v>7694.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="225" spans="1:5">
+      <x:c r="A225" s="1">
+        <x:v>45785.3333680556</x:v>
+      </x:c>
+      <x:c r="B225" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C225" s="0">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="D225" s="0">
+        <x:v>8004.333</x:v>
+      </x:c>
+      <x:c r="E225" s="0">
+        <x:v>7626.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="226" spans="1:5">
+      <x:c r="A226" s="1">
+        <x:v>45784.7685300926</x:v>
+      </x:c>
+      <x:c r="B226" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C226" s="0">
+        <x:v>1.51</x:v>
+      </x:c>
+      <x:c r="D226" s="0">
+        <x:v>8002.588</x:v>
+      </x:c>
+      <x:c r="E226" s="0">
+        <x:v>7626.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="227" spans="1:5">
+      <x:c r="A227" s="1">
+        <x:v>45784.3171759259</x:v>
+      </x:c>
+      <x:c r="B227" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C227" s="0">
+        <x:v>1.34</x:v>
+      </x:c>
+      <x:c r="D227" s="0">
+        <x:v>8076.172</x:v>
+      </x:c>
+      <x:c r="E227" s="0">
+        <x:v>7696.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="228" spans="1:5">
+      <x:c r="A228" s="1">
+        <x:v>45783.7975578704</x:v>
+      </x:c>
+      <x:c r="B228" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C228" s="0">
+        <x:v>1.34</x:v>
+      </x:c>
+      <x:c r="D228" s="0">
+        <x:v>8081.766</x:v>
+      </x:c>
+      <x:c r="E228" s="0">
+        <x:v>7696.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="229" spans="1:5">
+      <x:c r="A229" s="1">
+        <x:v>45783.7611458333</x:v>
+      </x:c>
+      <x:c r="B229" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C229" s="0">
+        <x:v>1.34</x:v>
+      </x:c>
+      <x:c r="D229" s="0">
+        <x:v>8081.766</x:v>
+      </x:c>
+      <x:c r="E229" s="0">
+        <x:v>7696.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="230" spans="1:5">
+      <x:c r="A230" s="1">
+        <x:v>45782.7990856481</x:v>
+      </x:c>
+      <x:c r="B230" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C230" s="0">
+        <x:v>1.27</x:v>
+      </x:c>
+      <x:c r="D230" s="0">
+        <x:v>8078.204</x:v>
+      </x:c>
+      <x:c r="E230" s="0">
+        <x:v>7727.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="231" spans="1:5">
+      <x:c r="A231" s="1">
+        <x:v>45782.7613310185</x:v>
+      </x:c>
+      <x:c r="B231" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C231" s="0">
+        <x:v>1.27</x:v>
+      </x:c>
+      <x:c r="D231" s="0">
+        <x:v>8078.204</x:v>
+      </x:c>
+      <x:c r="E231" s="0">
+        <x:v>7727.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="232" spans="1:5">
+      <x:c r="A232" s="1">
+        <x:v>45782.3304513889</x:v>
+      </x:c>
+      <x:c r="B232" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C232" s="0">
+        <x:v>1.23</x:v>
+      </x:c>
+      <x:c r="D232" s="0">
+        <x:v>8122.882</x:v>
+      </x:c>
+      <x:c r="E232" s="0">
+        <x:v>7770.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="233" spans="1:5">
+      <x:c r="A233" s="1">
+        <x:v>45779.7593402778</x:v>
+      </x:c>
+      <x:c r="B233" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C233" s="0">
+        <x:v>1.25</x:v>
+      </x:c>
+      <x:c r="D233" s="0">
+        <x:v>8159.004</x:v>
+      </x:c>
+      <x:c r="E233" s="0">
+        <x:v>7770.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="234" spans="1:5">
+      <x:c r="A234" s="1">
+        <x:v>45777.7615046296</x:v>
+      </x:c>
+      <x:c r="B234" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C234" s="0">
+        <x:v>1.92</x:v>
+      </x:c>
+      <x:c r="D234" s="0">
+        <x:v>7973.564</x:v>
+      </x:c>
+      <x:c r="E234" s="0">
+        <x:v>7593.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="235" spans="1:5">
+      <x:c r="A235" s="1">
+        <x:v>45776.7598726852</x:v>
+      </x:c>
+      <x:c r="B235" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C235" s="0">
+        <x:v>2.07</x:v>
+      </x:c>
+      <x:c r="D235" s="0">
+        <x:v>7933.664</x:v>
+      </x:c>
+      <x:c r="E235" s="0">
+        <x:v>7555.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="236" spans="1:5">
+      <x:c r="A236" s="1">
         <x:v>45775.760162037</x:v>
       </x:c>
-      <x:c r="B183" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C183" s="0">
+      <x:c r="B236" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C236" s="0">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="D183" s="0">
+      <x:c r="D236" s="0">
         <x:v>7952.448</x:v>
       </x:c>
-      <x:c r="E183" s="0">
+      <x:c r="E236" s="0">
         <x:v>7573.76</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>