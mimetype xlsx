--- v1 (2025-11-30)
+++ v2 (2026-02-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72baaa8d1ea54f49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1ad9c2674aa41d4b6cb1e51ff7a8d56.psmdcp" Id="R09137097fbe24cb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fb01493b7dd4bde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47d18f8e17f1410ea5c2d6bd5b9ee910.psmdcp" Id="R101a7280cfb4428a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP093LN7</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,4058 +390,5435 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E236"/>
+  <x:dimension ref="A1:E317"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45989.7431481481</x:v>
+        <x:v>46066.7740162037</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>8528.846</x:v>
+        <x:v>8727.327</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>8122.71</x:v>
+        <x:v>8311.74</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45988.7414583333</x:v>
+        <x:v>46066.7432407407</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>8504.444</x:v>
+        <x:v>8727.327</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>8099.47</x:v>
+        <x:v>8311.74</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45987.7426157407</x:v>
+        <x:v>46065.7731481481</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>8501.252</x:v>
+        <x:v>8757.346</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>8096.43</x:v>
+        <x:v>8340.56</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45986.7689236111</x:v>
+        <x:v>46065.7431018519</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>8427.09</x:v>
+        <x:v>8757.346</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>8025.8</x:v>
+        <x:v>8340.56</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45986.7424537037</x:v>
+        <x:v>46065.3105671296</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>8427.09</x:v>
+        <x:v>8728.66</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>8025.8</x:v>
+        <x:v>8313.24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45985.7418287037</x:v>
+        <x:v>46064.7745486111</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>8355.54</x:v>
+        <x:v>8728.902</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>7959.67</x:v>
+        <x:v>8313.24</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45985.3068634259</x:v>
+        <x:v>46064.7434606481</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>8379.669</x:v>
+        <x:v>8728.902</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>7982.65</x:v>
+        <x:v>8313.24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45982.7638541667</x:v>
+        <x:v>46063.7748032407</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>8381.782</x:v>
+        <x:v>8744.274</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>7982.65</x:v>
+        <x:v>8327.88</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45981.7416087963</x:v>
+        <x:v>46063.7433217593</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>8380.124</x:v>
+        <x:v>8744.274</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>7981.07</x:v>
+        <x:v>8327.88</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45980.7414351852</x:v>
+        <x:v>46062.7729166667</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>8351.458</x:v>
+        <x:v>8739.444</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>7953.77</x:v>
+        <x:v>8323.28</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45979.7620949074</x:v>
+        <x:v>46062.7432060185</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>8366.326</x:v>
+        <x:v>8739.444</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>7967.93</x:v>
+        <x:v>8323.28</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45979.7413425926</x:v>
+        <x:v>46059.772337963</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>8366.326</x:v>
+        <x:v>8687.532</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>7967.93</x:v>
+        <x:v>8273.84</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45978.7625578704</x:v>
+        <x:v>46059.7425578704</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>8524.971</x:v>
+        <x:v>8687.532</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>8119.02</x:v>
+        <x:v>8273.84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45975.7665740741</x:v>
+        <x:v>46058.7435300926</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>8578.594</x:v>
+        <x:v>8650.078</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>8170.09</x:v>
+        <x:v>8238.17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45975.7415625</x:v>
+        <x:v>46057.7740046296</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>8578.594</x:v>
+        <x:v>8675.268</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>8170.09</x:v>
+        <x:v>8262.16</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45974.7421527778</x:v>
+        <x:v>46057.7431712963</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>8644.114</x:v>
+        <x:v>8675.268</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>8232.49</x:v>
+        <x:v>8262.16</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45973.7618287037</x:v>
+        <x:v>46056.8210648148</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>8652.851</x:v>
+        <x:v>8588.475</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>8241.24</x:v>
+        <x:v>8179.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45973.7424652778</x:v>
+        <x:v>46056.7740046296</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>8652.851</x:v>
+        <x:v>8588.475</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>8241.24</x:v>
+        <x:v>8179.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45973.3365277778</x:v>
+        <x:v>46056.7429513889</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>8563.591</x:v>
+        <x:v>8588.475</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>8156.23</x:v>
+        <x:v>8179.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45972.7415856481</x:v>
+        <x:v>46055.7738541667</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>8564.042</x:v>
+        <x:v>8590.228</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>8156.23</x:v>
+        <x:v>8181.17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45968.7599652778</x:v>
+        <x:v>46055.7428356481</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>8347.689</x:v>
+        <x:v>8590.228</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>7950.18</x:v>
+        <x:v>8181.17</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45968.7419907407</x:v>
+        <x:v>46052.7750810185</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>8347.689</x:v>
+        <x:v>8532.856</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>7950.18</x:v>
+        <x:v>8126.53</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45967.7415509259</x:v>
+        <x:v>46052.7433217593</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>8363.008</x:v>
+        <x:v>8532.856</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>7964.77</x:v>
+        <x:v>8126.53</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45966.7603935185</x:v>
+        <x:v>46051.7428819444</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>8477.942</x:v>
+        <x:v>8474.928</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>8074.23</x:v>
+        <x:v>8071.36</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45966.7414814815</x:v>
+        <x:v>46050.7428472222</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>8477.942</x:v>
+        <x:v>8470.014</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>8074.23</x:v>
+        <x:v>8066.68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45965.7581597222</x:v>
+        <x:v>46049.7425231481</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>8470.906</x:v>
+        <x:v>8560.461</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>8067.53</x:v>
+        <x:v>8152.82</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45965.7416782407</x:v>
+        <x:v>46048.7747569444</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>8470.906</x:v>
+        <x:v>8537.708</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>8067.53</x:v>
+        <x:v>8131.15</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45964.7418171296</x:v>
+        <x:v>46045.7737962963</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>8515.28</x:v>
+        <x:v>8550.202</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>8109.79</x:v>
+        <x:v>8143.05</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45961.8178587963</x:v>
+        <x:v>46045.7423726852</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>8527.124</x:v>
+        <x:v>8550.202</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>8121.07</x:v>
+        <x:v>8143.05</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45961.7663078704</x:v>
+        <x:v>46044.7737847222</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>8527.124</x:v>
+        <x:v>8556.334</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>8121.07</x:v>
+        <x:v>8148.89</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45961.7596296296</x:v>
+        <x:v>46044.7425925926</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>8527.124</x:v>
+        <x:v>8556.334</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>8121.07</x:v>
+        <x:v>8148.89</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45961.7416435185</x:v>
+        <x:v>46043.7727893519</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>8527.124</x:v>
+        <x:v>8472.628</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>8121.07</x:v>
+        <x:v>8069.17</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45960.7713657407</x:v>
+        <x:v>46043.7427662037</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>8565.154</x:v>
+        <x:v>8472.628</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>8157.29</x:v>
+        <x:v>8069.17</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45960.7414583333</x:v>
+        <x:v>46042.7742824074</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>8565.154</x:v>
+        <x:v>8465.709</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>8157.29</x:v>
+        <x:v>8062.58</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45959.763599537</x:v>
+        <x:v>46042.7413773148</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>8610.924</x:v>
+        <x:v>8465.709</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>8200.88</x:v>
+        <x:v>8062.58</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45959.741724537</x:v>
+        <x:v>46041.773587963</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>8610.924</x:v>
+        <x:v>8517.621</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>8200.88</x:v>
+        <x:v>8112.02</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45958.741412037</x:v>
+        <x:v>46041.7428240741</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>8627.409</x:v>
+        <x:v>8517.621</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>8216.58</x:v>
+        <x:v>8112.02</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45957.7416435185</x:v>
+        <x:v>46038.7739467593</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>8651.139</x:v>
+        <x:v>8671.887</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>8239.18</x:v>
+        <x:v>8258.94</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45954.7428819444</x:v>
+        <x:v>46038.7429166667</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>8636.912</x:v>
+        <x:v>8671.887</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>8225.63</x:v>
+        <x:v>8258.94</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45953.774849537</x:v>
+        <x:v>46037.7737152778</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>8637.069</x:v>
+        <x:v>8728.776</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>8225.78</x:v>
+        <x:v>8313.12</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45953.7428703704</x:v>
+        <x:v>46037.7426967593</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>8637.069</x:v>
+        <x:v>8728.776</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>8225.78</x:v>
+        <x:v>8313.12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45952.760787037</x:v>
+        <x:v>46036.7743055556</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>8617.214</x:v>
+        <x:v>8747.518</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>8206.87</x:v>
+        <x:v>8330.97</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45952.7425115741</x:v>
+        <x:v>46036.7428935185</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>8617.214</x:v>
+        <x:v>8747.518</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>8206.87</x:v>
+        <x:v>8330.97</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45951.7420949074</x:v>
+        <x:v>46035.7727546296</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>8671.803</x:v>
+        <x:v>8764.146</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>8258.86</x:v>
+        <x:v>8347.2</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45950.8196759259</x:v>
+        <x:v>46035.7425115741</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>8616.374</x:v>
+        <x:v>8764.146</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>8206.07</x:v>
+        <x:v>8347.2</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45947.7632291667</x:v>
+        <x:v>46035.300625</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>8582.91</x:v>
+        <x:v>8776.284</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>8174.2</x:v>
+        <x:v>8358.76</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45946.7603009259</x:v>
+        <x:v>46034.7735763889</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>8598.02</x:v>
+        <x:v>8776.698</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>8188.59</x:v>
+        <x:v>8358.76</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45946.7415393519</x:v>
+        <x:v>46031.7746180556</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>8598.02</x:v>
+        <x:v>8780.194</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>8188.59</x:v>
+        <x:v>8362.09</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45945.768900463</x:v>
+        <x:v>46031.7466203704</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>8480.85</x:v>
+        <x:v>8780.194</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>8077</x:v>
+        <x:v>8362.09</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45944.769375</x:v>
+        <x:v>46030.7736689815</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>8313.146</x:v>
+        <x:v>8655.644</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>7919.62</x:v>
+        <x:v>8243.47</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45944.7417708333</x:v>
+        <x:v>46030.7425694444</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>8313.146</x:v>
+        <x:v>8655.644</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>7919.62</x:v>
+        <x:v>8243.47</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45944.3350694444</x:v>
+        <x:v>46029.7727546296</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>8328.518</x:v>
+        <x:v>8645.616</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>7934.26</x:v>
+        <x:v>8233.92</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45943.7465509259</x:v>
+        <x:v>46029.7415162037</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>8330.973</x:v>
+        <x:v>8645.616</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>7934.26</x:v>
+        <x:v>8233.92</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45940.7627662037</x:v>
+        <x:v>46028.7421759259</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>8313.9</x:v>
+        <x:v>8649.302</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>7918</x:v>
+        <x:v>8237.43</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45940.7458912037</x:v>
+        <x:v>46027.7425810185</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>8313.9</x:v>
+        <x:v>8622.075</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>7918</x:v>
+        <x:v>8211.5</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45939.7571527778</x:v>
+        <x:v>46024.7413657407</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>8443.428</x:v>
+        <x:v>8597.155</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>8041.36</x:v>
+        <x:v>8195.21</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45939.744212963</x:v>
+        <x:v>46022.3246527778</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>8443.428</x:v>
+        <x:v>8576.558</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>8041.36</x:v>
+        <x:v>8168.15</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45938.7624652778</x:v>
+        <x:v>46021.7415162037</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>8463.136</x:v>
+        <x:v>8576.558</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>8060.13</x:v>
+        <x:v>8168.15</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45938.741099537</x:v>
+        <x:v>46020.74125</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>8463.136</x:v>
+        <x:v>8517.621</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>8060.13</x:v>
+        <x:v>8112.02</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45937.7621875</x:v>
+        <x:v>46014.7420949074</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>8371.671</x:v>
+        <x:v>8509.042</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>7974.85</x:v>
+        <x:v>8103.85</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45937.7408564815</x:v>
+        <x:v>46013.7415740741</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>8371.671</x:v>
+        <x:v>8527.124</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>7974.85</x:v>
+        <x:v>8121.07</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45937.3222569444</x:v>
+        <x:v>46010.7428587963</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>8368.448</x:v>
+        <x:v>8558.949</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>7971.78</x:v>
+        <x:v>8151.38</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45936.7575231481</x:v>
+        <x:v>46009.742025463</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>8370.369</x:v>
+        <x:v>8558.172</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>7971.78</x:v>
+        <x:v>8150.64</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45936.7406365741</x:v>
+        <x:v>46008.7427430556</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>8370.369</x:v>
+        <x:v>8490.352</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>7971.78</x:v>
+        <x:v>8086.05</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45933.7560416667</x:v>
+        <x:v>46007.7675925926</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>8485.617</x:v>
+        <x:v>8511.468</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>8081.54</x:v>
+        <x:v>8106.16</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45933.7405324074</x:v>
+        <x:v>46006.7735416667</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>8485.617</x:v>
+        <x:v>8530.906</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>8081.54</x:v>
+        <x:v>8124.88</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45932.7410648148</x:v>
+        <x:v>46006.7424421296</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>8459.462</x:v>
+        <x:v>8530.906</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>8056.63</x:v>
+        <x:v>8124.88</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45931.7405092593</x:v>
+        <x:v>46006.3081134259</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>8357.519</x:v>
+        <x:v>8471.833</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>7966.95</x:v>
+        <x:v>8068.62</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45931.334224537</x:v>
+        <x:v>46003.7425925926</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>8282.959</x:v>
+        <x:v>8472.051</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>7895.94</x:v>
+        <x:v>8068.62</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45930.7579282407</x:v>
+        <x:v>46002.7741435185</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>8290.737</x:v>
+        <x:v>8490.048</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>7895.94</x:v>
+        <x:v>8085.76</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45929.7559837963</x:v>
+        <x:v>46002.7415972222</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>8274.914</x:v>
+        <x:v>8490.048</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>7880.87</x:v>
+        <x:v>8085.76</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45929.7405902778</x:v>
+        <x:v>46001.7726736111</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>8274.914</x:v>
+        <x:v>8423.824</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>7880.87</x:v>
+        <x:v>8022.69</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45926.7405902778</x:v>
+        <x:v>46001.7424884259</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>8251.813</x:v>
+        <x:v>8423.824</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>7870.68</x:v>
+        <x:v>8022.69</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45926.3218055556</x:v>
+        <x:v>46000.7422800926</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>8172.79</x:v>
+        <x:v>8455.136</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>7795.42</x:v>
+        <x:v>8052.51</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45925.7565046296</x:v>
+        <x:v>45999.7427662037</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>8185.191</x:v>
+        <x:v>8513.852</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>7795.42</x:v>
+        <x:v>8108.43</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45925.7404513889</x:v>
+        <x:v>45996.7416898148</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>8185.191</x:v>
+        <x:v>8520.477</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>7795.42</x:v>
+        <x:v>8114.74</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45924.7580439815</x:v>
+        <x:v>45995.7432523148</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>8218.822</x:v>
+        <x:v>8528.132</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>7827.45</x:v>
+        <x:v>8122.03</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45923.7566087963</x:v>
+        <x:v>45994.7432638889</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>8265.621</x:v>
+        <x:v>8491.791</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>7872.02</x:v>
+        <x:v>8087.42</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45923.7480902778</x:v>
+        <x:v>45993.7429166667</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>8265.621</x:v>
+        <x:v>8469.506</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>7872.02</x:v>
+        <x:v>8074.61</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45922.7577199074</x:v>
+        <x:v>45993.3304166667</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>8221.398</x:v>
+        <x:v>8493.016</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>7830.11</x:v>
+        <x:v>8097</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45922.7480902778</x:v>
+        <x:v>45992.741724537</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>8221.398</x:v>
+        <x:v>8501.85</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>7830.11</x:v>
+        <x:v>8097</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45922.3338773148</x:v>
+        <x:v>45989.7431481481</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>8246.052</x:v>
+        <x:v>8528.846</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>7853.59</x:v>
+        <x:v>8122.71</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45919.7476967593</x:v>
+        <x:v>45988.7414583333</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>8246.27</x:v>
+        <x:v>8504.444</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>7853.59</x:v>
+        <x:v>8099.47</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45918.7597800926</x:v>
+        <x:v>45987.7426157407</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>8247.34</x:v>
+        <x:v>8501.252</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>7854.61</x:v>
+        <x:v>8096.43</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45918.7477314815</x:v>
+        <x:v>45986.7689236111</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>8247.34</x:v>
+        <x:v>8427.09</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>7854.61</x:v>
+        <x:v>8025.8</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45917.7474537037</x:v>
+        <x:v>45986.7424537037</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>8176.329</x:v>
+        <x:v>8427.09</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>7786.98</x:v>
+        <x:v>8025.8</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45916.7474074074</x:v>
+        <x:v>45985.7418287037</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>8209.131</x:v>
+        <x:v>8355.54</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>7818.22</x:v>
+        <x:v>7959.67</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45915.7474768519</x:v>
+        <x:v>45985.3068634259</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>8291.776</x:v>
+        <x:v>8379.669</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>7896.93</x:v>
+        <x:v>7982.65</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45912.7594675926</x:v>
+        <x:v>45982.7638541667</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>8216.502</x:v>
+        <x:v>8381.782</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>7825.24</x:v>
+        <x:v>7982.65</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45912.7478472222</x:v>
+        <x:v>45981.7416087963</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>8216.502</x:v>
+        <x:v>8380.124</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>7825.24</x:v>
+        <x:v>7981.07</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45911.7587384259</x:v>
+        <x:v>45980.7414351852</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>8214.696</x:v>
+        <x:v>8351.458</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>7823.52</x:v>
+        <x:v>7953.77</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45911.7477662037</x:v>
+        <x:v>45979.7620949074</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>8214.696</x:v>
+        <x:v>8366.326</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>7823.52</x:v>
+        <x:v>7967.93</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45910.7475347222</x:v>
+        <x:v>45979.7413425926</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>8149.386</x:v>
+        <x:v>8366.326</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>7761.32</x:v>
+        <x:v>7967.93</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45909.7477199074</x:v>
+        <x:v>45978.7625578704</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>8136.86</x:v>
+        <x:v>8524.971</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>7749.39</x:v>
+        <x:v>8119.02</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45908.7485416667</x:v>
+        <x:v>45975.7665740741</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>8121.582</x:v>
+        <x:v>8578.594</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>7734.84</x:v>
+        <x:v>8170.09</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45905.7752893519</x:v>
+        <x:v>45975.7415625</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>8058.519</x:v>
+        <x:v>8578.594</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>7674.78</x:v>
+        <x:v>8170.09</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45905.7480902778</x:v>
+        <x:v>45974.7421527778</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>8058.519</x:v>
+        <x:v>8644.114</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>7674.78</x:v>
+        <x:v>8232.49</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45904.7480092593</x:v>
+        <x:v>45973.7618287037</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>8083.866</x:v>
+        <x:v>8652.851</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>7698.92</x:v>
+        <x:v>8241.24</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45903.7601041667</x:v>
+        <x:v>45973.7424652778</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>8105.696</x:v>
+        <x:v>8652.851</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>7719.71</x:v>
+        <x:v>8241.24</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45903.7473842593</x:v>
+        <x:v>45973.3365277778</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>8105.696</x:v>
+        <x:v>8563.591</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>7719.71</x:v>
+        <x:v>8156.23</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45902.7617824074</x:v>
+        <x:v>45972.7415856481</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>8036.962</x:v>
+        <x:v>8564.042</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>7654.25</x:v>
+        <x:v>8156.23</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45902.7473842593</x:v>
+        <x:v>45968.7599652778</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>8036.962</x:v>
+        <x:v>8347.689</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>7654.25</x:v>
+        <x:v>7950.18</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45901.7594212963</x:v>
+        <x:v>45968.7419907407</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>8093.295</x:v>
+        <x:v>8347.689</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>7707.9</x:v>
+        <x:v>7950.18</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45901.7474305556</x:v>
+        <x:v>45967.7415509259</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>8093.295</x:v>
+        <x:v>8363.008</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>7707.9</x:v>
+        <x:v>7964.77</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45898.7627430556</x:v>
+        <x:v>45966.7603935185</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>8089.095</x:v>
+        <x:v>8477.942</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>7703.9</x:v>
+        <x:v>8074.23</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45898.7479861111</x:v>
+        <x:v>45966.7414814815</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>8089.095</x:v>
+        <x:v>8477.942</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>7703.9</x:v>
+        <x:v>8074.23</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45897.7576851852</x:v>
+        <x:v>45965.7581597222</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>8150.73</x:v>
+        <x:v>8470.906</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>7762.6</x:v>
+        <x:v>8067.53</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45897.7475925926</x:v>
+        <x:v>45965.7416782407</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>8151.286</x:v>
+        <x:v>8470.906</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>7763.13</x:v>
+        <x:v>8067.53</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45896.7598726852</x:v>
+        <x:v>45964.7418171296</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>8131.126</x:v>
+        <x:v>8515.28</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>7743.93</x:v>
+        <x:v>8109.79</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45895.7575347222</x:v>
+        <x:v>45961.8178587963</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>8095.3</x:v>
+        <x:v>8527.124</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>7709.81</x:v>
+        <x:v>8121.07</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45895.7478703704</x:v>
+        <x:v>45961.7663078704</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>8095.3</x:v>
+        <x:v>8527.124</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>7709.81</x:v>
+        <x:v>8121.07</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45894.7569675926</x:v>
+        <x:v>45961.7596296296</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>8235.192</x:v>
+        <x:v>8527.124</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>7843.04</x:v>
+        <x:v>8121.07</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45894.7474421296</x:v>
+        <x:v>45961.7416435185</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>8235.192</x:v>
+        <x:v>8527.124</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>7843.04</x:v>
+        <x:v>8121.07</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45891.7477893519</x:v>
+        <x:v>45960.7713657407</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>8368.174</x:v>
+        <x:v>8565.154</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>7969.69</x:v>
+        <x:v>8157.29</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45890.7565972222</x:v>
+        <x:v>45960.7414583333</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>8335.204</x:v>
+        <x:v>8565.154</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>7938.29</x:v>
+        <x:v>8157.29</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45890.7477199074</x:v>
+        <x:v>45959.763599537</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>8335.204</x:v>
+        <x:v>8610.924</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>7938.29</x:v>
+        <x:v>8200.88</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45889.7593402778</x:v>
+        <x:v>45959.741724537</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>8371.682</x:v>
+        <x:v>8610.924</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>7973.03</x:v>
+        <x:v>8200.88</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45888.7478472222</x:v>
+        <x:v>45958.741412037</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>8378.034</x:v>
+        <x:v>8627.409</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>7979.08</x:v>
+        <x:v>8216.58</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45887.7583101852</x:v>
+        <x:v>45957.7416435185</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>8278.252</x:v>
+        <x:v>8651.139</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>7884.05</x:v>
+        <x:v>8239.18</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45887.7476736111</x:v>
+        <x:v>45954.7428819444</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>8278.252</x:v>
+        <x:v>8636.912</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>7884.05</x:v>
+        <x:v>8225.63</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45884.7578240741</x:v>
+        <x:v>45953.774849537</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>8319.622</x:v>
+        <x:v>8637.069</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>7923.45</x:v>
+        <x:v>8225.78</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45884.7474768519</x:v>
+        <x:v>45953.7428703704</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>8319.622</x:v>
+        <x:v>8637.069</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>7923.45</x:v>
+        <x:v>8225.78</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45883.7578125</x:v>
+        <x:v>45952.760787037</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>8263.857</x:v>
+        <x:v>8617.214</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>7870.34</x:v>
+        <x:v>8206.87</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45883.7478935185</x:v>
+        <x:v>45952.7425115741</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>8263.857</x:v>
+        <x:v>8617.214</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>7870.34</x:v>
+        <x:v>8206.87</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45882.7607986111</x:v>
+        <x:v>45951.7420949074</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>8195.218</x:v>
+        <x:v>8671.803</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>7804.97</x:v>
+        <x:v>8258.86</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45882.7479861111</x:v>
+        <x:v>45950.8196759259</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>8195.218</x:v>
+        <x:v>8616.374</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>7804.97</x:v>
+        <x:v>8206.07</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45881.7571990741</x:v>
+        <x:v>45947.7632291667</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>8141.091</x:v>
+        <x:v>8582.91</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>7753.42</x:v>
+        <x:v>8174.2</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45881.7473958333</x:v>
+        <x:v>45946.7603009259</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>8141.091</x:v>
+        <x:v>8598.02</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>7753.42</x:v>
+        <x:v>8188.59</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45880.7587152778</x:v>
+        <x:v>45946.7415393519</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>8083.446</x:v>
+        <x:v>8598.02</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>7698.52</x:v>
+        <x:v>8188.59</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45880.7478240741</x:v>
+        <x:v>45945.768900463</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>8083.446</x:v>
+        <x:v>8480.85</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>7698.52</x:v>
+        <x:v>8077</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45877.7474537037</x:v>
+        <x:v>45944.769375</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>8130.15</x:v>
+        <x:v>8313.146</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>7743</x:v>
+        <x:v>7919.62</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45876.747962963</x:v>
+        <x:v>45944.7417708333</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>8094.786</x:v>
+        <x:v>8313.146</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>7709.32</x:v>
+        <x:v>7919.62</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45875.7593981481</x:v>
+        <x:v>45944.3350694444</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>8016.782</x:v>
+        <x:v>8328.518</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>7635.03</x:v>
+        <x:v>7934.26</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45875.7478356482</x:v>
+        <x:v>45943.7465509259</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>8016.782</x:v>
+        <x:v>8330.973</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>7635.03</x:v>
+        <x:v>7934.26</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45874.7580787037</x:v>
+        <x:v>45940.7627662037</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>8002.092</x:v>
+        <x:v>8313.9</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>7621.04</x:v>
+        <x:v>7918</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45873.7608680556</x:v>
+        <x:v>45940.7458912037</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>8013.61</x:v>
+        <x:v>8313.9</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>7632.01</x:v>
+        <x:v>7918</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45873.7479398148</x:v>
+        <x:v>45939.7571527778</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>8013.61</x:v>
+        <x:v>8443.428</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>7632.01</x:v>
+        <x:v>8041.36</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45870.7602199074</x:v>
+        <x:v>45939.744212963</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>7923.468</x:v>
+        <x:v>8443.428</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>7546.16</x:v>
+        <x:v>8041.36</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45870.7474768519</x:v>
+        <x:v>45938.7624652778</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>7923.468</x:v>
+        <x:v>8463.136</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>7546.16</x:v>
+        <x:v>8060.13</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45869.7477777778</x:v>
+        <x:v>45938.741099537</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>8160.568</x:v>
+        <x:v>8463.136</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>7771.97</x:v>
+        <x:v>8060.13</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45868.7573032407</x:v>
+        <x:v>45937.7621875</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>8255.058</x:v>
+        <x:v>8371.671</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>7861.96</x:v>
+        <x:v>7974.85</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45868.7478935185</x:v>
+        <x:v>45937.7408564815</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>8255.058</x:v>
+        <x:v>8371.671</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>7861.96</x:v>
+        <x:v>7974.85</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45867.7584259259</x:v>
+        <x:v>45937.3222569444</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>8250.228</x:v>
+        <x:v>8368.448</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>7857.36</x:v>
+        <x:v>7971.78</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45867.7473726852</x:v>
+        <x:v>45936.7575231481</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>8250.228</x:v>
+        <x:v>8370.369</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>7857.36</x:v>
+        <x:v>7971.78</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45866.758275463</x:v>
+        <x:v>45936.7406365741</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>8190.924</x:v>
+        <x:v>8370.369</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>7800.88</x:v>
+        <x:v>7971.78</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45866.747962963</x:v>
+        <x:v>45933.7560416667</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>8190.924</x:v>
+        <x:v>8485.617</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>7800.88</x:v>
+        <x:v>8081.54</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45863.7567939815</x:v>
+        <x:v>45933.7405324074</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>8226.309</x:v>
+        <x:v>8485.617</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>7834.58</x:v>
+        <x:v>8081.54</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45862.7627430556</x:v>
+        <x:v>45932.7410648148</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>8209.194</x:v>
+        <x:v>8459.462</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>7818.28</x:v>
+        <x:v>8056.63</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45862.7478356482</x:v>
+        <x:v>45931.7405092593</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>8209.194</x:v>
+        <x:v>8357.519</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>7818.28</x:v>
+        <x:v>7966.95</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45861.7586921296</x:v>
+        <x:v>45931.334224537</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>8240.844</x:v>
+        <x:v>8282.959</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>7850.43</x:v>
+        <x:v>7895.94</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45861.7478935185</x:v>
+        <x:v>45930.7579282407</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>8240.844</x:v>
+        <x:v>8290.737</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>7850.43</x:v>
+        <x:v>7895.94</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45861.3266550926</x:v>
+        <x:v>45929.7559837963</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>8129.523</x:v>
+        <x:v>8274.914</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>7744.41</x:v>
+        <x:v>7880.87</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45860.7479976852</x:v>
+        <x:v>45929.7405902778</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>8131.63</x:v>
+        <x:v>8274.914</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>7744.41</x:v>
+        <x:v>7880.87</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45859.7478009259</x:v>
+        <x:v>45926.7405902778</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>8188.131</x:v>
+        <x:v>8251.813</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>7798.22</x:v>
+        <x:v>7870.68</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45856.7473726852</x:v>
+        <x:v>45926.3218055556</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>8213.804</x:v>
+        <x:v>8172.79</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>7822.67</x:v>
+        <x:v>7795.42</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45855.7569444444</x:v>
+        <x:v>45925.7565046296</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>8213.1</x:v>
+        <x:v>8185.191</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>7822</x:v>
+        <x:v>7795.42</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45854.9360185185</x:v>
+        <x:v>45925.7404513889</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>8108.194</x:v>
+        <x:v>8185.191</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>7722.09</x:v>
+        <x:v>7795.42</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45854.7691782407</x:v>
+        <x:v>45924.7580439815</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>8108.194</x:v>
+        <x:v>8218.822</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>7722.09</x:v>
+        <x:v>7827.45</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45853.7615625</x:v>
+        <x:v>45923.7566087963</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>8154.52</x:v>
+        <x:v>8265.621</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>7766.21</x:v>
+        <x:v>7872.02</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45852.7625462963</x:v>
+        <x:v>45923.7480902778</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>8198.578</x:v>
+        <x:v>8265.621</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>7808.17</x:v>
+        <x:v>7872.02</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45849.7864467593</x:v>
+        <x:v>45922.7577199074</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>8220.754</x:v>
+        <x:v>8221.398</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>7829.29</x:v>
+        <x:v>7830.11</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45848.7618055556</x:v>
+        <x:v>45922.7480902778</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>8297.362</x:v>
+        <x:v>8221.398</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>7902.25</x:v>
+        <x:v>7830.11</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45847.7591435185</x:v>
+        <x:v>45922.3338773148</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>8272.383</x:v>
+        <x:v>8246.052</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>7878.46</x:v>
+        <x:v>7853.59</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45846.7607523148</x:v>
+        <x:v>45919.7476967593</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>8155.046</x:v>
+        <x:v>8246.27</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>7766.71</x:v>
+        <x:v>7853.59</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45845.7574421296</x:v>
+        <x:v>45918.7597800926</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>8109.644</x:v>
+        <x:v>8247.34</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>7723.47</x:v>
+        <x:v>7854.61</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45842.7613657407</x:v>
+        <x:v>45918.7477314815</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>8081.084</x:v>
+        <x:v>8247.34</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>7696.27</x:v>
+        <x:v>7854.61</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45841.7610763889</x:v>
+        <x:v>45917.7474537037</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>8142.278</x:v>
+        <x:v>8176.329</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>7754.55</x:v>
+        <x:v>7786.98</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45840.9304282407</x:v>
+        <x:v>45916.7474074074</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>8125.341</x:v>
+        <x:v>8209.131</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>7738.42</x:v>
+        <x:v>7818.22</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45839.7591550926</x:v>
+        <x:v>45915.7474768519</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>8040.718</x:v>
+        <x:v>8291.776</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>7662.59</x:v>
+        <x:v>7896.93</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45839.6667939815</x:v>
+        <x:v>45912.7594675926</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>8044.204</x:v>
+        <x:v>8216.502</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>7665.91</x:v>
+        <x:v>7825.24</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45839.4783796296</x:v>
+        <x:v>45912.7478472222</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>8044.204</x:v>
+        <x:v>8216.502</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>7665.91</x:v>
+        <x:v>7825.24</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45839.3819328704</x:v>
+        <x:v>45911.7587384259</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>8044.204</x:v>
+        <x:v>8214.696</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>7665.91</x:v>
+        <x:v>7823.52</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45838.7567824074</x:v>
+        <x:v>45911.7477662037</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>8049.206</x:v>
+        <x:v>8214.696</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>7665.91</x:v>
+        <x:v>7823.52</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45835.7579861111</x:v>
+        <x:v>45910.7475347222</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>8076.128</x:v>
+        <x:v>8149.386</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>7691.55</x:v>
+        <x:v>7761.32</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45834.7579166667</x:v>
+        <x:v>45909.7477199074</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>7935.176</x:v>
+        <x:v>8136.86</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>7557.31</x:v>
+        <x:v>7749.39</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45833.7638078704</x:v>
+        <x:v>45908.7485416667</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>7936.068</x:v>
+        <x:v>8121.582</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>7558.16</x:v>
+        <x:v>7734.84</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45832.757974537</x:v>
+        <x:v>45905.7752893519</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>7996.79</x:v>
+        <x:v>8058.519</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>7615.99</x:v>
+        <x:v>7674.78</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45831.759837963</x:v>
+        <x:v>45905.7480902778</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>7914.228</x:v>
+        <x:v>8058.519</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>7537.57</x:v>
+        <x:v>7674.78</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45831.3068865741</x:v>
+        <x:v>45904.7480092593</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>1.09</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>7968.922</x:v>
+        <x:v>8083.866</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>7589.66</x:v>
+        <x:v>7698.92</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45828.7626041667</x:v>
+        <x:v>45903.7601041667</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>1.09</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>7969.143</x:v>
+        <x:v>8105.696</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>7589.66</x:v>
+        <x:v>7719.71</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45827.7613657407</x:v>
+        <x:v>45903.7473842593</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>7922.556</x:v>
+        <x:v>8105.696</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>7553.45</x:v>
+        <x:v>7719.71</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45827.3165509259</x:v>
+        <x:v>45902.7617824074</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>8030.359</x:v>
+        <x:v>8036.962</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>7656.12</x:v>
+        <x:v>7654.25</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45826.7621759259</x:v>
+        <x:v>45902.7473842593</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>8038.926</x:v>
+        <x:v>8036.962</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>7656.12</x:v>
+        <x:v>7654.25</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45825.7634259259</x:v>
+        <x:v>45901.7594212963</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>8067.916</x:v>
+        <x:v>8093.295</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>7683.73</x:v>
+        <x:v>7707.9</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45824.7587962963</x:v>
+        <x:v>45901.7474305556</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>8129.352</x:v>
+        <x:v>8093.295</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>7742.24</x:v>
+        <x:v>7707.9</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45821.7600694444</x:v>
+        <x:v>45898.7627430556</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>8068.914</x:v>
+        <x:v>8089.095</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>7684.68</x:v>
+        <x:v>7703.9</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45820.7827662037</x:v>
+        <x:v>45898.7479861111</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>0.82</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>8153.366</x:v>
+        <x:v>8089.095</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>7765.11</x:v>
+        <x:v>7703.9</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45819.7603819444</x:v>
+        <x:v>45897.7576851852</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>8164.695</x:v>
+        <x:v>8150.73</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>7775.9</x:v>
+        <x:v>7762.6</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45818.7603240741</x:v>
+        <x:v>45897.7475925926</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>8193.21</x:v>
+        <x:v>8151.286</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>7804.33</x:v>
+        <x:v>7763.13</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45818.3301273148</x:v>
+        <x:v>45896.7598726852</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>8179.707</x:v>
+        <x:v>8131.126</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>7791.47</x:v>
+        <x:v>7743.93</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45817.7587268519</x:v>
+        <x:v>45895.7575347222</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>8176.628</x:v>
+        <x:v>8095.3</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>7791.47</x:v>
+        <x:v>7709.81</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45817.330775463</x:v>
+        <x:v>45895.7478703704</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>8190.698</x:v>
+        <x:v>8095.3</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>7804.87</x:v>
+        <x:v>7709.81</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45814.7597453704</x:v>
+        <x:v>45894.7569675926</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>8195.114</x:v>
+        <x:v>8235.192</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>7804.87</x:v>
+        <x:v>7843.04</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45813.7588194444</x:v>
+        <x:v>45894.7474421296</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>8179.784</x:v>
+        <x:v>8235.192</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>7790.27</x:v>
+        <x:v>7843.04</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45812.9289583333</x:v>
+        <x:v>45891.7477893519</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>8194.904</x:v>
+        <x:v>8368.174</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>7804.67</x:v>
+        <x:v>7969.69</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45812.7669791667</x:v>
+        <x:v>45890.7565972222</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>8194.904</x:v>
+        <x:v>8335.204</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>7804.67</x:v>
+        <x:v>7938.29</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45811.9361805556</x:v>
+        <x:v>45890.7477199074</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>8148.325</x:v>
+        <x:v>8335.204</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>7763.84</x:v>
+        <x:v>7938.29</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45811.7585763889</x:v>
+        <x:v>45889.7593402778</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>8148.325</x:v>
+        <x:v>8371.682</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>7763.84</x:v>
+        <x:v>7973.03</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45811.3127430556</x:v>
+        <x:v>45888.7478472222</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>8120.353</x:v>
+        <x:v>8378.034</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>7737.2</x:v>
+        <x:v>7979.08</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45810.9414583333</x:v>
+        <x:v>45887.7583101852</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>8122.906</x:v>
+        <x:v>8278.252</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>7737.2</x:v>
+        <x:v>7884.05</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45810.7576388889</x:v>
+        <x:v>45887.7476736111</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>8122.906</x:v>
+        <x:v>8278.252</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>7737.2</x:v>
+        <x:v>7884.05</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45803.758912037</x:v>
+        <x:v>45884.7578240741</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>8209.752</x:v>
+        <x:v>8319.622</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>7828.13</x:v>
+        <x:v>7923.45</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45803.3275</x:v>
+        <x:v>45884.7474768519</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>8111.336</x:v>
+        <x:v>8319.622</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>7734.4</x:v>
+        <x:v>7923.45</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45800.759525463</x:v>
+        <x:v>45883.7578125</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>8121.12</x:v>
+        <x:v>8263.857</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>7734.4</x:v>
+        <x:v>7870.34</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45799.7595138889</x:v>
+        <x:v>45883.7478935185</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>8257.662</x:v>
+        <x:v>8263.857</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>7864.44</x:v>
+        <x:v>7870.34</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45798.7693981481</x:v>
+        <x:v>45882.7607986111</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>8301.649</x:v>
+        <x:v>8195.218</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>7910.49</x:v>
+        <x:v>7804.97</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45798.764212963</x:v>
+        <x:v>45882.7479861111</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>8301.649</x:v>
+        <x:v>8195.218</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>7910.49</x:v>
+        <x:v>7804.97</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45798.328912037</x:v>
+        <x:v>45881.7571990741</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>8335.176</x:v>
+        <x:v>8141.091</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>7942.42</x:v>
+        <x:v>7753.42</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45797.7621759259</x:v>
+        <x:v>45881.7473958333</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>8335.879</x:v>
+        <x:v>8141.091</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>7942.42</x:v>
+        <x:v>7753.42</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45797.3326967593</x:v>
+        <x:v>45880.7587152778</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>8274.149</x:v>
+        <x:v>8083.446</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>7883.63</x:v>
+        <x:v>7698.52</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45796.7617013889</x:v>
+        <x:v>45880.7478240741</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>8246.604</x:v>
+        <x:v>8083.446</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>7883.63</x:v>
+        <x:v>7698.52</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45796.3431597222</x:v>
+        <x:v>45877.7474537037</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>8249.818</x:v>
+        <x:v>8130.15</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>7886.69</x:v>
+        <x:v>7743</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45793.7569675926</x:v>
+        <x:v>45876.747962963</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>8281.024</x:v>
+        <x:v>8094.786</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>7886.69</x:v>
+        <x:v>7709.32</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45792.7607638889</x:v>
+        <x:v>45875.7593981481</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>8245.681</x:v>
+        <x:v>8016.782</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>7853.47</x:v>
+        <x:v>7635.03</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45792.3633101852</x:v>
+        <x:v>45875.7478356482</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>8228.167</x:v>
+        <x:v>8016.782</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>7836.79</x:v>
+        <x:v>7635.03</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45791.7641666667</x:v>
+        <x:v>45874.7580787037</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>8228.63</x:v>
+        <x:v>8002.092</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>7836.79</x:v>
+        <x:v>7621.04</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45790.7569560185</x:v>
+        <x:v>45873.7608680556</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>0.82</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>8257.589</x:v>
+        <x:v>8013.61</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>7873.83</x:v>
+        <x:v>7632.01</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45790.3104050926</x:v>
+        <x:v>45873.7479398148</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>8232.673</x:v>
+        <x:v>8013.61</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>7850.1</x:v>
+        <x:v>7632.01</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45789.7604166667</x:v>
+        <x:v>45870.7602199074</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>8218.531</x:v>
+        <x:v>7923.468</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>7850.1</x:v>
+        <x:v>7546.16</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45789.3140509259</x:v>
+        <x:v>45870.7474768519</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>8106.863</x:v>
+        <x:v>7923.468</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>7743.75</x:v>
+        <x:v>7546.16</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45786.7590277778</x:v>
+        <x:v>45869.7477777778</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>8130.938</x:v>
+        <x:v>8160.568</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>7743.75</x:v>
+        <x:v>7771.97</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45785.757662037</x:v>
+        <x:v>45868.7573032407</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>8075.313</x:v>
+        <x:v>8255.058</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>7694.44</x:v>
+        <x:v>7861.96</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45785.3333680556</x:v>
+        <x:v>45868.7478935185</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>1.5</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>8004.333</x:v>
+        <x:v>8255.058</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>7626.84</x:v>
+        <x:v>7861.96</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45784.7685300926</x:v>
+        <x:v>45867.7584259259</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>1.51</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>8002.588</x:v>
+        <x:v>8250.228</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>7626.84</x:v>
+        <x:v>7857.36</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45784.3171759259</x:v>
+        <x:v>45867.7473726852</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>1.34</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>8076.172</x:v>
+        <x:v>8250.228</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>7696.92</x:v>
+        <x:v>7857.36</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45783.7975578704</x:v>
+        <x:v>45866.758275463</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>1.34</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>8081.766</x:v>
+        <x:v>8190.924</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>7696.92</x:v>
+        <x:v>7800.88</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45783.7611458333</x:v>
+        <x:v>45866.747962963</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>1.34</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>8081.766</x:v>
+        <x:v>8190.924</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>7696.92</x:v>
+        <x:v>7800.88</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45782.7990856481</x:v>
+        <x:v>45863.7567939815</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>1.27</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>8078.204</x:v>
+        <x:v>8226.309</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>7727.93</x:v>
+        <x:v>7834.58</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45782.7613310185</x:v>
+        <x:v>45862.7627430556</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>1.27</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>8078.204</x:v>
+        <x:v>8209.194</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>7727.93</x:v>
+        <x:v>7818.28</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45782.3304513889</x:v>
+        <x:v>45862.7478356482</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>1.23</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>8122.882</x:v>
+        <x:v>8209.194</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>7770.48</x:v>
+        <x:v>7818.28</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45779.7593402778</x:v>
+        <x:v>45861.7586921296</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>1.25</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>8159.004</x:v>
+        <x:v>8240.844</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>7770.48</x:v>
+        <x:v>7850.43</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45777.7615046296</x:v>
+        <x:v>45861.7478935185</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>1.92</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>7973.564</x:v>
+        <x:v>8240.844</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>7593.87</x:v>
+        <x:v>7850.43</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45776.7598726852</x:v>
+        <x:v>45861.3266550926</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>2.07</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>7933.664</x:v>
+        <x:v>8129.523</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>7555.87</x:v>
+        <x:v>7744.41</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
+        <x:v>45860.7479976852</x:v>
+      </x:c>
+      <x:c r="B236" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C236" s="0">
+        <x:v>0.67</x:v>
+      </x:c>
+      <x:c r="D236" s="0">
+        <x:v>8131.63</x:v>
+      </x:c>
+      <x:c r="E236" s="0">
+        <x:v>7744.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="237" spans="1:5">
+      <x:c r="A237" s="1">
+        <x:v>45859.7478009259</x:v>
+      </x:c>
+      <x:c r="B237" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C237" s="0">
+        <x:v>0.61</x:v>
+      </x:c>
+      <x:c r="D237" s="0">
+        <x:v>8188.131</x:v>
+      </x:c>
+      <x:c r="E237" s="0">
+        <x:v>7798.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="238" spans="1:5">
+      <x:c r="A238" s="1">
+        <x:v>45856.7473726852</x:v>
+      </x:c>
+      <x:c r="B238" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C238" s="0">
+        <x:v>0.58</x:v>
+      </x:c>
+      <x:c r="D238" s="0">
+        <x:v>8213.804</x:v>
+      </x:c>
+      <x:c r="E238" s="0">
+        <x:v>7822.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="239" spans="1:5">
+      <x:c r="A239" s="1">
+        <x:v>45855.7569444444</x:v>
+      </x:c>
+      <x:c r="B239" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C239" s="0">
+        <x:v>0.58</x:v>
+      </x:c>
+      <x:c r="D239" s="0">
+        <x:v>8213.1</x:v>
+      </x:c>
+      <x:c r="E239" s="0">
+        <x:v>7822</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="240" spans="1:5">
+      <x:c r="A240" s="1">
+        <x:v>45854.9360185185</x:v>
+      </x:c>
+      <x:c r="B240" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C240" s="0">
+        <x:v>0.72</x:v>
+      </x:c>
+      <x:c r="D240" s="0">
+        <x:v>8108.194</x:v>
+      </x:c>
+      <x:c r="E240" s="0">
+        <x:v>7722.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="241" spans="1:5">
+      <x:c r="A241" s="1">
+        <x:v>45854.7691782407</x:v>
+      </x:c>
+      <x:c r="B241" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C241" s="0">
+        <x:v>0.72</x:v>
+      </x:c>
+      <x:c r="D241" s="0">
+        <x:v>8108.194</x:v>
+      </x:c>
+      <x:c r="E241" s="0">
+        <x:v>7722.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="242" spans="1:5">
+      <x:c r="A242" s="1">
+        <x:v>45853.7615625</x:v>
+      </x:c>
+      <x:c r="B242" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C242" s="0">
+        <x:v>0.66</x:v>
+      </x:c>
+      <x:c r="D242" s="0">
+        <x:v>8154.52</x:v>
+      </x:c>
+      <x:c r="E242" s="0">
+        <x:v>7766.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="243" spans="1:5">
+      <x:c r="A243" s="1">
+        <x:v>45852.7625462963</x:v>
+      </x:c>
+      <x:c r="B243" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C243" s="0">
+        <x:v>0.61</x:v>
+      </x:c>
+      <x:c r="D243" s="0">
+        <x:v>8198.578</x:v>
+      </x:c>
+      <x:c r="E243" s="0">
+        <x:v>7808.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="244" spans="1:5">
+      <x:c r="A244" s="1">
+        <x:v>45849.7864467593</x:v>
+      </x:c>
+      <x:c r="B244" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C244" s="0">
+        <x:v>0.59</x:v>
+      </x:c>
+      <x:c r="D244" s="0">
+        <x:v>8220.754</x:v>
+      </x:c>
+      <x:c r="E244" s="0">
+        <x:v>7829.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="245" spans="1:5">
+      <x:c r="A245" s="1">
+        <x:v>45848.7618055556</x:v>
+      </x:c>
+      <x:c r="B245" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C245" s="0">
+        <x:v>0.52</x:v>
+      </x:c>
+      <x:c r="D245" s="0">
+        <x:v>8297.362</x:v>
+      </x:c>
+      <x:c r="E245" s="0">
+        <x:v>7902.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="246" spans="1:5">
+      <x:c r="A246" s="1">
+        <x:v>45847.7591435185</x:v>
+      </x:c>
+      <x:c r="B246" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C246" s="0">
+        <x:v>0.54</x:v>
+      </x:c>
+      <x:c r="D246" s="0">
+        <x:v>8272.383</x:v>
+      </x:c>
+      <x:c r="E246" s="0">
+        <x:v>7878.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="247" spans="1:5">
+      <x:c r="A247" s="1">
+        <x:v>45846.7607523148</x:v>
+      </x:c>
+      <x:c r="B247" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C247" s="0">
+        <x:v>0.69</x:v>
+      </x:c>
+      <x:c r="D247" s="0">
+        <x:v>8155.046</x:v>
+      </x:c>
+      <x:c r="E247" s="0">
+        <x:v>7766.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="248" spans="1:5">
+      <x:c r="A248" s="1">
+        <x:v>45845.7574421296</x:v>
+      </x:c>
+      <x:c r="B248" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C248" s="0">
+        <x:v>0.75</x:v>
+      </x:c>
+      <x:c r="D248" s="0">
+        <x:v>8109.644</x:v>
+      </x:c>
+      <x:c r="E248" s="0">
+        <x:v>7723.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="249" spans="1:5">
+      <x:c r="A249" s="1">
+        <x:v>45842.7613657407</x:v>
+      </x:c>
+      <x:c r="B249" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C249" s="0">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="D249" s="0">
+        <x:v>8081.084</x:v>
+      </x:c>
+      <x:c r="E249" s="0">
+        <x:v>7696.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="250" spans="1:5">
+      <x:c r="A250" s="1">
+        <x:v>45841.7610763889</x:v>
+      </x:c>
+      <x:c r="B250" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C250" s="0">
+        <x:v>0.72</x:v>
+      </x:c>
+      <x:c r="D250" s="0">
+        <x:v>8142.278</x:v>
+      </x:c>
+      <x:c r="E250" s="0">
+        <x:v>7754.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="251" spans="1:5">
+      <x:c r="A251" s="1">
+        <x:v>45840.9304282407</x:v>
+      </x:c>
+      <x:c r="B251" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C251" s="0">
+        <x:v>0.74</x:v>
+      </x:c>
+      <x:c r="D251" s="0">
+        <x:v>8125.341</x:v>
+      </x:c>
+      <x:c r="E251" s="0">
+        <x:v>7738.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="252" spans="1:5">
+      <x:c r="A252" s="1">
+        <x:v>45839.7591550926</x:v>
+      </x:c>
+      <x:c r="B252" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C252" s="0">
+        <x:v>0.87</x:v>
+      </x:c>
+      <x:c r="D252" s="0">
+        <x:v>8040.718</x:v>
+      </x:c>
+      <x:c r="E252" s="0">
+        <x:v>7662.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="253" spans="1:5">
+      <x:c r="A253" s="1">
+        <x:v>45839.6667939815</x:v>
+      </x:c>
+      <x:c r="B253" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C253" s="0">
+        <x:v>0.85</x:v>
+      </x:c>
+      <x:c r="D253" s="0">
+        <x:v>8044.204</x:v>
+      </x:c>
+      <x:c r="E253" s="0">
+        <x:v>7665.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="254" spans="1:5">
+      <x:c r="A254" s="1">
+        <x:v>45839.4783796296</x:v>
+      </x:c>
+      <x:c r="B254" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C254" s="0">
+        <x:v>0.85</x:v>
+      </x:c>
+      <x:c r="D254" s="0">
+        <x:v>8044.204</x:v>
+      </x:c>
+      <x:c r="E254" s="0">
+        <x:v>7665.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="255" spans="1:5">
+      <x:c r="A255" s="1">
+        <x:v>45839.3819328704</x:v>
+      </x:c>
+      <x:c r="B255" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C255" s="0">
+        <x:v>0.85</x:v>
+      </x:c>
+      <x:c r="D255" s="0">
+        <x:v>8044.204</x:v>
+      </x:c>
+      <x:c r="E255" s="0">
+        <x:v>7665.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="256" spans="1:5">
+      <x:c r="A256" s="1">
+        <x:v>45838.7567824074</x:v>
+      </x:c>
+      <x:c r="B256" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C256" s="0">
+        <x:v>0.87</x:v>
+      </x:c>
+      <x:c r="D256" s="0">
+        <x:v>8049.206</x:v>
+      </x:c>
+      <x:c r="E256" s="0">
+        <x:v>7665.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="257" spans="1:5">
+      <x:c r="A257" s="1">
+        <x:v>45835.7579861111</x:v>
+      </x:c>
+      <x:c r="B257" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C257" s="0">
+        <x:v>0.83</x:v>
+      </x:c>
+      <x:c r="D257" s="0">
+        <x:v>8076.128</x:v>
+      </x:c>
+      <x:c r="E257" s="0">
+        <x:v>7691.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="258" spans="1:5">
+      <x:c r="A258" s="1">
+        <x:v>45834.7579166667</x:v>
+      </x:c>
+      <x:c r="B258" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C258" s="0">
+        <x:v>1.13</x:v>
+      </x:c>
+      <x:c r="D258" s="0">
+        <x:v>7935.176</x:v>
+      </x:c>
+      <x:c r="E258" s="0">
+        <x:v>7557.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="259" spans="1:5">
+      <x:c r="A259" s="1">
+        <x:v>45833.7638078704</x:v>
+      </x:c>
+      <x:c r="B259" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C259" s="0">
+        <x:v>1.13</x:v>
+      </x:c>
+      <x:c r="D259" s="0">
+        <x:v>7936.068</x:v>
+      </x:c>
+      <x:c r="E259" s="0">
+        <x:v>7558.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="260" spans="1:5">
+      <x:c r="A260" s="1">
+        <x:v>45832.757974537</x:v>
+      </x:c>
+      <x:c r="B260" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C260" s="0">
+        <x:v>1.01</x:v>
+      </x:c>
+      <x:c r="D260" s="0">
+        <x:v>7996.79</x:v>
+      </x:c>
+      <x:c r="E260" s="0">
+        <x:v>7615.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="261" spans="1:5">
+      <x:c r="A261" s="1">
+        <x:v>45831.759837963</x:v>
+      </x:c>
+      <x:c r="B261" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C261" s="0">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="D261" s="0">
+        <x:v>7914.228</x:v>
+      </x:c>
+      <x:c r="E261" s="0">
+        <x:v>7537.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="262" spans="1:5">
+      <x:c r="A262" s="1">
+        <x:v>45831.3068865741</x:v>
+      </x:c>
+      <x:c r="B262" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C262" s="0">
+        <x:v>1.09</x:v>
+      </x:c>
+      <x:c r="D262" s="0">
+        <x:v>7968.922</x:v>
+      </x:c>
+      <x:c r="E262" s="0">
+        <x:v>7589.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="263" spans="1:5">
+      <x:c r="A263" s="1">
+        <x:v>45828.7626041667</x:v>
+      </x:c>
+      <x:c r="B263" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C263" s="0">
+        <x:v>1.09</x:v>
+      </x:c>
+      <x:c r="D263" s="0">
+        <x:v>7969.143</x:v>
+      </x:c>
+      <x:c r="E263" s="0">
+        <x:v>7589.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="264" spans="1:5">
+      <x:c r="A264" s="1">
+        <x:v>45827.7613657407</x:v>
+      </x:c>
+      <x:c r="B264" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C264" s="0">
+        <x:v>1.17</x:v>
+      </x:c>
+      <x:c r="D264" s="0">
+        <x:v>7922.556</x:v>
+      </x:c>
+      <x:c r="E264" s="0">
+        <x:v>7553.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="265" spans="1:5">
+      <x:c r="A265" s="1">
+        <x:v>45827.3165509259</x:v>
+      </x:c>
+      <x:c r="B265" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C265" s="0">
+        <x:v>0.99</x:v>
+      </x:c>
+      <x:c r="D265" s="0">
+        <x:v>8030.359</x:v>
+      </x:c>
+      <x:c r="E265" s="0">
+        <x:v>7656.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="266" spans="1:5">
+      <x:c r="A266" s="1">
+        <x:v>45826.7621759259</x:v>
+      </x:c>
+      <x:c r="B266" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C266" s="0">
+        <x:v>0.99</x:v>
+      </x:c>
+      <x:c r="D266" s="0">
+        <x:v>8038.926</x:v>
+      </x:c>
+      <x:c r="E266" s="0">
+        <x:v>7656.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="267" spans="1:5">
+      <x:c r="A267" s="1">
+        <x:v>45825.7634259259</x:v>
+      </x:c>
+      <x:c r="B267" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C267" s="0">
+        <x:v>0.94</x:v>
+      </x:c>
+      <x:c r="D267" s="0">
+        <x:v>8067.916</x:v>
+      </x:c>
+      <x:c r="E267" s="0">
+        <x:v>7683.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="268" spans="1:5">
+      <x:c r="A268" s="1">
+        <x:v>45824.7587962963</x:v>
+      </x:c>
+      <x:c r="B268" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C268" s="0">
+        <x:v>0.84</x:v>
+      </x:c>
+      <x:c r="D268" s="0">
+        <x:v>8129.352</x:v>
+      </x:c>
+      <x:c r="E268" s="0">
+        <x:v>7742.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="269" spans="1:5">
+      <x:c r="A269" s="1">
+        <x:v>45821.7600694444</x:v>
+      </x:c>
+      <x:c r="B269" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C269" s="0">
+        <x:v>0.95</x:v>
+      </x:c>
+      <x:c r="D269" s="0">
+        <x:v>8068.914</x:v>
+      </x:c>
+      <x:c r="E269" s="0">
+        <x:v>7684.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="270" spans="1:5">
+      <x:c r="A270" s="1">
+        <x:v>45820.7827662037</x:v>
+      </x:c>
+      <x:c r="B270" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C270" s="0">
+        <x:v>0.82</x:v>
+      </x:c>
+      <x:c r="D270" s="0">
+        <x:v>8153.366</x:v>
+      </x:c>
+      <x:c r="E270" s="0">
+        <x:v>7765.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="271" spans="1:5">
+      <x:c r="A271" s="1">
+        <x:v>45819.7603819444</x:v>
+      </x:c>
+      <x:c r="B271" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C271" s="0">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="D271" s="0">
+        <x:v>8164.695</x:v>
+      </x:c>
+      <x:c r="E271" s="0">
+        <x:v>7775.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="272" spans="1:5">
+      <x:c r="A272" s="1">
+        <x:v>45818.7603240741</x:v>
+      </x:c>
+      <x:c r="B272" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C272" s="0">
+        <x:v>0.76</x:v>
+      </x:c>
+      <x:c r="D272" s="0">
+        <x:v>8193.21</x:v>
+      </x:c>
+      <x:c r="E272" s="0">
+        <x:v>7804.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="273" spans="1:5">
+      <x:c r="A273" s="1">
+        <x:v>45818.3301273148</x:v>
+      </x:c>
+      <x:c r="B273" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C273" s="0">
+        <x:v>0.78</x:v>
+      </x:c>
+      <x:c r="D273" s="0">
+        <x:v>8179.707</x:v>
+      </x:c>
+      <x:c r="E273" s="0">
+        <x:v>7791.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="274" spans="1:5">
+      <x:c r="A274" s="1">
+        <x:v>45817.7587268519</x:v>
+      </x:c>
+      <x:c r="B274" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C274" s="0">
+        <x:v>0.78</x:v>
+      </x:c>
+      <x:c r="D274" s="0">
+        <x:v>8176.628</x:v>
+      </x:c>
+      <x:c r="E274" s="0">
+        <x:v>7791.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="275" spans="1:5">
+      <x:c r="A275" s="1">
+        <x:v>45817.330775463</x:v>
+      </x:c>
+      <x:c r="B275" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C275" s="0">
+        <x:v>0.77</x:v>
+      </x:c>
+      <x:c r="D275" s="0">
+        <x:v>8190.698</x:v>
+      </x:c>
+      <x:c r="E275" s="0">
+        <x:v>7804.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="276" spans="1:5">
+      <x:c r="A276" s="1">
+        <x:v>45814.7597453704</x:v>
+      </x:c>
+      <x:c r="B276" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C276" s="0">
+        <x:v>0.77</x:v>
+      </x:c>
+      <x:c r="D276" s="0">
+        <x:v>8195.114</x:v>
+      </x:c>
+      <x:c r="E276" s="0">
+        <x:v>7804.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="277" spans="1:5">
+      <x:c r="A277" s="1">
+        <x:v>45813.7588194444</x:v>
+      </x:c>
+      <x:c r="B277" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C277" s="0">
+        <x:v>0.79</x:v>
+      </x:c>
+      <x:c r="D277" s="0">
+        <x:v>8179.784</x:v>
+      </x:c>
+      <x:c r="E277" s="0">
+        <x:v>7790.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="278" spans="1:5">
+      <x:c r="A278" s="1">
+        <x:v>45812.9289583333</x:v>
+      </x:c>
+      <x:c r="B278" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C278" s="0">
+        <x:v>0.77</x:v>
+      </x:c>
+      <x:c r="D278" s="0">
+        <x:v>8194.904</x:v>
+      </x:c>
+      <x:c r="E278" s="0">
+        <x:v>7804.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="279" spans="1:5">
+      <x:c r="A279" s="1">
+        <x:v>45812.7669791667</x:v>
+      </x:c>
+      <x:c r="B279" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C279" s="0">
+        <x:v>0.77</x:v>
+      </x:c>
+      <x:c r="D279" s="0">
+        <x:v>8194.904</x:v>
+      </x:c>
+      <x:c r="E279" s="0">
+        <x:v>7804.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="280" spans="1:5">
+      <x:c r="A280" s="1">
+        <x:v>45811.9361805556</x:v>
+      </x:c>
+      <x:c r="B280" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C280" s="0">
+        <x:v>0.83</x:v>
+      </x:c>
+      <x:c r="D280" s="0">
+        <x:v>8148.325</x:v>
+      </x:c>
+      <x:c r="E280" s="0">
+        <x:v>7763.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="281" spans="1:5">
+      <x:c r="A281" s="1">
+        <x:v>45811.7585763889</x:v>
+      </x:c>
+      <x:c r="B281" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C281" s="0">
+        <x:v>0.83</x:v>
+      </x:c>
+      <x:c r="D281" s="0">
+        <x:v>8148.325</x:v>
+      </x:c>
+      <x:c r="E281" s="0">
+        <x:v>7763.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="282" spans="1:5">
+      <x:c r="A282" s="1">
+        <x:v>45811.3127430556</x:v>
+      </x:c>
+      <x:c r="B282" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C282" s="0">
+        <x:v>0.88</x:v>
+      </x:c>
+      <x:c r="D282" s="0">
+        <x:v>8120.353</x:v>
+      </x:c>
+      <x:c r="E282" s="0">
+        <x:v>7737.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="283" spans="1:5">
+      <x:c r="A283" s="1">
+        <x:v>45810.9414583333</x:v>
+      </x:c>
+      <x:c r="B283" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C283" s="0">
+        <x:v>0.89</x:v>
+      </x:c>
+      <x:c r="D283" s="0">
+        <x:v>8122.906</x:v>
+      </x:c>
+      <x:c r="E283" s="0">
+        <x:v>7737.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="284" spans="1:5">
+      <x:c r="A284" s="1">
+        <x:v>45810.7576388889</x:v>
+      </x:c>
+      <x:c r="B284" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C284" s="0">
+        <x:v>0.89</x:v>
+      </x:c>
+      <x:c r="D284" s="0">
+        <x:v>8122.906</x:v>
+      </x:c>
+      <x:c r="E284" s="0">
+        <x:v>7737.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="285" spans="1:5">
+      <x:c r="A285" s="1">
+        <x:v>45803.758912037</x:v>
+      </x:c>
+      <x:c r="B285" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C285" s="0">
+        <x:v>0.76</x:v>
+      </x:c>
+      <x:c r="D285" s="0">
+        <x:v>8209.752</x:v>
+      </x:c>
+      <x:c r="E285" s="0">
+        <x:v>7828.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="286" spans="1:5">
+      <x:c r="A286" s="1">
+        <x:v>45803.3275</x:v>
+      </x:c>
+      <x:c r="B286" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C286" s="0">
+        <x:v>0.95</x:v>
+      </x:c>
+      <x:c r="D286" s="0">
+        <x:v>8111.336</x:v>
+      </x:c>
+      <x:c r="E286" s="0">
+        <x:v>7734.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="287" spans="1:5">
+      <x:c r="A287" s="1">
+        <x:v>45800.759525463</x:v>
+      </x:c>
+      <x:c r="B287" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C287" s="0">
+        <x:v>0.95</x:v>
+      </x:c>
+      <x:c r="D287" s="0">
+        <x:v>8121.12</x:v>
+      </x:c>
+      <x:c r="E287" s="0">
+        <x:v>7734.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="288" spans="1:5">
+      <x:c r="A288" s="1">
+        <x:v>45799.7595138889</x:v>
+      </x:c>
+      <x:c r="B288" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C288" s="0">
+        <x:v>0.76</x:v>
+      </x:c>
+      <x:c r="D288" s="0">
+        <x:v>8257.662</x:v>
+      </x:c>
+      <x:c r="E288" s="0">
+        <x:v>7864.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="289" spans="1:5">
+      <x:c r="A289" s="1">
+        <x:v>45798.7693981481</x:v>
+      </x:c>
+      <x:c r="B289" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C289" s="0">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="D289" s="0">
+        <x:v>8301.649</x:v>
+      </x:c>
+      <x:c r="E289" s="0">
+        <x:v>7910.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="290" spans="1:5">
+      <x:c r="A290" s="1">
+        <x:v>45798.764212963</x:v>
+      </x:c>
+      <x:c r="B290" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C290" s="0">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="D290" s="0">
+        <x:v>8301.649</x:v>
+      </x:c>
+      <x:c r="E290" s="0">
+        <x:v>7910.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="291" spans="1:5">
+      <x:c r="A291" s="1">
+        <x:v>45798.328912037</x:v>
+      </x:c>
+      <x:c r="B291" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C291" s="0">
+        <x:v>0.66</x:v>
+      </x:c>
+      <x:c r="D291" s="0">
+        <x:v>8335.176</x:v>
+      </x:c>
+      <x:c r="E291" s="0">
+        <x:v>7942.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="292" spans="1:5">
+      <x:c r="A292" s="1">
+        <x:v>45797.7621759259</x:v>
+      </x:c>
+      <x:c r="B292" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C292" s="0">
+        <x:v>0.67</x:v>
+      </x:c>
+      <x:c r="D292" s="0">
+        <x:v>8335.879</x:v>
+      </x:c>
+      <x:c r="E292" s="0">
+        <x:v>7942.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="293" spans="1:5">
+      <x:c r="A293" s="1">
+        <x:v>45797.3326967593</x:v>
+      </x:c>
+      <x:c r="B293" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C293" s="0">
+        <x:v>0.75</x:v>
+      </x:c>
+      <x:c r="D293" s="0">
+        <x:v>8274.149</x:v>
+      </x:c>
+      <x:c r="E293" s="0">
+        <x:v>7883.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="294" spans="1:5">
+      <x:c r="A294" s="1">
+        <x:v>45796.7617013889</x:v>
+      </x:c>
+      <x:c r="B294" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C294" s="0">
+        <x:v>0.76</x:v>
+      </x:c>
+      <x:c r="D294" s="0">
+        <x:v>8246.604</x:v>
+      </x:c>
+      <x:c r="E294" s="0">
+        <x:v>7883.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="295" spans="1:5">
+      <x:c r="A295" s="1">
+        <x:v>45796.3431597222</x:v>
+      </x:c>
+      <x:c r="B295" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C295" s="0">
+        <x:v>0.79</x:v>
+      </x:c>
+      <x:c r="D295" s="0">
+        <x:v>8249.818</x:v>
+      </x:c>
+      <x:c r="E295" s="0">
+        <x:v>7886.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="296" spans="1:5">
+      <x:c r="A296" s="1">
+        <x:v>45793.7569675926</x:v>
+      </x:c>
+      <x:c r="B296" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C296" s="0">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="D296" s="0">
+        <x:v>8281.024</x:v>
+      </x:c>
+      <x:c r="E296" s="0">
+        <x:v>7886.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="297" spans="1:5">
+      <x:c r="A297" s="1">
+        <x:v>45792.7607638889</x:v>
+      </x:c>
+      <x:c r="B297" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C297" s="0">
+        <x:v>0.85</x:v>
+      </x:c>
+      <x:c r="D297" s="0">
+        <x:v>8245.681</x:v>
+      </x:c>
+      <x:c r="E297" s="0">
+        <x:v>7853.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="298" spans="1:5">
+      <x:c r="A298" s="1">
+        <x:v>45792.3633101852</x:v>
+      </x:c>
+      <x:c r="B298" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C298" s="0">
+        <x:v>0.88</x:v>
+      </x:c>
+      <x:c r="D298" s="0">
+        <x:v>8228.167</x:v>
+      </x:c>
+      <x:c r="E298" s="0">
+        <x:v>7836.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="299" spans="1:5">
+      <x:c r="A299" s="1">
+        <x:v>45791.7641666667</x:v>
+      </x:c>
+      <x:c r="B299" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C299" s="0">
+        <x:v>0.88</x:v>
+      </x:c>
+      <x:c r="D299" s="0">
+        <x:v>8228.63</x:v>
+      </x:c>
+      <x:c r="E299" s="0">
+        <x:v>7836.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="300" spans="1:5">
+      <x:c r="A300" s="1">
+        <x:v>45790.7569560185</x:v>
+      </x:c>
+      <x:c r="B300" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C300" s="0">
+        <x:v>0.82</x:v>
+      </x:c>
+      <x:c r="D300" s="0">
+        <x:v>8257.589</x:v>
+      </x:c>
+      <x:c r="E300" s="0">
+        <x:v>7873.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="301" spans="1:5">
+      <x:c r="A301" s="1">
+        <x:v>45790.3104050926</x:v>
+      </x:c>
+      <x:c r="B301" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C301" s="0">
+        <x:v>0.88</x:v>
+      </x:c>
+      <x:c r="D301" s="0">
+        <x:v>8232.673</x:v>
+      </x:c>
+      <x:c r="E301" s="0">
+        <x:v>7850.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="302" spans="1:5">
+      <x:c r="A302" s="1">
+        <x:v>45789.7604166667</x:v>
+      </x:c>
+      <x:c r="B302" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C302" s="0">
+        <x:v>0.88</x:v>
+      </x:c>
+      <x:c r="D302" s="0">
+        <x:v>8218.531</x:v>
+      </x:c>
+      <x:c r="E302" s="0">
+        <x:v>7850.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="303" spans="1:5">
+      <x:c r="A303" s="1">
+        <x:v>45789.3140509259</x:v>
+      </x:c>
+      <x:c r="B303" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C303" s="0">
+        <x:v>1.17</x:v>
+      </x:c>
+      <x:c r="D303" s="0">
+        <x:v>8106.863</x:v>
+      </x:c>
+      <x:c r="E303" s="0">
+        <x:v>7743.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="304" spans="1:5">
+      <x:c r="A304" s="1">
+        <x:v>45786.7590277778</x:v>
+      </x:c>
+      <x:c r="B304" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C304" s="0">
+        <x:v>1.17</x:v>
+      </x:c>
+      <x:c r="D304" s="0">
+        <x:v>8130.938</x:v>
+      </x:c>
+      <x:c r="E304" s="0">
+        <x:v>7743.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="305" spans="1:5">
+      <x:c r="A305" s="1">
+        <x:v>45785.757662037</x:v>
+      </x:c>
+      <x:c r="B305" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C305" s="0">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="D305" s="0">
+        <x:v>8075.313</x:v>
+      </x:c>
+      <x:c r="E305" s="0">
+        <x:v>7694.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="306" spans="1:5">
+      <x:c r="A306" s="1">
+        <x:v>45785.3333680556</x:v>
+      </x:c>
+      <x:c r="B306" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C306" s="0">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="D306" s="0">
+        <x:v>8004.333</x:v>
+      </x:c>
+      <x:c r="E306" s="0">
+        <x:v>7626.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="307" spans="1:5">
+      <x:c r="A307" s="1">
+        <x:v>45784.7685300926</x:v>
+      </x:c>
+      <x:c r="B307" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C307" s="0">
+        <x:v>1.51</x:v>
+      </x:c>
+      <x:c r="D307" s="0">
+        <x:v>8002.588</x:v>
+      </x:c>
+      <x:c r="E307" s="0">
+        <x:v>7626.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="308" spans="1:5">
+      <x:c r="A308" s="1">
+        <x:v>45784.3171759259</x:v>
+      </x:c>
+      <x:c r="B308" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C308" s="0">
+        <x:v>1.34</x:v>
+      </x:c>
+      <x:c r="D308" s="0">
+        <x:v>8076.172</x:v>
+      </x:c>
+      <x:c r="E308" s="0">
+        <x:v>7696.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="309" spans="1:5">
+      <x:c r="A309" s="1">
+        <x:v>45783.7975578704</x:v>
+      </x:c>
+      <x:c r="B309" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C309" s="0">
+        <x:v>1.34</x:v>
+      </x:c>
+      <x:c r="D309" s="0">
+        <x:v>8081.766</x:v>
+      </x:c>
+      <x:c r="E309" s="0">
+        <x:v>7696.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="310" spans="1:5">
+      <x:c r="A310" s="1">
+        <x:v>45783.7611458333</x:v>
+      </x:c>
+      <x:c r="B310" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C310" s="0">
+        <x:v>1.34</x:v>
+      </x:c>
+      <x:c r="D310" s="0">
+        <x:v>8081.766</x:v>
+      </x:c>
+      <x:c r="E310" s="0">
+        <x:v>7696.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="311" spans="1:5">
+      <x:c r="A311" s="1">
+        <x:v>45782.7990856481</x:v>
+      </x:c>
+      <x:c r="B311" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C311" s="0">
+        <x:v>1.27</x:v>
+      </x:c>
+      <x:c r="D311" s="0">
+        <x:v>8078.204</x:v>
+      </x:c>
+      <x:c r="E311" s="0">
+        <x:v>7727.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="312" spans="1:5">
+      <x:c r="A312" s="1">
+        <x:v>45782.7613310185</x:v>
+      </x:c>
+      <x:c r="B312" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C312" s="0">
+        <x:v>1.27</x:v>
+      </x:c>
+      <x:c r="D312" s="0">
+        <x:v>8078.204</x:v>
+      </x:c>
+      <x:c r="E312" s="0">
+        <x:v>7727.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="313" spans="1:5">
+      <x:c r="A313" s="1">
+        <x:v>45782.3304513889</x:v>
+      </x:c>
+      <x:c r="B313" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C313" s="0">
+        <x:v>1.23</x:v>
+      </x:c>
+      <x:c r="D313" s="0">
+        <x:v>8122.882</x:v>
+      </x:c>
+      <x:c r="E313" s="0">
+        <x:v>7770.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="314" spans="1:5">
+      <x:c r="A314" s="1">
+        <x:v>45779.7593402778</x:v>
+      </x:c>
+      <x:c r="B314" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C314" s="0">
+        <x:v>1.25</x:v>
+      </x:c>
+      <x:c r="D314" s="0">
+        <x:v>8159.004</x:v>
+      </x:c>
+      <x:c r="E314" s="0">
+        <x:v>7770.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="315" spans="1:5">
+      <x:c r="A315" s="1">
+        <x:v>45777.7615046296</x:v>
+      </x:c>
+      <x:c r="B315" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C315" s="0">
+        <x:v>1.92</x:v>
+      </x:c>
+      <x:c r="D315" s="0">
+        <x:v>7973.564</x:v>
+      </x:c>
+      <x:c r="E315" s="0">
+        <x:v>7593.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="316" spans="1:5">
+      <x:c r="A316" s="1">
+        <x:v>45776.7598726852</x:v>
+      </x:c>
+      <x:c r="B316" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C316" s="0">
+        <x:v>2.07</x:v>
+      </x:c>
+      <x:c r="D316" s="0">
+        <x:v>7933.664</x:v>
+      </x:c>
+      <x:c r="E316" s="0">
+        <x:v>7555.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="317" spans="1:5">
+      <x:c r="A317" s="1">
         <x:v>45775.760162037</x:v>
       </x:c>
-      <x:c r="B236" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C236" s="0">
+      <x:c r="B317" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C317" s="0">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="D236" s="0">
+      <x:c r="D317" s="0">
         <x:v>7952.448</x:v>
       </x:c>
-      <x:c r="E236" s="0">
+      <x:c r="E317" s="0">
         <x:v>7573.76</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>