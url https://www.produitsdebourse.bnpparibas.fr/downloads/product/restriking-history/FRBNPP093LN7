--- v2 (2026-02-15)
+++ v3 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fb01493b7dd4bde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47d18f8e17f1410ea5c2d6bd5b9ee910.psmdcp" Id="R101a7280cfb4428a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35c1f718141f40fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/198347ed3e9b44cf94f59ec54822f676.psmdcp" Id="R3f2e31a413a54751" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP093LN7</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,5435 +390,6115 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E317"/>
+  <x:dimension ref="A1:E357"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46066.7740162037</x:v>
+        <x:v>46094.7759722222</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>8727.327</x:v>
+        <x:v>8307.106</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>8311.74</x:v>
+        <x:v>7911.53</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46066.7432407407</x:v>
+        <x:v>46094.7433333333</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>8727.327</x:v>
+        <x:v>8307.106</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>8311.74</x:v>
+        <x:v>7911.53</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46065.7731481481</x:v>
+        <x:v>46093.7747222222</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>8757.346</x:v>
+        <x:v>8383.662</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>8340.56</x:v>
+        <x:v>7984.44</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46065.7431018519</x:v>
+        <x:v>46093.7433564815</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>8757.346</x:v>
+        <x:v>8383.662</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>8340.56</x:v>
+        <x:v>7984.44</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46065.3105671296</x:v>
+        <x:v>46092.7758101852</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>8728.66</x:v>
+        <x:v>8443.9</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>8313.24</x:v>
+        <x:v>8041.81</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46064.7745486111</x:v>
+        <x:v>46092.7434259259</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>8728.902</x:v>
+        <x:v>8443.9</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>8313.24</x:v>
+        <x:v>8041.81</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46064.7434606481</x:v>
+        <x:v>46091.775150463</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>8728.902</x:v>
+        <x:v>8460.228</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>8313.24</x:v>
+        <x:v>8057.36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46063.7748032407</x:v>
+        <x:v>46091.743275463</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>8744.274</x:v>
+        <x:v>8460.228</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>8327.88</x:v>
+        <x:v>8057.36</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46063.7433217593</x:v>
+        <x:v>46090.7754513889</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>8744.274</x:v>
+        <x:v>8311.128</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>8327.88</x:v>
+        <x:v>7915.36</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46062.7729166667</x:v>
+        <x:v>46090.7436458333</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>8739.444</x:v>
+        <x:v>8311.128</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>8323.28</x:v>
+        <x:v>7915.36</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46062.7432060185</x:v>
+        <x:v>46087.775150463</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>8739.444</x:v>
+        <x:v>8393.164</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>8323.28</x:v>
+        <x:v>7993.49</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46059.772337963</x:v>
+        <x:v>46087.7446527778</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>8687.532</x:v>
+        <x:v>8393.164</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>8273.84</x:v>
+        <x:v>7993.49</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46059.7425578704</x:v>
+        <x:v>46086.774837963</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>8687.532</x:v>
+        <x:v>8448.09</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>8273.84</x:v>
+        <x:v>8045.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46058.7435300926</x:v>
+        <x:v>46086.7452662037</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>8650.078</x:v>
+        <x:v>8448.09</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>8238.17</x:v>
+        <x:v>8045.8</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46057.7740046296</x:v>
+        <x:v>46085.7747222222</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>8675.268</x:v>
+        <x:v>8576.116</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>8262.16</x:v>
+        <x:v>8167.73</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46057.7431712963</x:v>
+        <x:v>46085.7437731481</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>8675.268</x:v>
+        <x:v>8576.116</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>8262.16</x:v>
+        <x:v>8167.73</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46056.8210648148</x:v>
+        <x:v>46084.7759143518</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>8588.475</x:v>
+        <x:v>8509.032</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>8179.5</x:v>
+        <x:v>8103.84</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46056.7740046296</x:v>
+        <x:v>46084.7433449074</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>8588.475</x:v>
+        <x:v>8509.032</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>8179.5</x:v>
+        <x:v>8103.84</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46056.7429513889</x:v>
+        <x:v>46083.7757986111</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>8588.475</x:v>
+        <x:v>8814.036</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>8179.5</x:v>
+        <x:v>8394.32</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46055.7738541667</x:v>
+        <x:v>46083.7433564815</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>8590.228</x:v>
+        <x:v>8814.036</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>8181.17</x:v>
+        <x:v>8394.32</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46055.7428356481</x:v>
+        <x:v>46080.7756481481</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>8590.228</x:v>
+        <x:v>9009.788</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>8181.17</x:v>
+        <x:v>8580.75</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46052.7750810185</x:v>
+        <x:v>46080.7438310185</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>8532.856</x:v>
+        <x:v>9009.788</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>8126.53</x:v>
+        <x:v>8580.75</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46052.7433217593</x:v>
+        <x:v>46079.775462963</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>8532.856</x:v>
+        <x:v>9051.976</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>8126.53</x:v>
+        <x:v>8620.93</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46051.7428819444</x:v>
+        <x:v>46079.7437037037</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>8474.928</x:v>
+        <x:v>9051.976</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>8071.36</x:v>
+        <x:v>8620.93</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46050.7428472222</x:v>
+        <x:v>46078.7752430556</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>8470.014</x:v>
+        <x:v>8987.024</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>8066.68</x:v>
+        <x:v>8559.07</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46049.7425231481</x:v>
+        <x:v>46078.7432175926</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>8560.461</x:v>
+        <x:v>8987.024</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>8152.82</x:v>
+        <x:v>8559.07</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46048.7747569444</x:v>
+        <x:v>46077.7754398148</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>8537.708</x:v>
+        <x:v>8945.17</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>8131.15</x:v>
+        <x:v>8519.21</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46045.7737962963</x:v>
+        <x:v>46077.7430208333</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>8550.202</x:v>
+        <x:v>8945.17</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>8143.05</x:v>
+        <x:v>8519.21</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46045.7423726852</x:v>
+        <x:v>46076.7747685185</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>8550.202</x:v>
+        <x:v>8922.028</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>8143.05</x:v>
+        <x:v>8497.17</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46044.7737847222</x:v>
+        <x:v>46076.743125</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>8556.334</x:v>
+        <x:v>8922.028</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>8148.89</x:v>
+        <x:v>8497.17</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46044.7425925926</x:v>
+        <x:v>46073.7430208333</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>8556.334</x:v>
+        <x:v>8941.264</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>8148.89</x:v>
+        <x:v>8515.49</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46043.7727893519</x:v>
+        <x:v>46072.7741203704</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>8472.628</x:v>
+        <x:v>8818.719</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>8069.17</x:v>
+        <x:v>8398.78</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46043.7427662037</x:v>
+        <x:v>46072.7430208333</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>8472.628</x:v>
+        <x:v>8818.719</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>8069.17</x:v>
+        <x:v>8398.78</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46042.7742824074</x:v>
+        <x:v>46071.7731365741</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>8465.709</x:v>
+        <x:v>8850.482</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>8062.58</x:v>
+        <x:v>8429.03</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46042.7413773148</x:v>
+        <x:v>46071.7427777778</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>8465.709</x:v>
+        <x:v>8850.482</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>8062.58</x:v>
+        <x:v>8429.03</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46041.773587963</x:v>
+        <x:v>46070.7736689815</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>8517.621</x:v>
+        <x:v>8779.533</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>8112.02</x:v>
+        <x:v>8361.46</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46041.7428240741</x:v>
+        <x:v>46070.7427430556</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>8517.621</x:v>
+        <x:v>8779.533</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>8112.02</x:v>
+        <x:v>8361.46</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46038.7739467593</x:v>
+        <x:v>46069.7748032407</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>8671.887</x:v>
+        <x:v>8731.616</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>8258.94</x:v>
+        <x:v>8316.5</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46038.7429166667</x:v>
+        <x:v>46069.7430324074</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>8671.887</x:v>
+        <x:v>8731.616</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>8258.94</x:v>
+        <x:v>8316.5</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46037.7737152778</x:v>
+        <x:v>46069.3003356481</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>8728.776</x:v>
+        <x:v>8726.618</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>8313.12</x:v>
+        <x:v>8311.74</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46037.7426967593</x:v>
+        <x:v>46066.7740162037</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>8728.776</x:v>
+        <x:v>8727.327</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>8313.12</x:v>
+        <x:v>8311.74</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46036.7743055556</x:v>
+        <x:v>46066.7432407407</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
         <x:v>0.09</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>8747.518</x:v>
+        <x:v>8727.327</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>8330.97</x:v>
+        <x:v>8311.74</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46036.7428935185</x:v>
+        <x:v>46065.7731481481</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>8747.518</x:v>
+        <x:v>8757.346</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>8330.97</x:v>
+        <x:v>8340.56</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46035.7727546296</x:v>
+        <x:v>46065.7431018519</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>8764.146</x:v>
+        <x:v>8757.346</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>8347.2</x:v>
+        <x:v>8340.56</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46035.7425115741</x:v>
+        <x:v>46065.3105671296</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
         <x:v>0.09</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>8764.146</x:v>
+        <x:v>8728.66</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>8347.2</x:v>
+        <x:v>8313.24</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46035.300625</x:v>
+        <x:v>46064.7745486111</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
         <x:v>0.09</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>8776.284</x:v>
+        <x:v>8728.902</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>8358.76</x:v>
+        <x:v>8313.24</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46034.7735763889</x:v>
+        <x:v>46064.7434606481</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
         <x:v>0.09</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>8776.698</x:v>
+        <x:v>8728.902</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>8358.76</x:v>
+        <x:v>8313.24</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46031.7746180556</x:v>
+        <x:v>46063.7748032407</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
         <x:v>0.09</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>8780.194</x:v>
+        <x:v>8744.274</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>8362.09</x:v>
+        <x:v>8327.88</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46031.7466203704</x:v>
+        <x:v>46063.7433217593</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
         <x:v>0.09</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>8780.194</x:v>
+        <x:v>8744.274</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>8362.09</x:v>
+        <x:v>8327.88</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46030.7736689815</x:v>
+        <x:v>46062.7729166667</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>8655.644</x:v>
+        <x:v>8739.444</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>8243.47</x:v>
+        <x:v>8323.28</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46030.7425694444</x:v>
+        <x:v>46062.7432060185</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>8655.644</x:v>
+        <x:v>8739.444</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>8243.47</x:v>
+        <x:v>8323.28</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46029.7727546296</x:v>
+        <x:v>46059.772337963</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>8645.616</x:v>
+        <x:v>8687.532</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>8233.92</x:v>
+        <x:v>8273.84</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46029.7415162037</x:v>
+        <x:v>46059.7425578704</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>8645.616</x:v>
+        <x:v>8687.532</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>8233.92</x:v>
+        <x:v>8273.84</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46028.7421759259</x:v>
+        <x:v>46058.7435300926</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>8649.302</x:v>
+        <x:v>8650.078</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>8237.43</x:v>
+        <x:v>8238.17</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>46027.7425810185</x:v>
+        <x:v>46057.7740046296</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>8622.075</x:v>
+        <x:v>8675.268</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>8211.5</x:v>
+        <x:v>8262.16</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>46024.7413657407</x:v>
+        <x:v>46057.7431712963</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>8597.155</x:v>
+        <x:v>8675.268</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>8195.21</x:v>
+        <x:v>8262.16</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>46022.3246527778</x:v>
+        <x:v>46056.8210648148</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>8576.558</x:v>
+        <x:v>8588.475</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>8168.15</x:v>
+        <x:v>8179.5</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>46021.7415162037</x:v>
+        <x:v>46056.7740046296</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>8576.558</x:v>
+        <x:v>8588.475</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>8168.15</x:v>
+        <x:v>8179.5</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>46020.74125</x:v>
+        <x:v>46056.7429513889</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>8517.621</x:v>
+        <x:v>8588.475</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>8112.02</x:v>
+        <x:v>8179.5</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>46014.7420949074</x:v>
+        <x:v>46055.7738541667</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>8509.042</x:v>
+        <x:v>8590.228</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>8103.85</x:v>
+        <x:v>8181.17</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>46013.7415740741</x:v>
+        <x:v>46055.7428356481</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>8527.124</x:v>
+        <x:v>8590.228</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>8121.07</x:v>
+        <x:v>8181.17</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>46010.7428587963</x:v>
+        <x:v>46052.7750810185</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>8558.949</x:v>
+        <x:v>8532.856</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>8151.38</x:v>
+        <x:v>8126.53</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>46009.742025463</x:v>
+        <x:v>46052.7433217593</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>8558.172</x:v>
+        <x:v>8532.856</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>8150.64</x:v>
+        <x:v>8126.53</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>46008.7427430556</x:v>
+        <x:v>46051.7428819444</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>8490.352</x:v>
+        <x:v>8474.928</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>8086.05</x:v>
+        <x:v>8071.36</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>46007.7675925926</x:v>
+        <x:v>46050.7428472222</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>8511.468</x:v>
+        <x:v>8470.014</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>8106.16</x:v>
+        <x:v>8066.68</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>46006.7735416667</x:v>
+        <x:v>46049.7425231481</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>8530.906</x:v>
+        <x:v>8560.461</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>8124.88</x:v>
+        <x:v>8152.82</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>46006.7424421296</x:v>
+        <x:v>46048.7747569444</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>8530.906</x:v>
+        <x:v>8537.708</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>8124.88</x:v>
+        <x:v>8131.15</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>46006.3081134259</x:v>
+        <x:v>46045.7737962963</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>8471.833</x:v>
+        <x:v>8550.202</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>8068.62</x:v>
+        <x:v>8143.05</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>46003.7425925926</x:v>
+        <x:v>46045.7423726852</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>8472.051</x:v>
+        <x:v>8550.202</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>8068.62</x:v>
+        <x:v>8143.05</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>46002.7741435185</x:v>
+        <x:v>46044.7737847222</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>8490.048</x:v>
+        <x:v>8556.334</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>8085.76</x:v>
+        <x:v>8148.89</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>46002.7415972222</x:v>
+        <x:v>46044.7425925926</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>8490.048</x:v>
+        <x:v>8556.334</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>8085.76</x:v>
+        <x:v>8148.89</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>46001.7726736111</x:v>
+        <x:v>46043.7727893519</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>8423.824</x:v>
+        <x:v>8472.628</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>8022.69</x:v>
+        <x:v>8069.17</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>46001.7424884259</x:v>
+        <x:v>46043.7427662037</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>8423.824</x:v>
+        <x:v>8472.628</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>8022.69</x:v>
+        <x:v>8069.17</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>46000.7422800926</x:v>
+        <x:v>46042.7742824074</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>8455.136</x:v>
+        <x:v>8465.709</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>8052.51</x:v>
+        <x:v>8062.58</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45999.7427662037</x:v>
+        <x:v>46042.7413773148</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>8513.852</x:v>
+        <x:v>8465.709</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>8108.43</x:v>
+        <x:v>8062.58</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45996.7416898148</x:v>
+        <x:v>46041.773587963</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>8520.477</x:v>
+        <x:v>8517.621</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>8114.74</x:v>
+        <x:v>8112.02</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45995.7432523148</x:v>
+        <x:v>46041.7428240741</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>8528.132</x:v>
+        <x:v>8517.621</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>8122.03</x:v>
+        <x:v>8112.02</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45994.7432638889</x:v>
+        <x:v>46038.7739467593</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>8491.791</x:v>
+        <x:v>8671.887</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>8087.42</x:v>
+        <x:v>8258.94</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45993.7429166667</x:v>
+        <x:v>46038.7429166667</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>8469.506</x:v>
+        <x:v>8671.887</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>8074.61</x:v>
+        <x:v>8258.94</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45993.3304166667</x:v>
+        <x:v>46037.7737152778</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>8493.016</x:v>
+        <x:v>8728.776</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>8097</x:v>
+        <x:v>8313.12</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45992.741724537</x:v>
+        <x:v>46037.7426967593</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>8501.85</x:v>
+        <x:v>8728.776</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>8097</x:v>
+        <x:v>8313.12</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45989.7431481481</x:v>
+        <x:v>46036.7743055556</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>8528.846</x:v>
+        <x:v>8747.518</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>8122.71</x:v>
+        <x:v>8330.97</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45988.7414583333</x:v>
+        <x:v>46036.7428935185</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>8504.444</x:v>
+        <x:v>8747.518</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>8099.47</x:v>
+        <x:v>8330.97</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45987.7426157407</x:v>
+        <x:v>46035.7727546296</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>8501.252</x:v>
+        <x:v>8764.146</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>8096.43</x:v>
+        <x:v>8347.2</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45986.7689236111</x:v>
+        <x:v>46035.7425115741</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>8427.09</x:v>
+        <x:v>8764.146</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>8025.8</x:v>
+        <x:v>8347.2</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45986.7424537037</x:v>
+        <x:v>46035.300625</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>8427.09</x:v>
+        <x:v>8776.284</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>8025.8</x:v>
+        <x:v>8358.76</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45985.7418287037</x:v>
+        <x:v>46034.7735763889</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>8355.54</x:v>
+        <x:v>8776.698</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>7959.67</x:v>
+        <x:v>8358.76</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45985.3068634259</x:v>
+        <x:v>46031.7746180556</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>8379.669</x:v>
+        <x:v>8780.194</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>7982.65</x:v>
+        <x:v>8362.09</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45982.7638541667</x:v>
+        <x:v>46031.7466203704</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>8381.782</x:v>
+        <x:v>8780.194</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>7982.65</x:v>
+        <x:v>8362.09</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45981.7416087963</x:v>
+        <x:v>46030.7736689815</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>8380.124</x:v>
+        <x:v>8655.644</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>7981.07</x:v>
+        <x:v>8243.47</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45980.7414351852</x:v>
+        <x:v>46030.7425694444</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>8351.458</x:v>
+        <x:v>8655.644</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>7953.77</x:v>
+        <x:v>8243.47</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45979.7620949074</x:v>
+        <x:v>46029.7727546296</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>8366.326</x:v>
+        <x:v>8645.616</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>7967.93</x:v>
+        <x:v>8233.92</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45979.7413425926</x:v>
+        <x:v>46029.7415162037</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>8366.326</x:v>
+        <x:v>8645.616</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>7967.93</x:v>
+        <x:v>8233.92</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45978.7625578704</x:v>
+        <x:v>46028.7421759259</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>8524.971</x:v>
+        <x:v>8649.302</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>8119.02</x:v>
+        <x:v>8237.43</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45975.7665740741</x:v>
+        <x:v>46027.7425810185</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>8578.594</x:v>
+        <x:v>8622.075</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>8170.09</x:v>
+        <x:v>8211.5</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45975.7415625</x:v>
+        <x:v>46024.7413657407</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>8578.594</x:v>
+        <x:v>8597.155</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>8170.09</x:v>
+        <x:v>8195.21</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45974.7421527778</x:v>
+        <x:v>46022.3246527778</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
         <x:v>0.13</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>8644.114</x:v>
+        <x:v>8576.558</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>8232.49</x:v>
+        <x:v>8168.15</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45973.7618287037</x:v>
+        <x:v>46021.7415162037</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
         <x:v>0.13</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>8652.851</x:v>
+        <x:v>8576.558</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>8241.24</x:v>
+        <x:v>8168.15</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45973.7424652778</x:v>
+        <x:v>46020.74125</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>8652.851</x:v>
+        <x:v>8517.621</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>8241.24</x:v>
+        <x:v>8112.02</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45973.3365277778</x:v>
+        <x:v>46014.7420949074</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>8563.591</x:v>
+        <x:v>8509.042</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>8156.23</x:v>
+        <x:v>8103.85</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45972.7415856481</x:v>
+        <x:v>46013.7415740741</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>8564.042</x:v>
+        <x:v>8527.124</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>8156.23</x:v>
+        <x:v>8121.07</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45968.7599652778</x:v>
+        <x:v>46010.7428587963</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>8347.689</x:v>
+        <x:v>8558.949</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>7950.18</x:v>
+        <x:v>8151.38</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45968.7419907407</x:v>
+        <x:v>46009.742025463</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>8347.689</x:v>
+        <x:v>8558.172</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>7950.18</x:v>
+        <x:v>8150.64</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45967.7415509259</x:v>
+        <x:v>46008.7427430556</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>8363.008</x:v>
+        <x:v>8490.352</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>7964.77</x:v>
+        <x:v>8086.05</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45966.7603935185</x:v>
+        <x:v>46007.7675925926</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>8477.942</x:v>
+        <x:v>8511.468</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>8074.23</x:v>
+        <x:v>8106.16</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45966.7414814815</x:v>
+        <x:v>46006.7735416667</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>8477.942</x:v>
+        <x:v>8530.906</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>8074.23</x:v>
+        <x:v>8124.88</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45965.7581597222</x:v>
+        <x:v>46006.7424421296</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>8470.906</x:v>
+        <x:v>8530.906</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>8067.53</x:v>
+        <x:v>8124.88</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45965.7416782407</x:v>
+        <x:v>46006.3081134259</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>8470.906</x:v>
+        <x:v>8471.833</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>8067.53</x:v>
+        <x:v>8068.62</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45964.7418171296</x:v>
+        <x:v>46003.7425925926</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>8515.28</x:v>
+        <x:v>8472.051</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>8109.79</x:v>
+        <x:v>8068.62</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45961.8178587963</x:v>
+        <x:v>46002.7741435185</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>8527.124</x:v>
+        <x:v>8490.048</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>8121.07</x:v>
+        <x:v>8085.76</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45961.7663078704</x:v>
+        <x:v>46002.7415972222</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>8527.124</x:v>
+        <x:v>8490.048</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>8121.07</x:v>
+        <x:v>8085.76</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45961.7596296296</x:v>
+        <x:v>46001.7726736111</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
         <x:v>0.18</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>8527.124</x:v>
+        <x:v>8423.824</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>8121.07</x:v>
+        <x:v>8022.69</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45961.7416435185</x:v>
+        <x:v>46001.7424884259</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
         <x:v>0.18</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>8527.124</x:v>
+        <x:v>8423.824</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>8121.07</x:v>
+        <x:v>8022.69</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45960.7713657407</x:v>
+        <x:v>46000.7422800926</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
         <x:v>0.17</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>8565.154</x:v>
+        <x:v>8455.136</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>8157.29</x:v>
+        <x:v>8052.51</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45960.7414583333</x:v>
+        <x:v>45999.7427662037</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>8565.154</x:v>
+        <x:v>8513.852</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>8157.29</x:v>
+        <x:v>8108.43</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45959.763599537</x:v>
+        <x:v>45996.7416898148</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>8610.924</x:v>
+        <x:v>8520.477</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>8200.88</x:v>
+        <x:v>8114.74</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45959.741724537</x:v>
+        <x:v>45995.7432523148</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>8610.924</x:v>
+        <x:v>8528.132</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>8200.88</x:v>
+        <x:v>8122.03</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45958.741412037</x:v>
+        <x:v>45994.7432638889</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>8627.409</x:v>
+        <x:v>8491.791</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>8216.58</x:v>
+        <x:v>8087.42</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45957.7416435185</x:v>
+        <x:v>45993.7429166667</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>8651.139</x:v>
+        <x:v>8469.506</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>8239.18</x:v>
+        <x:v>8074.61</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45954.7428819444</x:v>
+        <x:v>45993.3304166667</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>8636.912</x:v>
+        <x:v>8493.016</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>8225.63</x:v>
+        <x:v>8097</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45953.774849537</x:v>
+        <x:v>45992.741724537</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>8637.069</x:v>
+        <x:v>8501.85</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>8225.78</x:v>
+        <x:v>8097</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45953.7428703704</x:v>
+        <x:v>45989.7431481481</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>8637.069</x:v>
+        <x:v>8528.846</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>8225.78</x:v>
+        <x:v>8122.71</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45952.760787037</x:v>
+        <x:v>45988.7414583333</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>8617.214</x:v>
+        <x:v>8504.444</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>8206.87</x:v>
+        <x:v>8099.47</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45952.7425115741</x:v>
+        <x:v>45987.7426157407</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>8617.214</x:v>
+        <x:v>8501.252</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>8206.87</x:v>
+        <x:v>8096.43</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45951.7420949074</x:v>
+        <x:v>45986.7689236111</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>8671.803</x:v>
+        <x:v>8427.09</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>8258.86</x:v>
+        <x:v>8025.8</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45950.8196759259</x:v>
+        <x:v>45986.7424537037</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>8616.374</x:v>
+        <x:v>8427.09</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>8206.07</x:v>
+        <x:v>8025.8</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45947.7632291667</x:v>
+        <x:v>45985.7418287037</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>8582.91</x:v>
+        <x:v>8355.54</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>8174.2</x:v>
+        <x:v>7959.67</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45946.7603009259</x:v>
+        <x:v>45985.3068634259</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>8598.02</x:v>
+        <x:v>8379.669</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>8188.59</x:v>
+        <x:v>7982.65</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45946.7415393519</x:v>
+        <x:v>45982.7638541667</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>8598.02</x:v>
+        <x:v>8381.782</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>8188.59</x:v>
+        <x:v>7982.65</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45945.768900463</x:v>
+        <x:v>45981.7416087963</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>8480.85</x:v>
+        <x:v>8380.124</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>8077</x:v>
+        <x:v>7981.07</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45944.769375</x:v>
+        <x:v>45980.7414351852</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>8313.146</x:v>
+        <x:v>8351.458</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>7919.62</x:v>
+        <x:v>7953.77</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45944.7417708333</x:v>
+        <x:v>45979.7620949074</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>8313.146</x:v>
+        <x:v>8366.326</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>7919.62</x:v>
+        <x:v>7967.93</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45944.3350694444</x:v>
+        <x:v>45979.7413425926</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>8328.518</x:v>
+        <x:v>8366.326</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>7934.26</x:v>
+        <x:v>7967.93</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45943.7465509259</x:v>
+        <x:v>45978.7625578704</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>8330.973</x:v>
+        <x:v>8524.971</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>7934.26</x:v>
+        <x:v>8119.02</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45940.7627662037</x:v>
+        <x:v>45975.7665740741</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>8313.9</x:v>
+        <x:v>8578.594</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>7918</x:v>
+        <x:v>8170.09</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45940.7458912037</x:v>
+        <x:v>45975.7415625</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>8313.9</x:v>
+        <x:v>8578.594</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>7918</x:v>
+        <x:v>8170.09</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45939.7571527778</x:v>
+        <x:v>45974.7421527778</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>8443.428</x:v>
+        <x:v>8644.114</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>8041.36</x:v>
+        <x:v>8232.49</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45939.744212963</x:v>
+        <x:v>45973.7618287037</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>8443.428</x:v>
+        <x:v>8652.851</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>8041.36</x:v>
+        <x:v>8241.24</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45938.7624652778</x:v>
+        <x:v>45973.7424652778</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>8463.136</x:v>
+        <x:v>8652.851</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>8060.13</x:v>
+        <x:v>8241.24</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45938.741099537</x:v>
+        <x:v>45973.3365277778</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>8463.136</x:v>
+        <x:v>8563.591</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>8060.13</x:v>
+        <x:v>8156.23</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45937.7621875</x:v>
+        <x:v>45972.7415856481</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>8371.671</x:v>
+        <x:v>8564.042</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>7974.85</x:v>
+        <x:v>8156.23</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45937.7408564815</x:v>
+        <x:v>45968.7599652778</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>8371.671</x:v>
+        <x:v>8347.689</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>7974.85</x:v>
+        <x:v>7950.18</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45937.3222569444</x:v>
+        <x:v>45968.7419907407</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>8368.448</x:v>
+        <x:v>8347.689</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>7971.78</x:v>
+        <x:v>7950.18</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45936.7575231481</x:v>
+        <x:v>45967.7415509259</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>8370.369</x:v>
+        <x:v>8363.008</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>7971.78</x:v>
+        <x:v>7964.77</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45936.7406365741</x:v>
+        <x:v>45966.7603935185</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>8370.369</x:v>
+        <x:v>8477.942</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>7971.78</x:v>
+        <x:v>8074.23</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45933.7560416667</x:v>
+        <x:v>45966.7414814815</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>8485.617</x:v>
+        <x:v>8477.942</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>8081.54</x:v>
+        <x:v>8074.23</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45933.7405324074</x:v>
+        <x:v>45965.7581597222</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>8485.617</x:v>
+        <x:v>8470.906</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>8081.54</x:v>
+        <x:v>8067.53</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45932.7410648148</x:v>
+        <x:v>45965.7416782407</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>8459.462</x:v>
+        <x:v>8470.906</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>8056.63</x:v>
+        <x:v>8067.53</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45931.7405092593</x:v>
+        <x:v>45964.7418171296</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>8357.519</x:v>
+        <x:v>8515.28</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>7966.95</x:v>
+        <x:v>8109.79</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45931.334224537</x:v>
+        <x:v>45961.8178587963</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>8282.959</x:v>
+        <x:v>8527.124</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>7895.94</x:v>
+        <x:v>8121.07</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45930.7579282407</x:v>
+        <x:v>45961.7663078704</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>8290.737</x:v>
+        <x:v>8527.124</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>7895.94</x:v>
+        <x:v>8121.07</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45929.7559837963</x:v>
+        <x:v>45961.7596296296</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>8274.914</x:v>
+        <x:v>8527.124</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>7880.87</x:v>
+        <x:v>8121.07</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45929.7405902778</x:v>
+        <x:v>45961.7416435185</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>8274.914</x:v>
+        <x:v>8527.124</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>7880.87</x:v>
+        <x:v>8121.07</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45926.7405902778</x:v>
+        <x:v>45960.7713657407</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>8251.813</x:v>
+        <x:v>8565.154</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>7870.68</x:v>
+        <x:v>8157.29</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45926.3218055556</x:v>
+        <x:v>45960.7414583333</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>8172.79</x:v>
+        <x:v>8565.154</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>7795.42</x:v>
+        <x:v>8157.29</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45925.7565046296</x:v>
+        <x:v>45959.763599537</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>8185.191</x:v>
+        <x:v>8610.924</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>7795.42</x:v>
+        <x:v>8200.88</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45925.7404513889</x:v>
+        <x:v>45959.741724537</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>8185.191</x:v>
+        <x:v>8610.924</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>7795.42</x:v>
+        <x:v>8200.88</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45924.7580439815</x:v>
+        <x:v>45958.741412037</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>8218.822</x:v>
+        <x:v>8627.409</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>7827.45</x:v>
+        <x:v>8216.58</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45923.7566087963</x:v>
+        <x:v>45957.7416435185</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>8265.621</x:v>
+        <x:v>8651.139</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>7872.02</x:v>
+        <x:v>8239.18</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45923.7480902778</x:v>
+        <x:v>45954.7428819444</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>8265.621</x:v>
+        <x:v>8636.912</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>7872.02</x:v>
+        <x:v>8225.63</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45922.7577199074</x:v>
+        <x:v>45953.774849537</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>8221.398</x:v>
+        <x:v>8637.069</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>7830.11</x:v>
+        <x:v>8225.78</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45922.7480902778</x:v>
+        <x:v>45953.7428703704</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>8221.398</x:v>
+        <x:v>8637.069</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>7830.11</x:v>
+        <x:v>8225.78</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45922.3338773148</x:v>
+        <x:v>45952.760787037</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>8246.052</x:v>
+        <x:v>8617.214</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>7853.59</x:v>
+        <x:v>8206.87</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45919.7476967593</x:v>
+        <x:v>45952.7425115741</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>8246.27</x:v>
+        <x:v>8617.214</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>7853.59</x:v>
+        <x:v>8206.87</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45918.7597800926</x:v>
+        <x:v>45951.7420949074</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>8247.34</x:v>
+        <x:v>8671.803</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>7854.61</x:v>
+        <x:v>8258.86</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45918.7477314815</x:v>
+        <x:v>45950.8196759259</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>8247.34</x:v>
+        <x:v>8616.374</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>7854.61</x:v>
+        <x:v>8206.07</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45917.7474537037</x:v>
+        <x:v>45947.7632291667</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>8176.329</x:v>
+        <x:v>8582.91</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>7786.98</x:v>
+        <x:v>8174.2</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45916.7474074074</x:v>
+        <x:v>45946.7603009259</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>8209.131</x:v>
+        <x:v>8598.02</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>7818.22</x:v>
+        <x:v>8188.59</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45915.7474768519</x:v>
+        <x:v>45946.7415393519</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>8291.776</x:v>
+        <x:v>8598.02</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>7896.93</x:v>
+        <x:v>8188.59</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45912.7594675926</x:v>
+        <x:v>45945.768900463</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>8216.502</x:v>
+        <x:v>8480.85</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>7825.24</x:v>
+        <x:v>8077</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45912.7478472222</x:v>
+        <x:v>45944.769375</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>8216.502</x:v>
+        <x:v>8313.146</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>7825.24</x:v>
+        <x:v>7919.62</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45911.7587384259</x:v>
+        <x:v>45944.7417708333</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>8214.696</x:v>
+        <x:v>8313.146</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>7823.52</x:v>
+        <x:v>7919.62</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45911.7477662037</x:v>
+        <x:v>45944.3350694444</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>8214.696</x:v>
+        <x:v>8328.518</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>7823.52</x:v>
+        <x:v>7934.26</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45910.7475347222</x:v>
+        <x:v>45943.7465509259</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>8149.386</x:v>
+        <x:v>8330.973</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>7761.32</x:v>
+        <x:v>7934.26</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45909.7477199074</x:v>
+        <x:v>45940.7627662037</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>8136.86</x:v>
+        <x:v>8313.9</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>7749.39</x:v>
+        <x:v>7918</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45908.7485416667</x:v>
+        <x:v>45940.7458912037</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>8121.582</x:v>
+        <x:v>8313.9</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>7734.84</x:v>
+        <x:v>7918</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45905.7752893519</x:v>
+        <x:v>45939.7571527778</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>8058.519</x:v>
+        <x:v>8443.428</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>7674.78</x:v>
+        <x:v>8041.36</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45905.7480902778</x:v>
+        <x:v>45939.744212963</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>8058.519</x:v>
+        <x:v>8443.428</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>7674.78</x:v>
+        <x:v>8041.36</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45904.7480092593</x:v>
+        <x:v>45938.7624652778</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>8083.866</x:v>
+        <x:v>8463.136</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>7698.92</x:v>
+        <x:v>8060.13</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45903.7601041667</x:v>
+        <x:v>45938.741099537</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>8105.696</x:v>
+        <x:v>8463.136</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>7719.71</x:v>
+        <x:v>8060.13</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45903.7473842593</x:v>
+        <x:v>45937.7621875</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>8105.696</x:v>
+        <x:v>8371.671</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>7719.71</x:v>
+        <x:v>7974.85</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45902.7617824074</x:v>
+        <x:v>45937.7408564815</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>8036.962</x:v>
+        <x:v>8371.671</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>7654.25</x:v>
+        <x:v>7974.85</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45902.7473842593</x:v>
+        <x:v>45937.3222569444</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>8036.962</x:v>
+        <x:v>8368.448</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>7654.25</x:v>
+        <x:v>7971.78</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45901.7594212963</x:v>
+        <x:v>45936.7575231481</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>8093.295</x:v>
+        <x:v>8370.369</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>7707.9</x:v>
+        <x:v>7971.78</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45901.7474305556</x:v>
+        <x:v>45936.7406365741</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>8093.295</x:v>
+        <x:v>8370.369</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>7707.9</x:v>
+        <x:v>7971.78</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45898.7627430556</x:v>
+        <x:v>45933.7560416667</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>8089.095</x:v>
+        <x:v>8485.617</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>7703.9</x:v>
+        <x:v>8081.54</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45898.7479861111</x:v>
+        <x:v>45933.7405324074</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>8089.095</x:v>
+        <x:v>8485.617</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>7703.9</x:v>
+        <x:v>8081.54</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45897.7576851852</x:v>
+        <x:v>45932.7410648148</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>8150.73</x:v>
+        <x:v>8459.462</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>7762.6</x:v>
+        <x:v>8056.63</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45897.7475925926</x:v>
+        <x:v>45931.7405092593</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>8151.286</x:v>
+        <x:v>8357.519</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>7763.13</x:v>
+        <x:v>7966.95</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45896.7598726852</x:v>
+        <x:v>45931.334224537</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>8131.126</x:v>
+        <x:v>8282.959</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>7743.93</x:v>
+        <x:v>7895.94</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45895.7575347222</x:v>
+        <x:v>45930.7579282407</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>8095.3</x:v>
+        <x:v>8290.737</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>7709.81</x:v>
+        <x:v>7895.94</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45895.7478703704</x:v>
+        <x:v>45929.7559837963</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>8095.3</x:v>
+        <x:v>8274.914</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>7709.81</x:v>
+        <x:v>7880.87</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45894.7569675926</x:v>
+        <x:v>45929.7405902778</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>8235.192</x:v>
+        <x:v>8274.914</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>7843.04</x:v>
+        <x:v>7880.87</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45894.7474421296</x:v>
+        <x:v>45926.7405902778</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>8235.192</x:v>
+        <x:v>8251.813</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>7843.04</x:v>
+        <x:v>7870.68</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45891.7477893519</x:v>
+        <x:v>45926.3218055556</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>8368.174</x:v>
+        <x:v>8172.79</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>7969.69</x:v>
+        <x:v>7795.42</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45890.7565972222</x:v>
+        <x:v>45925.7565046296</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>8335.204</x:v>
+        <x:v>8185.191</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>7938.29</x:v>
+        <x:v>7795.42</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45890.7477199074</x:v>
+        <x:v>45925.7404513889</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>8335.204</x:v>
+        <x:v>8185.191</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>7938.29</x:v>
+        <x:v>7795.42</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45889.7593402778</x:v>
+        <x:v>45924.7580439815</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>8371.682</x:v>
+        <x:v>8218.822</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>7973.03</x:v>
+        <x:v>7827.45</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45888.7478472222</x:v>
+        <x:v>45923.7566087963</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>8378.034</x:v>
+        <x:v>8265.621</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>7979.08</x:v>
+        <x:v>7872.02</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45887.7583101852</x:v>
+        <x:v>45923.7480902778</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>8278.252</x:v>
+        <x:v>8265.621</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>7884.05</x:v>
+        <x:v>7872.02</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45887.7476736111</x:v>
+        <x:v>45922.7577199074</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>8278.252</x:v>
+        <x:v>8221.398</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>7884.05</x:v>
+        <x:v>7830.11</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45884.7578240741</x:v>
+        <x:v>45922.7480902778</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>8319.622</x:v>
+        <x:v>8221.398</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>7923.45</x:v>
+        <x:v>7830.11</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45884.7474768519</x:v>
+        <x:v>45922.3338773148</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>8319.622</x:v>
+        <x:v>8246.052</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>7923.45</x:v>
+        <x:v>7853.59</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45883.7578125</x:v>
+        <x:v>45919.7476967593</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>8263.857</x:v>
+        <x:v>8246.27</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>7870.34</x:v>
+        <x:v>7853.59</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45883.7478935185</x:v>
+        <x:v>45918.7597800926</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>8263.857</x:v>
+        <x:v>8247.34</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>7870.34</x:v>
+        <x:v>7854.61</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45882.7607986111</x:v>
+        <x:v>45918.7477314815</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>8195.218</x:v>
+        <x:v>8247.34</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>7804.97</x:v>
+        <x:v>7854.61</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45882.7479861111</x:v>
+        <x:v>45917.7474537037</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>8195.218</x:v>
+        <x:v>8176.329</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>7804.97</x:v>
+        <x:v>7786.98</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45881.7571990741</x:v>
+        <x:v>45916.7474074074</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>8141.091</x:v>
+        <x:v>8209.131</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>7753.42</x:v>
+        <x:v>7818.22</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45881.7473958333</x:v>
+        <x:v>45915.7474768519</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>8141.091</x:v>
+        <x:v>8291.776</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>7753.42</x:v>
+        <x:v>7896.93</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45880.7587152778</x:v>
+        <x:v>45912.7594675926</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>8083.446</x:v>
+        <x:v>8216.502</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>7698.52</x:v>
+        <x:v>7825.24</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45880.7478240741</x:v>
+        <x:v>45912.7478472222</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>8083.446</x:v>
+        <x:v>8216.502</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>7698.52</x:v>
+        <x:v>7825.24</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45877.7474537037</x:v>
+        <x:v>45911.7587384259</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>8130.15</x:v>
+        <x:v>8214.696</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>7743</x:v>
+        <x:v>7823.52</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45876.747962963</x:v>
+        <x:v>45911.7477662037</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>8094.786</x:v>
+        <x:v>8214.696</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>7709.32</x:v>
+        <x:v>7823.52</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45875.7593981481</x:v>
+        <x:v>45910.7475347222</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>8016.782</x:v>
+        <x:v>8149.386</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>7635.03</x:v>
+        <x:v>7761.32</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45875.7478356482</x:v>
+        <x:v>45909.7477199074</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>8016.782</x:v>
+        <x:v>8136.86</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>7635.03</x:v>
+        <x:v>7749.39</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45874.7580787037</x:v>
+        <x:v>45908.7485416667</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>8002.092</x:v>
+        <x:v>8121.582</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>7621.04</x:v>
+        <x:v>7734.84</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45873.7608680556</x:v>
+        <x:v>45905.7752893519</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>8013.61</x:v>
+        <x:v>8058.519</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>7632.01</x:v>
+        <x:v>7674.78</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45873.7479398148</x:v>
+        <x:v>45905.7480902778</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>8013.61</x:v>
+        <x:v>8058.519</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>7632.01</x:v>
+        <x:v>7674.78</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45870.7602199074</x:v>
+        <x:v>45904.7480092593</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>7923.468</x:v>
+        <x:v>8083.866</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>7546.16</x:v>
+        <x:v>7698.92</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45870.7474768519</x:v>
+        <x:v>45903.7601041667</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>7923.468</x:v>
+        <x:v>8105.696</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>7546.16</x:v>
+        <x:v>7719.71</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45869.7477777778</x:v>
+        <x:v>45903.7473842593</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>8160.568</x:v>
+        <x:v>8105.696</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>7771.97</x:v>
+        <x:v>7719.71</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45868.7573032407</x:v>
+        <x:v>45902.7617824074</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>8255.058</x:v>
+        <x:v>8036.962</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>7861.96</x:v>
+        <x:v>7654.25</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45868.7478935185</x:v>
+        <x:v>45902.7473842593</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>8255.058</x:v>
+        <x:v>8036.962</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>7861.96</x:v>
+        <x:v>7654.25</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45867.7584259259</x:v>
+        <x:v>45901.7594212963</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>8250.228</x:v>
+        <x:v>8093.295</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>7857.36</x:v>
+        <x:v>7707.9</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45867.7473726852</x:v>
+        <x:v>45901.7474305556</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>8250.228</x:v>
+        <x:v>8093.295</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>7857.36</x:v>
+        <x:v>7707.9</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45866.758275463</x:v>
+        <x:v>45898.7627430556</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>8190.924</x:v>
+        <x:v>8089.095</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>7800.88</x:v>
+        <x:v>7703.9</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45866.747962963</x:v>
+        <x:v>45898.7479861111</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>8190.924</x:v>
+        <x:v>8089.095</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>7800.88</x:v>
+        <x:v>7703.9</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45863.7567939815</x:v>
+        <x:v>45897.7576851852</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>8226.309</x:v>
+        <x:v>8150.73</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>7834.58</x:v>
+        <x:v>7762.6</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45862.7627430556</x:v>
+        <x:v>45897.7475925926</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>8209.194</x:v>
+        <x:v>8151.286</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>7818.28</x:v>
+        <x:v>7763.13</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45862.7478356482</x:v>
+        <x:v>45896.7598726852</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>8209.194</x:v>
+        <x:v>8131.126</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>7818.28</x:v>
+        <x:v>7743.93</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45861.7586921296</x:v>
+        <x:v>45895.7575347222</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>8240.844</x:v>
+        <x:v>8095.3</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>7850.43</x:v>
+        <x:v>7709.81</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45861.7478935185</x:v>
+        <x:v>45895.7478703704</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>8240.844</x:v>
+        <x:v>8095.3</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>7850.43</x:v>
+        <x:v>7709.81</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45861.3266550926</x:v>
+        <x:v>45894.7569675926</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>8129.523</x:v>
+        <x:v>8235.192</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>7744.41</x:v>
+        <x:v>7843.04</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45860.7479976852</x:v>
+        <x:v>45894.7474421296</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>8131.63</x:v>
+        <x:v>8235.192</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>7744.41</x:v>
+        <x:v>7843.04</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45859.7478009259</x:v>
+        <x:v>45891.7477893519</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>8188.131</x:v>
+        <x:v>8368.174</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>7798.22</x:v>
+        <x:v>7969.69</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45856.7473726852</x:v>
+        <x:v>45890.7565972222</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>8213.804</x:v>
+        <x:v>8335.204</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>7822.67</x:v>
+        <x:v>7938.29</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45855.7569444444</x:v>
+        <x:v>45890.7477199074</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>8213.1</x:v>
+        <x:v>8335.204</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>7822</x:v>
+        <x:v>7938.29</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45854.9360185185</x:v>
+        <x:v>45889.7593402778</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>8108.194</x:v>
+        <x:v>8371.682</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>7722.09</x:v>
+        <x:v>7973.03</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45854.7691782407</x:v>
+        <x:v>45888.7478472222</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>8108.194</x:v>
+        <x:v>8378.034</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>7722.09</x:v>
+        <x:v>7979.08</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45853.7615625</x:v>
+        <x:v>45887.7583101852</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>8154.52</x:v>
+        <x:v>8278.252</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>7766.21</x:v>
+        <x:v>7884.05</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45852.7625462963</x:v>
+        <x:v>45887.7476736111</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>8198.578</x:v>
+        <x:v>8278.252</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>7808.17</x:v>
+        <x:v>7884.05</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45849.7864467593</x:v>
+        <x:v>45884.7578240741</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>8220.754</x:v>
+        <x:v>8319.622</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>7829.29</x:v>
+        <x:v>7923.45</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45848.7618055556</x:v>
+        <x:v>45884.7474768519</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>8297.362</x:v>
+        <x:v>8319.622</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>7902.25</x:v>
+        <x:v>7923.45</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45847.7591435185</x:v>
+        <x:v>45883.7578125</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>8272.383</x:v>
+        <x:v>8263.857</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>7878.46</x:v>
+        <x:v>7870.34</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45846.7607523148</x:v>
+        <x:v>45883.7478935185</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>8155.046</x:v>
+        <x:v>8263.857</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>7766.71</x:v>
+        <x:v>7870.34</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45845.7574421296</x:v>
+        <x:v>45882.7607986111</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>8109.644</x:v>
+        <x:v>8195.218</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>7723.47</x:v>
+        <x:v>7804.97</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45842.7613657407</x:v>
+        <x:v>45882.7479861111</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>8081.084</x:v>
+        <x:v>8195.218</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>7696.27</x:v>
+        <x:v>7804.97</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45841.7610763889</x:v>
+        <x:v>45881.7571990741</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>8142.278</x:v>
+        <x:v>8141.091</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>7754.55</x:v>
+        <x:v>7753.42</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45840.9304282407</x:v>
+        <x:v>45881.7473958333</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>8125.341</x:v>
+        <x:v>8141.091</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>7738.42</x:v>
+        <x:v>7753.42</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45839.7591550926</x:v>
+        <x:v>45880.7587152778</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>8040.718</x:v>
+        <x:v>8083.446</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>7662.59</x:v>
+        <x:v>7698.52</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45839.6667939815</x:v>
+        <x:v>45880.7478240741</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>8044.204</x:v>
+        <x:v>8083.446</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>7665.91</x:v>
+        <x:v>7698.52</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45839.4783796296</x:v>
+        <x:v>45877.7474537037</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>8044.204</x:v>
+        <x:v>8130.15</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>7665.91</x:v>
+        <x:v>7743</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45839.3819328704</x:v>
+        <x:v>45876.747962963</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>8044.204</x:v>
+        <x:v>8094.786</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>7665.91</x:v>
+        <x:v>7709.32</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45838.7567824074</x:v>
+        <x:v>45875.7593981481</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>8049.206</x:v>
+        <x:v>8016.782</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>7665.91</x:v>
+        <x:v>7635.03</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45835.7579861111</x:v>
+        <x:v>45875.7478356482</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>8076.128</x:v>
+        <x:v>8016.782</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>7691.55</x:v>
+        <x:v>7635.03</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45834.7579166667</x:v>
+        <x:v>45874.7580787037</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>7935.176</x:v>
+        <x:v>8002.092</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>7557.31</x:v>
+        <x:v>7621.04</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45833.7638078704</x:v>
+        <x:v>45873.7608680556</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>7936.068</x:v>
+        <x:v>8013.61</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>7558.16</x:v>
+        <x:v>7632.01</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45832.757974537</x:v>
+        <x:v>45873.7479398148</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>7996.79</x:v>
+        <x:v>8013.61</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>7615.99</x:v>
+        <x:v>7632.01</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45831.759837963</x:v>
+        <x:v>45870.7602199074</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>7914.228</x:v>
+        <x:v>7923.468</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>7537.57</x:v>
+        <x:v>7546.16</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45831.3068865741</x:v>
+        <x:v>45870.7474768519</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>1.09</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>7968.922</x:v>
+        <x:v>7923.468</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>7589.66</x:v>
+        <x:v>7546.16</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45828.7626041667</x:v>
+        <x:v>45869.7477777778</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>1.09</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>7969.143</x:v>
+        <x:v>8160.568</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>7589.66</x:v>
+        <x:v>7771.97</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45827.7613657407</x:v>
+        <x:v>45868.7573032407</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>7922.556</x:v>
+        <x:v>8255.058</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>7553.45</x:v>
+        <x:v>7861.96</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45827.3165509259</x:v>
+        <x:v>45868.7478935185</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>8030.359</x:v>
+        <x:v>8255.058</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>7656.12</x:v>
+        <x:v>7861.96</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45826.7621759259</x:v>
+        <x:v>45867.7584259259</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>8038.926</x:v>
+        <x:v>8250.228</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>7656.12</x:v>
+        <x:v>7857.36</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45825.7634259259</x:v>
+        <x:v>45867.7473726852</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>8067.916</x:v>
+        <x:v>8250.228</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>7683.73</x:v>
+        <x:v>7857.36</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45824.7587962963</x:v>
+        <x:v>45866.758275463</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>8129.352</x:v>
+        <x:v>8190.924</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>7742.24</x:v>
+        <x:v>7800.88</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45821.7600694444</x:v>
+        <x:v>45866.747962963</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>8068.914</x:v>
+        <x:v>8190.924</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>7684.68</x:v>
+        <x:v>7800.88</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45820.7827662037</x:v>
+        <x:v>45863.7567939815</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>0.82</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>8153.366</x:v>
+        <x:v>8226.309</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>7765.11</x:v>
+        <x:v>7834.58</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45819.7603819444</x:v>
+        <x:v>45862.7627430556</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>8164.695</x:v>
+        <x:v>8209.194</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>7775.9</x:v>
+        <x:v>7818.28</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45818.7603240741</x:v>
+        <x:v>45862.7478356482</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>8193.21</x:v>
+        <x:v>8209.194</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>7804.33</x:v>
+        <x:v>7818.28</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45818.3301273148</x:v>
+        <x:v>45861.7586921296</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>8179.707</x:v>
+        <x:v>8240.844</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>7791.47</x:v>
+        <x:v>7850.43</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45817.7587268519</x:v>
+        <x:v>45861.7478935185</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>8176.628</x:v>
+        <x:v>8240.844</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>7791.47</x:v>
+        <x:v>7850.43</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45817.330775463</x:v>
+        <x:v>45861.3266550926</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>8190.698</x:v>
+        <x:v>8129.523</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>7804.87</x:v>
+        <x:v>7744.41</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45814.7597453704</x:v>
+        <x:v>45860.7479976852</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>8195.114</x:v>
+        <x:v>8131.63</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>7804.87</x:v>
+        <x:v>7744.41</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45813.7588194444</x:v>
+        <x:v>45859.7478009259</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>8179.784</x:v>
+        <x:v>8188.131</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>7790.27</x:v>
+        <x:v>7798.22</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45812.9289583333</x:v>
+        <x:v>45856.7473726852</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>8194.904</x:v>
+        <x:v>8213.804</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>7804.67</x:v>
+        <x:v>7822.67</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45812.7669791667</x:v>
+        <x:v>45855.7569444444</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>8194.904</x:v>
+        <x:v>8213.1</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>7804.67</x:v>
+        <x:v>7822</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45811.9361805556</x:v>
+        <x:v>45854.9360185185</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>8148.325</x:v>
+        <x:v>8108.194</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>7763.84</x:v>
+        <x:v>7722.09</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45811.7585763889</x:v>
+        <x:v>45854.7691782407</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>8148.325</x:v>
+        <x:v>8108.194</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>7763.84</x:v>
+        <x:v>7722.09</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45811.3127430556</x:v>
+        <x:v>45853.7615625</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>8120.353</x:v>
+        <x:v>8154.52</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>7737.2</x:v>
+        <x:v>7766.21</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45810.9414583333</x:v>
+        <x:v>45852.7625462963</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>8122.906</x:v>
+        <x:v>8198.578</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>7737.2</x:v>
+        <x:v>7808.17</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45810.7576388889</x:v>
+        <x:v>45849.7864467593</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>8122.906</x:v>
+        <x:v>8220.754</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>7737.2</x:v>
+        <x:v>7829.29</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45803.758912037</x:v>
+        <x:v>45848.7618055556</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>8209.752</x:v>
+        <x:v>8297.362</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>7828.13</x:v>
+        <x:v>7902.25</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45803.3275</x:v>
+        <x:v>45847.7591435185</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>8111.336</x:v>
+        <x:v>8272.383</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>7734.4</x:v>
+        <x:v>7878.46</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45800.759525463</x:v>
+        <x:v>45846.7607523148</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>8121.12</x:v>
+        <x:v>8155.046</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>7734.4</x:v>
+        <x:v>7766.71</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45799.7595138889</x:v>
+        <x:v>45845.7574421296</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>8257.662</x:v>
+        <x:v>8109.644</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>7864.44</x:v>
+        <x:v>7723.47</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45798.7693981481</x:v>
+        <x:v>45842.7613657407</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>8301.649</x:v>
+        <x:v>8081.084</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>7910.49</x:v>
+        <x:v>7696.27</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45798.764212963</x:v>
+        <x:v>45841.7610763889</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>8301.649</x:v>
+        <x:v>8142.278</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>7910.49</x:v>
+        <x:v>7754.55</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45798.328912037</x:v>
+        <x:v>45840.9304282407</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>8335.176</x:v>
+        <x:v>8125.341</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>7942.42</x:v>
+        <x:v>7738.42</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45797.7621759259</x:v>
+        <x:v>45839.7591550926</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>8335.879</x:v>
+        <x:v>8040.718</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>7942.42</x:v>
+        <x:v>7662.59</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45797.3326967593</x:v>
+        <x:v>45839.6667939815</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>8274.149</x:v>
+        <x:v>8044.204</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>7883.63</x:v>
+        <x:v>7665.91</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45796.7617013889</x:v>
+        <x:v>45839.4783796296</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>8246.604</x:v>
+        <x:v>8044.204</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>7883.63</x:v>
+        <x:v>7665.91</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45796.3431597222</x:v>
+        <x:v>45839.3819328704</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>8249.818</x:v>
+        <x:v>8044.204</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>7886.69</x:v>
+        <x:v>7665.91</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45793.7569675926</x:v>
+        <x:v>45838.7567824074</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>8281.024</x:v>
+        <x:v>8049.206</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>7886.69</x:v>
+        <x:v>7665.91</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45792.7607638889</x:v>
+        <x:v>45835.7579861111</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>8245.681</x:v>
+        <x:v>8076.128</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>7853.47</x:v>
+        <x:v>7691.55</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45792.3633101852</x:v>
+        <x:v>45834.7579166667</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>0.88</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>8228.167</x:v>
+        <x:v>7935.176</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>7836.79</x:v>
+        <x:v>7557.31</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45791.7641666667</x:v>
+        <x:v>45833.7638078704</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>0.88</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>8228.63</x:v>
+        <x:v>7936.068</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>7836.79</x:v>
+        <x:v>7558.16</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45790.7569560185</x:v>
+        <x:v>45832.757974537</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>0.82</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>8257.589</x:v>
+        <x:v>7996.79</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>7873.83</x:v>
+        <x:v>7615.99</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45790.3104050926</x:v>
+        <x:v>45831.759837963</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>0.88</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>8232.673</x:v>
+        <x:v>7914.228</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>7850.1</x:v>
+        <x:v>7537.57</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45789.7604166667</x:v>
+        <x:v>45831.3068865741</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>0.88</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>8218.531</x:v>
+        <x:v>7968.922</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>7850.1</x:v>
+        <x:v>7589.66</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45789.3140509259</x:v>
+        <x:v>45828.7626041667</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>1.17</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>8106.863</x:v>
+        <x:v>7969.143</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>7743.75</x:v>
+        <x:v>7589.66</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45786.7590277778</x:v>
+        <x:v>45827.7613657407</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
         <x:v>1.17</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>8130.938</x:v>
+        <x:v>7922.556</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>7743.75</x:v>
+        <x:v>7553.45</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45785.757662037</x:v>
+        <x:v>45827.3165509259</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>8075.313</x:v>
+        <x:v>8030.359</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>7694.44</x:v>
+        <x:v>7656.12</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45785.3333680556</x:v>
+        <x:v>45826.7621759259</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>1.5</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>8004.333</x:v>
+        <x:v>8038.926</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>7626.84</x:v>
+        <x:v>7656.12</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45784.7685300926</x:v>
+        <x:v>45825.7634259259</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>1.51</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>8002.588</x:v>
+        <x:v>8067.916</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>7626.84</x:v>
+        <x:v>7683.73</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45784.3171759259</x:v>
+        <x:v>45824.7587962963</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>1.34</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>8076.172</x:v>
+        <x:v>8129.352</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>7696.92</x:v>
+        <x:v>7742.24</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45783.7975578704</x:v>
+        <x:v>45821.7600694444</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>1.34</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>8081.766</x:v>
+        <x:v>8068.914</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>7696.92</x:v>
+        <x:v>7684.68</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45783.7611458333</x:v>
+        <x:v>45820.7827662037</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>1.34</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>8081.766</x:v>
+        <x:v>8153.366</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>7696.92</x:v>
+        <x:v>7765.11</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45782.7990856481</x:v>
+        <x:v>45819.7603819444</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>1.27</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>8078.204</x:v>
+        <x:v>8164.695</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>7727.93</x:v>
+        <x:v>7775.9</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45782.7613310185</x:v>
+        <x:v>45818.7603240741</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>1.27</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>8078.204</x:v>
+        <x:v>8193.21</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>7727.93</x:v>
+        <x:v>7804.33</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45782.3304513889</x:v>
+        <x:v>45818.3301273148</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>1.23</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>8122.882</x:v>
+        <x:v>8179.707</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>7770.48</x:v>
+        <x:v>7791.47</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45779.7593402778</x:v>
+        <x:v>45817.7587268519</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>1.25</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>8159.004</x:v>
+        <x:v>8176.628</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>7770.48</x:v>
+        <x:v>7791.47</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45777.7615046296</x:v>
+        <x:v>45817.330775463</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>1.92</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>7973.564</x:v>
+        <x:v>8190.698</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>7593.87</x:v>
+        <x:v>7804.87</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45776.7598726852</x:v>
+        <x:v>45814.7597453704</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>2.07</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>7933.664</x:v>
+        <x:v>8195.114</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>7555.87</x:v>
+        <x:v>7804.87</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
+        <x:v>45813.7588194444</x:v>
+      </x:c>
+      <x:c r="B317" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C317" s="0">
+        <x:v>0.79</x:v>
+      </x:c>
+      <x:c r="D317" s="0">
+        <x:v>8179.784</x:v>
+      </x:c>
+      <x:c r="E317" s="0">
+        <x:v>7790.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="318" spans="1:5">
+      <x:c r="A318" s="1">
+        <x:v>45812.9289583333</x:v>
+      </x:c>
+      <x:c r="B318" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C318" s="0">
+        <x:v>0.77</x:v>
+      </x:c>
+      <x:c r="D318" s="0">
+        <x:v>8194.904</x:v>
+      </x:c>
+      <x:c r="E318" s="0">
+        <x:v>7804.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="319" spans="1:5">
+      <x:c r="A319" s="1">
+        <x:v>45812.7669791667</x:v>
+      </x:c>
+      <x:c r="B319" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C319" s="0">
+        <x:v>0.77</x:v>
+      </x:c>
+      <x:c r="D319" s="0">
+        <x:v>8194.904</x:v>
+      </x:c>
+      <x:c r="E319" s="0">
+        <x:v>7804.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="320" spans="1:5">
+      <x:c r="A320" s="1">
+        <x:v>45811.9361805556</x:v>
+      </x:c>
+      <x:c r="B320" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C320" s="0">
+        <x:v>0.83</x:v>
+      </x:c>
+      <x:c r="D320" s="0">
+        <x:v>8148.325</x:v>
+      </x:c>
+      <x:c r="E320" s="0">
+        <x:v>7763.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="321" spans="1:5">
+      <x:c r="A321" s="1">
+        <x:v>45811.7585763889</x:v>
+      </x:c>
+      <x:c r="B321" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C321" s="0">
+        <x:v>0.83</x:v>
+      </x:c>
+      <x:c r="D321" s="0">
+        <x:v>8148.325</x:v>
+      </x:c>
+      <x:c r="E321" s="0">
+        <x:v>7763.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="322" spans="1:5">
+      <x:c r="A322" s="1">
+        <x:v>45811.3127430556</x:v>
+      </x:c>
+      <x:c r="B322" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C322" s="0">
+        <x:v>0.88</x:v>
+      </x:c>
+      <x:c r="D322" s="0">
+        <x:v>8120.353</x:v>
+      </x:c>
+      <x:c r="E322" s="0">
+        <x:v>7737.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="323" spans="1:5">
+      <x:c r="A323" s="1">
+        <x:v>45810.9414583333</x:v>
+      </x:c>
+      <x:c r="B323" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C323" s="0">
+        <x:v>0.89</x:v>
+      </x:c>
+      <x:c r="D323" s="0">
+        <x:v>8122.906</x:v>
+      </x:c>
+      <x:c r="E323" s="0">
+        <x:v>7737.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="324" spans="1:5">
+      <x:c r="A324" s="1">
+        <x:v>45810.7576388889</x:v>
+      </x:c>
+      <x:c r="B324" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C324" s="0">
+        <x:v>0.89</x:v>
+      </x:c>
+      <x:c r="D324" s="0">
+        <x:v>8122.906</x:v>
+      </x:c>
+      <x:c r="E324" s="0">
+        <x:v>7737.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="325" spans="1:5">
+      <x:c r="A325" s="1">
+        <x:v>45803.758912037</x:v>
+      </x:c>
+      <x:c r="B325" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C325" s="0">
+        <x:v>0.76</x:v>
+      </x:c>
+      <x:c r="D325" s="0">
+        <x:v>8209.752</x:v>
+      </x:c>
+      <x:c r="E325" s="0">
+        <x:v>7828.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="326" spans="1:5">
+      <x:c r="A326" s="1">
+        <x:v>45803.3275</x:v>
+      </x:c>
+      <x:c r="B326" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C326" s="0">
+        <x:v>0.95</x:v>
+      </x:c>
+      <x:c r="D326" s="0">
+        <x:v>8111.336</x:v>
+      </x:c>
+      <x:c r="E326" s="0">
+        <x:v>7734.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="327" spans="1:5">
+      <x:c r="A327" s="1">
+        <x:v>45800.759525463</x:v>
+      </x:c>
+      <x:c r="B327" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C327" s="0">
+        <x:v>0.95</x:v>
+      </x:c>
+      <x:c r="D327" s="0">
+        <x:v>8121.12</x:v>
+      </x:c>
+      <x:c r="E327" s="0">
+        <x:v>7734.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="328" spans="1:5">
+      <x:c r="A328" s="1">
+        <x:v>45799.7595138889</x:v>
+      </x:c>
+      <x:c r="B328" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C328" s="0">
+        <x:v>0.76</x:v>
+      </x:c>
+      <x:c r="D328" s="0">
+        <x:v>8257.662</x:v>
+      </x:c>
+      <x:c r="E328" s="0">
+        <x:v>7864.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="329" spans="1:5">
+      <x:c r="A329" s="1">
+        <x:v>45798.7693981481</x:v>
+      </x:c>
+      <x:c r="B329" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C329" s="0">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="D329" s="0">
+        <x:v>8301.649</x:v>
+      </x:c>
+      <x:c r="E329" s="0">
+        <x:v>7910.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="330" spans="1:5">
+      <x:c r="A330" s="1">
+        <x:v>45798.764212963</x:v>
+      </x:c>
+      <x:c r="B330" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C330" s="0">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="D330" s="0">
+        <x:v>8301.649</x:v>
+      </x:c>
+      <x:c r="E330" s="0">
+        <x:v>7910.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="331" spans="1:5">
+      <x:c r="A331" s="1">
+        <x:v>45798.328912037</x:v>
+      </x:c>
+      <x:c r="B331" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C331" s="0">
+        <x:v>0.66</x:v>
+      </x:c>
+      <x:c r="D331" s="0">
+        <x:v>8335.176</x:v>
+      </x:c>
+      <x:c r="E331" s="0">
+        <x:v>7942.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="332" spans="1:5">
+      <x:c r="A332" s="1">
+        <x:v>45797.7621759259</x:v>
+      </x:c>
+      <x:c r="B332" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C332" s="0">
+        <x:v>0.67</x:v>
+      </x:c>
+      <x:c r="D332" s="0">
+        <x:v>8335.879</x:v>
+      </x:c>
+      <x:c r="E332" s="0">
+        <x:v>7942.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="333" spans="1:5">
+      <x:c r="A333" s="1">
+        <x:v>45797.3326967593</x:v>
+      </x:c>
+      <x:c r="B333" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C333" s="0">
+        <x:v>0.75</x:v>
+      </x:c>
+      <x:c r="D333" s="0">
+        <x:v>8274.149</x:v>
+      </x:c>
+      <x:c r="E333" s="0">
+        <x:v>7883.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="334" spans="1:5">
+      <x:c r="A334" s="1">
+        <x:v>45796.7617013889</x:v>
+      </x:c>
+      <x:c r="B334" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C334" s="0">
+        <x:v>0.76</x:v>
+      </x:c>
+      <x:c r="D334" s="0">
+        <x:v>8246.604</x:v>
+      </x:c>
+      <x:c r="E334" s="0">
+        <x:v>7883.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="335" spans="1:5">
+      <x:c r="A335" s="1">
+        <x:v>45796.3431597222</x:v>
+      </x:c>
+      <x:c r="B335" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C335" s="0">
+        <x:v>0.79</x:v>
+      </x:c>
+      <x:c r="D335" s="0">
+        <x:v>8249.818</x:v>
+      </x:c>
+      <x:c r="E335" s="0">
+        <x:v>7886.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="336" spans="1:5">
+      <x:c r="A336" s="1">
+        <x:v>45793.7569675926</x:v>
+      </x:c>
+      <x:c r="B336" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C336" s="0">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="D336" s="0">
+        <x:v>8281.024</x:v>
+      </x:c>
+      <x:c r="E336" s="0">
+        <x:v>7886.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="337" spans="1:5">
+      <x:c r="A337" s="1">
+        <x:v>45792.7607638889</x:v>
+      </x:c>
+      <x:c r="B337" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C337" s="0">
+        <x:v>0.85</x:v>
+      </x:c>
+      <x:c r="D337" s="0">
+        <x:v>8245.681</x:v>
+      </x:c>
+      <x:c r="E337" s="0">
+        <x:v>7853.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="338" spans="1:5">
+      <x:c r="A338" s="1">
+        <x:v>45792.3633101852</x:v>
+      </x:c>
+      <x:c r="B338" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C338" s="0">
+        <x:v>0.88</x:v>
+      </x:c>
+      <x:c r="D338" s="0">
+        <x:v>8228.167</x:v>
+      </x:c>
+      <x:c r="E338" s="0">
+        <x:v>7836.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="339" spans="1:5">
+      <x:c r="A339" s="1">
+        <x:v>45791.7641666667</x:v>
+      </x:c>
+      <x:c r="B339" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C339" s="0">
+        <x:v>0.88</x:v>
+      </x:c>
+      <x:c r="D339" s="0">
+        <x:v>8228.63</x:v>
+      </x:c>
+      <x:c r="E339" s="0">
+        <x:v>7836.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="340" spans="1:5">
+      <x:c r="A340" s="1">
+        <x:v>45790.7569560185</x:v>
+      </x:c>
+      <x:c r="B340" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C340" s="0">
+        <x:v>0.82</x:v>
+      </x:c>
+      <x:c r="D340" s="0">
+        <x:v>8257.589</x:v>
+      </x:c>
+      <x:c r="E340" s="0">
+        <x:v>7873.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="341" spans="1:5">
+      <x:c r="A341" s="1">
+        <x:v>45790.3104050926</x:v>
+      </x:c>
+      <x:c r="B341" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C341" s="0">
+        <x:v>0.88</x:v>
+      </x:c>
+      <x:c r="D341" s="0">
+        <x:v>8232.673</x:v>
+      </x:c>
+      <x:c r="E341" s="0">
+        <x:v>7850.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="342" spans="1:5">
+      <x:c r="A342" s="1">
+        <x:v>45789.7604166667</x:v>
+      </x:c>
+      <x:c r="B342" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C342" s="0">
+        <x:v>0.88</x:v>
+      </x:c>
+      <x:c r="D342" s="0">
+        <x:v>8218.531</x:v>
+      </x:c>
+      <x:c r="E342" s="0">
+        <x:v>7850.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="343" spans="1:5">
+      <x:c r="A343" s="1">
+        <x:v>45789.3140509259</x:v>
+      </x:c>
+      <x:c r="B343" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C343" s="0">
+        <x:v>1.17</x:v>
+      </x:c>
+      <x:c r="D343" s="0">
+        <x:v>8106.863</x:v>
+      </x:c>
+      <x:c r="E343" s="0">
+        <x:v>7743.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="344" spans="1:5">
+      <x:c r="A344" s="1">
+        <x:v>45786.7590277778</x:v>
+      </x:c>
+      <x:c r="B344" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C344" s="0">
+        <x:v>1.17</x:v>
+      </x:c>
+      <x:c r="D344" s="0">
+        <x:v>8130.938</x:v>
+      </x:c>
+      <x:c r="E344" s="0">
+        <x:v>7743.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="345" spans="1:5">
+      <x:c r="A345" s="1">
+        <x:v>45785.757662037</x:v>
+      </x:c>
+      <x:c r="B345" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C345" s="0">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="D345" s="0">
+        <x:v>8075.313</x:v>
+      </x:c>
+      <x:c r="E345" s="0">
+        <x:v>7694.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="346" spans="1:5">
+      <x:c r="A346" s="1">
+        <x:v>45785.3333680556</x:v>
+      </x:c>
+      <x:c r="B346" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C346" s="0">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="D346" s="0">
+        <x:v>8004.333</x:v>
+      </x:c>
+      <x:c r="E346" s="0">
+        <x:v>7626.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="347" spans="1:5">
+      <x:c r="A347" s="1">
+        <x:v>45784.7685300926</x:v>
+      </x:c>
+      <x:c r="B347" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C347" s="0">
+        <x:v>1.51</x:v>
+      </x:c>
+      <x:c r="D347" s="0">
+        <x:v>8002.588</x:v>
+      </x:c>
+      <x:c r="E347" s="0">
+        <x:v>7626.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="348" spans="1:5">
+      <x:c r="A348" s="1">
+        <x:v>45784.3171759259</x:v>
+      </x:c>
+      <x:c r="B348" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C348" s="0">
+        <x:v>1.34</x:v>
+      </x:c>
+      <x:c r="D348" s="0">
+        <x:v>8076.172</x:v>
+      </x:c>
+      <x:c r="E348" s="0">
+        <x:v>7696.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="349" spans="1:5">
+      <x:c r="A349" s="1">
+        <x:v>45783.7975578704</x:v>
+      </x:c>
+      <x:c r="B349" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C349" s="0">
+        <x:v>1.34</x:v>
+      </x:c>
+      <x:c r="D349" s="0">
+        <x:v>8081.766</x:v>
+      </x:c>
+      <x:c r="E349" s="0">
+        <x:v>7696.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="350" spans="1:5">
+      <x:c r="A350" s="1">
+        <x:v>45783.7611458333</x:v>
+      </x:c>
+      <x:c r="B350" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C350" s="0">
+        <x:v>1.34</x:v>
+      </x:c>
+      <x:c r="D350" s="0">
+        <x:v>8081.766</x:v>
+      </x:c>
+      <x:c r="E350" s="0">
+        <x:v>7696.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="351" spans="1:5">
+      <x:c r="A351" s="1">
+        <x:v>45782.7990856481</x:v>
+      </x:c>
+      <x:c r="B351" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C351" s="0">
+        <x:v>1.27</x:v>
+      </x:c>
+      <x:c r="D351" s="0">
+        <x:v>8078.204</x:v>
+      </x:c>
+      <x:c r="E351" s="0">
+        <x:v>7727.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="352" spans="1:5">
+      <x:c r="A352" s="1">
+        <x:v>45782.7613310185</x:v>
+      </x:c>
+      <x:c r="B352" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C352" s="0">
+        <x:v>1.27</x:v>
+      </x:c>
+      <x:c r="D352" s="0">
+        <x:v>8078.204</x:v>
+      </x:c>
+      <x:c r="E352" s="0">
+        <x:v>7727.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="353" spans="1:5">
+      <x:c r="A353" s="1">
+        <x:v>45782.3304513889</x:v>
+      </x:c>
+      <x:c r="B353" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C353" s="0">
+        <x:v>1.23</x:v>
+      </x:c>
+      <x:c r="D353" s="0">
+        <x:v>8122.882</x:v>
+      </x:c>
+      <x:c r="E353" s="0">
+        <x:v>7770.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="354" spans="1:5">
+      <x:c r="A354" s="1">
+        <x:v>45779.7593402778</x:v>
+      </x:c>
+      <x:c r="B354" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C354" s="0">
+        <x:v>1.25</x:v>
+      </x:c>
+      <x:c r="D354" s="0">
+        <x:v>8159.004</x:v>
+      </x:c>
+      <x:c r="E354" s="0">
+        <x:v>7770.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="355" spans="1:5">
+      <x:c r="A355" s="1">
+        <x:v>45777.7615046296</x:v>
+      </x:c>
+      <x:c r="B355" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C355" s="0">
+        <x:v>1.92</x:v>
+      </x:c>
+      <x:c r="D355" s="0">
+        <x:v>7973.564</x:v>
+      </x:c>
+      <x:c r="E355" s="0">
+        <x:v>7593.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="356" spans="1:5">
+      <x:c r="A356" s="1">
+        <x:v>45776.7598726852</x:v>
+      </x:c>
+      <x:c r="B356" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C356" s="0">
+        <x:v>2.07</x:v>
+      </x:c>
+      <x:c r="D356" s="0">
+        <x:v>7933.664</x:v>
+      </x:c>
+      <x:c r="E356" s="0">
+        <x:v>7555.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="357" spans="1:5">
+      <x:c r="A357" s="1">
         <x:v>45775.760162037</x:v>
       </x:c>
-      <x:c r="B317" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C317" s="0">
+      <x:c r="B357" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C357" s="0">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="D317" s="0">
+      <x:c r="D357" s="0">
         <x:v>7952.448</x:v>
       </x:c>
-      <x:c r="E317" s="0">
+      <x:c r="E357" s="0">
         <x:v>7573.76</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>