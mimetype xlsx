--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,78 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra91808691fff4412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f59722c07ee4094b6b6710fb3d5b508.psmdcp" Id="R499446ccbddc4dad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b5b2a4ee8584e2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/44af1ef2fc6b4a12b86236f6d485af3e.psmdcp" Id="Rcac9bc3f110e40ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP093LG1</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
     <x:t>Reset type</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Cash value </x:t>
   </x:si>
   <x:si>
     <x:t>Reset threshold</x:t>
   </x:si>
   <x:si>
     <x:t>Reference price (last reset)</x:t>
   </x:si>
   <x:si>
     <x:t>End of day</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intraday</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="164" formatCode="dd-MM-yyyy HH:mm"/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
@@ -390,1950 +393,2256 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E112"/>
+  <x:dimension ref="A1:E130"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45938.8822453704</x:v>
+        <x:v>45961.8246875</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>3.733</x:v>
+        <x:v>4.619</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>3.333</x:v>
+        <x:v>4.124</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45937.8661689815</x:v>
+        <x:v>45960.8236111111</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>3.918</x:v>
+        <x:v>4.431</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>3.498</x:v>
+        <x:v>3.956</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45936.8652314815</x:v>
+        <x:v>45959.8254166667</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>3.76</x:v>
+        <x:v>4.273</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>3.357</x:v>
+        <x:v>3.815</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45933.8651041667</x:v>
+        <x:v>45958.8260763889</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>3.723</x:v>
+        <x:v>4.331</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>3.324</x:v>
+        <x:v>3.867</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45932.866087963</x:v>
+        <x:v>45957.8239236111</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>3.855</x:v>
+        <x:v>4.477</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>3.442</x:v>
+        <x:v>3.997</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45931.866400463</x:v>
+        <x:v>45954.8654050926</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>3.893</x:v>
+        <x:v>4.474</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>3.476</x:v>
+        <x:v>3.995</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45930.8652893519</x:v>
+        <x:v>45953.8697337963</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>3.699</x:v>
+        <x:v>4.516</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>3.303</x:v>
+        <x:v>3.344</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45929.86875</x:v>
+        <x:v>45952.883587963</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>3.659</x:v>
+        <x:v>3.864</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>3.267</x:v>
+        <x:v>3.45</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45926.8649537037</x:v>
+        <x:v>45951.8713310185</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1.39</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>3.591</x:v>
+        <x:v>3.891</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>3.206</x:v>
+        <x:v>3.474</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45925.8660300926</x:v>
+        <x:v>45950.8678009259</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>1.42</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>3.578</x:v>
+        <x:v>3.805</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>3.195</x:v>
+        <x:v>3.397</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45924.8664467593</x:v>
+        <x:v>45950.8213078704</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>1.65</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>3.509</x:v>
+        <x:v>3.773</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>3.133</x:v>
+        <x:v>3.369</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45923.8744212963</x:v>
+        <x:v>45947.8653587963</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1.62</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>3.517</x:v>
+        <x:v>3.369</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>3.14</x:v>
+        <x:v>3.008</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45922.8813425926</x:v>
+        <x:v>45946.8650347222</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1.8</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>3.469</x:v>
+        <x:v>3.291</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>2.806</x:v>
+        <x:v>2.938</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45919.8706018518</x:v>
+        <x:v>45945.8694328704</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>1.5</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>3.235</x:v>
+        <x:v>3.378</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>2.888</x:v>
+        <x:v>3.016</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45918.8680439815</x:v>
+        <x:v>45944.8749189815</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>3.292</x:v>
+        <x:v>3.391</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>2.939</x:v>
+        <x:v>3.028</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45917.8672453704</x:v>
+        <x:v>45943.8712962963</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.98</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>3.472</x:v>
+        <x:v>3.492</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>3.1</x:v>
+        <x:v>3.118</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45916.8748611111</x:v>
+        <x:v>45940.8681481481</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.98</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>3.475</x:v>
+        <x:v>3.479</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>3.103</x:v>
+        <x:v>3.106</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45915.8847569444</x:v>
+        <x:v>45939.8649884259</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>3.408</x:v>
+        <x:v>3.661</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>3.043</x:v>
+        <x:v>3.269</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45912.8690393519</x:v>
+        <x:v>45938.8822453704</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>1.5</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>3.294</x:v>
+        <x:v>3.733</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>2.941</x:v>
+        <x:v>3.333</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45911.8677199074</x:v>
+        <x:v>45937.8661689815</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>1.52</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>3.286</x:v>
+        <x:v>3.918</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>2.934</x:v>
+        <x:v>3.498</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45910.8673726852</x:v>
+        <x:v>45936.8652314815</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>1.25</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>3.392</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>3.029</x:v>
+        <x:v>3.357</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45909.8653587963</x:v>
+        <x:v>45933.8651041667</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>1.04</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>3.491</x:v>
+        <x:v>3.723</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>3.117</x:v>
+        <x:v>3.324</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45908.8660532407</x:v>
+        <x:v>45932.866087963</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>3.461</x:v>
+        <x:v>3.855</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>3.09</x:v>
+        <x:v>3.442</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45905.8690740741</x:v>
+        <x:v>45931.866400463</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>1.23</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>3.414</x:v>
+        <x:v>3.893</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>3.048</x:v>
+        <x:v>3.476</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45904.8654861111</x:v>
+        <x:v>45930.8652893519</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>1.16</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>3.443</x:v>
+        <x:v>3.699</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>3.074</x:v>
+        <x:v>3.303</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45903.8712037037</x:v>
+        <x:v>45929.86875</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>1.19</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>3.432</x:v>
+        <x:v>3.659</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>3.064</x:v>
+        <x:v>3.267</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45902.8909606481</x:v>
+        <x:v>45926.8649537037</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>1.37</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>3.37</x:v>
+        <x:v>3.591</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>3.009</x:v>
+        <x:v>3.206</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45898.8672685185</x:v>
+        <x:v>45925.8660300926</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>3.357</x:v>
+        <x:v>3.578</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>2.997</x:v>
+        <x:v>3.195</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45897.8709953704</x:v>
+        <x:v>45924.8664467593</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>3.297</x:v>
+        <x:v>3.509</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>2.944</x:v>
+        <x:v>3.133</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45896.8696412037</x:v>
+        <x:v>45923.8744212963</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>3.232</x:v>
+        <x:v>3.517</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>2.886</x:v>
+        <x:v>3.14</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45895.8668981481</x:v>
+        <x:v>45922.8813425926</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>2.47</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>3.125</x:v>
+        <x:v>3.469</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>2.79</x:v>
+        <x:v>2.806</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45894.8657291667</x:v>
+        <x:v>45919.8706018518</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>2.37</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>3.144</x:v>
+        <x:v>3.235</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>2.807</x:v>
+        <x:v>2.888</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45891.8697337963</x:v>
+        <x:v>45918.8680439815</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>2.42</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>3.136</x:v>
+        <x:v>3.292</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>2.8</x:v>
+        <x:v>2.939</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45890.8866087963</x:v>
+        <x:v>45917.8672453704</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>1.9</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>3.264</x:v>
+        <x:v>3.472</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>2.826</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45889.8663425926</x:v>
+        <x:v>45916.8748611111</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>2.34</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>3.082</x:v>
+        <x:v>3.475</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>2.752</x:v>
+        <x:v>3.103</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45888.8672569444</x:v>
+        <x:v>45915.8847569444</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>3.098</x:v>
+        <x:v>3.408</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>2.766</x:v>
+        <x:v>3.043</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45887.8664814815</x:v>
+        <x:v>45912.8690393519</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>3.237</x:v>
+        <x:v>3.294</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>2.89</x:v>
+        <x:v>2.941</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45884.8646643519</x:v>
+        <x:v>45911.8677199074</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>1.64</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>3.266</x:v>
+        <x:v>3.286</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>2.916</x:v>
+        <x:v>2.934</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45883.8844097222</x:v>
+        <x:v>45910.8673726852</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>2.01</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>3.182</x:v>
+        <x:v>3.392</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>2.841</x:v>
+        <x:v>3.029</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45882.8657407407</x:v>
+        <x:v>45909.8653587963</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>3.167</x:v>
+        <x:v>3.491</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>2.828</x:v>
+        <x:v>3.117</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45881.8655324074</x:v>
+        <x:v>45908.8660532407</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>2.18</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>3.145</x:v>
+        <x:v>3.461</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>2.808</x:v>
+        <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45880.8651967593</x:v>
+        <x:v>45905.8690740741</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>1.62</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>3.308</x:v>
+        <x:v>3.414</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>2.954</x:v>
+        <x:v>3.048</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45877.8672800926</x:v>
+        <x:v>45904.8654861111</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>1.5</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>3.349</x:v>
+        <x:v>3.443</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>2.99</x:v>
+        <x:v>3.074</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45876.8650462963</x:v>
+        <x:v>45903.8712037037</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>1.27</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>3.435</x:v>
+        <x:v>3.432</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>3.067</x:v>
+        <x:v>3.064</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45875.867650463</x:v>
+        <x:v>45902.8909606481</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>3.446</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>3.077</x:v>
+        <x:v>3.009</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45874.86875</x:v>
+        <x:v>45898.8672685185</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>1.48</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>3.371</x:v>
+        <x:v>3.357</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>3.01</x:v>
+        <x:v>2.997</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45873.8649768519</x:v>
+        <x:v>45897.8709953704</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>1.82</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>3.284</x:v>
+        <x:v>3.297</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>2.932</x:v>
+        <x:v>2.944</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45870.8694675926</x:v>
+        <x:v>45896.8696412037</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>1.35</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>3.453</x:v>
+        <x:v>3.232</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>3.083</x:v>
+        <x:v>2.886</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45869.8816898148</x:v>
+        <x:v>45895.8668981481</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>1.29</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>3.479</x:v>
+        <x:v>3.125</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>3.106</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45868.871099537</x:v>
+        <x:v>45894.8657291667</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>1.5</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>3.41</x:v>
+        <x:v>3.144</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>3.045</x:v>
+        <x:v>2.807</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45867.8666319444</x:v>
+        <x:v>45891.8697337963</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>1.23</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>3.519</x:v>
+        <x:v>3.136</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>3.142</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45866.8688194444</x:v>
+        <x:v>45890.8866087963</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>1.49</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>3.434</x:v>
+        <x:v>3.264</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>3.066</x:v>
+        <x:v>2.826</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45863.8652083333</x:v>
+        <x:v>45889.8663425926</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>1.24</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>3.537</x:v>
+        <x:v>3.082</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>3.158</x:v>
+        <x:v>2.752</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45862.8678587963</x:v>
+        <x:v>45888.8672569444</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>1.27</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>3.525</x:v>
+        <x:v>3.098</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>3.147</x:v>
+        <x:v>2.766</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45861.8655671296</x:v>
+        <x:v>45887.8664814815</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>1.36</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>3.493</x:v>
+        <x:v>3.237</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>3.077</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45860.8818287037</x:v>
+        <x:v>45884.8646643519</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.98</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>3.642</x:v>
+        <x:v>3.266</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>3.252</x:v>
+        <x:v>2.916</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45859.8722685185</x:v>
+        <x:v>45883.8844097222</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.85</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>3.724</x:v>
+        <x:v>3.182</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>3.325</x:v>
+        <x:v>2.841</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45856.8656365741</x:v>
+        <x:v>45882.8657407407</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.58</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>3.993</x:v>
+        <x:v>3.167</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>3.565</x:v>
+        <x:v>2.828</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45855.8661805556</x:v>
+        <x:v>45881.8655324074</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.61</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>3.967</x:v>
+        <x:v>3.145</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>3.542</x:v>
+        <x:v>2.808</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45854.8781481481</x:v>
+        <x:v>45880.8651967593</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.6</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>3.977</x:v>
+        <x:v>3.308</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>3.551</x:v>
+        <x:v>2.954</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45853.9071875</x:v>
+        <x:v>45877.8672800926</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.63</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>3.946</x:v>
+        <x:v>3.349</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>3.523</x:v>
+        <x:v>2.99</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45852.8674074074</x:v>
+        <x:v>45876.8650462963</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.72</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>3.882</x:v>
+        <x:v>3.435</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>3.466</x:v>
+        <x:v>3.067</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45849.8680208333</x:v>
+        <x:v>45875.867650463</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>1.06</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>3.712</x:v>
+        <x:v>3.446</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>3.314</x:v>
+        <x:v>3.077</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45848.8850231481</x:v>
+        <x:v>45874.86875</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>1.01</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>3.737</x:v>
+        <x:v>3.371</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>3.337</x:v>
+        <x:v>3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45847.8677546296</x:v>
+        <x:v>45873.8649768519</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>1.38</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>3.6</x:v>
+        <x:v>3.284</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>3.214</x:v>
+        <x:v>2.932</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45846.8687384259</x:v>
+        <x:v>45870.8694675926</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>1.09</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>3.741</x:v>
+        <x:v>3.453</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>3.34</x:v>
+        <x:v>3.083</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45845.8721759259</x:v>
+        <x:v>45869.8816898148</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.95</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>3.821</x:v>
+        <x:v>3.479</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>3.412</x:v>
+        <x:v>3.106</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45841.8699074074</x:v>
+        <x:v>45868.871099537</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.96</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>3.818</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>3.409</x:v>
+        <x:v>3.045</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45840.8677314815</x:v>
+        <x:v>45867.8666319444</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.83</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>3.907</x:v>
+        <x:v>3.519</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>3.488</x:v>
+        <x:v>3.142</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45839.8663078704</x:v>
+        <x:v>45866.8688194444</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.97</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>3.825</x:v>
+        <x:v>3.434</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>3.415</x:v>
+        <x:v>3.066</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45838.8822337963</x:v>
+        <x:v>45863.8652083333</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.9</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>3.871</x:v>
+        <x:v>3.537</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>3.456</x:v>
+        <x:v>3.158</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45835.8668171296</x:v>
+        <x:v>45862.8678587963</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.59</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>4.188</x:v>
+        <x:v>3.525</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>3.739</x:v>
+        <x:v>3.147</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45834.8706134259</x:v>
+        <x:v>45861.8655671296</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>1.02</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>3.949</x:v>
+        <x:v>3.493</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>3.526</x:v>
+        <x:v>3.077</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45833.8763888889</x:v>
+        <x:v>45860.8818287037</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>3.997</x:v>
+        <x:v>3.642</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>3.569</x:v>
+        <x:v>3.252</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45832.8693634259</x:v>
+        <x:v>45859.8722685185</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>4.094</x:v>
+        <x:v>3.724</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>3.655</x:v>
+        <x:v>3.325</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45831.8656597222</x:v>
+        <x:v>45856.8656365741</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>4.267</x:v>
+        <x:v>3.993</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>3.81</x:v>
+        <x:v>3.565</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45828.8993055556</x:v>
+        <x:v>45855.8661805556</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>4.423</x:v>
+        <x:v>3.967</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>3.847</x:v>
+        <x:v>3.542</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45826.8721875</x:v>
+        <x:v>45854.8781481481</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>4.468</x:v>
+        <x:v>3.977</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>3.989</x:v>
+        <x:v>3.551</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45825.8656018519</x:v>
+        <x:v>45853.9071875</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>4.313</x:v>
+        <x:v>3.946</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>3.851</x:v>
+        <x:v>3.523</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45824.8653356481</x:v>
+        <x:v>45852.8674074074</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>4.198</x:v>
+        <x:v>3.882</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>3.748</x:v>
+        <x:v>3.466</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45821.8736226852</x:v>
+        <x:v>45849.8680208333</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.99</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>4.011</x:v>
+        <x:v>3.712</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>3.581</x:v>
+        <x:v>3.314</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45820.8652314815</x:v>
+        <x:v>45848.8850231481</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>3.911</x:v>
+        <x:v>3.737</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>3.492</x:v>
+        <x:v>3.337</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45819.8744328704</x:v>
+        <x:v>45847.8677546296</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>1.17</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>3.928</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>3.507</x:v>
+        <x:v>3.214</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45818.8662037037</x:v>
+        <x:v>45846.8687384259</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>1.11</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>3.957</x:v>
+        <x:v>3.741</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>3.533</x:v>
+        <x:v>3.34</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45817.8646643519</x:v>
+        <x:v>45845.8721759259</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>4.071</x:v>
+        <x:v>3.821</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>3.635</x:v>
+        <x:v>3.412</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45814.8664699074</x:v>
+        <x:v>45841.8699074074</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>4.238</x:v>
+        <x:v>3.818</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>3.784</x:v>
+        <x:v>3.409</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45813.8699074074</x:v>
+        <x:v>45840.8677314815</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>4.118</x:v>
+        <x:v>3.907</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>3.677</x:v>
+        <x:v>3.488</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45812.868275463</x:v>
+        <x:v>45839.8663078704</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>4.162</x:v>
+        <x:v>3.825</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>3.716</x:v>
+        <x:v>3.415</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45811.8941782407</x:v>
+        <x:v>45838.8822337963</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>4.169</x:v>
+        <x:v>3.871</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>3.722</x:v>
+        <x:v>3.456</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45811.8794791667</x:v>
+        <x:v>45835.8668171296</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>4.169</x:v>
+        <x:v>4.188</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>3.722</x:v>
+        <x:v>3.739</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45810.8809953704</x:v>
+        <x:v>45834.8706134259</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.89</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>4.137</x:v>
+        <x:v>3.949</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>3.694</x:v>
+        <x:v>3.526</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45800.8680902778</x:v>
+        <x:v>45833.8763888889</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>4.172</x:v>
+        <x:v>3.997</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>3.725</x:v>
+        <x:v>3.569</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45799.8653240741</x:v>
+        <x:v>45832.8693634259</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>1.35</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>4.076</x:v>
+        <x:v>4.094</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>3.639</x:v>
+        <x:v>3.655</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45798.8682986111</x:v>
+        <x:v>45831.8656597222</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>4.185</x:v>
+        <x:v>4.267</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>3.368</x:v>
+        <x:v>3.81</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45797.8646180556</x:v>
+        <x:v>45828.8993055556</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>1.02</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>3.838</x:v>
+        <x:v>4.423</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>3.427</x:v>
+        <x:v>3.847</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45796.8686226852</x:v>
+        <x:v>45826.8721875</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>3.47</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>3.487</x:v>
+        <x:v>4.468</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>3.113</x:v>
+        <x:v>3.989</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45793.8666087963</x:v>
+        <x:v>45825.8656018519</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>2.37</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>3.734</x:v>
+        <x:v>4.313</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>3.334</x:v>
+        <x:v>3.851</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45792.8656365741</x:v>
+        <x:v>45824.8653356481</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>2.24</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>3.765</x:v>
+        <x:v>4.198</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>3.362</x:v>
+        <x:v>3.748</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45791.8649537037</x:v>
+        <x:v>45821.8736226852</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>1.78</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>3.911</x:v>
+        <x:v>4.011</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>3.492</x:v>
+        <x:v>3.581</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45790.8660532407</x:v>
+        <x:v>45820.8652314815</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>1.37</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>4.085</x:v>
+        <x:v>3.911</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>3.647</x:v>
+        <x:v>3.492</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45789.8657060185</x:v>
+        <x:v>45819.8744328704</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>1.37</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>4.084</x:v>
+        <x:v>3.928</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>3.646</x:v>
+        <x:v>3.507</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45786.8665625</x:v>
+        <x:v>45818.8662037037</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>1.08</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>4.25</x:v>
+        <x:v>3.957</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>3.795</x:v>
+        <x:v>3.533</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45785.8673842593</x:v>
+        <x:v>45817.8646643519</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>1.78</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>4.023</x:v>
+        <x:v>4.071</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>3.592</x:v>
+        <x:v>3.635</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45784.8969907407</x:v>
+        <x:v>45814.8664699074</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>1.69</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>4.056</x:v>
+        <x:v>4.238</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>3.621</x:v>
+        <x:v>3.784</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45784.8788773148</x:v>
+        <x:v>45813.8699074074</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>1.69</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>4.056</x:v>
+        <x:v>4.118</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>3.621</x:v>
+        <x:v>3.677</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45783.8846990741</x:v>
+        <x:v>45812.868275463</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>2.48</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>3.879</x:v>
+        <x:v>4.162</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>3.463</x:v>
+        <x:v>3.716</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45783.8689699074</x:v>
+        <x:v>45811.8941782407</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>2.48</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>3.879</x:v>
+        <x:v>4.169</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>3.463</x:v>
+        <x:v>3.722</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45777.8675</x:v>
+        <x:v>45811.8794791667</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>5.11</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>3.725</x:v>
+        <x:v>4.169</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>3.326</x:v>
+        <x:v>3.722</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45776.8678009259</x:v>
+        <x:v>45810.8809953704</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>4.55</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>3.792</x:v>
+        <x:v>4.137</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>3.386</x:v>
+        <x:v>3.694</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
+        <x:v>45800.8680902778</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C112" s="0">
+        <x:v>1.13</x:v>
+      </x:c>
+      <x:c r="D112" s="0">
+        <x:v>4.172</x:v>
+      </x:c>
+      <x:c r="E112" s="0">
+        <x:v>3.725</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:5">
+      <x:c r="A113" s="1">
+        <x:v>45799.8653240741</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C113" s="0">
+        <x:v>1.35</x:v>
+      </x:c>
+      <x:c r="D113" s="0">
+        <x:v>4.076</x:v>
+      </x:c>
+      <x:c r="E113" s="0">
+        <x:v>3.639</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:5">
+      <x:c r="A114" s="1">
+        <x:v>45798.8682986111</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C114" s="0">
+        <x:v>1.14</x:v>
+      </x:c>
+      <x:c r="D114" s="0">
+        <x:v>4.185</x:v>
+      </x:c>
+      <x:c r="E114" s="0">
+        <x:v>3.368</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:5">
+      <x:c r="A115" s="1">
+        <x:v>45797.8646180556</x:v>
+      </x:c>
+      <x:c r="B115" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C115" s="0">
+        <x:v>1.02</x:v>
+      </x:c>
+      <x:c r="D115" s="0">
+        <x:v>3.838</x:v>
+      </x:c>
+      <x:c r="E115" s="0">
+        <x:v>3.427</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:5">
+      <x:c r="A116" s="1">
+        <x:v>45796.8686226852</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C116" s="0">
+        <x:v>3.47</x:v>
+      </x:c>
+      <x:c r="D116" s="0">
+        <x:v>3.487</x:v>
+      </x:c>
+      <x:c r="E116" s="0">
+        <x:v>3.113</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:5">
+      <x:c r="A117" s="1">
+        <x:v>45793.8666087963</x:v>
+      </x:c>
+      <x:c r="B117" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C117" s="0">
+        <x:v>2.37</x:v>
+      </x:c>
+      <x:c r="D117" s="0">
+        <x:v>3.734</x:v>
+      </x:c>
+      <x:c r="E117" s="0">
+        <x:v>3.334</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:5">
+      <x:c r="A118" s="1">
+        <x:v>45792.8656365741</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C118" s="0">
+        <x:v>2.24</x:v>
+      </x:c>
+      <x:c r="D118" s="0">
+        <x:v>3.765</x:v>
+      </x:c>
+      <x:c r="E118" s="0">
+        <x:v>3.362</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:5">
+      <x:c r="A119" s="1">
+        <x:v>45791.8649537037</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C119" s="0">
+        <x:v>1.78</x:v>
+      </x:c>
+      <x:c r="D119" s="0">
+        <x:v>3.911</x:v>
+      </x:c>
+      <x:c r="E119" s="0">
+        <x:v>3.492</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:5">
+      <x:c r="A120" s="1">
+        <x:v>45790.8660532407</x:v>
+      </x:c>
+      <x:c r="B120" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C120" s="0">
+        <x:v>1.37</x:v>
+      </x:c>
+      <x:c r="D120" s="0">
+        <x:v>4.085</x:v>
+      </x:c>
+      <x:c r="E120" s="0">
+        <x:v>3.647</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:5">
+      <x:c r="A121" s="1">
+        <x:v>45789.8657060185</x:v>
+      </x:c>
+      <x:c r="B121" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C121" s="0">
+        <x:v>1.37</x:v>
+      </x:c>
+      <x:c r="D121" s="0">
+        <x:v>4.084</x:v>
+      </x:c>
+      <x:c r="E121" s="0">
+        <x:v>3.646</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:5">
+      <x:c r="A122" s="1">
+        <x:v>45786.8665625</x:v>
+      </x:c>
+      <x:c r="B122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C122" s="0">
+        <x:v>1.08</x:v>
+      </x:c>
+      <x:c r="D122" s="0">
+        <x:v>4.25</x:v>
+      </x:c>
+      <x:c r="E122" s="0">
+        <x:v>3.795</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:5">
+      <x:c r="A123" s="1">
+        <x:v>45785.8673842593</x:v>
+      </x:c>
+      <x:c r="B123" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C123" s="0">
+        <x:v>1.78</x:v>
+      </x:c>
+      <x:c r="D123" s="0">
+        <x:v>4.023</x:v>
+      </x:c>
+      <x:c r="E123" s="0">
+        <x:v>3.592</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:5">
+      <x:c r="A124" s="1">
+        <x:v>45784.8969907407</x:v>
+      </x:c>
+      <x:c r="B124" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C124" s="0">
+        <x:v>1.69</x:v>
+      </x:c>
+      <x:c r="D124" s="0">
+        <x:v>4.056</x:v>
+      </x:c>
+      <x:c r="E124" s="0">
+        <x:v>3.621</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:5">
+      <x:c r="A125" s="1">
+        <x:v>45784.8788773148</x:v>
+      </x:c>
+      <x:c r="B125" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C125" s="0">
+        <x:v>1.69</x:v>
+      </x:c>
+      <x:c r="D125" s="0">
+        <x:v>4.056</x:v>
+      </x:c>
+      <x:c r="E125" s="0">
+        <x:v>3.621</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:5">
+      <x:c r="A126" s="1">
+        <x:v>45783.8846990741</x:v>
+      </x:c>
+      <x:c r="B126" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C126" s="0">
+        <x:v>2.48</x:v>
+      </x:c>
+      <x:c r="D126" s="0">
+        <x:v>3.879</x:v>
+      </x:c>
+      <x:c r="E126" s="0">
+        <x:v>3.463</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:5">
+      <x:c r="A127" s="1">
+        <x:v>45783.8689699074</x:v>
+      </x:c>
+      <x:c r="B127" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C127" s="0">
+        <x:v>2.48</x:v>
+      </x:c>
+      <x:c r="D127" s="0">
+        <x:v>3.879</x:v>
+      </x:c>
+      <x:c r="E127" s="0">
+        <x:v>3.463</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:5">
+      <x:c r="A128" s="1">
+        <x:v>45777.8675</x:v>
+      </x:c>
+      <x:c r="B128" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C128" s="0">
+        <x:v>5.11</x:v>
+      </x:c>
+      <x:c r="D128" s="0">
+        <x:v>3.725</x:v>
+      </x:c>
+      <x:c r="E128" s="0">
+        <x:v>3.326</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:5">
+      <x:c r="A129" s="1">
+        <x:v>45776.8678009259</x:v>
+      </x:c>
+      <x:c r="B129" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C129" s="0">
+        <x:v>4.55</x:v>
+      </x:c>
+      <x:c r="D129" s="0">
+        <x:v>3.792</x:v>
+      </x:c>
+      <x:c r="E129" s="0">
+        <x:v>3.386</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:5">
+      <x:c r="A130" s="1">
         <x:v>45775.8659722222</x:v>
       </x:c>
-      <x:c r="B112" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C112" s="0">
+      <x:c r="B130" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C130" s="0">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="D112" s="0">
+      <x:c r="D130" s="0">
         <x:v>3.744</x:v>
       </x:c>
-      <x:c r="E112" s="0">
+      <x:c r="E130" s="0">
         <x:v>3.343</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>