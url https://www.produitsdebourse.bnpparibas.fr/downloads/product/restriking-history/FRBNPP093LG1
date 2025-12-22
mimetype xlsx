--- v1 (2025-10-31)
+++ v2 (2025-12-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b5b2a4ee8584e2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/44af1ef2fc6b4a12b86236f6d485af3e.psmdcp" Id="Rcac9bc3f110e40ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb24e585f2fb248a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bc0c59f27aad41f498e2229023e3cef1.psmdcp" Id="Rd657528a1a544dfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP093LG1</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,2256 +393,2630 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E130"/>
+  <x:dimension ref="A1:E152"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45961.8246875</x:v>
+        <x:v>45995.872974537</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>4.619</x:v>
+        <x:v>5.671</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>4.124</x:v>
+        <x:v>5.063</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45960.8236111111</x:v>
+        <x:v>45994.8669675926</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>4.431</x:v>
+        <x:v>5.594</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>3.956</x:v>
+        <x:v>4.995</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45959.8254166667</x:v>
+        <x:v>45993.8649189815</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>4.273</x:v>
+        <x:v>5.421</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>3.815</x:v>
+        <x:v>4.84</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45958.8260763889</x:v>
+        <x:v>45992.8654976852</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>4.331</x:v>
+        <x:v>5.512</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>3.867</x:v>
+        <x:v>4.921</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45957.8239236111</x:v>
+        <x:v>45989.8774189815</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>4.477</x:v>
+        <x:v>5.432</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>3.997</x:v>
+        <x:v>4.85</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45954.8654050926</x:v>
+        <x:v>45987.8775925926</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>4.474</x:v>
+        <x:v>5.105</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>3.995</x:v>
+        <x:v>4.558</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45953.8697337963</x:v>
+        <x:v>45986.874375</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>4.516</x:v>
+        <x:v>5.019</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>3.344</x:v>
+        <x:v>4.481</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45952.883587963</x:v>
+        <x:v>45985.8708912037</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>3.864</x:v>
+        <x:v>5.233</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>3.45</x:v>
+        <x:v>4.672</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45951.8713310185</x:v>
+        <x:v>45982.8679166667</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>3.891</x:v>
+        <x:v>5.312</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>3.474</x:v>
+        <x:v>4.743</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45950.8678009259</x:v>
+        <x:v>45981.867650463</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>3.805</x:v>
+        <x:v>5.227</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>3.397</x:v>
+        <x:v>4.667</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45950.8213078704</x:v>
+        <x:v>45980.866712963</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>3.773</x:v>
+        <x:v>5.323</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>3.369</x:v>
+        <x:v>4.55</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45947.8653587963</x:v>
+        <x:v>45979.8891782407</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1.46</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>3.369</x:v>
+        <x:v>4.896</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>3.008</x:v>
+        <x:v>4.371</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45946.8650347222</x:v>
+        <x:v>45978.8654976852</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1.76</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>3.291</x:v>
+        <x:v>4.884</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>2.938</x:v>
+        <x:v>4.361</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45945.8694328704</x:v>
+        <x:v>45975.8663425926</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>1.49</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>3.378</x:v>
+        <x:v>5.114</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>3.016</x:v>
+        <x:v>4.566</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45944.8749189815</x:v>
+        <x:v>45974.8920833333</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>1.45</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>3.391</x:v>
+        <x:v>5.204</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>3.028</x:v>
+        <x:v>4.646</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45943.8712962963</x:v>
+        <x:v>45972.8743981481</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>3.492</x:v>
+        <x:v>5.113</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>3.118</x:v>
+        <x:v>4.565</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45940.8681481481</x:v>
+        <x:v>45971.8873148148</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>1.24</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>3.479</x:v>
+        <x:v>4.859</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>3.106</x:v>
+        <x:v>4.338</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45939.8649884259</x:v>
+        <x:v>45968.8685763889</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>3.661</x:v>
+        <x:v>4.833</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>3.269</x:v>
+        <x:v>4.315</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45938.8822453704</x:v>
+        <x:v>45967.8675231481</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>3.733</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>3.333</x:v>
+        <x:v>4.357</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45937.8661689815</x:v>
+        <x:v>45966.8767013889</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>3.918</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>3.498</x:v>
+        <x:v>4.232</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45936.8652314815</x:v>
+        <x:v>45965.8704976852</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>3.76</x:v>
+        <x:v>4.864</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>3.357</x:v>
+        <x:v>4.343</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45933.8651041667</x:v>
+        <x:v>45964.8653472222</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>3.723</x:v>
+        <x:v>4.778</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>3.324</x:v>
+        <x:v>4.266</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45932.866087963</x:v>
+        <x:v>45961.8246875</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>3.855</x:v>
+        <x:v>4.619</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>3.442</x:v>
+        <x:v>4.124</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45931.866400463</x:v>
+        <x:v>45960.8236111111</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>3.893</x:v>
+        <x:v>4.431</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>3.476</x:v>
+        <x:v>3.956</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45930.8652893519</x:v>
+        <x:v>45959.8254166667</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>3.699</x:v>
+        <x:v>4.273</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>3.303</x:v>
+        <x:v>3.815</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45929.86875</x:v>
+        <x:v>45958.8260763889</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>3.659</x:v>
+        <x:v>4.331</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>3.267</x:v>
+        <x:v>3.867</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45926.8649537037</x:v>
+        <x:v>45957.8239236111</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>1.39</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>3.591</x:v>
+        <x:v>4.477</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>3.206</x:v>
+        <x:v>3.997</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45925.8660300926</x:v>
+        <x:v>45954.8654050926</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>1.42</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>3.578</x:v>
+        <x:v>4.474</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>3.195</x:v>
+        <x:v>3.995</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45924.8664467593</x:v>
+        <x:v>45953.8697337963</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1.65</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>3.509</x:v>
+        <x:v>4.516</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>3.133</x:v>
+        <x:v>3.344</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45923.8744212963</x:v>
+        <x:v>45952.883587963</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>1.62</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>3.517</x:v>
+        <x:v>3.864</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>3.14</x:v>
+        <x:v>3.45</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45922.8813425926</x:v>
+        <x:v>45951.8713310185</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>1.8</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>3.469</x:v>
+        <x:v>3.891</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>2.806</x:v>
+        <x:v>3.474</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45919.8706018518</x:v>
+        <x:v>45950.8678009259</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>1.5</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>3.235</x:v>
+        <x:v>3.805</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>2.888</x:v>
+        <x:v>3.397</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45918.8680439815</x:v>
+        <x:v>45950.8213078704</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>1.34</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>3.292</x:v>
+        <x:v>3.773</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>2.939</x:v>
+        <x:v>3.369</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45917.8672453704</x:v>
+        <x:v>45947.8653587963</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.98</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>3.472</x:v>
+        <x:v>3.369</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>3.1</x:v>
+        <x:v>3.008</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45916.8748611111</x:v>
+        <x:v>45946.8650347222</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.98</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>3.475</x:v>
+        <x:v>3.291</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>3.103</x:v>
+        <x:v>2.938</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45915.8847569444</x:v>
+        <x:v>45945.8694328704</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>1.13</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>3.408</x:v>
+        <x:v>3.378</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>3.043</x:v>
+        <x:v>3.016</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45912.8690393519</x:v>
+        <x:v>45944.8749189815</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>1.5</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>3.294</x:v>
+        <x:v>3.391</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>2.941</x:v>
+        <x:v>3.028</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45911.8677199074</x:v>
+        <x:v>45943.8712962963</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>1.52</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>3.286</x:v>
+        <x:v>3.492</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>2.934</x:v>
+        <x:v>3.118</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45910.8673726852</x:v>
+        <x:v>45940.8681481481</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>3.392</x:v>
+        <x:v>3.479</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>3.029</x:v>
+        <x:v>3.106</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45909.8653587963</x:v>
+        <x:v>45939.8649884259</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>1.04</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>3.491</x:v>
+        <x:v>3.661</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>3.117</x:v>
+        <x:v>3.269</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45908.8660532407</x:v>
+        <x:v>45938.8822453704</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>3.461</x:v>
+        <x:v>3.733</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>3.09</x:v>
+        <x:v>3.333</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45905.8690740741</x:v>
+        <x:v>45937.8661689815</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>1.23</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>3.414</x:v>
+        <x:v>3.918</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>3.048</x:v>
+        <x:v>3.498</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45904.8654861111</x:v>
+        <x:v>45936.8652314815</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>3.443</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>3.074</x:v>
+        <x:v>3.357</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45903.8712037037</x:v>
+        <x:v>45933.8651041667</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>1.19</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>3.432</x:v>
+        <x:v>3.723</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>3.064</x:v>
+        <x:v>3.324</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45902.8909606481</x:v>
+        <x:v>45932.866087963</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>3.37</x:v>
+        <x:v>3.855</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>3.009</x:v>
+        <x:v>3.442</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45898.8672685185</x:v>
+        <x:v>45931.866400463</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>1.41</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>3.357</x:v>
+        <x:v>3.893</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>2.997</x:v>
+        <x:v>3.476</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45897.8709953704</x:v>
+        <x:v>45930.8652893519</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>3.297</x:v>
+        <x:v>3.699</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>2.944</x:v>
+        <x:v>3.303</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45896.8696412037</x:v>
+        <x:v>45929.86875</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>3.232</x:v>
+        <x:v>3.659</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>2.886</x:v>
+        <x:v>3.267</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45895.8668981481</x:v>
+        <x:v>45926.8649537037</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>2.47</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>3.125</x:v>
+        <x:v>3.591</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>2.79</x:v>
+        <x:v>3.206</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45894.8657291667</x:v>
+        <x:v>45925.8660300926</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>2.37</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>3.144</x:v>
+        <x:v>3.578</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>2.807</x:v>
+        <x:v>3.195</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45891.8697337963</x:v>
+        <x:v>45924.8664467593</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>2.42</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>3.136</x:v>
+        <x:v>3.509</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>2.8</x:v>
+        <x:v>3.133</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45890.8866087963</x:v>
+        <x:v>45923.8744212963</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>3.264</x:v>
+        <x:v>3.517</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>2.826</x:v>
+        <x:v>3.14</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45889.8663425926</x:v>
+        <x:v>45922.8813425926</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>2.34</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>3.082</x:v>
+        <x:v>3.469</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>2.752</x:v>
+        <x:v>2.806</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45888.8672569444</x:v>
+        <x:v>45919.8706018518</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>3.098</x:v>
+        <x:v>3.235</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>2.766</x:v>
+        <x:v>2.888</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45887.8664814815</x:v>
+        <x:v>45918.8680439815</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>3.237</x:v>
+        <x:v>3.292</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>2.89</x:v>
+        <x:v>2.939</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45884.8646643519</x:v>
+        <x:v>45917.8672453704</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>1.64</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>3.266</x:v>
+        <x:v>3.472</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>2.916</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45883.8844097222</x:v>
+        <x:v>45916.8748611111</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>2.01</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>3.182</x:v>
+        <x:v>3.475</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>2.841</x:v>
+        <x:v>3.103</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45882.8657407407</x:v>
+        <x:v>45915.8847569444</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>3.167</x:v>
+        <x:v>3.408</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>2.828</x:v>
+        <x:v>3.043</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45881.8655324074</x:v>
+        <x:v>45912.8690393519</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>2.18</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>3.145</x:v>
+        <x:v>3.294</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>2.808</x:v>
+        <x:v>2.941</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45880.8651967593</x:v>
+        <x:v>45911.8677199074</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>1.62</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>3.308</x:v>
+        <x:v>3.286</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>2.954</x:v>
+        <x:v>2.934</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45877.8672800926</x:v>
+        <x:v>45910.8673726852</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>1.5</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>3.349</x:v>
+        <x:v>3.392</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>2.99</x:v>
+        <x:v>3.029</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45876.8650462963</x:v>
+        <x:v>45909.8653587963</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>1.27</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>3.435</x:v>
+        <x:v>3.491</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>3.067</x:v>
+        <x:v>3.117</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45875.867650463</x:v>
+        <x:v>45908.8660532407</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>3.446</x:v>
+        <x:v>3.461</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>3.077</x:v>
+        <x:v>3.09</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45874.86875</x:v>
+        <x:v>45905.8690740741</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>1.48</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>3.371</x:v>
+        <x:v>3.414</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>3.01</x:v>
+        <x:v>3.048</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45873.8649768519</x:v>
+        <x:v>45904.8654861111</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>1.82</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>3.284</x:v>
+        <x:v>3.443</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>2.932</x:v>
+        <x:v>3.074</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45870.8694675926</x:v>
+        <x:v>45903.8712037037</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>1.35</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>3.453</x:v>
+        <x:v>3.432</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>3.083</x:v>
+        <x:v>3.064</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45869.8816898148</x:v>
+        <x:v>45902.8909606481</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>3.479</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>3.106</x:v>
+        <x:v>3.009</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45868.871099537</x:v>
+        <x:v>45898.8672685185</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>1.5</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>3.41</x:v>
+        <x:v>3.357</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>3.045</x:v>
+        <x:v>2.997</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45867.8666319444</x:v>
+        <x:v>45897.8709953704</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>1.23</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>3.519</x:v>
+        <x:v>3.297</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>3.142</x:v>
+        <x:v>2.944</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45866.8688194444</x:v>
+        <x:v>45896.8696412037</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>1.49</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>3.434</x:v>
+        <x:v>3.232</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>3.066</x:v>
+        <x:v>2.886</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45863.8652083333</x:v>
+        <x:v>45895.8668981481</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>1.24</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>3.537</x:v>
+        <x:v>3.125</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>3.158</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45862.8678587963</x:v>
+        <x:v>45894.8657291667</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>1.27</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>3.525</x:v>
+        <x:v>3.144</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>3.147</x:v>
+        <x:v>2.807</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45861.8655671296</x:v>
+        <x:v>45891.8697337963</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>1.36</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>3.493</x:v>
+        <x:v>3.136</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>3.077</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45860.8818287037</x:v>
+        <x:v>45890.8866087963</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.98</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>3.642</x:v>
+        <x:v>3.264</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>3.252</x:v>
+        <x:v>2.826</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45859.8722685185</x:v>
+        <x:v>45889.8663425926</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.85</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>3.724</x:v>
+        <x:v>3.082</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>3.325</x:v>
+        <x:v>2.752</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45856.8656365741</x:v>
+        <x:v>45888.8672569444</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.58</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>3.993</x:v>
+        <x:v>3.098</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>3.565</x:v>
+        <x:v>2.766</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45855.8661805556</x:v>
+        <x:v>45887.8664814815</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.61</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>3.967</x:v>
+        <x:v>3.237</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>3.542</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45854.8781481481</x:v>
+        <x:v>45884.8646643519</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.6</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>3.977</x:v>
+        <x:v>3.266</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>3.551</x:v>
+        <x:v>2.916</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45853.9071875</x:v>
+        <x:v>45883.8844097222</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.63</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>3.946</x:v>
+        <x:v>3.182</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>3.523</x:v>
+        <x:v>2.841</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45852.8674074074</x:v>
+        <x:v>45882.8657407407</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.72</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>3.882</x:v>
+        <x:v>3.167</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>3.466</x:v>
+        <x:v>2.828</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45849.8680208333</x:v>
+        <x:v>45881.8655324074</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>1.06</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>3.712</x:v>
+        <x:v>3.145</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>3.314</x:v>
+        <x:v>2.808</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45848.8850231481</x:v>
+        <x:v>45880.8651967593</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>1.01</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>3.737</x:v>
+        <x:v>3.308</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>3.337</x:v>
+        <x:v>2.954</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45847.8677546296</x:v>
+        <x:v>45877.8672800926</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>1.38</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>3.6</x:v>
+        <x:v>3.349</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>3.214</x:v>
+        <x:v>2.99</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45846.8687384259</x:v>
+        <x:v>45876.8650462963</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>1.09</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>3.741</x:v>
+        <x:v>3.435</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>3.34</x:v>
+        <x:v>3.067</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45845.8721759259</x:v>
+        <x:v>45875.867650463</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.95</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>3.821</x:v>
+        <x:v>3.446</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>3.412</x:v>
+        <x:v>3.077</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45841.8699074074</x:v>
+        <x:v>45874.86875</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.96</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>3.818</x:v>
+        <x:v>3.371</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>3.409</x:v>
+        <x:v>3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45840.8677314815</x:v>
+        <x:v>45873.8649768519</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.83</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>3.907</x:v>
+        <x:v>3.284</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>3.488</x:v>
+        <x:v>2.932</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45839.8663078704</x:v>
+        <x:v>45870.8694675926</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.97</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>3.825</x:v>
+        <x:v>3.453</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>3.415</x:v>
+        <x:v>3.083</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45838.8822337963</x:v>
+        <x:v>45869.8816898148</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.9</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>3.871</x:v>
+        <x:v>3.479</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>3.456</x:v>
+        <x:v>3.106</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45835.8668171296</x:v>
+        <x:v>45868.871099537</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.59</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>4.188</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>3.739</x:v>
+        <x:v>3.045</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45834.8706134259</x:v>
+        <x:v>45867.8666319444</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>1.02</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>3.949</x:v>
+        <x:v>3.519</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>3.526</x:v>
+        <x:v>3.142</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45833.8763888889</x:v>
+        <x:v>45866.8688194444</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.94</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>3.997</x:v>
+        <x:v>3.434</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>3.569</x:v>
+        <x:v>3.066</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45832.8693634259</x:v>
+        <x:v>45863.8652083333</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.81</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>4.094</x:v>
+        <x:v>3.537</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>3.655</x:v>
+        <x:v>3.158</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45831.8656597222</x:v>
+        <x:v>45862.8678587963</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.63</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>4.267</x:v>
+        <x:v>3.525</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>3.81</x:v>
+        <x:v>3.147</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45828.8993055556</x:v>
+        <x:v>45861.8655671296</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.5</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>4.423</x:v>
+        <x:v>3.493</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>3.847</x:v>
+        <x:v>3.077</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45826.8721875</x:v>
+        <x:v>45860.8818287037</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>4.468</x:v>
+        <x:v>3.642</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>3.989</x:v>
+        <x:v>3.252</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45825.8656018519</x:v>
+        <x:v>45859.8722685185</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>4.313</x:v>
+        <x:v>3.724</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>3.851</x:v>
+        <x:v>3.325</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45824.8653356481</x:v>
+        <x:v>45856.8656365741</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>4.198</x:v>
+        <x:v>3.993</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>3.748</x:v>
+        <x:v>3.565</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45821.8736226852</x:v>
+        <x:v>45855.8661805556</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>4.011</x:v>
+        <x:v>3.967</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>3.581</x:v>
+        <x:v>3.542</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45820.8652314815</x:v>
+        <x:v>45854.8781481481</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>3.911</x:v>
+        <x:v>3.977</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>3.492</x:v>
+        <x:v>3.551</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45819.8744328704</x:v>
+        <x:v>45853.9071875</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>3.928</x:v>
+        <x:v>3.946</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>3.507</x:v>
+        <x:v>3.523</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45818.8662037037</x:v>
+        <x:v>45852.8674074074</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>3.957</x:v>
+        <x:v>3.882</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>3.533</x:v>
+        <x:v>3.466</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45817.8646643519</x:v>
+        <x:v>45849.8680208333</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.93</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>4.071</x:v>
+        <x:v>3.712</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>3.635</x:v>
+        <x:v>3.314</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45814.8664699074</x:v>
+        <x:v>45848.8850231481</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.73</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>4.238</x:v>
+        <x:v>3.737</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>3.784</x:v>
+        <x:v>3.337</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45813.8699074074</x:v>
+        <x:v>45847.8677546296</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>4.118</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>3.677</x:v>
+        <x:v>3.214</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45812.868275463</x:v>
+        <x:v>45846.8687384259</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.86</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>4.162</x:v>
+        <x:v>3.741</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>3.716</x:v>
+        <x:v>3.34</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45811.8941782407</x:v>
+        <x:v>45845.8721759259</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>4.169</x:v>
+        <x:v>3.821</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>3.722</x:v>
+        <x:v>3.412</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45811.8794791667</x:v>
+        <x:v>45841.8699074074</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>4.169</x:v>
+        <x:v>3.818</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>3.722</x:v>
+        <x:v>3.409</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45810.8809953704</x:v>
+        <x:v>45840.8677314815</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>4.137</x:v>
+        <x:v>3.907</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>3.694</x:v>
+        <x:v>3.488</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45800.8680902778</x:v>
+        <x:v>45839.8663078704</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>4.172</x:v>
+        <x:v>3.825</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>3.725</x:v>
+        <x:v>3.415</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45799.8653240741</x:v>
+        <x:v>45838.8822337963</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>1.35</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>4.076</x:v>
+        <x:v>3.871</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>3.639</x:v>
+        <x:v>3.456</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45798.8682986111</x:v>
+        <x:v>45835.8668171296</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>4.185</x:v>
+        <x:v>4.188</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>3.368</x:v>
+        <x:v>3.739</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45797.8646180556</x:v>
+        <x:v>45834.8706134259</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
         <x:v>1.02</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>3.838</x:v>
+        <x:v>3.949</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>3.427</x:v>
+        <x:v>3.526</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45796.8686226852</x:v>
+        <x:v>45833.8763888889</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>3.47</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>3.487</x:v>
+        <x:v>3.997</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>3.113</x:v>
+        <x:v>3.569</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45793.8666087963</x:v>
+        <x:v>45832.8693634259</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>2.37</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>3.734</x:v>
+        <x:v>4.094</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>3.334</x:v>
+        <x:v>3.655</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45792.8656365741</x:v>
+        <x:v>45831.8656597222</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>2.24</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>3.765</x:v>
+        <x:v>4.267</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>3.362</x:v>
+        <x:v>3.81</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45791.8649537037</x:v>
+        <x:v>45828.8993055556</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>1.78</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>3.911</x:v>
+        <x:v>4.423</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>3.492</x:v>
+        <x:v>3.847</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45790.8660532407</x:v>
+        <x:v>45826.8721875</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>4.085</x:v>
+        <x:v>4.468</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>3.647</x:v>
+        <x:v>3.989</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45789.8657060185</x:v>
+        <x:v>45825.8656018519</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>4.084</x:v>
+        <x:v>4.313</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>3.646</x:v>
+        <x:v>3.851</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45786.8665625</x:v>
+        <x:v>45824.8653356481</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>1.08</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>4.25</x:v>
+        <x:v>4.198</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>3.795</x:v>
+        <x:v>3.748</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45785.8673842593</x:v>
+        <x:v>45821.8736226852</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>1.78</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>4.023</x:v>
+        <x:v>4.011</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>3.592</x:v>
+        <x:v>3.581</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45784.8969907407</x:v>
+        <x:v>45820.8652314815</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>1.69</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>4.056</x:v>
+        <x:v>3.911</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>3.621</x:v>
+        <x:v>3.492</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45784.8788773148</x:v>
+        <x:v>45819.8744328704</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>1.69</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>4.056</x:v>
+        <x:v>3.928</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>3.621</x:v>
+        <x:v>3.507</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45783.8846990741</x:v>
+        <x:v>45818.8662037037</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>2.48</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>3.879</x:v>
+        <x:v>3.957</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>3.463</x:v>
+        <x:v>3.533</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45783.8689699074</x:v>
+        <x:v>45817.8646643519</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>2.48</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>3.879</x:v>
+        <x:v>4.071</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>3.463</x:v>
+        <x:v>3.635</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45777.8675</x:v>
+        <x:v>45814.8664699074</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>5.11</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>3.725</x:v>
+        <x:v>4.238</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>3.326</x:v>
+        <x:v>3.784</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45776.8678009259</x:v>
+        <x:v>45813.8699074074</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>4.55</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>3.792</x:v>
+        <x:v>4.118</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>3.386</x:v>
+        <x:v>3.677</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
+        <x:v>45812.868275463</x:v>
+      </x:c>
+      <x:c r="B130" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C130" s="0">
+        <x:v>0.86</x:v>
+      </x:c>
+      <x:c r="D130" s="0">
+        <x:v>4.162</x:v>
+      </x:c>
+      <x:c r="E130" s="0">
+        <x:v>3.716</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:5">
+      <x:c r="A131" s="1">
+        <x:v>45811.8941782407</x:v>
+      </x:c>
+      <x:c r="B131" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C131" s="0">
+        <x:v>0.85</x:v>
+      </x:c>
+      <x:c r="D131" s="0">
+        <x:v>4.169</x:v>
+      </x:c>
+      <x:c r="E131" s="0">
+        <x:v>3.722</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:5">
+      <x:c r="A132" s="1">
+        <x:v>45811.8794791667</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C132" s="0">
+        <x:v>0.85</x:v>
+      </x:c>
+      <x:c r="D132" s="0">
+        <x:v>4.169</x:v>
+      </x:c>
+      <x:c r="E132" s="0">
+        <x:v>3.722</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:5">
+      <x:c r="A133" s="1">
+        <x:v>45810.8809953704</x:v>
+      </x:c>
+      <x:c r="B133" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C133" s="0">
+        <x:v>0.89</x:v>
+      </x:c>
+      <x:c r="D133" s="0">
+        <x:v>4.137</x:v>
+      </x:c>
+      <x:c r="E133" s="0">
+        <x:v>3.694</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:5">
+      <x:c r="A134" s="1">
+        <x:v>45800.8680902778</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C134" s="0">
+        <x:v>1.13</x:v>
+      </x:c>
+      <x:c r="D134" s="0">
+        <x:v>4.172</x:v>
+      </x:c>
+      <x:c r="E134" s="0">
+        <x:v>3.725</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:5">
+      <x:c r="A135" s="1">
+        <x:v>45799.8653240741</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C135" s="0">
+        <x:v>1.35</x:v>
+      </x:c>
+      <x:c r="D135" s="0">
+        <x:v>4.076</x:v>
+      </x:c>
+      <x:c r="E135" s="0">
+        <x:v>3.639</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:5">
+      <x:c r="A136" s="1">
+        <x:v>45798.8682986111</x:v>
+      </x:c>
+      <x:c r="B136" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C136" s="0">
+        <x:v>1.14</x:v>
+      </x:c>
+      <x:c r="D136" s="0">
+        <x:v>4.185</x:v>
+      </x:c>
+      <x:c r="E136" s="0">
+        <x:v>3.368</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:5">
+      <x:c r="A137" s="1">
+        <x:v>45797.8646180556</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C137" s="0">
+        <x:v>1.02</x:v>
+      </x:c>
+      <x:c r="D137" s="0">
+        <x:v>3.838</x:v>
+      </x:c>
+      <x:c r="E137" s="0">
+        <x:v>3.427</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:5">
+      <x:c r="A138" s="1">
+        <x:v>45796.8686226852</x:v>
+      </x:c>
+      <x:c r="B138" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C138" s="0">
+        <x:v>3.47</x:v>
+      </x:c>
+      <x:c r="D138" s="0">
+        <x:v>3.487</x:v>
+      </x:c>
+      <x:c r="E138" s="0">
+        <x:v>3.113</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:5">
+      <x:c r="A139" s="1">
+        <x:v>45793.8666087963</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C139" s="0">
+        <x:v>2.37</x:v>
+      </x:c>
+      <x:c r="D139" s="0">
+        <x:v>3.734</x:v>
+      </x:c>
+      <x:c r="E139" s="0">
+        <x:v>3.334</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:5">
+      <x:c r="A140" s="1">
+        <x:v>45792.8656365741</x:v>
+      </x:c>
+      <x:c r="B140" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C140" s="0">
+        <x:v>2.24</x:v>
+      </x:c>
+      <x:c r="D140" s="0">
+        <x:v>3.765</x:v>
+      </x:c>
+      <x:c r="E140" s="0">
+        <x:v>3.362</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:5">
+      <x:c r="A141" s="1">
+        <x:v>45791.8649537037</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C141" s="0">
+        <x:v>1.78</x:v>
+      </x:c>
+      <x:c r="D141" s="0">
+        <x:v>3.911</x:v>
+      </x:c>
+      <x:c r="E141" s="0">
+        <x:v>3.492</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:5">
+      <x:c r="A142" s="1">
+        <x:v>45790.8660532407</x:v>
+      </x:c>
+      <x:c r="B142" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C142" s="0">
+        <x:v>1.37</x:v>
+      </x:c>
+      <x:c r="D142" s="0">
+        <x:v>4.085</x:v>
+      </x:c>
+      <x:c r="E142" s="0">
+        <x:v>3.647</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:5">
+      <x:c r="A143" s="1">
+        <x:v>45789.8657060185</x:v>
+      </x:c>
+      <x:c r="B143" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C143" s="0">
+        <x:v>1.37</x:v>
+      </x:c>
+      <x:c r="D143" s="0">
+        <x:v>4.084</x:v>
+      </x:c>
+      <x:c r="E143" s="0">
+        <x:v>3.646</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:5">
+      <x:c r="A144" s="1">
+        <x:v>45786.8665625</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C144" s="0">
+        <x:v>1.08</x:v>
+      </x:c>
+      <x:c r="D144" s="0">
+        <x:v>4.25</x:v>
+      </x:c>
+      <x:c r="E144" s="0">
+        <x:v>3.795</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:5">
+      <x:c r="A145" s="1">
+        <x:v>45785.8673842593</x:v>
+      </x:c>
+      <x:c r="B145" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C145" s="0">
+        <x:v>1.78</x:v>
+      </x:c>
+      <x:c r="D145" s="0">
+        <x:v>4.023</x:v>
+      </x:c>
+      <x:c r="E145" s="0">
+        <x:v>3.592</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:5">
+      <x:c r="A146" s="1">
+        <x:v>45784.8969907407</x:v>
+      </x:c>
+      <x:c r="B146" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C146" s="0">
+        <x:v>1.69</x:v>
+      </x:c>
+      <x:c r="D146" s="0">
+        <x:v>4.056</x:v>
+      </x:c>
+      <x:c r="E146" s="0">
+        <x:v>3.621</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:5">
+      <x:c r="A147" s="1">
+        <x:v>45784.8788773148</x:v>
+      </x:c>
+      <x:c r="B147" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C147" s="0">
+        <x:v>1.69</x:v>
+      </x:c>
+      <x:c r="D147" s="0">
+        <x:v>4.056</x:v>
+      </x:c>
+      <x:c r="E147" s="0">
+        <x:v>3.621</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:5">
+      <x:c r="A148" s="1">
+        <x:v>45783.8846990741</x:v>
+      </x:c>
+      <x:c r="B148" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C148" s="0">
+        <x:v>2.48</x:v>
+      </x:c>
+      <x:c r="D148" s="0">
+        <x:v>3.879</x:v>
+      </x:c>
+      <x:c r="E148" s="0">
+        <x:v>3.463</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:5">
+      <x:c r="A149" s="1">
+        <x:v>45783.8689699074</x:v>
+      </x:c>
+      <x:c r="B149" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C149" s="0">
+        <x:v>2.48</x:v>
+      </x:c>
+      <x:c r="D149" s="0">
+        <x:v>3.879</x:v>
+      </x:c>
+      <x:c r="E149" s="0">
+        <x:v>3.463</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:5">
+      <x:c r="A150" s="1">
+        <x:v>45777.8675</x:v>
+      </x:c>
+      <x:c r="B150" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C150" s="0">
+        <x:v>5.11</x:v>
+      </x:c>
+      <x:c r="D150" s="0">
+        <x:v>3.725</x:v>
+      </x:c>
+      <x:c r="E150" s="0">
+        <x:v>3.326</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:5">
+      <x:c r="A151" s="1">
+        <x:v>45776.8678009259</x:v>
+      </x:c>
+      <x:c r="B151" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C151" s="0">
+        <x:v>4.55</x:v>
+      </x:c>
+      <x:c r="D151" s="0">
+        <x:v>3.792</x:v>
+      </x:c>
+      <x:c r="E151" s="0">
+        <x:v>3.386</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:5">
+      <x:c r="A152" s="1">
         <x:v>45775.8659722222</x:v>
       </x:c>
-      <x:c r="B130" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C130" s="0">
+      <x:c r="B152" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C152" s="0">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="D130" s="0">
+      <x:c r="D152" s="0">
         <x:v>3.744</x:v>
       </x:c>
-      <x:c r="E130" s="0">
+      <x:c r="E152" s="0">
         <x:v>3.343</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>