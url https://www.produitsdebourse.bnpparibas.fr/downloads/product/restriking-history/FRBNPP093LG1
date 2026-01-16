--- v2 (2025-12-22)
+++ v3 (2026-01-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb24e585f2fb248a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bc0c59f27aad41f498e2229023e3cef1.psmdcp" Id="Rd657528a1a544dfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref7a0e799e9e4102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c0c8e16a86bd4fe2bfd86d562d013a59.psmdcp" Id="R6d204e5705aa44fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP093LG1</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>