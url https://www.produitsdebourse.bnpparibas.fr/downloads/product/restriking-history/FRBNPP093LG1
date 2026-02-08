--- v3 (2026-01-16)
+++ v4 (2026-02-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref7a0e799e9e4102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c0c8e16a86bd4fe2bfd86d562d013a59.psmdcp" Id="R6d204e5705aa44fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbab1c2db679f4007" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/54c85a2258ec4806a81518adb8bc248f.psmdcp" Id="Ra8b50f8b4c654f58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP093LG1</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>