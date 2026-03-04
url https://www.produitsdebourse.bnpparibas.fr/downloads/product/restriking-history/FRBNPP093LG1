--- v4 (2026-02-08)
+++ v5 (2026-03-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbab1c2db679f4007" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/54c85a2258ec4806a81518adb8bc248f.psmdcp" Id="Ra8b50f8b4c654f58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12ae808db03c4989" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2be42c75e5d9461898cdb328615bc4bb.psmdcp" Id="R49ebee43658a4f23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP093LG1</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>