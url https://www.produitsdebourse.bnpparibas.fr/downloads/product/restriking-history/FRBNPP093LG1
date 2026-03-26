--- v5 (2026-03-04)
+++ v6 (2026-03-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12ae808db03c4989" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2be42c75e5d9461898cdb328615bc4bb.psmdcp" Id="R49ebee43658a4f23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R164e23bcb498418b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1167a66e209447b0823dc675f4b8cc6b.psmdcp" Id="Rd23040191ffb4a92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP093LG1</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>