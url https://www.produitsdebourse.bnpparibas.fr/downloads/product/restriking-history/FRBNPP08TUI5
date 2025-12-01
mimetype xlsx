--- v0 (2025-10-20)
+++ v1 (2025-12-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea95de3dbbb4422c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b2094d2c9cae49cbbb4c2151c43b3b16.psmdcp" Id="Rb6fc909253e54966" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95ae81c624d049d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35de109107f344fb9e484d92d9778958.psmdcp" Id="R9efc3ce89571442e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP08TUI5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,2324 +393,2800 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E134"/>
+  <x:dimension ref="A1:E162"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45989.8197453704</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>5.62</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>207.441</x:v>
+        <x:v>193.602</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>233.08</x:v>
+        <x:v>217.53</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45946.9261921296</x:v>
+        <x:v>45987.9266435185</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>5.93</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>208.758</x:v>
+        <x:v>190.674</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>234.56</x:v>
+        <x:v>214.24</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45945.9257060185</x:v>
+        <x:v>45986.9249305556</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>6.87</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>212.354</x:v>
+        <x:v>183.456</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>238.6</x:v>
+        <x:v>206.13</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45944.9308449074</x:v>
+        <x:v>45982.9249768518</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>3.92</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>194.1</x:v>
+        <x:v>181.364</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>218.09</x:v>
+        <x:v>203.78</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45943.926712963</x:v>
+        <x:v>45981.9258796296</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>3.7</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>192.614</x:v>
+        <x:v>183.358</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>216.42</x:v>
+        <x:v>206.02</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>3.52</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>191.261</x:v>
+        <x:v>198.96</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>214.9</x:v>
+        <x:v>223.55</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45979.9258564815</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>10.18</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>209.648</x:v>
+        <x:v>204.958</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>235.56</x:v>
+        <x:v>230.29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45978.9281828704</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>5.34</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>188.244</x:v>
+        <x:v>214.063</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>211.51</x:v>
+        <x:v>240.52</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45975.925775463</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>4.09</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>181.302</x:v>
+        <x:v>219.661</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>203.71</x:v>
+        <x:v>246.81</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>1.41</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>146.556</x:v>
+        <x:v>220.684</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>164.67</x:v>
+        <x:v>247.96</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45973.9253009259</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>1.86</x:v>
+        <x:v>5.48</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>151.06</x:v>
+        <x:v>230.412</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>169.73</x:v>
+        <x:v>258.89</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45972.9253703704</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1.46</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>145.969</x:v>
+        <x:v>211.393</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>164.01</x:v>
+        <x:v>237.52</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45971.9254050926</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1.31</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>143.993</x:v>
+        <x:v>217.142</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>161.79</x:v>
+        <x:v>243.98</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>1.29</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>143.61</x:v>
+        <x:v>207.851</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>161.36</x:v>
+        <x:v>233.54</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>1.18</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>141.919</x:v>
+        <x:v>211.553</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>159.46</x:v>
+        <x:v>237.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>1.3</x:v>
+        <x:v>8.36</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>143.53</x:v>
+        <x:v>228.134</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>161.27</x:v>
+        <x:v>256.33</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>1.28</x:v>
+        <x:v>6.97</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>143.183</x:v>
+        <x:v>222.544</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>160.88</x:v>
+        <x:v>250.05</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45923.925162037</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1.28</x:v>
+        <x:v>9.92</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>143.201</x:v>
+        <x:v>231.088</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>160.9</x:v>
+        <x:v>259.65</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45922.9267013889</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>1.21</x:v>
+        <x:v>8.97</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>142.213</x:v>
+        <x:v>227.947</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>159.79</x:v>
+        <x:v>256.12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45919.934224537</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>1.09</x:v>
+        <x:v>8.64</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>140.077</x:v>
+        <x:v>226.808</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>157.39</x:v>
+        <x:v>254.84</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45918.9265277778</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>1.12</x:v>
+        <x:v>12.15</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>140.549</x:v>
+        <x:v>235.254</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>157.92</x:v>
+        <x:v>264.33</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45917.9271180556</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>1.19</x:v>
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>141.652</x:v>
+        <x:v>229.629</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>159.16</x:v>
+        <x:v>258.01</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>1.28</x:v>
+        <x:v>10.73</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>142.809</x:v>
+        <x:v>231.106</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>160.46</x:v>
+        <x:v>259.67</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>1.33</x:v>
+        <x:v>8.88</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>143.432</x:v>
+        <x:v>225.099</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>161.16</x:v>
+        <x:v>252.92</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45912.9234837963</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>1.18</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>141.127</x:v>
+        <x:v>209.141</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>158.57</x:v>
+        <x:v>234.99</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>1.03</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>138.546</x:v>
+        <x:v>204.905</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>155.67</x:v>
+        <x:v>230.23</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45910.9240625</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>1.28</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>141.991</x:v>
+        <x:v>211.847</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>159.54</x:v>
+        <x:v>238.03</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45909.924537037</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>1.07</x:v>
+        <x:v>7.04</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>138.68</x:v>
+        <x:v>214.098</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>155.82</x:v>
+        <x:v>240.56</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45908.9240277778</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.87</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>134.755</x:v>
+        <x:v>207.441</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>151.41</x:v>
+        <x:v>233.08</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45946.9261921296</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.86</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>134.515</x:v>
+        <x:v>208.758</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>151.14</x:v>
+        <x:v>234.56</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45945.9257060185</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>1.83</x:v>
+        <x:v>6.87</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>143.993</x:v>
+        <x:v>212.354</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>161.79</x:v>
+        <x:v>238.6</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45903.9235763889</x:v>
+        <x:v>45944.9308449074</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>1.87</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>144.296</x:v>
+        <x:v>194.1</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>162.13</x:v>
+        <x:v>218.09</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45902.9238541667</x:v>
+        <x:v>45943.926712963</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>1.89</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>144.465</x:v>
+        <x:v>192.614</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>162.32</x:v>
+        <x:v>216.42</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45898.9303935185</x:v>
+        <x:v>45940.9234837963</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>1.93</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>144.741</x:v>
+        <x:v>191.261</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>162.63</x:v>
+        <x:v>214.9</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45938.9270601852</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>2.69</x:v>
+        <x:v>10.18</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>150.036</x:v>
+        <x:v>209.648</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>168.58</x:v>
+        <x:v>235.56</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45896.924837963</x:v>
+        <x:v>45937.9282175926</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>2.52</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>148.746</x:v>
+        <x:v>188.244</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>167.13</x:v>
+        <x:v>211.51</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>2.46</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>148.292</x:v>
+        <x:v>181.302</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>166.62</x:v>
+        <x:v>203.71</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45894.9239351852</x:v>
+        <x:v>45933.9288888889</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>145.39</x:v>
+        <x:v>146.556</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>163.36</x:v>
+        <x:v>164.67</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45932.9250347222</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>2.71</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>149.306</x:v>
+        <x:v>151.06</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>167.76</x:v>
+        <x:v>169.73</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45890.9257060185</x:v>
+        <x:v>45931.9293634259</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>145.702</x:v>
+        <x:v>145.969</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>163.71</x:v>
+        <x:v>164.01</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45889.9243287037</x:v>
+        <x:v>45930.9338773148</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>147.028</x:v>
+        <x:v>143.993</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>165.2</x:v>
+        <x:v>161.79</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45888.9238194444</x:v>
+        <x:v>45929.9323842593</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>2.62</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>148.23</x:v>
+        <x:v>143.61</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>166.55</x:v>
+        <x:v>161.36</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45887.9246180556</x:v>
+        <x:v>45926.9299537037</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>4.65</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>156.765</x:v>
+        <x:v>141.919</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>176.14</x:v>
+        <x:v>159.46</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45884.9247800926</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>4.98</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>157.984</x:v>
+        <x:v>143.53</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>177.51</x:v>
+        <x:v>161.27</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45883.9240393518</x:v>
+        <x:v>45924.9296990741</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>5.88</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>161.046</x:v>
+        <x:v>143.183</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>180.95</x:v>
+        <x:v>160.88</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45923.925162037</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>6.94</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>164.134</x:v>
+        <x:v>143.201</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>184.42</x:v>
+        <x:v>160.9</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45881.9233912037</x:v>
+        <x:v>45922.9267013889</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>4.85</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>155.706</x:v>
+        <x:v>142.213</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>174.95</x:v>
+        <x:v>159.79</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45880.9236111111</x:v>
+        <x:v>45919.934224537</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>4.32</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>153.329</x:v>
+        <x:v>140.077</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>172.28</x:v>
+        <x:v>157.39</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45877.9331828704</x:v>
+        <x:v>45918.9265277778</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>4.44</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>153.756</x:v>
+        <x:v>140.549</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>172.76</x:v>
+        <x:v>157.92</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45876.9384953704</x:v>
+        <x:v>45917.9271180556</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>4.37</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>153.436</x:v>
+        <x:v>141.652</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>172.4</x:v>
+        <x:v>159.16</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45875.9344097222</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>3.01</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>145.177</x:v>
+        <x:v>142.809</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>163.12</x:v>
+        <x:v>160.46</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>6.23</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>155.136</x:v>
+        <x:v>143.432</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>174.31</x:v>
+        <x:v>161.16</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45873.931400463</x:v>
+        <x:v>45912.9234837963</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>7.02</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>157.334</x:v>
+        <x:v>141.127</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>176.78</x:v>
+        <x:v>158.57</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45870.9273842593</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>5.7</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>152.813</x:v>
+        <x:v>138.546</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>171.7</x:v>
+        <x:v>155.67</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45869.9244560185</x:v>
+        <x:v>45910.9240625</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>7.22</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>156.916</x:v>
+        <x:v>141.991</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>176.31</x:v>
+        <x:v>159.54</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45868.9255439815</x:v>
+        <x:v>45909.924537037</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>8.44</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>159.764</x:v>
+        <x:v>138.68</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>179.51</x:v>
+        <x:v>155.82</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45867.9289467593</x:v>
+        <x:v>45908.9240277778</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>7.73</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>157.922</x:v>
+        <x:v>134.755</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>177.44</x:v>
+        <x:v>151.41</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45866.9278009259</x:v>
+        <x:v>45905.9285648148</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>6.59</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>154.557</x:v>
+        <x:v>134.515</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>173.66</x:v>
+        <x:v>151.14</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45863.9269212963</x:v>
+        <x:v>45904.9245601852</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>4.91</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>148.158</x:v>
+        <x:v>143.993</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>166.47</x:v>
+        <x:v>161.79</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45862.9246180556</x:v>
+        <x:v>45903.9235763889</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>4.05</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>144.287</x:v>
+        <x:v>144.296</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>162.12</x:v>
+        <x:v>162.13</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45861.926412037</x:v>
+        <x:v>45902.9238541667</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>3.45</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>141.198</x:v>
+        <x:v>144.465</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>158.65</x:v>
+        <x:v>162.32</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45860.9261226852</x:v>
+        <x:v>45898.9303935185</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>2.87</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>137.701</x:v>
+        <x:v>144.741</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>154.72</x:v>
+        <x:v>162.63</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45859.9272800926</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>3.26</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>139.73</x:v>
+        <x:v>150.036</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>157</x:v>
+        <x:v>168.58</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45856.9492013889</x:v>
+        <x:v>45896.924837963</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>3.27</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>139.721</x:v>
+        <x:v>148.746</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>156.99</x:v>
+        <x:v>167.13</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45855.9327893518</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>3.95</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>142.765</x:v>
+        <x:v>148.292</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>160.41</x:v>
+        <x:v>166.62</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45854.9360185185</x:v>
+        <x:v>45894.9239351852</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>3.89</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>142.471</x:v>
+        <x:v>145.39</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>160.08</x:v>
+        <x:v>163.36</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45853.9275925926</x:v>
+        <x:v>45891.9252083333</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>3.17</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>138.493</x:v>
+        <x:v>149.306</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>155.61</x:v>
+        <x:v>167.76</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45852.9328819444</x:v>
+        <x:v>45890.9257060185</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>2.1</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>130.154</x:v>
+        <x:v>145.702</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>146.24</x:v>
+        <x:v>163.71</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45849.9250347222</x:v>
+        <x:v>45889.9243287037</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>2.13</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>130.314</x:v>
+        <x:v>147.028</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>146.42</x:v>
+        <x:v>165.2</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45848.9261805556</x:v>
+        <x:v>45888.9238194444</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>1.89</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>128.302</x:v>
+        <x:v>148.23</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>144.16</x:v>
+        <x:v>166.55</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45847.925787037</x:v>
+        <x:v>45887.9246180556</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>1.42</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>123.185</x:v>
+        <x:v>156.765</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>138.41</x:v>
+        <x:v>176.14</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45846.924849537</x:v>
+        <x:v>45884.9247800926</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>1.38</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>122.66</x:v>
+        <x:v>157.984</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>137.82</x:v>
+        <x:v>177.51</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45845.9274884259</x:v>
+        <x:v>45883.9240393518</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>1.17</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>119.972</x:v>
+        <x:v>161.046</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>134.8</x:v>
+        <x:v>180.95</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45841.8023611111</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>1.44</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>122.74</x:v>
+        <x:v>164.134</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>137.91</x:v>
+        <x:v>184.42</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45840.9304282407</x:v>
+        <x:v>45881.9233912037</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>1.49</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>123.283</x:v>
+        <x:v>155.706</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>138.52</x:v>
+        <x:v>174.95</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45839.9249768518</x:v>
+        <x:v>45880.9236111111</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>1.31</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>121.138</x:v>
+        <x:v>153.329</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>136.11</x:v>
+        <x:v>172.28</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45877.9331828704</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>1.95</x:v>
+        <x:v>4.44</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>126.291</x:v>
+        <x:v>153.756</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>141.9</x:v>
+        <x:v>172.76</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45835.9281828704</x:v>
+        <x:v>45876.9384953704</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>2.19</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>127.991</x:v>
+        <x:v>153.436</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>143.81</x:v>
+        <x:v>172.4</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45834.9274074074</x:v>
+        <x:v>45875.9344097222</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>2.18</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>127.875</x:v>
+        <x:v>145.177</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>143.68</x:v>
+        <x:v>163.12</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45833.9267824074</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>2.15</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>127.626</x:v>
+        <x:v>155.136</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>143.4</x:v>
+        <x:v>174.31</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45832.9265740741</x:v>
+        <x:v>45873.931400463</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>1.67</x:v>
+        <x:v>7.02</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>123.203</x:v>
+        <x:v>157.334</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>138.43</x:v>
+        <x:v>176.78</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45831.9246643518</x:v>
+        <x:v>45870.9273842593</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>1.08</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>115.326</x:v>
+        <x:v>152.813</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>129.58</x:v>
+        <x:v>171.7</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45828.9428935185</x:v>
+        <x:v>45869.9244560185</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>1</x:v>
+        <x:v>7.22</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>114.134</x:v>
+        <x:v>156.916</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>128.24</x:v>
+        <x:v>176.31</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45826.9303587963</x:v>
+        <x:v>45868.9255439815</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.92</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>112.843</x:v>
+        <x:v>159.764</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>126.79</x:v>
+        <x:v>179.51</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45825.9254050926</x:v>
+        <x:v>45867.9289467593</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.94</x:v>
+        <x:v>7.73</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>113.119</x:v>
+        <x:v>157.922</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>127.1</x:v>
+        <x:v>177.44</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45824.9235416667</x:v>
+        <x:v>45866.9278009259</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.9</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>112.487</x:v>
+        <x:v>154.557</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>126.39</x:v>
+        <x:v>173.66</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45821.9252546296</x:v>
+        <x:v>45863.9269212963</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.53</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>103.382</x:v>
+        <x:v>148.158</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>116.16</x:v>
+        <x:v>166.47</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45820.9288657407</x:v>
+        <x:v>45862.9246180556</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.63</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>105.465</x:v>
+        <x:v>144.287</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>118.5</x:v>
+        <x:v>162.12</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45819.923587963</x:v>
+        <x:v>45861.926412037</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.76</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>107.815</x:v>
+        <x:v>141.198</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>121.14</x:v>
+        <x:v>158.65</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45818.9234490741</x:v>
+        <x:v>45860.9261226852</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.89</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>109.684</x:v>
+        <x:v>137.701</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>123.24</x:v>
+        <x:v>154.72</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45817.9249189815</x:v>
+        <x:v>45859.9272800926</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.81</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>108.34</x:v>
+        <x:v>139.73</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>121.73</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45814.9278935185</x:v>
+        <x:v>45856.9492013889</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.59</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>103.409</x:v>
+        <x:v>139.721</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>116.19</x:v>
+        <x:v>156.99</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45813.9353356482</x:v>
+        <x:v>45855.9327893518</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.57</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>102.964</x:v>
+        <x:v>142.765</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>115.69</x:v>
+        <x:v>160.41</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45813.93125</x:v>
+        <x:v>45854.9360185185</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.57</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>102.964</x:v>
+        <x:v>142.471</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>115.69</x:v>
+        <x:v>160.08</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45812.9289583333</x:v>
+        <x:v>45853.9275925926</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.71</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>105.536</x:v>
+        <x:v>138.493</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>118.58</x:v>
+        <x:v>155.61</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45811.9361805556</x:v>
+        <x:v>45852.9328819444</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.65</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>104.406</x:v>
+        <x:v>130.154</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>117.31</x:v>
+        <x:v>146.24</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45810.9414583333</x:v>
+        <x:v>45849.9250347222</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.55</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>102.021</x:v>
+        <x:v>130.314</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>114.63</x:v>
+        <x:v>146.42</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45800.9242476852</x:v>
+        <x:v>45848.9261805556</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.44</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>98.176</x:v>
+        <x:v>128.302</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>110.31</x:v>
+        <x:v>144.16</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45799.9262847222</x:v>
+        <x:v>45847.925787037</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.46</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>98.532</x:v>
+        <x:v>123.185</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>110.71</x:v>
+        <x:v>138.41</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45798.9249421296</x:v>
+        <x:v>45846.924849537</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.51</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>99.733</x:v>
+        <x:v>122.66</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>112.06</x:v>
+        <x:v>137.82</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45797.9233796296</x:v>
+        <x:v>45845.9274884259</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.57</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>101.024</x:v>
+        <x:v>119.972</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>113.51</x:v>
+        <x:v>134.8</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45796.9244560185</x:v>
+        <x:v>45841.8023611111</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.62</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>102.119</x:v>
+        <x:v>122.74</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>114.74</x:v>
+        <x:v>137.91</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45793.9259490741</x:v>
+        <x:v>45840.9304282407</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.75</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>104.281</x:v>
+        <x:v>123.283</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>117.17</x:v>
+        <x:v>138.52</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45792.9360069444</x:v>
+        <x:v>45839.9249768518</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.65</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>102.341</x:v>
+        <x:v>121.138</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>114.99</x:v>
+        <x:v>136.11</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45791.9275231482</x:v>
+        <x:v>45838.9258564815</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.8</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>104.771</x:v>
+        <x:v>126.291</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>117.72</x:v>
+        <x:v>141.9</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45790.9286689815</x:v>
+        <x:v>45835.9281828704</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.58</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>100.089</x:v>
+        <x:v>127.991</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>112.46</x:v>
+        <x:v>143.81</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45789.9278240741</x:v>
+        <x:v>45834.9274074074</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.44</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>96.227</x:v>
+        <x:v>127.875</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>108.12</x:v>
+        <x:v>143.68</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45786.9253819444</x:v>
+        <x:v>45833.9267824074</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.31</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>91.528</x:v>
+        <x:v>127.626</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>102.84</x:v>
+        <x:v>143.4</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45785.9240046296</x:v>
+        <x:v>45832.9265740741</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.29</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>90.513</x:v>
+        <x:v>123.203</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>101.7</x:v>
+        <x:v>138.43</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45784.9235300926</x:v>
+        <x:v>45831.9246643518</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>0.26</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>89.32</x:v>
+        <x:v>115.326</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>100.36</x:v>
+        <x:v>129.58</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45783.9247916667</x:v>
+        <x:v>45828.9428935185</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>0.23</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>87.772</x:v>
+        <x:v>114.134</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>98.62</x:v>
+        <x:v>128.24</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45782.9244560185</x:v>
+        <x:v>45826.9303587963</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>89.525</x:v>
+        <x:v>112.843</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>100.59</x:v>
+        <x:v>126.79</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45779.9288773148</x:v>
+        <x:v>45825.9254050926</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>87.932</x:v>
+        <x:v>113.119</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>98.8</x:v>
+        <x:v>127.1</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45777.9324305556</x:v>
+        <x:v>45824.9235416667</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>86.642</x:v>
+        <x:v>112.487</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>97.35</x:v>
+        <x:v>126.39</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45776.9248611111</x:v>
+        <x:v>45821.9252546296</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>85.493</x:v>
+        <x:v>103.382</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>96.06</x:v>
+        <x:v>116.16</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45775.9312962963</x:v>
+        <x:v>45820.9288657407</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>85.787</x:v>
+        <x:v>105.465</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>96.39</x:v>
+        <x:v>118.5</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45772.9278819444</x:v>
+        <x:v>45819.923587963</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>86.014</x:v>
+        <x:v>107.815</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>96.645</x:v>
+        <x:v>121.14</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45771.9286458333</x:v>
+        <x:v>45818.9234490741</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>84.078</x:v>
+        <x:v>109.684</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>94.47</x:v>
+        <x:v>123.24</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45770.9298148148</x:v>
+        <x:v>45817.9249189815</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>80.447</x:v>
+        <x:v>108.34</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>90.39</x:v>
+        <x:v>121.73</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45769.9290972222</x:v>
+        <x:v>45814.9278935185</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>76.771</x:v>
+        <x:v>103.409</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>86.26</x:v>
+        <x:v>116.19</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45764.9308333333</x:v>
+        <x:v>45813.9353356482</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>77.875</x:v>
+        <x:v>102.964</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>87.5</x:v>
+        <x:v>115.69</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45763.9303472222</x:v>
+        <x:v>45813.93125</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>78.578</x:v>
+        <x:v>102.964</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>88.29</x:v>
+        <x:v>115.69</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45762.9291087963</x:v>
+        <x:v>45812.9289583333</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>84.808</x:v>
+        <x:v>105.536</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>95.29</x:v>
+        <x:v>118.58</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45761.9296412037</x:v>
+        <x:v>45811.9361805556</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>84.105</x:v>
+        <x:v>104.406</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>94.5</x:v>
+        <x:v>117.31</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45758.925474537</x:v>
+        <x:v>45810.9414583333</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>83.126</x:v>
+        <x:v>102.021</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>93.4</x:v>
+        <x:v>114.63</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45757.9250347222</x:v>
+        <x:v>45800.9242476852</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>78.943</x:v>
+        <x:v>98.176</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>88.7</x:v>
+        <x:v>110.31</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45757.7613078704</x:v>
+        <x:v>45799.9262847222</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>76.228</x:v>
+        <x:v>98.532</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>85.65</x:v>
+        <x:v>110.71</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45756.9251041667</x:v>
+        <x:v>45798.9249421296</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>1.74</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>86.188</x:v>
+        <x:v>99.733</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>96.84</x:v>
+        <x:v>112.06</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45755.9267476852</x:v>
+        <x:v>45797.9233796296</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>69.607</x:v>
+        <x:v>101.024</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>78.21</x:v>
+        <x:v>113.51</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45754.9257060185</x:v>
+        <x:v>45796.9244560185</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>1.25</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>74.44</x:v>
+        <x:v>102.119</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>83.64</x:v>
+        <x:v>114.74</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45751.9453240741</x:v>
+        <x:v>45793.9259490741</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>1.56</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>76.326</x:v>
+        <x:v>104.281</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>85.76</x:v>
+        <x:v>117.17</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
+        <x:v>45792.9360069444</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C134" s="0">
+        <x:v>0.65</x:v>
+      </x:c>
+      <x:c r="D134" s="0">
+        <x:v>102.341</x:v>
+      </x:c>
+      <x:c r="E134" s="0">
+        <x:v>114.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:5">
+      <x:c r="A135" s="1">
+        <x:v>45791.9275231482</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C135" s="0">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="D135" s="0">
+        <x:v>104.771</x:v>
+      </x:c>
+      <x:c r="E135" s="0">
+        <x:v>117.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:5">
+      <x:c r="A136" s="1">
+        <x:v>45790.9286689815</x:v>
+      </x:c>
+      <x:c r="B136" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C136" s="0">
+        <x:v>0.58</x:v>
+      </x:c>
+      <x:c r="D136" s="0">
+        <x:v>100.089</x:v>
+      </x:c>
+      <x:c r="E136" s="0">
+        <x:v>112.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:5">
+      <x:c r="A137" s="1">
+        <x:v>45789.9278240741</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C137" s="0">
+        <x:v>0.44</x:v>
+      </x:c>
+      <x:c r="D137" s="0">
+        <x:v>96.227</x:v>
+      </x:c>
+      <x:c r="E137" s="0">
+        <x:v>108.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:5">
+      <x:c r="A138" s="1">
+        <x:v>45786.9253819444</x:v>
+      </x:c>
+      <x:c r="B138" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C138" s="0">
+        <x:v>0.31</x:v>
+      </x:c>
+      <x:c r="D138" s="0">
+        <x:v>91.528</x:v>
+      </x:c>
+      <x:c r="E138" s="0">
+        <x:v>102.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:5">
+      <x:c r="A139" s="1">
+        <x:v>45785.9240046296</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C139" s="0">
+        <x:v>0.29</x:v>
+      </x:c>
+      <x:c r="D139" s="0">
+        <x:v>90.513</x:v>
+      </x:c>
+      <x:c r="E139" s="0">
+        <x:v>101.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:5">
+      <x:c r="A140" s="1">
+        <x:v>45784.9235300926</x:v>
+      </x:c>
+      <x:c r="B140" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C140" s="0">
+        <x:v>0.26</x:v>
+      </x:c>
+      <x:c r="D140" s="0">
+        <x:v>89.32</x:v>
+      </x:c>
+      <x:c r="E140" s="0">
+        <x:v>100.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:5">
+      <x:c r="A141" s="1">
+        <x:v>45783.9247916667</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C141" s="0">
+        <x:v>0.23</x:v>
+      </x:c>
+      <x:c r="D141" s="0">
+        <x:v>87.772</x:v>
+      </x:c>
+      <x:c r="E141" s="0">
+        <x:v>98.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:5">
+      <x:c r="A142" s="1">
+        <x:v>45782.9244560185</x:v>
+      </x:c>
+      <x:c r="B142" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C142" s="0">
+        <x:v>0.27</x:v>
+      </x:c>
+      <x:c r="D142" s="0">
+        <x:v>89.525</x:v>
+      </x:c>
+      <x:c r="E142" s="0">
+        <x:v>100.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:5">
+      <x:c r="A143" s="1">
+        <x:v>45779.9288773148</x:v>
+      </x:c>
+      <x:c r="B143" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C143" s="0">
+        <x:v>0.24</x:v>
+      </x:c>
+      <x:c r="D143" s="0">
+        <x:v>87.932</x:v>
+      </x:c>
+      <x:c r="E143" s="0">
+        <x:v>98.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:5">
+      <x:c r="A144" s="1">
+        <x:v>45777.9324305556</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C144" s="0">
+        <x:v>0.21</x:v>
+      </x:c>
+      <x:c r="D144" s="0">
+        <x:v>86.642</x:v>
+      </x:c>
+      <x:c r="E144" s="0">
+        <x:v>97.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:5">
+      <x:c r="A145" s="1">
+        <x:v>45776.9248611111</x:v>
+      </x:c>
+      <x:c r="B145" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C145" s="0">
+        <x:v>0.19</x:v>
+      </x:c>
+      <x:c r="D145" s="0">
+        <x:v>85.493</x:v>
+      </x:c>
+      <x:c r="E145" s="0">
+        <x:v>96.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:5">
+      <x:c r="A146" s="1">
+        <x:v>45775.9312962963</x:v>
+      </x:c>
+      <x:c r="B146" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C146" s="0">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="D146" s="0">
+        <x:v>85.787</x:v>
+      </x:c>
+      <x:c r="E146" s="0">
+        <x:v>96.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:5">
+      <x:c r="A147" s="1">
+        <x:v>45772.9278819444</x:v>
+      </x:c>
+      <x:c r="B147" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C147" s="0">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="D147" s="0">
+        <x:v>86.014</x:v>
+      </x:c>
+      <x:c r="E147" s="0">
+        <x:v>96.645</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:5">
+      <x:c r="A148" s="1">
+        <x:v>45771.9286458333</x:v>
+      </x:c>
+      <x:c r="B148" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C148" s="0">
+        <x:v>0.17</x:v>
+      </x:c>
+      <x:c r="D148" s="0">
+        <x:v>84.078</x:v>
+      </x:c>
+      <x:c r="E148" s="0">
+        <x:v>94.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:5">
+      <x:c r="A149" s="1">
+        <x:v>45770.9298148148</x:v>
+      </x:c>
+      <x:c r="B149" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C149" s="0">
+        <x:v>0.13</x:v>
+      </x:c>
+      <x:c r="D149" s="0">
+        <x:v>80.447</x:v>
+      </x:c>
+      <x:c r="E149" s="0">
+        <x:v>90.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:5">
+      <x:c r="A150" s="1">
+        <x:v>45769.9290972222</x:v>
+      </x:c>
+      <x:c r="B150" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C150" s="0">
+        <x:v>0.09</x:v>
+      </x:c>
+      <x:c r="D150" s="0">
+        <x:v>76.771</x:v>
+      </x:c>
+      <x:c r="E150" s="0">
+        <x:v>86.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:5">
+      <x:c r="A151" s="1">
+        <x:v>45764.9308333333</x:v>
+      </x:c>
+      <x:c r="B151" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C151" s="0">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="D151" s="0">
+        <x:v>77.875</x:v>
+      </x:c>
+      <x:c r="E151" s="0">
+        <x:v>87.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:5">
+      <x:c r="A152" s="1">
+        <x:v>45763.9303472222</x:v>
+      </x:c>
+      <x:c r="B152" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C152" s="0">
+        <x:v>0.11</x:v>
+      </x:c>
+      <x:c r="D152" s="0">
+        <x:v>78.578</x:v>
+      </x:c>
+      <x:c r="E152" s="0">
+        <x:v>88.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153" spans="1:5">
+      <x:c r="A153" s="1">
+        <x:v>45762.9291087963</x:v>
+      </x:c>
+      <x:c r="B153" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C153" s="0">
+        <x:v>0.28</x:v>
+      </x:c>
+      <x:c r="D153" s="0">
+        <x:v>84.808</x:v>
+      </x:c>
+      <x:c r="E153" s="0">
+        <x:v>95.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:5">
+      <x:c r="A154" s="1">
+        <x:v>45761.9296412037</x:v>
+      </x:c>
+      <x:c r="B154" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C154" s="0">
+        <x:v>0.26</x:v>
+      </x:c>
+      <x:c r="D154" s="0">
+        <x:v>84.105</x:v>
+      </x:c>
+      <x:c r="E154" s="0">
+        <x:v>94.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155" spans="1:5">
+      <x:c r="A155" s="1">
+        <x:v>45758.925474537</x:v>
+      </x:c>
+      <x:c r="B155" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C155" s="0">
+        <x:v>0.18</x:v>
+      </x:c>
+      <x:c r="D155" s="0">
+        <x:v>83.126</x:v>
+      </x:c>
+      <x:c r="E155" s="0">
+        <x:v>93.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="156" spans="1:5">
+      <x:c r="A156" s="1">
+        <x:v>45757.9250347222</x:v>
+      </x:c>
+      <x:c r="B156" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C156" s="0">
+        <x:v>0.17</x:v>
+      </x:c>
+      <x:c r="D156" s="0">
+        <x:v>78.943</x:v>
+      </x:c>
+      <x:c r="E156" s="0">
+        <x:v>88.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="157" spans="1:5">
+      <x:c r="A157" s="1">
+        <x:v>45757.7613078704</x:v>
+      </x:c>
+      <x:c r="B157" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="C157" s="0">
+        <x:v>0.13</x:v>
+      </x:c>
+      <x:c r="D157" s="0">
+        <x:v>76.228</x:v>
+      </x:c>
+      <x:c r="E157" s="0">
+        <x:v>85.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158" spans="1:5">
+      <x:c r="A158" s="1">
+        <x:v>45756.9251041667</x:v>
+      </x:c>
+      <x:c r="B158" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C158" s="0">
+        <x:v>1.74</x:v>
+      </x:c>
+      <x:c r="D158" s="0">
+        <x:v>86.188</x:v>
+      </x:c>
+      <x:c r="E158" s="0">
+        <x:v>96.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159" spans="1:5">
+      <x:c r="A159" s="1">
+        <x:v>45755.9267476852</x:v>
+      </x:c>
+      <x:c r="B159" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C159" s="0">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="D159" s="0">
+        <x:v>69.607</x:v>
+      </x:c>
+      <x:c r="E159" s="0">
+        <x:v>78.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160" spans="1:5">
+      <x:c r="A160" s="1">
+        <x:v>45754.9257060185</x:v>
+      </x:c>
+      <x:c r="B160" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C160" s="0">
+        <x:v>1.25</x:v>
+      </x:c>
+      <x:c r="D160" s="0">
+        <x:v>74.44</x:v>
+      </x:c>
+      <x:c r="E160" s="0">
+        <x:v>83.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161" spans="1:5">
+      <x:c r="A161" s="1">
+        <x:v>45751.9453240741</x:v>
+      </x:c>
+      <x:c r="B161" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C161" s="0">
+        <x:v>1.56</x:v>
+      </x:c>
+      <x:c r="D161" s="0">
+        <x:v>76.326</x:v>
+      </x:c>
+      <x:c r="E161" s="0">
+        <x:v>85.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="162" spans="1:5">
+      <x:c r="A162" s="1">
         <x:v>45750.9256481481</x:v>
       </x:c>
-      <x:c r="B134" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C134" s="0">
+      <x:c r="B162" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C162" s="0">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="D134" s="0">
+      <x:c r="D162" s="0">
         <x:v>83.482</x:v>
       </x:c>
-      <x:c r="E134" s="0">
+      <x:c r="E162" s="0">
         <x:v>93.8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>