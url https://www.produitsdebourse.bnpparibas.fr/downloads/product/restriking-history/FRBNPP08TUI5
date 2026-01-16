--- v1 (2025-12-01)
+++ v2 (2026-01-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95ae81c624d049d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35de109107f344fb9e484d92d9778958.psmdcp" Id="R9efc3ce89571442e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6845452597f544a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bef7987b9f364380aa0069e2323b2d84.psmdcp" Id="Re6dd461791314b96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP08TUI5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,2800 +393,3276 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E162"/>
+  <x:dimension ref="A1:E190"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45989.8197453704</x:v>
+        <x:v>46037.9281134259</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>193.602</x:v>
+        <x:v>202.849</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>217.53</x:v>
+        <x:v>227.92</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45987.9266435185</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>190.674</x:v>
+        <x:v>199.004</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>214.24</x:v>
+        <x:v>223.6</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45986.9249305556</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>183.456</x:v>
+        <x:v>196.663</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>206.13</x:v>
+        <x:v>220.97</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45982.9249768518</x:v>
+        <x:v>46034.927974537</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>181.364</x:v>
+        <x:v>184.844</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>203.78</x:v>
+        <x:v>207.69</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45981.9258796296</x:v>
+        <x:v>46031.9291087963</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>183.358</x:v>
+        <x:v>180.821</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>206.02</x:v>
+        <x:v>203.17</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46030.9271064815</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>1.39</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>198.96</x:v>
+        <x:v>182.165</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>223.55</x:v>
+        <x:v>204.68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45979.9258564815</x:v>
+        <x:v>46029.9279398148</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>1.81</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>204.958</x:v>
+        <x:v>186.918</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>230.29</x:v>
+        <x:v>210.02</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45978.9281828704</x:v>
+        <x:v>46028.9271643519</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>2.76</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>214.063</x:v>
+        <x:v>190.772</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>240.52</x:v>
+        <x:v>214.35</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45975.925775463</x:v>
+        <x:v>46027.9295949074</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>3.48</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>219.661</x:v>
+        <x:v>196.761</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>246.81</x:v>
+        <x:v>221.08</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>46024.9272453704</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>3.62</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>220.684</x:v>
+        <x:v>198.888</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>247.96</x:v>
+        <x:v>223.47</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45973.9253009259</x:v>
+        <x:v>46021.927025463</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>5.48</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>230.412</x:v>
+        <x:v>191.653</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>258.89</x:v>
+        <x:v>215.34</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45972.9253703704</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>3.19</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>211.393</x:v>
+        <x:v>191.893</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>237.52</x:v>
+        <x:v>215.61</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45971.9254050926</x:v>
+        <x:v>46014.9278125</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>4.05</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>217.142</x:v>
+        <x:v>191.261</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>243.98</x:v>
+        <x:v>214.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45968.9254976852</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>2.99</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>207.851</x:v>
+        <x:v>191.306</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>233.54</x:v>
+        <x:v>214.95</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>3.49</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>211.553</x:v>
+        <x:v>189.953</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>237.7</x:v>
+        <x:v>213.43</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45966.9253240741</x:v>
+        <x:v>46009.930775463</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>8.36</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>228.134</x:v>
+        <x:v>178.943</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>256.33</x:v>
+        <x:v>201.06</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>46008.927662037</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>6.97</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>222.544</x:v>
+        <x:v>176.318</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>250.05</x:v>
+        <x:v>198.11</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45964.9228587963</x:v>
+        <x:v>46007.9278356481</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>9.92</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>231.088</x:v>
+        <x:v>186.161</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>259.65</x:v>
+        <x:v>209.17</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45961.8819907407</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>8.97</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>227.947</x:v>
+        <x:v>184.746</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>256.12</x:v>
+        <x:v>207.58</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>46003.9269791667</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>8.64</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>226.808</x:v>
+        <x:v>187.594</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>254.84</x:v>
+        <x:v>210.78</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45959.8897800926</x:v>
+        <x:v>46002.9321064815</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>12.15</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>235.254</x:v>
+        <x:v>197.073</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>264.33</x:v>
+        <x:v>221.43</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45958.8875</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>10.17</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>229.629</x:v>
+        <x:v>197.064</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>258.01</x:v>
+        <x:v>221.42</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45957.8876157407</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>10.73</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>231.106</x:v>
+        <x:v>197.242</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>259.67</x:v>
+        <x:v>221.62</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45954.9259143519</x:v>
+        <x:v>45996.930787037</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>8.88</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>225.099</x:v>
+        <x:v>193.993</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>252.92</x:v>
+        <x:v>217.97</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45953.9278935185</x:v>
+        <x:v>45995.9303935185</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>5.52</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>209.141</x:v>
+        <x:v>192.222</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>234.99</x:v>
+        <x:v>215.98</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45952.9304398148</x:v>
+        <x:v>45994.9277430556</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>4.74</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>204.905</x:v>
+        <x:v>193.664</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>230.23</x:v>
+        <x:v>217.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>6.44</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>211.847</x:v>
+        <x:v>191.564</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>238.03</x:v>
+        <x:v>215.24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45950.9289583333</x:v>
+        <x:v>45992.9296759259</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>7.04</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>214.098</x:v>
+        <x:v>195.586</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>240.56</x:v>
+        <x:v>219.76</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45989.8197453704</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>5.62</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>207.441</x:v>
+        <x:v>193.602</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>233.08</x:v>
+        <x:v>217.53</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45946.9261921296</x:v>
+        <x:v>45987.9266435185</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>5.93</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>208.758</x:v>
+        <x:v>190.674</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>234.56</x:v>
+        <x:v>214.24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45945.9257060185</x:v>
+        <x:v>45986.9249305556</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>6.87</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>212.354</x:v>
+        <x:v>183.456</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>238.6</x:v>
+        <x:v>206.13</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45944.9308449074</x:v>
+        <x:v>45982.9249768518</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>3.92</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>194.1</x:v>
+        <x:v>181.364</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>218.09</x:v>
+        <x:v>203.78</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45943.926712963</x:v>
+        <x:v>45981.9258796296</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>3.7</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>192.614</x:v>
+        <x:v>183.358</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>216.42</x:v>
+        <x:v>206.02</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>3.52</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>191.261</x:v>
+        <x:v>198.96</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>214.9</x:v>
+        <x:v>223.55</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45979.9258564815</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>10.18</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>209.648</x:v>
+        <x:v>204.958</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>235.56</x:v>
+        <x:v>230.29</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45978.9281828704</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>5.34</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>188.244</x:v>
+        <x:v>214.063</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>211.51</x:v>
+        <x:v>240.52</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45975.925775463</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>4.09</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>181.302</x:v>
+        <x:v>219.661</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>203.71</x:v>
+        <x:v>246.81</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>1.41</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>146.556</x:v>
+        <x:v>220.684</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>164.67</x:v>
+        <x:v>247.96</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45973.9253009259</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>1.86</x:v>
+        <x:v>5.48</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>151.06</x:v>
+        <x:v>230.412</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>169.73</x:v>
+        <x:v>258.89</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45972.9253703704</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>1.46</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>145.969</x:v>
+        <x:v>211.393</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>164.01</x:v>
+        <x:v>237.52</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45971.9254050926</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>1.31</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>143.993</x:v>
+        <x:v>217.142</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>161.79</x:v>
+        <x:v>243.98</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>1.29</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>143.61</x:v>
+        <x:v>207.851</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>161.36</x:v>
+        <x:v>233.54</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>1.18</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>141.919</x:v>
+        <x:v>211.553</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>159.46</x:v>
+        <x:v>237.7</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>1.3</x:v>
+        <x:v>8.36</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>143.53</x:v>
+        <x:v>228.134</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>161.27</x:v>
+        <x:v>256.33</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>1.28</x:v>
+        <x:v>6.97</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>143.183</x:v>
+        <x:v>222.544</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>160.88</x:v>
+        <x:v>250.05</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45923.925162037</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>1.28</x:v>
+        <x:v>9.92</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>143.201</x:v>
+        <x:v>231.088</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>160.9</x:v>
+        <x:v>259.65</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45922.9267013889</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>1.21</x:v>
+        <x:v>8.97</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>142.213</x:v>
+        <x:v>227.947</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>159.79</x:v>
+        <x:v>256.12</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45919.934224537</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>1.09</x:v>
+        <x:v>8.64</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>140.077</x:v>
+        <x:v>226.808</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>157.39</x:v>
+        <x:v>254.84</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45918.9265277778</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>1.12</x:v>
+        <x:v>12.15</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>140.549</x:v>
+        <x:v>235.254</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>157.92</x:v>
+        <x:v>264.33</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45917.9271180556</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>1.19</x:v>
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>141.652</x:v>
+        <x:v>229.629</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>159.16</x:v>
+        <x:v>258.01</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>1.28</x:v>
+        <x:v>10.73</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>142.809</x:v>
+        <x:v>231.106</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>160.46</x:v>
+        <x:v>259.67</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>1.33</x:v>
+        <x:v>8.88</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>143.432</x:v>
+        <x:v>225.099</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>161.16</x:v>
+        <x:v>252.92</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45912.9234837963</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>1.18</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>141.127</x:v>
+        <x:v>209.141</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>158.57</x:v>
+        <x:v>234.99</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>1.03</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>138.546</x:v>
+        <x:v>204.905</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>155.67</x:v>
+        <x:v>230.23</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45910.9240625</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>1.28</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>141.991</x:v>
+        <x:v>211.847</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>159.54</x:v>
+        <x:v>238.03</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45909.924537037</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>1.07</x:v>
+        <x:v>7.04</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>138.68</x:v>
+        <x:v>214.098</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>155.82</x:v>
+        <x:v>240.56</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45908.9240277778</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.87</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>134.755</x:v>
+        <x:v>207.441</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>151.41</x:v>
+        <x:v>233.08</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45946.9261921296</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.86</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>134.515</x:v>
+        <x:v>208.758</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>151.14</x:v>
+        <x:v>234.56</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45945.9257060185</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>1.83</x:v>
+        <x:v>6.87</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>143.993</x:v>
+        <x:v>212.354</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>161.79</x:v>
+        <x:v>238.6</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45903.9235763889</x:v>
+        <x:v>45944.9308449074</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>1.87</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>144.296</x:v>
+        <x:v>194.1</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>162.13</x:v>
+        <x:v>218.09</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45902.9238541667</x:v>
+        <x:v>45943.926712963</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>1.89</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>144.465</x:v>
+        <x:v>192.614</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>162.32</x:v>
+        <x:v>216.42</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45898.9303935185</x:v>
+        <x:v>45940.9234837963</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>1.93</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>144.741</x:v>
+        <x:v>191.261</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>162.63</x:v>
+        <x:v>214.9</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45938.9270601852</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>2.69</x:v>
+        <x:v>10.18</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>150.036</x:v>
+        <x:v>209.648</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>168.58</x:v>
+        <x:v>235.56</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45896.924837963</x:v>
+        <x:v>45937.9282175926</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>2.52</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>148.746</x:v>
+        <x:v>188.244</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>167.13</x:v>
+        <x:v>211.51</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>2.46</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>148.292</x:v>
+        <x:v>181.302</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>166.62</x:v>
+        <x:v>203.71</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45894.9239351852</x:v>
+        <x:v>45933.9288888889</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>145.39</x:v>
+        <x:v>146.556</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>163.36</x:v>
+        <x:v>164.67</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45932.9250347222</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>2.71</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>149.306</x:v>
+        <x:v>151.06</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>167.76</x:v>
+        <x:v>169.73</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45890.9257060185</x:v>
+        <x:v>45931.9293634259</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>145.702</x:v>
+        <x:v>145.969</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>163.71</x:v>
+        <x:v>164.01</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45889.9243287037</x:v>
+        <x:v>45930.9338773148</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>147.028</x:v>
+        <x:v>143.993</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>165.2</x:v>
+        <x:v>161.79</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45888.9238194444</x:v>
+        <x:v>45929.9323842593</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>2.62</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>148.23</x:v>
+        <x:v>143.61</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>166.55</x:v>
+        <x:v>161.36</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45887.9246180556</x:v>
+        <x:v>45926.9299537037</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>4.65</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>156.765</x:v>
+        <x:v>141.919</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>176.14</x:v>
+        <x:v>159.46</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45884.9247800926</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>4.98</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>157.984</x:v>
+        <x:v>143.53</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>177.51</x:v>
+        <x:v>161.27</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45883.9240393518</x:v>
+        <x:v>45924.9296990741</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>5.88</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>161.046</x:v>
+        <x:v>143.183</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>180.95</x:v>
+        <x:v>160.88</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45923.925162037</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>6.94</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>164.134</x:v>
+        <x:v>143.201</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>184.42</x:v>
+        <x:v>160.9</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45881.9233912037</x:v>
+        <x:v>45922.9267013889</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>4.85</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>155.706</x:v>
+        <x:v>142.213</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>174.95</x:v>
+        <x:v>159.79</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45880.9236111111</x:v>
+        <x:v>45919.934224537</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>4.32</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>153.329</x:v>
+        <x:v>140.077</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>172.28</x:v>
+        <x:v>157.39</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45877.9331828704</x:v>
+        <x:v>45918.9265277778</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>4.44</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>153.756</x:v>
+        <x:v>140.549</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>172.76</x:v>
+        <x:v>157.92</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45876.9384953704</x:v>
+        <x:v>45917.9271180556</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>4.37</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>153.436</x:v>
+        <x:v>141.652</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>172.4</x:v>
+        <x:v>159.16</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45875.9344097222</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>3.01</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>145.177</x:v>
+        <x:v>142.809</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>163.12</x:v>
+        <x:v>160.46</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>6.23</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>155.136</x:v>
+        <x:v>143.432</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>174.31</x:v>
+        <x:v>161.16</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45873.931400463</x:v>
+        <x:v>45912.9234837963</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>7.02</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>157.334</x:v>
+        <x:v>141.127</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>176.78</x:v>
+        <x:v>158.57</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45870.9273842593</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>5.7</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>152.813</x:v>
+        <x:v>138.546</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>171.7</x:v>
+        <x:v>155.67</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45869.9244560185</x:v>
+        <x:v>45910.9240625</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>7.22</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>156.916</x:v>
+        <x:v>141.991</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>176.31</x:v>
+        <x:v>159.54</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45868.9255439815</x:v>
+        <x:v>45909.924537037</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>8.44</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>159.764</x:v>
+        <x:v>138.68</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>179.51</x:v>
+        <x:v>155.82</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45867.9289467593</x:v>
+        <x:v>45908.9240277778</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>7.73</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>157.922</x:v>
+        <x:v>134.755</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>177.44</x:v>
+        <x:v>151.41</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45866.9278009259</x:v>
+        <x:v>45905.9285648148</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>6.59</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>154.557</x:v>
+        <x:v>134.515</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>173.66</x:v>
+        <x:v>151.14</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45863.9269212963</x:v>
+        <x:v>45904.9245601852</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>4.91</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>148.158</x:v>
+        <x:v>143.993</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>166.47</x:v>
+        <x:v>161.79</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45862.9246180556</x:v>
+        <x:v>45903.9235763889</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>4.05</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>144.287</x:v>
+        <x:v>144.296</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>162.12</x:v>
+        <x:v>162.13</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45861.926412037</x:v>
+        <x:v>45902.9238541667</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>3.45</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>141.198</x:v>
+        <x:v>144.465</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>158.65</x:v>
+        <x:v>162.32</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45860.9261226852</x:v>
+        <x:v>45898.9303935185</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>2.87</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>137.701</x:v>
+        <x:v>144.741</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>154.72</x:v>
+        <x:v>162.63</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45859.9272800926</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>3.26</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>139.73</x:v>
+        <x:v>150.036</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>157</x:v>
+        <x:v>168.58</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45856.9492013889</x:v>
+        <x:v>45896.924837963</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>3.27</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>139.721</x:v>
+        <x:v>148.746</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>156.99</x:v>
+        <x:v>167.13</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45855.9327893518</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>3.95</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>142.765</x:v>
+        <x:v>148.292</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>160.41</x:v>
+        <x:v>166.62</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45854.9360185185</x:v>
+        <x:v>45894.9239351852</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>3.89</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>142.471</x:v>
+        <x:v>145.39</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>160.08</x:v>
+        <x:v>163.36</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45853.9275925926</x:v>
+        <x:v>45891.9252083333</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>3.17</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>138.493</x:v>
+        <x:v>149.306</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>155.61</x:v>
+        <x:v>167.76</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45852.9328819444</x:v>
+        <x:v>45890.9257060185</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>2.1</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>130.154</x:v>
+        <x:v>145.702</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>146.24</x:v>
+        <x:v>163.71</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45849.9250347222</x:v>
+        <x:v>45889.9243287037</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>2.13</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>130.314</x:v>
+        <x:v>147.028</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>146.42</x:v>
+        <x:v>165.2</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45848.9261805556</x:v>
+        <x:v>45888.9238194444</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>1.89</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>128.302</x:v>
+        <x:v>148.23</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>144.16</x:v>
+        <x:v>166.55</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45847.925787037</x:v>
+        <x:v>45887.9246180556</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>1.42</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>123.185</x:v>
+        <x:v>156.765</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>138.41</x:v>
+        <x:v>176.14</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45846.924849537</x:v>
+        <x:v>45884.9247800926</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>1.38</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>122.66</x:v>
+        <x:v>157.984</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>137.82</x:v>
+        <x:v>177.51</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45845.9274884259</x:v>
+        <x:v>45883.9240393518</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>1.17</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>119.972</x:v>
+        <x:v>161.046</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>134.8</x:v>
+        <x:v>180.95</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45841.8023611111</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>1.44</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>122.74</x:v>
+        <x:v>164.134</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>137.91</x:v>
+        <x:v>184.42</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45840.9304282407</x:v>
+        <x:v>45881.9233912037</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>1.49</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>123.283</x:v>
+        <x:v>155.706</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>138.52</x:v>
+        <x:v>174.95</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45839.9249768518</x:v>
+        <x:v>45880.9236111111</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>1.31</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>121.138</x:v>
+        <x:v>153.329</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>136.11</x:v>
+        <x:v>172.28</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45877.9331828704</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>1.95</x:v>
+        <x:v>4.44</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>126.291</x:v>
+        <x:v>153.756</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>141.9</x:v>
+        <x:v>172.76</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45835.9281828704</x:v>
+        <x:v>45876.9384953704</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>2.19</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>127.991</x:v>
+        <x:v>153.436</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>143.81</x:v>
+        <x:v>172.4</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45834.9274074074</x:v>
+        <x:v>45875.9344097222</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>2.18</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>127.875</x:v>
+        <x:v>145.177</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>143.68</x:v>
+        <x:v>163.12</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45833.9267824074</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>2.15</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>127.626</x:v>
+        <x:v>155.136</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>143.4</x:v>
+        <x:v>174.31</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45832.9265740741</x:v>
+        <x:v>45873.931400463</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>1.67</x:v>
+        <x:v>7.02</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>123.203</x:v>
+        <x:v>157.334</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>138.43</x:v>
+        <x:v>176.78</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45831.9246643518</x:v>
+        <x:v>45870.9273842593</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>1.08</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>115.326</x:v>
+        <x:v>152.813</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>129.58</x:v>
+        <x:v>171.7</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45828.9428935185</x:v>
+        <x:v>45869.9244560185</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>1</x:v>
+        <x:v>7.22</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>114.134</x:v>
+        <x:v>156.916</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>128.24</x:v>
+        <x:v>176.31</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45826.9303587963</x:v>
+        <x:v>45868.9255439815</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.92</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>112.843</x:v>
+        <x:v>159.764</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>126.79</x:v>
+        <x:v>179.51</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45825.9254050926</x:v>
+        <x:v>45867.9289467593</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.94</x:v>
+        <x:v>7.73</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>113.119</x:v>
+        <x:v>157.922</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>127.1</x:v>
+        <x:v>177.44</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45824.9235416667</x:v>
+        <x:v>45866.9278009259</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>0.9</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>112.487</x:v>
+        <x:v>154.557</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>126.39</x:v>
+        <x:v>173.66</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45821.9252546296</x:v>
+        <x:v>45863.9269212963</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.53</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>103.382</x:v>
+        <x:v>148.158</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>116.16</x:v>
+        <x:v>166.47</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45820.9288657407</x:v>
+        <x:v>45862.9246180556</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.63</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>105.465</x:v>
+        <x:v>144.287</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>118.5</x:v>
+        <x:v>162.12</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45819.923587963</x:v>
+        <x:v>45861.926412037</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.76</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>107.815</x:v>
+        <x:v>141.198</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>121.14</x:v>
+        <x:v>158.65</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45818.9234490741</x:v>
+        <x:v>45860.9261226852</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.89</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>109.684</x:v>
+        <x:v>137.701</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>123.24</x:v>
+        <x:v>154.72</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45817.9249189815</x:v>
+        <x:v>45859.9272800926</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.81</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>108.34</x:v>
+        <x:v>139.73</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>121.73</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45814.9278935185</x:v>
+        <x:v>45856.9492013889</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.59</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>103.409</x:v>
+        <x:v>139.721</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>116.19</x:v>
+        <x:v>156.99</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45813.9353356482</x:v>
+        <x:v>45855.9327893518</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>0.57</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>102.964</x:v>
+        <x:v>142.765</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>115.69</x:v>
+        <x:v>160.41</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45813.93125</x:v>
+        <x:v>45854.9360185185</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>0.57</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>102.964</x:v>
+        <x:v>142.471</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>115.69</x:v>
+        <x:v>160.08</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45812.9289583333</x:v>
+        <x:v>45853.9275925926</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>0.71</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>105.536</x:v>
+        <x:v>138.493</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>118.58</x:v>
+        <x:v>155.61</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45811.9361805556</x:v>
+        <x:v>45852.9328819444</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.65</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>104.406</x:v>
+        <x:v>130.154</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>117.31</x:v>
+        <x:v>146.24</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45810.9414583333</x:v>
+        <x:v>45849.9250347222</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>0.55</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>102.021</x:v>
+        <x:v>130.314</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>114.63</x:v>
+        <x:v>146.42</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45800.9242476852</x:v>
+        <x:v>45848.9261805556</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.44</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>98.176</x:v>
+        <x:v>128.302</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>110.31</x:v>
+        <x:v>144.16</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45799.9262847222</x:v>
+        <x:v>45847.925787037</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.46</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>98.532</x:v>
+        <x:v>123.185</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>110.71</x:v>
+        <x:v>138.41</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45798.9249421296</x:v>
+        <x:v>45846.924849537</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>0.51</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>99.733</x:v>
+        <x:v>122.66</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>112.06</x:v>
+        <x:v>137.82</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45797.9233796296</x:v>
+        <x:v>45845.9274884259</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>0.57</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>101.024</x:v>
+        <x:v>119.972</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>113.51</x:v>
+        <x:v>134.8</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45796.9244560185</x:v>
+        <x:v>45841.8023611111</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>0.62</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>102.119</x:v>
+        <x:v>122.74</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>114.74</x:v>
+        <x:v>137.91</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45793.9259490741</x:v>
+        <x:v>45840.9304282407</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>0.75</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>104.281</x:v>
+        <x:v>123.283</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>117.17</x:v>
+        <x:v>138.52</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45792.9360069444</x:v>
+        <x:v>45839.9249768518</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>0.65</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>102.341</x:v>
+        <x:v>121.138</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>114.99</x:v>
+        <x:v>136.11</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45791.9275231482</x:v>
+        <x:v>45838.9258564815</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.8</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>104.771</x:v>
+        <x:v>126.291</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>117.72</x:v>
+        <x:v>141.9</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45790.9286689815</x:v>
+        <x:v>45835.9281828704</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>0.58</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>100.089</x:v>
+        <x:v>127.991</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>112.46</x:v>
+        <x:v>143.81</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45789.9278240741</x:v>
+        <x:v>45834.9274074074</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>0.44</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>96.227</x:v>
+        <x:v>127.875</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>108.12</x:v>
+        <x:v>143.68</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45786.9253819444</x:v>
+        <x:v>45833.9267824074</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>0.31</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>91.528</x:v>
+        <x:v>127.626</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>102.84</x:v>
+        <x:v>143.4</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45785.9240046296</x:v>
+        <x:v>45832.9265740741</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>0.29</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>90.513</x:v>
+        <x:v>123.203</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>101.7</x:v>
+        <x:v>138.43</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45784.9235300926</x:v>
+        <x:v>45831.9246643518</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>0.26</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>89.32</x:v>
+        <x:v>115.326</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>100.36</x:v>
+        <x:v>129.58</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45783.9247916667</x:v>
+        <x:v>45828.9428935185</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>0.23</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>87.772</x:v>
+        <x:v>114.134</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>98.62</x:v>
+        <x:v>128.24</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45782.9244560185</x:v>
+        <x:v>45826.9303587963</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>89.525</x:v>
+        <x:v>112.843</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>100.59</x:v>
+        <x:v>126.79</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45779.9288773148</x:v>
+        <x:v>45825.9254050926</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>87.932</x:v>
+        <x:v>113.119</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>98.8</x:v>
+        <x:v>127.1</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45777.9324305556</x:v>
+        <x:v>45824.9235416667</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>86.642</x:v>
+        <x:v>112.487</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>97.35</x:v>
+        <x:v>126.39</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45776.9248611111</x:v>
+        <x:v>45821.9252546296</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>85.493</x:v>
+        <x:v>103.382</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>96.06</x:v>
+        <x:v>116.16</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45775.9312962963</x:v>
+        <x:v>45820.9288657407</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>85.787</x:v>
+        <x:v>105.465</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>96.39</x:v>
+        <x:v>118.5</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45772.9278819444</x:v>
+        <x:v>45819.923587963</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>86.014</x:v>
+        <x:v>107.815</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>96.645</x:v>
+        <x:v>121.14</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45771.9286458333</x:v>
+        <x:v>45818.9234490741</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>84.078</x:v>
+        <x:v>109.684</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>94.47</x:v>
+        <x:v>123.24</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45770.9298148148</x:v>
+        <x:v>45817.9249189815</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>80.447</x:v>
+        <x:v>108.34</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>90.39</x:v>
+        <x:v>121.73</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45769.9290972222</x:v>
+        <x:v>45814.9278935185</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>76.771</x:v>
+        <x:v>103.409</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>86.26</x:v>
+        <x:v>116.19</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45764.9308333333</x:v>
+        <x:v>45813.9353356482</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>77.875</x:v>
+        <x:v>102.964</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>87.5</x:v>
+        <x:v>115.69</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45763.9303472222</x:v>
+        <x:v>45813.93125</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>78.578</x:v>
+        <x:v>102.964</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>88.29</x:v>
+        <x:v>115.69</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45762.9291087963</x:v>
+        <x:v>45812.9289583333</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>84.808</x:v>
+        <x:v>105.536</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>95.29</x:v>
+        <x:v>118.58</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45761.9296412037</x:v>
+        <x:v>45811.9361805556</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>84.105</x:v>
+        <x:v>104.406</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>94.5</x:v>
+        <x:v>117.31</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45758.925474537</x:v>
+        <x:v>45810.9414583333</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>83.126</x:v>
+        <x:v>102.021</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>93.4</x:v>
+        <x:v>114.63</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45757.9250347222</x:v>
+        <x:v>45800.9242476852</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>78.943</x:v>
+        <x:v>98.176</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>88.7</x:v>
+        <x:v>110.31</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45757.7613078704</x:v>
+        <x:v>45799.9262847222</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>76.228</x:v>
+        <x:v>98.532</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>85.65</x:v>
+        <x:v>110.71</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45756.9251041667</x:v>
+        <x:v>45798.9249421296</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>1.74</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>86.188</x:v>
+        <x:v>99.733</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>96.84</x:v>
+        <x:v>112.06</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45755.9267476852</x:v>
+        <x:v>45797.9233796296</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>69.607</x:v>
+        <x:v>101.024</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>78.21</x:v>
+        <x:v>113.51</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45754.9257060185</x:v>
+        <x:v>45796.9244560185</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>1.25</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>74.44</x:v>
+        <x:v>102.119</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>83.64</x:v>
+        <x:v>114.74</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45751.9453240741</x:v>
+        <x:v>45793.9259490741</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>1.56</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>76.326</x:v>
+        <x:v>104.281</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>85.76</x:v>
+        <x:v>117.17</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
+        <x:v>45792.9360069444</x:v>
+      </x:c>
+      <x:c r="B162" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C162" s="0">
+        <x:v>0.65</x:v>
+      </x:c>
+      <x:c r="D162" s="0">
+        <x:v>102.341</x:v>
+      </x:c>
+      <x:c r="E162" s="0">
+        <x:v>114.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="163" spans="1:5">
+      <x:c r="A163" s="1">
+        <x:v>45791.9275231482</x:v>
+      </x:c>
+      <x:c r="B163" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C163" s="0">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="D163" s="0">
+        <x:v>104.771</x:v>
+      </x:c>
+      <x:c r="E163" s="0">
+        <x:v>117.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="164" spans="1:5">
+      <x:c r="A164" s="1">
+        <x:v>45790.9286689815</x:v>
+      </x:c>
+      <x:c r="B164" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C164" s="0">
+        <x:v>0.58</x:v>
+      </x:c>
+      <x:c r="D164" s="0">
+        <x:v>100.089</x:v>
+      </x:c>
+      <x:c r="E164" s="0">
+        <x:v>112.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="165" spans="1:5">
+      <x:c r="A165" s="1">
+        <x:v>45789.9278240741</x:v>
+      </x:c>
+      <x:c r="B165" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C165" s="0">
+        <x:v>0.44</x:v>
+      </x:c>
+      <x:c r="D165" s="0">
+        <x:v>96.227</x:v>
+      </x:c>
+      <x:c r="E165" s="0">
+        <x:v>108.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="166" spans="1:5">
+      <x:c r="A166" s="1">
+        <x:v>45786.9253819444</x:v>
+      </x:c>
+      <x:c r="B166" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C166" s="0">
+        <x:v>0.31</x:v>
+      </x:c>
+      <x:c r="D166" s="0">
+        <x:v>91.528</x:v>
+      </x:c>
+      <x:c r="E166" s="0">
+        <x:v>102.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="167" spans="1:5">
+      <x:c r="A167" s="1">
+        <x:v>45785.9240046296</x:v>
+      </x:c>
+      <x:c r="B167" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C167" s="0">
+        <x:v>0.29</x:v>
+      </x:c>
+      <x:c r="D167" s="0">
+        <x:v>90.513</x:v>
+      </x:c>
+      <x:c r="E167" s="0">
+        <x:v>101.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="168" spans="1:5">
+      <x:c r="A168" s="1">
+        <x:v>45784.9235300926</x:v>
+      </x:c>
+      <x:c r="B168" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C168" s="0">
+        <x:v>0.26</x:v>
+      </x:c>
+      <x:c r="D168" s="0">
+        <x:v>89.32</x:v>
+      </x:c>
+      <x:c r="E168" s="0">
+        <x:v>100.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169" spans="1:5">
+      <x:c r="A169" s="1">
+        <x:v>45783.9247916667</x:v>
+      </x:c>
+      <x:c r="B169" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C169" s="0">
+        <x:v>0.23</x:v>
+      </x:c>
+      <x:c r="D169" s="0">
+        <x:v>87.772</x:v>
+      </x:c>
+      <x:c r="E169" s="0">
+        <x:v>98.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="170" spans="1:5">
+      <x:c r="A170" s="1">
+        <x:v>45782.9244560185</x:v>
+      </x:c>
+      <x:c r="B170" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C170" s="0">
+        <x:v>0.27</x:v>
+      </x:c>
+      <x:c r="D170" s="0">
+        <x:v>89.525</x:v>
+      </x:c>
+      <x:c r="E170" s="0">
+        <x:v>100.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="171" spans="1:5">
+      <x:c r="A171" s="1">
+        <x:v>45779.9288773148</x:v>
+      </x:c>
+      <x:c r="B171" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C171" s="0">
+        <x:v>0.24</x:v>
+      </x:c>
+      <x:c r="D171" s="0">
+        <x:v>87.932</x:v>
+      </x:c>
+      <x:c r="E171" s="0">
+        <x:v>98.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="172" spans="1:5">
+      <x:c r="A172" s="1">
+        <x:v>45777.9324305556</x:v>
+      </x:c>
+      <x:c r="B172" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C172" s="0">
+        <x:v>0.21</x:v>
+      </x:c>
+      <x:c r="D172" s="0">
+        <x:v>86.642</x:v>
+      </x:c>
+      <x:c r="E172" s="0">
+        <x:v>97.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="173" spans="1:5">
+      <x:c r="A173" s="1">
+        <x:v>45776.9248611111</x:v>
+      </x:c>
+      <x:c r="B173" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C173" s="0">
+        <x:v>0.19</x:v>
+      </x:c>
+      <x:c r="D173" s="0">
+        <x:v>85.493</x:v>
+      </x:c>
+      <x:c r="E173" s="0">
+        <x:v>96.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="174" spans="1:5">
+      <x:c r="A174" s="1">
+        <x:v>45775.9312962963</x:v>
+      </x:c>
+      <x:c r="B174" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C174" s="0">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="D174" s="0">
+        <x:v>85.787</x:v>
+      </x:c>
+      <x:c r="E174" s="0">
+        <x:v>96.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="175" spans="1:5">
+      <x:c r="A175" s="1">
+        <x:v>45772.9278819444</x:v>
+      </x:c>
+      <x:c r="B175" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C175" s="0">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="D175" s="0">
+        <x:v>86.014</x:v>
+      </x:c>
+      <x:c r="E175" s="0">
+        <x:v>96.645</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="176" spans="1:5">
+      <x:c r="A176" s="1">
+        <x:v>45771.9286458333</x:v>
+      </x:c>
+      <x:c r="B176" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C176" s="0">
+        <x:v>0.17</x:v>
+      </x:c>
+      <x:c r="D176" s="0">
+        <x:v>84.078</x:v>
+      </x:c>
+      <x:c r="E176" s="0">
+        <x:v>94.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="177" spans="1:5">
+      <x:c r="A177" s="1">
+        <x:v>45770.9298148148</x:v>
+      </x:c>
+      <x:c r="B177" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C177" s="0">
+        <x:v>0.13</x:v>
+      </x:c>
+      <x:c r="D177" s="0">
+        <x:v>80.447</x:v>
+      </x:c>
+      <x:c r="E177" s="0">
+        <x:v>90.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="178" spans="1:5">
+      <x:c r="A178" s="1">
+        <x:v>45769.9290972222</x:v>
+      </x:c>
+      <x:c r="B178" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C178" s="0">
+        <x:v>0.09</x:v>
+      </x:c>
+      <x:c r="D178" s="0">
+        <x:v>76.771</x:v>
+      </x:c>
+      <x:c r="E178" s="0">
+        <x:v>86.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="179" spans="1:5">
+      <x:c r="A179" s="1">
+        <x:v>45764.9308333333</x:v>
+      </x:c>
+      <x:c r="B179" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C179" s="0">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="D179" s="0">
+        <x:v>77.875</x:v>
+      </x:c>
+      <x:c r="E179" s="0">
+        <x:v>87.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="180" spans="1:5">
+      <x:c r="A180" s="1">
+        <x:v>45763.9303472222</x:v>
+      </x:c>
+      <x:c r="B180" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C180" s="0">
+        <x:v>0.11</x:v>
+      </x:c>
+      <x:c r="D180" s="0">
+        <x:v>78.578</x:v>
+      </x:c>
+      <x:c r="E180" s="0">
+        <x:v>88.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="181" spans="1:5">
+      <x:c r="A181" s="1">
+        <x:v>45762.9291087963</x:v>
+      </x:c>
+      <x:c r="B181" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C181" s="0">
+        <x:v>0.28</x:v>
+      </x:c>
+      <x:c r="D181" s="0">
+        <x:v>84.808</x:v>
+      </x:c>
+      <x:c r="E181" s="0">
+        <x:v>95.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="182" spans="1:5">
+      <x:c r="A182" s="1">
+        <x:v>45761.9296412037</x:v>
+      </x:c>
+      <x:c r="B182" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C182" s="0">
+        <x:v>0.26</x:v>
+      </x:c>
+      <x:c r="D182" s="0">
+        <x:v>84.105</x:v>
+      </x:c>
+      <x:c r="E182" s="0">
+        <x:v>94.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="183" spans="1:5">
+      <x:c r="A183" s="1">
+        <x:v>45758.925474537</x:v>
+      </x:c>
+      <x:c r="B183" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C183" s="0">
+        <x:v>0.18</x:v>
+      </x:c>
+      <x:c r="D183" s="0">
+        <x:v>83.126</x:v>
+      </x:c>
+      <x:c r="E183" s="0">
+        <x:v>93.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="184" spans="1:5">
+      <x:c r="A184" s="1">
+        <x:v>45757.9250347222</x:v>
+      </x:c>
+      <x:c r="B184" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C184" s="0">
+        <x:v>0.17</x:v>
+      </x:c>
+      <x:c r="D184" s="0">
+        <x:v>78.943</x:v>
+      </x:c>
+      <x:c r="E184" s="0">
+        <x:v>88.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="185" spans="1:5">
+      <x:c r="A185" s="1">
+        <x:v>45757.7613078704</x:v>
+      </x:c>
+      <x:c r="B185" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="C185" s="0">
+        <x:v>0.13</x:v>
+      </x:c>
+      <x:c r="D185" s="0">
+        <x:v>76.228</x:v>
+      </x:c>
+      <x:c r="E185" s="0">
+        <x:v>85.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="186" spans="1:5">
+      <x:c r="A186" s="1">
+        <x:v>45756.9251041667</x:v>
+      </x:c>
+      <x:c r="B186" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C186" s="0">
+        <x:v>1.74</x:v>
+      </x:c>
+      <x:c r="D186" s="0">
+        <x:v>86.188</x:v>
+      </x:c>
+      <x:c r="E186" s="0">
+        <x:v>96.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="187" spans="1:5">
+      <x:c r="A187" s="1">
+        <x:v>45755.9267476852</x:v>
+      </x:c>
+      <x:c r="B187" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C187" s="0">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="D187" s="0">
+        <x:v>69.607</x:v>
+      </x:c>
+      <x:c r="E187" s="0">
+        <x:v>78.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="188" spans="1:5">
+      <x:c r="A188" s="1">
+        <x:v>45754.9257060185</x:v>
+      </x:c>
+      <x:c r="B188" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C188" s="0">
+        <x:v>1.25</x:v>
+      </x:c>
+      <x:c r="D188" s="0">
+        <x:v>74.44</x:v>
+      </x:c>
+      <x:c r="E188" s="0">
+        <x:v>83.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="189" spans="1:5">
+      <x:c r="A189" s="1">
+        <x:v>45751.9453240741</x:v>
+      </x:c>
+      <x:c r="B189" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C189" s="0">
+        <x:v>1.56</x:v>
+      </x:c>
+      <x:c r="D189" s="0">
+        <x:v>76.326</x:v>
+      </x:c>
+      <x:c r="E189" s="0">
+        <x:v>85.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="190" spans="1:5">
+      <x:c r="A190" s="1">
         <x:v>45750.9256481481</x:v>
       </x:c>
-      <x:c r="B162" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C162" s="0">
+      <x:c r="B190" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C190" s="0">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="D162" s="0">
+      <x:c r="D190" s="0">
         <x:v>83.482</x:v>
       </x:c>
-      <x:c r="E162" s="0">
+      <x:c r="E190" s="0">
         <x:v>93.8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>