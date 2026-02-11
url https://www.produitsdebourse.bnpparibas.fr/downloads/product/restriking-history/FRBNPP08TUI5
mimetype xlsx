--- v2 (2026-01-16)
+++ v3 (2026-02-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6845452597f544a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bef7987b9f364380aa0069e2323b2d84.psmdcp" Id="Re6dd461791314b96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24d480b20ed64887" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9ef137e4c0244bdaa9abaefee2835264.psmdcp" Id="R5da29a388045472f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP08TUI5</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,3276 +393,3548 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E190"/>
+  <x:dimension ref="A1:E206"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46037.9281134259</x:v>
+        <x:v>46063.9255208333</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>202.849</x:v>
+        <x:v>190.077</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>227.92</x:v>
+        <x:v>213.57</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46036.927349537</x:v>
+        <x:v>46062.9247569444</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>199.004</x:v>
+        <x:v>192.24</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>223.6</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46035.9279976852</x:v>
+        <x:v>46058.9255324074</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>196.663</x:v>
+        <x:v>171.325</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>220.97</x:v>
+        <x:v>192.5</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46034.927974537</x:v>
+        <x:v>46057.9258564815</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>184.844</x:v>
+        <x:v>178.169</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>207.69</x:v>
+        <x:v>200.19</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46031.9291087963</x:v>
+        <x:v>46057.6458333333</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>180.821</x:v>
+        <x:v>186.953</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>203.17</x:v>
+        <x:v>210.06</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46030.9271064815</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>182.165</x:v>
+        <x:v>215.478</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>204.68</x:v>
+        <x:v>242.11</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46029.9279398148</x:v>
+        <x:v>46055.9254398148</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>186.918</x:v>
+        <x:v>219.18</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>210.02</x:v>
+        <x:v>246.27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46028.9271643519</x:v>
+        <x:v>46051.9256481481</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>190.772</x:v>
+        <x:v>224.44</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>214.35</x:v>
+        <x:v>252.18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46027.9295949074</x:v>
+        <x:v>46050.9251736111</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>196.761</x:v>
+        <x:v>224.939</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>221.08</x:v>
+        <x:v>252.74</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46024.9272453704</x:v>
+        <x:v>46049.9250231481</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>198.888</x:v>
+        <x:v>224.307</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>223.47</x:v>
+        <x:v>252.03</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46021.927025463</x:v>
+        <x:v>46048.9247916667</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>191.653</x:v>
+        <x:v>223.666</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>215.34</x:v>
+        <x:v>251.31</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46020.9274074074</x:v>
+        <x:v>46045.9251736111</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.42</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>191.893</x:v>
+        <x:v>231.115</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>215.61</x:v>
+        <x:v>259.68</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46014.9278125</x:v>
+        <x:v>46044.9246180556</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.42</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>191.261</x:v>
+        <x:v>225.82</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>214.9</x:v>
+        <x:v>253.73</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46043.925474537</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>191.306</x:v>
+        <x:v>222.322</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>214.95</x:v>
+        <x:v>249.8</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>189.953</x:v>
+        <x:v>206.409</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>213.43</x:v>
+        <x:v>231.92</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46009.930775463</x:v>
+        <x:v>46038.9244097222</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>178.943</x:v>
+        <x:v>206.329</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>201.06</x:v>
+        <x:v>231.83</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46008.927662037</x:v>
+        <x:v>46037.9281134259</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>176.318</x:v>
+        <x:v>202.849</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>198.11</x:v>
+        <x:v>227.92</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46007.9278356481</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>186.161</x:v>
+        <x:v>199.004</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>209.17</x:v>
+        <x:v>223.6</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46006.9271412037</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>184.746</x:v>
+        <x:v>196.663</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>207.58</x:v>
+        <x:v>220.97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46003.9269791667</x:v>
+        <x:v>46034.927974537</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>187.594</x:v>
+        <x:v>184.844</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>210.78</x:v>
+        <x:v>207.69</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46002.9321064815</x:v>
+        <x:v>46031.9291087963</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>197.073</x:v>
+        <x:v>180.821</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>221.43</x:v>
+        <x:v>203.17</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46001.9271180556</x:v>
+        <x:v>46030.9271064815</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>197.064</x:v>
+        <x:v>182.165</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>221.42</x:v>
+        <x:v>204.68</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46000.9276273148</x:v>
+        <x:v>46029.9279398148</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>197.242</x:v>
+        <x:v>186.918</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>221.62</x:v>
+        <x:v>210.02</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45996.930787037</x:v>
+        <x:v>46028.9271643519</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>193.993</x:v>
+        <x:v>190.772</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>217.97</x:v>
+        <x:v>214.35</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45995.9303935185</x:v>
+        <x:v>46027.9295949074</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>192.222</x:v>
+        <x:v>196.761</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>215.98</x:v>
+        <x:v>221.08</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45994.9277430556</x:v>
+        <x:v>46024.9272453704</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>193.664</x:v>
+        <x:v>198.888</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>217.6</x:v>
+        <x:v>223.47</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46021.927025463</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>191.564</x:v>
+        <x:v>191.653</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>215.24</x:v>
+        <x:v>215.34</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45992.9296759259</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>195.586</x:v>
+        <x:v>191.893</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>219.76</x:v>
+        <x:v>215.61</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45989.8197453704</x:v>
+        <x:v>46014.9278125</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>193.602</x:v>
+        <x:v>191.261</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>217.53</x:v>
+        <x:v>214.9</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45987.9266435185</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>190.674</x:v>
+        <x:v>191.306</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>214.24</x:v>
+        <x:v>214.95</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45986.9249305556</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>183.456</x:v>
+        <x:v>189.953</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>206.13</x:v>
+        <x:v>213.43</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45982.9249768518</x:v>
+        <x:v>46009.930775463</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>181.364</x:v>
+        <x:v>178.943</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>203.78</x:v>
+        <x:v>201.06</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45981.9258796296</x:v>
+        <x:v>46008.927662037</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>183.358</x:v>
+        <x:v>176.318</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>206.02</x:v>
+        <x:v>198.11</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46007.9278356481</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>1.39</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>198.96</x:v>
+        <x:v>186.161</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>223.55</x:v>
+        <x:v>209.17</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45979.9258564815</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>1.81</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>204.958</x:v>
+        <x:v>184.746</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>230.29</x:v>
+        <x:v>207.58</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45978.9281828704</x:v>
+        <x:v>46003.9269791667</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>2.76</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>214.063</x:v>
+        <x:v>187.594</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>240.52</x:v>
+        <x:v>210.78</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45975.925775463</x:v>
+        <x:v>46002.9321064815</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>3.48</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>219.661</x:v>
+        <x:v>197.073</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>246.81</x:v>
+        <x:v>221.43</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>3.62</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>220.684</x:v>
+        <x:v>197.064</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>247.96</x:v>
+        <x:v>221.42</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45973.9253009259</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>5.48</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>230.412</x:v>
+        <x:v>197.242</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>258.89</x:v>
+        <x:v>221.62</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45972.9253703704</x:v>
+        <x:v>45996.930787037</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>3.19</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>211.393</x:v>
+        <x:v>193.993</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>237.52</x:v>
+        <x:v>217.97</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45971.9254050926</x:v>
+        <x:v>45995.9303935185</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>4.05</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>217.142</x:v>
+        <x:v>192.222</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>243.98</x:v>
+        <x:v>215.98</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45968.9254976852</x:v>
+        <x:v>45994.9277430556</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>2.99</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>207.851</x:v>
+        <x:v>193.664</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>233.54</x:v>
+        <x:v>217.6</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>3.49</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>211.553</x:v>
+        <x:v>191.564</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>237.7</x:v>
+        <x:v>215.24</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45966.9253240741</x:v>
+        <x:v>45992.9296759259</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>8.36</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>228.134</x:v>
+        <x:v>195.586</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>256.33</x:v>
+        <x:v>219.76</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45989.8197453704</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>6.97</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>222.544</x:v>
+        <x:v>193.602</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>250.05</x:v>
+        <x:v>217.53</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45964.9228587963</x:v>
+        <x:v>45987.9266435185</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>9.92</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>231.088</x:v>
+        <x:v>190.674</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>259.65</x:v>
+        <x:v>214.24</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45961.8819907407</x:v>
+        <x:v>45986.9249305556</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>8.97</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>227.947</x:v>
+        <x:v>183.456</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>256.12</x:v>
+        <x:v>206.13</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45982.9249768518</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>8.64</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>226.808</x:v>
+        <x:v>181.364</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>254.84</x:v>
+        <x:v>203.78</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45959.8897800926</x:v>
+        <x:v>45981.9258796296</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>12.15</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>235.254</x:v>
+        <x:v>183.358</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>264.33</x:v>
+        <x:v>206.02</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45958.8875</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>10.17</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>229.629</x:v>
+        <x:v>198.96</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>258.01</x:v>
+        <x:v>223.55</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45957.8876157407</x:v>
+        <x:v>45979.9258564815</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>10.73</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>231.106</x:v>
+        <x:v>204.958</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>259.67</x:v>
+        <x:v>230.29</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45954.9259143519</x:v>
+        <x:v>45978.9281828704</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>8.88</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>225.099</x:v>
+        <x:v>214.063</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>252.92</x:v>
+        <x:v>240.52</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45953.9278935185</x:v>
+        <x:v>45975.925775463</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>5.52</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>209.141</x:v>
+        <x:v>219.661</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>234.99</x:v>
+        <x:v>246.81</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45952.9304398148</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>4.74</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>204.905</x:v>
+        <x:v>220.684</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>230.23</x:v>
+        <x:v>247.96</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45973.9253009259</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>6.44</x:v>
+        <x:v>5.48</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>211.847</x:v>
+        <x:v>230.412</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>238.03</x:v>
+        <x:v>258.89</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45950.9289583333</x:v>
+        <x:v>45972.9253703704</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>7.04</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>214.098</x:v>
+        <x:v>211.393</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>240.56</x:v>
+        <x:v>237.52</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45971.9254050926</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>5.62</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>207.441</x:v>
+        <x:v>217.142</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>233.08</x:v>
+        <x:v>243.98</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45946.9261921296</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>5.93</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>208.758</x:v>
+        <x:v>207.851</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>234.56</x:v>
+        <x:v>233.54</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45945.9257060185</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>6.87</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>212.354</x:v>
+        <x:v>211.553</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>238.6</x:v>
+        <x:v>237.7</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45944.9308449074</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>3.92</x:v>
+        <x:v>8.36</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>194.1</x:v>
+        <x:v>228.134</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>218.09</x:v>
+        <x:v>256.33</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45943.926712963</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>3.7</x:v>
+        <x:v>6.97</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>192.614</x:v>
+        <x:v>222.544</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>216.42</x:v>
+        <x:v>250.05</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>3.52</x:v>
+        <x:v>9.92</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>191.261</x:v>
+        <x:v>231.088</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>214.9</x:v>
+        <x:v>259.65</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>10.18</x:v>
+        <x:v>8.97</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>209.648</x:v>
+        <x:v>227.947</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>235.56</x:v>
+        <x:v>256.12</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>5.34</x:v>
+        <x:v>8.64</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>188.244</x:v>
+        <x:v>226.808</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>211.51</x:v>
+        <x:v>254.84</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>4.09</x:v>
+        <x:v>12.15</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>181.302</x:v>
+        <x:v>235.254</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>203.71</x:v>
+        <x:v>264.33</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>1.41</x:v>
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>146.556</x:v>
+        <x:v>229.629</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>164.67</x:v>
+        <x:v>258.01</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>1.86</x:v>
+        <x:v>10.73</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>151.06</x:v>
+        <x:v>231.106</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>169.73</x:v>
+        <x:v>259.67</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>1.46</x:v>
+        <x:v>8.88</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>145.969</x:v>
+        <x:v>225.099</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>164.01</x:v>
+        <x:v>252.92</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>1.31</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>143.993</x:v>
+        <x:v>209.141</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>161.79</x:v>
+        <x:v>234.99</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>1.29</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>143.61</x:v>
+        <x:v>204.905</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>161.36</x:v>
+        <x:v>230.23</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>1.18</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>141.919</x:v>
+        <x:v>211.847</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>159.46</x:v>
+        <x:v>238.03</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>1.3</x:v>
+        <x:v>7.04</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>143.53</x:v>
+        <x:v>214.098</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>161.27</x:v>
+        <x:v>240.56</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>1.28</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>143.183</x:v>
+        <x:v>207.441</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>160.88</x:v>
+        <x:v>233.08</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45923.925162037</x:v>
+        <x:v>45946.9261921296</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>1.28</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>143.201</x:v>
+        <x:v>208.758</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>160.9</x:v>
+        <x:v>234.56</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45922.9267013889</x:v>
+        <x:v>45945.9257060185</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>1.21</x:v>
+        <x:v>6.87</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>142.213</x:v>
+        <x:v>212.354</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>159.79</x:v>
+        <x:v>238.6</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45919.934224537</x:v>
+        <x:v>45944.9308449074</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>1.09</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>140.077</x:v>
+        <x:v>194.1</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>157.39</x:v>
+        <x:v>218.09</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45918.9265277778</x:v>
+        <x:v>45943.926712963</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>1.12</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>140.549</x:v>
+        <x:v>192.614</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>157.92</x:v>
+        <x:v>216.42</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45917.9271180556</x:v>
+        <x:v>45940.9234837963</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>1.19</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>141.652</x:v>
+        <x:v>191.261</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>159.16</x:v>
+        <x:v>214.9</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45938.9270601852</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>1.28</x:v>
+        <x:v>10.18</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>142.809</x:v>
+        <x:v>209.648</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>160.46</x:v>
+        <x:v>235.56</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45937.9282175926</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>1.33</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>143.432</x:v>
+        <x:v>188.244</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>161.16</x:v>
+        <x:v>211.51</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45912.9234837963</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>1.18</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>141.127</x:v>
+        <x:v>181.302</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>158.57</x:v>
+        <x:v>203.71</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45933.9288888889</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>1.03</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>138.546</x:v>
+        <x:v>146.556</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>155.67</x:v>
+        <x:v>164.67</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45910.9240625</x:v>
+        <x:v>45932.9250347222</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>141.991</x:v>
+        <x:v>151.06</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>159.54</x:v>
+        <x:v>169.73</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45909.924537037</x:v>
+        <x:v>45931.9293634259</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>138.68</x:v>
+        <x:v>145.969</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>155.82</x:v>
+        <x:v>164.01</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45908.9240277778</x:v>
+        <x:v>45930.9338773148</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.87</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>134.755</x:v>
+        <x:v>143.993</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>151.41</x:v>
+        <x:v>161.79</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45929.9323842593</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.86</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>134.515</x:v>
+        <x:v>143.61</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>151.14</x:v>
+        <x:v>161.36</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45926.9299537037</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>1.83</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>143.993</x:v>
+        <x:v>141.919</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>161.79</x:v>
+        <x:v>159.46</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45903.9235763889</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>1.87</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>144.296</x:v>
+        <x:v>143.53</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>162.13</x:v>
+        <x:v>161.27</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45902.9238541667</x:v>
+        <x:v>45924.9296990741</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>1.89</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>144.465</x:v>
+        <x:v>143.183</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>162.32</x:v>
+        <x:v>160.88</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45898.9303935185</x:v>
+        <x:v>45923.925162037</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>144.741</x:v>
+        <x:v>143.201</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>162.63</x:v>
+        <x:v>160.9</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45922.9267013889</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>2.69</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>150.036</x:v>
+        <x:v>142.213</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>168.58</x:v>
+        <x:v>159.79</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45896.924837963</x:v>
+        <x:v>45919.934224537</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>2.52</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>148.746</x:v>
+        <x:v>140.077</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>167.13</x:v>
+        <x:v>157.39</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45918.9265277778</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>2.46</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>148.292</x:v>
+        <x:v>140.549</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>166.62</x:v>
+        <x:v>157.92</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45894.9239351852</x:v>
+        <x:v>45917.9271180556</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>145.39</x:v>
+        <x:v>141.652</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>163.36</x:v>
+        <x:v>159.16</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>2.71</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>149.306</x:v>
+        <x:v>142.809</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>167.76</x:v>
+        <x:v>160.46</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45890.9257060185</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>2.26</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>145.702</x:v>
+        <x:v>143.432</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>163.71</x:v>
+        <x:v>161.16</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45889.9243287037</x:v>
+        <x:v>45912.9234837963</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>147.028</x:v>
+        <x:v>141.127</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>165.2</x:v>
+        <x:v>158.57</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45888.9238194444</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>2.62</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>148.23</x:v>
+        <x:v>138.546</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>166.55</x:v>
+        <x:v>155.67</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45887.9246180556</x:v>
+        <x:v>45910.9240625</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>4.65</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>156.765</x:v>
+        <x:v>141.991</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>176.14</x:v>
+        <x:v>159.54</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45884.9247800926</x:v>
+        <x:v>45909.924537037</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>4.98</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>157.984</x:v>
+        <x:v>138.68</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>177.51</x:v>
+        <x:v>155.82</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45883.9240393518</x:v>
+        <x:v>45908.9240277778</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>5.88</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>161.046</x:v>
+        <x:v>134.755</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>180.95</x:v>
+        <x:v>151.41</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45905.9285648148</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>6.94</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>164.134</x:v>
+        <x:v>134.515</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>184.42</x:v>
+        <x:v>151.14</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45881.9233912037</x:v>
+        <x:v>45904.9245601852</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>4.85</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>155.706</x:v>
+        <x:v>143.993</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>174.95</x:v>
+        <x:v>161.79</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45880.9236111111</x:v>
+        <x:v>45903.9235763889</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>4.32</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>153.329</x:v>
+        <x:v>144.296</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>172.28</x:v>
+        <x:v>162.13</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45877.9331828704</x:v>
+        <x:v>45902.9238541667</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>4.44</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>153.756</x:v>
+        <x:v>144.465</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>172.76</x:v>
+        <x:v>162.32</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45876.9384953704</x:v>
+        <x:v>45898.9303935185</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>4.37</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>153.436</x:v>
+        <x:v>144.741</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>172.4</x:v>
+        <x:v>162.63</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45875.9344097222</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>3.01</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>145.177</x:v>
+        <x:v>150.036</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>163.12</x:v>
+        <x:v>168.58</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45896.924837963</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>6.23</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>155.136</x:v>
+        <x:v>148.746</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>174.31</x:v>
+        <x:v>167.13</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45873.931400463</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>7.02</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>157.334</x:v>
+        <x:v>148.292</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>176.78</x:v>
+        <x:v>166.62</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45870.9273842593</x:v>
+        <x:v>45894.9239351852</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>5.7</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>152.813</x:v>
+        <x:v>145.39</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>171.7</x:v>
+        <x:v>163.36</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45869.9244560185</x:v>
+        <x:v>45891.9252083333</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>7.22</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>156.916</x:v>
+        <x:v>149.306</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>176.31</x:v>
+        <x:v>167.76</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45868.9255439815</x:v>
+        <x:v>45890.9257060185</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>8.44</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>159.764</x:v>
+        <x:v>145.702</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>179.51</x:v>
+        <x:v>163.71</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45867.9289467593</x:v>
+        <x:v>45889.9243287037</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>7.73</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>157.922</x:v>
+        <x:v>147.028</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>177.44</x:v>
+        <x:v>165.2</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45866.9278009259</x:v>
+        <x:v>45888.9238194444</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>6.59</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>154.557</x:v>
+        <x:v>148.23</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>173.66</x:v>
+        <x:v>166.55</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45863.9269212963</x:v>
+        <x:v>45887.9246180556</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>4.91</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>148.158</x:v>
+        <x:v>156.765</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>166.47</x:v>
+        <x:v>176.14</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45862.9246180556</x:v>
+        <x:v>45884.9247800926</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>4.05</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>144.287</x:v>
+        <x:v>157.984</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>162.12</x:v>
+        <x:v>177.51</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45861.926412037</x:v>
+        <x:v>45883.9240393518</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>3.45</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>141.198</x:v>
+        <x:v>161.046</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>158.65</x:v>
+        <x:v>180.95</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45860.9261226852</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>2.87</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>137.701</x:v>
+        <x:v>164.134</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>154.72</x:v>
+        <x:v>184.42</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45859.9272800926</x:v>
+        <x:v>45881.9233912037</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>3.26</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>139.73</x:v>
+        <x:v>155.706</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>157</x:v>
+        <x:v>174.95</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45856.9492013889</x:v>
+        <x:v>45880.9236111111</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>3.27</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>139.721</x:v>
+        <x:v>153.329</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>156.99</x:v>
+        <x:v>172.28</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45855.9327893518</x:v>
+        <x:v>45877.9331828704</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>3.95</x:v>
+        <x:v>4.44</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>142.765</x:v>
+        <x:v>153.756</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>160.41</x:v>
+        <x:v>172.76</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45854.9360185185</x:v>
+        <x:v>45876.9384953704</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>3.89</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>142.471</x:v>
+        <x:v>153.436</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>160.08</x:v>
+        <x:v>172.4</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45853.9275925926</x:v>
+        <x:v>45875.9344097222</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>3.17</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>138.493</x:v>
+        <x:v>145.177</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>155.61</x:v>
+        <x:v>163.12</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45852.9328819444</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>2.1</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>130.154</x:v>
+        <x:v>155.136</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>146.24</x:v>
+        <x:v>174.31</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45849.9250347222</x:v>
+        <x:v>45873.931400463</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>2.13</x:v>
+        <x:v>7.02</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>130.314</x:v>
+        <x:v>157.334</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>146.42</x:v>
+        <x:v>176.78</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45848.9261805556</x:v>
+        <x:v>45870.9273842593</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>1.89</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>128.302</x:v>
+        <x:v>152.813</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>144.16</x:v>
+        <x:v>171.7</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45847.925787037</x:v>
+        <x:v>45869.9244560185</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>1.42</x:v>
+        <x:v>7.22</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>123.185</x:v>
+        <x:v>156.916</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>138.41</x:v>
+        <x:v>176.31</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45846.924849537</x:v>
+        <x:v>45868.9255439815</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>1.38</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>122.66</x:v>
+        <x:v>159.764</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>137.82</x:v>
+        <x:v>179.51</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45845.9274884259</x:v>
+        <x:v>45867.9289467593</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>1.17</x:v>
+        <x:v>7.73</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>119.972</x:v>
+        <x:v>157.922</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>134.8</x:v>
+        <x:v>177.44</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45841.8023611111</x:v>
+        <x:v>45866.9278009259</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>1.44</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>122.74</x:v>
+        <x:v>154.557</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>137.91</x:v>
+        <x:v>173.66</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45840.9304282407</x:v>
+        <x:v>45863.9269212963</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>1.49</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>123.283</x:v>
+        <x:v>148.158</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>138.52</x:v>
+        <x:v>166.47</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45839.9249768518</x:v>
+        <x:v>45862.9246180556</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>1.31</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>121.138</x:v>
+        <x:v>144.287</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>136.11</x:v>
+        <x:v>162.12</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45861.926412037</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>1.95</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>126.291</x:v>
+        <x:v>141.198</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>141.9</x:v>
+        <x:v>158.65</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45835.9281828704</x:v>
+        <x:v>45860.9261226852</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>2.19</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>127.991</x:v>
+        <x:v>137.701</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>143.81</x:v>
+        <x:v>154.72</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45834.9274074074</x:v>
+        <x:v>45859.9272800926</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>2.18</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>127.875</x:v>
+        <x:v>139.73</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>143.68</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45833.9267824074</x:v>
+        <x:v>45856.9492013889</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>2.15</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>127.626</x:v>
+        <x:v>139.721</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>143.4</x:v>
+        <x:v>156.99</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45832.9265740741</x:v>
+        <x:v>45855.9327893518</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>1.67</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>123.203</x:v>
+        <x:v>142.765</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>138.43</x:v>
+        <x:v>160.41</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45831.9246643518</x:v>
+        <x:v>45854.9360185185</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>1.08</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>115.326</x:v>
+        <x:v>142.471</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>129.58</x:v>
+        <x:v>160.08</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45828.9428935185</x:v>
+        <x:v>45853.9275925926</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>1</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>114.134</x:v>
+        <x:v>138.493</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>128.24</x:v>
+        <x:v>155.61</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45826.9303587963</x:v>
+        <x:v>45852.9328819444</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>0.92</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>112.843</x:v>
+        <x:v>130.154</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>126.79</x:v>
+        <x:v>146.24</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45825.9254050926</x:v>
+        <x:v>45849.9250347222</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>0.94</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>113.119</x:v>
+        <x:v>130.314</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>127.1</x:v>
+        <x:v>146.42</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45824.9235416667</x:v>
+        <x:v>45848.9261805556</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>0.9</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>112.487</x:v>
+        <x:v>128.302</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>126.39</x:v>
+        <x:v>144.16</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45821.9252546296</x:v>
+        <x:v>45847.925787037</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>0.53</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>103.382</x:v>
+        <x:v>123.185</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>116.16</x:v>
+        <x:v>138.41</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45820.9288657407</x:v>
+        <x:v>45846.924849537</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>0.63</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>105.465</x:v>
+        <x:v>122.66</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>118.5</x:v>
+        <x:v>137.82</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45819.923587963</x:v>
+        <x:v>45845.9274884259</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>0.76</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>107.815</x:v>
+        <x:v>119.972</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>121.14</x:v>
+        <x:v>134.8</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45818.9234490741</x:v>
+        <x:v>45841.8023611111</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>0.89</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>109.684</x:v>
+        <x:v>122.74</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>123.24</x:v>
+        <x:v>137.91</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45817.9249189815</x:v>
+        <x:v>45840.9304282407</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>0.81</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>108.34</x:v>
+        <x:v>123.283</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>121.73</x:v>
+        <x:v>138.52</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45814.9278935185</x:v>
+        <x:v>45839.9249768518</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>0.59</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>103.409</x:v>
+        <x:v>121.138</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>116.19</x:v>
+        <x:v>136.11</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45813.9353356482</x:v>
+        <x:v>45838.9258564815</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>0.57</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>102.964</x:v>
+        <x:v>126.291</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>115.69</x:v>
+        <x:v>141.9</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45813.93125</x:v>
+        <x:v>45835.9281828704</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>0.57</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>102.964</x:v>
+        <x:v>127.991</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>115.69</x:v>
+        <x:v>143.81</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45812.9289583333</x:v>
+        <x:v>45834.9274074074</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>0.71</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>105.536</x:v>
+        <x:v>127.875</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>118.58</x:v>
+        <x:v>143.68</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45811.9361805556</x:v>
+        <x:v>45833.9267824074</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>0.65</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>104.406</x:v>
+        <x:v>127.626</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>117.31</x:v>
+        <x:v>143.4</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45810.9414583333</x:v>
+        <x:v>45832.9265740741</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>0.55</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>102.021</x:v>
+        <x:v>123.203</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>114.63</x:v>
+        <x:v>138.43</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45800.9242476852</x:v>
+        <x:v>45831.9246643518</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>0.44</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>98.176</x:v>
+        <x:v>115.326</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>110.31</x:v>
+        <x:v>129.58</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45799.9262847222</x:v>
+        <x:v>45828.9428935185</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>0.46</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>98.532</x:v>
+        <x:v>114.134</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>110.71</x:v>
+        <x:v>128.24</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45798.9249421296</x:v>
+        <x:v>45826.9303587963</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>99.733</x:v>
+        <x:v>112.843</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>112.06</x:v>
+        <x:v>126.79</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45797.9233796296</x:v>
+        <x:v>45825.9254050926</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>101.024</x:v>
+        <x:v>113.119</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>113.51</x:v>
+        <x:v>127.1</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45796.9244560185</x:v>
+        <x:v>45824.9235416667</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>102.119</x:v>
+        <x:v>112.487</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>114.74</x:v>
+        <x:v>126.39</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45793.9259490741</x:v>
+        <x:v>45821.9252546296</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>104.281</x:v>
+        <x:v>103.382</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>117.17</x:v>
+        <x:v>116.16</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45792.9360069444</x:v>
+        <x:v>45820.9288657407</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>102.341</x:v>
+        <x:v>105.465</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>114.99</x:v>
+        <x:v>118.5</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45791.9275231482</x:v>
+        <x:v>45819.923587963</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>104.771</x:v>
+        <x:v>107.815</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>117.72</x:v>
+        <x:v>121.14</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45790.9286689815</x:v>
+        <x:v>45818.9234490741</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>100.089</x:v>
+        <x:v>109.684</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>112.46</x:v>
+        <x:v>123.24</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45789.9278240741</x:v>
+        <x:v>45817.9249189815</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>96.227</x:v>
+        <x:v>108.34</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>108.12</x:v>
+        <x:v>121.73</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45786.9253819444</x:v>
+        <x:v>45814.9278935185</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>91.528</x:v>
+        <x:v>103.409</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>102.84</x:v>
+        <x:v>116.19</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45785.9240046296</x:v>
+        <x:v>45813.9353356482</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>90.513</x:v>
+        <x:v>102.964</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>101.7</x:v>
+        <x:v>115.69</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45784.9235300926</x:v>
+        <x:v>45813.93125</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>89.32</x:v>
+        <x:v>102.964</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>100.36</x:v>
+        <x:v>115.69</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45783.9247916667</x:v>
+        <x:v>45812.9289583333</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>87.772</x:v>
+        <x:v>105.536</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>98.62</x:v>
+        <x:v>118.58</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45782.9244560185</x:v>
+        <x:v>45811.9361805556</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>89.525</x:v>
+        <x:v>104.406</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>100.59</x:v>
+        <x:v>117.31</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45779.9288773148</x:v>
+        <x:v>45810.9414583333</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>87.932</x:v>
+        <x:v>102.021</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>98.8</x:v>
+        <x:v>114.63</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45777.9324305556</x:v>
+        <x:v>45800.9242476852</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>86.642</x:v>
+        <x:v>98.176</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>97.35</x:v>
+        <x:v>110.31</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45776.9248611111</x:v>
+        <x:v>45799.9262847222</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>85.493</x:v>
+        <x:v>98.532</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>96.06</x:v>
+        <x:v>110.71</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45775.9312962963</x:v>
+        <x:v>45798.9249421296</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>85.787</x:v>
+        <x:v>99.733</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>96.39</x:v>
+        <x:v>112.06</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45772.9278819444</x:v>
+        <x:v>45797.9233796296</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>86.014</x:v>
+        <x:v>101.024</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>96.645</x:v>
+        <x:v>113.51</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45771.9286458333</x:v>
+        <x:v>45796.9244560185</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>84.078</x:v>
+        <x:v>102.119</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>94.47</x:v>
+        <x:v>114.74</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45770.9298148148</x:v>
+        <x:v>45793.9259490741</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>80.447</x:v>
+        <x:v>104.281</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>90.39</x:v>
+        <x:v>117.17</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45769.9290972222</x:v>
+        <x:v>45792.9360069444</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>76.771</x:v>
+        <x:v>102.341</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>86.26</x:v>
+        <x:v>114.99</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45764.9308333333</x:v>
+        <x:v>45791.9275231482</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>77.875</x:v>
+        <x:v>104.771</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>87.5</x:v>
+        <x:v>117.72</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45763.9303472222</x:v>
+        <x:v>45790.9286689815</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>78.578</x:v>
+        <x:v>100.089</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>88.29</x:v>
+        <x:v>112.46</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45762.9291087963</x:v>
+        <x:v>45789.9278240741</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>84.808</x:v>
+        <x:v>96.227</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>95.29</x:v>
+        <x:v>108.12</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45761.9296412037</x:v>
+        <x:v>45786.9253819444</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>84.105</x:v>
+        <x:v>91.528</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>94.5</x:v>
+        <x:v>102.84</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45758.925474537</x:v>
+        <x:v>45785.9240046296</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>83.126</x:v>
+        <x:v>90.513</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>93.4</x:v>
+        <x:v>101.7</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45757.9250347222</x:v>
+        <x:v>45784.9235300926</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>78.943</x:v>
+        <x:v>89.32</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>88.7</x:v>
+        <x:v>100.36</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45757.7613078704</x:v>
+        <x:v>45783.9247916667</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>76.228</x:v>
+        <x:v>87.772</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>85.65</x:v>
+        <x:v>98.62</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45756.9251041667</x:v>
+        <x:v>45782.9244560185</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>1.74</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>86.188</x:v>
+        <x:v>89.525</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>96.84</x:v>
+        <x:v>100.59</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45755.9267476852</x:v>
+        <x:v>45779.9288773148</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>69.607</x:v>
+        <x:v>87.932</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>78.21</x:v>
+        <x:v>98.8</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45754.9257060185</x:v>
+        <x:v>45777.9324305556</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>1.25</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>74.44</x:v>
+        <x:v>86.642</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>83.64</x:v>
+        <x:v>97.35</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45751.9453240741</x:v>
+        <x:v>45776.9248611111</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>1.56</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>76.326</x:v>
+        <x:v>85.493</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>85.76</x:v>
+        <x:v>96.06</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
+        <x:v>45775.9312962963</x:v>
+      </x:c>
+      <x:c r="B190" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C190" s="0">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="D190" s="0">
+        <x:v>85.787</x:v>
+      </x:c>
+      <x:c r="E190" s="0">
+        <x:v>96.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="191" spans="1:5">
+      <x:c r="A191" s="1">
+        <x:v>45772.9278819444</x:v>
+      </x:c>
+      <x:c r="B191" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C191" s="0">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="D191" s="0">
+        <x:v>86.014</x:v>
+      </x:c>
+      <x:c r="E191" s="0">
+        <x:v>96.645</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="192" spans="1:5">
+      <x:c r="A192" s="1">
+        <x:v>45771.9286458333</x:v>
+      </x:c>
+      <x:c r="B192" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C192" s="0">
+        <x:v>0.17</x:v>
+      </x:c>
+      <x:c r="D192" s="0">
+        <x:v>84.078</x:v>
+      </x:c>
+      <x:c r="E192" s="0">
+        <x:v>94.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="193" spans="1:5">
+      <x:c r="A193" s="1">
+        <x:v>45770.9298148148</x:v>
+      </x:c>
+      <x:c r="B193" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C193" s="0">
+        <x:v>0.13</x:v>
+      </x:c>
+      <x:c r="D193" s="0">
+        <x:v>80.447</x:v>
+      </x:c>
+      <x:c r="E193" s="0">
+        <x:v>90.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="194" spans="1:5">
+      <x:c r="A194" s="1">
+        <x:v>45769.9290972222</x:v>
+      </x:c>
+      <x:c r="B194" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C194" s="0">
+        <x:v>0.09</x:v>
+      </x:c>
+      <x:c r="D194" s="0">
+        <x:v>76.771</x:v>
+      </x:c>
+      <x:c r="E194" s="0">
+        <x:v>86.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="195" spans="1:5">
+      <x:c r="A195" s="1">
+        <x:v>45764.9308333333</x:v>
+      </x:c>
+      <x:c r="B195" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C195" s="0">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="D195" s="0">
+        <x:v>77.875</x:v>
+      </x:c>
+      <x:c r="E195" s="0">
+        <x:v>87.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="196" spans="1:5">
+      <x:c r="A196" s="1">
+        <x:v>45763.9303472222</x:v>
+      </x:c>
+      <x:c r="B196" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C196" s="0">
+        <x:v>0.11</x:v>
+      </x:c>
+      <x:c r="D196" s="0">
+        <x:v>78.578</x:v>
+      </x:c>
+      <x:c r="E196" s="0">
+        <x:v>88.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="197" spans="1:5">
+      <x:c r="A197" s="1">
+        <x:v>45762.9291087963</x:v>
+      </x:c>
+      <x:c r="B197" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C197" s="0">
+        <x:v>0.28</x:v>
+      </x:c>
+      <x:c r="D197" s="0">
+        <x:v>84.808</x:v>
+      </x:c>
+      <x:c r="E197" s="0">
+        <x:v>95.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="198" spans="1:5">
+      <x:c r="A198" s="1">
+        <x:v>45761.9296412037</x:v>
+      </x:c>
+      <x:c r="B198" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C198" s="0">
+        <x:v>0.26</x:v>
+      </x:c>
+      <x:c r="D198" s="0">
+        <x:v>84.105</x:v>
+      </x:c>
+      <x:c r="E198" s="0">
+        <x:v>94.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="199" spans="1:5">
+      <x:c r="A199" s="1">
+        <x:v>45758.925474537</x:v>
+      </x:c>
+      <x:c r="B199" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C199" s="0">
+        <x:v>0.18</x:v>
+      </x:c>
+      <x:c r="D199" s="0">
+        <x:v>83.126</x:v>
+      </x:c>
+      <x:c r="E199" s="0">
+        <x:v>93.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="200" spans="1:5">
+      <x:c r="A200" s="1">
+        <x:v>45757.9250347222</x:v>
+      </x:c>
+      <x:c r="B200" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C200" s="0">
+        <x:v>0.17</x:v>
+      </x:c>
+      <x:c r="D200" s="0">
+        <x:v>78.943</x:v>
+      </x:c>
+      <x:c r="E200" s="0">
+        <x:v>88.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="201" spans="1:5">
+      <x:c r="A201" s="1">
+        <x:v>45757.7613078704</x:v>
+      </x:c>
+      <x:c r="B201" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="C201" s="0">
+        <x:v>0.13</x:v>
+      </x:c>
+      <x:c r="D201" s="0">
+        <x:v>76.228</x:v>
+      </x:c>
+      <x:c r="E201" s="0">
+        <x:v>85.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="202" spans="1:5">
+      <x:c r="A202" s="1">
+        <x:v>45756.9251041667</x:v>
+      </x:c>
+      <x:c r="B202" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C202" s="0">
+        <x:v>1.74</x:v>
+      </x:c>
+      <x:c r="D202" s="0">
+        <x:v>86.188</x:v>
+      </x:c>
+      <x:c r="E202" s="0">
+        <x:v>96.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="203" spans="1:5">
+      <x:c r="A203" s="1">
+        <x:v>45755.9267476852</x:v>
+      </x:c>
+      <x:c r="B203" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C203" s="0">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="D203" s="0">
+        <x:v>69.607</x:v>
+      </x:c>
+      <x:c r="E203" s="0">
+        <x:v>78.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="204" spans="1:5">
+      <x:c r="A204" s="1">
+        <x:v>45754.9257060185</x:v>
+      </x:c>
+      <x:c r="B204" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C204" s="0">
+        <x:v>1.25</x:v>
+      </x:c>
+      <x:c r="D204" s="0">
+        <x:v>74.44</x:v>
+      </x:c>
+      <x:c r="E204" s="0">
+        <x:v>83.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="205" spans="1:5">
+      <x:c r="A205" s="1">
+        <x:v>45751.9453240741</x:v>
+      </x:c>
+      <x:c r="B205" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C205" s="0">
+        <x:v>1.56</x:v>
+      </x:c>
+      <x:c r="D205" s="0">
+        <x:v>76.326</x:v>
+      </x:c>
+      <x:c r="E205" s="0">
+        <x:v>85.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="206" spans="1:5">
+      <x:c r="A206" s="1">
         <x:v>45750.9256481481</x:v>
       </x:c>
-      <x:c r="B190" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C190" s="0">
+      <x:c r="B206" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C206" s="0">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="D190" s="0">
+      <x:c r="D206" s="0">
         <x:v>83.482</x:v>
       </x:c>
-      <x:c r="E190" s="0">
+      <x:c r="E206" s="0">
         <x:v>93.8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>