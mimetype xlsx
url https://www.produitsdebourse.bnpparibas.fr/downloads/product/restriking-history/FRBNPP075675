--- v0 (2025-10-09)
+++ v1 (2025-11-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaa623551bbe4f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1336f0148bfe4a23beef19b730131804.psmdcp" Id="R94d45fb1da6f4e49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3e848b1beb14426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/90a2046c064a40b68a493a1b4780191d.psmdcp" Id="Rdc7efccae7644fd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP075675</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,6319 +390,7237 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E369"/>
+  <x:dimension ref="A1:E423"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45938.7624652778</x:v>
+        <x:v>45989.7431481481</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>8.426</x:v>
+        <x:v>8.93</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>10.275</x:v>
+        <x:v>10.89</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45938.741099537</x:v>
+        <x:v>45988.7414583333</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>8.426</x:v>
+        <x:v>8.782</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>10.275</x:v>
+        <x:v>10.71</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45937.7621875</x:v>
+        <x:v>45987.7426157407</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>8.524</x:v>
+        <x:v>8.811</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>10.395</x:v>
+        <x:v>10.745</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45937.7408564815</x:v>
+        <x:v>45986.7689236111</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>8.524</x:v>
+        <x:v>8.651</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>10.395</x:v>
+        <x:v>10.55</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45936.7575231481</x:v>
+        <x:v>45986.7424537037</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>8.733</x:v>
+        <x:v>8.651</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>10.65</x:v>
+        <x:v>10.55</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45936.7406365741</x:v>
+        <x:v>45985.7418287037</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>8.733</x:v>
+        <x:v>8.749</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>10.65</x:v>
+        <x:v>10.67</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45933.7560416667</x:v>
+        <x:v>45982.7638541667</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>8.741</x:v>
+        <x:v>8.614</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>10.66</x:v>
+        <x:v>10.505</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45933.7405324074</x:v>
+        <x:v>45981.7416087963</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>8.741</x:v>
+        <x:v>8.528</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>10.66</x:v>
+        <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45932.7410648148</x:v>
+        <x:v>45980.7414351852</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>8.61</x:v>
+        <x:v>9.807</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>10.5</x:v>
+        <x:v>11.96</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45931.7405092593</x:v>
+        <x:v>45979.7620949074</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>8.733</x:v>
+        <x:v>9.885</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>10.65</x:v>
+        <x:v>12.055</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45930.7402430556</x:v>
+        <x:v>45979.7413425926</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>8.721</x:v>
+        <x:v>9.885</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>10.635</x:v>
+        <x:v>12.055</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45929.7559837963</x:v>
+        <x:v>45978.7625578704</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>8.803</x:v>
+        <x:v>10.033</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>10.735</x:v>
+        <x:v>12.235</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45929.7405902778</x:v>
+        <x:v>45975.7665740741</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>8.803</x:v>
+        <x:v>10.123</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>10.735</x:v>
+        <x:v>12.345</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45926.7405902778</x:v>
+        <x:v>45975.7415625</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>8.819</x:v>
+        <x:v>10.123</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>10.755</x:v>
+        <x:v>12.345</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45925.7565046296</x:v>
+        <x:v>45974.7421527778</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>8.946</x:v>
+        <x:v>10.32</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>10.91</x:v>
+        <x:v>12.585</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45925.7404513889</x:v>
+        <x:v>45973.7618287037</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>8.946</x:v>
+        <x:v>10.332</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>10.91</x:v>
+        <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45924.7580439815</x:v>
+        <x:v>45973.7424652778</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>8.946</x:v>
+        <x:v>10.332</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>10.91</x:v>
+        <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45923.7566087963</x:v>
+        <x:v>45972.7415856481</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>9.118</x:v>
+        <x:v>10.148</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>11.12</x:v>
+        <x:v>12.375</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45923.7480902778</x:v>
+        <x:v>45968.7599652778</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>9.118</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>11.12</x:v>
+        <x:v>11.975</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45922.7577199074</x:v>
+        <x:v>45968.7419907407</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>9.028</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>11.01</x:v>
+        <x:v>11.975</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45922.7480902778</x:v>
+        <x:v>45967.7415509259</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>9.028</x:v>
+        <x:v>9.778</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>11.01</x:v>
+        <x:v>11.925</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45919.7476967593</x:v>
+        <x:v>45966.7603935185</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>9.086</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>11.08</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45918.7597800926</x:v>
+        <x:v>45966.7414814815</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>9.086</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>11.08</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45918.7477314815</x:v>
+        <x:v>45965.7581597222</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>9.086</x:v>
+        <x:v>9.824</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>11.08</x:v>
+        <x:v>11.98</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45917.7474537037</x:v>
+        <x:v>45965.7416782407</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>9.27</x:v>
+        <x:v>9.824</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>11.305</x:v>
+        <x:v>11.98</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45916.7474074074</x:v>
+        <x:v>45964.7418171296</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>8.643</x:v>
+        <x:v>10.094</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>10.54</x:v>
+        <x:v>12.31</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45915.7474768519</x:v>
+        <x:v>45961.8178587963</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>8.737</x:v>
+        <x:v>9.828</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>10.655</x:v>
+        <x:v>11.985</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45912.7594675926</x:v>
+        <x:v>45961.7663078704</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>8.606</x:v>
+        <x:v>9.828</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>10.495</x:v>
+        <x:v>11.985</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45912.7478472222</x:v>
+        <x:v>45961.7596296296</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>8.606</x:v>
+        <x:v>9.828</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>10.495</x:v>
+        <x:v>11.985</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45911.7587384259</x:v>
+        <x:v>45961.7416435185</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>8.688</x:v>
+        <x:v>9.828</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>10.595</x:v>
+        <x:v>11.985</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45911.7477662037</x:v>
+        <x:v>45960.7713657407</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>8.688</x:v>
+        <x:v>9.996</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>10.595</x:v>
+        <x:v>12.19</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45910.7475347222</x:v>
+        <x:v>45960.7414583333</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>8.577</x:v>
+        <x:v>9.996</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>10.46</x:v>
+        <x:v>12.19</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45909.7477199074</x:v>
+        <x:v>45959.763599537</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>8.704</x:v>
+        <x:v>10.143</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>10.615</x:v>
+        <x:v>12.37</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45908.7485416667</x:v>
+        <x:v>45959.741724537</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>8.667</x:v>
+        <x:v>10.143</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>10.57</x:v>
+        <x:v>12.37</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45905.7752893519</x:v>
+        <x:v>45958.741412037</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>8.462</x:v>
+        <x:v>10.131</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>10.32</x:v>
+        <x:v>12.355</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45905.7480902778</x:v>
+        <x:v>45957.7416435185</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>8.462</x:v>
+        <x:v>9.778</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>10.32</x:v>
+        <x:v>11.925</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45904.7480092593</x:v>
+        <x:v>45954.7428819444</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>8.475</x:v>
+        <x:v>9.963</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>10.335</x:v>
+        <x:v>12.15</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45903.7601041667</x:v>
+        <x:v>45953.774849537</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>8.372</x:v>
+        <x:v>8.991</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>10.21</x:v>
+        <x:v>10.965</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45903.7473842593</x:v>
+        <x:v>45953.7428703704</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>8.372</x:v>
+        <x:v>8.991</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>10.21</x:v>
+        <x:v>10.965</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45902.7617824074</x:v>
+        <x:v>45952.760787037</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>8.487</x:v>
+        <x:v>8.327</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>10.35</x:v>
+        <x:v>10.155</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45902.7473842593</x:v>
+        <x:v>45952.7425115741</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>8.487</x:v>
+        <x:v>8.327</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>10.35</x:v>
+        <x:v>10.155</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45901.7594212963</x:v>
+        <x:v>45951.7420949074</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>8.581</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>10.465</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45901.7474305556</x:v>
+        <x:v>45950.8196759259</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>8.581</x:v>
+        <x:v>8.257</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>10.465</x:v>
+        <x:v>10.07</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45898.7627430556</x:v>
+        <x:v>45947.7632291667</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>8.491</x:v>
+        <x:v>8.208</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>10.355</x:v>
+        <x:v>10.01</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45898.7479861111</x:v>
+        <x:v>45946.7603009259</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>8.491</x:v>
+        <x:v>8.241</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>10.355</x:v>
+        <x:v>10.05</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45897.7576851852</x:v>
+        <x:v>45946.7415393519</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>8.512</x:v>
+        <x:v>8.241</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>10.38</x:v>
+        <x:v>10.05</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45897.7475925926</x:v>
+        <x:v>45945.768900463</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>8.512</x:v>
+        <x:v>8.175</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>10.38</x:v>
+        <x:v>9.97</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45896.7598726852</x:v>
+        <x:v>45944.769375</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>8.548</x:v>
+        <x:v>8.052</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>10.425</x:v>
+        <x:v>9.82</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45895.7575347222</x:v>
+        <x:v>45944.7417708333</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>8.626</x:v>
+        <x:v>8.052</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>10.52</x:v>
+        <x:v>9.82</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45895.7478703704</x:v>
+        <x:v>45943.7465509259</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>8.626</x:v>
+        <x:v>8.177</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>10.52</x:v>
+        <x:v>9.972</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45894.7569675926</x:v>
+        <x:v>45940.7627662037</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>8.836</x:v>
+        <x:v>8.134</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>10.775</x:v>
+        <x:v>9.92</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45894.7474421296</x:v>
+        <x:v>45940.7458912037</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>8.836</x:v>
+        <x:v>8.134</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>10.775</x:v>
+        <x:v>9.92</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45891.7477893519</x:v>
+        <x:v>45939.7571527778</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>8.901</x:v>
+        <x:v>8.249</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>10.855</x:v>
+        <x:v>10.06</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45890.7565972222</x:v>
+        <x:v>45939.744212963</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>8.688</x:v>
+        <x:v>8.249</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>10.595</x:v>
+        <x:v>10.06</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45890.7477199074</x:v>
+        <x:v>45938.7624652778</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>8.688</x:v>
+        <x:v>8.426</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>10.595</x:v>
+        <x:v>10.275</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45889.7593402778</x:v>
+        <x:v>45938.741099537</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>8.59</x:v>
+        <x:v>8.426</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>10.475</x:v>
+        <x:v>10.275</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45888.7478472222</x:v>
+        <x:v>45937.7621875</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>8.758</x:v>
+        <x:v>8.524</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>10.68</x:v>
+        <x:v>10.395</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45887.7583101852</x:v>
+        <x:v>45937.7408564815</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>8.426</x:v>
+        <x:v>8.524</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>10.275</x:v>
+        <x:v>10.395</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45887.7476736111</x:v>
+        <x:v>45936.7575231481</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>8.426</x:v>
+        <x:v>8.733</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>10.275</x:v>
+        <x:v>10.65</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45884.7578240741</x:v>
+        <x:v>45936.7406365741</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>8.565</x:v>
+        <x:v>8.733</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>10.445</x:v>
+        <x:v>10.65</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45884.7474768519</x:v>
+        <x:v>45933.7560416667</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>8.565</x:v>
+        <x:v>8.741</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>10.445</x:v>
+        <x:v>10.66</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45883.7578125</x:v>
+        <x:v>45933.7405324074</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>8.528</x:v>
+        <x:v>8.741</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>10.4</x:v>
+        <x:v>10.66</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45883.7478935185</x:v>
+        <x:v>45932.7410648148</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>8.528</x:v>
+        <x:v>8.61</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>10.4</x:v>
+        <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45882.7607986111</x:v>
+        <x:v>45931.7405092593</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
         <x:v>0.26</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>8.499</x:v>
+        <x:v>8.733</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>10.365</x:v>
+        <x:v>10.65</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45882.7479861111</x:v>
+        <x:v>45930.7402430556</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
         <x:v>0.26</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>8.499</x:v>
+        <x:v>8.721</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>10.365</x:v>
+        <x:v>10.635</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45881.7571990741</x:v>
+        <x:v>45929.7559837963</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>8.409</x:v>
+        <x:v>8.803</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>10.255</x:v>
+        <x:v>10.735</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45881.7473958333</x:v>
+        <x:v>45929.7405902778</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>8.409</x:v>
+        <x:v>8.803</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>10.255</x:v>
+        <x:v>10.735</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45880.7587152778</x:v>
+        <x:v>45926.7405902778</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>8.212</x:v>
+        <x:v>8.819</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>10.015</x:v>
+        <x:v>10.755</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45880.7478240741</x:v>
+        <x:v>45925.7565046296</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>8.212</x:v>
+        <x:v>8.946</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>10.015</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45877.7474537037</x:v>
+        <x:v>45925.7404513889</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>8.184</x:v>
+        <x:v>8.946</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>9.98</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45876.747962963</x:v>
+        <x:v>45924.7580439815</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>7.839</x:v>
+        <x:v>8.946</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>9.56</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45875.7593981481</x:v>
+        <x:v>45923.7566087963</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>7.757</x:v>
+        <x:v>9.118</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>9.46</x:v>
+        <x:v>11.12</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45875.7478356482</x:v>
+        <x:v>45923.7480902778</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>7.757</x:v>
+        <x:v>9.118</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>9.46</x:v>
+        <x:v>11.12</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45874.7580787037</x:v>
+        <x:v>45922.7577199074</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>7.815</x:v>
+        <x:v>9.028</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>9.53</x:v>
+        <x:v>11.01</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45873.7608680556</x:v>
+        <x:v>45922.7480902778</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>7.669</x:v>
+        <x:v>9.028</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>9.352</x:v>
+        <x:v>11.01</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45873.7479398148</x:v>
+        <x:v>45919.7476967593</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>7.669</x:v>
+        <x:v>9.086</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>9.352</x:v>
+        <x:v>11.08</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45870.7602199074</x:v>
+        <x:v>45918.7597800926</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>7.775</x:v>
+        <x:v>9.086</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>9.482</x:v>
+        <x:v>11.08</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45870.7474768519</x:v>
+        <x:v>45918.7477314815</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>7.775</x:v>
+        <x:v>9.086</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>9.482</x:v>
+        <x:v>11.08</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45869.7477777778</x:v>
+        <x:v>45917.7474537037</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>7.877</x:v>
+        <x:v>9.27</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>9.606</x:v>
+        <x:v>11.305</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45868.7573032407</x:v>
+        <x:v>45916.7474074074</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>7.764</x:v>
+        <x:v>8.643</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>9.468</x:v>
+        <x:v>10.54</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45868.7478935185</x:v>
+        <x:v>45915.7474768519</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>7.764</x:v>
+        <x:v>8.737</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>9.468</x:v>
+        <x:v>10.655</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45867.7584259259</x:v>
+        <x:v>45912.7594675926</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>8.057</x:v>
+        <x:v>8.606</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>9.826</x:v>
+        <x:v>10.495</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45867.7473726852</x:v>
+        <x:v>45912.7478472222</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>8.057</x:v>
+        <x:v>8.606</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>9.826</x:v>
+        <x:v>10.495</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45866.758275463</x:v>
+        <x:v>45911.7587384259</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>8.072</x:v>
+        <x:v>8.688</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>9.844</x:v>
+        <x:v>10.595</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45866.747962963</x:v>
+        <x:v>45911.7477662037</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>8.072</x:v>
+        <x:v>8.688</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>9.844</x:v>
+        <x:v>10.595</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45863.7567939815</x:v>
+        <x:v>45910.7475347222</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>8.02</x:v>
+        <x:v>8.577</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>9.78</x:v>
+        <x:v>10.46</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45862.7627430556</x:v>
+        <x:v>45909.7477199074</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>8.475</x:v>
+        <x:v>8.704</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>10.335</x:v>
+        <x:v>10.615</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45862.7478356482</x:v>
+        <x:v>45908.7485416667</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>8.475</x:v>
+        <x:v>8.667</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>10.335</x:v>
+        <x:v>10.57</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45861.7586921296</x:v>
+        <x:v>45905.7752893519</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>8.491</x:v>
+        <x:v>8.462</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>10.355</x:v>
+        <x:v>10.32</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45861.7478935185</x:v>
+        <x:v>45905.7480902778</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>8.491</x:v>
+        <x:v>8.462</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>10.355</x:v>
+        <x:v>10.32</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45860.7479976852</x:v>
+        <x:v>45904.7480092593</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>8.061</x:v>
+        <x:v>8.475</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>9.83</x:v>
+        <x:v>10.335</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45859.7478009259</x:v>
+        <x:v>45903.7601041667</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>8.22</x:v>
+        <x:v>8.372</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>10.025</x:v>
+        <x:v>10.21</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45856.7473726852</x:v>
+        <x:v>45903.7473842593</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>8.115</x:v>
+        <x:v>8.372</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>9.896</x:v>
+        <x:v>10.21</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45855.7569444444</x:v>
+        <x:v>45902.7617824074</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
         <x:v>0.25</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>8.164</x:v>
+        <x:v>8.487</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>9.956</x:v>
+        <x:v>10.35</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45854.9360185185</x:v>
+        <x:v>45902.7473842593</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>7.928</x:v>
+        <x:v>8.487</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>9.668</x:v>
+        <x:v>10.35</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45854.7691782407</x:v>
+        <x:v>45901.7594212963</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>7.928</x:v>
+        <x:v>8.581</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>9.668</x:v>
+        <x:v>10.465</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45853.7615625</x:v>
+        <x:v>45901.7474305556</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>8.082</x:v>
+        <x:v>8.581</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>9.856</x:v>
+        <x:v>10.465</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45852.7625462963</x:v>
+        <x:v>45898.7627430556</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>8.085</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>9.86</x:v>
+        <x:v>10.355</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45849.7864467593</x:v>
+        <x:v>45898.7479861111</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>8.225</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>10.03</x:v>
+        <x:v>10.355</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45848.7618055556</x:v>
+        <x:v>45897.7576851852</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>8.327</x:v>
+        <x:v>8.512</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>10.155</x:v>
+        <x:v>10.38</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45847.7591435185</x:v>
+        <x:v>45897.7475925926</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>8.208</x:v>
+        <x:v>8.512</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>10.01</x:v>
+        <x:v>10.38</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45846.7607523148</x:v>
+        <x:v>45896.7598726852</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>7.957</x:v>
+        <x:v>8.548</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>9.704</x:v>
+        <x:v>10.425</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45845.7574421296</x:v>
+        <x:v>45895.7575347222</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>7.687</x:v>
+        <x:v>8.626</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>9.374</x:v>
+        <x:v>10.52</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45842.7613657407</x:v>
+        <x:v>45895.7478703704</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>7.623</x:v>
+        <x:v>8.626</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>9.296</x:v>
+        <x:v>10.52</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45841.7610763889</x:v>
+        <x:v>45894.7569675926</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>7.765</x:v>
+        <x:v>8.836</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>9.47</x:v>
+        <x:v>10.775</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45840.9304282407</x:v>
+        <x:v>45894.7474421296</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>7.903</x:v>
+        <x:v>8.836</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>9.638</x:v>
+        <x:v>10.775</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45839.7591550926</x:v>
+        <x:v>45891.7477893519</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>7.587</x:v>
+        <x:v>8.901</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>9.252</x:v>
+        <x:v>10.855</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45838.7567824074</x:v>
+        <x:v>45890.7565972222</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>7.618</x:v>
+        <x:v>8.688</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>9.29</x:v>
+        <x:v>10.595</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45835.7579861111</x:v>
+        <x:v>45890.7477199074</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>7.778</x:v>
+        <x:v>8.688</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>9.486</x:v>
+        <x:v>10.595</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45834.7579166667</x:v>
+        <x:v>45889.7593402778</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>7.528</x:v>
+        <x:v>8.59</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>9.18</x:v>
+        <x:v>10.475</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45833.7638078704</x:v>
+        <x:v>45888.7478472222</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>7.321</x:v>
+        <x:v>8.758</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>8.928</x:v>
+        <x:v>10.68</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45832.757974537</x:v>
+        <x:v>45887.7583101852</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>7.4</x:v>
+        <x:v>8.426</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>9.024</x:v>
+        <x:v>10.275</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45831.759837963</x:v>
+        <x:v>45887.7476736111</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>7.018</x:v>
+        <x:v>8.426</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>8.558</x:v>
+        <x:v>10.275</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45828.7626041667</x:v>
+        <x:v>45884.7578240741</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>7.319</x:v>
+        <x:v>8.565</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>8.926</x:v>
+        <x:v>10.445</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45827.7613657407</x:v>
+        <x:v>45884.7474768519</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>7.346</x:v>
+        <x:v>8.565</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>8.958</x:v>
+        <x:v>10.445</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45826.7621759259</x:v>
+        <x:v>45883.7578125</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>7.413</x:v>
+        <x:v>8.528</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>9.04</x:v>
+        <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45825.7634259259</x:v>
+        <x:v>45883.7478935185</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>7.454</x:v>
+        <x:v>8.528</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>9.09</x:v>
+        <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45824.7587962963</x:v>
+        <x:v>45882.7607986111</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>7.477</x:v>
+        <x:v>8.499</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>9.118</x:v>
+        <x:v>10.365</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45821.7600694444</x:v>
+        <x:v>45882.7479861111</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>7.27</x:v>
+        <x:v>8.499</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>8.866</x:v>
+        <x:v>10.365</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45820.7827662037</x:v>
+        <x:v>45881.7571990741</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>7.501</x:v>
+        <x:v>8.409</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>9.148</x:v>
+        <x:v>10.255</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45819.7603819444</x:v>
+        <x:v>45881.7473958333</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>7.644</x:v>
+        <x:v>8.409</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>9.322</x:v>
+        <x:v>10.255</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45818.7603240741</x:v>
+        <x:v>45880.7587152778</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>7.455</x:v>
+        <x:v>8.212</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>9.092</x:v>
+        <x:v>10.015</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45817.7587268519</x:v>
+        <x:v>45880.7478240741</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>7.16</x:v>
+        <x:v>8.212</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>8.732</x:v>
+        <x:v>10.015</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45814.7597453704</x:v>
+        <x:v>45877.7474537037</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>7.044</x:v>
+        <x:v>8.184</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>8.59</x:v>
+        <x:v>9.98</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45813.7588194444</x:v>
+        <x:v>45876.747962963</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>7.006</x:v>
+        <x:v>7.839</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>8.544</x:v>
+        <x:v>9.56</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45812.7669791667</x:v>
+        <x:v>45875.7593981481</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>7.219</x:v>
+        <x:v>7.757</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>8.804</x:v>
+        <x:v>9.46</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45811.9361805556</x:v>
+        <x:v>45875.7478356482</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>7.364</x:v>
+        <x:v>7.757</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>8.98</x:v>
+        <x:v>9.46</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45811.7585763889</x:v>
+        <x:v>45874.7580787037</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
         <x:v>0.18</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>7.364</x:v>
+        <x:v>7.815</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>8.98</x:v>
+        <x:v>9.53</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45810.9414583333</x:v>
+        <x:v>45873.7608680556</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>7.334</x:v>
+        <x:v>7.669</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>8.944</x:v>
+        <x:v>9.352</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45810.7576388889</x:v>
+        <x:v>45873.7479398148</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>7.334</x:v>
+        <x:v>7.669</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>8.944</x:v>
+        <x:v>9.352</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45803.758912037</x:v>
+        <x:v>45870.7602199074</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>7.062</x:v>
+        <x:v>7.775</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>8.996</x:v>
+        <x:v>9.482</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45803.3275</x:v>
+        <x:v>45870.7474768519</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>7.06</x:v>
+        <x:v>7.775</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>8.994</x:v>
+        <x:v>9.482</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45800.759525463</x:v>
+        <x:v>45869.7477777778</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>7.375</x:v>
+        <x:v>7.877</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>8.994</x:v>
+        <x:v>9.606</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45799.7595138889</x:v>
+        <x:v>45868.7573032407</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>7.588</x:v>
+        <x:v>7.764</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>9.254</x:v>
+        <x:v>9.468</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45798.764212963</x:v>
+        <x:v>45868.7478935185</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>7.793</x:v>
+        <x:v>7.764</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>9.504</x:v>
+        <x:v>9.468</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45797.7621759259</x:v>
+        <x:v>45867.7584259259</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>7.898</x:v>
+        <x:v>8.057</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>9.632</x:v>
+        <x:v>9.826</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45796.7617013889</x:v>
+        <x:v>45867.7473726852</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>7.662</x:v>
+        <x:v>8.057</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>9.344</x:v>
+        <x:v>9.826</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45793.7569675926</x:v>
+        <x:v>45866.758275463</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>7.69</x:v>
+        <x:v>8.072</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>9.378</x:v>
+        <x:v>9.844</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45792.7607638889</x:v>
+        <x:v>45866.747962963</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
         <x:v>0.22</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>7.8</x:v>
+        <x:v>8.072</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>9.512</x:v>
+        <x:v>9.844</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45791.7641666667</x:v>
+        <x:v>45863.7567939815</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>7.984</x:v>
+        <x:v>8.02</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>9.736</x:v>
+        <x:v>9.78</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45790.7569560185</x:v>
+        <x:v>45862.7627430556</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>8.059</x:v>
+        <x:v>8.475</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>9.828</x:v>
+        <x:v>10.335</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45789.7604166667</x:v>
+        <x:v>45862.7478356482</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>7.87</x:v>
+        <x:v>8.475</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>9.598</x:v>
+        <x:v>10.335</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45786.7590277778</x:v>
+        <x:v>45861.7586921296</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>7.35</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>8.964</x:v>
+        <x:v>10.355</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45785.757662037</x:v>
+        <x:v>45861.7478935185</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>7.282</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>8.88</x:v>
+        <x:v>10.355</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45784.7685300926</x:v>
+        <x:v>45860.7479976852</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>7.085</x:v>
+        <x:v>8.061</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>8.64</x:v>
+        <x:v>9.83</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45783.7611458333</x:v>
+        <x:v>45859.7478009259</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>7.121</x:v>
+        <x:v>8.22</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>8.684</x:v>
+        <x:v>10.025</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45782.7990856481</x:v>
+        <x:v>45856.7473726852</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>7.122</x:v>
+        <x:v>8.115</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>8.686</x:v>
+        <x:v>9.896</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45782.7613310185</x:v>
+        <x:v>45855.7569444444</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>7.122</x:v>
+        <x:v>8.164</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>8.686</x:v>
+        <x:v>9.956</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45779.7593402778</x:v>
+        <x:v>45854.9360185185</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>7.275</x:v>
+        <x:v>7.928</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>8.872</x:v>
+        <x:v>9.668</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45777.7615046296</x:v>
+        <x:v>45854.7691782407</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>7.108</x:v>
+        <x:v>7.928</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>8.668</x:v>
+        <x:v>9.668</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45776.7598726852</x:v>
+        <x:v>45853.7615625</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>7.234</x:v>
+        <x:v>8.082</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>8.822</x:v>
+        <x:v>9.856</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45775.760162037</x:v>
+        <x:v>45852.7625462963</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>7.28</x:v>
+        <x:v>8.085</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>8.878</x:v>
+        <x:v>9.86</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45772.7647106481</x:v>
+        <x:v>45849.7864467593</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>7.285</x:v>
+        <x:v>8.225</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>8.884</x:v>
+        <x:v>10.03</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45771.7646180556</x:v>
+        <x:v>45848.7618055556</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>7.206</x:v>
+        <x:v>8.327</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>8.788</x:v>
+        <x:v>10.155</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45770.7699421296</x:v>
+        <x:v>45847.7591435185</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>7.049</x:v>
+        <x:v>8.208</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>8.596</x:v>
+        <x:v>10.01</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45769.7600925926</x:v>
+        <x:v>45846.7607523148</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>6.686</x:v>
+        <x:v>7.957</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>8.154</x:v>
+        <x:v>9.704</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45764.7627546296</x:v>
+        <x:v>45845.7574421296</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>6.585</x:v>
+        <x:v>7.687</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>8.03</x:v>
+        <x:v>9.374</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45763.7624189815</x:v>
+        <x:v>45842.7613657407</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>6.598</x:v>
+        <x:v>7.623</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>8.046</x:v>
+        <x:v>9.296</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45762.7597800926</x:v>
+        <x:v>45841.7610763889</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>6.709</x:v>
+        <x:v>7.765</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>8.182</x:v>
+        <x:v>9.47</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45761.7605787037</x:v>
+        <x:v>45840.9304282407</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>6.278</x:v>
+        <x:v>7.903</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>7.656</x:v>
+        <x:v>9.638</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45758.7870138889</x:v>
+        <x:v>45839.7591550926</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>6.152</x:v>
+        <x:v>7.587</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>7.502</x:v>
+        <x:v>9.252</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45757.76875</x:v>
+        <x:v>45838.7567824074</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>5.973</x:v>
+        <x:v>7.618</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>7.284</x:v>
+        <x:v>9.29</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45756.7571990741</x:v>
+        <x:v>45835.7579861111</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>5.586</x:v>
+        <x:v>7.778</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>6.812</x:v>
+        <x:v>9.486</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45755.7790625</x:v>
+        <x:v>45834.7579166667</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>6.065</x:v>
+        <x:v>7.528</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>7.396</x:v>
+        <x:v>9.18</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45754.7628356482</x:v>
+        <x:v>45833.7638078704</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>6.14</x:v>
+        <x:v>7.321</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>7.488</x:v>
+        <x:v>8.928</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45751.759212963</x:v>
+        <x:v>45832.757974537</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>6.217</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>7.582</x:v>
+        <x:v>9.024</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45750.763599537</x:v>
+        <x:v>45831.759837963</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
         <x:v>0.13</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>6.548</x:v>
+        <x:v>7.018</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>7.986</x:v>
+        <x:v>8.558</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45749.7615162037</x:v>
+        <x:v>45828.7626041667</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>6.95</x:v>
+        <x:v>7.319</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>8.476</x:v>
+        <x:v>8.926</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45748.7585416667</x:v>
+        <x:v>45827.7613657407</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>7.027</x:v>
+        <x:v>7.346</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>8.57</x:v>
+        <x:v>8.958</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45747.7615856481</x:v>
+        <x:v>45826.7621759259</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>7.039</x:v>
+        <x:v>7.413</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>8.584</x:v>
+        <x:v>9.04</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45744.7643518519</x:v>
+        <x:v>45825.7634259259</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>7.305</x:v>
+        <x:v>7.454</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>8.908</x:v>
+        <x:v>9.09</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45743.7674421296</x:v>
+        <x:v>45824.7587962963</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>7.549</x:v>
+        <x:v>7.477</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>9.206</x:v>
+        <x:v>9.118</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45742.7590046296</x:v>
+        <x:v>45821.7600694444</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>8.184</x:v>
+        <x:v>7.27</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>9.98</x:v>
+        <x:v>8.866</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45741.7595833333</x:v>
+        <x:v>45820.7827662037</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>8.405</x:v>
+        <x:v>7.501</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>10.25</x:v>
+        <x:v>9.148</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45740.7636689815</x:v>
+        <x:v>45819.7603819444</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>8.074</x:v>
+        <x:v>7.644</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>9.846</x:v>
+        <x:v>9.322</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45737.7594328704</x:v>
+        <x:v>45818.7603240741</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>8.08</x:v>
+        <x:v>7.455</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>9.854</x:v>
+        <x:v>9.092</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45736.7631944444</x:v>
+        <x:v>45817.7587268519</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>8.116</x:v>
+        <x:v>7.16</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>9.898</x:v>
+        <x:v>8.732</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45735.758275463</x:v>
+        <x:v>45814.7597453704</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>8.22</x:v>
+        <x:v>7.044</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>10.025</x:v>
+        <x:v>8.59</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45734.7603240741</x:v>
+        <x:v>45813.7588194444</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>8.245</x:v>
+        <x:v>7.006</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>10.055</x:v>
+        <x:v>8.544</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45733.7571527778</x:v>
+        <x:v>45812.7669791667</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>8.151</x:v>
+        <x:v>7.219</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>9.94</x:v>
+        <x:v>8.804</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45730.7613194444</x:v>
+        <x:v>45811.9361805556</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>7.803</x:v>
+        <x:v>7.364</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>9.772</x:v>
+        <x:v>8.98</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45729.7592476852</x:v>
+        <x:v>45811.7585763889</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>7.803</x:v>
+        <x:v>7.364</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>0</x:v>
+        <x:v>8.98</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45728.7584953704</x:v>
+        <x:v>45810.9414583333</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>8.339</x:v>
+        <x:v>7.334</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>0</x:v>
+        <x:v>8.944</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45727.7600925926</x:v>
+        <x:v>45810.7576388889</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>8.216</x:v>
+        <x:v>7.334</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>10.02</x:v>
+        <x:v>8.944</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45726.7683912037</x:v>
+        <x:v>45803.758912037</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>8.241</x:v>
+        <x:v>7.062</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>10.05</x:v>
+        <x:v>8.996</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45723.7597453704</x:v>
+        <x:v>45803.3275</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>8.212</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>10.015</x:v>
+        <x:v>8.994</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45722.7590856481</x:v>
+        <x:v>45800.759525463</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>7.677</x:v>
+        <x:v>7.375</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>9.362</x:v>
+        <x:v>8.994</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45721.7633217593</x:v>
+        <x:v>45799.7595138889</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>7.365</x:v>
+        <x:v>7.588</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>8.982</x:v>
+        <x:v>9.254</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45720.7599652778</x:v>
+        <x:v>45798.764212963</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>8.253</x:v>
+        <x:v>7.793</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>10.065</x:v>
+        <x:v>9.504</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45719.7600694444</x:v>
+        <x:v>45797.7621759259</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>8.216</x:v>
+        <x:v>7.898</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>10.02</x:v>
+        <x:v>9.632</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45716.7600810185</x:v>
+        <x:v>45796.7617013889</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>9.254</x:v>
+        <x:v>7.662</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>11.285</x:v>
+        <x:v>9.344</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45715.7570138889</x:v>
+        <x:v>45793.7569675926</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>1.71</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>9.393</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>11.455</x:v>
+        <x:v>9.378</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45714.7742361111</x:v>
+        <x:v>45792.7607638889</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>1.85</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>9.241</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>11.27</x:v>
+        <x:v>9.512</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45713.7590277778</x:v>
+        <x:v>45791.7641666667</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>1.71</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>9.27</x:v>
+        <x:v>7.984</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>11.305</x:v>
+        <x:v>9.736</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45712.7659837963</x:v>
+        <x:v>45790.7569560185</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>1.74</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>9.102</x:v>
+        <x:v>8.059</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>11.1</x:v>
+        <x:v>9.828</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45709.7638425926</x:v>
+        <x:v>45789.7604166667</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>1.6</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>9.008</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>10.985</x:v>
+        <x:v>9.598</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45708.7618055556</x:v>
+        <x:v>45786.7590277778</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>1.52</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>8.922</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>10.88</x:v>
+        <x:v>8.964</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45707.7576967593</x:v>
+        <x:v>45785.757662037</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>1.45</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>9.082</x:v>
+        <x:v>7.282</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>11.075</x:v>
+        <x:v>8.88</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45706.7623611111</x:v>
+        <x:v>45784.7685300926</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>9.082</x:v>
+        <x:v>7.085</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>11.075</x:v>
+        <x:v>8.64</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45705.7592592593</x:v>
+        <x:v>45783.7611458333</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>9.319</x:v>
+        <x:v>7.121</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>11.365</x:v>
+        <x:v>8.684</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45702.7667592593</x:v>
+        <x:v>45782.7990856481</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>1.83</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>9.471</x:v>
+        <x:v>7.122</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>11.55</x:v>
+        <x:v>8.686</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45701.7653125</x:v>
+        <x:v>45782.7613310185</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>1.99</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>8.684</x:v>
+        <x:v>7.122</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>10.59</x:v>
+        <x:v>8.686</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45700.762650463</x:v>
+        <x:v>45779.7593402778</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>8.68</x:v>
+        <x:v>7.275</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>10.585</x:v>
+        <x:v>8.872</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45699.7633796296</x:v>
+        <x:v>45777.7615046296</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>8.573</x:v>
+        <x:v>7.108</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>10.455</x:v>
+        <x:v>8.668</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45698.7616782407</x:v>
+        <x:v>45776.7598726852</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>8.684</x:v>
+        <x:v>7.234</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>10.59</x:v>
+        <x:v>8.822</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45695.7610532407</x:v>
+        <x:v>45775.760162037</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>1.38</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>8.696</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>10.605</x:v>
+        <x:v>8.878</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45694.7633912037</x:v>
+        <x:v>45772.7647106481</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>1.39</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>8.446</x:v>
+        <x:v>7.285</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>10.3</x:v>
+        <x:v>8.884</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45693.7707060185</x:v>
+        <x:v>45771.7646180556</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>8.446</x:v>
+        <x:v>7.206</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>10.3</x:v>
+        <x:v>8.788</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45692.7817939815</x:v>
+        <x:v>45770.7699421296</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>1.25</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>8.495</x:v>
+        <x:v>7.049</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>10.36</x:v>
+        <x:v>8.596</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45691.928125</x:v>
+        <x:v>45769.7600925926</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>8.319</x:v>
+        <x:v>6.686</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>10.145</x:v>
+        <x:v>8.154</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45691.7626157407</x:v>
+        <x:v>45764.7627546296</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>8.319</x:v>
+        <x:v>6.585</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>10.145</x:v>
+        <x:v>8.03</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45688.7599421296</x:v>
+        <x:v>45763.7624189815</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>1.65</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>8.876</x:v>
+        <x:v>6.598</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>10.825</x:v>
+        <x:v>8.046</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45687.7639583333</x:v>
+        <x:v>45762.7597800926</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>1.81</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>9.028</x:v>
+        <x:v>6.709</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>11.01</x:v>
+        <x:v>8.182</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45686.76375</x:v>
+        <x:v>45761.7605787037</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>1.77</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>8.987</x:v>
+        <x:v>6.278</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>10.96</x:v>
+        <x:v>7.656</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45685.9323032407</x:v>
+        <x:v>45758.7870138889</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>1.87</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>9.09</x:v>
+        <x:v>6.152</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>11.085</x:v>
+        <x:v>7.502</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45685.7621990741</x:v>
+        <x:v>45757.76875</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>1.87</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>9.09</x:v>
+        <x:v>5.973</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>11.085</x:v>
+        <x:v>7.284</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45684.7611111111</x:v>
+        <x:v>45756.7571990741</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>1.88</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>9.094</x:v>
+        <x:v>5.586</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>11.09</x:v>
+        <x:v>6.812</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45681.7681018518</x:v>
+        <x:v>45755.7790625</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>1.77</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>8.979</x:v>
+        <x:v>6.065</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>10.95</x:v>
+        <x:v>7.396</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45679.759537037</x:v>
+        <x:v>45754.7628356482</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>8.503</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>10.37</x:v>
+        <x:v>7.488</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45678.7595023148</x:v>
+        <x:v>45751.759212963</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>1.44</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>8.581</x:v>
+        <x:v>6.217</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>10.465</x:v>
+        <x:v>7.582</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45677.7651041667</x:v>
+        <x:v>45750.763599537</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>8.745</x:v>
+        <x:v>6.548</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>10.665</x:v>
+        <x:v>7.986</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45674.7630671296</x:v>
+        <x:v>45749.7615162037</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>1.48</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>8.614</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>10.505</x:v>
+        <x:v>8.476</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45673.7629513889</x:v>
+        <x:v>45748.7585416667</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>1.27</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>8.339</x:v>
+        <x:v>7.027</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>10.17</x:v>
+        <x:v>8.57</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45672.7645486111</x:v>
+        <x:v>45747.7615856481</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>1.35</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>8.438</x:v>
+        <x:v>7.039</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>10.29</x:v>
+        <x:v>8.584</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45671.7791666667</x:v>
+        <x:v>45744.7643518519</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>1.1</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>8.067</x:v>
+        <x:v>7.305</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>9.838</x:v>
+        <x:v>8.908</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45670.7590856481</x:v>
+        <x:v>45743.7674421296</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>7.649</x:v>
+        <x:v>7.549</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>9.328</x:v>
+        <x:v>9.206</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45667.7626157407</x:v>
+        <x:v>45742.7590046296</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>7.521</x:v>
+        <x:v>8.184</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>9.172</x:v>
+        <x:v>9.98</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45666.7588541667</x:v>
+        <x:v>45741.7595833333</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>7.449</x:v>
+        <x:v>8.405</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>9.084</x:v>
+        <x:v>10.25</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45665.7753240741</x:v>
+        <x:v>45740.7636689815</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>0.82</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>7.562</x:v>
+        <x:v>8.074</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>9.222</x:v>
+        <x:v>9.846</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45664.7606365741</x:v>
+        <x:v>45737.7594328704</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>7.718</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>9.412</x:v>
+        <x:v>9.854</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45663.7687384259</x:v>
+        <x:v>45736.7631944444</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>7.692</x:v>
+        <x:v>8.116</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>9.38</x:v>
+        <x:v>9.898</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45660.7612152778</x:v>
+        <x:v>45735.758275463</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>7.413</x:v>
+        <x:v>8.22</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>9.04</x:v>
+        <x:v>10.025</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45659.7570949074</x:v>
+        <x:v>45734.7603240741</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>7.724</x:v>
+        <x:v>8.245</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>9.42</x:v>
+        <x:v>10.055</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45656.7590856481</x:v>
+        <x:v>45733.7571527778</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>7.503</x:v>
+        <x:v>8.151</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>9.15</x:v>
+        <x:v>9.94</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45653.7594212963</x:v>
+        <x:v>45730.7613194444</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>7.428</x:v>
+        <x:v>7.803</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>9.058</x:v>
+        <x:v>9.772</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45649.7573148148</x:v>
+        <x:v>45729.7592476852</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>7.278</x:v>
+        <x:v>7.803</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>8.876</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45646.7607291667</x:v>
+        <x:v>45728.7584953704</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>7.257</x:v>
+        <x:v>8.339</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>8.85</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45645.7575925926</x:v>
+        <x:v>45727.7600925926</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>7.247</x:v>
+        <x:v>8.216</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>8.838</x:v>
+        <x:v>10.02</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45644.7668402778</x:v>
+        <x:v>45726.7683912037</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>7.326</x:v>
+        <x:v>8.241</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>8.934</x:v>
+        <x:v>10.05</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45643.7697106482</x:v>
+        <x:v>45723.7597453704</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>7.242</x:v>
+        <x:v>8.212</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>8.832</x:v>
+        <x:v>10.015</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45642.7680902778</x:v>
+        <x:v>45722.7590856481</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>7.239</x:v>
+        <x:v>7.677</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>8.828</x:v>
+        <x:v>9.362</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45638.763287037</x:v>
+        <x:v>45721.7633217593</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>7.375</x:v>
+        <x:v>7.365</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>8.994</x:v>
+        <x:v>8.982</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45637.7962962963</x:v>
+        <x:v>45720.7599652778</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>7.334</x:v>
+        <x:v>8.253</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>8.944</x:v>
+        <x:v>10.065</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45636.7680208333</x:v>
+        <x:v>45719.7600694444</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>7.414</x:v>
+        <x:v>8.216</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>9.042</x:v>
+        <x:v>10.02</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45635.7600578704</x:v>
+        <x:v>45716.7600810185</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>7.474</x:v>
+        <x:v>9.254</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>9.114</x:v>
+        <x:v>11.285</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45632.7600810185</x:v>
+        <x:v>45715.7570138889</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>0.69</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>7.15</x:v>
+        <x:v>9.393</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>8.72</x:v>
+        <x:v>11.455</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45631.7586342593</x:v>
+        <x:v>45714.7742361111</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>0.51</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>6.688</x:v>
+        <x:v>9.241</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>8.156</x:v>
+        <x:v>11.27</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45630.7638657407</x:v>
+        <x:v>45713.7590277778</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>0.43</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>6.189</x:v>
+        <x:v>9.27</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>7.548</x:v>
+        <x:v>11.305</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45629.7659490741</x:v>
+        <x:v>45712.7659837963</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>0.36</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>6.189</x:v>
+        <x:v>9.102</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>7.548</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45628.7705092593</x:v>
+        <x:v>45709.7638425926</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>0.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>6.334</x:v>
+        <x:v>9.008</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>7.724</x:v>
+        <x:v>10.985</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45625.7597916667</x:v>
+        <x:v>45708.7618055556</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>0.44</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>6.437</x:v>
+        <x:v>8.922</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>7.85</x:v>
+        <x:v>10.88</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45624.7724074074</x:v>
+        <x:v>45707.7576967593</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>0.42</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>6.366</x:v>
+        <x:v>9.082</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>7.764</x:v>
+        <x:v>11.075</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45623.7602546296</x:v>
+        <x:v>45706.7623611111</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>0.47</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>6.519</x:v>
+        <x:v>9.082</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>7.95</x:v>
+        <x:v>11.075</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45622.7714814815</x:v>
+        <x:v>45705.7592592593</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>0.53</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>6.668</x:v>
+        <x:v>9.319</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>8.132</x:v>
+        <x:v>11.365</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45621.76375</x:v>
+        <x:v>45702.7667592593</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>0.61</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>6.84</x:v>
+        <x:v>9.471</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>8.342</x:v>
+        <x:v>11.55</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45618.785150463</x:v>
+        <x:v>45701.7653125</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>0.55</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>6.691</x:v>
+        <x:v>8.684</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>8.16</x:v>
+        <x:v>10.59</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45617.7602662037</x:v>
+        <x:v>45700.762650463</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>0.5</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>6.573</x:v>
+        <x:v>8.68</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>8.016</x:v>
+        <x:v>10.585</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45616.7634259259</x:v>
+        <x:v>45699.7633796296</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>0.54</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>6.668</x:v>
+        <x:v>8.573</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>8.132</x:v>
+        <x:v>10.455</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45615.7578587963</x:v>
+        <x:v>45698.7616782407</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>0.66</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>6.921</x:v>
+        <x:v>8.684</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>8.44</x:v>
+        <x:v>10.59</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45614.7648842593</x:v>
+        <x:v>45695.7610532407</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>0.84</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>7.224</x:v>
+        <x:v>8.696</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>8.81</x:v>
+        <x:v>10.605</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45611.7686458333</x:v>
+        <x:v>45694.7633912037</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>0.87</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>7.277</x:v>
+        <x:v>8.446</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>8.874</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45610.7625</x:v>
+        <x:v>45693.7707060185</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>0.86</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>7.257</x:v>
+        <x:v>8.446</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>8.85</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45609.7625810185</x:v>
+        <x:v>45692.7817939815</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>0.87</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>7.264</x:v>
+        <x:v>8.495</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>8.858</x:v>
+        <x:v>10.36</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45608.7779282407</x:v>
+        <x:v>45691.928125</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>0.88</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>7.282</x:v>
+        <x:v>8.319</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>8.88</x:v>
+        <x:v>10.145</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45607.759224537</x:v>
+        <x:v>45691.7626157407</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
         <x:v>1.13</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>7.619</x:v>
+        <x:v>8.319</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>9.292</x:v>
+        <x:v>10.145</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45604.7572800926</x:v>
+        <x:v>45688.7599421296</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>1.05</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>7.506</x:v>
+        <x:v>8.876</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>9.154</x:v>
+        <x:v>10.825</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45603.7594444444</x:v>
+        <x:v>45687.7639583333</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>1.11</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>7.575</x:v>
+        <x:v>9.028</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>9.238</x:v>
+        <x:v>11.01</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45602.758900463</x:v>
+        <x:v>45686.76375</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>0.87</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>7.183</x:v>
+        <x:v>8.987</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>8.76</x:v>
+        <x:v>10.96</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45601.7576967593</x:v>
+        <x:v>45685.9323032407</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>1.03</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>7.413</x:v>
+        <x:v>9.09</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>9.04</x:v>
+        <x:v>11.085</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45600.7605555556</x:v>
+        <x:v>45685.7621990741</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>1.04</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>7.421</x:v>
+        <x:v>9.09</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>9.05</x:v>
+        <x:v>11.085</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45597.7588078704</x:v>
+        <x:v>45684.7611111111</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>0.94</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>7.264</x:v>
+        <x:v>9.094</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>8.858</x:v>
+        <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45596.7617013889</x:v>
+        <x:v>45681.7681018518</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>0.96</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>7.295</x:v>
+        <x:v>8.979</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>8.896</x:v>
+        <x:v>10.95</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45595.7568981481</x:v>
+        <x:v>45679.759537037</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>0.98</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>7.331</x:v>
+        <x:v>8.503</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>8.94</x:v>
+        <x:v>10.37</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45594.7605324074</x:v>
+        <x:v>45678.7595023148</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>1.08</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>7.469</x:v>
+        <x:v>8.581</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>9.108</x:v>
+        <x:v>10.465</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45593.7741898148</x:v>
+        <x:v>45677.7651041667</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>7.708</x:v>
+        <x:v>8.745</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>9.4</x:v>
+        <x:v>10.665</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45590.7682638889</x:v>
+        <x:v>45674.7630671296</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>7.726</x:v>
+        <x:v>8.614</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>9.422</x:v>
+        <x:v>10.505</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45589.7589351852</x:v>
+        <x:v>45673.7629513889</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>2.47</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>8.532</x:v>
+        <x:v>8.339</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>10.405</x:v>
+        <x:v>10.17</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45588.7684259259</x:v>
+        <x:v>45672.7645486111</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>2.27</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>8.38</x:v>
+        <x:v>8.438</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>10.22</x:v>
+        <x:v>10.29</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45587.7587152778</x:v>
+        <x:v>45671.7791666667</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>2.46</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>8.516</x:v>
+        <x:v>8.067</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>10.385</x:v>
+        <x:v>9.838</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45586.7589236111</x:v>
+        <x:v>45670.7590856481</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>2.22</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>8.327</x:v>
+        <x:v>7.649</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>10.155</x:v>
+        <x:v>9.328</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45583.7648726852</x:v>
+        <x:v>45667.7626157407</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>2.14</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>8.262</x:v>
+        <x:v>7.521</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>10.075</x:v>
+        <x:v>9.172</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45581.7578703704</x:v>
+        <x:v>45666.7588541667</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>2.03</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>8.162</x:v>
+        <x:v>7.449</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>9.954</x:v>
+        <x:v>9.084</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45580.7602546296</x:v>
+        <x:v>45665.7753240741</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>1.88</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>8.038</x:v>
+        <x:v>7.562</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>9.802</x:v>
+        <x:v>9.222</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45579.7583101852</x:v>
+        <x:v>45664.7606365741</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>2.13</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>8.229</x:v>
+        <x:v>7.718</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>10.035</x:v>
+        <x:v>9.412</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45576.7678935185</x:v>
+        <x:v>45663.7687384259</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>2.21</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>8.282</x:v>
+        <x:v>7.692</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>10.1</x:v>
+        <x:v>9.38</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45575.7565625</x:v>
+        <x:v>45660.7612152778</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>2.2</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>8.278</x:v>
+        <x:v>7.413</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>10.095</x:v>
+        <x:v>9.04</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45574.7611111111</x:v>
+        <x:v>45659.7570949074</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>2.5</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>8.479</x:v>
+        <x:v>7.724</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>10.34</x:v>
+        <x:v>9.42</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45573.7605787037</x:v>
+        <x:v>45656.7590856481</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>2.18</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>8.233</x:v>
+        <x:v>7.503</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>10.04</x:v>
+        <x:v>9.15</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45572.7566087963</x:v>
+        <x:v>45653.7594212963</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>2.29</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>8.315</x:v>
+        <x:v>7.428</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>10.14</x:v>
+        <x:v>9.058</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45569.7642013889</x:v>
+        <x:v>45649.7573148148</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>3.04</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>8.741</x:v>
+        <x:v>7.278</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>10.66</x:v>
+        <x:v>8.876</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45568.765474537</x:v>
+        <x:v>45646.7607291667</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>2.61</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>8.458</x:v>
+        <x:v>7.257</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>10.315</x:v>
+        <x:v>8.85</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45567.7655324074</x:v>
+        <x:v>45645.7575925926</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>2.59</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>8.446</x:v>
+        <x:v>7.247</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>10.3</x:v>
+        <x:v>8.838</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45566.7561226852</x:v>
+        <x:v>45644.7668402778</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>3.01</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>8.688</x:v>
+        <x:v>7.326</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>10.595</x:v>
+        <x:v>8.934</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45565.7591319444</x:v>
+        <x:v>45643.7697106482</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>3.37</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>8.872</x:v>
+        <x:v>7.242</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>10.82</x:v>
+        <x:v>8.832</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45562.7587268519</x:v>
+        <x:v>45642.7680902778</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>3.95</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>9.139</x:v>
+        <x:v>7.239</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>11.145</x:v>
+        <x:v>8.828</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45561.7609606481</x:v>
+        <x:v>45638.763287037</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>2.96</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>8.561</x:v>
+        <x:v>7.375</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>10.44</x:v>
+        <x:v>8.994</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45560.7716550926</x:v>
+        <x:v>45637.7962962963</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>2.3</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>8.1</x:v>
+        <x:v>7.334</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>9.878</x:v>
+        <x:v>8.944</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45559.7597106481</x:v>
+        <x:v>45636.7680208333</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>2.23</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>8.046</x:v>
+        <x:v>7.414</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>9.812</x:v>
+        <x:v>9.042</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45558.7541782407</x:v>
+        <x:v>45635.7600578704</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>2.03</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>7.893</x:v>
+        <x:v>7.474</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>9.626</x:v>
+        <x:v>9.114</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45555.7577777778</x:v>
+        <x:v>45632.7600810185</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>1.91</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>7.787</x:v>
+        <x:v>7.15</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>9.496</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45554.7555787037</x:v>
+        <x:v>45631.7586342593</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>2.47</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>8.157</x:v>
+        <x:v>6.688</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>9.948</x:v>
+        <x:v>8.156</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45553.7544560185</x:v>
+        <x:v>45630.7638657407</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>2.08</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>7.864</x:v>
+        <x:v>6.189</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>9.59</x:v>
+        <x:v>7.548</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45552.7566087963</x:v>
+        <x:v>45629.7659490741</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>1.94</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>7.747</x:v>
+        <x:v>6.189</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>9.448</x:v>
+        <x:v>7.548</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45551.7525578704</x:v>
+        <x:v>45628.7705092593</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>1.65</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>7.482</x:v>
+        <x:v>6.334</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>9.124</x:v>
+        <x:v>7.724</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45548.7578125</x:v>
+        <x:v>45625.7597916667</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>1.96</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>7.724</x:v>
+        <x:v>6.437</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>9.42</x:v>
+        <x:v>7.85</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45547.7526736111</x:v>
+        <x:v>45624.7724074074</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>1.56</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>7.073</x:v>
+        <x:v>6.366</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>8.626</x:v>
+        <x:v>7.764</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45547.7526736111</x:v>
+        <x:v>45623.7602546296</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>1.56</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>7.341</x:v>
+        <x:v>6.519</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>8.952</x:v>
+        <x:v>7.95</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45546.750625</x:v>
+        <x:v>45622.7714814815</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>1.31</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>7.073</x:v>
+        <x:v>6.668</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>8.626</x:v>
+        <x:v>8.132</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45546.750625</x:v>
+        <x:v>45621.76375</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>1.31</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>7.146</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>8.714</x:v>
+        <x:v>8.342</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45545.7516087963</x:v>
+        <x:v>45618.785150463</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>1.38</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>7.146</x:v>
+        <x:v>6.691</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>8.714</x:v>
+        <x:v>8.16</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45545.7516087963</x:v>
+        <x:v>45617.7602662037</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>1.38</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>7.47</x:v>
+        <x:v>6.573</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>9.11</x:v>
+        <x:v>8.016</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45544.7531597222</x:v>
+        <x:v>45616.7634259259</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>1.77</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>7.447</x:v>
+        <x:v>6.668</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>9.082</x:v>
+        <x:v>8.132</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45544.7531597222</x:v>
+        <x:v>45615.7578587963</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>1.77</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>7.47</x:v>
+        <x:v>6.921</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>9.11</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45541.7748726852</x:v>
+        <x:v>45614.7648842593</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>1.74</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>7.769</x:v>
+        <x:v>7.224</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>9.474</x:v>
+        <x:v>8.81</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45540.7513310185</x:v>
+        <x:v>45611.7686458333</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>2.2</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>7.769</x:v>
+        <x:v>7.277</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>9.474</x:v>
+        <x:v>8.874</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45539.7505324074</x:v>
+        <x:v>45610.7625</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>2.09</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>7.69</x:v>
+        <x:v>7.257</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>9.378</x:v>
+        <x:v>8.85</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45538.7613888889</x:v>
+        <x:v>45609.7625810185</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>2.12</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>7.706</x:v>
+        <x:v>7.264</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>9.398</x:v>
+        <x:v>8.858</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45537.7586689815</x:v>
+        <x:v>45608.7779282407</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>2.49</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>7.941</x:v>
+        <x:v>7.282</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>9.684</x:v>
+        <x:v>8.88</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45534.758900463</x:v>
+        <x:v>45607.759224537</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>2.48</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>7.99</x:v>
+        <x:v>7.619</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>9.744</x:v>
+        <x:v>9.292</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45533.7650694444</x:v>
+        <x:v>45604.7572800926</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>2.58</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>7.99</x:v>
+        <x:v>7.506</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>9.744</x:v>
+        <x:v>9.154</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45532.7509375</x:v>
+        <x:v>45603.7594444444</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>2.62</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>8.018</x:v>
+        <x:v>7.575</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>9.778</x:v>
+        <x:v>9.238</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45531.7522800926</x:v>
+        <x:v>45602.758900463</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>2.95</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>8.131</x:v>
+        <x:v>7.183</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>9.916</x:v>
+        <x:v>8.76</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45530.7534490741</x:v>
+        <x:v>45601.7576967593</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>2.84</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>8.131</x:v>
+        <x:v>7.413</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>9.916</x:v>
+        <x:v>9.04</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45527.7533333333</x:v>
+        <x:v>45600.7605555556</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>2.76</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>7.949</x:v>
+        <x:v>7.421</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>9.694</x:v>
+        <x:v>9.05</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45526.7495601852</x:v>
+        <x:v>45597.7588078704</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>2.55</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>7.949</x:v>
+        <x:v>7.264</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>9.694</x:v>
+        <x:v>8.858</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45525.7531828704</x:v>
+        <x:v>45596.7617013889</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>2.59</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>7.911</x:v>
+        <x:v>7.295</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>9.648</x:v>
+        <x:v>8.896</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45524.7573263889</x:v>
+        <x:v>45595.7568981481</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>2.49</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>7.911</x:v>
+        <x:v>7.331</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>9.648</x:v>
+        <x:v>8.94</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45523.7507407407</x:v>
+        <x:v>45594.7605324074</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>2.59</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>7.836</x:v>
+        <x:v>7.469</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>9.556</x:v>
+        <x:v>9.108</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45520.7526273148</x:v>
+        <x:v>45593.7741898148</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>2.39</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>7.836</x:v>
+        <x:v>7.708</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>9.556</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45519.7847800926</x:v>
+        <x:v>45590.7682638889</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>2.55</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>7.754</x:v>
+        <x:v>7.726</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>9.456</x:v>
+        <x:v>9.422</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45518.7549652778</x:v>
+        <x:v>45589.7589351852</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>2.29</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>7.741</x:v>
+        <x:v>8.532</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>9.44</x:v>
+        <x:v>10.405</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45517.7494212963</x:v>
+        <x:v>45588.7684259259</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
         <x:v>2.27</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>7.741</x:v>
+        <x:v>8.38</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>9.44</x:v>
+        <x:v>10.22</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45516.7503935185</x:v>
+        <x:v>45587.7587152778</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>2.22</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>7.78</x:v>
+        <x:v>8.516</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>9.488</x:v>
+        <x:v>10.385</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45513.7535416667</x:v>
+        <x:v>45586.7589236111</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>2.34</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>7.721</x:v>
+        <x:v>8.327</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>9.416</x:v>
+        <x:v>10.155</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45512.7519560185</x:v>
+        <x:v>45583.7648726852</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>2.25</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>7.721</x:v>
+        <x:v>8.262</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>9.416</x:v>
+        <x:v>10.075</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45511.7528472222</x:v>
+        <x:v>45581.7578703704</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>2.31</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>7.447</x:v>
+        <x:v>8.162</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>9.082</x:v>
+        <x:v>9.954</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45510.771087963</x:v>
+        <x:v>45580.7602546296</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>7.447</x:v>
+        <x:v>8.038</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>9.082</x:v>
+        <x:v>9.802</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45509.7565856481</x:v>
+        <x:v>45579.7583101852</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>2.07</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>7.557</x:v>
+        <x:v>8.229</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>9.216</x:v>
+        <x:v>10.035</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45506.7579282407</x:v>
+        <x:v>45576.7678935185</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>2.66</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>8.483</x:v>
+        <x:v>8.282</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>10.345</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45505.7519791667</x:v>
+        <x:v>45575.7565625</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>4.03</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>8.68</x:v>
+        <x:v>8.278</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>10.585</x:v>
+        <x:v>10.095</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45504.7537615741</x:v>
+        <x:v>45574.7611111111</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>4.55</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>8.397</x:v>
+        <x:v>8.479</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>10.24</x:v>
+        <x:v>10.34</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45503.7497800926</x:v>
+        <x:v>45573.7605787037</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>3.9</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>8.397</x:v>
+        <x:v>8.233</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>10.24</x:v>
+        <x:v>10.04</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45502.7520949074</x:v>
+        <x:v>45572.7566087963</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>3.89</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>8.487</x:v>
+        <x:v>8.315</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>10.35</x:v>
+        <x:v>10.14</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45499.7499421296</x:v>
+        <x:v>45569.7642013889</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>4.13</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>8.487</x:v>
+        <x:v>8.741</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>10.35</x:v>
+        <x:v>10.66</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45498.7519328704</x:v>
+        <x:v>45568.765474537</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>2.9</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>7.823</x:v>
+        <x:v>8.458</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>9.54</x:v>
+        <x:v>10.315</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45497.7532638889</x:v>
+        <x:v>45567.7655324074</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>3.06</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>7.902</x:v>
+        <x:v>8.446</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>9.636</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45496.7497106481</x:v>
+        <x:v>45566.7561226852</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>3.07</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>7.905</x:v>
+        <x:v>8.688</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>9.64</x:v>
+        <x:v>10.595</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45495.7515393519</x:v>
+        <x:v>45565.7591319444</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>3.24</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>7.987</x:v>
+        <x:v>8.872</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>9.74</x:v>
+        <x:v>10.82</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45492.7568402778</x:v>
+        <x:v>45562.7587268519</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>2.79</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>8.311</x:v>
+        <x:v>9.139</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>10.135</x:v>
+        <x:v>11.145</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45491.7527777778</x:v>
+        <x:v>45561.7609606481</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>4.27</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>8.311</x:v>
+        <x:v>8.561</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>10.135</x:v>
+        <x:v>10.44</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45490.7537152778</x:v>
+        <x:v>45560.7716550926</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>3.47</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>8.121</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>9.904</x:v>
+        <x:v>9.878</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45489.7499189815</x:v>
+        <x:v>45559.7597106481</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>3.89</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>8.121</x:v>
+        <x:v>8.046</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>9.904</x:v>
+        <x:v>9.812</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45488.7521990741</x:v>
+        <x:v>45558.7541782407</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>4.25</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>8.257</x:v>
+        <x:v>7.893</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>10.07</x:v>
+        <x:v>9.626</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45485.7526851852</x:v>
+        <x:v>45555.7577777778</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>4.45</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>8.302</x:v>
+        <x:v>7.787</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>10.125</x:v>
+        <x:v>9.496</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45484.7509259259</x:v>
+        <x:v>45554.7555787037</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>4.38</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>8.302</x:v>
+        <x:v>8.157</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>10.125</x:v>
+        <x:v>9.948</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45483.7515625</x:v>
+        <x:v>45553.7544560185</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>3.94</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>7.992</x:v>
+        <x:v>7.864</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>9.746</x:v>
+        <x:v>9.59</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45482.7511111111</x:v>
+        <x:v>45552.7566087963</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>3.65</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>7.992</x:v>
+        <x:v>7.747</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>9.746</x:v>
+        <x:v>9.448</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45481.7519328704</x:v>
+        <x:v>45551.7525578704</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>4.69</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>8.475</x:v>
+        <x:v>7.482</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>10.335</x:v>
+        <x:v>9.124</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45478.7523726852</x:v>
+        <x:v>45548.7578125</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>5.04</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>8.36</x:v>
+        <x:v>7.724</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>10.195</x:v>
+        <x:v>9.42</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45477.7563425926</x:v>
+        <x:v>45547.7526736111</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>4.72</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>8.36</x:v>
+        <x:v>7.073</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>10.195</x:v>
+        <x:v>8.626</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45476.7534606481</x:v>
+        <x:v>45547.7526736111</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>4.57</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>8.074</x:v>
+        <x:v>7.341</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>9.846</x:v>
+        <x:v>8.952</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45475.7574537037</x:v>
+        <x:v>45546.750625</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>4.01</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>8.074</x:v>
+        <x:v>7.073</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>9.846</x:v>
+        <x:v>8.626</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45474.7653356481</x:v>
+        <x:v>45546.750625</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>4.45</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>8.237</x:v>
+        <x:v>7.146</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>10.045</x:v>
+        <x:v>8.714</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45471.7527199074</x:v>
+        <x:v>45545.7516087963</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>4.23</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>8.146</x:v>
+        <x:v>7.146</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>9.934</x:v>
+        <x:v>8.714</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45470.7518055556</x:v>
+        <x:v>45545.7516087963</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>4.23</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>8.149</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>9.938</x:v>
+        <x:v>9.11</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45469.7561226852</x:v>
+        <x:v>45544.7531597222</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>4.24</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>8.225</x:v>
+        <x:v>7.447</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>10.03</x:v>
+        <x:v>9.082</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
+        <x:v>45544.7531597222</x:v>
+      </x:c>
+      <x:c r="B369" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C369" s="0">
+        <x:v>1.77</x:v>
+      </x:c>
+      <x:c r="D369" s="0">
+        <x:v>7.47</x:v>
+      </x:c>
+      <x:c r="E369" s="0">
+        <x:v>9.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="370" spans="1:5">
+      <x:c r="A370" s="1">
+        <x:v>45541.7748726852</x:v>
+      </x:c>
+      <x:c r="B370" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C370" s="0">
+        <x:v>1.74</x:v>
+      </x:c>
+      <x:c r="D370" s="0">
+        <x:v>7.769</x:v>
+      </x:c>
+      <x:c r="E370" s="0">
+        <x:v>9.474</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="371" spans="1:5">
+      <x:c r="A371" s="1">
+        <x:v>45540.7513310185</x:v>
+      </x:c>
+      <x:c r="B371" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C371" s="0">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="D371" s="0">
+        <x:v>7.769</x:v>
+      </x:c>
+      <x:c r="E371" s="0">
+        <x:v>9.474</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="372" spans="1:5">
+      <x:c r="A372" s="1">
+        <x:v>45539.7505324074</x:v>
+      </x:c>
+      <x:c r="B372" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C372" s="0">
+        <x:v>2.09</x:v>
+      </x:c>
+      <x:c r="D372" s="0">
+        <x:v>7.69</x:v>
+      </x:c>
+      <x:c r="E372" s="0">
+        <x:v>9.378</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="373" spans="1:5">
+      <x:c r="A373" s="1">
+        <x:v>45538.7613888889</x:v>
+      </x:c>
+      <x:c r="B373" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C373" s="0">
+        <x:v>2.12</x:v>
+      </x:c>
+      <x:c r="D373" s="0">
+        <x:v>7.706</x:v>
+      </x:c>
+      <x:c r="E373" s="0">
+        <x:v>9.398</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="374" spans="1:5">
+      <x:c r="A374" s="1">
+        <x:v>45537.7586689815</x:v>
+      </x:c>
+      <x:c r="B374" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C374" s="0">
+        <x:v>2.49</x:v>
+      </x:c>
+      <x:c r="D374" s="0">
+        <x:v>7.941</x:v>
+      </x:c>
+      <x:c r="E374" s="0">
+        <x:v>9.684</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="375" spans="1:5">
+      <x:c r="A375" s="1">
+        <x:v>45534.758900463</x:v>
+      </x:c>
+      <x:c r="B375" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C375" s="0">
+        <x:v>2.48</x:v>
+      </x:c>
+      <x:c r="D375" s="0">
+        <x:v>7.99</x:v>
+      </x:c>
+      <x:c r="E375" s="0">
+        <x:v>9.744</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="376" spans="1:5">
+      <x:c r="A376" s="1">
+        <x:v>45533.7650694444</x:v>
+      </x:c>
+      <x:c r="B376" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C376" s="0">
+        <x:v>2.58</x:v>
+      </x:c>
+      <x:c r="D376" s="0">
+        <x:v>7.99</x:v>
+      </x:c>
+      <x:c r="E376" s="0">
+        <x:v>9.744</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="377" spans="1:5">
+      <x:c r="A377" s="1">
+        <x:v>45532.7509375</x:v>
+      </x:c>
+      <x:c r="B377" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C377" s="0">
+        <x:v>2.62</x:v>
+      </x:c>
+      <x:c r="D377" s="0">
+        <x:v>8.018</x:v>
+      </x:c>
+      <x:c r="E377" s="0">
+        <x:v>9.778</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="378" spans="1:5">
+      <x:c r="A378" s="1">
+        <x:v>45531.7522800926</x:v>
+      </x:c>
+      <x:c r="B378" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C378" s="0">
+        <x:v>2.95</x:v>
+      </x:c>
+      <x:c r="D378" s="0">
+        <x:v>8.131</x:v>
+      </x:c>
+      <x:c r="E378" s="0">
+        <x:v>9.916</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="379" spans="1:5">
+      <x:c r="A379" s="1">
+        <x:v>45530.7534490741</x:v>
+      </x:c>
+      <x:c r="B379" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C379" s="0">
+        <x:v>2.84</x:v>
+      </x:c>
+      <x:c r="D379" s="0">
+        <x:v>8.131</x:v>
+      </x:c>
+      <x:c r="E379" s="0">
+        <x:v>9.916</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="380" spans="1:5">
+      <x:c r="A380" s="1">
+        <x:v>45527.7533333333</x:v>
+      </x:c>
+      <x:c r="B380" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C380" s="0">
+        <x:v>2.76</x:v>
+      </x:c>
+      <x:c r="D380" s="0">
+        <x:v>7.949</x:v>
+      </x:c>
+      <x:c r="E380" s="0">
+        <x:v>9.694</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="381" spans="1:5">
+      <x:c r="A381" s="1">
+        <x:v>45526.7495601852</x:v>
+      </x:c>
+      <x:c r="B381" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C381" s="0">
+        <x:v>2.55</x:v>
+      </x:c>
+      <x:c r="D381" s="0">
+        <x:v>7.949</x:v>
+      </x:c>
+      <x:c r="E381" s="0">
+        <x:v>9.694</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="382" spans="1:5">
+      <x:c r="A382" s="1">
+        <x:v>45525.7531828704</x:v>
+      </x:c>
+      <x:c r="B382" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C382" s="0">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="D382" s="0">
+        <x:v>7.911</x:v>
+      </x:c>
+      <x:c r="E382" s="0">
+        <x:v>9.648</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="383" spans="1:5">
+      <x:c r="A383" s="1">
+        <x:v>45524.7573263889</x:v>
+      </x:c>
+      <x:c r="B383" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C383" s="0">
+        <x:v>2.49</x:v>
+      </x:c>
+      <x:c r="D383" s="0">
+        <x:v>7.911</x:v>
+      </x:c>
+      <x:c r="E383" s="0">
+        <x:v>9.648</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="384" spans="1:5">
+      <x:c r="A384" s="1">
+        <x:v>45523.7507407407</x:v>
+      </x:c>
+      <x:c r="B384" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C384" s="0">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="D384" s="0">
+        <x:v>7.836</x:v>
+      </x:c>
+      <x:c r="E384" s="0">
+        <x:v>9.556</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="385" spans="1:5">
+      <x:c r="A385" s="1">
+        <x:v>45520.7526273148</x:v>
+      </x:c>
+      <x:c r="B385" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C385" s="0">
+        <x:v>2.39</x:v>
+      </x:c>
+      <x:c r="D385" s="0">
+        <x:v>7.836</x:v>
+      </x:c>
+      <x:c r="E385" s="0">
+        <x:v>9.556</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="386" spans="1:5">
+      <x:c r="A386" s="1">
+        <x:v>45519.7847800926</x:v>
+      </x:c>
+      <x:c r="B386" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C386" s="0">
+        <x:v>2.55</x:v>
+      </x:c>
+      <x:c r="D386" s="0">
+        <x:v>7.754</x:v>
+      </x:c>
+      <x:c r="E386" s="0">
+        <x:v>9.456</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="387" spans="1:5">
+      <x:c r="A387" s="1">
+        <x:v>45518.7549652778</x:v>
+      </x:c>
+      <x:c r="B387" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C387" s="0">
+        <x:v>2.29</x:v>
+      </x:c>
+      <x:c r="D387" s="0">
+        <x:v>7.741</x:v>
+      </x:c>
+      <x:c r="E387" s="0">
+        <x:v>9.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="388" spans="1:5">
+      <x:c r="A388" s="1">
+        <x:v>45517.7494212963</x:v>
+      </x:c>
+      <x:c r="B388" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C388" s="0">
+        <x:v>2.27</x:v>
+      </x:c>
+      <x:c r="D388" s="0">
+        <x:v>7.741</x:v>
+      </x:c>
+      <x:c r="E388" s="0">
+        <x:v>9.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="389" spans="1:5">
+      <x:c r="A389" s="1">
+        <x:v>45516.7503935185</x:v>
+      </x:c>
+      <x:c r="B389" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C389" s="0">
+        <x:v>2.22</x:v>
+      </x:c>
+      <x:c r="D389" s="0">
+        <x:v>7.78</x:v>
+      </x:c>
+      <x:c r="E389" s="0">
+        <x:v>9.488</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="390" spans="1:5">
+      <x:c r="A390" s="1">
+        <x:v>45513.7535416667</x:v>
+      </x:c>
+      <x:c r="B390" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C390" s="0">
+        <x:v>2.34</x:v>
+      </x:c>
+      <x:c r="D390" s="0">
+        <x:v>7.721</x:v>
+      </x:c>
+      <x:c r="E390" s="0">
+        <x:v>9.416</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="391" spans="1:5">
+      <x:c r="A391" s="1">
+        <x:v>45512.7519560185</x:v>
+      </x:c>
+      <x:c r="B391" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C391" s="0">
+        <x:v>2.25</x:v>
+      </x:c>
+      <x:c r="D391" s="0">
+        <x:v>7.721</x:v>
+      </x:c>
+      <x:c r="E391" s="0">
+        <x:v>9.416</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="392" spans="1:5">
+      <x:c r="A392" s="1">
+        <x:v>45511.7528472222</x:v>
+      </x:c>
+      <x:c r="B392" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C392" s="0">
+        <x:v>2.31</x:v>
+      </x:c>
+      <x:c r="D392" s="0">
+        <x:v>7.447</x:v>
+      </x:c>
+      <x:c r="E392" s="0">
+        <x:v>9.082</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="393" spans="1:5">
+      <x:c r="A393" s="1">
+        <x:v>45510.771087963</x:v>
+      </x:c>
+      <x:c r="B393" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C393" s="0">
+        <x:v>1.91</x:v>
+      </x:c>
+      <x:c r="D393" s="0">
+        <x:v>7.447</x:v>
+      </x:c>
+      <x:c r="E393" s="0">
+        <x:v>9.082</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="394" spans="1:5">
+      <x:c r="A394" s="1">
+        <x:v>45509.7565856481</x:v>
+      </x:c>
+      <x:c r="B394" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C394" s="0">
+        <x:v>2.07</x:v>
+      </x:c>
+      <x:c r="D394" s="0">
+        <x:v>7.557</x:v>
+      </x:c>
+      <x:c r="E394" s="0">
+        <x:v>9.216</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="395" spans="1:5">
+      <x:c r="A395" s="1">
+        <x:v>45506.7579282407</x:v>
+      </x:c>
+      <x:c r="B395" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C395" s="0">
+        <x:v>2.66</x:v>
+      </x:c>
+      <x:c r="D395" s="0">
+        <x:v>8.483</x:v>
+      </x:c>
+      <x:c r="E395" s="0">
+        <x:v>10.345</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="396" spans="1:5">
+      <x:c r="A396" s="1">
+        <x:v>45505.7519791667</x:v>
+      </x:c>
+      <x:c r="B396" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C396" s="0">
+        <x:v>4.03</x:v>
+      </x:c>
+      <x:c r="D396" s="0">
+        <x:v>8.68</x:v>
+      </x:c>
+      <x:c r="E396" s="0">
+        <x:v>10.585</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="397" spans="1:5">
+      <x:c r="A397" s="1">
+        <x:v>45504.7537615741</x:v>
+      </x:c>
+      <x:c r="B397" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C397" s="0">
+        <x:v>4.55</x:v>
+      </x:c>
+      <x:c r="D397" s="0">
+        <x:v>8.397</x:v>
+      </x:c>
+      <x:c r="E397" s="0">
+        <x:v>10.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="398" spans="1:5">
+      <x:c r="A398" s="1">
+        <x:v>45503.7497800926</x:v>
+      </x:c>
+      <x:c r="B398" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C398" s="0">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="D398" s="0">
+        <x:v>8.397</x:v>
+      </x:c>
+      <x:c r="E398" s="0">
+        <x:v>10.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="399" spans="1:5">
+      <x:c r="A399" s="1">
+        <x:v>45502.7520949074</x:v>
+      </x:c>
+      <x:c r="B399" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C399" s="0">
+        <x:v>3.89</x:v>
+      </x:c>
+      <x:c r="D399" s="0">
+        <x:v>8.487</x:v>
+      </x:c>
+      <x:c r="E399" s="0">
+        <x:v>10.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="400" spans="1:5">
+      <x:c r="A400" s="1">
+        <x:v>45499.7499421296</x:v>
+      </x:c>
+      <x:c r="B400" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C400" s="0">
+        <x:v>4.13</x:v>
+      </x:c>
+      <x:c r="D400" s="0">
+        <x:v>8.487</x:v>
+      </x:c>
+      <x:c r="E400" s="0">
+        <x:v>10.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="401" spans="1:5">
+      <x:c r="A401" s="1">
+        <x:v>45498.7519328704</x:v>
+      </x:c>
+      <x:c r="B401" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C401" s="0">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="D401" s="0">
+        <x:v>7.823</x:v>
+      </x:c>
+      <x:c r="E401" s="0">
+        <x:v>9.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="402" spans="1:5">
+      <x:c r="A402" s="1">
+        <x:v>45497.7532638889</x:v>
+      </x:c>
+      <x:c r="B402" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C402" s="0">
+        <x:v>3.06</x:v>
+      </x:c>
+      <x:c r="D402" s="0">
+        <x:v>7.902</x:v>
+      </x:c>
+      <x:c r="E402" s="0">
+        <x:v>9.636</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="403" spans="1:5">
+      <x:c r="A403" s="1">
+        <x:v>45496.7497106481</x:v>
+      </x:c>
+      <x:c r="B403" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C403" s="0">
+        <x:v>3.07</x:v>
+      </x:c>
+      <x:c r="D403" s="0">
+        <x:v>7.905</x:v>
+      </x:c>
+      <x:c r="E403" s="0">
+        <x:v>9.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="404" spans="1:5">
+      <x:c r="A404" s="1">
+        <x:v>45495.7515393519</x:v>
+      </x:c>
+      <x:c r="B404" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C404" s="0">
+        <x:v>3.24</x:v>
+      </x:c>
+      <x:c r="D404" s="0">
+        <x:v>7.987</x:v>
+      </x:c>
+      <x:c r="E404" s="0">
+        <x:v>9.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="405" spans="1:5">
+      <x:c r="A405" s="1">
+        <x:v>45492.7568402778</x:v>
+      </x:c>
+      <x:c r="B405" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C405" s="0">
+        <x:v>2.79</x:v>
+      </x:c>
+      <x:c r="D405" s="0">
+        <x:v>8.311</x:v>
+      </x:c>
+      <x:c r="E405" s="0">
+        <x:v>10.135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="406" spans="1:5">
+      <x:c r="A406" s="1">
+        <x:v>45491.7527777778</x:v>
+      </x:c>
+      <x:c r="B406" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C406" s="0">
+        <x:v>4.27</x:v>
+      </x:c>
+      <x:c r="D406" s="0">
+        <x:v>8.311</x:v>
+      </x:c>
+      <x:c r="E406" s="0">
+        <x:v>10.135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="407" spans="1:5">
+      <x:c r="A407" s="1">
+        <x:v>45490.7537152778</x:v>
+      </x:c>
+      <x:c r="B407" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C407" s="0">
+        <x:v>3.47</x:v>
+      </x:c>
+      <x:c r="D407" s="0">
+        <x:v>8.121</x:v>
+      </x:c>
+      <x:c r="E407" s="0">
+        <x:v>9.904</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="408" spans="1:5">
+      <x:c r="A408" s="1">
+        <x:v>45489.7499189815</x:v>
+      </x:c>
+      <x:c r="B408" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C408" s="0">
+        <x:v>3.89</x:v>
+      </x:c>
+      <x:c r="D408" s="0">
+        <x:v>8.121</x:v>
+      </x:c>
+      <x:c r="E408" s="0">
+        <x:v>9.904</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="409" spans="1:5">
+      <x:c r="A409" s="1">
+        <x:v>45488.7521990741</x:v>
+      </x:c>
+      <x:c r="B409" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C409" s="0">
+        <x:v>4.25</x:v>
+      </x:c>
+      <x:c r="D409" s="0">
+        <x:v>8.257</x:v>
+      </x:c>
+      <x:c r="E409" s="0">
+        <x:v>10.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="410" spans="1:5">
+      <x:c r="A410" s="1">
+        <x:v>45485.7526851852</x:v>
+      </x:c>
+      <x:c r="B410" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C410" s="0">
+        <x:v>4.45</x:v>
+      </x:c>
+      <x:c r="D410" s="0">
+        <x:v>8.302</x:v>
+      </x:c>
+      <x:c r="E410" s="0">
+        <x:v>10.125</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="411" spans="1:5">
+      <x:c r="A411" s="1">
+        <x:v>45484.7509259259</x:v>
+      </x:c>
+      <x:c r="B411" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C411" s="0">
+        <x:v>4.38</x:v>
+      </x:c>
+      <x:c r="D411" s="0">
+        <x:v>8.302</x:v>
+      </x:c>
+      <x:c r="E411" s="0">
+        <x:v>10.125</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="412" spans="1:5">
+      <x:c r="A412" s="1">
+        <x:v>45483.7515625</x:v>
+      </x:c>
+      <x:c r="B412" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C412" s="0">
+        <x:v>3.94</x:v>
+      </x:c>
+      <x:c r="D412" s="0">
+        <x:v>7.992</x:v>
+      </x:c>
+      <x:c r="E412" s="0">
+        <x:v>9.746</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="413" spans="1:5">
+      <x:c r="A413" s="1">
+        <x:v>45482.7511111111</x:v>
+      </x:c>
+      <x:c r="B413" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C413" s="0">
+        <x:v>3.65</x:v>
+      </x:c>
+      <x:c r="D413" s="0">
+        <x:v>7.992</x:v>
+      </x:c>
+      <x:c r="E413" s="0">
+        <x:v>9.746</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="414" spans="1:5">
+      <x:c r="A414" s="1">
+        <x:v>45481.7519328704</x:v>
+      </x:c>
+      <x:c r="B414" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C414" s="0">
+        <x:v>4.69</x:v>
+      </x:c>
+      <x:c r="D414" s="0">
+        <x:v>8.475</x:v>
+      </x:c>
+      <x:c r="E414" s="0">
+        <x:v>10.335</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="415" spans="1:5">
+      <x:c r="A415" s="1">
+        <x:v>45478.7523726852</x:v>
+      </x:c>
+      <x:c r="B415" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C415" s="0">
+        <x:v>5.04</x:v>
+      </x:c>
+      <x:c r="D415" s="0">
+        <x:v>8.36</x:v>
+      </x:c>
+      <x:c r="E415" s="0">
+        <x:v>10.195</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="416" spans="1:5">
+      <x:c r="A416" s="1">
+        <x:v>45477.7563425926</x:v>
+      </x:c>
+      <x:c r="B416" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C416" s="0">
+        <x:v>4.72</x:v>
+      </x:c>
+      <x:c r="D416" s="0">
+        <x:v>8.36</x:v>
+      </x:c>
+      <x:c r="E416" s="0">
+        <x:v>10.195</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="417" spans="1:5">
+      <x:c r="A417" s="1">
+        <x:v>45476.7534606481</x:v>
+      </x:c>
+      <x:c r="B417" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C417" s="0">
+        <x:v>4.57</x:v>
+      </x:c>
+      <x:c r="D417" s="0">
+        <x:v>8.074</x:v>
+      </x:c>
+      <x:c r="E417" s="0">
+        <x:v>9.846</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="418" spans="1:5">
+      <x:c r="A418" s="1">
+        <x:v>45475.7574537037</x:v>
+      </x:c>
+      <x:c r="B418" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C418" s="0">
+        <x:v>4.01</x:v>
+      </x:c>
+      <x:c r="D418" s="0">
+        <x:v>8.074</x:v>
+      </x:c>
+      <x:c r="E418" s="0">
+        <x:v>9.846</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="419" spans="1:5">
+      <x:c r="A419" s="1">
+        <x:v>45474.7653356481</x:v>
+      </x:c>
+      <x:c r="B419" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C419" s="0">
+        <x:v>4.45</x:v>
+      </x:c>
+      <x:c r="D419" s="0">
+        <x:v>8.237</x:v>
+      </x:c>
+      <x:c r="E419" s="0">
+        <x:v>10.045</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="420" spans="1:5">
+      <x:c r="A420" s="1">
+        <x:v>45471.7527199074</x:v>
+      </x:c>
+      <x:c r="B420" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C420" s="0">
+        <x:v>4.23</x:v>
+      </x:c>
+      <x:c r="D420" s="0">
+        <x:v>8.146</x:v>
+      </x:c>
+      <x:c r="E420" s="0">
+        <x:v>9.934</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="421" spans="1:5">
+      <x:c r="A421" s="1">
+        <x:v>45470.7518055556</x:v>
+      </x:c>
+      <x:c r="B421" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C421" s="0">
+        <x:v>4.23</x:v>
+      </x:c>
+      <x:c r="D421" s="0">
+        <x:v>8.149</x:v>
+      </x:c>
+      <x:c r="E421" s="0">
+        <x:v>9.938</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="422" spans="1:5">
+      <x:c r="A422" s="1">
+        <x:v>45469.7561226852</x:v>
+      </x:c>
+      <x:c r="B422" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C422" s="0">
+        <x:v>4.24</x:v>
+      </x:c>
+      <x:c r="D422" s="0">
+        <x:v>8.225</x:v>
+      </x:c>
+      <x:c r="E422" s="0">
+        <x:v>10.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="423" spans="1:5">
+      <x:c r="A423" s="1">
         <x:v>45468.765150463</x:v>
       </x:c>
-      <x:c r="B369" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C369" s="0">
+      <x:c r="B423" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C423" s="0">
         <x:v>4.45</x:v>
       </x:c>
-      <x:c r="D369" s="0">
+      <x:c r="D423" s="0">
         <x:v>8.409</x:v>
       </x:c>
-      <x:c r="E369" s="0">
+      <x:c r="E423" s="0">
         <x:v>10.255</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>