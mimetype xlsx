--- v1 (2025-11-30)
+++ v2 (2025-12-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3e848b1beb14426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/90a2046c064a40b68a493a1b4780191d.psmdcp" Id="Rdc7efccae7644fd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R813d9d9467d14eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c6c903f6a64342e18e6178949757e83a.psmdcp" Id="Rcb29837a35f6499c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP075675</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,7237 +390,7543 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E423"/>
+  <x:dimension ref="A1:E441"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45989.7431481481</x:v>
+        <x:v>46010.7428587963</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>8.93</x:v>
+        <x:v>9.414</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>10.89</x:v>
+        <x:v>11.48</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45988.7414583333</x:v>
+        <x:v>46009.742025463</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>8.782</x:v>
+        <x:v>9.434</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>10.71</x:v>
+        <x:v>11.505</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45987.7426157407</x:v>
+        <x:v>46008.7427430556</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>8.811</x:v>
+        <x:v>9.368</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>10.745</x:v>
+        <x:v>11.425</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45986.7689236111</x:v>
+        <x:v>46007.7675925926</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>8.651</x:v>
+        <x:v>9.303</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>10.55</x:v>
+        <x:v>11.345</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45986.7424537037</x:v>
+        <x:v>46006.7735416667</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>8.651</x:v>
+        <x:v>9.295</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>10.55</x:v>
+        <x:v>11.335</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45985.7418287037</x:v>
+        <x:v>46006.7424421296</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>8.749</x:v>
+        <x:v>9.295</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>10.67</x:v>
+        <x:v>11.335</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45982.7638541667</x:v>
+        <x:v>46003.7425925926</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>8.614</x:v>
+        <x:v>9.405</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>10.505</x:v>
+        <x:v>11.47</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45981.7416087963</x:v>
+        <x:v>46002.7741435185</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>8.528</x:v>
+        <x:v>9.319</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>10.4</x:v>
+        <x:v>11.365</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45980.7414351852</x:v>
+        <x:v>46002.7415972222</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>9.807</x:v>
+        <x:v>9.319</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>11.96</x:v>
+        <x:v>11.365</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45979.7620949074</x:v>
+        <x:v>46001.7726736111</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>9.885</x:v>
+        <x:v>9.241</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>12.055</x:v>
+        <x:v>11.27</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45979.7413425926</x:v>
+        <x:v>46001.7424884259</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>9.885</x:v>
+        <x:v>9.241</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>12.055</x:v>
+        <x:v>11.27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45978.7625578704</x:v>
+        <x:v>46000.7422800926</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>10.033</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>12.235</x:v>
+        <x:v>11.22</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45975.7665740741</x:v>
+        <x:v>45999.7427662037</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>10.123</x:v>
+        <x:v>9.43</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>12.345</x:v>
+        <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45975.7415625</x:v>
+        <x:v>45996.7416898148</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>10.123</x:v>
+        <x:v>9.438</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>12.345</x:v>
+        <x:v>11.51</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45974.7421527778</x:v>
+        <x:v>45995.7432523148</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>10.32</x:v>
+        <x:v>9.311</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>12.585</x:v>
+        <x:v>11.355</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45973.7618287037</x:v>
+        <x:v>45994.7432638889</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>10.332</x:v>
+        <x:v>9.225</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>12.6</x:v>
+        <x:v>11.25</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45973.7424652778</x:v>
+        <x:v>45993.7429166667</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>10.332</x:v>
+        <x:v>9.164</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>12.6</x:v>
+        <x:v>11.175</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45972.7415856481</x:v>
+        <x:v>45992.741724537</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>10.148</x:v>
+        <x:v>9.102</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>12.375</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45968.7599652778</x:v>
+        <x:v>45989.7431481481</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>9.82</x:v>
+        <x:v>8.93</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>11.975</x:v>
+        <x:v>10.89</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45968.7419907407</x:v>
+        <x:v>45988.7414583333</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>9.82</x:v>
+        <x:v>8.782</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>11.975</x:v>
+        <x:v>10.71</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45967.7415509259</x:v>
+        <x:v>45987.7426157407</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>9.778</x:v>
+        <x:v>8.811</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>11.925</x:v>
+        <x:v>10.745</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45966.7603935185</x:v>
+        <x:v>45986.7689236111</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>9.84</x:v>
+        <x:v>8.651</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>12</x:v>
+        <x:v>10.55</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45966.7414814815</x:v>
+        <x:v>45986.7424537037</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>9.84</x:v>
+        <x:v>8.651</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>12</x:v>
+        <x:v>10.55</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45965.7581597222</x:v>
+        <x:v>45985.7418287037</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>9.824</x:v>
+        <x:v>8.749</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>11.98</x:v>
+        <x:v>10.67</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45965.7416782407</x:v>
+        <x:v>45982.7638541667</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>9.824</x:v>
+        <x:v>8.614</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>11.98</x:v>
+        <x:v>10.505</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45964.7418171296</x:v>
+        <x:v>45981.7416087963</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>10.094</x:v>
+        <x:v>8.528</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>12.31</x:v>
+        <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45961.8178587963</x:v>
+        <x:v>45980.7414351852</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>9.828</x:v>
+        <x:v>9.807</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>11.985</x:v>
+        <x:v>11.96</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45961.7663078704</x:v>
+        <x:v>45979.7620949074</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>9.828</x:v>
+        <x:v>9.885</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>11.985</x:v>
+        <x:v>12.055</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45961.7596296296</x:v>
+        <x:v>45979.7413425926</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>9.828</x:v>
+        <x:v>9.885</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>11.985</x:v>
+        <x:v>12.055</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45961.7416435185</x:v>
+        <x:v>45978.7625578704</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>9.828</x:v>
+        <x:v>10.033</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>11.985</x:v>
+        <x:v>12.235</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45960.7713657407</x:v>
+        <x:v>45975.7665740741</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>9.996</x:v>
+        <x:v>10.123</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>12.19</x:v>
+        <x:v>12.345</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45960.7414583333</x:v>
+        <x:v>45975.7415625</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>9.996</x:v>
+        <x:v>10.123</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>12.19</x:v>
+        <x:v>12.345</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45959.763599537</x:v>
+        <x:v>45974.7421527778</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>10.143</x:v>
+        <x:v>10.32</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>12.37</x:v>
+        <x:v>12.585</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45959.741724537</x:v>
+        <x:v>45973.7618287037</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>10.143</x:v>
+        <x:v>10.332</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>12.37</x:v>
+        <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45958.741412037</x:v>
+        <x:v>45973.7424652778</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>10.131</x:v>
+        <x:v>10.332</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>12.355</x:v>
+        <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45957.7416435185</x:v>
+        <x:v>45972.7415856481</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>9.778</x:v>
+        <x:v>10.148</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>11.925</x:v>
+        <x:v>12.375</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45954.7428819444</x:v>
+        <x:v>45968.7599652778</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>9.963</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>12.15</x:v>
+        <x:v>11.975</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45953.774849537</x:v>
+        <x:v>45968.7419907407</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>8.991</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>10.965</x:v>
+        <x:v>11.975</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45953.7428703704</x:v>
+        <x:v>45967.7415509259</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>8.991</x:v>
+        <x:v>9.778</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>10.965</x:v>
+        <x:v>11.925</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45952.760787037</x:v>
+        <x:v>45966.7603935185</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>8.327</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>10.155</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45952.7425115741</x:v>
+        <x:v>45966.7414814815</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>8.327</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>10.155</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45951.7420949074</x:v>
+        <x:v>45965.7581597222</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>8.2</x:v>
+        <x:v>9.824</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>10</x:v>
+        <x:v>11.98</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45950.8196759259</x:v>
+        <x:v>45965.7416782407</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>8.257</x:v>
+        <x:v>9.824</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>10.07</x:v>
+        <x:v>11.98</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45947.7632291667</x:v>
+        <x:v>45964.7418171296</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>8.208</x:v>
+        <x:v>10.094</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>10.01</x:v>
+        <x:v>12.31</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45946.7603009259</x:v>
+        <x:v>45961.8178587963</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>8.241</x:v>
+        <x:v>9.828</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>10.05</x:v>
+        <x:v>11.985</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45946.7415393519</x:v>
+        <x:v>45961.7663078704</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>8.241</x:v>
+        <x:v>9.828</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>10.05</x:v>
+        <x:v>11.985</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45945.768900463</x:v>
+        <x:v>45961.7596296296</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>8.175</x:v>
+        <x:v>9.828</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>9.97</x:v>
+        <x:v>11.985</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45944.769375</x:v>
+        <x:v>45961.7416435185</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>8.052</x:v>
+        <x:v>9.828</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>9.82</x:v>
+        <x:v>11.985</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45944.7417708333</x:v>
+        <x:v>45960.7713657407</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>8.052</x:v>
+        <x:v>9.996</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>9.82</x:v>
+        <x:v>12.19</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45943.7465509259</x:v>
+        <x:v>45960.7414583333</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>8.177</x:v>
+        <x:v>9.996</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>9.972</x:v>
+        <x:v>12.19</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45940.7627662037</x:v>
+        <x:v>45959.763599537</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>8.134</x:v>
+        <x:v>10.143</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>9.92</x:v>
+        <x:v>12.37</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45940.7458912037</x:v>
+        <x:v>45959.741724537</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>8.134</x:v>
+        <x:v>10.143</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>9.92</x:v>
+        <x:v>12.37</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45939.7571527778</x:v>
+        <x:v>45958.741412037</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>8.249</x:v>
+        <x:v>10.131</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>10.06</x:v>
+        <x:v>12.355</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45939.744212963</x:v>
+        <x:v>45957.7416435185</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>8.249</x:v>
+        <x:v>9.778</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>10.06</x:v>
+        <x:v>11.925</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45938.7624652778</x:v>
+        <x:v>45954.7428819444</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>8.426</x:v>
+        <x:v>9.963</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>10.275</x:v>
+        <x:v>12.15</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45938.741099537</x:v>
+        <x:v>45953.774849537</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>8.426</x:v>
+        <x:v>8.991</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>10.275</x:v>
+        <x:v>10.965</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45937.7621875</x:v>
+        <x:v>45953.7428703704</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>8.524</x:v>
+        <x:v>8.991</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>10.395</x:v>
+        <x:v>10.965</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45937.7408564815</x:v>
+        <x:v>45952.760787037</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>8.524</x:v>
+        <x:v>8.327</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>10.395</x:v>
+        <x:v>10.155</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45936.7575231481</x:v>
+        <x:v>45952.7425115741</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>8.733</x:v>
+        <x:v>8.327</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>10.65</x:v>
+        <x:v>10.155</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45936.7406365741</x:v>
+        <x:v>45951.7420949074</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>8.733</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>10.65</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45933.7560416667</x:v>
+        <x:v>45950.8196759259</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>8.741</x:v>
+        <x:v>8.257</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>10.66</x:v>
+        <x:v>10.07</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45933.7405324074</x:v>
+        <x:v>45947.7632291667</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>8.741</x:v>
+        <x:v>8.208</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>10.66</x:v>
+        <x:v>10.01</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45932.7410648148</x:v>
+        <x:v>45946.7603009259</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>8.61</x:v>
+        <x:v>8.241</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>10.5</x:v>
+        <x:v>10.05</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45931.7405092593</x:v>
+        <x:v>45946.7415393519</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>8.733</x:v>
+        <x:v>8.241</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>10.65</x:v>
+        <x:v>10.05</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45930.7402430556</x:v>
+        <x:v>45945.768900463</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>8.721</x:v>
+        <x:v>8.175</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>10.635</x:v>
+        <x:v>9.97</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45929.7559837963</x:v>
+        <x:v>45944.769375</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>8.803</x:v>
+        <x:v>8.052</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>10.735</x:v>
+        <x:v>9.82</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45929.7405902778</x:v>
+        <x:v>45944.7417708333</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>8.803</x:v>
+        <x:v>8.052</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>10.735</x:v>
+        <x:v>9.82</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45926.7405902778</x:v>
+        <x:v>45943.7465509259</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>8.819</x:v>
+        <x:v>8.177</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>10.755</x:v>
+        <x:v>9.972</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45925.7565046296</x:v>
+        <x:v>45940.7627662037</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>8.946</x:v>
+        <x:v>8.134</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>10.91</x:v>
+        <x:v>9.92</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45925.7404513889</x:v>
+        <x:v>45940.7458912037</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>8.946</x:v>
+        <x:v>8.134</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>10.91</x:v>
+        <x:v>9.92</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45924.7580439815</x:v>
+        <x:v>45939.7571527778</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>8.946</x:v>
+        <x:v>8.249</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>10.91</x:v>
+        <x:v>10.06</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45923.7566087963</x:v>
+        <x:v>45939.744212963</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>9.118</x:v>
+        <x:v>8.249</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>11.12</x:v>
+        <x:v>10.06</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45923.7480902778</x:v>
+        <x:v>45938.7624652778</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>9.118</x:v>
+        <x:v>8.426</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>11.12</x:v>
+        <x:v>10.275</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45922.7577199074</x:v>
+        <x:v>45938.741099537</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>9.028</x:v>
+        <x:v>8.426</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>11.01</x:v>
+        <x:v>10.275</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45922.7480902778</x:v>
+        <x:v>45937.7621875</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>9.028</x:v>
+        <x:v>8.524</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>11.01</x:v>
+        <x:v>10.395</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45919.7476967593</x:v>
+        <x:v>45937.7408564815</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>9.086</x:v>
+        <x:v>8.524</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>11.08</x:v>
+        <x:v>10.395</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45918.7597800926</x:v>
+        <x:v>45936.7575231481</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>9.086</x:v>
+        <x:v>8.733</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>11.08</x:v>
+        <x:v>10.65</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45918.7477314815</x:v>
+        <x:v>45936.7406365741</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>9.086</x:v>
+        <x:v>8.733</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>11.08</x:v>
+        <x:v>10.65</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45917.7474537037</x:v>
+        <x:v>45933.7560416667</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>9.27</x:v>
+        <x:v>8.741</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>11.305</x:v>
+        <x:v>10.66</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45916.7474074074</x:v>
+        <x:v>45933.7405324074</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
         <x:v>0.26</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>8.643</x:v>
+        <x:v>8.741</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>10.54</x:v>
+        <x:v>10.66</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45915.7474768519</x:v>
+        <x:v>45932.7410648148</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>8.737</x:v>
+        <x:v>8.61</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>10.655</x:v>
+        <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45912.7594675926</x:v>
+        <x:v>45931.7405092593</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
         <x:v>0.26</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>8.606</x:v>
+        <x:v>8.733</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>10.495</x:v>
+        <x:v>10.65</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45912.7478472222</x:v>
+        <x:v>45930.7402430556</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
         <x:v>0.26</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>8.606</x:v>
+        <x:v>8.721</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>10.495</x:v>
+        <x:v>10.635</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45911.7587384259</x:v>
+        <x:v>45929.7559837963</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
         <x:v>0.27</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>8.688</x:v>
+        <x:v>8.803</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>10.595</x:v>
+        <x:v>10.735</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45911.7477662037</x:v>
+        <x:v>45929.7405902778</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
         <x:v>0.27</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>8.688</x:v>
+        <x:v>8.803</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>10.595</x:v>
+        <x:v>10.735</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45910.7475347222</x:v>
+        <x:v>45926.7405902778</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>8.577</x:v>
+        <x:v>8.819</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>10.46</x:v>
+        <x:v>10.755</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45909.7477199074</x:v>
+        <x:v>45925.7565046296</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>8.704</x:v>
+        <x:v>8.946</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>10.615</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45908.7485416667</x:v>
+        <x:v>45925.7404513889</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>8.667</x:v>
+        <x:v>8.946</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>10.57</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45905.7752893519</x:v>
+        <x:v>45924.7580439815</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>8.462</x:v>
+        <x:v>8.946</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>10.32</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45905.7480902778</x:v>
+        <x:v>45923.7566087963</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>8.462</x:v>
+        <x:v>9.118</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>10.32</x:v>
+        <x:v>11.12</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45904.7480092593</x:v>
+        <x:v>45923.7480902778</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>8.475</x:v>
+        <x:v>9.118</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>10.335</x:v>
+        <x:v>11.12</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45903.7601041667</x:v>
+        <x:v>45922.7577199074</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>8.372</x:v>
+        <x:v>9.028</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>10.21</x:v>
+        <x:v>11.01</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45903.7473842593</x:v>
+        <x:v>45922.7480902778</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>8.372</x:v>
+        <x:v>9.028</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>10.21</x:v>
+        <x:v>11.01</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45902.7617824074</x:v>
+        <x:v>45919.7476967593</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>8.487</x:v>
+        <x:v>9.086</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>10.35</x:v>
+        <x:v>11.08</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45902.7473842593</x:v>
+        <x:v>45918.7597800926</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>8.487</x:v>
+        <x:v>9.086</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>10.35</x:v>
+        <x:v>11.08</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45901.7594212963</x:v>
+        <x:v>45918.7477314815</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>8.581</x:v>
+        <x:v>9.086</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>10.465</x:v>
+        <x:v>11.08</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45901.7474305556</x:v>
+        <x:v>45917.7474537037</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>8.581</x:v>
+        <x:v>9.27</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>10.465</x:v>
+        <x:v>11.305</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45898.7627430556</x:v>
+        <x:v>45916.7474074074</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>8.491</x:v>
+        <x:v>8.643</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>10.355</x:v>
+        <x:v>10.54</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45898.7479861111</x:v>
+        <x:v>45915.7474768519</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>8.491</x:v>
+        <x:v>8.737</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>10.355</x:v>
+        <x:v>10.655</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45897.7576851852</x:v>
+        <x:v>45912.7594675926</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>8.512</x:v>
+        <x:v>8.606</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>10.38</x:v>
+        <x:v>10.495</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45897.7475925926</x:v>
+        <x:v>45912.7478472222</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>8.512</x:v>
+        <x:v>8.606</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>10.38</x:v>
+        <x:v>10.495</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45896.7598726852</x:v>
+        <x:v>45911.7587384259</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>8.548</x:v>
+        <x:v>8.688</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>10.425</x:v>
+        <x:v>10.595</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45895.7575347222</x:v>
+        <x:v>45911.7477662037</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
         <x:v>0.27</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>8.626</x:v>
+        <x:v>8.688</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>10.52</x:v>
+        <x:v>10.595</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45895.7478703704</x:v>
+        <x:v>45910.7475347222</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>8.626</x:v>
+        <x:v>8.577</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>10.52</x:v>
+        <x:v>10.46</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45894.7569675926</x:v>
+        <x:v>45909.7477199074</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>8.836</x:v>
+        <x:v>8.704</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>10.775</x:v>
+        <x:v>10.615</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45894.7474421296</x:v>
+        <x:v>45908.7485416667</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>8.836</x:v>
+        <x:v>8.667</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>10.775</x:v>
+        <x:v>10.57</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45891.7477893519</x:v>
+        <x:v>45905.7752893519</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>8.901</x:v>
+        <x:v>8.462</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>10.855</x:v>
+        <x:v>10.32</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45890.7565972222</x:v>
+        <x:v>45905.7480902778</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>8.688</x:v>
+        <x:v>8.462</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>10.595</x:v>
+        <x:v>10.32</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45890.7477199074</x:v>
+        <x:v>45904.7480092593</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>8.688</x:v>
+        <x:v>8.475</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>10.595</x:v>
+        <x:v>10.335</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45889.7593402778</x:v>
+        <x:v>45903.7601041667</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>8.59</x:v>
+        <x:v>8.372</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>10.475</x:v>
+        <x:v>10.21</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45888.7478472222</x:v>
+        <x:v>45903.7473842593</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>8.758</x:v>
+        <x:v>8.372</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>10.68</x:v>
+        <x:v>10.21</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45887.7583101852</x:v>
+        <x:v>45902.7617824074</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
         <x:v>0.25</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>8.426</x:v>
+        <x:v>8.487</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>10.275</x:v>
+        <x:v>10.35</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45887.7476736111</x:v>
+        <x:v>45902.7473842593</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
         <x:v>0.25</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>8.426</x:v>
+        <x:v>8.487</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>10.275</x:v>
+        <x:v>10.35</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45884.7578240741</x:v>
+        <x:v>45901.7594212963</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>8.565</x:v>
+        <x:v>8.581</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>10.445</x:v>
+        <x:v>10.465</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45884.7474768519</x:v>
+        <x:v>45901.7474305556</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>8.565</x:v>
+        <x:v>8.581</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>10.445</x:v>
+        <x:v>10.465</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45883.7578125</x:v>
+        <x:v>45898.7627430556</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>8.528</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>10.4</x:v>
+        <x:v>10.355</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45883.7478935185</x:v>
+        <x:v>45898.7479861111</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>8.528</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>10.4</x:v>
+        <x:v>10.355</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45882.7607986111</x:v>
+        <x:v>45897.7576851852</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>8.499</x:v>
+        <x:v>8.512</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>10.365</x:v>
+        <x:v>10.38</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45882.7479861111</x:v>
+        <x:v>45897.7475925926</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>8.499</x:v>
+        <x:v>8.512</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>10.365</x:v>
+        <x:v>10.38</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45881.7571990741</x:v>
+        <x:v>45896.7598726852</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>8.409</x:v>
+        <x:v>8.548</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>10.255</x:v>
+        <x:v>10.425</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45881.7473958333</x:v>
+        <x:v>45895.7575347222</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>8.409</x:v>
+        <x:v>8.626</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>10.255</x:v>
+        <x:v>10.52</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45880.7587152778</x:v>
+        <x:v>45895.7478703704</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>8.212</x:v>
+        <x:v>8.626</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>10.015</x:v>
+        <x:v>10.52</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45880.7478240741</x:v>
+        <x:v>45894.7569675926</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>8.212</x:v>
+        <x:v>8.836</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>10.015</x:v>
+        <x:v>10.775</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45877.7474537037</x:v>
+        <x:v>45894.7474421296</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>8.184</x:v>
+        <x:v>8.836</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>9.98</x:v>
+        <x:v>10.775</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45876.747962963</x:v>
+        <x:v>45891.7477893519</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>7.839</x:v>
+        <x:v>8.901</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>9.56</x:v>
+        <x:v>10.855</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45875.7593981481</x:v>
+        <x:v>45890.7565972222</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>7.757</x:v>
+        <x:v>8.688</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>9.46</x:v>
+        <x:v>10.595</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45875.7478356482</x:v>
+        <x:v>45890.7477199074</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>7.757</x:v>
+        <x:v>8.688</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>9.46</x:v>
+        <x:v>10.595</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45874.7580787037</x:v>
+        <x:v>45889.7593402778</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>7.815</x:v>
+        <x:v>8.59</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>9.53</x:v>
+        <x:v>10.475</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45873.7608680556</x:v>
+        <x:v>45888.7478472222</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>7.669</x:v>
+        <x:v>8.758</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>9.352</x:v>
+        <x:v>10.68</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45873.7479398148</x:v>
+        <x:v>45887.7583101852</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>7.669</x:v>
+        <x:v>8.426</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>9.352</x:v>
+        <x:v>10.275</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45870.7602199074</x:v>
+        <x:v>45887.7476736111</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>7.775</x:v>
+        <x:v>8.426</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>9.482</x:v>
+        <x:v>10.275</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45870.7474768519</x:v>
+        <x:v>45884.7578240741</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>7.775</x:v>
+        <x:v>8.565</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>9.482</x:v>
+        <x:v>10.445</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45869.7477777778</x:v>
+        <x:v>45884.7474768519</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>7.877</x:v>
+        <x:v>8.565</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>9.606</x:v>
+        <x:v>10.445</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45868.7573032407</x:v>
+        <x:v>45883.7578125</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>7.764</x:v>
+        <x:v>8.528</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>9.468</x:v>
+        <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45868.7478935185</x:v>
+        <x:v>45883.7478935185</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>7.764</x:v>
+        <x:v>8.528</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>9.468</x:v>
+        <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45867.7584259259</x:v>
+        <x:v>45882.7607986111</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>8.057</x:v>
+        <x:v>8.499</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>9.826</x:v>
+        <x:v>10.365</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45867.7473726852</x:v>
+        <x:v>45882.7479861111</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>8.057</x:v>
+        <x:v>8.499</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>9.826</x:v>
+        <x:v>10.365</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45866.758275463</x:v>
+        <x:v>45881.7571990741</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>8.072</x:v>
+        <x:v>8.409</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>9.844</x:v>
+        <x:v>10.255</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45866.747962963</x:v>
+        <x:v>45881.7473958333</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>8.072</x:v>
+        <x:v>8.409</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>9.844</x:v>
+        <x:v>10.255</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45863.7567939815</x:v>
+        <x:v>45880.7587152778</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>8.02</x:v>
+        <x:v>8.212</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>9.78</x:v>
+        <x:v>10.015</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45862.7627430556</x:v>
+        <x:v>45880.7478240741</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>8.475</x:v>
+        <x:v>8.212</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>10.335</x:v>
+        <x:v>10.015</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45862.7478356482</x:v>
+        <x:v>45877.7474537037</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>8.475</x:v>
+        <x:v>8.184</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>10.335</x:v>
+        <x:v>9.98</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45861.7586921296</x:v>
+        <x:v>45876.747962963</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>8.491</x:v>
+        <x:v>7.839</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>10.355</x:v>
+        <x:v>9.56</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45861.7478935185</x:v>
+        <x:v>45875.7593981481</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>8.491</x:v>
+        <x:v>7.757</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>10.355</x:v>
+        <x:v>9.46</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45860.7479976852</x:v>
+        <x:v>45875.7478356482</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>8.061</x:v>
+        <x:v>7.757</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>9.83</x:v>
+        <x:v>9.46</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45859.7478009259</x:v>
+        <x:v>45874.7580787037</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>8.22</x:v>
+        <x:v>7.815</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>10.025</x:v>
+        <x:v>9.53</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45856.7473726852</x:v>
+        <x:v>45873.7608680556</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>8.115</x:v>
+        <x:v>7.669</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>9.896</x:v>
+        <x:v>9.352</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45855.7569444444</x:v>
+        <x:v>45873.7479398148</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>8.164</x:v>
+        <x:v>7.669</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>9.956</x:v>
+        <x:v>9.352</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45854.9360185185</x:v>
+        <x:v>45870.7602199074</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>7.928</x:v>
+        <x:v>7.775</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>9.668</x:v>
+        <x:v>9.482</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45854.7691782407</x:v>
+        <x:v>45870.7474768519</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>7.928</x:v>
+        <x:v>7.775</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>9.668</x:v>
+        <x:v>9.482</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45853.7615625</x:v>
+        <x:v>45869.7477777778</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>8.082</x:v>
+        <x:v>7.877</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>9.856</x:v>
+        <x:v>9.606</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45852.7625462963</x:v>
+        <x:v>45868.7573032407</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>8.085</x:v>
+        <x:v>7.764</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>9.86</x:v>
+        <x:v>9.468</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45849.7864467593</x:v>
+        <x:v>45868.7478935185</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>8.225</x:v>
+        <x:v>7.764</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>10.03</x:v>
+        <x:v>9.468</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45848.7618055556</x:v>
+        <x:v>45867.7584259259</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>8.327</x:v>
+        <x:v>8.057</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>10.155</x:v>
+        <x:v>9.826</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45847.7591435185</x:v>
+        <x:v>45867.7473726852</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>8.208</x:v>
+        <x:v>8.057</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>10.01</x:v>
+        <x:v>9.826</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45846.7607523148</x:v>
+        <x:v>45866.758275463</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
         <x:v>0.22</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>7.957</x:v>
+        <x:v>8.072</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>9.704</x:v>
+        <x:v>9.844</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45845.7574421296</x:v>
+        <x:v>45866.747962963</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>7.687</x:v>
+        <x:v>8.072</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>9.374</x:v>
+        <x:v>9.844</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45842.7613657407</x:v>
+        <x:v>45863.7567939815</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>7.623</x:v>
+        <x:v>8.02</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>9.296</x:v>
+        <x:v>9.78</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45841.7610763889</x:v>
+        <x:v>45862.7627430556</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>7.765</x:v>
+        <x:v>8.475</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>9.47</x:v>
+        <x:v>10.335</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45840.9304282407</x:v>
+        <x:v>45862.7478356482</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>7.903</x:v>
+        <x:v>8.475</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>9.638</x:v>
+        <x:v>10.335</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45839.7591550926</x:v>
+        <x:v>45861.7586921296</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>7.587</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>9.252</x:v>
+        <x:v>10.355</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45838.7567824074</x:v>
+        <x:v>45861.7478935185</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>7.618</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>9.29</x:v>
+        <x:v>10.355</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45835.7579861111</x:v>
+        <x:v>45860.7479976852</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>7.778</x:v>
+        <x:v>8.061</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>9.486</x:v>
+        <x:v>9.83</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45834.7579166667</x:v>
+        <x:v>45859.7478009259</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>7.528</x:v>
+        <x:v>8.22</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>9.18</x:v>
+        <x:v>10.025</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45833.7638078704</x:v>
+        <x:v>45856.7473726852</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>7.321</x:v>
+        <x:v>8.115</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>8.928</x:v>
+        <x:v>9.896</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45832.757974537</x:v>
+        <x:v>45855.7569444444</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>7.4</x:v>
+        <x:v>8.164</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>9.024</x:v>
+        <x:v>9.956</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45831.759837963</x:v>
+        <x:v>45854.9360185185</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>7.018</x:v>
+        <x:v>7.928</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>8.558</x:v>
+        <x:v>9.668</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45828.7626041667</x:v>
+        <x:v>45854.7691782407</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>7.319</x:v>
+        <x:v>7.928</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>8.926</x:v>
+        <x:v>9.668</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45827.7613657407</x:v>
+        <x:v>45853.7615625</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>7.346</x:v>
+        <x:v>8.082</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>8.958</x:v>
+        <x:v>9.856</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45826.7621759259</x:v>
+        <x:v>45852.7625462963</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>7.413</x:v>
+        <x:v>8.085</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>9.04</x:v>
+        <x:v>9.86</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45825.7634259259</x:v>
+        <x:v>45849.7864467593</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>7.454</x:v>
+        <x:v>8.225</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>9.09</x:v>
+        <x:v>10.03</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45824.7587962963</x:v>
+        <x:v>45848.7618055556</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>7.477</x:v>
+        <x:v>8.327</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>9.118</x:v>
+        <x:v>10.155</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45821.7600694444</x:v>
+        <x:v>45847.7591435185</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>7.27</x:v>
+        <x:v>8.208</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>8.866</x:v>
+        <x:v>10.01</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45820.7827662037</x:v>
+        <x:v>45846.7607523148</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>7.501</x:v>
+        <x:v>7.957</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>9.148</x:v>
+        <x:v>9.704</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45819.7603819444</x:v>
+        <x:v>45845.7574421296</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>7.644</x:v>
+        <x:v>7.687</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>9.322</x:v>
+        <x:v>9.374</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45818.7603240741</x:v>
+        <x:v>45842.7613657407</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>7.455</x:v>
+        <x:v>7.623</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>9.092</x:v>
+        <x:v>9.296</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45817.7587268519</x:v>
+        <x:v>45841.7610763889</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>7.16</x:v>
+        <x:v>7.765</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>8.732</x:v>
+        <x:v>9.47</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45814.7597453704</x:v>
+        <x:v>45840.9304282407</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>7.044</x:v>
+        <x:v>7.903</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>8.59</x:v>
+        <x:v>9.638</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45813.7588194444</x:v>
+        <x:v>45839.7591550926</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>7.006</x:v>
+        <x:v>7.587</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>8.544</x:v>
+        <x:v>9.252</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45812.7669791667</x:v>
+        <x:v>45838.7567824074</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>7.219</x:v>
+        <x:v>7.618</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>8.804</x:v>
+        <x:v>9.29</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45811.9361805556</x:v>
+        <x:v>45835.7579861111</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>7.364</x:v>
+        <x:v>7.778</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>8.98</x:v>
+        <x:v>9.486</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45811.7585763889</x:v>
+        <x:v>45834.7579166667</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
         <x:v>0.18</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>7.364</x:v>
+        <x:v>7.528</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>8.98</x:v>
+        <x:v>9.18</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45810.9414583333</x:v>
+        <x:v>45833.7638078704</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>7.334</x:v>
+        <x:v>7.321</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>8.944</x:v>
+        <x:v>8.928</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45810.7576388889</x:v>
+        <x:v>45832.757974537</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>7.334</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>8.944</x:v>
+        <x:v>9.024</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45803.758912037</x:v>
+        <x:v>45831.759837963</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>7.062</x:v>
+        <x:v>7.018</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>8.996</x:v>
+        <x:v>8.558</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45803.3275</x:v>
+        <x:v>45828.7626041667</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>7.06</x:v>
+        <x:v>7.319</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>8.994</x:v>
+        <x:v>8.926</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45800.759525463</x:v>
+        <x:v>45827.7613657407</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>7.375</x:v>
+        <x:v>7.346</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>8.994</x:v>
+        <x:v>8.958</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45799.7595138889</x:v>
+        <x:v>45826.7621759259</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>7.588</x:v>
+        <x:v>7.413</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>9.254</x:v>
+        <x:v>9.04</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45798.764212963</x:v>
+        <x:v>45825.7634259259</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>7.793</x:v>
+        <x:v>7.454</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>9.504</x:v>
+        <x:v>9.09</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45797.7621759259</x:v>
+        <x:v>45824.7587962963</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>7.898</x:v>
+        <x:v>7.477</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>9.632</x:v>
+        <x:v>9.118</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45796.7617013889</x:v>
+        <x:v>45821.7600694444</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>7.662</x:v>
+        <x:v>7.27</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>9.344</x:v>
+        <x:v>8.866</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45793.7569675926</x:v>
+        <x:v>45820.7827662037</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>7.69</x:v>
+        <x:v>7.501</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>9.378</x:v>
+        <x:v>9.148</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45792.7607638889</x:v>
+        <x:v>45819.7603819444</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>7.8</x:v>
+        <x:v>7.644</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>9.512</x:v>
+        <x:v>9.322</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45791.7641666667</x:v>
+        <x:v>45818.7603240741</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>7.984</x:v>
+        <x:v>7.455</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>9.736</x:v>
+        <x:v>9.092</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45790.7569560185</x:v>
+        <x:v>45817.7587268519</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>8.059</x:v>
+        <x:v>7.16</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>9.828</x:v>
+        <x:v>8.732</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45789.7604166667</x:v>
+        <x:v>45814.7597453704</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>7.87</x:v>
+        <x:v>7.044</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>9.598</x:v>
+        <x:v>8.59</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45786.7590277778</x:v>
+        <x:v>45813.7588194444</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>7.35</x:v>
+        <x:v>7.006</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>8.964</x:v>
+        <x:v>8.544</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45785.757662037</x:v>
+        <x:v>45812.7669791667</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
         <x:v>0.16</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>7.282</x:v>
+        <x:v>7.219</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>8.88</x:v>
+        <x:v>8.804</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45784.7685300926</x:v>
+        <x:v>45811.9361805556</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>7.085</x:v>
+        <x:v>7.364</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>8.64</x:v>
+        <x:v>8.98</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45783.7611458333</x:v>
+        <x:v>45811.7585763889</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>7.121</x:v>
+        <x:v>7.364</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>8.684</x:v>
+        <x:v>8.98</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45782.7990856481</x:v>
+        <x:v>45810.9414583333</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>7.122</x:v>
+        <x:v>7.334</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>8.686</x:v>
+        <x:v>8.944</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45782.7613310185</x:v>
+        <x:v>45810.7576388889</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>7.122</x:v>
+        <x:v>7.334</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>8.686</x:v>
+        <x:v>8.944</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45779.7593402778</x:v>
+        <x:v>45803.758912037</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>7.275</x:v>
+        <x:v>7.062</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>8.872</x:v>
+        <x:v>8.996</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45777.7615046296</x:v>
+        <x:v>45803.3275</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>7.108</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>8.668</x:v>
+        <x:v>8.994</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45776.7598726852</x:v>
+        <x:v>45800.759525463</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
         <x:v>0.16</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>7.234</x:v>
+        <x:v>7.375</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>8.822</x:v>
+        <x:v>8.994</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45775.760162037</x:v>
+        <x:v>45799.7595138889</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>7.28</x:v>
+        <x:v>7.588</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>8.878</x:v>
+        <x:v>9.254</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45772.7647106481</x:v>
+        <x:v>45798.764212963</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>7.285</x:v>
+        <x:v>7.793</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>8.884</x:v>
+        <x:v>9.504</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45771.7646180556</x:v>
+        <x:v>45797.7621759259</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>7.206</x:v>
+        <x:v>7.898</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>8.788</x:v>
+        <x:v>9.632</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45770.7699421296</x:v>
+        <x:v>45796.7617013889</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>7.049</x:v>
+        <x:v>7.662</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>8.596</x:v>
+        <x:v>9.344</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45769.7600925926</x:v>
+        <x:v>45793.7569675926</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>6.686</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>8.154</x:v>
+        <x:v>9.378</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45764.7627546296</x:v>
+        <x:v>45792.7607638889</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>6.585</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>8.03</x:v>
+        <x:v>9.512</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45763.7624189815</x:v>
+        <x:v>45791.7641666667</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>6.598</x:v>
+        <x:v>7.984</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>8.046</x:v>
+        <x:v>9.736</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45762.7597800926</x:v>
+        <x:v>45790.7569560185</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>6.709</x:v>
+        <x:v>8.059</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>8.182</x:v>
+        <x:v>9.828</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45761.7605787037</x:v>
+        <x:v>45789.7604166667</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>6.278</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>7.656</x:v>
+        <x:v>9.598</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45758.7870138889</x:v>
+        <x:v>45786.7590277778</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>6.152</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>7.502</x:v>
+        <x:v>8.964</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45757.76875</x:v>
+        <x:v>45785.757662037</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>5.973</x:v>
+        <x:v>7.282</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>7.284</x:v>
+        <x:v>8.88</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45756.7571990741</x:v>
+        <x:v>45784.7685300926</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>5.586</x:v>
+        <x:v>7.085</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>6.812</x:v>
+        <x:v>8.64</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45755.7790625</x:v>
+        <x:v>45783.7611458333</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>6.065</x:v>
+        <x:v>7.121</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>7.396</x:v>
+        <x:v>8.684</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45754.7628356482</x:v>
+        <x:v>45782.7990856481</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>6.14</x:v>
+        <x:v>7.122</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>7.488</x:v>
+        <x:v>8.686</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45751.759212963</x:v>
+        <x:v>45782.7613310185</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>6.217</x:v>
+        <x:v>7.122</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>7.582</x:v>
+        <x:v>8.686</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45750.763599537</x:v>
+        <x:v>45779.7593402778</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>6.548</x:v>
+        <x:v>7.275</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>7.986</x:v>
+        <x:v>8.872</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45749.7615162037</x:v>
+        <x:v>45777.7615046296</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>6.95</x:v>
+        <x:v>7.108</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>8.476</x:v>
+        <x:v>8.668</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45748.7585416667</x:v>
+        <x:v>45776.7598726852</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>7.027</x:v>
+        <x:v>7.234</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>8.57</x:v>
+        <x:v>8.822</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45747.7615856481</x:v>
+        <x:v>45775.760162037</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>7.039</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>8.584</x:v>
+        <x:v>8.878</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45744.7643518519</x:v>
+        <x:v>45772.7647106481</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>7.305</x:v>
+        <x:v>7.285</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>8.908</x:v>
+        <x:v>8.884</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45743.7674421296</x:v>
+        <x:v>45771.7646180556</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>7.549</x:v>
+        <x:v>7.206</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>9.206</x:v>
+        <x:v>8.788</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45742.7590046296</x:v>
+        <x:v>45770.7699421296</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>8.184</x:v>
+        <x:v>7.049</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>9.98</x:v>
+        <x:v>8.596</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45741.7595833333</x:v>
+        <x:v>45769.7600925926</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>8.405</x:v>
+        <x:v>6.686</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>10.25</x:v>
+        <x:v>8.154</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45740.7636689815</x:v>
+        <x:v>45764.7627546296</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>8.074</x:v>
+        <x:v>6.585</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>9.846</x:v>
+        <x:v>8.03</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45737.7594328704</x:v>
+        <x:v>45763.7624189815</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>8.08</x:v>
+        <x:v>6.598</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>9.854</x:v>
+        <x:v>8.046</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45736.7631944444</x:v>
+        <x:v>45762.7597800926</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>8.116</x:v>
+        <x:v>6.709</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>9.898</x:v>
+        <x:v>8.182</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45735.758275463</x:v>
+        <x:v>45761.7605787037</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>8.22</x:v>
+        <x:v>6.278</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>10.025</x:v>
+        <x:v>7.656</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45734.7603240741</x:v>
+        <x:v>45758.7870138889</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>8.245</x:v>
+        <x:v>6.152</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>10.055</x:v>
+        <x:v>7.502</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45733.7571527778</x:v>
+        <x:v>45757.76875</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>8.151</x:v>
+        <x:v>5.973</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>9.94</x:v>
+        <x:v>7.284</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45730.7613194444</x:v>
+        <x:v>45756.7571990741</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>7.803</x:v>
+        <x:v>5.586</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>9.772</x:v>
+        <x:v>6.812</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45729.7592476852</x:v>
+        <x:v>45755.7790625</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>7.803</x:v>
+        <x:v>6.065</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>0</x:v>
+        <x:v>7.396</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45728.7584953704</x:v>
+        <x:v>45754.7628356482</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>8.339</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>0</x:v>
+        <x:v>7.488</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45727.7600925926</x:v>
+        <x:v>45751.759212963</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>8.216</x:v>
+        <x:v>6.217</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>10.02</x:v>
+        <x:v>7.582</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45726.7683912037</x:v>
+        <x:v>45750.763599537</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>8.241</x:v>
+        <x:v>6.548</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>10.05</x:v>
+        <x:v>7.986</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45723.7597453704</x:v>
+        <x:v>45749.7615162037</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>8.212</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>10.015</x:v>
+        <x:v>8.476</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45722.7590856481</x:v>
+        <x:v>45748.7585416667</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>7.677</x:v>
+        <x:v>7.027</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>9.362</x:v>
+        <x:v>8.57</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45721.7633217593</x:v>
+        <x:v>45747.7615856481</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>7.365</x:v>
+        <x:v>7.039</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>8.982</x:v>
+        <x:v>8.584</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45720.7599652778</x:v>
+        <x:v>45744.7643518519</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>8.253</x:v>
+        <x:v>7.305</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>10.065</x:v>
+        <x:v>8.908</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45719.7600694444</x:v>
+        <x:v>45743.7674421296</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>8.216</x:v>
+        <x:v>7.549</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>10.02</x:v>
+        <x:v>9.206</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45716.7600810185</x:v>
+        <x:v>45742.7590046296</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>9.254</x:v>
+        <x:v>8.184</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>11.285</x:v>
+        <x:v>9.98</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45715.7570138889</x:v>
+        <x:v>45741.7595833333</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>1.71</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>9.393</x:v>
+        <x:v>8.405</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>11.455</x:v>
+        <x:v>10.25</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45714.7742361111</x:v>
+        <x:v>45740.7636689815</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>1.85</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>9.241</x:v>
+        <x:v>8.074</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>11.27</x:v>
+        <x:v>9.846</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45713.7590277778</x:v>
+        <x:v>45737.7594328704</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>1.71</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>9.27</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>11.305</x:v>
+        <x:v>9.854</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45712.7659837963</x:v>
+        <x:v>45736.7631944444</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>1.74</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>9.102</x:v>
+        <x:v>8.116</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>11.1</x:v>
+        <x:v>9.898</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45709.7638425926</x:v>
+        <x:v>45735.758275463</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>1.6</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>9.008</x:v>
+        <x:v>8.22</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>10.985</x:v>
+        <x:v>10.025</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45708.7618055556</x:v>
+        <x:v>45734.7603240741</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>1.52</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>8.922</x:v>
+        <x:v>8.245</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>10.88</x:v>
+        <x:v>10.055</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45707.7576967593</x:v>
+        <x:v>45733.7571527778</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>1.45</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>9.082</x:v>
+        <x:v>8.151</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>11.075</x:v>
+        <x:v>9.94</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45706.7623611111</x:v>
+        <x:v>45730.7613194444</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>9.082</x:v>
+        <x:v>7.803</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>11.075</x:v>
+        <x:v>9.772</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45705.7592592593</x:v>
+        <x:v>45729.7592476852</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>9.319</x:v>
+        <x:v>7.803</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>11.365</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45702.7667592593</x:v>
+        <x:v>45728.7584953704</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>1.83</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>9.471</x:v>
+        <x:v>8.339</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>11.55</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45701.7653125</x:v>
+        <x:v>45727.7600925926</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>1.99</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>8.684</x:v>
+        <x:v>8.216</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>10.59</x:v>
+        <x:v>10.02</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45700.762650463</x:v>
+        <x:v>45726.7683912037</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>8.68</x:v>
+        <x:v>8.241</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>10.585</x:v>
+        <x:v>10.05</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45699.7633796296</x:v>
+        <x:v>45723.7597453704</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>8.573</x:v>
+        <x:v>8.212</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>10.455</x:v>
+        <x:v>10.015</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45698.7616782407</x:v>
+        <x:v>45722.7590856481</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>8.684</x:v>
+        <x:v>7.677</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>10.59</x:v>
+        <x:v>9.362</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45695.7610532407</x:v>
+        <x:v>45721.7633217593</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>1.38</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>8.696</x:v>
+        <x:v>7.365</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>10.605</x:v>
+        <x:v>8.982</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45694.7633912037</x:v>
+        <x:v>45720.7599652778</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>1.39</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>8.446</x:v>
+        <x:v>8.253</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>10.3</x:v>
+        <x:v>10.065</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45693.7707060185</x:v>
+        <x:v>45719.7600694444</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>8.446</x:v>
+        <x:v>8.216</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>10.3</x:v>
+        <x:v>10.02</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45692.7817939815</x:v>
+        <x:v>45716.7600810185</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>1.25</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>8.495</x:v>
+        <x:v>9.254</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>10.36</x:v>
+        <x:v>11.285</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45691.928125</x:v>
+        <x:v>45715.7570138889</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>1.13</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>8.319</x:v>
+        <x:v>9.393</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>10.145</x:v>
+        <x:v>11.455</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45691.7626157407</x:v>
+        <x:v>45714.7742361111</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>1.13</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>8.319</x:v>
+        <x:v>9.241</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>10.145</x:v>
+        <x:v>11.27</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45688.7599421296</x:v>
+        <x:v>45713.7590277778</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>1.65</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>8.876</x:v>
+        <x:v>9.27</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>10.825</x:v>
+        <x:v>11.305</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45687.7639583333</x:v>
+        <x:v>45712.7659837963</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>1.81</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>9.028</x:v>
+        <x:v>9.102</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>11.01</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45686.76375</x:v>
+        <x:v>45709.7638425926</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>1.77</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>8.987</x:v>
+        <x:v>9.008</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>10.96</x:v>
+        <x:v>10.985</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45685.9323032407</x:v>
+        <x:v>45708.7618055556</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>1.87</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>9.09</x:v>
+        <x:v>8.922</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>11.085</x:v>
+        <x:v>10.88</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45685.7621990741</x:v>
+        <x:v>45707.7576967593</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>1.87</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>9.09</x:v>
+        <x:v>9.082</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>11.085</x:v>
+        <x:v>11.075</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45684.7611111111</x:v>
+        <x:v>45706.7623611111</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>9.094</x:v>
+        <x:v>9.082</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>11.09</x:v>
+        <x:v>11.075</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45681.7681018518</x:v>
+        <x:v>45705.7592592593</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>1.77</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>8.979</x:v>
+        <x:v>9.319</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>10.95</x:v>
+        <x:v>11.365</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45679.759537037</x:v>
+        <x:v>45702.7667592593</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>1.37</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>8.503</x:v>
+        <x:v>9.471</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>10.37</x:v>
+        <x:v>11.55</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45678.7595023148</x:v>
+        <x:v>45701.7653125</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>1.44</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>8.581</x:v>
+        <x:v>8.684</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>10.465</x:v>
+        <x:v>10.59</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45677.7651041667</x:v>
+        <x:v>45700.762650463</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>8.745</x:v>
+        <x:v>8.68</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>10.665</x:v>
+        <x:v>10.585</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45674.7630671296</x:v>
+        <x:v>45699.7633796296</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>1.48</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>8.614</x:v>
+        <x:v>8.573</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>10.505</x:v>
+        <x:v>10.455</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45673.7629513889</x:v>
+        <x:v>45698.7616782407</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>1.27</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>8.339</x:v>
+        <x:v>8.684</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>10.17</x:v>
+        <x:v>10.59</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45672.7645486111</x:v>
+        <x:v>45695.7610532407</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>1.35</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>8.438</x:v>
+        <x:v>8.696</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>10.29</x:v>
+        <x:v>10.605</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45671.7791666667</x:v>
+        <x:v>45694.7633912037</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>1.1</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>8.067</x:v>
+        <x:v>8.446</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>9.838</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45670.7590856481</x:v>
+        <x:v>45693.7707060185</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>0.86</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>7.649</x:v>
+        <x:v>8.446</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>9.328</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45667.7626157407</x:v>
+        <x:v>45692.7817939815</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>0.8</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>7.521</x:v>
+        <x:v>8.495</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>9.172</x:v>
+        <x:v>10.36</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45666.7588541667</x:v>
+        <x:v>45691.928125</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>0.76</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>7.449</x:v>
+        <x:v>8.319</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>9.084</x:v>
+        <x:v>10.145</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45665.7753240741</x:v>
+        <x:v>45691.7626157407</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>0.82</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>7.562</x:v>
+        <x:v>8.319</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>9.222</x:v>
+        <x:v>10.145</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45664.7606365741</x:v>
+        <x:v>45688.7599421296</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>7.718</x:v>
+        <x:v>8.876</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>9.412</x:v>
+        <x:v>10.825</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45663.7687384259</x:v>
+        <x:v>45687.7639583333</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>0.9</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>7.692</x:v>
+        <x:v>9.028</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>9.38</x:v>
+        <x:v>11.01</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45660.7612152778</x:v>
+        <x:v>45686.76375</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>0.76</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>7.413</x:v>
+        <x:v>8.987</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>9.04</x:v>
+        <x:v>10.96</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45659.7570949074</x:v>
+        <x:v>45685.9323032407</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>0.95</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>7.724</x:v>
+        <x:v>9.09</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>9.42</x:v>
+        <x:v>11.085</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45656.7590856481</x:v>
+        <x:v>45685.7621990741</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>0.83</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>7.503</x:v>
+        <x:v>9.09</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>9.15</x:v>
+        <x:v>11.085</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45653.7594212963</x:v>
+        <x:v>45684.7611111111</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>0.79</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>7.428</x:v>
+        <x:v>9.094</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>9.058</x:v>
+        <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45649.7573148148</x:v>
+        <x:v>45681.7681018518</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>0.72</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>7.278</x:v>
+        <x:v>8.979</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>8.876</x:v>
+        <x:v>10.95</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45646.7607291667</x:v>
+        <x:v>45679.759537037</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>0.71</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>7.257</x:v>
+        <x:v>8.503</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>8.85</x:v>
+        <x:v>10.37</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45645.7575925926</x:v>
+        <x:v>45678.7595023148</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>0.71</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>7.247</x:v>
+        <x:v>8.581</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>8.838</x:v>
+        <x:v>10.465</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45644.7668402778</x:v>
+        <x:v>45677.7651041667</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>0.75</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>7.326</x:v>
+        <x:v>8.745</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>8.934</x:v>
+        <x:v>10.665</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45643.7697106482</x:v>
+        <x:v>45674.7630671296</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>0.71</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>7.242</x:v>
+        <x:v>8.614</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>8.832</x:v>
+        <x:v>10.505</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45642.7680902778</x:v>
+        <x:v>45673.7629513889</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>0.71</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>7.239</x:v>
+        <x:v>8.339</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>8.828</x:v>
+        <x:v>10.17</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45638.763287037</x:v>
+        <x:v>45672.7645486111</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>0.78</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>7.375</x:v>
+        <x:v>8.438</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>8.994</x:v>
+        <x:v>10.29</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45637.7962962963</x:v>
+        <x:v>45671.7791666667</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>0.76</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>7.334</x:v>
+        <x:v>8.067</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>8.944</x:v>
+        <x:v>9.838</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45636.7680208333</x:v>
+        <x:v>45670.7590856481</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>7.414</x:v>
+        <x:v>7.649</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>9.042</x:v>
+        <x:v>9.328</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45635.7600578704</x:v>
+        <x:v>45667.7626157407</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>7.474</x:v>
+        <x:v>7.521</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>9.114</x:v>
+        <x:v>9.172</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45632.7600810185</x:v>
+        <x:v>45666.7588541667</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>7.15</x:v>
+        <x:v>7.449</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>8.72</x:v>
+        <x:v>9.084</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45631.7586342593</x:v>
+        <x:v>45665.7753240741</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>6.688</x:v>
+        <x:v>7.562</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>8.156</x:v>
+        <x:v>9.222</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45630.7638657407</x:v>
+        <x:v>45664.7606365741</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>6.189</x:v>
+        <x:v>7.718</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>7.548</x:v>
+        <x:v>9.412</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45629.7659490741</x:v>
+        <x:v>45663.7687384259</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>6.189</x:v>
+        <x:v>7.692</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>7.548</x:v>
+        <x:v>9.38</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45628.7705092593</x:v>
+        <x:v>45660.7612152778</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>6.334</x:v>
+        <x:v>7.413</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>7.724</x:v>
+        <x:v>9.04</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45625.7597916667</x:v>
+        <x:v>45659.7570949074</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>6.437</x:v>
+        <x:v>7.724</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>7.85</x:v>
+        <x:v>9.42</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45624.7724074074</x:v>
+        <x:v>45656.7590856481</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>6.366</x:v>
+        <x:v>7.503</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>7.764</x:v>
+        <x:v>9.15</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45623.7602546296</x:v>
+        <x:v>45653.7594212963</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>6.519</x:v>
+        <x:v>7.428</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>7.95</x:v>
+        <x:v>9.058</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45622.7714814815</x:v>
+        <x:v>45649.7573148148</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>6.668</x:v>
+        <x:v>7.278</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>8.132</x:v>
+        <x:v>8.876</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45621.76375</x:v>
+        <x:v>45646.7607291667</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>6.84</x:v>
+        <x:v>7.257</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>8.342</x:v>
+        <x:v>8.85</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45618.785150463</x:v>
+        <x:v>45645.7575925926</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>6.691</x:v>
+        <x:v>7.247</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>8.16</x:v>
+        <x:v>8.838</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45617.7602662037</x:v>
+        <x:v>45644.7668402778</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>6.573</x:v>
+        <x:v>7.326</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>8.016</x:v>
+        <x:v>8.934</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45616.7634259259</x:v>
+        <x:v>45643.7697106482</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>6.668</x:v>
+        <x:v>7.242</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>8.132</x:v>
+        <x:v>8.832</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45615.7578587963</x:v>
+        <x:v>45642.7680902778</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>6.921</x:v>
+        <x:v>7.239</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>8.44</x:v>
+        <x:v>8.828</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45614.7648842593</x:v>
+        <x:v>45638.763287037</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>7.224</x:v>
+        <x:v>7.375</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>8.81</x:v>
+        <x:v>8.994</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45611.7686458333</x:v>
+        <x:v>45637.7962962963</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>7.277</x:v>
+        <x:v>7.334</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>8.874</x:v>
+        <x:v>8.944</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45610.7625</x:v>
+        <x:v>45636.7680208333</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>7.257</x:v>
+        <x:v>7.414</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>8.85</x:v>
+        <x:v>9.042</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45609.7625810185</x:v>
+        <x:v>45635.7600578704</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>7.264</x:v>
+        <x:v>7.474</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>8.858</x:v>
+        <x:v>9.114</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45608.7779282407</x:v>
+        <x:v>45632.7600810185</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>7.282</x:v>
+        <x:v>7.15</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>8.88</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45607.759224537</x:v>
+        <x:v>45631.7586342593</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>7.619</x:v>
+        <x:v>6.688</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>9.292</x:v>
+        <x:v>8.156</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45604.7572800926</x:v>
+        <x:v>45630.7638657407</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>7.506</x:v>
+        <x:v>6.189</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>9.154</x:v>
+        <x:v>7.548</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45603.7594444444</x:v>
+        <x:v>45629.7659490741</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>7.575</x:v>
+        <x:v>6.189</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>9.238</x:v>
+        <x:v>7.548</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45602.758900463</x:v>
+        <x:v>45628.7705092593</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>7.183</x:v>
+        <x:v>6.334</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>8.76</x:v>
+        <x:v>7.724</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45601.7576967593</x:v>
+        <x:v>45625.7597916667</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>1.03</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>7.413</x:v>
+        <x:v>6.437</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>9.04</x:v>
+        <x:v>7.85</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45600.7605555556</x:v>
+        <x:v>45624.7724074074</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>1.04</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>7.421</x:v>
+        <x:v>6.366</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>9.05</x:v>
+        <x:v>7.764</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45597.7588078704</x:v>
+        <x:v>45623.7602546296</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>7.264</x:v>
+        <x:v>6.519</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>8.858</x:v>
+        <x:v>7.95</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45596.7617013889</x:v>
+        <x:v>45622.7714814815</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>7.295</x:v>
+        <x:v>6.668</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>8.896</x:v>
+        <x:v>8.132</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45595.7568981481</x:v>
+        <x:v>45621.76375</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>0.98</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>7.331</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>8.94</x:v>
+        <x:v>8.342</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45594.7605324074</x:v>
+        <x:v>45618.785150463</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>1.08</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>7.469</x:v>
+        <x:v>6.691</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>9.108</x:v>
+        <x:v>8.16</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45593.7741898148</x:v>
+        <x:v>45617.7602662037</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>7.708</x:v>
+        <x:v>6.573</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>9.4</x:v>
+        <x:v>8.016</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45590.7682638889</x:v>
+        <x:v>45616.7634259259</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>7.726</x:v>
+        <x:v>6.668</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>9.422</x:v>
+        <x:v>8.132</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45589.7589351852</x:v>
+        <x:v>45615.7578587963</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>2.47</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>8.532</x:v>
+        <x:v>6.921</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>10.405</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45588.7684259259</x:v>
+        <x:v>45614.7648842593</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>2.27</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>8.38</x:v>
+        <x:v>7.224</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>10.22</x:v>
+        <x:v>8.81</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45587.7587152778</x:v>
+        <x:v>45611.7686458333</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>2.46</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>8.516</x:v>
+        <x:v>7.277</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>10.385</x:v>
+        <x:v>8.874</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45586.7589236111</x:v>
+        <x:v>45610.7625</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>2.22</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>8.327</x:v>
+        <x:v>7.257</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>10.155</x:v>
+        <x:v>8.85</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45583.7648726852</x:v>
+        <x:v>45609.7625810185</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>2.14</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>8.262</x:v>
+        <x:v>7.264</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>10.075</x:v>
+        <x:v>8.858</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45581.7578703704</x:v>
+        <x:v>45608.7779282407</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>2.03</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>8.162</x:v>
+        <x:v>7.282</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>9.954</x:v>
+        <x:v>8.88</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45580.7602546296</x:v>
+        <x:v>45607.759224537</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>8.038</x:v>
+        <x:v>7.619</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>9.802</x:v>
+        <x:v>9.292</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45579.7583101852</x:v>
+        <x:v>45604.7572800926</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>8.229</x:v>
+        <x:v>7.506</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>10.035</x:v>
+        <x:v>9.154</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45576.7678935185</x:v>
+        <x:v>45603.7594444444</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>2.21</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>8.282</x:v>
+        <x:v>7.575</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>10.1</x:v>
+        <x:v>9.238</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45575.7565625</x:v>
+        <x:v>45602.758900463</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>2.2</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>8.278</x:v>
+        <x:v>7.183</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>10.095</x:v>
+        <x:v>8.76</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45574.7611111111</x:v>
+        <x:v>45601.7576967593</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>2.5</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>8.479</x:v>
+        <x:v>7.413</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>10.34</x:v>
+        <x:v>9.04</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45573.7605787037</x:v>
+        <x:v>45600.7605555556</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>2.18</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>8.233</x:v>
+        <x:v>7.421</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>10.04</x:v>
+        <x:v>9.05</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45572.7566087963</x:v>
+        <x:v>45597.7588078704</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>2.29</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>8.315</x:v>
+        <x:v>7.264</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>10.14</x:v>
+        <x:v>8.858</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45569.7642013889</x:v>
+        <x:v>45596.7617013889</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>3.04</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>8.741</x:v>
+        <x:v>7.295</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>10.66</x:v>
+        <x:v>8.896</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45568.765474537</x:v>
+        <x:v>45595.7568981481</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>2.61</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>8.458</x:v>
+        <x:v>7.331</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>10.315</x:v>
+        <x:v>8.94</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45567.7655324074</x:v>
+        <x:v>45594.7605324074</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>2.59</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>8.446</x:v>
+        <x:v>7.469</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>10.3</x:v>
+        <x:v>9.108</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45566.7561226852</x:v>
+        <x:v>45593.7741898148</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>3.01</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>8.688</x:v>
+        <x:v>7.708</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>10.595</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45565.7591319444</x:v>
+        <x:v>45590.7682638889</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>3.37</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>8.872</x:v>
+        <x:v>7.726</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>10.82</x:v>
+        <x:v>9.422</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45562.7587268519</x:v>
+        <x:v>45589.7589351852</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>3.95</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>9.139</x:v>
+        <x:v>8.532</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>11.145</x:v>
+        <x:v>10.405</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45561.7609606481</x:v>
+        <x:v>45588.7684259259</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>2.96</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>8.561</x:v>
+        <x:v>8.38</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>10.44</x:v>
+        <x:v>10.22</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45560.7716550926</x:v>
+        <x:v>45587.7587152778</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>2.3</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>8.1</x:v>
+        <x:v>8.516</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>9.878</x:v>
+        <x:v>10.385</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45559.7597106481</x:v>
+        <x:v>45586.7589236111</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>2.23</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>8.046</x:v>
+        <x:v>8.327</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>9.812</x:v>
+        <x:v>10.155</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45558.7541782407</x:v>
+        <x:v>45583.7648726852</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>2.03</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>7.893</x:v>
+        <x:v>8.262</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>9.626</x:v>
+        <x:v>10.075</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45555.7577777778</x:v>
+        <x:v>45581.7578703704</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>1.91</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>7.787</x:v>
+        <x:v>8.162</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>9.496</x:v>
+        <x:v>9.954</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45554.7555787037</x:v>
+        <x:v>45580.7602546296</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>2.47</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>8.157</x:v>
+        <x:v>8.038</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>9.948</x:v>
+        <x:v>9.802</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45553.7544560185</x:v>
+        <x:v>45579.7583101852</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>2.08</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>7.864</x:v>
+        <x:v>8.229</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>9.59</x:v>
+        <x:v>10.035</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45552.7566087963</x:v>
+        <x:v>45576.7678935185</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>1.94</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>7.747</x:v>
+        <x:v>8.282</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>9.448</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45551.7525578704</x:v>
+        <x:v>45575.7565625</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>1.65</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>7.482</x:v>
+        <x:v>8.278</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>9.124</x:v>
+        <x:v>10.095</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45548.7578125</x:v>
+        <x:v>45574.7611111111</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>1.96</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>7.724</x:v>
+        <x:v>8.479</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>9.42</x:v>
+        <x:v>10.34</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45547.7526736111</x:v>
+        <x:v>45573.7605787037</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>1.56</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>7.073</x:v>
+        <x:v>8.233</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>8.626</x:v>
+        <x:v>10.04</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45547.7526736111</x:v>
+        <x:v>45572.7566087963</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>1.56</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>7.341</x:v>
+        <x:v>8.315</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>8.952</x:v>
+        <x:v>10.14</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45546.750625</x:v>
+        <x:v>45569.7642013889</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>1.31</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>7.073</x:v>
+        <x:v>8.741</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>8.626</x:v>
+        <x:v>10.66</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45546.750625</x:v>
+        <x:v>45568.765474537</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>1.31</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>7.146</x:v>
+        <x:v>8.458</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>8.714</x:v>
+        <x:v>10.315</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45545.7516087963</x:v>
+        <x:v>45567.7655324074</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>1.38</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>7.146</x:v>
+        <x:v>8.446</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>8.714</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45545.7516087963</x:v>
+        <x:v>45566.7561226852</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>1.38</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>7.47</x:v>
+        <x:v>8.688</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>9.11</x:v>
+        <x:v>10.595</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45544.7531597222</x:v>
+        <x:v>45565.7591319444</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>1.77</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>7.447</x:v>
+        <x:v>8.872</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>9.082</x:v>
+        <x:v>10.82</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45544.7531597222</x:v>
+        <x:v>45562.7587268519</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>1.77</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>7.47</x:v>
+        <x:v>9.139</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>9.11</x:v>
+        <x:v>11.145</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45541.7748726852</x:v>
+        <x:v>45561.7609606481</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>1.74</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>7.769</x:v>
+        <x:v>8.561</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>9.474</x:v>
+        <x:v>10.44</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45540.7513310185</x:v>
+        <x:v>45560.7716550926</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>7.769</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>9.474</x:v>
+        <x:v>9.878</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45539.7505324074</x:v>
+        <x:v>45559.7597106481</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>2.09</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>7.69</x:v>
+        <x:v>8.046</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>9.378</x:v>
+        <x:v>9.812</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45538.7613888889</x:v>
+        <x:v>45558.7541782407</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>2.12</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>7.706</x:v>
+        <x:v>7.893</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>9.398</x:v>
+        <x:v>9.626</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45537.7586689815</x:v>
+        <x:v>45555.7577777778</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>2.49</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>7.941</x:v>
+        <x:v>7.787</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>9.684</x:v>
+        <x:v>9.496</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45534.758900463</x:v>
+        <x:v>45554.7555787037</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>2.48</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>7.99</x:v>
+        <x:v>8.157</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>9.744</x:v>
+        <x:v>9.948</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45533.7650694444</x:v>
+        <x:v>45553.7544560185</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>2.58</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>7.99</x:v>
+        <x:v>7.864</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>9.744</x:v>
+        <x:v>9.59</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45532.7509375</x:v>
+        <x:v>45552.7566087963</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>2.62</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>8.018</x:v>
+        <x:v>7.747</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>9.778</x:v>
+        <x:v>9.448</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45531.7522800926</x:v>
+        <x:v>45551.7525578704</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>2.95</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>8.131</x:v>
+        <x:v>7.482</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>9.916</x:v>
+        <x:v>9.124</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45530.7534490741</x:v>
+        <x:v>45548.7578125</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>2.84</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>8.131</x:v>
+        <x:v>7.724</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>9.916</x:v>
+        <x:v>9.42</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45527.7533333333</x:v>
+        <x:v>45547.7526736111</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>2.76</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>7.949</x:v>
+        <x:v>7.073</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>9.694</x:v>
+        <x:v>8.626</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45526.7495601852</x:v>
+        <x:v>45547.7526736111</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>2.55</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>7.949</x:v>
+        <x:v>7.341</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>9.694</x:v>
+        <x:v>8.952</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45525.7531828704</x:v>
+        <x:v>45546.750625</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>2.59</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>7.911</x:v>
+        <x:v>7.073</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>9.648</x:v>
+        <x:v>8.626</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45524.7573263889</x:v>
+        <x:v>45546.750625</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>2.49</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>7.911</x:v>
+        <x:v>7.146</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>9.648</x:v>
+        <x:v>8.714</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45523.7507407407</x:v>
+        <x:v>45545.7516087963</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>2.59</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>7.836</x:v>
+        <x:v>7.146</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>9.556</x:v>
+        <x:v>8.714</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45520.7526273148</x:v>
+        <x:v>45545.7516087963</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>2.39</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>7.836</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>9.556</x:v>
+        <x:v>9.11</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45519.7847800926</x:v>
+        <x:v>45544.7531597222</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>2.55</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>7.754</x:v>
+        <x:v>7.447</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>9.456</x:v>
+        <x:v>9.082</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45518.7549652778</x:v>
+        <x:v>45544.7531597222</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>2.29</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>7.741</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>9.44</x:v>
+        <x:v>9.11</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45517.7494212963</x:v>
+        <x:v>45541.7748726852</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>2.27</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>7.741</x:v>
+        <x:v>7.769</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>9.44</x:v>
+        <x:v>9.474</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45516.7503935185</x:v>
+        <x:v>45540.7513310185</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>2.22</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>7.78</x:v>
+        <x:v>7.769</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>9.488</x:v>
+        <x:v>9.474</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45513.7535416667</x:v>
+        <x:v>45539.7505324074</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>2.34</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>7.721</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>9.416</x:v>
+        <x:v>9.378</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45512.7519560185</x:v>
+        <x:v>45538.7613888889</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>2.25</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>7.721</x:v>
+        <x:v>7.706</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>9.416</x:v>
+        <x:v>9.398</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45511.7528472222</x:v>
+        <x:v>45537.7586689815</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>2.31</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>7.447</x:v>
+        <x:v>7.941</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>9.082</x:v>
+        <x:v>9.684</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45510.771087963</x:v>
+        <x:v>45534.758900463</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>1.91</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>7.447</x:v>
+        <x:v>7.99</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>9.082</x:v>
+        <x:v>9.744</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45509.7565856481</x:v>
+        <x:v>45533.7650694444</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>2.07</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>7.557</x:v>
+        <x:v>7.99</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>9.216</x:v>
+        <x:v>9.744</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45506.7579282407</x:v>
+        <x:v>45532.7509375</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
-        <x:v>2.66</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>8.483</x:v>
+        <x:v>8.018</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>10.345</x:v>
+        <x:v>9.778</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45505.7519791667</x:v>
+        <x:v>45531.7522800926</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>4.03</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>8.68</x:v>
+        <x:v>8.131</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>10.585</x:v>
+        <x:v>9.916</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45504.7537615741</x:v>
+        <x:v>45530.7534490741</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>4.55</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>8.397</x:v>
+        <x:v>8.131</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>10.24</x:v>
+        <x:v>9.916</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45503.7497800926</x:v>
+        <x:v>45527.7533333333</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>3.9</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>8.397</x:v>
+        <x:v>7.949</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>10.24</x:v>
+        <x:v>9.694</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45502.7520949074</x:v>
+        <x:v>45526.7495601852</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>3.89</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>8.487</x:v>
+        <x:v>7.949</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>10.35</x:v>
+        <x:v>9.694</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45499.7499421296</x:v>
+        <x:v>45525.7531828704</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>4.13</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>8.487</x:v>
+        <x:v>7.911</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>10.35</x:v>
+        <x:v>9.648</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45498.7519328704</x:v>
+        <x:v>45524.7573263889</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>2.9</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>7.823</x:v>
+        <x:v>7.911</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>9.54</x:v>
+        <x:v>9.648</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45497.7532638889</x:v>
+        <x:v>45523.7507407407</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>3.06</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>7.902</x:v>
+        <x:v>7.836</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>9.636</x:v>
+        <x:v>9.556</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45496.7497106481</x:v>
+        <x:v>45520.7526273148</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>3.07</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>7.905</x:v>
+        <x:v>7.836</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>9.64</x:v>
+        <x:v>9.556</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45495.7515393519</x:v>
+        <x:v>45519.7847800926</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>3.24</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>7.987</x:v>
+        <x:v>7.754</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>9.74</x:v>
+        <x:v>9.456</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45492.7568402778</x:v>
+        <x:v>45518.7549652778</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>2.79</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>8.311</x:v>
+        <x:v>7.741</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>10.135</x:v>
+        <x:v>9.44</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45491.7527777778</x:v>
+        <x:v>45517.7494212963</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>4.27</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>8.311</x:v>
+        <x:v>7.741</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>10.135</x:v>
+        <x:v>9.44</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45490.7537152778</x:v>
+        <x:v>45516.7503935185</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>3.47</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>8.121</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>9.904</x:v>
+        <x:v>9.488</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45489.7499189815</x:v>
+        <x:v>45513.7535416667</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>3.89</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>8.121</x:v>
+        <x:v>7.721</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>9.904</x:v>
+        <x:v>9.416</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45488.7521990741</x:v>
+        <x:v>45512.7519560185</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>4.25</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>8.257</x:v>
+        <x:v>7.721</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>10.07</x:v>
+        <x:v>9.416</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45485.7526851852</x:v>
+        <x:v>45511.7528472222</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>4.45</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>8.302</x:v>
+        <x:v>7.447</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>10.125</x:v>
+        <x:v>9.082</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45484.7509259259</x:v>
+        <x:v>45510.771087963</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>4.38</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>8.302</x:v>
+        <x:v>7.447</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>10.125</x:v>
+        <x:v>9.082</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45483.7515625</x:v>
+        <x:v>45509.7565856481</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>3.94</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>7.992</x:v>
+        <x:v>7.557</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>9.746</x:v>
+        <x:v>9.216</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45482.7511111111</x:v>
+        <x:v>45506.7579282407</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>3.65</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>7.992</x:v>
+        <x:v>8.483</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>9.746</x:v>
+        <x:v>10.345</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
-        <x:v>45481.7519328704</x:v>
+        <x:v>45505.7519791667</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C414" s="0">
-        <x:v>4.69</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D414" s="0">
-        <x:v>8.475</x:v>
+        <x:v>8.68</x:v>
       </x:c>
       <x:c r="E414" s="0">
-        <x:v>10.335</x:v>
+        <x:v>10.585</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5">
       <x:c r="A415" s="1">
-        <x:v>45478.7523726852</x:v>
+        <x:v>45504.7537615741</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C415" s="0">
-        <x:v>5.04</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D415" s="0">
-        <x:v>8.36</x:v>
+        <x:v>8.397</x:v>
       </x:c>
       <x:c r="E415" s="0">
-        <x:v>10.195</x:v>
+        <x:v>10.24</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5">
       <x:c r="A416" s="1">
-        <x:v>45477.7563425926</x:v>
+        <x:v>45503.7497800926</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C416" s="0">
-        <x:v>4.72</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D416" s="0">
-        <x:v>8.36</x:v>
+        <x:v>8.397</x:v>
       </x:c>
       <x:c r="E416" s="0">
-        <x:v>10.195</x:v>
+        <x:v>10.24</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5">
       <x:c r="A417" s="1">
-        <x:v>45476.7534606481</x:v>
+        <x:v>45502.7520949074</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C417" s="0">
-        <x:v>4.57</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D417" s="0">
-        <x:v>8.074</x:v>
+        <x:v>8.487</x:v>
       </x:c>
       <x:c r="E417" s="0">
-        <x:v>9.846</x:v>
+        <x:v>10.35</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5">
       <x:c r="A418" s="1">
-        <x:v>45475.7574537037</x:v>
+        <x:v>45499.7499421296</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C418" s="0">
-        <x:v>4.01</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D418" s="0">
-        <x:v>8.074</x:v>
+        <x:v>8.487</x:v>
       </x:c>
       <x:c r="E418" s="0">
-        <x:v>9.846</x:v>
+        <x:v>10.35</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5">
       <x:c r="A419" s="1">
-        <x:v>45474.7653356481</x:v>
+        <x:v>45498.7519328704</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C419" s="0">
-        <x:v>4.45</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D419" s="0">
-        <x:v>8.237</x:v>
+        <x:v>7.823</x:v>
       </x:c>
       <x:c r="E419" s="0">
-        <x:v>10.045</x:v>
+        <x:v>9.54</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5">
       <x:c r="A420" s="1">
-        <x:v>45471.7527199074</x:v>
+        <x:v>45497.7532638889</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C420" s="0">
-        <x:v>4.23</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D420" s="0">
-        <x:v>8.146</x:v>
+        <x:v>7.902</x:v>
       </x:c>
       <x:c r="E420" s="0">
-        <x:v>9.934</x:v>
+        <x:v>9.636</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5">
       <x:c r="A421" s="1">
-        <x:v>45470.7518055556</x:v>
+        <x:v>45496.7497106481</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C421" s="0">
-        <x:v>4.23</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="D421" s="0">
-        <x:v>8.149</x:v>
+        <x:v>7.905</x:v>
       </x:c>
       <x:c r="E421" s="0">
-        <x:v>9.938</x:v>
+        <x:v>9.64</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5">
       <x:c r="A422" s="1">
-        <x:v>45469.7561226852</x:v>
+        <x:v>45495.7515393519</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C422" s="0">
-        <x:v>4.24</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D422" s="0">
-        <x:v>8.225</x:v>
+        <x:v>7.987</x:v>
       </x:c>
       <x:c r="E422" s="0">
-        <x:v>10.03</x:v>
+        <x:v>9.74</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5">
       <x:c r="A423" s="1">
+        <x:v>45492.7568402778</x:v>
+      </x:c>
+      <x:c r="B423" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C423" s="0">
+        <x:v>2.79</x:v>
+      </x:c>
+      <x:c r="D423" s="0">
+        <x:v>8.311</x:v>
+      </x:c>
+      <x:c r="E423" s="0">
+        <x:v>10.135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="424" spans="1:5">
+      <x:c r="A424" s="1">
+        <x:v>45491.7527777778</x:v>
+      </x:c>
+      <x:c r="B424" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C424" s="0">
+        <x:v>4.27</x:v>
+      </x:c>
+      <x:c r="D424" s="0">
+        <x:v>8.311</x:v>
+      </x:c>
+      <x:c r="E424" s="0">
+        <x:v>10.135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="425" spans="1:5">
+      <x:c r="A425" s="1">
+        <x:v>45490.7537152778</x:v>
+      </x:c>
+      <x:c r="B425" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C425" s="0">
+        <x:v>3.47</x:v>
+      </x:c>
+      <x:c r="D425" s="0">
+        <x:v>8.121</x:v>
+      </x:c>
+      <x:c r="E425" s="0">
+        <x:v>9.904</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="426" spans="1:5">
+      <x:c r="A426" s="1">
+        <x:v>45489.7499189815</x:v>
+      </x:c>
+      <x:c r="B426" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C426" s="0">
+        <x:v>3.89</x:v>
+      </x:c>
+      <x:c r="D426" s="0">
+        <x:v>8.121</x:v>
+      </x:c>
+      <x:c r="E426" s="0">
+        <x:v>9.904</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="427" spans="1:5">
+      <x:c r="A427" s="1">
+        <x:v>45488.7521990741</x:v>
+      </x:c>
+      <x:c r="B427" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C427" s="0">
+        <x:v>4.25</x:v>
+      </x:c>
+      <x:c r="D427" s="0">
+        <x:v>8.257</x:v>
+      </x:c>
+      <x:c r="E427" s="0">
+        <x:v>10.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="428" spans="1:5">
+      <x:c r="A428" s="1">
+        <x:v>45485.7526851852</x:v>
+      </x:c>
+      <x:c r="B428" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C428" s="0">
+        <x:v>4.45</x:v>
+      </x:c>
+      <x:c r="D428" s="0">
+        <x:v>8.302</x:v>
+      </x:c>
+      <x:c r="E428" s="0">
+        <x:v>10.125</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="429" spans="1:5">
+      <x:c r="A429" s="1">
+        <x:v>45484.7509259259</x:v>
+      </x:c>
+      <x:c r="B429" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C429" s="0">
+        <x:v>4.38</x:v>
+      </x:c>
+      <x:c r="D429" s="0">
+        <x:v>8.302</x:v>
+      </x:c>
+      <x:c r="E429" s="0">
+        <x:v>10.125</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="430" spans="1:5">
+      <x:c r="A430" s="1">
+        <x:v>45483.7515625</x:v>
+      </x:c>
+      <x:c r="B430" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C430" s="0">
+        <x:v>3.94</x:v>
+      </x:c>
+      <x:c r="D430" s="0">
+        <x:v>7.992</x:v>
+      </x:c>
+      <x:c r="E430" s="0">
+        <x:v>9.746</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="431" spans="1:5">
+      <x:c r="A431" s="1">
+        <x:v>45482.7511111111</x:v>
+      </x:c>
+      <x:c r="B431" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C431" s="0">
+        <x:v>3.65</x:v>
+      </x:c>
+      <x:c r="D431" s="0">
+        <x:v>7.992</x:v>
+      </x:c>
+      <x:c r="E431" s="0">
+        <x:v>9.746</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="432" spans="1:5">
+      <x:c r="A432" s="1">
+        <x:v>45481.7519328704</x:v>
+      </x:c>
+      <x:c r="B432" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C432" s="0">
+        <x:v>4.69</x:v>
+      </x:c>
+      <x:c r="D432" s="0">
+        <x:v>8.475</x:v>
+      </x:c>
+      <x:c r="E432" s="0">
+        <x:v>10.335</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="433" spans="1:5">
+      <x:c r="A433" s="1">
+        <x:v>45478.7523726852</x:v>
+      </x:c>
+      <x:c r="B433" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C433" s="0">
+        <x:v>5.04</x:v>
+      </x:c>
+      <x:c r="D433" s="0">
+        <x:v>8.36</x:v>
+      </x:c>
+      <x:c r="E433" s="0">
+        <x:v>10.195</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="434" spans="1:5">
+      <x:c r="A434" s="1">
+        <x:v>45477.7563425926</x:v>
+      </x:c>
+      <x:c r="B434" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C434" s="0">
+        <x:v>4.72</x:v>
+      </x:c>
+      <x:c r="D434" s="0">
+        <x:v>8.36</x:v>
+      </x:c>
+      <x:c r="E434" s="0">
+        <x:v>10.195</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="435" spans="1:5">
+      <x:c r="A435" s="1">
+        <x:v>45476.7534606481</x:v>
+      </x:c>
+      <x:c r="B435" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C435" s="0">
+        <x:v>4.57</x:v>
+      </x:c>
+      <x:c r="D435" s="0">
+        <x:v>8.074</x:v>
+      </x:c>
+      <x:c r="E435" s="0">
+        <x:v>9.846</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="436" spans="1:5">
+      <x:c r="A436" s="1">
+        <x:v>45475.7574537037</x:v>
+      </x:c>
+      <x:c r="B436" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C436" s="0">
+        <x:v>4.01</x:v>
+      </x:c>
+      <x:c r="D436" s="0">
+        <x:v>8.074</x:v>
+      </x:c>
+      <x:c r="E436" s="0">
+        <x:v>9.846</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="437" spans="1:5">
+      <x:c r="A437" s="1">
+        <x:v>45474.7653356481</x:v>
+      </x:c>
+      <x:c r="B437" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C437" s="0">
+        <x:v>4.45</x:v>
+      </x:c>
+      <x:c r="D437" s="0">
+        <x:v>8.237</x:v>
+      </x:c>
+      <x:c r="E437" s="0">
+        <x:v>10.045</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="438" spans="1:5">
+      <x:c r="A438" s="1">
+        <x:v>45471.7527199074</x:v>
+      </x:c>
+      <x:c r="B438" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C438" s="0">
+        <x:v>4.23</x:v>
+      </x:c>
+      <x:c r="D438" s="0">
+        <x:v>8.146</x:v>
+      </x:c>
+      <x:c r="E438" s="0">
+        <x:v>9.934</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="439" spans="1:5">
+      <x:c r="A439" s="1">
+        <x:v>45470.7518055556</x:v>
+      </x:c>
+      <x:c r="B439" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C439" s="0">
+        <x:v>4.23</x:v>
+      </x:c>
+      <x:c r="D439" s="0">
+        <x:v>8.149</x:v>
+      </x:c>
+      <x:c r="E439" s="0">
+        <x:v>9.938</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="440" spans="1:5">
+      <x:c r="A440" s="1">
+        <x:v>45469.7561226852</x:v>
+      </x:c>
+      <x:c r="B440" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C440" s="0">
+        <x:v>4.24</x:v>
+      </x:c>
+      <x:c r="D440" s="0">
+        <x:v>8.225</x:v>
+      </x:c>
+      <x:c r="E440" s="0">
+        <x:v>10.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="441" spans="1:5">
+      <x:c r="A441" s="1">
         <x:v>45468.765150463</x:v>
       </x:c>
-      <x:c r="B423" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C423" s="0">
+      <x:c r="B441" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C441" s="0">
         <x:v>4.45</x:v>
       </x:c>
-      <x:c r="D423" s="0">
+      <x:c r="D441" s="0">
         <x:v>8.409</x:v>
       </x:c>
-      <x:c r="E423" s="0">
+      <x:c r="E441" s="0">
         <x:v>10.255</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>