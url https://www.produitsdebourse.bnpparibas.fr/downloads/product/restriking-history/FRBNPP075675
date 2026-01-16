--- v2 (2025-12-21)
+++ v3 (2026-01-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R813d9d9467d14eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c6c903f6a64342e18e6178949757e83a.psmdcp" Id="Rcb29837a35f6499c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf14fff76ad3b4bde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1d688c7e042d4ddb9c86ef61b4cc46b3.psmdcp" Id="R17dc72146e6b4ed8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP075675</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,7543 +390,7883 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E441"/>
+  <x:dimension ref="A1:E461"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46010.7428587963</x:v>
+        <x:v>46037.7737152778</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>9.414</x:v>
+        <x:v>9.914</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>11.48</x:v>
+        <x:v>12.09</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46009.742025463</x:v>
+        <x:v>46037.7426967593</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>9.434</x:v>
+        <x:v>9.914</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>11.505</x:v>
+        <x:v>12.09</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46008.7427430556</x:v>
+        <x:v>46036.7743055556</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>9.368</x:v>
+        <x:v>10.135</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>11.425</x:v>
+        <x:v>12.36</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46007.7675925926</x:v>
+        <x:v>46036.7428935185</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>9.303</x:v>
+        <x:v>10.135</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>11.345</x:v>
+        <x:v>12.36</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46006.7735416667</x:v>
+        <x:v>46035.7727546296</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>9.295</x:v>
+        <x:v>9.967</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>11.335</x:v>
+        <x:v>12.155</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46006.7424421296</x:v>
+        <x:v>46035.7425115741</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>9.295</x:v>
+        <x:v>9.967</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>11.335</x:v>
+        <x:v>12.155</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46003.7425925926</x:v>
+        <x:v>46034.7735763889</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>9.405</x:v>
+        <x:v>9.889</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>11.47</x:v>
+        <x:v>12.06</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46002.7741435185</x:v>
+        <x:v>46031.7746180556</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>9.319</x:v>
+        <x:v>9.947</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>11.365</x:v>
+        <x:v>12.13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46002.7415972222</x:v>
+        <x:v>46031.7466203704</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>9.319</x:v>
+        <x:v>9.947</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>11.365</x:v>
+        <x:v>12.13</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46001.7726736111</x:v>
+        <x:v>46030.7736689815</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>9.241</x:v>
+        <x:v>9.926</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>11.27</x:v>
+        <x:v>12.105</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46001.7424884259</x:v>
+        <x:v>46030.7425694444</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>9.241</x:v>
+        <x:v>9.926</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>11.27</x:v>
+        <x:v>12.105</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46000.7422800926</x:v>
+        <x:v>46029.7727546296</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>9.2</x:v>
+        <x:v>9.873</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>11.22</x:v>
+        <x:v>12.04</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45999.7427662037</x:v>
+        <x:v>46029.7415162037</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>9.43</x:v>
+        <x:v>9.873</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>11.5</x:v>
+        <x:v>12.04</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45996.7416898148</x:v>
+        <x:v>46028.7421759259</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>9.438</x:v>
+        <x:v>9.881</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>11.51</x:v>
+        <x:v>12.05</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45995.7432523148</x:v>
+        <x:v>46027.7425810185</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>9.311</x:v>
+        <x:v>9.692</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>11.355</x:v>
+        <x:v>11.82</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45994.7432638889</x:v>
+        <x:v>46024.7413657407</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>9.225</x:v>
+        <x:v>9.988</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>11.25</x:v>
+        <x:v>12.18</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45993.7429166667</x:v>
+        <x:v>46021.7415162037</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>9.164</x:v>
+        <x:v>9.614</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>11.175</x:v>
+        <x:v>11.725</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45992.741724537</x:v>
+        <x:v>46020.74125</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>9.102</x:v>
+        <x:v>9.496</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>11.1</x:v>
+        <x:v>11.58</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45989.7431481481</x:v>
+        <x:v>46014.7420949074</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>8.93</x:v>
+        <x:v>9.237</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>10.89</x:v>
+        <x:v>11.265</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45988.7414583333</x:v>
+        <x:v>46013.7415740741</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>8.782</x:v>
+        <x:v>9.393</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>10.71</x:v>
+        <x:v>11.455</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45987.7426157407</x:v>
+        <x:v>46010.7428587963</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>8.811</x:v>
+        <x:v>9.414</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>10.745</x:v>
+        <x:v>11.48</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45986.7689236111</x:v>
+        <x:v>46009.742025463</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>8.651</x:v>
+        <x:v>9.434</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>10.55</x:v>
+        <x:v>11.505</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45986.7424537037</x:v>
+        <x:v>46008.7427430556</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>8.651</x:v>
+        <x:v>9.368</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>10.55</x:v>
+        <x:v>11.425</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45985.7418287037</x:v>
+        <x:v>46007.7675925926</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>8.749</x:v>
+        <x:v>9.303</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>10.67</x:v>
+        <x:v>11.345</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45982.7638541667</x:v>
+        <x:v>46006.7735416667</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>8.614</x:v>
+        <x:v>9.295</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>10.505</x:v>
+        <x:v>11.335</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45981.7416087963</x:v>
+        <x:v>46006.7424421296</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>8.528</x:v>
+        <x:v>9.295</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>10.4</x:v>
+        <x:v>11.335</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45980.7414351852</x:v>
+        <x:v>46003.7425925926</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>9.807</x:v>
+        <x:v>9.405</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>11.96</x:v>
+        <x:v>11.47</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45979.7620949074</x:v>
+        <x:v>46002.7741435185</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>9.885</x:v>
+        <x:v>9.319</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>12.055</x:v>
+        <x:v>11.365</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45979.7413425926</x:v>
+        <x:v>46002.7415972222</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>9.885</x:v>
+        <x:v>9.319</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>12.055</x:v>
+        <x:v>11.365</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45978.7625578704</x:v>
+        <x:v>46001.7726736111</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>10.033</x:v>
+        <x:v>9.241</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>12.235</x:v>
+        <x:v>11.27</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45975.7665740741</x:v>
+        <x:v>46001.7424884259</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>10.123</x:v>
+        <x:v>9.241</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>12.345</x:v>
+        <x:v>11.27</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45975.7415625</x:v>
+        <x:v>46000.7422800926</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>10.123</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>12.345</x:v>
+        <x:v>11.22</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45974.7421527778</x:v>
+        <x:v>45999.7427662037</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>10.32</x:v>
+        <x:v>9.43</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>12.585</x:v>
+        <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45973.7618287037</x:v>
+        <x:v>45996.7416898148</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>10.332</x:v>
+        <x:v>9.438</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>12.6</x:v>
+        <x:v>11.51</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45973.7424652778</x:v>
+        <x:v>45995.7432523148</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>10.332</x:v>
+        <x:v>9.311</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>12.6</x:v>
+        <x:v>11.355</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45972.7415856481</x:v>
+        <x:v>45994.7432638889</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>10.148</x:v>
+        <x:v>9.225</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>12.375</x:v>
+        <x:v>11.25</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45968.7599652778</x:v>
+        <x:v>45993.7429166667</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>9.82</x:v>
+        <x:v>9.164</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>11.975</x:v>
+        <x:v>11.175</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45968.7419907407</x:v>
+        <x:v>45992.741724537</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>9.82</x:v>
+        <x:v>9.102</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>11.975</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45967.7415509259</x:v>
+        <x:v>45989.7431481481</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>9.778</x:v>
+        <x:v>8.93</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>11.925</x:v>
+        <x:v>10.89</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45966.7603935185</x:v>
+        <x:v>45988.7414583333</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>9.84</x:v>
+        <x:v>8.782</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>12</x:v>
+        <x:v>10.71</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45966.7414814815</x:v>
+        <x:v>45987.7426157407</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>9.84</x:v>
+        <x:v>8.811</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>12</x:v>
+        <x:v>10.745</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45965.7581597222</x:v>
+        <x:v>45986.7689236111</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>9.824</x:v>
+        <x:v>8.651</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>11.98</x:v>
+        <x:v>10.55</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45965.7416782407</x:v>
+        <x:v>45986.7424537037</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>9.824</x:v>
+        <x:v>8.651</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>11.98</x:v>
+        <x:v>10.55</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45964.7418171296</x:v>
+        <x:v>45985.7418287037</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>10.094</x:v>
+        <x:v>8.749</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>12.31</x:v>
+        <x:v>10.67</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45961.8178587963</x:v>
+        <x:v>45982.7638541667</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>9.828</x:v>
+        <x:v>8.614</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>11.985</x:v>
+        <x:v>10.505</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45961.7663078704</x:v>
+        <x:v>45981.7416087963</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>9.828</x:v>
+        <x:v>8.528</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>11.985</x:v>
+        <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45961.7596296296</x:v>
+        <x:v>45980.7414351852</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>9.828</x:v>
+        <x:v>9.807</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>11.985</x:v>
+        <x:v>11.96</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45961.7416435185</x:v>
+        <x:v>45979.7620949074</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>9.828</x:v>
+        <x:v>9.885</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>11.985</x:v>
+        <x:v>12.055</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45960.7713657407</x:v>
+        <x:v>45979.7413425926</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>9.996</x:v>
+        <x:v>9.885</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>12.19</x:v>
+        <x:v>12.055</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45960.7414583333</x:v>
+        <x:v>45978.7625578704</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>9.996</x:v>
+        <x:v>10.033</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>12.19</x:v>
+        <x:v>12.235</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45959.763599537</x:v>
+        <x:v>45975.7665740741</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>10.143</x:v>
+        <x:v>10.123</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>12.37</x:v>
+        <x:v>12.345</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45959.741724537</x:v>
+        <x:v>45975.7415625</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>10.143</x:v>
+        <x:v>10.123</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>12.37</x:v>
+        <x:v>12.345</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45958.741412037</x:v>
+        <x:v>45974.7421527778</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>10.131</x:v>
+        <x:v>10.32</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>12.355</x:v>
+        <x:v>12.585</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45957.7416435185</x:v>
+        <x:v>45973.7618287037</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>9.778</x:v>
+        <x:v>10.332</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>11.925</x:v>
+        <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45954.7428819444</x:v>
+        <x:v>45973.7424652778</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>9.963</x:v>
+        <x:v>10.332</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>12.15</x:v>
+        <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45953.774849537</x:v>
+        <x:v>45972.7415856481</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>8.991</x:v>
+        <x:v>10.148</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>10.965</x:v>
+        <x:v>12.375</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45953.7428703704</x:v>
+        <x:v>45968.7599652778</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>8.991</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>10.965</x:v>
+        <x:v>11.975</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45952.760787037</x:v>
+        <x:v>45968.7419907407</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>8.327</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>10.155</x:v>
+        <x:v>11.975</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45952.7425115741</x:v>
+        <x:v>45967.7415509259</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>8.327</x:v>
+        <x:v>9.778</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>10.155</x:v>
+        <x:v>11.925</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45951.7420949074</x:v>
+        <x:v>45966.7603935185</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>8.2</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45950.8196759259</x:v>
+        <x:v>45966.7414814815</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>8.257</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>10.07</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45947.7632291667</x:v>
+        <x:v>45965.7581597222</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>8.208</x:v>
+        <x:v>9.824</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>10.01</x:v>
+        <x:v>11.98</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45946.7603009259</x:v>
+        <x:v>45965.7416782407</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>8.241</x:v>
+        <x:v>9.824</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>10.05</x:v>
+        <x:v>11.98</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45946.7415393519</x:v>
+        <x:v>45964.7418171296</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>8.241</x:v>
+        <x:v>10.094</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>10.05</x:v>
+        <x:v>12.31</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45945.768900463</x:v>
+        <x:v>45961.8178587963</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>8.175</x:v>
+        <x:v>9.828</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>9.97</x:v>
+        <x:v>11.985</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45944.769375</x:v>
+        <x:v>45961.7663078704</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>8.052</x:v>
+        <x:v>9.828</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>9.82</x:v>
+        <x:v>11.985</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45944.7417708333</x:v>
+        <x:v>45961.7596296296</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>8.052</x:v>
+        <x:v>9.828</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>9.82</x:v>
+        <x:v>11.985</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45943.7465509259</x:v>
+        <x:v>45961.7416435185</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>8.177</x:v>
+        <x:v>9.828</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>9.972</x:v>
+        <x:v>11.985</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45940.7627662037</x:v>
+        <x:v>45960.7713657407</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>8.134</x:v>
+        <x:v>9.996</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>9.92</x:v>
+        <x:v>12.19</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45940.7458912037</x:v>
+        <x:v>45960.7414583333</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>8.134</x:v>
+        <x:v>9.996</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>9.92</x:v>
+        <x:v>12.19</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45939.7571527778</x:v>
+        <x:v>45959.763599537</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>8.249</x:v>
+        <x:v>10.143</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>10.06</x:v>
+        <x:v>12.37</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45939.744212963</x:v>
+        <x:v>45959.741724537</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>8.249</x:v>
+        <x:v>10.143</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>10.06</x:v>
+        <x:v>12.37</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45938.7624652778</x:v>
+        <x:v>45958.741412037</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>8.426</x:v>
+        <x:v>10.131</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>10.275</x:v>
+        <x:v>12.355</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45938.741099537</x:v>
+        <x:v>45957.7416435185</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>8.426</x:v>
+        <x:v>9.778</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>10.275</x:v>
+        <x:v>11.925</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45937.7621875</x:v>
+        <x:v>45954.7428819444</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>8.524</x:v>
+        <x:v>9.963</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>10.395</x:v>
+        <x:v>12.15</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45937.7408564815</x:v>
+        <x:v>45953.774849537</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>8.524</x:v>
+        <x:v>8.991</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>10.395</x:v>
+        <x:v>10.965</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45936.7575231481</x:v>
+        <x:v>45953.7428703704</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>8.733</x:v>
+        <x:v>8.991</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>10.65</x:v>
+        <x:v>10.965</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45936.7406365741</x:v>
+        <x:v>45952.760787037</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>8.733</x:v>
+        <x:v>8.327</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>10.65</x:v>
+        <x:v>10.155</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45933.7560416667</x:v>
+        <x:v>45952.7425115741</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>8.741</x:v>
+        <x:v>8.327</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>10.66</x:v>
+        <x:v>10.155</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45933.7405324074</x:v>
+        <x:v>45951.7420949074</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>8.741</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>10.66</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45932.7410648148</x:v>
+        <x:v>45950.8196759259</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>8.61</x:v>
+        <x:v>8.257</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>10.5</x:v>
+        <x:v>10.07</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45931.7405092593</x:v>
+        <x:v>45947.7632291667</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>8.733</x:v>
+        <x:v>8.208</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>10.65</x:v>
+        <x:v>10.01</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45930.7402430556</x:v>
+        <x:v>45946.7603009259</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>8.721</x:v>
+        <x:v>8.241</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>10.635</x:v>
+        <x:v>10.05</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45929.7559837963</x:v>
+        <x:v>45946.7415393519</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>8.803</x:v>
+        <x:v>8.241</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>10.735</x:v>
+        <x:v>10.05</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45929.7405902778</x:v>
+        <x:v>45945.768900463</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>8.803</x:v>
+        <x:v>8.175</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>10.735</x:v>
+        <x:v>9.97</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45926.7405902778</x:v>
+        <x:v>45944.769375</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>8.819</x:v>
+        <x:v>8.052</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>10.755</x:v>
+        <x:v>9.82</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45925.7565046296</x:v>
+        <x:v>45944.7417708333</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>8.946</x:v>
+        <x:v>8.052</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>10.91</x:v>
+        <x:v>9.82</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45925.7404513889</x:v>
+        <x:v>45943.7465509259</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>8.946</x:v>
+        <x:v>8.177</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>10.91</x:v>
+        <x:v>9.972</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45924.7580439815</x:v>
+        <x:v>45940.7627662037</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>8.946</x:v>
+        <x:v>8.134</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>10.91</x:v>
+        <x:v>9.92</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45923.7566087963</x:v>
+        <x:v>45940.7458912037</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>9.118</x:v>
+        <x:v>8.134</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>11.12</x:v>
+        <x:v>9.92</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45923.7480902778</x:v>
+        <x:v>45939.7571527778</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>9.118</x:v>
+        <x:v>8.249</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>11.12</x:v>
+        <x:v>10.06</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45922.7577199074</x:v>
+        <x:v>45939.744212963</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>9.028</x:v>
+        <x:v>8.249</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>11.01</x:v>
+        <x:v>10.06</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45922.7480902778</x:v>
+        <x:v>45938.7624652778</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>9.028</x:v>
+        <x:v>8.426</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>11.01</x:v>
+        <x:v>10.275</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45919.7476967593</x:v>
+        <x:v>45938.741099537</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>9.086</x:v>
+        <x:v>8.426</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>11.08</x:v>
+        <x:v>10.275</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45918.7597800926</x:v>
+        <x:v>45937.7621875</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>9.086</x:v>
+        <x:v>8.524</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>11.08</x:v>
+        <x:v>10.395</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45918.7477314815</x:v>
+        <x:v>45937.7408564815</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>9.086</x:v>
+        <x:v>8.524</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>11.08</x:v>
+        <x:v>10.395</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45917.7474537037</x:v>
+        <x:v>45936.7575231481</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>9.27</x:v>
+        <x:v>8.733</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>11.305</x:v>
+        <x:v>10.65</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45916.7474074074</x:v>
+        <x:v>45936.7406365741</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
         <x:v>0.26</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>8.643</x:v>
+        <x:v>8.733</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>10.54</x:v>
+        <x:v>10.65</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45915.7474768519</x:v>
+        <x:v>45933.7560416667</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>8.737</x:v>
+        <x:v>8.741</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>10.655</x:v>
+        <x:v>10.66</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45912.7594675926</x:v>
+        <x:v>45933.7405324074</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
         <x:v>0.26</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>8.606</x:v>
+        <x:v>8.741</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>10.495</x:v>
+        <x:v>10.66</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45912.7478472222</x:v>
+        <x:v>45932.7410648148</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>8.606</x:v>
+        <x:v>8.61</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>10.495</x:v>
+        <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45911.7587384259</x:v>
+        <x:v>45931.7405092593</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>8.688</x:v>
+        <x:v>8.733</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>10.595</x:v>
+        <x:v>10.65</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45911.7477662037</x:v>
+        <x:v>45930.7402430556</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>8.688</x:v>
+        <x:v>8.721</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>10.595</x:v>
+        <x:v>10.635</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45910.7475347222</x:v>
+        <x:v>45929.7559837963</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>8.577</x:v>
+        <x:v>8.803</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>10.46</x:v>
+        <x:v>10.735</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45909.7477199074</x:v>
+        <x:v>45929.7405902778</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>8.704</x:v>
+        <x:v>8.803</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>10.615</x:v>
+        <x:v>10.735</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45908.7485416667</x:v>
+        <x:v>45926.7405902778</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>8.667</x:v>
+        <x:v>8.819</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>10.57</x:v>
+        <x:v>10.755</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45905.7752893519</x:v>
+        <x:v>45925.7565046296</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>8.462</x:v>
+        <x:v>8.946</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>10.32</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45905.7480902778</x:v>
+        <x:v>45925.7404513889</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>8.462</x:v>
+        <x:v>8.946</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>10.32</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45904.7480092593</x:v>
+        <x:v>45924.7580439815</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>8.475</x:v>
+        <x:v>8.946</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>10.335</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45903.7601041667</x:v>
+        <x:v>45923.7566087963</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>8.372</x:v>
+        <x:v>9.118</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>10.21</x:v>
+        <x:v>11.12</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45903.7473842593</x:v>
+        <x:v>45923.7480902778</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>8.372</x:v>
+        <x:v>9.118</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>10.21</x:v>
+        <x:v>11.12</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45902.7617824074</x:v>
+        <x:v>45922.7577199074</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>8.487</x:v>
+        <x:v>9.028</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>10.35</x:v>
+        <x:v>11.01</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45902.7473842593</x:v>
+        <x:v>45922.7480902778</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>8.487</x:v>
+        <x:v>9.028</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>10.35</x:v>
+        <x:v>11.01</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45901.7594212963</x:v>
+        <x:v>45919.7476967593</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>8.581</x:v>
+        <x:v>9.086</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>10.465</x:v>
+        <x:v>11.08</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45901.7474305556</x:v>
+        <x:v>45918.7597800926</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>8.581</x:v>
+        <x:v>9.086</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>10.465</x:v>
+        <x:v>11.08</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45898.7627430556</x:v>
+        <x:v>45918.7477314815</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>8.491</x:v>
+        <x:v>9.086</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>10.355</x:v>
+        <x:v>11.08</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45898.7479861111</x:v>
+        <x:v>45917.7474537037</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>8.491</x:v>
+        <x:v>9.27</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>10.355</x:v>
+        <x:v>11.305</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45897.7576851852</x:v>
+        <x:v>45916.7474074074</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>8.512</x:v>
+        <x:v>8.643</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>10.38</x:v>
+        <x:v>10.54</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45897.7475925926</x:v>
+        <x:v>45915.7474768519</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>8.512</x:v>
+        <x:v>8.737</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>10.38</x:v>
+        <x:v>10.655</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45896.7598726852</x:v>
+        <x:v>45912.7594675926</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
         <x:v>0.26</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>8.548</x:v>
+        <x:v>8.606</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>10.425</x:v>
+        <x:v>10.495</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45895.7575347222</x:v>
+        <x:v>45912.7478472222</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>8.626</x:v>
+        <x:v>8.606</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>10.52</x:v>
+        <x:v>10.495</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45895.7478703704</x:v>
+        <x:v>45911.7587384259</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
         <x:v>0.27</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>8.626</x:v>
+        <x:v>8.688</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>10.52</x:v>
+        <x:v>10.595</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45894.7569675926</x:v>
+        <x:v>45911.7477662037</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>8.836</x:v>
+        <x:v>8.688</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>10.775</x:v>
+        <x:v>10.595</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45894.7474421296</x:v>
+        <x:v>45910.7475347222</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>8.836</x:v>
+        <x:v>8.577</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>10.775</x:v>
+        <x:v>10.46</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45891.7477893519</x:v>
+        <x:v>45909.7477199074</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>8.901</x:v>
+        <x:v>8.704</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>10.855</x:v>
+        <x:v>10.615</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45890.7565972222</x:v>
+        <x:v>45908.7485416667</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>8.688</x:v>
+        <x:v>8.667</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>10.595</x:v>
+        <x:v>10.57</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45890.7477199074</x:v>
+        <x:v>45905.7752893519</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>8.688</x:v>
+        <x:v>8.462</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>10.595</x:v>
+        <x:v>10.32</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45889.7593402778</x:v>
+        <x:v>45905.7480902778</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>8.59</x:v>
+        <x:v>8.462</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>10.475</x:v>
+        <x:v>10.32</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45888.7478472222</x:v>
+        <x:v>45904.7480092593</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>8.758</x:v>
+        <x:v>8.475</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>10.68</x:v>
+        <x:v>10.335</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45887.7583101852</x:v>
+        <x:v>45903.7601041667</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>8.426</x:v>
+        <x:v>8.372</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>10.275</x:v>
+        <x:v>10.21</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45887.7476736111</x:v>
+        <x:v>45903.7473842593</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>8.426</x:v>
+        <x:v>8.372</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>10.275</x:v>
+        <x:v>10.21</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45884.7578240741</x:v>
+        <x:v>45902.7617824074</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>8.565</x:v>
+        <x:v>8.487</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>10.445</x:v>
+        <x:v>10.35</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45884.7474768519</x:v>
+        <x:v>45902.7473842593</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>8.565</x:v>
+        <x:v>8.487</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>10.445</x:v>
+        <x:v>10.35</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45883.7578125</x:v>
+        <x:v>45901.7594212963</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>8.528</x:v>
+        <x:v>8.581</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>10.4</x:v>
+        <x:v>10.465</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45883.7478935185</x:v>
+        <x:v>45901.7474305556</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>8.528</x:v>
+        <x:v>8.581</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>10.4</x:v>
+        <x:v>10.465</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45882.7607986111</x:v>
+        <x:v>45898.7627430556</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>8.499</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>10.365</x:v>
+        <x:v>10.355</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45882.7479861111</x:v>
+        <x:v>45898.7479861111</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>8.499</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>10.365</x:v>
+        <x:v>10.355</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45881.7571990741</x:v>
+        <x:v>45897.7576851852</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
         <x:v>0.25</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>8.409</x:v>
+        <x:v>8.512</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>10.255</x:v>
+        <x:v>10.38</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45881.7473958333</x:v>
+        <x:v>45897.7475925926</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
         <x:v>0.25</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>8.409</x:v>
+        <x:v>8.512</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>10.255</x:v>
+        <x:v>10.38</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45880.7587152778</x:v>
+        <x:v>45896.7598726852</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>8.212</x:v>
+        <x:v>8.548</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>10.015</x:v>
+        <x:v>10.425</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45880.7478240741</x:v>
+        <x:v>45895.7575347222</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>8.212</x:v>
+        <x:v>8.626</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>10.015</x:v>
+        <x:v>10.52</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45877.7474537037</x:v>
+        <x:v>45895.7478703704</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>8.184</x:v>
+        <x:v>8.626</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>9.98</x:v>
+        <x:v>10.52</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45876.747962963</x:v>
+        <x:v>45894.7569675926</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>7.839</x:v>
+        <x:v>8.836</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>9.56</x:v>
+        <x:v>10.775</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45875.7593981481</x:v>
+        <x:v>45894.7474421296</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>7.757</x:v>
+        <x:v>8.836</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>9.46</x:v>
+        <x:v>10.775</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45875.7478356482</x:v>
+        <x:v>45891.7477893519</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>7.757</x:v>
+        <x:v>8.901</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>9.46</x:v>
+        <x:v>10.855</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45874.7580787037</x:v>
+        <x:v>45890.7565972222</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>7.815</x:v>
+        <x:v>8.688</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>9.53</x:v>
+        <x:v>10.595</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45873.7608680556</x:v>
+        <x:v>45890.7477199074</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>7.669</x:v>
+        <x:v>8.688</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>9.352</x:v>
+        <x:v>10.595</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45873.7479398148</x:v>
+        <x:v>45889.7593402778</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>7.669</x:v>
+        <x:v>8.59</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>9.352</x:v>
+        <x:v>10.475</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45870.7602199074</x:v>
+        <x:v>45888.7478472222</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>7.775</x:v>
+        <x:v>8.758</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>9.482</x:v>
+        <x:v>10.68</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45870.7474768519</x:v>
+        <x:v>45887.7583101852</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>7.775</x:v>
+        <x:v>8.426</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>9.482</x:v>
+        <x:v>10.275</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45869.7477777778</x:v>
+        <x:v>45887.7476736111</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>7.877</x:v>
+        <x:v>8.426</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>9.606</x:v>
+        <x:v>10.275</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45868.7573032407</x:v>
+        <x:v>45884.7578240741</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>7.764</x:v>
+        <x:v>8.565</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>9.468</x:v>
+        <x:v>10.445</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45868.7478935185</x:v>
+        <x:v>45884.7474768519</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>7.764</x:v>
+        <x:v>8.565</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>9.468</x:v>
+        <x:v>10.445</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45867.7584259259</x:v>
+        <x:v>45883.7578125</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>8.057</x:v>
+        <x:v>8.528</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>9.826</x:v>
+        <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45867.7473726852</x:v>
+        <x:v>45883.7478935185</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>8.057</x:v>
+        <x:v>8.528</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>9.826</x:v>
+        <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45866.758275463</x:v>
+        <x:v>45882.7607986111</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>8.072</x:v>
+        <x:v>8.499</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>9.844</x:v>
+        <x:v>10.365</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45866.747962963</x:v>
+        <x:v>45882.7479861111</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>8.072</x:v>
+        <x:v>8.499</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>9.844</x:v>
+        <x:v>10.365</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45863.7567939815</x:v>
+        <x:v>45881.7571990741</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>8.02</x:v>
+        <x:v>8.409</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>9.78</x:v>
+        <x:v>10.255</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45862.7627430556</x:v>
+        <x:v>45881.7473958333</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>8.475</x:v>
+        <x:v>8.409</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>10.335</x:v>
+        <x:v>10.255</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45862.7478356482</x:v>
+        <x:v>45880.7587152778</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>8.475</x:v>
+        <x:v>8.212</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>10.335</x:v>
+        <x:v>10.015</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45861.7586921296</x:v>
+        <x:v>45880.7478240741</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>8.491</x:v>
+        <x:v>8.212</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>10.355</x:v>
+        <x:v>10.015</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45861.7478935185</x:v>
+        <x:v>45877.7474537037</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>8.491</x:v>
+        <x:v>8.184</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>10.355</x:v>
+        <x:v>9.98</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45860.7479976852</x:v>
+        <x:v>45876.747962963</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>8.061</x:v>
+        <x:v>7.839</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>9.83</x:v>
+        <x:v>9.56</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45859.7478009259</x:v>
+        <x:v>45875.7593981481</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>8.22</x:v>
+        <x:v>7.757</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>10.025</x:v>
+        <x:v>9.46</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45856.7473726852</x:v>
+        <x:v>45875.7478356482</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>8.115</x:v>
+        <x:v>7.757</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>9.896</x:v>
+        <x:v>9.46</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45855.7569444444</x:v>
+        <x:v>45874.7580787037</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>8.164</x:v>
+        <x:v>7.815</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>9.956</x:v>
+        <x:v>9.53</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45854.9360185185</x:v>
+        <x:v>45873.7608680556</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>7.928</x:v>
+        <x:v>7.669</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>9.668</x:v>
+        <x:v>9.352</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45854.7691782407</x:v>
+        <x:v>45873.7479398148</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>7.928</x:v>
+        <x:v>7.669</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>9.668</x:v>
+        <x:v>9.352</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45853.7615625</x:v>
+        <x:v>45870.7602199074</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>8.082</x:v>
+        <x:v>7.775</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>9.856</x:v>
+        <x:v>9.482</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45852.7625462963</x:v>
+        <x:v>45870.7474768519</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>8.085</x:v>
+        <x:v>7.775</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>9.86</x:v>
+        <x:v>9.482</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45849.7864467593</x:v>
+        <x:v>45869.7477777778</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>8.225</x:v>
+        <x:v>7.877</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>10.03</x:v>
+        <x:v>9.606</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45848.7618055556</x:v>
+        <x:v>45868.7573032407</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>8.327</x:v>
+        <x:v>7.764</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>10.155</x:v>
+        <x:v>9.468</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45847.7591435185</x:v>
+        <x:v>45868.7478935185</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>8.208</x:v>
+        <x:v>7.764</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>10.01</x:v>
+        <x:v>9.468</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45846.7607523148</x:v>
+        <x:v>45867.7584259259</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>7.957</x:v>
+        <x:v>8.057</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>9.704</x:v>
+        <x:v>9.826</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45845.7574421296</x:v>
+        <x:v>45867.7473726852</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>7.687</x:v>
+        <x:v>8.057</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>9.374</x:v>
+        <x:v>9.826</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45842.7613657407</x:v>
+        <x:v>45866.758275463</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>7.623</x:v>
+        <x:v>8.072</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>9.296</x:v>
+        <x:v>9.844</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45841.7610763889</x:v>
+        <x:v>45866.747962963</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>7.765</x:v>
+        <x:v>8.072</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>9.47</x:v>
+        <x:v>9.844</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45840.9304282407</x:v>
+        <x:v>45863.7567939815</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>7.903</x:v>
+        <x:v>8.02</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>9.638</x:v>
+        <x:v>9.78</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45839.7591550926</x:v>
+        <x:v>45862.7627430556</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>7.587</x:v>
+        <x:v>8.475</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>9.252</x:v>
+        <x:v>10.335</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45838.7567824074</x:v>
+        <x:v>45862.7478356482</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>7.618</x:v>
+        <x:v>8.475</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>9.29</x:v>
+        <x:v>10.335</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45835.7579861111</x:v>
+        <x:v>45861.7586921296</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>7.778</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>9.486</x:v>
+        <x:v>10.355</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45834.7579166667</x:v>
+        <x:v>45861.7478935185</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>7.528</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>9.18</x:v>
+        <x:v>10.355</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45833.7638078704</x:v>
+        <x:v>45860.7479976852</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>7.321</x:v>
+        <x:v>8.061</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>8.928</x:v>
+        <x:v>9.83</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45832.757974537</x:v>
+        <x:v>45859.7478009259</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>7.4</x:v>
+        <x:v>8.22</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>9.024</x:v>
+        <x:v>10.025</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45831.759837963</x:v>
+        <x:v>45856.7473726852</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>7.018</x:v>
+        <x:v>8.115</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>8.558</x:v>
+        <x:v>9.896</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45828.7626041667</x:v>
+        <x:v>45855.7569444444</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>7.319</x:v>
+        <x:v>8.164</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>8.926</x:v>
+        <x:v>9.956</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45827.7613657407</x:v>
+        <x:v>45854.9360185185</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>7.346</x:v>
+        <x:v>7.928</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>8.958</x:v>
+        <x:v>9.668</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45826.7621759259</x:v>
+        <x:v>45854.7691782407</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>7.413</x:v>
+        <x:v>7.928</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>9.04</x:v>
+        <x:v>9.668</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45825.7634259259</x:v>
+        <x:v>45853.7615625</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>7.454</x:v>
+        <x:v>8.082</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>9.09</x:v>
+        <x:v>9.856</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45824.7587962963</x:v>
+        <x:v>45852.7625462963</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>7.477</x:v>
+        <x:v>8.085</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>9.118</x:v>
+        <x:v>9.86</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45821.7600694444</x:v>
+        <x:v>45849.7864467593</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>7.27</x:v>
+        <x:v>8.225</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>8.866</x:v>
+        <x:v>10.03</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45820.7827662037</x:v>
+        <x:v>45848.7618055556</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>7.501</x:v>
+        <x:v>8.327</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>9.148</x:v>
+        <x:v>10.155</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45819.7603819444</x:v>
+        <x:v>45847.7591435185</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>7.644</x:v>
+        <x:v>8.208</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>9.322</x:v>
+        <x:v>10.01</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45818.7603240741</x:v>
+        <x:v>45846.7607523148</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>7.455</x:v>
+        <x:v>7.957</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>9.092</x:v>
+        <x:v>9.704</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45817.7587268519</x:v>
+        <x:v>45845.7574421296</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>7.16</x:v>
+        <x:v>7.687</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>8.732</x:v>
+        <x:v>9.374</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45814.7597453704</x:v>
+        <x:v>45842.7613657407</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>7.044</x:v>
+        <x:v>7.623</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>8.59</x:v>
+        <x:v>9.296</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45813.7588194444</x:v>
+        <x:v>45841.7610763889</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>7.006</x:v>
+        <x:v>7.765</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>8.544</x:v>
+        <x:v>9.47</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45812.7669791667</x:v>
+        <x:v>45840.9304282407</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>7.219</x:v>
+        <x:v>7.903</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>8.804</x:v>
+        <x:v>9.638</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45811.9361805556</x:v>
+        <x:v>45839.7591550926</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
         <x:v>0.18</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>7.364</x:v>
+        <x:v>7.587</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>8.98</x:v>
+        <x:v>9.252</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45811.7585763889</x:v>
+        <x:v>45838.7567824074</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>7.364</x:v>
+        <x:v>7.618</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>8.98</x:v>
+        <x:v>9.29</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45810.9414583333</x:v>
+        <x:v>45835.7579861111</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>7.334</x:v>
+        <x:v>7.778</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>8.944</x:v>
+        <x:v>9.486</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45810.7576388889</x:v>
+        <x:v>45834.7579166667</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
         <x:v>0.18</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>7.334</x:v>
+        <x:v>7.528</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>8.944</x:v>
+        <x:v>9.18</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45803.758912037</x:v>
+        <x:v>45833.7638078704</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>7.062</x:v>
+        <x:v>7.321</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>8.996</x:v>
+        <x:v>8.928</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45803.3275</x:v>
+        <x:v>45832.757974537</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>7.06</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>8.994</x:v>
+        <x:v>9.024</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45800.759525463</x:v>
+        <x:v>45831.759837963</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>7.375</x:v>
+        <x:v>7.018</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>8.994</x:v>
+        <x:v>8.558</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45799.7595138889</x:v>
+        <x:v>45828.7626041667</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>7.588</x:v>
+        <x:v>7.319</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>9.254</x:v>
+        <x:v>8.926</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45798.764212963</x:v>
+        <x:v>45827.7613657407</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>7.793</x:v>
+        <x:v>7.346</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>9.504</x:v>
+        <x:v>8.958</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45797.7621759259</x:v>
+        <x:v>45826.7621759259</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>7.898</x:v>
+        <x:v>7.413</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>9.632</x:v>
+        <x:v>9.04</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45796.7617013889</x:v>
+        <x:v>45825.7634259259</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>7.662</x:v>
+        <x:v>7.454</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>9.344</x:v>
+        <x:v>9.09</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45793.7569675926</x:v>
+        <x:v>45824.7587962963</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>7.69</x:v>
+        <x:v>7.477</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>9.378</x:v>
+        <x:v>9.118</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45792.7607638889</x:v>
+        <x:v>45821.7600694444</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>7.8</x:v>
+        <x:v>7.27</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>9.512</x:v>
+        <x:v>8.866</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45791.7641666667</x:v>
+        <x:v>45820.7827662037</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>7.984</x:v>
+        <x:v>7.501</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>9.736</x:v>
+        <x:v>9.148</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45790.7569560185</x:v>
+        <x:v>45819.7603819444</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>8.059</x:v>
+        <x:v>7.644</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>9.828</x:v>
+        <x:v>9.322</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45789.7604166667</x:v>
+        <x:v>45818.7603240741</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>7.87</x:v>
+        <x:v>7.455</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>9.598</x:v>
+        <x:v>9.092</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45786.7590277778</x:v>
+        <x:v>45817.7587268519</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>7.35</x:v>
+        <x:v>7.16</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>8.964</x:v>
+        <x:v>8.732</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45785.757662037</x:v>
+        <x:v>45814.7597453704</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>7.282</x:v>
+        <x:v>7.044</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>8.88</x:v>
+        <x:v>8.59</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45784.7685300926</x:v>
+        <x:v>45813.7588194444</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
         <x:v>0.14</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>7.085</x:v>
+        <x:v>7.006</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>8.64</x:v>
+        <x:v>8.544</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45783.7611458333</x:v>
+        <x:v>45812.7669791667</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>7.121</x:v>
+        <x:v>7.219</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>8.684</x:v>
+        <x:v>8.804</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45782.7990856481</x:v>
+        <x:v>45811.9361805556</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>7.122</x:v>
+        <x:v>7.364</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>8.686</x:v>
+        <x:v>8.98</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45782.7613310185</x:v>
+        <x:v>45811.7585763889</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>7.122</x:v>
+        <x:v>7.364</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>8.686</x:v>
+        <x:v>8.98</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45779.7593402778</x:v>
+        <x:v>45810.9414583333</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>7.275</x:v>
+        <x:v>7.334</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>8.872</x:v>
+        <x:v>8.944</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45777.7615046296</x:v>
+        <x:v>45810.7576388889</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>7.108</x:v>
+        <x:v>7.334</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>8.668</x:v>
+        <x:v>8.944</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45776.7598726852</x:v>
+        <x:v>45803.758912037</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>7.234</x:v>
+        <x:v>7.062</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>8.822</x:v>
+        <x:v>8.996</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45775.760162037</x:v>
+        <x:v>45803.3275</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>7.28</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>8.878</x:v>
+        <x:v>8.994</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45772.7647106481</x:v>
+        <x:v>45800.759525463</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>7.285</x:v>
+        <x:v>7.375</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>8.884</x:v>
+        <x:v>8.994</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45771.7646180556</x:v>
+        <x:v>45799.7595138889</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>7.206</x:v>
+        <x:v>7.588</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>8.788</x:v>
+        <x:v>9.254</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45770.7699421296</x:v>
+        <x:v>45798.764212963</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>7.049</x:v>
+        <x:v>7.793</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>8.596</x:v>
+        <x:v>9.504</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45769.7600925926</x:v>
+        <x:v>45797.7621759259</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>6.686</x:v>
+        <x:v>7.898</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>8.154</x:v>
+        <x:v>9.632</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45764.7627546296</x:v>
+        <x:v>45796.7617013889</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>6.585</x:v>
+        <x:v>7.662</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>8.03</x:v>
+        <x:v>9.344</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45763.7624189815</x:v>
+        <x:v>45793.7569675926</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>6.598</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>8.046</x:v>
+        <x:v>9.378</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45762.7597800926</x:v>
+        <x:v>45792.7607638889</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>6.709</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>8.182</x:v>
+        <x:v>9.512</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45761.7605787037</x:v>
+        <x:v>45791.7641666667</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>6.278</x:v>
+        <x:v>7.984</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>7.656</x:v>
+        <x:v>9.736</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45758.7870138889</x:v>
+        <x:v>45790.7569560185</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>6.152</x:v>
+        <x:v>8.059</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>7.502</x:v>
+        <x:v>9.828</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45757.76875</x:v>
+        <x:v>45789.7604166667</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>5.973</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>7.284</x:v>
+        <x:v>9.598</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45756.7571990741</x:v>
+        <x:v>45786.7590277778</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>5.586</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>6.812</x:v>
+        <x:v>8.964</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45755.7790625</x:v>
+        <x:v>45785.757662037</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>6.065</x:v>
+        <x:v>7.282</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>7.396</x:v>
+        <x:v>8.88</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45754.7628356482</x:v>
+        <x:v>45784.7685300926</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>6.14</x:v>
+        <x:v>7.085</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>7.488</x:v>
+        <x:v>8.64</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45751.759212963</x:v>
+        <x:v>45783.7611458333</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>6.217</x:v>
+        <x:v>7.121</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>7.582</x:v>
+        <x:v>8.684</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45750.763599537</x:v>
+        <x:v>45782.7990856481</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>6.548</x:v>
+        <x:v>7.122</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>7.986</x:v>
+        <x:v>8.686</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45749.7615162037</x:v>
+        <x:v>45782.7613310185</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>6.95</x:v>
+        <x:v>7.122</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>8.476</x:v>
+        <x:v>8.686</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45748.7585416667</x:v>
+        <x:v>45779.7593402778</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>7.027</x:v>
+        <x:v>7.275</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>8.57</x:v>
+        <x:v>8.872</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45747.7615856481</x:v>
+        <x:v>45777.7615046296</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>7.039</x:v>
+        <x:v>7.108</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>8.584</x:v>
+        <x:v>8.668</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45744.7643518519</x:v>
+        <x:v>45776.7598726852</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>7.305</x:v>
+        <x:v>7.234</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>8.908</x:v>
+        <x:v>8.822</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45743.7674421296</x:v>
+        <x:v>45775.760162037</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>7.549</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>9.206</x:v>
+        <x:v>8.878</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45742.7590046296</x:v>
+        <x:v>45772.7647106481</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>8.184</x:v>
+        <x:v>7.285</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>9.98</x:v>
+        <x:v>8.884</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45741.7595833333</x:v>
+        <x:v>45771.7646180556</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>8.405</x:v>
+        <x:v>7.206</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>10.25</x:v>
+        <x:v>8.788</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45740.7636689815</x:v>
+        <x:v>45770.7699421296</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>8.074</x:v>
+        <x:v>7.049</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>9.846</x:v>
+        <x:v>8.596</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45737.7594328704</x:v>
+        <x:v>45769.7600925926</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>8.08</x:v>
+        <x:v>6.686</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>9.854</x:v>
+        <x:v>8.154</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45736.7631944444</x:v>
+        <x:v>45764.7627546296</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>8.116</x:v>
+        <x:v>6.585</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>9.898</x:v>
+        <x:v>8.03</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45735.758275463</x:v>
+        <x:v>45763.7624189815</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>8.22</x:v>
+        <x:v>6.598</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>10.025</x:v>
+        <x:v>8.046</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45734.7603240741</x:v>
+        <x:v>45762.7597800926</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>8.245</x:v>
+        <x:v>6.709</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>10.055</x:v>
+        <x:v>8.182</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45733.7571527778</x:v>
+        <x:v>45761.7605787037</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>8.151</x:v>
+        <x:v>6.278</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>9.94</x:v>
+        <x:v>7.656</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45730.7613194444</x:v>
+        <x:v>45758.7870138889</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>7.803</x:v>
+        <x:v>6.152</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>9.772</x:v>
+        <x:v>7.502</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45729.7592476852</x:v>
+        <x:v>45757.76875</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>7.803</x:v>
+        <x:v>5.973</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>0</x:v>
+        <x:v>7.284</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45728.7584953704</x:v>
+        <x:v>45756.7571990741</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>8.339</x:v>
+        <x:v>5.586</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>0</x:v>
+        <x:v>6.812</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45727.7600925926</x:v>
+        <x:v>45755.7790625</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>8.216</x:v>
+        <x:v>6.065</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>10.02</x:v>
+        <x:v>7.396</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45726.7683912037</x:v>
+        <x:v>45754.7628356482</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>8.241</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>10.05</x:v>
+        <x:v>7.488</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45723.7597453704</x:v>
+        <x:v>45751.759212963</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>8.212</x:v>
+        <x:v>6.217</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>10.015</x:v>
+        <x:v>7.582</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45722.7590856481</x:v>
+        <x:v>45750.763599537</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>7.677</x:v>
+        <x:v>6.548</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>9.362</x:v>
+        <x:v>7.986</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45721.7633217593</x:v>
+        <x:v>45749.7615162037</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>7.365</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>8.982</x:v>
+        <x:v>8.476</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45720.7599652778</x:v>
+        <x:v>45748.7585416667</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>8.253</x:v>
+        <x:v>7.027</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>10.065</x:v>
+        <x:v>8.57</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45719.7600694444</x:v>
+        <x:v>45747.7615856481</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>8.216</x:v>
+        <x:v>7.039</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>10.02</x:v>
+        <x:v>8.584</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45716.7600810185</x:v>
+        <x:v>45744.7643518519</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>9.254</x:v>
+        <x:v>7.305</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>11.285</x:v>
+        <x:v>8.908</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45715.7570138889</x:v>
+        <x:v>45743.7674421296</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>1.71</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>9.393</x:v>
+        <x:v>7.549</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>11.455</x:v>
+        <x:v>9.206</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45714.7742361111</x:v>
+        <x:v>45742.7590046296</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>1.85</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>9.241</x:v>
+        <x:v>8.184</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>11.27</x:v>
+        <x:v>9.98</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45713.7590277778</x:v>
+        <x:v>45741.7595833333</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>1.71</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>9.27</x:v>
+        <x:v>8.405</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>11.305</x:v>
+        <x:v>10.25</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45712.7659837963</x:v>
+        <x:v>45740.7636689815</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>1.74</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>9.102</x:v>
+        <x:v>8.074</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>11.1</x:v>
+        <x:v>9.846</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45709.7638425926</x:v>
+        <x:v>45737.7594328704</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>1.6</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>9.008</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>10.985</x:v>
+        <x:v>9.854</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45708.7618055556</x:v>
+        <x:v>45736.7631944444</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>1.52</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>8.922</x:v>
+        <x:v>8.116</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>10.88</x:v>
+        <x:v>9.898</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45707.7576967593</x:v>
+        <x:v>45735.758275463</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>1.45</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>9.082</x:v>
+        <x:v>8.22</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>11.075</x:v>
+        <x:v>10.025</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45706.7623611111</x:v>
+        <x:v>45734.7603240741</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>9.082</x:v>
+        <x:v>8.245</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>11.075</x:v>
+        <x:v>10.055</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45705.7592592593</x:v>
+        <x:v>45733.7571527778</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>9.319</x:v>
+        <x:v>8.151</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>11.365</x:v>
+        <x:v>9.94</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45702.7667592593</x:v>
+        <x:v>45730.7613194444</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>1.83</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>9.471</x:v>
+        <x:v>7.803</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>11.55</x:v>
+        <x:v>9.772</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45701.7653125</x:v>
+        <x:v>45729.7592476852</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>1.99</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>8.684</x:v>
+        <x:v>7.803</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>10.59</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45700.762650463</x:v>
+        <x:v>45728.7584953704</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>8.68</x:v>
+        <x:v>8.339</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>10.585</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45699.7633796296</x:v>
+        <x:v>45727.7600925926</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>8.573</x:v>
+        <x:v>8.216</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>10.455</x:v>
+        <x:v>10.02</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45698.7616782407</x:v>
+        <x:v>45726.7683912037</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>8.684</x:v>
+        <x:v>8.241</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>10.59</x:v>
+        <x:v>10.05</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45695.7610532407</x:v>
+        <x:v>45723.7597453704</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>1.38</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>8.696</x:v>
+        <x:v>8.212</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>10.605</x:v>
+        <x:v>10.015</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45694.7633912037</x:v>
+        <x:v>45722.7590856481</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>1.39</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>8.446</x:v>
+        <x:v>7.677</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>10.3</x:v>
+        <x:v>9.362</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45693.7707060185</x:v>
+        <x:v>45721.7633217593</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>8.446</x:v>
+        <x:v>7.365</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>10.3</x:v>
+        <x:v>8.982</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45692.7817939815</x:v>
+        <x:v>45720.7599652778</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>1.25</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>8.495</x:v>
+        <x:v>8.253</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>10.36</x:v>
+        <x:v>10.065</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45691.928125</x:v>
+        <x:v>45719.7600694444</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>8.319</x:v>
+        <x:v>8.216</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>10.145</x:v>
+        <x:v>10.02</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45691.7626157407</x:v>
+        <x:v>45716.7600810185</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>8.319</x:v>
+        <x:v>9.254</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>10.145</x:v>
+        <x:v>11.285</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45688.7599421296</x:v>
+        <x:v>45715.7570138889</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>1.65</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>8.876</x:v>
+        <x:v>9.393</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>10.825</x:v>
+        <x:v>11.455</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45687.7639583333</x:v>
+        <x:v>45714.7742361111</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>1.81</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>9.028</x:v>
+        <x:v>9.241</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>11.01</x:v>
+        <x:v>11.27</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45686.76375</x:v>
+        <x:v>45713.7590277778</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>1.77</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>8.987</x:v>
+        <x:v>9.27</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>10.96</x:v>
+        <x:v>11.305</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45685.9323032407</x:v>
+        <x:v>45712.7659837963</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>1.87</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>9.09</x:v>
+        <x:v>9.102</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>11.085</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45685.7621990741</x:v>
+        <x:v>45709.7638425926</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>1.87</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>9.09</x:v>
+        <x:v>9.008</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>11.085</x:v>
+        <x:v>10.985</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45684.7611111111</x:v>
+        <x:v>45708.7618055556</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>9.094</x:v>
+        <x:v>8.922</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>11.09</x:v>
+        <x:v>10.88</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45681.7681018518</x:v>
+        <x:v>45707.7576967593</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>1.77</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>8.979</x:v>
+        <x:v>9.082</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>10.95</x:v>
+        <x:v>11.075</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45679.759537037</x:v>
+        <x:v>45706.7623611111</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>1.37</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>8.503</x:v>
+        <x:v>9.082</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>10.37</x:v>
+        <x:v>11.075</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45678.7595023148</x:v>
+        <x:v>45705.7592592593</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>1.44</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>8.581</x:v>
+        <x:v>9.319</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>10.465</x:v>
+        <x:v>11.365</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45677.7651041667</x:v>
+        <x:v>45702.7667592593</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>8.745</x:v>
+        <x:v>9.471</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>10.665</x:v>
+        <x:v>11.55</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45674.7630671296</x:v>
+        <x:v>45701.7653125</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>1.48</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>8.614</x:v>
+        <x:v>8.684</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>10.505</x:v>
+        <x:v>10.59</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45673.7629513889</x:v>
+        <x:v>45700.762650463</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>1.27</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>8.339</x:v>
+        <x:v>8.68</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>10.17</x:v>
+        <x:v>10.585</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45672.7645486111</x:v>
+        <x:v>45699.7633796296</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>1.35</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>8.438</x:v>
+        <x:v>8.573</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>10.29</x:v>
+        <x:v>10.455</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45671.7791666667</x:v>
+        <x:v>45698.7616782407</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>1.1</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>8.067</x:v>
+        <x:v>8.684</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>9.838</x:v>
+        <x:v>10.59</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45670.7590856481</x:v>
+        <x:v>45695.7610532407</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>0.86</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>7.649</x:v>
+        <x:v>8.696</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>9.328</x:v>
+        <x:v>10.605</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45667.7626157407</x:v>
+        <x:v>45694.7633912037</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>0.8</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>7.521</x:v>
+        <x:v>8.446</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>9.172</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45666.7588541667</x:v>
+        <x:v>45693.7707060185</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>0.76</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>7.449</x:v>
+        <x:v>8.446</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>9.084</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45665.7753240741</x:v>
+        <x:v>45692.7817939815</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>0.82</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>7.562</x:v>
+        <x:v>8.495</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>9.222</x:v>
+        <x:v>10.36</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45664.7606365741</x:v>
+        <x:v>45691.928125</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>7.718</x:v>
+        <x:v>8.319</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>9.412</x:v>
+        <x:v>10.145</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45663.7687384259</x:v>
+        <x:v>45691.7626157407</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>0.9</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>7.692</x:v>
+        <x:v>8.319</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>9.38</x:v>
+        <x:v>10.145</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45660.7612152778</x:v>
+        <x:v>45688.7599421296</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>0.76</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>7.413</x:v>
+        <x:v>8.876</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>9.04</x:v>
+        <x:v>10.825</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45659.7570949074</x:v>
+        <x:v>45687.7639583333</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>0.95</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>7.724</x:v>
+        <x:v>9.028</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>9.42</x:v>
+        <x:v>11.01</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45656.7590856481</x:v>
+        <x:v>45686.76375</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>0.83</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>7.503</x:v>
+        <x:v>8.987</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>9.15</x:v>
+        <x:v>10.96</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45653.7594212963</x:v>
+        <x:v>45685.9323032407</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>0.79</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>7.428</x:v>
+        <x:v>9.09</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>9.058</x:v>
+        <x:v>11.085</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45649.7573148148</x:v>
+        <x:v>45685.7621990741</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>0.72</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>7.278</x:v>
+        <x:v>9.09</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>8.876</x:v>
+        <x:v>11.085</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45646.7607291667</x:v>
+        <x:v>45684.7611111111</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>0.71</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>7.257</x:v>
+        <x:v>9.094</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>8.85</x:v>
+        <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45645.7575925926</x:v>
+        <x:v>45681.7681018518</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>0.71</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>7.247</x:v>
+        <x:v>8.979</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>8.838</x:v>
+        <x:v>10.95</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45644.7668402778</x:v>
+        <x:v>45679.759537037</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>0.75</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>7.326</x:v>
+        <x:v>8.503</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>8.934</x:v>
+        <x:v>10.37</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45643.7697106482</x:v>
+        <x:v>45678.7595023148</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>0.71</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>7.242</x:v>
+        <x:v>8.581</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>8.832</x:v>
+        <x:v>10.465</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45642.7680902778</x:v>
+        <x:v>45677.7651041667</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>0.71</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>7.239</x:v>
+        <x:v>8.745</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>8.828</x:v>
+        <x:v>10.665</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45638.763287037</x:v>
+        <x:v>45674.7630671296</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>0.78</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>7.375</x:v>
+        <x:v>8.614</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>8.994</x:v>
+        <x:v>10.505</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45637.7962962963</x:v>
+        <x:v>45673.7629513889</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>0.76</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>7.334</x:v>
+        <x:v>8.339</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>8.944</x:v>
+        <x:v>10.17</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45636.7680208333</x:v>
+        <x:v>45672.7645486111</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>0.81</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>7.414</x:v>
+        <x:v>8.438</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>9.042</x:v>
+        <x:v>10.29</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45635.7600578704</x:v>
+        <x:v>45671.7791666667</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>0.84</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>7.474</x:v>
+        <x:v>8.067</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>9.114</x:v>
+        <x:v>9.838</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45632.7600810185</x:v>
+        <x:v>45670.7590856481</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>7.15</x:v>
+        <x:v>7.649</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>8.72</x:v>
+        <x:v>9.328</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45631.7586342593</x:v>
+        <x:v>45667.7626157407</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>6.688</x:v>
+        <x:v>7.521</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>8.156</x:v>
+        <x:v>9.172</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45630.7638657407</x:v>
+        <x:v>45666.7588541667</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>6.189</x:v>
+        <x:v>7.449</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>7.548</x:v>
+        <x:v>9.084</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45629.7659490741</x:v>
+        <x:v>45665.7753240741</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>6.189</x:v>
+        <x:v>7.562</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>7.548</x:v>
+        <x:v>9.222</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45628.7705092593</x:v>
+        <x:v>45664.7606365741</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>6.334</x:v>
+        <x:v>7.718</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>7.724</x:v>
+        <x:v>9.412</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45625.7597916667</x:v>
+        <x:v>45663.7687384259</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>6.437</x:v>
+        <x:v>7.692</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>7.85</x:v>
+        <x:v>9.38</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45624.7724074074</x:v>
+        <x:v>45660.7612152778</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>6.366</x:v>
+        <x:v>7.413</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>7.764</x:v>
+        <x:v>9.04</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45623.7602546296</x:v>
+        <x:v>45659.7570949074</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>6.519</x:v>
+        <x:v>7.724</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>7.95</x:v>
+        <x:v>9.42</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45622.7714814815</x:v>
+        <x:v>45656.7590856481</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>6.668</x:v>
+        <x:v>7.503</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>8.132</x:v>
+        <x:v>9.15</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45621.76375</x:v>
+        <x:v>45653.7594212963</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>6.84</x:v>
+        <x:v>7.428</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>8.342</x:v>
+        <x:v>9.058</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45618.785150463</x:v>
+        <x:v>45649.7573148148</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>6.691</x:v>
+        <x:v>7.278</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>8.16</x:v>
+        <x:v>8.876</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45617.7602662037</x:v>
+        <x:v>45646.7607291667</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>6.573</x:v>
+        <x:v>7.257</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>8.016</x:v>
+        <x:v>8.85</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45616.7634259259</x:v>
+        <x:v>45645.7575925926</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>6.668</x:v>
+        <x:v>7.247</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>8.132</x:v>
+        <x:v>8.838</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45615.7578587963</x:v>
+        <x:v>45644.7668402778</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>6.921</x:v>
+        <x:v>7.326</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>8.44</x:v>
+        <x:v>8.934</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45614.7648842593</x:v>
+        <x:v>45643.7697106482</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>7.224</x:v>
+        <x:v>7.242</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>8.81</x:v>
+        <x:v>8.832</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45611.7686458333</x:v>
+        <x:v>45642.7680902778</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>7.277</x:v>
+        <x:v>7.239</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>8.874</x:v>
+        <x:v>8.828</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45610.7625</x:v>
+        <x:v>45638.763287037</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>7.257</x:v>
+        <x:v>7.375</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>8.85</x:v>
+        <x:v>8.994</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45609.7625810185</x:v>
+        <x:v>45637.7962962963</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>7.264</x:v>
+        <x:v>7.334</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>8.858</x:v>
+        <x:v>8.944</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45608.7779282407</x:v>
+        <x:v>45636.7680208333</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>7.282</x:v>
+        <x:v>7.414</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>8.88</x:v>
+        <x:v>9.042</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45607.759224537</x:v>
+        <x:v>45635.7600578704</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>7.619</x:v>
+        <x:v>7.474</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>9.292</x:v>
+        <x:v>9.114</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45604.7572800926</x:v>
+        <x:v>45632.7600810185</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>7.506</x:v>
+        <x:v>7.15</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>9.154</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45603.7594444444</x:v>
+        <x:v>45631.7586342593</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>7.575</x:v>
+        <x:v>6.688</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>9.238</x:v>
+        <x:v>8.156</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45602.758900463</x:v>
+        <x:v>45630.7638657407</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>7.183</x:v>
+        <x:v>6.189</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>8.76</x:v>
+        <x:v>7.548</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45601.7576967593</x:v>
+        <x:v>45629.7659490741</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>1.03</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>7.413</x:v>
+        <x:v>6.189</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>9.04</x:v>
+        <x:v>7.548</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45600.7605555556</x:v>
+        <x:v>45628.7705092593</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>1.04</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>7.421</x:v>
+        <x:v>6.334</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>9.05</x:v>
+        <x:v>7.724</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45597.7588078704</x:v>
+        <x:v>45625.7597916667</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>7.264</x:v>
+        <x:v>6.437</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>8.858</x:v>
+        <x:v>7.85</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45596.7617013889</x:v>
+        <x:v>45624.7724074074</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>7.295</x:v>
+        <x:v>6.366</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>8.896</x:v>
+        <x:v>7.764</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45595.7568981481</x:v>
+        <x:v>45623.7602546296</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>0.98</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>7.331</x:v>
+        <x:v>6.519</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>8.94</x:v>
+        <x:v>7.95</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45594.7605324074</x:v>
+        <x:v>45622.7714814815</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>1.08</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>7.469</x:v>
+        <x:v>6.668</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>9.108</x:v>
+        <x:v>8.132</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45593.7741898148</x:v>
+        <x:v>45621.76375</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>7.708</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>9.4</x:v>
+        <x:v>8.342</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45590.7682638889</x:v>
+        <x:v>45618.785150463</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>7.726</x:v>
+        <x:v>6.691</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>9.422</x:v>
+        <x:v>8.16</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45589.7589351852</x:v>
+        <x:v>45617.7602662037</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>2.47</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>8.532</x:v>
+        <x:v>6.573</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>10.405</x:v>
+        <x:v>8.016</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45588.7684259259</x:v>
+        <x:v>45616.7634259259</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>2.27</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>8.38</x:v>
+        <x:v>6.668</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>10.22</x:v>
+        <x:v>8.132</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45587.7587152778</x:v>
+        <x:v>45615.7578587963</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>2.46</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>8.516</x:v>
+        <x:v>6.921</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>10.385</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45586.7589236111</x:v>
+        <x:v>45614.7648842593</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>2.22</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>8.327</x:v>
+        <x:v>7.224</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>10.155</x:v>
+        <x:v>8.81</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45583.7648726852</x:v>
+        <x:v>45611.7686458333</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>2.14</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>8.262</x:v>
+        <x:v>7.277</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>10.075</x:v>
+        <x:v>8.874</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45581.7578703704</x:v>
+        <x:v>45610.7625</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>2.03</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>8.162</x:v>
+        <x:v>7.257</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>9.954</x:v>
+        <x:v>8.85</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45580.7602546296</x:v>
+        <x:v>45609.7625810185</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>1.88</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>8.038</x:v>
+        <x:v>7.264</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>9.802</x:v>
+        <x:v>8.858</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45579.7583101852</x:v>
+        <x:v>45608.7779282407</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>2.13</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>8.229</x:v>
+        <x:v>7.282</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>10.035</x:v>
+        <x:v>8.88</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45576.7678935185</x:v>
+        <x:v>45607.759224537</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>2.21</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>8.282</x:v>
+        <x:v>7.619</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>10.1</x:v>
+        <x:v>9.292</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45575.7565625</x:v>
+        <x:v>45604.7572800926</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>2.2</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>8.278</x:v>
+        <x:v>7.506</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>10.095</x:v>
+        <x:v>9.154</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45574.7611111111</x:v>
+        <x:v>45603.7594444444</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>2.5</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>8.479</x:v>
+        <x:v>7.575</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>10.34</x:v>
+        <x:v>9.238</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45573.7605787037</x:v>
+        <x:v>45602.758900463</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>2.18</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>8.233</x:v>
+        <x:v>7.183</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>10.04</x:v>
+        <x:v>8.76</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45572.7566087963</x:v>
+        <x:v>45601.7576967593</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>2.29</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>8.315</x:v>
+        <x:v>7.413</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>10.14</x:v>
+        <x:v>9.04</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45569.7642013889</x:v>
+        <x:v>45600.7605555556</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>3.04</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>8.741</x:v>
+        <x:v>7.421</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>10.66</x:v>
+        <x:v>9.05</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45568.765474537</x:v>
+        <x:v>45597.7588078704</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>2.61</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>8.458</x:v>
+        <x:v>7.264</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>10.315</x:v>
+        <x:v>8.858</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45567.7655324074</x:v>
+        <x:v>45596.7617013889</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>2.59</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>8.446</x:v>
+        <x:v>7.295</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>10.3</x:v>
+        <x:v>8.896</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45566.7561226852</x:v>
+        <x:v>45595.7568981481</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>3.01</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>8.688</x:v>
+        <x:v>7.331</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>10.595</x:v>
+        <x:v>8.94</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45565.7591319444</x:v>
+        <x:v>45594.7605324074</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>3.37</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>8.872</x:v>
+        <x:v>7.469</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>10.82</x:v>
+        <x:v>9.108</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45562.7587268519</x:v>
+        <x:v>45593.7741898148</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>3.95</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>9.139</x:v>
+        <x:v>7.708</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>11.145</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45561.7609606481</x:v>
+        <x:v>45590.7682638889</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>2.96</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>8.561</x:v>
+        <x:v>7.726</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>10.44</x:v>
+        <x:v>9.422</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45560.7716550926</x:v>
+        <x:v>45589.7589351852</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>2.3</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>8.1</x:v>
+        <x:v>8.532</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>9.878</x:v>
+        <x:v>10.405</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45559.7597106481</x:v>
+        <x:v>45588.7684259259</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>2.23</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>8.046</x:v>
+        <x:v>8.38</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>9.812</x:v>
+        <x:v>10.22</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45558.7541782407</x:v>
+        <x:v>45587.7587152778</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>2.03</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>7.893</x:v>
+        <x:v>8.516</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>9.626</x:v>
+        <x:v>10.385</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45555.7577777778</x:v>
+        <x:v>45586.7589236111</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>1.91</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>7.787</x:v>
+        <x:v>8.327</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>9.496</x:v>
+        <x:v>10.155</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45554.7555787037</x:v>
+        <x:v>45583.7648726852</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>2.47</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>8.157</x:v>
+        <x:v>8.262</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>9.948</x:v>
+        <x:v>10.075</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45553.7544560185</x:v>
+        <x:v>45581.7578703704</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>2.08</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>7.864</x:v>
+        <x:v>8.162</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>9.59</x:v>
+        <x:v>9.954</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45552.7566087963</x:v>
+        <x:v>45580.7602546296</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>1.94</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>7.747</x:v>
+        <x:v>8.038</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>9.448</x:v>
+        <x:v>9.802</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45551.7525578704</x:v>
+        <x:v>45579.7583101852</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>1.65</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>7.482</x:v>
+        <x:v>8.229</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>9.124</x:v>
+        <x:v>10.035</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45548.7578125</x:v>
+        <x:v>45576.7678935185</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>1.96</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>7.724</x:v>
+        <x:v>8.282</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>9.42</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45547.7526736111</x:v>
+        <x:v>45575.7565625</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>1.56</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>7.073</x:v>
+        <x:v>8.278</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>8.626</x:v>
+        <x:v>10.095</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45547.7526736111</x:v>
+        <x:v>45574.7611111111</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>1.56</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>7.341</x:v>
+        <x:v>8.479</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>8.952</x:v>
+        <x:v>10.34</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45546.750625</x:v>
+        <x:v>45573.7605787037</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>1.31</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>7.073</x:v>
+        <x:v>8.233</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>8.626</x:v>
+        <x:v>10.04</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45546.750625</x:v>
+        <x:v>45572.7566087963</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>1.31</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>7.146</x:v>
+        <x:v>8.315</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>8.714</x:v>
+        <x:v>10.14</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45545.7516087963</x:v>
+        <x:v>45569.7642013889</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>1.38</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>7.146</x:v>
+        <x:v>8.741</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>8.714</x:v>
+        <x:v>10.66</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45545.7516087963</x:v>
+        <x:v>45568.765474537</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>1.38</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>7.47</x:v>
+        <x:v>8.458</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>9.11</x:v>
+        <x:v>10.315</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45544.7531597222</x:v>
+        <x:v>45567.7655324074</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>1.77</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>7.447</x:v>
+        <x:v>8.446</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>9.082</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45544.7531597222</x:v>
+        <x:v>45566.7561226852</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>1.77</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>7.47</x:v>
+        <x:v>8.688</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>9.11</x:v>
+        <x:v>10.595</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45541.7748726852</x:v>
+        <x:v>45565.7591319444</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>1.74</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>7.769</x:v>
+        <x:v>8.872</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>9.474</x:v>
+        <x:v>10.82</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45540.7513310185</x:v>
+        <x:v>45562.7587268519</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>2.2</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>7.769</x:v>
+        <x:v>9.139</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>9.474</x:v>
+        <x:v>11.145</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45539.7505324074</x:v>
+        <x:v>45561.7609606481</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>2.09</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>7.69</x:v>
+        <x:v>8.561</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>9.378</x:v>
+        <x:v>10.44</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45538.7613888889</x:v>
+        <x:v>45560.7716550926</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>2.12</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>7.706</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>9.398</x:v>
+        <x:v>9.878</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45537.7586689815</x:v>
+        <x:v>45559.7597106481</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>2.49</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>7.941</x:v>
+        <x:v>8.046</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>9.684</x:v>
+        <x:v>9.812</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45534.758900463</x:v>
+        <x:v>45558.7541782407</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>2.48</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>7.99</x:v>
+        <x:v>7.893</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>9.744</x:v>
+        <x:v>9.626</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45533.7650694444</x:v>
+        <x:v>45555.7577777778</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>2.58</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>7.99</x:v>
+        <x:v>7.787</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>9.744</x:v>
+        <x:v>9.496</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45532.7509375</x:v>
+        <x:v>45554.7555787037</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
-        <x:v>2.62</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>8.018</x:v>
+        <x:v>8.157</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>9.778</x:v>
+        <x:v>9.948</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45531.7522800926</x:v>
+        <x:v>45553.7544560185</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>2.95</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>8.131</x:v>
+        <x:v>7.864</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>9.916</x:v>
+        <x:v>9.59</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45530.7534490741</x:v>
+        <x:v>45552.7566087963</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>2.84</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>8.131</x:v>
+        <x:v>7.747</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>9.916</x:v>
+        <x:v>9.448</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45527.7533333333</x:v>
+        <x:v>45551.7525578704</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>2.76</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>7.949</x:v>
+        <x:v>7.482</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>9.694</x:v>
+        <x:v>9.124</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45526.7495601852</x:v>
+        <x:v>45548.7578125</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>2.55</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>7.949</x:v>
+        <x:v>7.724</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>9.694</x:v>
+        <x:v>9.42</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45525.7531828704</x:v>
+        <x:v>45547.7526736111</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>2.59</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>7.911</x:v>
+        <x:v>7.073</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>9.648</x:v>
+        <x:v>8.626</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45524.7573263889</x:v>
+        <x:v>45547.7526736111</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>2.49</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>7.911</x:v>
+        <x:v>7.341</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>9.648</x:v>
+        <x:v>8.952</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45523.7507407407</x:v>
+        <x:v>45546.750625</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>2.59</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>7.836</x:v>
+        <x:v>7.073</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>9.556</x:v>
+        <x:v>8.626</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45520.7526273148</x:v>
+        <x:v>45546.750625</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>2.39</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>7.836</x:v>
+        <x:v>7.146</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>9.556</x:v>
+        <x:v>8.714</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45519.7847800926</x:v>
+        <x:v>45545.7516087963</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>2.55</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>7.754</x:v>
+        <x:v>7.146</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>9.456</x:v>
+        <x:v>8.714</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45518.7549652778</x:v>
+        <x:v>45545.7516087963</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>2.29</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>7.741</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>9.44</x:v>
+        <x:v>9.11</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45517.7494212963</x:v>
+        <x:v>45544.7531597222</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>2.27</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>7.741</x:v>
+        <x:v>7.447</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>9.44</x:v>
+        <x:v>9.082</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45516.7503935185</x:v>
+        <x:v>45544.7531597222</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>2.22</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>7.78</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>9.488</x:v>
+        <x:v>9.11</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45513.7535416667</x:v>
+        <x:v>45541.7748726852</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>2.34</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>7.721</x:v>
+        <x:v>7.769</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>9.416</x:v>
+        <x:v>9.474</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45512.7519560185</x:v>
+        <x:v>45540.7513310185</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>2.25</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>7.721</x:v>
+        <x:v>7.769</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>9.416</x:v>
+        <x:v>9.474</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45511.7528472222</x:v>
+        <x:v>45539.7505324074</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>2.31</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>7.447</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>9.082</x:v>
+        <x:v>9.378</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45510.771087963</x:v>
+        <x:v>45538.7613888889</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>1.91</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>7.447</x:v>
+        <x:v>7.706</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>9.082</x:v>
+        <x:v>9.398</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45509.7565856481</x:v>
+        <x:v>45537.7586689815</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>2.07</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>7.557</x:v>
+        <x:v>7.941</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>9.216</x:v>
+        <x:v>9.684</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45506.7579282407</x:v>
+        <x:v>45534.758900463</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>2.66</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>8.483</x:v>
+        <x:v>7.99</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>10.345</x:v>
+        <x:v>9.744</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
-        <x:v>45505.7519791667</x:v>
+        <x:v>45533.7650694444</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C414" s="0">
-        <x:v>4.03</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D414" s="0">
-        <x:v>8.68</x:v>
+        <x:v>7.99</x:v>
       </x:c>
       <x:c r="E414" s="0">
-        <x:v>10.585</x:v>
+        <x:v>9.744</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5">
       <x:c r="A415" s="1">
-        <x:v>45504.7537615741</x:v>
+        <x:v>45532.7509375</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C415" s="0">
-        <x:v>4.55</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D415" s="0">
-        <x:v>8.397</x:v>
+        <x:v>8.018</x:v>
       </x:c>
       <x:c r="E415" s="0">
-        <x:v>10.24</x:v>
+        <x:v>9.778</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5">
       <x:c r="A416" s="1">
-        <x:v>45503.7497800926</x:v>
+        <x:v>45531.7522800926</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C416" s="0">
-        <x:v>3.9</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="D416" s="0">
-        <x:v>8.397</x:v>
+        <x:v>8.131</x:v>
       </x:c>
       <x:c r="E416" s="0">
-        <x:v>10.24</x:v>
+        <x:v>9.916</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5">
       <x:c r="A417" s="1">
-        <x:v>45502.7520949074</x:v>
+        <x:v>45530.7534490741</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C417" s="0">
-        <x:v>3.89</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="D417" s="0">
-        <x:v>8.487</x:v>
+        <x:v>8.131</x:v>
       </x:c>
       <x:c r="E417" s="0">
-        <x:v>10.35</x:v>
+        <x:v>9.916</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5">
       <x:c r="A418" s="1">
-        <x:v>45499.7499421296</x:v>
+        <x:v>45527.7533333333</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C418" s="0">
-        <x:v>4.13</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D418" s="0">
-        <x:v>8.487</x:v>
+        <x:v>7.949</x:v>
       </x:c>
       <x:c r="E418" s="0">
-        <x:v>10.35</x:v>
+        <x:v>9.694</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5">
       <x:c r="A419" s="1">
-        <x:v>45498.7519328704</x:v>
+        <x:v>45526.7495601852</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C419" s="0">
-        <x:v>2.9</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D419" s="0">
-        <x:v>7.823</x:v>
+        <x:v>7.949</x:v>
       </x:c>
       <x:c r="E419" s="0">
-        <x:v>9.54</x:v>
+        <x:v>9.694</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5">
       <x:c r="A420" s="1">
-        <x:v>45497.7532638889</x:v>
+        <x:v>45525.7531828704</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C420" s="0">
-        <x:v>3.06</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D420" s="0">
-        <x:v>7.902</x:v>
+        <x:v>7.911</x:v>
       </x:c>
       <x:c r="E420" s="0">
-        <x:v>9.636</x:v>
+        <x:v>9.648</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5">
       <x:c r="A421" s="1">
-        <x:v>45496.7497106481</x:v>
+        <x:v>45524.7573263889</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C421" s="0">
-        <x:v>3.07</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D421" s="0">
-        <x:v>7.905</x:v>
+        <x:v>7.911</x:v>
       </x:c>
       <x:c r="E421" s="0">
-        <x:v>9.64</x:v>
+        <x:v>9.648</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5">
       <x:c r="A422" s="1">
-        <x:v>45495.7515393519</x:v>
+        <x:v>45523.7507407407</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C422" s="0">
-        <x:v>3.24</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D422" s="0">
-        <x:v>7.987</x:v>
+        <x:v>7.836</x:v>
       </x:c>
       <x:c r="E422" s="0">
-        <x:v>9.74</x:v>
+        <x:v>9.556</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5">
       <x:c r="A423" s="1">
-        <x:v>45492.7568402778</x:v>
+        <x:v>45520.7526273148</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C423" s="0">
-        <x:v>2.79</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D423" s="0">
-        <x:v>8.311</x:v>
+        <x:v>7.836</x:v>
       </x:c>
       <x:c r="E423" s="0">
-        <x:v>10.135</x:v>
+        <x:v>9.556</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5">
       <x:c r="A424" s="1">
-        <x:v>45491.7527777778</x:v>
+        <x:v>45519.7847800926</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C424" s="0">
-        <x:v>4.27</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D424" s="0">
-        <x:v>8.311</x:v>
+        <x:v>7.754</x:v>
       </x:c>
       <x:c r="E424" s="0">
-        <x:v>10.135</x:v>
+        <x:v>9.456</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5">
       <x:c r="A425" s="1">
-        <x:v>45490.7537152778</x:v>
+        <x:v>45518.7549652778</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C425" s="0">
-        <x:v>3.47</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D425" s="0">
-        <x:v>8.121</x:v>
+        <x:v>7.741</x:v>
       </x:c>
       <x:c r="E425" s="0">
-        <x:v>9.904</x:v>
+        <x:v>9.44</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5">
       <x:c r="A426" s="1">
-        <x:v>45489.7499189815</x:v>
+        <x:v>45517.7494212963</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C426" s="0">
-        <x:v>3.89</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D426" s="0">
-        <x:v>8.121</x:v>
+        <x:v>7.741</x:v>
       </x:c>
       <x:c r="E426" s="0">
-        <x:v>9.904</x:v>
+        <x:v>9.44</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5">
       <x:c r="A427" s="1">
-        <x:v>45488.7521990741</x:v>
+        <x:v>45516.7503935185</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C427" s="0">
-        <x:v>4.25</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D427" s="0">
-        <x:v>8.257</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="E427" s="0">
-        <x:v>10.07</x:v>
+        <x:v>9.488</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5">
       <x:c r="A428" s="1">
-        <x:v>45485.7526851852</x:v>
+        <x:v>45513.7535416667</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C428" s="0">
-        <x:v>4.45</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D428" s="0">
-        <x:v>8.302</x:v>
+        <x:v>7.721</x:v>
       </x:c>
       <x:c r="E428" s="0">
-        <x:v>10.125</x:v>
+        <x:v>9.416</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5">
       <x:c r="A429" s="1">
-        <x:v>45484.7509259259</x:v>
+        <x:v>45512.7519560185</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C429" s="0">
-        <x:v>4.38</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D429" s="0">
-        <x:v>8.302</x:v>
+        <x:v>7.721</x:v>
       </x:c>
       <x:c r="E429" s="0">
-        <x:v>10.125</x:v>
+        <x:v>9.416</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5">
       <x:c r="A430" s="1">
-        <x:v>45483.7515625</x:v>
+        <x:v>45511.7528472222</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C430" s="0">
-        <x:v>3.94</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D430" s="0">
-        <x:v>7.992</x:v>
+        <x:v>7.447</x:v>
       </x:c>
       <x:c r="E430" s="0">
-        <x:v>9.746</x:v>
+        <x:v>9.082</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5">
       <x:c r="A431" s="1">
-        <x:v>45482.7511111111</x:v>
+        <x:v>45510.771087963</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C431" s="0">
-        <x:v>3.65</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D431" s="0">
-        <x:v>7.992</x:v>
+        <x:v>7.447</x:v>
       </x:c>
       <x:c r="E431" s="0">
-        <x:v>9.746</x:v>
+        <x:v>9.082</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5">
       <x:c r="A432" s="1">
-        <x:v>45481.7519328704</x:v>
+        <x:v>45509.7565856481</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C432" s="0">
-        <x:v>4.69</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D432" s="0">
-        <x:v>8.475</x:v>
+        <x:v>7.557</x:v>
       </x:c>
       <x:c r="E432" s="0">
-        <x:v>10.335</x:v>
+        <x:v>9.216</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5">
       <x:c r="A433" s="1">
-        <x:v>45478.7523726852</x:v>
+        <x:v>45506.7579282407</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C433" s="0">
-        <x:v>5.04</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D433" s="0">
-        <x:v>8.36</x:v>
+        <x:v>8.483</x:v>
       </x:c>
       <x:c r="E433" s="0">
-        <x:v>10.195</x:v>
+        <x:v>10.345</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5">
       <x:c r="A434" s="1">
-        <x:v>45477.7563425926</x:v>
+        <x:v>45505.7519791667</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C434" s="0">
-        <x:v>4.72</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D434" s="0">
-        <x:v>8.36</x:v>
+        <x:v>8.68</x:v>
       </x:c>
       <x:c r="E434" s="0">
-        <x:v>10.195</x:v>
+        <x:v>10.585</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5">
       <x:c r="A435" s="1">
-        <x:v>45476.7534606481</x:v>
+        <x:v>45504.7537615741</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C435" s="0">
-        <x:v>4.57</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D435" s="0">
-        <x:v>8.074</x:v>
+        <x:v>8.397</x:v>
       </x:c>
       <x:c r="E435" s="0">
-        <x:v>9.846</x:v>
+        <x:v>10.24</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5">
       <x:c r="A436" s="1">
-        <x:v>45475.7574537037</x:v>
+        <x:v>45503.7497800926</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C436" s="0">
-        <x:v>4.01</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D436" s="0">
-        <x:v>8.074</x:v>
+        <x:v>8.397</x:v>
       </x:c>
       <x:c r="E436" s="0">
-        <x:v>9.846</x:v>
+        <x:v>10.24</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5">
       <x:c r="A437" s="1">
-        <x:v>45474.7653356481</x:v>
+        <x:v>45502.7520949074</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C437" s="0">
-        <x:v>4.45</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D437" s="0">
-        <x:v>8.237</x:v>
+        <x:v>8.487</x:v>
       </x:c>
       <x:c r="E437" s="0">
-        <x:v>10.045</x:v>
+        <x:v>10.35</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5">
       <x:c r="A438" s="1">
-        <x:v>45471.7527199074</x:v>
+        <x:v>45499.7499421296</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C438" s="0">
-        <x:v>4.23</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D438" s="0">
-        <x:v>8.146</x:v>
+        <x:v>8.487</x:v>
       </x:c>
       <x:c r="E438" s="0">
-        <x:v>9.934</x:v>
+        <x:v>10.35</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5">
       <x:c r="A439" s="1">
-        <x:v>45470.7518055556</x:v>
+        <x:v>45498.7519328704</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C439" s="0">
-        <x:v>4.23</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D439" s="0">
-        <x:v>8.149</x:v>
+        <x:v>7.823</x:v>
       </x:c>
       <x:c r="E439" s="0">
-        <x:v>9.938</x:v>
+        <x:v>9.54</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5">
       <x:c r="A440" s="1">
-        <x:v>45469.7561226852</x:v>
+        <x:v>45497.7532638889</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C440" s="0">
-        <x:v>4.24</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D440" s="0">
-        <x:v>8.225</x:v>
+        <x:v>7.902</x:v>
       </x:c>
       <x:c r="E440" s="0">
-        <x:v>10.03</x:v>
+        <x:v>9.636</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5">
       <x:c r="A441" s="1">
+        <x:v>45496.7497106481</x:v>
+      </x:c>
+      <x:c r="B441" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C441" s="0">
+        <x:v>3.07</x:v>
+      </x:c>
+      <x:c r="D441" s="0">
+        <x:v>7.905</x:v>
+      </x:c>
+      <x:c r="E441" s="0">
+        <x:v>9.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="442" spans="1:5">
+      <x:c r="A442" s="1">
+        <x:v>45495.7515393519</x:v>
+      </x:c>
+      <x:c r="B442" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C442" s="0">
+        <x:v>3.24</x:v>
+      </x:c>
+      <x:c r="D442" s="0">
+        <x:v>7.987</x:v>
+      </x:c>
+      <x:c r="E442" s="0">
+        <x:v>9.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="443" spans="1:5">
+      <x:c r="A443" s="1">
+        <x:v>45492.7568402778</x:v>
+      </x:c>
+      <x:c r="B443" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C443" s="0">
+        <x:v>2.79</x:v>
+      </x:c>
+      <x:c r="D443" s="0">
+        <x:v>8.311</x:v>
+      </x:c>
+      <x:c r="E443" s="0">
+        <x:v>10.135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="444" spans="1:5">
+      <x:c r="A444" s="1">
+        <x:v>45491.7527777778</x:v>
+      </x:c>
+      <x:c r="B444" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C444" s="0">
+        <x:v>4.27</x:v>
+      </x:c>
+      <x:c r="D444" s="0">
+        <x:v>8.311</x:v>
+      </x:c>
+      <x:c r="E444" s="0">
+        <x:v>10.135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="445" spans="1:5">
+      <x:c r="A445" s="1">
+        <x:v>45490.7537152778</x:v>
+      </x:c>
+      <x:c r="B445" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C445" s="0">
+        <x:v>3.47</x:v>
+      </x:c>
+      <x:c r="D445" s="0">
+        <x:v>8.121</x:v>
+      </x:c>
+      <x:c r="E445" s="0">
+        <x:v>9.904</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="446" spans="1:5">
+      <x:c r="A446" s="1">
+        <x:v>45489.7499189815</x:v>
+      </x:c>
+      <x:c r="B446" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C446" s="0">
+        <x:v>3.89</x:v>
+      </x:c>
+      <x:c r="D446" s="0">
+        <x:v>8.121</x:v>
+      </x:c>
+      <x:c r="E446" s="0">
+        <x:v>9.904</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="447" spans="1:5">
+      <x:c r="A447" s="1">
+        <x:v>45488.7521990741</x:v>
+      </x:c>
+      <x:c r="B447" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C447" s="0">
+        <x:v>4.25</x:v>
+      </x:c>
+      <x:c r="D447" s="0">
+        <x:v>8.257</x:v>
+      </x:c>
+      <x:c r="E447" s="0">
+        <x:v>10.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="448" spans="1:5">
+      <x:c r="A448" s="1">
+        <x:v>45485.7526851852</x:v>
+      </x:c>
+      <x:c r="B448" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C448" s="0">
+        <x:v>4.45</x:v>
+      </x:c>
+      <x:c r="D448" s="0">
+        <x:v>8.302</x:v>
+      </x:c>
+      <x:c r="E448" s="0">
+        <x:v>10.125</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="449" spans="1:5">
+      <x:c r="A449" s="1">
+        <x:v>45484.7509259259</x:v>
+      </x:c>
+      <x:c r="B449" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C449" s="0">
+        <x:v>4.38</x:v>
+      </x:c>
+      <x:c r="D449" s="0">
+        <x:v>8.302</x:v>
+      </x:c>
+      <x:c r="E449" s="0">
+        <x:v>10.125</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="450" spans="1:5">
+      <x:c r="A450" s="1">
+        <x:v>45483.7515625</x:v>
+      </x:c>
+      <x:c r="B450" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C450" s="0">
+        <x:v>3.94</x:v>
+      </x:c>
+      <x:c r="D450" s="0">
+        <x:v>7.992</x:v>
+      </x:c>
+      <x:c r="E450" s="0">
+        <x:v>9.746</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="451" spans="1:5">
+      <x:c r="A451" s="1">
+        <x:v>45482.7511111111</x:v>
+      </x:c>
+      <x:c r="B451" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C451" s="0">
+        <x:v>3.65</x:v>
+      </x:c>
+      <x:c r="D451" s="0">
+        <x:v>7.992</x:v>
+      </x:c>
+      <x:c r="E451" s="0">
+        <x:v>9.746</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="452" spans="1:5">
+      <x:c r="A452" s="1">
+        <x:v>45481.7519328704</x:v>
+      </x:c>
+      <x:c r="B452" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C452" s="0">
+        <x:v>4.69</x:v>
+      </x:c>
+      <x:c r="D452" s="0">
+        <x:v>8.475</x:v>
+      </x:c>
+      <x:c r="E452" s="0">
+        <x:v>10.335</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="453" spans="1:5">
+      <x:c r="A453" s="1">
+        <x:v>45478.7523726852</x:v>
+      </x:c>
+      <x:c r="B453" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C453" s="0">
+        <x:v>5.04</x:v>
+      </x:c>
+      <x:c r="D453" s="0">
+        <x:v>8.36</x:v>
+      </x:c>
+      <x:c r="E453" s="0">
+        <x:v>10.195</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="454" spans="1:5">
+      <x:c r="A454" s="1">
+        <x:v>45477.7563425926</x:v>
+      </x:c>
+      <x:c r="B454" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C454" s="0">
+        <x:v>4.72</x:v>
+      </x:c>
+      <x:c r="D454" s="0">
+        <x:v>8.36</x:v>
+      </x:c>
+      <x:c r="E454" s="0">
+        <x:v>10.195</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="455" spans="1:5">
+      <x:c r="A455" s="1">
+        <x:v>45476.7534606481</x:v>
+      </x:c>
+      <x:c r="B455" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C455" s="0">
+        <x:v>4.57</x:v>
+      </x:c>
+      <x:c r="D455" s="0">
+        <x:v>8.074</x:v>
+      </x:c>
+      <x:c r="E455" s="0">
+        <x:v>9.846</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="456" spans="1:5">
+      <x:c r="A456" s="1">
+        <x:v>45475.7574537037</x:v>
+      </x:c>
+      <x:c r="B456" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C456" s="0">
+        <x:v>4.01</x:v>
+      </x:c>
+      <x:c r="D456" s="0">
+        <x:v>8.074</x:v>
+      </x:c>
+      <x:c r="E456" s="0">
+        <x:v>9.846</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="457" spans="1:5">
+      <x:c r="A457" s="1">
+        <x:v>45474.7653356481</x:v>
+      </x:c>
+      <x:c r="B457" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C457" s="0">
+        <x:v>4.45</x:v>
+      </x:c>
+      <x:c r="D457" s="0">
+        <x:v>8.237</x:v>
+      </x:c>
+      <x:c r="E457" s="0">
+        <x:v>10.045</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="458" spans="1:5">
+      <x:c r="A458" s="1">
+        <x:v>45471.7527199074</x:v>
+      </x:c>
+      <x:c r="B458" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C458" s="0">
+        <x:v>4.23</x:v>
+      </x:c>
+      <x:c r="D458" s="0">
+        <x:v>8.146</x:v>
+      </x:c>
+      <x:c r="E458" s="0">
+        <x:v>9.934</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="459" spans="1:5">
+      <x:c r="A459" s="1">
+        <x:v>45470.7518055556</x:v>
+      </x:c>
+      <x:c r="B459" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C459" s="0">
+        <x:v>4.23</x:v>
+      </x:c>
+      <x:c r="D459" s="0">
+        <x:v>8.149</x:v>
+      </x:c>
+      <x:c r="E459" s="0">
+        <x:v>9.938</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="460" spans="1:5">
+      <x:c r="A460" s="1">
+        <x:v>45469.7561226852</x:v>
+      </x:c>
+      <x:c r="B460" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C460" s="0">
+        <x:v>4.24</x:v>
+      </x:c>
+      <x:c r="D460" s="0">
+        <x:v>8.225</x:v>
+      </x:c>
+      <x:c r="E460" s="0">
+        <x:v>10.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="461" spans="1:5">
+      <x:c r="A461" s="1">
         <x:v>45468.765150463</x:v>
       </x:c>
-      <x:c r="B441" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C441" s="0">
+      <x:c r="B461" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C461" s="0">
         <x:v>4.45</x:v>
       </x:c>
-      <x:c r="D441" s="0">
+      <x:c r="D461" s="0">
         <x:v>8.409</x:v>
       </x:c>
-      <x:c r="E441" s="0">
+      <x:c r="E461" s="0">
         <x:v>10.255</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>