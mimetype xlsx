--- v3 (2026-01-16)
+++ v4 (2026-02-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf14fff76ad3b4bde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1d688c7e042d4ddb9c86ef61b4cc46b3.psmdcp" Id="R17dc72146e6b4ed8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b6fe1ebb88541ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0a4807f1edea41f88d01ca3ae264182d.psmdcp" Id="Rfefda0ba8a5849bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP075675</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,7883 +390,8359 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E461"/>
+  <x:dimension ref="A1:E489"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46037.7737152778</x:v>
+        <x:v>46059.772337963</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>9.914</x:v>
+        <x:v>10.262</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>12.09</x:v>
+        <x:v>12.515</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46037.7426967593</x:v>
+        <x:v>46059.7425578704</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>9.914</x:v>
+        <x:v>10.262</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>12.09</x:v>
+        <x:v>12.515</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46036.7743055556</x:v>
+        <x:v>46058.7435300926</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
         <x:v>0.27</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>10.135</x:v>
+        <x:v>10.369</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>12.36</x:v>
+        <x:v>12.645</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46036.7428935185</x:v>
+        <x:v>46057.7740046296</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>10.135</x:v>
+        <x:v>10.566</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>12.36</x:v>
+        <x:v>12.885</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46035.7727546296</x:v>
+        <x:v>46057.7431712963</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>9.967</x:v>
+        <x:v>10.566</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>12.155</x:v>
+        <x:v>12.885</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46035.7425115741</x:v>
+        <x:v>46056.8210648148</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>9.967</x:v>
+        <x:v>9.959</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>12.155</x:v>
+        <x:v>12.145</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46034.7735763889</x:v>
+        <x:v>46056.7740046296</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>9.889</x:v>
+        <x:v>9.959</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>12.06</x:v>
+        <x:v>12.145</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46031.7746180556</x:v>
+        <x:v>46056.7429513889</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>9.947</x:v>
+        <x:v>9.959</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>12.13</x:v>
+        <x:v>12.145</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46031.7466203704</x:v>
+        <x:v>46055.7738541667</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>9.947</x:v>
+        <x:v>9.967</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>12.13</x:v>
+        <x:v>12.155</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46030.7736689815</x:v>
+        <x:v>46055.7428356481</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>9.926</x:v>
+        <x:v>9.967</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>12.105</x:v>
+        <x:v>12.155</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46030.7425694444</x:v>
+        <x:v>46052.7750810185</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>9.926</x:v>
+        <x:v>9.692</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>12.105</x:v>
+        <x:v>11.82</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46029.7727546296</x:v>
+        <x:v>46052.7433217593</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>9.873</x:v>
+        <x:v>9.692</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>12.04</x:v>
+        <x:v>11.82</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46029.7415162037</x:v>
+        <x:v>46051.7428819444</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>9.873</x:v>
+        <x:v>9.93</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>12.04</x:v>
+        <x:v>12.11</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46028.7421759259</x:v>
+        <x:v>46050.7428472222</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
         <x:v>0.24</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>9.881</x:v>
+        <x:v>9.984</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>12.05</x:v>
+        <x:v>12.175</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46027.7425810185</x:v>
+        <x:v>46049.7425231481</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>9.692</x:v>
+        <x:v>10.295</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>11.82</x:v>
+        <x:v>12.555</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46024.7413657407</x:v>
+        <x:v>46048.7747569444</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
         <x:v>0.26</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>9.988</x:v>
+        <x:v>10.143</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>12.18</x:v>
+        <x:v>12.37</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46021.7415162037</x:v>
+        <x:v>46045.7737962963</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>9.614</x:v>
+        <x:v>10.152</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>11.725</x:v>
+        <x:v>12.38</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46020.74125</x:v>
+        <x:v>46045.7423726852</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>9.496</x:v>
+        <x:v>10.152</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>11.58</x:v>
+        <x:v>12.38</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46014.7420949074</x:v>
+        <x:v>46044.7737847222</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>9.237</x:v>
+        <x:v>10.078</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>11.265</x:v>
+        <x:v>12.29</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46013.7415740741</x:v>
+        <x:v>46044.7425925926</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>9.393</x:v>
+        <x:v>10.078</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>11.455</x:v>
+        <x:v>12.29</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46010.7428587963</x:v>
+        <x:v>46043.7727893519</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>9.414</x:v>
+        <x:v>9.582</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>11.48</x:v>
+        <x:v>11.685</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46009.742025463</x:v>
+        <x:v>46043.7427662037</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>9.434</x:v>
+        <x:v>9.582</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>11.505</x:v>
+        <x:v>11.685</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46008.7427430556</x:v>
+        <x:v>46042.7742824074</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>9.368</x:v>
+        <x:v>9.356</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>11.425</x:v>
+        <x:v>11.41</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46007.7675925926</x:v>
+        <x:v>46042.7413773148</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>9.303</x:v>
+        <x:v>9.356</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>11.345</x:v>
+        <x:v>11.41</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46006.7735416667</x:v>
+        <x:v>46041.773587963</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
         <x:v>0.19</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>9.295</x:v>
+        <x:v>9.496</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>11.335</x:v>
+        <x:v>11.58</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46006.7424421296</x:v>
+        <x:v>46041.7428240741</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
         <x:v>0.19</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>9.295</x:v>
+        <x:v>9.496</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>11.335</x:v>
+        <x:v>11.58</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46003.7425925926</x:v>
+        <x:v>46038.7739467593</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>9.405</x:v>
+        <x:v>9.701</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>11.47</x:v>
+        <x:v>11.83</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46002.7741435185</x:v>
+        <x:v>46038.7429166667</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>9.319</x:v>
+        <x:v>9.701</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>11.365</x:v>
+        <x:v>11.83</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46002.7415972222</x:v>
+        <x:v>46037.7737152778</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>9.319</x:v>
+        <x:v>9.914</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>11.365</x:v>
+        <x:v>12.09</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46001.7726736111</x:v>
+        <x:v>46037.7426967593</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>9.241</x:v>
+        <x:v>9.914</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>11.27</x:v>
+        <x:v>12.09</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46001.7424884259</x:v>
+        <x:v>46036.7743055556</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>9.241</x:v>
+        <x:v>10.135</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>11.27</x:v>
+        <x:v>12.36</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46000.7422800926</x:v>
+        <x:v>46036.7428935185</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>9.2</x:v>
+        <x:v>10.135</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>11.22</x:v>
+        <x:v>12.36</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45999.7427662037</x:v>
+        <x:v>46035.7727546296</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>9.43</x:v>
+        <x:v>9.967</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>11.5</x:v>
+        <x:v>12.155</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45996.7416898148</x:v>
+        <x:v>46035.7425115741</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>9.438</x:v>
+        <x:v>9.967</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>11.51</x:v>
+        <x:v>12.155</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45995.7432523148</x:v>
+        <x:v>46034.7735763889</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>9.311</x:v>
+        <x:v>9.889</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>11.355</x:v>
+        <x:v>12.06</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45994.7432638889</x:v>
+        <x:v>46031.7746180556</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>9.225</x:v>
+        <x:v>9.947</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>11.25</x:v>
+        <x:v>12.13</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45993.7429166667</x:v>
+        <x:v>46031.7466203704</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>9.164</x:v>
+        <x:v>9.947</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>11.175</x:v>
+        <x:v>12.13</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45992.741724537</x:v>
+        <x:v>46030.7736689815</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>9.102</x:v>
+        <x:v>9.926</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>11.1</x:v>
+        <x:v>12.105</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45989.7431481481</x:v>
+        <x:v>46030.7425694444</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>8.93</x:v>
+        <x:v>9.926</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>10.89</x:v>
+        <x:v>12.105</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45988.7414583333</x:v>
+        <x:v>46029.7727546296</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>8.782</x:v>
+        <x:v>9.873</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>10.71</x:v>
+        <x:v>12.04</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45987.7426157407</x:v>
+        <x:v>46029.7415162037</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>8.811</x:v>
+        <x:v>9.873</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>10.745</x:v>
+        <x:v>12.04</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45986.7689236111</x:v>
+        <x:v>46028.7421759259</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>8.651</x:v>
+        <x:v>9.881</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>10.55</x:v>
+        <x:v>12.05</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45986.7424537037</x:v>
+        <x:v>46027.7425810185</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>8.651</x:v>
+        <x:v>9.692</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>10.55</x:v>
+        <x:v>11.82</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45985.7418287037</x:v>
+        <x:v>46024.7413657407</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>8.749</x:v>
+        <x:v>9.988</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>10.67</x:v>
+        <x:v>12.18</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45982.7638541667</x:v>
+        <x:v>46021.7415162037</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>8.614</x:v>
+        <x:v>9.614</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>10.505</x:v>
+        <x:v>11.725</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45981.7416087963</x:v>
+        <x:v>46020.74125</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>8.528</x:v>
+        <x:v>9.496</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>10.4</x:v>
+        <x:v>11.58</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45980.7414351852</x:v>
+        <x:v>46014.7420949074</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>9.807</x:v>
+        <x:v>9.237</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>11.96</x:v>
+        <x:v>11.265</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45979.7620949074</x:v>
+        <x:v>46013.7415740741</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>9.885</x:v>
+        <x:v>9.393</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>12.055</x:v>
+        <x:v>11.455</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45979.7413425926</x:v>
+        <x:v>46010.7428587963</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>9.885</x:v>
+        <x:v>9.414</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>12.055</x:v>
+        <x:v>11.48</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45978.7625578704</x:v>
+        <x:v>46009.742025463</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>10.033</x:v>
+        <x:v>9.434</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>12.235</x:v>
+        <x:v>11.505</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45975.7665740741</x:v>
+        <x:v>46008.7427430556</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>10.123</x:v>
+        <x:v>9.368</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>12.345</x:v>
+        <x:v>11.425</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45975.7415625</x:v>
+        <x:v>46007.7675925926</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>10.123</x:v>
+        <x:v>9.303</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>12.345</x:v>
+        <x:v>11.345</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45974.7421527778</x:v>
+        <x:v>46006.7735416667</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>10.32</x:v>
+        <x:v>9.295</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>12.585</x:v>
+        <x:v>11.335</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45973.7618287037</x:v>
+        <x:v>46006.7424421296</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>10.332</x:v>
+        <x:v>9.295</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>12.6</x:v>
+        <x:v>11.335</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45973.7424652778</x:v>
+        <x:v>46003.7425925926</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>10.332</x:v>
+        <x:v>9.405</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>12.6</x:v>
+        <x:v>11.47</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45972.7415856481</x:v>
+        <x:v>46002.7741435185</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>10.148</x:v>
+        <x:v>9.319</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>12.375</x:v>
+        <x:v>11.365</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45968.7599652778</x:v>
+        <x:v>46002.7415972222</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>9.82</x:v>
+        <x:v>9.319</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>11.975</x:v>
+        <x:v>11.365</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45968.7419907407</x:v>
+        <x:v>46001.7726736111</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>9.82</x:v>
+        <x:v>9.241</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>11.975</x:v>
+        <x:v>11.27</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45967.7415509259</x:v>
+        <x:v>46001.7424884259</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>9.778</x:v>
+        <x:v>9.241</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>11.925</x:v>
+        <x:v>11.27</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45966.7603935185</x:v>
+        <x:v>46000.7422800926</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>9.84</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>12</x:v>
+        <x:v>11.22</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45966.7414814815</x:v>
+        <x:v>45999.7427662037</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>9.84</x:v>
+        <x:v>9.43</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>12</x:v>
+        <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45965.7581597222</x:v>
+        <x:v>45996.7416898148</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>9.824</x:v>
+        <x:v>9.438</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>11.98</x:v>
+        <x:v>11.51</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45965.7416782407</x:v>
+        <x:v>45995.7432523148</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>9.824</x:v>
+        <x:v>9.311</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>11.98</x:v>
+        <x:v>11.355</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45964.7418171296</x:v>
+        <x:v>45994.7432638889</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>10.094</x:v>
+        <x:v>9.225</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>12.31</x:v>
+        <x:v>11.25</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45961.8178587963</x:v>
+        <x:v>45993.7429166667</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>9.828</x:v>
+        <x:v>9.164</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>11.985</x:v>
+        <x:v>11.175</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45961.7663078704</x:v>
+        <x:v>45992.741724537</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>9.828</x:v>
+        <x:v>9.102</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>11.985</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45961.7596296296</x:v>
+        <x:v>45989.7431481481</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>9.828</x:v>
+        <x:v>8.93</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>11.985</x:v>
+        <x:v>10.89</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45961.7416435185</x:v>
+        <x:v>45988.7414583333</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>9.828</x:v>
+        <x:v>8.782</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>11.985</x:v>
+        <x:v>10.71</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45960.7713657407</x:v>
+        <x:v>45987.7426157407</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>9.996</x:v>
+        <x:v>8.811</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>12.19</x:v>
+        <x:v>10.745</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45960.7414583333</x:v>
+        <x:v>45986.7689236111</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>9.996</x:v>
+        <x:v>8.651</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>12.19</x:v>
+        <x:v>10.55</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45959.763599537</x:v>
+        <x:v>45986.7424537037</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>10.143</x:v>
+        <x:v>8.651</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>12.37</x:v>
+        <x:v>10.55</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45959.741724537</x:v>
+        <x:v>45985.7418287037</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>10.143</x:v>
+        <x:v>8.749</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>12.37</x:v>
+        <x:v>10.67</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45958.741412037</x:v>
+        <x:v>45982.7638541667</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>10.131</x:v>
+        <x:v>8.614</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>12.355</x:v>
+        <x:v>10.505</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45957.7416435185</x:v>
+        <x:v>45981.7416087963</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>9.778</x:v>
+        <x:v>8.528</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>11.925</x:v>
+        <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45954.7428819444</x:v>
+        <x:v>45980.7414351852</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>9.963</x:v>
+        <x:v>9.807</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>12.15</x:v>
+        <x:v>11.96</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45953.774849537</x:v>
+        <x:v>45979.7620949074</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>8.991</x:v>
+        <x:v>9.885</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>10.965</x:v>
+        <x:v>12.055</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45953.7428703704</x:v>
+        <x:v>45979.7413425926</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>8.991</x:v>
+        <x:v>9.885</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>10.965</x:v>
+        <x:v>12.055</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45952.760787037</x:v>
+        <x:v>45978.7625578704</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>8.327</x:v>
+        <x:v>10.033</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>10.155</x:v>
+        <x:v>12.235</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45952.7425115741</x:v>
+        <x:v>45975.7665740741</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>8.327</x:v>
+        <x:v>10.123</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>10.155</x:v>
+        <x:v>12.345</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45951.7420949074</x:v>
+        <x:v>45975.7415625</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>8.2</x:v>
+        <x:v>10.123</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>10</x:v>
+        <x:v>12.345</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45950.8196759259</x:v>
+        <x:v>45974.7421527778</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>8.257</x:v>
+        <x:v>10.32</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>10.07</x:v>
+        <x:v>12.585</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45947.7632291667</x:v>
+        <x:v>45973.7618287037</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>8.208</x:v>
+        <x:v>10.332</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>10.01</x:v>
+        <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45946.7603009259</x:v>
+        <x:v>45973.7424652778</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>8.241</x:v>
+        <x:v>10.332</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>10.05</x:v>
+        <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45946.7415393519</x:v>
+        <x:v>45972.7415856481</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>8.241</x:v>
+        <x:v>10.148</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>10.05</x:v>
+        <x:v>12.375</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45945.768900463</x:v>
+        <x:v>45968.7599652778</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>8.175</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>9.97</x:v>
+        <x:v>11.975</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45944.769375</x:v>
+        <x:v>45968.7419907407</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>8.052</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>9.82</x:v>
+        <x:v>11.975</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45944.7417708333</x:v>
+        <x:v>45967.7415509259</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>8.052</x:v>
+        <x:v>9.778</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>9.82</x:v>
+        <x:v>11.925</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45943.7465509259</x:v>
+        <x:v>45966.7603935185</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>8.177</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>9.972</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45940.7627662037</x:v>
+        <x:v>45966.7414814815</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>8.134</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>9.92</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45940.7458912037</x:v>
+        <x:v>45965.7581597222</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>8.134</x:v>
+        <x:v>9.824</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>9.92</x:v>
+        <x:v>11.98</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45939.7571527778</x:v>
+        <x:v>45965.7416782407</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>8.249</x:v>
+        <x:v>9.824</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>10.06</x:v>
+        <x:v>11.98</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45939.744212963</x:v>
+        <x:v>45964.7418171296</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>8.249</x:v>
+        <x:v>10.094</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>10.06</x:v>
+        <x:v>12.31</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45938.7624652778</x:v>
+        <x:v>45961.8178587963</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>8.426</x:v>
+        <x:v>9.828</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>10.275</x:v>
+        <x:v>11.985</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45938.741099537</x:v>
+        <x:v>45961.7663078704</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>8.426</x:v>
+        <x:v>9.828</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>10.275</x:v>
+        <x:v>11.985</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45937.7621875</x:v>
+        <x:v>45961.7596296296</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>8.524</x:v>
+        <x:v>9.828</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>10.395</x:v>
+        <x:v>11.985</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45937.7408564815</x:v>
+        <x:v>45961.7416435185</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>8.524</x:v>
+        <x:v>9.828</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>10.395</x:v>
+        <x:v>11.985</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45936.7575231481</x:v>
+        <x:v>45960.7713657407</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>8.733</x:v>
+        <x:v>9.996</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>10.65</x:v>
+        <x:v>12.19</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45936.7406365741</x:v>
+        <x:v>45960.7414583333</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>8.733</x:v>
+        <x:v>9.996</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>10.65</x:v>
+        <x:v>12.19</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45933.7560416667</x:v>
+        <x:v>45959.763599537</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>8.741</x:v>
+        <x:v>10.143</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>10.66</x:v>
+        <x:v>12.37</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45933.7405324074</x:v>
+        <x:v>45959.741724537</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>8.741</x:v>
+        <x:v>10.143</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>10.66</x:v>
+        <x:v>12.37</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45932.7410648148</x:v>
+        <x:v>45958.741412037</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>8.61</x:v>
+        <x:v>10.131</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>10.5</x:v>
+        <x:v>12.355</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45931.7405092593</x:v>
+        <x:v>45957.7416435185</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>8.733</x:v>
+        <x:v>9.778</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>10.65</x:v>
+        <x:v>11.925</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45930.7402430556</x:v>
+        <x:v>45954.7428819444</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>8.721</x:v>
+        <x:v>9.963</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>10.635</x:v>
+        <x:v>12.15</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45929.7559837963</x:v>
+        <x:v>45953.774849537</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>8.803</x:v>
+        <x:v>8.991</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>10.735</x:v>
+        <x:v>10.965</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45929.7405902778</x:v>
+        <x:v>45953.7428703704</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>8.803</x:v>
+        <x:v>8.991</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>10.735</x:v>
+        <x:v>10.965</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45926.7405902778</x:v>
+        <x:v>45952.760787037</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>8.819</x:v>
+        <x:v>8.327</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>10.755</x:v>
+        <x:v>10.155</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45925.7565046296</x:v>
+        <x:v>45952.7425115741</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>8.946</x:v>
+        <x:v>8.327</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>10.91</x:v>
+        <x:v>10.155</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45925.7404513889</x:v>
+        <x:v>45951.7420949074</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>8.946</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>10.91</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45924.7580439815</x:v>
+        <x:v>45950.8196759259</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>8.946</x:v>
+        <x:v>8.257</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>10.91</x:v>
+        <x:v>10.07</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45923.7566087963</x:v>
+        <x:v>45947.7632291667</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>9.118</x:v>
+        <x:v>8.208</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>11.12</x:v>
+        <x:v>10.01</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45923.7480902778</x:v>
+        <x:v>45946.7603009259</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>9.118</x:v>
+        <x:v>8.241</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>11.12</x:v>
+        <x:v>10.05</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45922.7577199074</x:v>
+        <x:v>45946.7415393519</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>9.028</x:v>
+        <x:v>8.241</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>11.01</x:v>
+        <x:v>10.05</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45922.7480902778</x:v>
+        <x:v>45945.768900463</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>9.028</x:v>
+        <x:v>8.175</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>11.01</x:v>
+        <x:v>9.97</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45919.7476967593</x:v>
+        <x:v>45944.769375</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>9.086</x:v>
+        <x:v>8.052</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>11.08</x:v>
+        <x:v>9.82</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45918.7597800926</x:v>
+        <x:v>45944.7417708333</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>9.086</x:v>
+        <x:v>8.052</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>11.08</x:v>
+        <x:v>9.82</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45918.7477314815</x:v>
+        <x:v>45943.7465509259</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>9.086</x:v>
+        <x:v>8.177</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>11.08</x:v>
+        <x:v>9.972</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45917.7474537037</x:v>
+        <x:v>45940.7627662037</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>9.27</x:v>
+        <x:v>8.134</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>11.305</x:v>
+        <x:v>9.92</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45916.7474074074</x:v>
+        <x:v>45940.7458912037</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>8.643</x:v>
+        <x:v>8.134</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>10.54</x:v>
+        <x:v>9.92</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45915.7474768519</x:v>
+        <x:v>45939.7571527778</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>8.737</x:v>
+        <x:v>8.249</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>10.655</x:v>
+        <x:v>10.06</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45912.7594675926</x:v>
+        <x:v>45939.744212963</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>8.606</x:v>
+        <x:v>8.249</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>10.495</x:v>
+        <x:v>10.06</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45912.7478472222</x:v>
+        <x:v>45938.7624652778</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>8.606</x:v>
+        <x:v>8.426</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>10.495</x:v>
+        <x:v>10.275</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45911.7587384259</x:v>
+        <x:v>45938.741099537</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>8.688</x:v>
+        <x:v>8.426</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>10.595</x:v>
+        <x:v>10.275</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45911.7477662037</x:v>
+        <x:v>45937.7621875</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>8.688</x:v>
+        <x:v>8.524</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>10.595</x:v>
+        <x:v>10.395</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45910.7475347222</x:v>
+        <x:v>45937.7408564815</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>8.577</x:v>
+        <x:v>8.524</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>10.46</x:v>
+        <x:v>10.395</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45909.7477199074</x:v>
+        <x:v>45936.7575231481</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>8.704</x:v>
+        <x:v>8.733</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>10.615</x:v>
+        <x:v>10.65</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45908.7485416667</x:v>
+        <x:v>45936.7406365741</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>8.667</x:v>
+        <x:v>8.733</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>10.57</x:v>
+        <x:v>10.65</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45905.7752893519</x:v>
+        <x:v>45933.7560416667</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>8.462</x:v>
+        <x:v>8.741</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>10.32</x:v>
+        <x:v>10.66</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45905.7480902778</x:v>
+        <x:v>45933.7405324074</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>8.462</x:v>
+        <x:v>8.741</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>10.32</x:v>
+        <x:v>10.66</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45904.7480092593</x:v>
+        <x:v>45932.7410648148</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
         <x:v>0.24</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>8.475</x:v>
+        <x:v>8.61</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>10.335</x:v>
+        <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45903.7601041667</x:v>
+        <x:v>45931.7405092593</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>8.372</x:v>
+        <x:v>8.733</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>10.21</x:v>
+        <x:v>10.65</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45903.7473842593</x:v>
+        <x:v>45930.7402430556</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>8.372</x:v>
+        <x:v>8.721</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>10.21</x:v>
+        <x:v>10.635</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45902.7617824074</x:v>
+        <x:v>45929.7559837963</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>8.487</x:v>
+        <x:v>8.803</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>10.35</x:v>
+        <x:v>10.735</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45902.7473842593</x:v>
+        <x:v>45929.7405902778</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>8.487</x:v>
+        <x:v>8.803</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>10.35</x:v>
+        <x:v>10.735</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45901.7594212963</x:v>
+        <x:v>45926.7405902778</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>8.581</x:v>
+        <x:v>8.819</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>10.465</x:v>
+        <x:v>10.755</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45901.7474305556</x:v>
+        <x:v>45925.7565046296</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>8.581</x:v>
+        <x:v>8.946</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>10.465</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45898.7627430556</x:v>
+        <x:v>45925.7404513889</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>8.491</x:v>
+        <x:v>8.946</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>10.355</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45898.7479861111</x:v>
+        <x:v>45924.7580439815</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>8.491</x:v>
+        <x:v>8.946</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>10.355</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45897.7576851852</x:v>
+        <x:v>45923.7566087963</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>8.512</x:v>
+        <x:v>9.118</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>10.38</x:v>
+        <x:v>11.12</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45897.7475925926</x:v>
+        <x:v>45923.7480902778</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>8.512</x:v>
+        <x:v>9.118</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>10.38</x:v>
+        <x:v>11.12</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45896.7598726852</x:v>
+        <x:v>45922.7577199074</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>8.548</x:v>
+        <x:v>9.028</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>10.425</x:v>
+        <x:v>11.01</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45895.7575347222</x:v>
+        <x:v>45922.7480902778</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>8.626</x:v>
+        <x:v>9.028</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>10.52</x:v>
+        <x:v>11.01</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45895.7478703704</x:v>
+        <x:v>45919.7476967593</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>8.626</x:v>
+        <x:v>9.086</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>10.52</x:v>
+        <x:v>11.08</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45894.7569675926</x:v>
+        <x:v>45918.7597800926</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>8.836</x:v>
+        <x:v>9.086</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>10.775</x:v>
+        <x:v>11.08</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45894.7474421296</x:v>
+        <x:v>45918.7477314815</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>8.836</x:v>
+        <x:v>9.086</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>10.775</x:v>
+        <x:v>11.08</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45891.7477893519</x:v>
+        <x:v>45917.7474537037</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>8.901</x:v>
+        <x:v>9.27</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>10.855</x:v>
+        <x:v>11.305</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45890.7565972222</x:v>
+        <x:v>45916.7474074074</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>8.688</x:v>
+        <x:v>8.643</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>10.595</x:v>
+        <x:v>10.54</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45890.7477199074</x:v>
+        <x:v>45915.7474768519</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>8.688</x:v>
+        <x:v>8.737</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>10.595</x:v>
+        <x:v>10.655</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45889.7593402778</x:v>
+        <x:v>45912.7594675926</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>8.59</x:v>
+        <x:v>8.606</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>10.475</x:v>
+        <x:v>10.495</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45888.7478472222</x:v>
+        <x:v>45912.7478472222</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>8.758</x:v>
+        <x:v>8.606</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>10.68</x:v>
+        <x:v>10.495</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45887.7583101852</x:v>
+        <x:v>45911.7587384259</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>8.426</x:v>
+        <x:v>8.688</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>10.275</x:v>
+        <x:v>10.595</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45887.7476736111</x:v>
+        <x:v>45911.7477662037</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>8.426</x:v>
+        <x:v>8.688</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>10.275</x:v>
+        <x:v>10.595</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45884.7578240741</x:v>
+        <x:v>45910.7475347222</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>8.565</x:v>
+        <x:v>8.577</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>10.445</x:v>
+        <x:v>10.46</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45884.7474768519</x:v>
+        <x:v>45909.7477199074</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>8.565</x:v>
+        <x:v>8.704</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>10.445</x:v>
+        <x:v>10.615</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45883.7578125</x:v>
+        <x:v>45908.7485416667</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
         <x:v>0.27</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>8.528</x:v>
+        <x:v>8.667</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>10.4</x:v>
+        <x:v>10.57</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45883.7478935185</x:v>
+        <x:v>45905.7752893519</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>8.528</x:v>
+        <x:v>8.462</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>10.4</x:v>
+        <x:v>10.32</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45882.7607986111</x:v>
+        <x:v>45905.7480902778</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>8.499</x:v>
+        <x:v>8.462</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>10.365</x:v>
+        <x:v>10.32</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45882.7479861111</x:v>
+        <x:v>45904.7480092593</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>8.499</x:v>
+        <x:v>8.475</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>10.365</x:v>
+        <x:v>10.335</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45881.7571990741</x:v>
+        <x:v>45903.7601041667</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>8.409</x:v>
+        <x:v>8.372</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>10.255</x:v>
+        <x:v>10.21</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45881.7473958333</x:v>
+        <x:v>45903.7473842593</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>8.409</x:v>
+        <x:v>8.372</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>10.255</x:v>
+        <x:v>10.21</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45880.7587152778</x:v>
+        <x:v>45902.7617824074</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>8.212</x:v>
+        <x:v>8.487</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>10.015</x:v>
+        <x:v>10.35</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45880.7478240741</x:v>
+        <x:v>45902.7473842593</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>8.212</x:v>
+        <x:v>8.487</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>10.015</x:v>
+        <x:v>10.35</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45877.7474537037</x:v>
+        <x:v>45901.7594212963</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>8.184</x:v>
+        <x:v>8.581</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>9.98</x:v>
+        <x:v>10.465</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45876.747962963</x:v>
+        <x:v>45901.7474305556</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>7.839</x:v>
+        <x:v>8.581</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>9.56</x:v>
+        <x:v>10.465</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45875.7593981481</x:v>
+        <x:v>45898.7627430556</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>7.757</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>9.46</x:v>
+        <x:v>10.355</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45875.7478356482</x:v>
+        <x:v>45898.7479861111</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>7.757</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>9.46</x:v>
+        <x:v>10.355</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45874.7580787037</x:v>
+        <x:v>45897.7576851852</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>7.815</x:v>
+        <x:v>8.512</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>9.53</x:v>
+        <x:v>10.38</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45873.7608680556</x:v>
+        <x:v>45897.7475925926</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>7.669</x:v>
+        <x:v>8.512</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>9.352</x:v>
+        <x:v>10.38</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45873.7479398148</x:v>
+        <x:v>45896.7598726852</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>7.669</x:v>
+        <x:v>8.548</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>9.352</x:v>
+        <x:v>10.425</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45870.7602199074</x:v>
+        <x:v>45895.7575347222</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>7.775</x:v>
+        <x:v>8.626</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>9.482</x:v>
+        <x:v>10.52</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45870.7474768519</x:v>
+        <x:v>45895.7478703704</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>7.775</x:v>
+        <x:v>8.626</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>9.482</x:v>
+        <x:v>10.52</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45869.7477777778</x:v>
+        <x:v>45894.7569675926</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>7.877</x:v>
+        <x:v>8.836</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>9.606</x:v>
+        <x:v>10.775</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45868.7573032407</x:v>
+        <x:v>45894.7474421296</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>7.764</x:v>
+        <x:v>8.836</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>9.468</x:v>
+        <x:v>10.775</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45868.7478935185</x:v>
+        <x:v>45891.7477893519</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>7.764</x:v>
+        <x:v>8.901</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>9.468</x:v>
+        <x:v>10.855</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45867.7584259259</x:v>
+        <x:v>45890.7565972222</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>8.057</x:v>
+        <x:v>8.688</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>9.826</x:v>
+        <x:v>10.595</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45867.7473726852</x:v>
+        <x:v>45890.7477199074</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>8.057</x:v>
+        <x:v>8.688</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>9.826</x:v>
+        <x:v>10.595</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45866.758275463</x:v>
+        <x:v>45889.7593402778</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>8.072</x:v>
+        <x:v>8.59</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>9.844</x:v>
+        <x:v>10.475</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45866.747962963</x:v>
+        <x:v>45888.7478472222</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>8.072</x:v>
+        <x:v>8.758</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>9.844</x:v>
+        <x:v>10.68</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45863.7567939815</x:v>
+        <x:v>45887.7583101852</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>8.02</x:v>
+        <x:v>8.426</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>9.78</x:v>
+        <x:v>10.275</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45862.7627430556</x:v>
+        <x:v>45887.7476736111</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>8.475</x:v>
+        <x:v>8.426</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>10.335</x:v>
+        <x:v>10.275</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45862.7478356482</x:v>
+        <x:v>45884.7578240741</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>8.475</x:v>
+        <x:v>8.565</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>10.335</x:v>
+        <x:v>10.445</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45861.7586921296</x:v>
+        <x:v>45884.7474768519</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>8.491</x:v>
+        <x:v>8.565</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>10.355</x:v>
+        <x:v>10.445</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45861.7478935185</x:v>
+        <x:v>45883.7578125</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>8.491</x:v>
+        <x:v>8.528</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>10.355</x:v>
+        <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45860.7479976852</x:v>
+        <x:v>45883.7478935185</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>8.061</x:v>
+        <x:v>8.528</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>9.83</x:v>
+        <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45859.7478009259</x:v>
+        <x:v>45882.7607986111</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>8.22</x:v>
+        <x:v>8.499</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>10.025</x:v>
+        <x:v>10.365</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45856.7473726852</x:v>
+        <x:v>45882.7479861111</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>8.115</x:v>
+        <x:v>8.499</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>9.896</x:v>
+        <x:v>10.365</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45855.7569444444</x:v>
+        <x:v>45881.7571990741</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
         <x:v>0.25</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>8.164</x:v>
+        <x:v>8.409</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>9.956</x:v>
+        <x:v>10.255</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45854.9360185185</x:v>
+        <x:v>45881.7473958333</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>7.928</x:v>
+        <x:v>8.409</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>9.668</x:v>
+        <x:v>10.255</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45854.7691782407</x:v>
+        <x:v>45880.7587152778</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>7.928</x:v>
+        <x:v>8.212</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>9.668</x:v>
+        <x:v>10.015</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45853.7615625</x:v>
+        <x:v>45880.7478240741</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>8.082</x:v>
+        <x:v>8.212</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>9.856</x:v>
+        <x:v>10.015</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45852.7625462963</x:v>
+        <x:v>45877.7474537037</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>8.085</x:v>
+        <x:v>8.184</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>9.86</x:v>
+        <x:v>9.98</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45849.7864467593</x:v>
+        <x:v>45876.747962963</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>8.225</x:v>
+        <x:v>7.839</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>10.03</x:v>
+        <x:v>9.56</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45848.7618055556</x:v>
+        <x:v>45875.7593981481</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>8.327</x:v>
+        <x:v>7.757</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>10.155</x:v>
+        <x:v>9.46</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45847.7591435185</x:v>
+        <x:v>45875.7478356482</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>8.208</x:v>
+        <x:v>7.757</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>10.01</x:v>
+        <x:v>9.46</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45846.7607523148</x:v>
+        <x:v>45874.7580787037</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>7.957</x:v>
+        <x:v>7.815</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>9.704</x:v>
+        <x:v>9.53</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45845.7574421296</x:v>
+        <x:v>45873.7608680556</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>7.687</x:v>
+        <x:v>7.669</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>9.374</x:v>
+        <x:v>9.352</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45842.7613657407</x:v>
+        <x:v>45873.7479398148</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>7.623</x:v>
+        <x:v>7.669</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>9.296</x:v>
+        <x:v>9.352</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45841.7610763889</x:v>
+        <x:v>45870.7602199074</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>7.765</x:v>
+        <x:v>7.775</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>9.47</x:v>
+        <x:v>9.482</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45840.9304282407</x:v>
+        <x:v>45870.7474768519</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>7.903</x:v>
+        <x:v>7.775</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>9.638</x:v>
+        <x:v>9.482</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45839.7591550926</x:v>
+        <x:v>45869.7477777778</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>7.587</x:v>
+        <x:v>7.877</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>9.252</x:v>
+        <x:v>9.606</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45838.7567824074</x:v>
+        <x:v>45868.7573032407</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>7.618</x:v>
+        <x:v>7.764</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>9.29</x:v>
+        <x:v>9.468</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45835.7579861111</x:v>
+        <x:v>45868.7478935185</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>7.778</x:v>
+        <x:v>7.764</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>9.486</x:v>
+        <x:v>9.468</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45834.7579166667</x:v>
+        <x:v>45867.7584259259</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>7.528</x:v>
+        <x:v>8.057</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>9.18</x:v>
+        <x:v>9.826</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45833.7638078704</x:v>
+        <x:v>45867.7473726852</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>7.321</x:v>
+        <x:v>8.057</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>8.928</x:v>
+        <x:v>9.826</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45832.757974537</x:v>
+        <x:v>45866.758275463</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>7.4</x:v>
+        <x:v>8.072</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>9.024</x:v>
+        <x:v>9.844</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45831.759837963</x:v>
+        <x:v>45866.747962963</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>7.018</x:v>
+        <x:v>8.072</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>8.558</x:v>
+        <x:v>9.844</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45828.7626041667</x:v>
+        <x:v>45863.7567939815</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>7.319</x:v>
+        <x:v>8.02</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>8.926</x:v>
+        <x:v>9.78</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45827.7613657407</x:v>
+        <x:v>45862.7627430556</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>7.346</x:v>
+        <x:v>8.475</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>8.958</x:v>
+        <x:v>10.335</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45826.7621759259</x:v>
+        <x:v>45862.7478356482</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>7.413</x:v>
+        <x:v>8.475</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>9.04</x:v>
+        <x:v>10.335</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45825.7634259259</x:v>
+        <x:v>45861.7586921296</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>7.454</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>9.09</x:v>
+        <x:v>10.355</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45824.7587962963</x:v>
+        <x:v>45861.7478935185</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>7.477</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>9.118</x:v>
+        <x:v>10.355</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45821.7600694444</x:v>
+        <x:v>45860.7479976852</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>7.27</x:v>
+        <x:v>8.061</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>8.866</x:v>
+        <x:v>9.83</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45820.7827662037</x:v>
+        <x:v>45859.7478009259</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>7.501</x:v>
+        <x:v>8.22</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>9.148</x:v>
+        <x:v>10.025</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45819.7603819444</x:v>
+        <x:v>45856.7473726852</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>7.644</x:v>
+        <x:v>8.115</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>9.322</x:v>
+        <x:v>9.896</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45818.7603240741</x:v>
+        <x:v>45855.7569444444</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>7.455</x:v>
+        <x:v>8.164</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>9.092</x:v>
+        <x:v>9.956</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45817.7587268519</x:v>
+        <x:v>45854.9360185185</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>7.16</x:v>
+        <x:v>7.928</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>8.732</x:v>
+        <x:v>9.668</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45814.7597453704</x:v>
+        <x:v>45854.7691782407</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>7.044</x:v>
+        <x:v>7.928</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>8.59</x:v>
+        <x:v>9.668</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45813.7588194444</x:v>
+        <x:v>45853.7615625</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>7.006</x:v>
+        <x:v>8.082</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>8.544</x:v>
+        <x:v>9.856</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45812.7669791667</x:v>
+        <x:v>45852.7625462963</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>7.219</x:v>
+        <x:v>8.085</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>8.804</x:v>
+        <x:v>9.86</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45811.9361805556</x:v>
+        <x:v>45849.7864467593</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>7.364</x:v>
+        <x:v>8.225</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>8.98</x:v>
+        <x:v>10.03</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45811.7585763889</x:v>
+        <x:v>45848.7618055556</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>7.364</x:v>
+        <x:v>8.327</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>8.98</x:v>
+        <x:v>10.155</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45810.9414583333</x:v>
+        <x:v>45847.7591435185</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>7.334</x:v>
+        <x:v>8.208</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>8.944</x:v>
+        <x:v>10.01</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45810.7576388889</x:v>
+        <x:v>45846.7607523148</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>7.334</x:v>
+        <x:v>7.957</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>8.944</x:v>
+        <x:v>9.704</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45803.758912037</x:v>
+        <x:v>45845.7574421296</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
         <x:v>0.19</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>7.062</x:v>
+        <x:v>7.687</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>8.996</x:v>
+        <x:v>9.374</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45803.3275</x:v>
+        <x:v>45842.7613657407</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>7.06</x:v>
+        <x:v>7.623</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>8.994</x:v>
+        <x:v>9.296</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45800.759525463</x:v>
+        <x:v>45841.7610763889</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>7.375</x:v>
+        <x:v>7.765</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>8.994</x:v>
+        <x:v>9.47</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45799.7595138889</x:v>
+        <x:v>45840.9304282407</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>7.588</x:v>
+        <x:v>7.903</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>9.254</x:v>
+        <x:v>9.638</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45798.764212963</x:v>
+        <x:v>45839.7591550926</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>7.793</x:v>
+        <x:v>7.587</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>9.504</x:v>
+        <x:v>9.252</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45797.7621759259</x:v>
+        <x:v>45838.7567824074</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>7.898</x:v>
+        <x:v>7.618</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>9.632</x:v>
+        <x:v>9.29</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45796.7617013889</x:v>
+        <x:v>45835.7579861111</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>7.662</x:v>
+        <x:v>7.778</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>9.344</x:v>
+        <x:v>9.486</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45793.7569675926</x:v>
+        <x:v>45834.7579166667</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>7.69</x:v>
+        <x:v>7.528</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>9.378</x:v>
+        <x:v>9.18</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45792.7607638889</x:v>
+        <x:v>45833.7638078704</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>7.8</x:v>
+        <x:v>7.321</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>9.512</x:v>
+        <x:v>8.928</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45791.7641666667</x:v>
+        <x:v>45832.757974537</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>7.984</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>9.736</x:v>
+        <x:v>9.024</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45790.7569560185</x:v>
+        <x:v>45831.759837963</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>8.059</x:v>
+        <x:v>7.018</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>9.828</x:v>
+        <x:v>8.558</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45789.7604166667</x:v>
+        <x:v>45828.7626041667</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>7.87</x:v>
+        <x:v>7.319</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>9.598</x:v>
+        <x:v>8.926</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45786.7590277778</x:v>
+        <x:v>45827.7613657407</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
         <x:v>0.17</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>7.35</x:v>
+        <x:v>7.346</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>8.964</x:v>
+        <x:v>8.958</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45785.757662037</x:v>
+        <x:v>45826.7621759259</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>7.282</x:v>
+        <x:v>7.413</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>8.88</x:v>
+        <x:v>9.04</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45784.7685300926</x:v>
+        <x:v>45825.7634259259</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>7.085</x:v>
+        <x:v>7.454</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>8.64</x:v>
+        <x:v>9.09</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45783.7611458333</x:v>
+        <x:v>45824.7587962963</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>7.121</x:v>
+        <x:v>7.477</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>8.684</x:v>
+        <x:v>9.118</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45782.7990856481</x:v>
+        <x:v>45821.7600694444</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>7.122</x:v>
+        <x:v>7.27</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>8.686</x:v>
+        <x:v>8.866</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45782.7613310185</x:v>
+        <x:v>45820.7827662037</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>7.122</x:v>
+        <x:v>7.501</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>8.686</x:v>
+        <x:v>9.148</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45779.7593402778</x:v>
+        <x:v>45819.7603819444</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>7.275</x:v>
+        <x:v>7.644</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>8.872</x:v>
+        <x:v>9.322</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45777.7615046296</x:v>
+        <x:v>45818.7603240741</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>7.108</x:v>
+        <x:v>7.455</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>8.668</x:v>
+        <x:v>9.092</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45776.7598726852</x:v>
+        <x:v>45817.7587268519</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
         <x:v>0.16</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>7.234</x:v>
+        <x:v>7.16</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>8.822</x:v>
+        <x:v>8.732</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45775.760162037</x:v>
+        <x:v>45814.7597453704</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>7.28</x:v>
+        <x:v>7.044</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>8.878</x:v>
+        <x:v>8.59</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45772.7647106481</x:v>
+        <x:v>45813.7588194444</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>7.285</x:v>
+        <x:v>7.006</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>8.884</x:v>
+        <x:v>8.544</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45771.7646180556</x:v>
+        <x:v>45812.7669791667</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
         <x:v>0.16</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>7.206</x:v>
+        <x:v>7.219</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>8.788</x:v>
+        <x:v>8.804</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45770.7699421296</x:v>
+        <x:v>45811.9361805556</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>7.049</x:v>
+        <x:v>7.364</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>8.596</x:v>
+        <x:v>8.98</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45769.7600925926</x:v>
+        <x:v>45811.7585763889</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>6.686</x:v>
+        <x:v>7.364</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>8.154</x:v>
+        <x:v>8.98</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45764.7627546296</x:v>
+        <x:v>45810.9414583333</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>6.585</x:v>
+        <x:v>7.334</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>8.03</x:v>
+        <x:v>8.944</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45763.7624189815</x:v>
+        <x:v>45810.7576388889</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>6.598</x:v>
+        <x:v>7.334</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>8.046</x:v>
+        <x:v>8.944</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45762.7597800926</x:v>
+        <x:v>45803.758912037</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>6.709</x:v>
+        <x:v>7.062</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>8.182</x:v>
+        <x:v>8.996</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45761.7605787037</x:v>
+        <x:v>45803.3275</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>6.278</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>7.656</x:v>
+        <x:v>8.994</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45758.7870138889</x:v>
+        <x:v>45800.759525463</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>6.152</x:v>
+        <x:v>7.375</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>7.502</x:v>
+        <x:v>8.994</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45757.76875</x:v>
+        <x:v>45799.7595138889</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>5.973</x:v>
+        <x:v>7.588</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>7.284</x:v>
+        <x:v>9.254</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45756.7571990741</x:v>
+        <x:v>45798.764212963</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>5.586</x:v>
+        <x:v>7.793</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>6.812</x:v>
+        <x:v>9.504</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45755.7790625</x:v>
+        <x:v>45797.7621759259</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>6.065</x:v>
+        <x:v>7.898</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>7.396</x:v>
+        <x:v>9.632</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45754.7628356482</x:v>
+        <x:v>45796.7617013889</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>6.14</x:v>
+        <x:v>7.662</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>7.488</x:v>
+        <x:v>9.344</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45751.759212963</x:v>
+        <x:v>45793.7569675926</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>6.217</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>7.582</x:v>
+        <x:v>9.378</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45750.763599537</x:v>
+        <x:v>45792.7607638889</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>6.548</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>7.986</x:v>
+        <x:v>9.512</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45749.7615162037</x:v>
+        <x:v>45791.7641666667</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>6.95</x:v>
+        <x:v>7.984</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>8.476</x:v>
+        <x:v>9.736</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45748.7585416667</x:v>
+        <x:v>45790.7569560185</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>7.027</x:v>
+        <x:v>8.059</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>8.57</x:v>
+        <x:v>9.828</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45747.7615856481</x:v>
+        <x:v>45789.7604166667</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>7.039</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>8.584</x:v>
+        <x:v>9.598</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45744.7643518519</x:v>
+        <x:v>45786.7590277778</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>7.305</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>8.908</x:v>
+        <x:v>8.964</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45743.7674421296</x:v>
+        <x:v>45785.757662037</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>7.549</x:v>
+        <x:v>7.282</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>9.206</x:v>
+        <x:v>8.88</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45742.7590046296</x:v>
+        <x:v>45784.7685300926</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>8.184</x:v>
+        <x:v>7.085</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>9.98</x:v>
+        <x:v>8.64</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45741.7595833333</x:v>
+        <x:v>45783.7611458333</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>8.405</x:v>
+        <x:v>7.121</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>10.25</x:v>
+        <x:v>8.684</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45740.7636689815</x:v>
+        <x:v>45782.7990856481</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>8.074</x:v>
+        <x:v>7.122</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>9.846</x:v>
+        <x:v>8.686</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45737.7594328704</x:v>
+        <x:v>45782.7613310185</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>8.08</x:v>
+        <x:v>7.122</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>9.854</x:v>
+        <x:v>8.686</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45736.7631944444</x:v>
+        <x:v>45779.7593402778</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>8.116</x:v>
+        <x:v>7.275</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>9.898</x:v>
+        <x:v>8.872</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45735.758275463</x:v>
+        <x:v>45777.7615046296</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>8.22</x:v>
+        <x:v>7.108</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>10.025</x:v>
+        <x:v>8.668</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45734.7603240741</x:v>
+        <x:v>45776.7598726852</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>8.245</x:v>
+        <x:v>7.234</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>10.055</x:v>
+        <x:v>8.822</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45733.7571527778</x:v>
+        <x:v>45775.760162037</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>8.151</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>9.94</x:v>
+        <x:v>8.878</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45730.7613194444</x:v>
+        <x:v>45772.7647106481</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>7.803</x:v>
+        <x:v>7.285</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>9.772</x:v>
+        <x:v>8.884</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45729.7592476852</x:v>
+        <x:v>45771.7646180556</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>7.803</x:v>
+        <x:v>7.206</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>0</x:v>
+        <x:v>8.788</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45728.7584953704</x:v>
+        <x:v>45770.7699421296</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>8.339</x:v>
+        <x:v>7.049</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>0</x:v>
+        <x:v>8.596</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45727.7600925926</x:v>
+        <x:v>45769.7600925926</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>8.216</x:v>
+        <x:v>6.686</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>10.02</x:v>
+        <x:v>8.154</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45726.7683912037</x:v>
+        <x:v>45764.7627546296</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>8.241</x:v>
+        <x:v>6.585</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>10.05</x:v>
+        <x:v>8.03</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45723.7597453704</x:v>
+        <x:v>45763.7624189815</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>8.212</x:v>
+        <x:v>6.598</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>10.015</x:v>
+        <x:v>8.046</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45722.7590856481</x:v>
+        <x:v>45762.7597800926</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>7.677</x:v>
+        <x:v>6.709</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>9.362</x:v>
+        <x:v>8.182</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45721.7633217593</x:v>
+        <x:v>45761.7605787037</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>7.365</x:v>
+        <x:v>6.278</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>8.982</x:v>
+        <x:v>7.656</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45720.7599652778</x:v>
+        <x:v>45758.7870138889</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>8.253</x:v>
+        <x:v>6.152</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>10.065</x:v>
+        <x:v>7.502</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45719.7600694444</x:v>
+        <x:v>45757.76875</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>8.216</x:v>
+        <x:v>5.973</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>10.02</x:v>
+        <x:v>7.284</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45716.7600810185</x:v>
+        <x:v>45756.7571990741</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>9.254</x:v>
+        <x:v>5.586</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>11.285</x:v>
+        <x:v>6.812</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45715.7570138889</x:v>
+        <x:v>45755.7790625</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>1.71</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>9.393</x:v>
+        <x:v>6.065</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>11.455</x:v>
+        <x:v>7.396</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45714.7742361111</x:v>
+        <x:v>45754.7628356482</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>1.85</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>9.241</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>11.27</x:v>
+        <x:v>7.488</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45713.7590277778</x:v>
+        <x:v>45751.759212963</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>1.71</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>9.27</x:v>
+        <x:v>6.217</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>11.305</x:v>
+        <x:v>7.582</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45712.7659837963</x:v>
+        <x:v>45750.763599537</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>1.74</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>9.102</x:v>
+        <x:v>6.548</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>11.1</x:v>
+        <x:v>7.986</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45709.7638425926</x:v>
+        <x:v>45749.7615162037</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>1.6</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>9.008</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>10.985</x:v>
+        <x:v>8.476</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45708.7618055556</x:v>
+        <x:v>45748.7585416667</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>1.52</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>8.922</x:v>
+        <x:v>7.027</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>10.88</x:v>
+        <x:v>8.57</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45707.7576967593</x:v>
+        <x:v>45747.7615856481</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>1.45</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>9.082</x:v>
+        <x:v>7.039</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>11.075</x:v>
+        <x:v>8.584</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45706.7623611111</x:v>
+        <x:v>45744.7643518519</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>9.082</x:v>
+        <x:v>7.305</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>11.075</x:v>
+        <x:v>8.908</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45705.7592592593</x:v>
+        <x:v>45743.7674421296</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>9.319</x:v>
+        <x:v>7.549</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>11.365</x:v>
+        <x:v>9.206</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45702.7667592593</x:v>
+        <x:v>45742.7590046296</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>1.83</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>9.471</x:v>
+        <x:v>8.184</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>11.55</x:v>
+        <x:v>9.98</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45701.7653125</x:v>
+        <x:v>45741.7595833333</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>1.99</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>8.684</x:v>
+        <x:v>8.405</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>10.59</x:v>
+        <x:v>10.25</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45700.762650463</x:v>
+        <x:v>45740.7636689815</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>8.68</x:v>
+        <x:v>8.074</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>10.585</x:v>
+        <x:v>9.846</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45699.7633796296</x:v>
+        <x:v>45737.7594328704</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>8.573</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>10.455</x:v>
+        <x:v>9.854</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45698.7616782407</x:v>
+        <x:v>45736.7631944444</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>8.684</x:v>
+        <x:v>8.116</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>10.59</x:v>
+        <x:v>9.898</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45695.7610532407</x:v>
+        <x:v>45735.758275463</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>1.38</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>8.696</x:v>
+        <x:v>8.22</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>10.605</x:v>
+        <x:v>10.025</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45694.7633912037</x:v>
+        <x:v>45734.7603240741</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>1.39</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>8.446</x:v>
+        <x:v>8.245</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>10.3</x:v>
+        <x:v>10.055</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45693.7707060185</x:v>
+        <x:v>45733.7571527778</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>8.446</x:v>
+        <x:v>8.151</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>10.3</x:v>
+        <x:v>9.94</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45692.7817939815</x:v>
+        <x:v>45730.7613194444</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>1.25</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>8.495</x:v>
+        <x:v>7.803</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>10.36</x:v>
+        <x:v>9.772</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45691.928125</x:v>
+        <x:v>45729.7592476852</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>8.319</x:v>
+        <x:v>7.803</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>10.145</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45691.7626157407</x:v>
+        <x:v>45728.7584953704</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>8.319</x:v>
+        <x:v>8.339</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>10.145</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45688.7599421296</x:v>
+        <x:v>45727.7600925926</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>1.65</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>8.876</x:v>
+        <x:v>8.216</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>10.825</x:v>
+        <x:v>10.02</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45687.7639583333</x:v>
+        <x:v>45726.7683912037</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>1.81</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>9.028</x:v>
+        <x:v>8.241</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>11.01</x:v>
+        <x:v>10.05</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45686.76375</x:v>
+        <x:v>45723.7597453704</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>1.77</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>8.987</x:v>
+        <x:v>8.212</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>10.96</x:v>
+        <x:v>10.015</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45685.9323032407</x:v>
+        <x:v>45722.7590856481</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>1.87</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>9.09</x:v>
+        <x:v>7.677</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>11.085</x:v>
+        <x:v>9.362</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45685.7621990741</x:v>
+        <x:v>45721.7633217593</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>1.87</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>9.09</x:v>
+        <x:v>7.365</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>11.085</x:v>
+        <x:v>8.982</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45684.7611111111</x:v>
+        <x:v>45720.7599652778</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>1.88</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>9.094</x:v>
+        <x:v>8.253</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>11.09</x:v>
+        <x:v>10.065</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45681.7681018518</x:v>
+        <x:v>45719.7600694444</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>1.77</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>8.979</x:v>
+        <x:v>8.216</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>10.95</x:v>
+        <x:v>10.02</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45679.759537037</x:v>
+        <x:v>45716.7600810185</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>8.503</x:v>
+        <x:v>9.254</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>10.37</x:v>
+        <x:v>11.285</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45678.7595023148</x:v>
+        <x:v>45715.7570138889</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>1.44</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>8.581</x:v>
+        <x:v>9.393</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>10.465</x:v>
+        <x:v>11.455</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45677.7651041667</x:v>
+        <x:v>45714.7742361111</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>8.745</x:v>
+        <x:v>9.241</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>10.665</x:v>
+        <x:v>11.27</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45674.7630671296</x:v>
+        <x:v>45713.7590277778</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>1.48</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>8.614</x:v>
+        <x:v>9.27</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>10.505</x:v>
+        <x:v>11.305</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45673.7629513889</x:v>
+        <x:v>45712.7659837963</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>1.27</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>8.339</x:v>
+        <x:v>9.102</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>10.17</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45672.7645486111</x:v>
+        <x:v>45709.7638425926</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>1.35</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>8.438</x:v>
+        <x:v>9.008</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>10.29</x:v>
+        <x:v>10.985</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45671.7791666667</x:v>
+        <x:v>45708.7618055556</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>1.1</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>8.067</x:v>
+        <x:v>8.922</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>9.838</x:v>
+        <x:v>10.88</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45670.7590856481</x:v>
+        <x:v>45707.7576967593</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>0.86</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>7.649</x:v>
+        <x:v>9.082</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>9.328</x:v>
+        <x:v>11.075</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45667.7626157407</x:v>
+        <x:v>45706.7623611111</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>0.8</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>7.521</x:v>
+        <x:v>9.082</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>9.172</x:v>
+        <x:v>11.075</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45666.7588541667</x:v>
+        <x:v>45705.7592592593</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>0.76</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>7.449</x:v>
+        <x:v>9.319</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>9.084</x:v>
+        <x:v>11.365</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45665.7753240741</x:v>
+        <x:v>45702.7667592593</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>0.82</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>7.562</x:v>
+        <x:v>9.471</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>9.222</x:v>
+        <x:v>11.55</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45664.7606365741</x:v>
+        <x:v>45701.7653125</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>7.718</x:v>
+        <x:v>8.684</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>9.412</x:v>
+        <x:v>10.59</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45663.7687384259</x:v>
+        <x:v>45700.762650463</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>0.9</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>7.692</x:v>
+        <x:v>8.68</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>9.38</x:v>
+        <x:v>10.585</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45660.7612152778</x:v>
+        <x:v>45699.7633796296</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>0.76</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>7.413</x:v>
+        <x:v>8.573</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>9.04</x:v>
+        <x:v>10.455</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45659.7570949074</x:v>
+        <x:v>45698.7616782407</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>0.95</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>7.724</x:v>
+        <x:v>8.684</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>9.42</x:v>
+        <x:v>10.59</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45656.7590856481</x:v>
+        <x:v>45695.7610532407</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>0.83</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>7.503</x:v>
+        <x:v>8.696</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>9.15</x:v>
+        <x:v>10.605</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45653.7594212963</x:v>
+        <x:v>45694.7633912037</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>0.79</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>7.428</x:v>
+        <x:v>8.446</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>9.058</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45649.7573148148</x:v>
+        <x:v>45693.7707060185</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>0.72</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>7.278</x:v>
+        <x:v>8.446</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>8.876</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45646.7607291667</x:v>
+        <x:v>45692.7817939815</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>0.71</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>7.257</x:v>
+        <x:v>8.495</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>8.85</x:v>
+        <x:v>10.36</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45645.7575925926</x:v>
+        <x:v>45691.928125</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>0.71</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>7.247</x:v>
+        <x:v>8.319</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>8.838</x:v>
+        <x:v>10.145</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45644.7668402778</x:v>
+        <x:v>45691.7626157407</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>0.75</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>7.326</x:v>
+        <x:v>8.319</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>8.934</x:v>
+        <x:v>10.145</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45643.7697106482</x:v>
+        <x:v>45688.7599421296</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>0.71</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>7.242</x:v>
+        <x:v>8.876</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>8.832</x:v>
+        <x:v>10.825</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45642.7680902778</x:v>
+        <x:v>45687.7639583333</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>0.71</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>7.239</x:v>
+        <x:v>9.028</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>8.828</x:v>
+        <x:v>11.01</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45638.763287037</x:v>
+        <x:v>45686.76375</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>0.78</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>7.375</x:v>
+        <x:v>8.987</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>8.994</x:v>
+        <x:v>10.96</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45637.7962962963</x:v>
+        <x:v>45685.9323032407</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>0.76</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>7.334</x:v>
+        <x:v>9.09</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>8.944</x:v>
+        <x:v>11.085</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45636.7680208333</x:v>
+        <x:v>45685.7621990741</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>0.81</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>7.414</x:v>
+        <x:v>9.09</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>9.042</x:v>
+        <x:v>11.085</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45635.7600578704</x:v>
+        <x:v>45684.7611111111</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>0.84</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>7.474</x:v>
+        <x:v>9.094</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>9.114</x:v>
+        <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45632.7600810185</x:v>
+        <x:v>45681.7681018518</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>0.69</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>7.15</x:v>
+        <x:v>8.979</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>8.72</x:v>
+        <x:v>10.95</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45631.7586342593</x:v>
+        <x:v>45679.759537037</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>0.51</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>6.688</x:v>
+        <x:v>8.503</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>8.156</x:v>
+        <x:v>10.37</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45630.7638657407</x:v>
+        <x:v>45678.7595023148</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>0.43</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>6.189</x:v>
+        <x:v>8.581</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>7.548</x:v>
+        <x:v>10.465</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45629.7659490741</x:v>
+        <x:v>45677.7651041667</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>0.36</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>6.189</x:v>
+        <x:v>8.745</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>7.548</x:v>
+        <x:v>10.665</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45628.7705092593</x:v>
+        <x:v>45674.7630671296</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>0.4</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>6.334</x:v>
+        <x:v>8.614</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>7.724</x:v>
+        <x:v>10.505</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45625.7597916667</x:v>
+        <x:v>45673.7629513889</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>0.44</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>6.437</x:v>
+        <x:v>8.339</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>7.85</x:v>
+        <x:v>10.17</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45624.7724074074</x:v>
+        <x:v>45672.7645486111</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>0.42</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>6.366</x:v>
+        <x:v>8.438</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>7.764</x:v>
+        <x:v>10.29</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45623.7602546296</x:v>
+        <x:v>45671.7791666667</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>0.47</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>6.519</x:v>
+        <x:v>8.067</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>7.95</x:v>
+        <x:v>9.838</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45622.7714814815</x:v>
+        <x:v>45670.7590856481</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>6.668</x:v>
+        <x:v>7.649</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>8.132</x:v>
+        <x:v>9.328</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45621.76375</x:v>
+        <x:v>45667.7626157407</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>6.84</x:v>
+        <x:v>7.521</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>8.342</x:v>
+        <x:v>9.172</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45618.785150463</x:v>
+        <x:v>45666.7588541667</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>6.691</x:v>
+        <x:v>7.449</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>8.16</x:v>
+        <x:v>9.084</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45617.7602662037</x:v>
+        <x:v>45665.7753240741</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>6.573</x:v>
+        <x:v>7.562</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>8.016</x:v>
+        <x:v>9.222</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45616.7634259259</x:v>
+        <x:v>45664.7606365741</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>6.668</x:v>
+        <x:v>7.718</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>8.132</x:v>
+        <x:v>9.412</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45615.7578587963</x:v>
+        <x:v>45663.7687384259</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>6.921</x:v>
+        <x:v>7.692</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>8.44</x:v>
+        <x:v>9.38</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45614.7648842593</x:v>
+        <x:v>45660.7612152778</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>7.224</x:v>
+        <x:v>7.413</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>8.81</x:v>
+        <x:v>9.04</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45611.7686458333</x:v>
+        <x:v>45659.7570949074</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>7.277</x:v>
+        <x:v>7.724</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>8.874</x:v>
+        <x:v>9.42</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45610.7625</x:v>
+        <x:v>45656.7590856481</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>7.257</x:v>
+        <x:v>7.503</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>8.85</x:v>
+        <x:v>9.15</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45609.7625810185</x:v>
+        <x:v>45653.7594212963</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>7.264</x:v>
+        <x:v>7.428</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>8.858</x:v>
+        <x:v>9.058</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45608.7779282407</x:v>
+        <x:v>45649.7573148148</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>7.282</x:v>
+        <x:v>7.278</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>8.88</x:v>
+        <x:v>8.876</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45607.759224537</x:v>
+        <x:v>45646.7607291667</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>7.619</x:v>
+        <x:v>7.257</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>9.292</x:v>
+        <x:v>8.85</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45604.7572800926</x:v>
+        <x:v>45645.7575925926</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>7.506</x:v>
+        <x:v>7.247</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>9.154</x:v>
+        <x:v>8.838</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45603.7594444444</x:v>
+        <x:v>45644.7668402778</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>7.575</x:v>
+        <x:v>7.326</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>9.238</x:v>
+        <x:v>8.934</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45602.758900463</x:v>
+        <x:v>45643.7697106482</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>7.183</x:v>
+        <x:v>7.242</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>8.76</x:v>
+        <x:v>8.832</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45601.7576967593</x:v>
+        <x:v>45642.7680902778</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>1.03</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>7.413</x:v>
+        <x:v>7.239</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>9.04</x:v>
+        <x:v>8.828</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45600.7605555556</x:v>
+        <x:v>45638.763287037</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>1.04</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>7.421</x:v>
+        <x:v>7.375</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>9.05</x:v>
+        <x:v>8.994</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45597.7588078704</x:v>
+        <x:v>45637.7962962963</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>7.264</x:v>
+        <x:v>7.334</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>8.858</x:v>
+        <x:v>8.944</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45596.7617013889</x:v>
+        <x:v>45636.7680208333</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>7.295</x:v>
+        <x:v>7.414</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>8.896</x:v>
+        <x:v>9.042</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45595.7568981481</x:v>
+        <x:v>45635.7600578704</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>0.98</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>7.331</x:v>
+        <x:v>7.474</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>8.94</x:v>
+        <x:v>9.114</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45594.7605324074</x:v>
+        <x:v>45632.7600810185</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>1.08</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>7.469</x:v>
+        <x:v>7.15</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>9.108</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45593.7741898148</x:v>
+        <x:v>45631.7586342593</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>7.708</x:v>
+        <x:v>6.688</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>9.4</x:v>
+        <x:v>8.156</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45590.7682638889</x:v>
+        <x:v>45630.7638657407</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>7.726</x:v>
+        <x:v>6.189</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>9.422</x:v>
+        <x:v>7.548</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45589.7589351852</x:v>
+        <x:v>45629.7659490741</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>2.47</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>8.532</x:v>
+        <x:v>6.189</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>10.405</x:v>
+        <x:v>7.548</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45588.7684259259</x:v>
+        <x:v>45628.7705092593</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>2.27</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>8.38</x:v>
+        <x:v>6.334</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>10.22</x:v>
+        <x:v>7.724</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45587.7587152778</x:v>
+        <x:v>45625.7597916667</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>2.46</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>8.516</x:v>
+        <x:v>6.437</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>10.385</x:v>
+        <x:v>7.85</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45586.7589236111</x:v>
+        <x:v>45624.7724074074</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>2.22</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>8.327</x:v>
+        <x:v>6.366</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>10.155</x:v>
+        <x:v>7.764</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45583.7648726852</x:v>
+        <x:v>45623.7602546296</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>2.14</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>8.262</x:v>
+        <x:v>6.519</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>10.075</x:v>
+        <x:v>7.95</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45581.7578703704</x:v>
+        <x:v>45622.7714814815</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>2.03</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>8.162</x:v>
+        <x:v>6.668</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>9.954</x:v>
+        <x:v>8.132</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45580.7602546296</x:v>
+        <x:v>45621.76375</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>1.88</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>8.038</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>9.802</x:v>
+        <x:v>8.342</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45579.7583101852</x:v>
+        <x:v>45618.785150463</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>2.13</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>8.229</x:v>
+        <x:v>6.691</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>10.035</x:v>
+        <x:v>8.16</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45576.7678935185</x:v>
+        <x:v>45617.7602662037</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>2.21</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>8.282</x:v>
+        <x:v>6.573</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>10.1</x:v>
+        <x:v>8.016</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45575.7565625</x:v>
+        <x:v>45616.7634259259</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>2.2</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>8.278</x:v>
+        <x:v>6.668</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>10.095</x:v>
+        <x:v>8.132</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45574.7611111111</x:v>
+        <x:v>45615.7578587963</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>2.5</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>8.479</x:v>
+        <x:v>6.921</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>10.34</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45573.7605787037</x:v>
+        <x:v>45614.7648842593</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>2.18</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>8.233</x:v>
+        <x:v>7.224</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>10.04</x:v>
+        <x:v>8.81</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45572.7566087963</x:v>
+        <x:v>45611.7686458333</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>2.29</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>8.315</x:v>
+        <x:v>7.277</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>10.14</x:v>
+        <x:v>8.874</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45569.7642013889</x:v>
+        <x:v>45610.7625</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>3.04</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>8.741</x:v>
+        <x:v>7.257</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>10.66</x:v>
+        <x:v>8.85</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45568.765474537</x:v>
+        <x:v>45609.7625810185</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>2.61</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>8.458</x:v>
+        <x:v>7.264</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>10.315</x:v>
+        <x:v>8.858</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45567.7655324074</x:v>
+        <x:v>45608.7779282407</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>2.59</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>8.446</x:v>
+        <x:v>7.282</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>10.3</x:v>
+        <x:v>8.88</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45566.7561226852</x:v>
+        <x:v>45607.759224537</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>3.01</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>8.688</x:v>
+        <x:v>7.619</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>10.595</x:v>
+        <x:v>9.292</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45565.7591319444</x:v>
+        <x:v>45604.7572800926</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>3.37</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>8.872</x:v>
+        <x:v>7.506</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>10.82</x:v>
+        <x:v>9.154</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45562.7587268519</x:v>
+        <x:v>45603.7594444444</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>3.95</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>9.139</x:v>
+        <x:v>7.575</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>11.145</x:v>
+        <x:v>9.238</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45561.7609606481</x:v>
+        <x:v>45602.758900463</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>2.96</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>8.561</x:v>
+        <x:v>7.183</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>10.44</x:v>
+        <x:v>8.76</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45560.7716550926</x:v>
+        <x:v>45601.7576967593</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>2.3</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>8.1</x:v>
+        <x:v>7.413</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>9.878</x:v>
+        <x:v>9.04</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45559.7597106481</x:v>
+        <x:v>45600.7605555556</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>2.23</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>8.046</x:v>
+        <x:v>7.421</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>9.812</x:v>
+        <x:v>9.05</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45558.7541782407</x:v>
+        <x:v>45597.7588078704</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>2.03</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>7.893</x:v>
+        <x:v>7.264</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>9.626</x:v>
+        <x:v>8.858</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45555.7577777778</x:v>
+        <x:v>45596.7617013889</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>1.91</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>7.787</x:v>
+        <x:v>7.295</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>9.496</x:v>
+        <x:v>8.896</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45554.7555787037</x:v>
+        <x:v>45595.7568981481</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
-        <x:v>2.47</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>8.157</x:v>
+        <x:v>7.331</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>9.948</x:v>
+        <x:v>8.94</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45553.7544560185</x:v>
+        <x:v>45594.7605324074</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>2.08</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>7.864</x:v>
+        <x:v>7.469</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>9.59</x:v>
+        <x:v>9.108</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45552.7566087963</x:v>
+        <x:v>45593.7741898148</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>1.94</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>7.747</x:v>
+        <x:v>7.708</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>9.448</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45551.7525578704</x:v>
+        <x:v>45590.7682638889</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>1.65</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>7.482</x:v>
+        <x:v>7.726</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>9.124</x:v>
+        <x:v>9.422</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45548.7578125</x:v>
+        <x:v>45589.7589351852</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>1.96</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>7.724</x:v>
+        <x:v>8.532</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>9.42</x:v>
+        <x:v>10.405</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45547.7526736111</x:v>
+        <x:v>45588.7684259259</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>1.56</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>7.073</x:v>
+        <x:v>8.38</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>8.626</x:v>
+        <x:v>10.22</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45547.7526736111</x:v>
+        <x:v>45587.7587152778</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>1.56</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>7.341</x:v>
+        <x:v>8.516</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>8.952</x:v>
+        <x:v>10.385</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45546.750625</x:v>
+        <x:v>45586.7589236111</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>1.31</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>7.073</x:v>
+        <x:v>8.327</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>8.626</x:v>
+        <x:v>10.155</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45546.750625</x:v>
+        <x:v>45583.7648726852</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>1.31</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>7.146</x:v>
+        <x:v>8.262</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>8.714</x:v>
+        <x:v>10.075</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45545.7516087963</x:v>
+        <x:v>45581.7578703704</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>1.38</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>7.146</x:v>
+        <x:v>8.162</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>8.714</x:v>
+        <x:v>9.954</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45545.7516087963</x:v>
+        <x:v>45580.7602546296</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>1.38</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>7.47</x:v>
+        <x:v>8.038</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>9.11</x:v>
+        <x:v>9.802</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45544.7531597222</x:v>
+        <x:v>45579.7583101852</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>1.77</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>7.447</x:v>
+        <x:v>8.229</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>9.082</x:v>
+        <x:v>10.035</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45544.7531597222</x:v>
+        <x:v>45576.7678935185</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>1.77</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>7.47</x:v>
+        <x:v>8.282</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>9.11</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45541.7748726852</x:v>
+        <x:v>45575.7565625</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>1.74</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>7.769</x:v>
+        <x:v>8.278</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>9.474</x:v>
+        <x:v>10.095</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45540.7513310185</x:v>
+        <x:v>45574.7611111111</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>2.2</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>7.769</x:v>
+        <x:v>8.479</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>9.474</x:v>
+        <x:v>10.34</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45539.7505324074</x:v>
+        <x:v>45573.7605787037</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>2.09</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>7.69</x:v>
+        <x:v>8.233</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>9.378</x:v>
+        <x:v>10.04</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45538.7613888889</x:v>
+        <x:v>45572.7566087963</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>2.12</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>7.706</x:v>
+        <x:v>8.315</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>9.398</x:v>
+        <x:v>10.14</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45537.7586689815</x:v>
+        <x:v>45569.7642013889</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>2.49</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>7.941</x:v>
+        <x:v>8.741</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>9.684</x:v>
+        <x:v>10.66</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45534.758900463</x:v>
+        <x:v>45568.765474537</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>2.48</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>7.99</x:v>
+        <x:v>8.458</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>9.744</x:v>
+        <x:v>10.315</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
-        <x:v>45533.7650694444</x:v>
+        <x:v>45567.7655324074</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C414" s="0">
-        <x:v>2.58</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D414" s="0">
-        <x:v>7.99</x:v>
+        <x:v>8.446</x:v>
       </x:c>
       <x:c r="E414" s="0">
-        <x:v>9.744</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5">
       <x:c r="A415" s="1">
-        <x:v>45532.7509375</x:v>
+        <x:v>45566.7561226852</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C415" s="0">
-        <x:v>2.62</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D415" s="0">
-        <x:v>8.018</x:v>
+        <x:v>8.688</x:v>
       </x:c>
       <x:c r="E415" s="0">
-        <x:v>9.778</x:v>
+        <x:v>10.595</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5">
       <x:c r="A416" s="1">
-        <x:v>45531.7522800926</x:v>
+        <x:v>45565.7591319444</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C416" s="0">
-        <x:v>2.95</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="D416" s="0">
-        <x:v>8.131</x:v>
+        <x:v>8.872</x:v>
       </x:c>
       <x:c r="E416" s="0">
-        <x:v>9.916</x:v>
+        <x:v>10.82</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5">
       <x:c r="A417" s="1">
-        <x:v>45530.7534490741</x:v>
+        <x:v>45562.7587268519</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C417" s="0">
-        <x:v>2.84</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D417" s="0">
-        <x:v>8.131</x:v>
+        <x:v>9.139</x:v>
       </x:c>
       <x:c r="E417" s="0">
-        <x:v>9.916</x:v>
+        <x:v>11.145</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5">
       <x:c r="A418" s="1">
-        <x:v>45527.7533333333</x:v>
+        <x:v>45561.7609606481</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C418" s="0">
-        <x:v>2.76</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D418" s="0">
-        <x:v>7.949</x:v>
+        <x:v>8.561</x:v>
       </x:c>
       <x:c r="E418" s="0">
-        <x:v>9.694</x:v>
+        <x:v>10.44</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5">
       <x:c r="A419" s="1">
-        <x:v>45526.7495601852</x:v>
+        <x:v>45560.7716550926</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C419" s="0">
-        <x:v>2.55</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D419" s="0">
-        <x:v>7.949</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="E419" s="0">
-        <x:v>9.694</x:v>
+        <x:v>9.878</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5">
       <x:c r="A420" s="1">
-        <x:v>45525.7531828704</x:v>
+        <x:v>45559.7597106481</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C420" s="0">
-        <x:v>2.59</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D420" s="0">
-        <x:v>7.911</x:v>
+        <x:v>8.046</x:v>
       </x:c>
       <x:c r="E420" s="0">
-        <x:v>9.648</x:v>
+        <x:v>9.812</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5">
       <x:c r="A421" s="1">
-        <x:v>45524.7573263889</x:v>
+        <x:v>45558.7541782407</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C421" s="0">
-        <x:v>2.49</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D421" s="0">
-        <x:v>7.911</x:v>
+        <x:v>7.893</x:v>
       </x:c>
       <x:c r="E421" s="0">
-        <x:v>9.648</x:v>
+        <x:v>9.626</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5">
       <x:c r="A422" s="1">
-        <x:v>45523.7507407407</x:v>
+        <x:v>45555.7577777778</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C422" s="0">
-        <x:v>2.59</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D422" s="0">
-        <x:v>7.836</x:v>
+        <x:v>7.787</x:v>
       </x:c>
       <x:c r="E422" s="0">
-        <x:v>9.556</x:v>
+        <x:v>9.496</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5">
       <x:c r="A423" s="1">
-        <x:v>45520.7526273148</x:v>
+        <x:v>45554.7555787037</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C423" s="0">
-        <x:v>2.39</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D423" s="0">
-        <x:v>7.836</x:v>
+        <x:v>8.157</x:v>
       </x:c>
       <x:c r="E423" s="0">
-        <x:v>9.556</x:v>
+        <x:v>9.948</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5">
       <x:c r="A424" s="1">
-        <x:v>45519.7847800926</x:v>
+        <x:v>45553.7544560185</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C424" s="0">
-        <x:v>2.55</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D424" s="0">
-        <x:v>7.754</x:v>
+        <x:v>7.864</x:v>
       </x:c>
       <x:c r="E424" s="0">
-        <x:v>9.456</x:v>
+        <x:v>9.59</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5">
       <x:c r="A425" s="1">
-        <x:v>45518.7549652778</x:v>
+        <x:v>45552.7566087963</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C425" s="0">
-        <x:v>2.29</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D425" s="0">
-        <x:v>7.741</x:v>
+        <x:v>7.747</x:v>
       </x:c>
       <x:c r="E425" s="0">
-        <x:v>9.44</x:v>
+        <x:v>9.448</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5">
       <x:c r="A426" s="1">
-        <x:v>45517.7494212963</x:v>
+        <x:v>45551.7525578704</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C426" s="0">
-        <x:v>2.27</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D426" s="0">
-        <x:v>7.741</x:v>
+        <x:v>7.482</x:v>
       </x:c>
       <x:c r="E426" s="0">
-        <x:v>9.44</x:v>
+        <x:v>9.124</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5">
       <x:c r="A427" s="1">
-        <x:v>45516.7503935185</x:v>
+        <x:v>45548.7578125</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C427" s="0">
-        <x:v>2.22</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D427" s="0">
-        <x:v>7.78</x:v>
+        <x:v>7.724</x:v>
       </x:c>
       <x:c r="E427" s="0">
-        <x:v>9.488</x:v>
+        <x:v>9.42</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5">
       <x:c r="A428" s="1">
-        <x:v>45513.7535416667</x:v>
+        <x:v>45547.7526736111</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C428" s="0">
-        <x:v>2.34</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D428" s="0">
-        <x:v>7.721</x:v>
+        <x:v>7.073</x:v>
       </x:c>
       <x:c r="E428" s="0">
-        <x:v>9.416</x:v>
+        <x:v>8.626</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5">
       <x:c r="A429" s="1">
-        <x:v>45512.7519560185</x:v>
+        <x:v>45547.7526736111</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C429" s="0">
-        <x:v>2.25</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D429" s="0">
-        <x:v>7.721</x:v>
+        <x:v>7.341</x:v>
       </x:c>
       <x:c r="E429" s="0">
-        <x:v>9.416</x:v>
+        <x:v>8.952</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5">
       <x:c r="A430" s="1">
-        <x:v>45511.7528472222</x:v>
+        <x:v>45546.750625</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C430" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D430" s="0">
-        <x:v>7.447</x:v>
+        <x:v>7.073</x:v>
       </x:c>
       <x:c r="E430" s="0">
-        <x:v>9.082</x:v>
+        <x:v>8.626</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5">
       <x:c r="A431" s="1">
-        <x:v>45510.771087963</x:v>
+        <x:v>45546.750625</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C431" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D431" s="0">
-        <x:v>7.447</x:v>
+        <x:v>7.146</x:v>
       </x:c>
       <x:c r="E431" s="0">
-        <x:v>9.082</x:v>
+        <x:v>8.714</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5">
       <x:c r="A432" s="1">
-        <x:v>45509.7565856481</x:v>
+        <x:v>45545.7516087963</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C432" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D432" s="0">
-        <x:v>7.557</x:v>
+        <x:v>7.146</x:v>
       </x:c>
       <x:c r="E432" s="0">
-        <x:v>9.216</x:v>
+        <x:v>8.714</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5">
       <x:c r="A433" s="1">
-        <x:v>45506.7579282407</x:v>
+        <x:v>45545.7516087963</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C433" s="0">
-        <x:v>2.66</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D433" s="0">
-        <x:v>8.483</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="E433" s="0">
-        <x:v>10.345</x:v>
+        <x:v>9.11</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5">
       <x:c r="A434" s="1">
-        <x:v>45505.7519791667</x:v>
+        <x:v>45544.7531597222</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C434" s="0">
-        <x:v>4.03</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D434" s="0">
-        <x:v>8.68</x:v>
+        <x:v>7.447</x:v>
       </x:c>
       <x:c r="E434" s="0">
-        <x:v>10.585</x:v>
+        <x:v>9.082</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5">
       <x:c r="A435" s="1">
-        <x:v>45504.7537615741</x:v>
+        <x:v>45544.7531597222</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C435" s="0">
-        <x:v>4.55</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D435" s="0">
-        <x:v>8.397</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="E435" s="0">
-        <x:v>10.24</x:v>
+        <x:v>9.11</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5">
       <x:c r="A436" s="1">
-        <x:v>45503.7497800926</x:v>
+        <x:v>45541.7748726852</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C436" s="0">
-        <x:v>3.9</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D436" s="0">
-        <x:v>8.397</x:v>
+        <x:v>7.769</x:v>
       </x:c>
       <x:c r="E436" s="0">
-        <x:v>10.24</x:v>
+        <x:v>9.474</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5">
       <x:c r="A437" s="1">
-        <x:v>45502.7520949074</x:v>
+        <x:v>45540.7513310185</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C437" s="0">
-        <x:v>3.89</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D437" s="0">
-        <x:v>8.487</x:v>
+        <x:v>7.769</x:v>
       </x:c>
       <x:c r="E437" s="0">
-        <x:v>10.35</x:v>
+        <x:v>9.474</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5">
       <x:c r="A438" s="1">
-        <x:v>45499.7499421296</x:v>
+        <x:v>45539.7505324074</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C438" s="0">
-        <x:v>4.13</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D438" s="0">
-        <x:v>8.487</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="E438" s="0">
-        <x:v>10.35</x:v>
+        <x:v>9.378</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5">
       <x:c r="A439" s="1">
-        <x:v>45498.7519328704</x:v>
+        <x:v>45538.7613888889</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C439" s="0">
-        <x:v>2.9</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D439" s="0">
-        <x:v>7.823</x:v>
+        <x:v>7.706</x:v>
       </x:c>
       <x:c r="E439" s="0">
-        <x:v>9.54</x:v>
+        <x:v>9.398</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5">
       <x:c r="A440" s="1">
-        <x:v>45497.7532638889</x:v>
+        <x:v>45537.7586689815</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C440" s="0">
-        <x:v>3.06</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D440" s="0">
-        <x:v>7.902</x:v>
+        <x:v>7.941</x:v>
       </x:c>
       <x:c r="E440" s="0">
-        <x:v>9.636</x:v>
+        <x:v>9.684</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5">
       <x:c r="A441" s="1">
-        <x:v>45496.7497106481</x:v>
+        <x:v>45534.758900463</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C441" s="0">
-        <x:v>3.07</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D441" s="0">
-        <x:v>7.905</x:v>
+        <x:v>7.99</x:v>
       </x:c>
       <x:c r="E441" s="0">
-        <x:v>9.64</x:v>
+        <x:v>9.744</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5">
       <x:c r="A442" s="1">
-        <x:v>45495.7515393519</x:v>
+        <x:v>45533.7650694444</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C442" s="0">
-        <x:v>3.24</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D442" s="0">
-        <x:v>7.987</x:v>
+        <x:v>7.99</x:v>
       </x:c>
       <x:c r="E442" s="0">
-        <x:v>9.74</x:v>
+        <x:v>9.744</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5">
       <x:c r="A443" s="1">
-        <x:v>45492.7568402778</x:v>
+        <x:v>45532.7509375</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C443" s="0">
-        <x:v>2.79</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D443" s="0">
-        <x:v>8.311</x:v>
+        <x:v>8.018</x:v>
       </x:c>
       <x:c r="E443" s="0">
-        <x:v>10.135</x:v>
+        <x:v>9.778</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5">
       <x:c r="A444" s="1">
-        <x:v>45491.7527777778</x:v>
+        <x:v>45531.7522800926</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C444" s="0">
-        <x:v>4.27</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="D444" s="0">
-        <x:v>8.311</x:v>
+        <x:v>8.131</x:v>
       </x:c>
       <x:c r="E444" s="0">
-        <x:v>10.135</x:v>
+        <x:v>9.916</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5">
       <x:c r="A445" s="1">
-        <x:v>45490.7537152778</x:v>
+        <x:v>45530.7534490741</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C445" s="0">
-        <x:v>3.47</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="D445" s="0">
-        <x:v>8.121</x:v>
+        <x:v>8.131</x:v>
       </x:c>
       <x:c r="E445" s="0">
-        <x:v>9.904</x:v>
+        <x:v>9.916</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5">
       <x:c r="A446" s="1">
-        <x:v>45489.7499189815</x:v>
+        <x:v>45527.7533333333</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C446" s="0">
-        <x:v>3.89</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D446" s="0">
-        <x:v>8.121</x:v>
+        <x:v>7.949</x:v>
       </x:c>
       <x:c r="E446" s="0">
-        <x:v>9.904</x:v>
+        <x:v>9.694</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5">
       <x:c r="A447" s="1">
-        <x:v>45488.7521990741</x:v>
+        <x:v>45526.7495601852</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C447" s="0">
-        <x:v>4.25</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D447" s="0">
-        <x:v>8.257</x:v>
+        <x:v>7.949</x:v>
       </x:c>
       <x:c r="E447" s="0">
-        <x:v>10.07</x:v>
+        <x:v>9.694</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5">
       <x:c r="A448" s="1">
-        <x:v>45485.7526851852</x:v>
+        <x:v>45525.7531828704</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C448" s="0">
-        <x:v>4.45</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D448" s="0">
-        <x:v>8.302</x:v>
+        <x:v>7.911</x:v>
       </x:c>
       <x:c r="E448" s="0">
-        <x:v>10.125</x:v>
+        <x:v>9.648</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5">
       <x:c r="A449" s="1">
-        <x:v>45484.7509259259</x:v>
+        <x:v>45524.7573263889</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C449" s="0">
-        <x:v>4.38</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D449" s="0">
-        <x:v>8.302</x:v>
+        <x:v>7.911</x:v>
       </x:c>
       <x:c r="E449" s="0">
-        <x:v>10.125</x:v>
+        <x:v>9.648</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5">
       <x:c r="A450" s="1">
-        <x:v>45483.7515625</x:v>
+        <x:v>45523.7507407407</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C450" s="0">
-        <x:v>3.94</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D450" s="0">
-        <x:v>7.992</x:v>
+        <x:v>7.836</x:v>
       </x:c>
       <x:c r="E450" s="0">
-        <x:v>9.746</x:v>
+        <x:v>9.556</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5">
       <x:c r="A451" s="1">
-        <x:v>45482.7511111111</x:v>
+        <x:v>45520.7526273148</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C451" s="0">
-        <x:v>3.65</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D451" s="0">
-        <x:v>7.992</x:v>
+        <x:v>7.836</x:v>
       </x:c>
       <x:c r="E451" s="0">
-        <x:v>9.746</x:v>
+        <x:v>9.556</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5">
       <x:c r="A452" s="1">
-        <x:v>45481.7519328704</x:v>
+        <x:v>45519.7847800926</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C452" s="0">
-        <x:v>4.69</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D452" s="0">
-        <x:v>8.475</x:v>
+        <x:v>7.754</x:v>
       </x:c>
       <x:c r="E452" s="0">
-        <x:v>10.335</x:v>
+        <x:v>9.456</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5">
       <x:c r="A453" s="1">
-        <x:v>45478.7523726852</x:v>
+        <x:v>45518.7549652778</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C453" s="0">
-        <x:v>5.04</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D453" s="0">
-        <x:v>8.36</x:v>
+        <x:v>7.741</x:v>
       </x:c>
       <x:c r="E453" s="0">
-        <x:v>10.195</x:v>
+        <x:v>9.44</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5">
       <x:c r="A454" s="1">
-        <x:v>45477.7563425926</x:v>
+        <x:v>45517.7494212963</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C454" s="0">
-        <x:v>4.72</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D454" s="0">
-        <x:v>8.36</x:v>
+        <x:v>7.741</x:v>
       </x:c>
       <x:c r="E454" s="0">
-        <x:v>10.195</x:v>
+        <x:v>9.44</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5">
       <x:c r="A455" s="1">
-        <x:v>45476.7534606481</x:v>
+        <x:v>45516.7503935185</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C455" s="0">
-        <x:v>4.57</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D455" s="0">
-        <x:v>8.074</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="E455" s="0">
-        <x:v>9.846</x:v>
+        <x:v>9.488</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5">
       <x:c r="A456" s="1">
-        <x:v>45475.7574537037</x:v>
+        <x:v>45513.7535416667</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C456" s="0">
-        <x:v>4.01</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D456" s="0">
-        <x:v>8.074</x:v>
+        <x:v>7.721</x:v>
       </x:c>
       <x:c r="E456" s="0">
-        <x:v>9.846</x:v>
+        <x:v>9.416</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5">
       <x:c r="A457" s="1">
-        <x:v>45474.7653356481</x:v>
+        <x:v>45512.7519560185</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C457" s="0">
-        <x:v>4.45</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D457" s="0">
-        <x:v>8.237</x:v>
+        <x:v>7.721</x:v>
       </x:c>
       <x:c r="E457" s="0">
-        <x:v>10.045</x:v>
+        <x:v>9.416</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5">
       <x:c r="A458" s="1">
-        <x:v>45471.7527199074</x:v>
+        <x:v>45511.7528472222</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C458" s="0">
-        <x:v>4.23</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D458" s="0">
-        <x:v>8.146</x:v>
+        <x:v>7.447</x:v>
       </x:c>
       <x:c r="E458" s="0">
-        <x:v>9.934</x:v>
+        <x:v>9.082</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5">
       <x:c r="A459" s="1">
-        <x:v>45470.7518055556</x:v>
+        <x:v>45510.771087963</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C459" s="0">
-        <x:v>4.23</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D459" s="0">
-        <x:v>8.149</x:v>
+        <x:v>7.447</x:v>
       </x:c>
       <x:c r="E459" s="0">
-        <x:v>9.938</x:v>
+        <x:v>9.082</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5">
       <x:c r="A460" s="1">
-        <x:v>45469.7561226852</x:v>
+        <x:v>45509.7565856481</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C460" s="0">
-        <x:v>4.24</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D460" s="0">
-        <x:v>8.225</x:v>
+        <x:v>7.557</x:v>
       </x:c>
       <x:c r="E460" s="0">
-        <x:v>10.03</x:v>
+        <x:v>9.216</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5">
       <x:c r="A461" s="1">
+        <x:v>45506.7579282407</x:v>
+      </x:c>
+      <x:c r="B461" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C461" s="0">
+        <x:v>2.66</x:v>
+      </x:c>
+      <x:c r="D461" s="0">
+        <x:v>8.483</x:v>
+      </x:c>
+      <x:c r="E461" s="0">
+        <x:v>10.345</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="462" spans="1:5">
+      <x:c r="A462" s="1">
+        <x:v>45505.7519791667</x:v>
+      </x:c>
+      <x:c r="B462" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C462" s="0">
+        <x:v>4.03</x:v>
+      </x:c>
+      <x:c r="D462" s="0">
+        <x:v>8.68</x:v>
+      </x:c>
+      <x:c r="E462" s="0">
+        <x:v>10.585</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="463" spans="1:5">
+      <x:c r="A463" s="1">
+        <x:v>45504.7537615741</x:v>
+      </x:c>
+      <x:c r="B463" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C463" s="0">
+        <x:v>4.55</x:v>
+      </x:c>
+      <x:c r="D463" s="0">
+        <x:v>8.397</x:v>
+      </x:c>
+      <x:c r="E463" s="0">
+        <x:v>10.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="464" spans="1:5">
+      <x:c r="A464" s="1">
+        <x:v>45503.7497800926</x:v>
+      </x:c>
+      <x:c r="B464" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C464" s="0">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="D464" s="0">
+        <x:v>8.397</x:v>
+      </x:c>
+      <x:c r="E464" s="0">
+        <x:v>10.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="465" spans="1:5">
+      <x:c r="A465" s="1">
+        <x:v>45502.7520949074</x:v>
+      </x:c>
+      <x:c r="B465" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C465" s="0">
+        <x:v>3.89</x:v>
+      </x:c>
+      <x:c r="D465" s="0">
+        <x:v>8.487</x:v>
+      </x:c>
+      <x:c r="E465" s="0">
+        <x:v>10.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="466" spans="1:5">
+      <x:c r="A466" s="1">
+        <x:v>45499.7499421296</x:v>
+      </x:c>
+      <x:c r="B466" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C466" s="0">
+        <x:v>4.13</x:v>
+      </x:c>
+      <x:c r="D466" s="0">
+        <x:v>8.487</x:v>
+      </x:c>
+      <x:c r="E466" s="0">
+        <x:v>10.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="467" spans="1:5">
+      <x:c r="A467" s="1">
+        <x:v>45498.7519328704</x:v>
+      </x:c>
+      <x:c r="B467" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C467" s="0">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="D467" s="0">
+        <x:v>7.823</x:v>
+      </x:c>
+      <x:c r="E467" s="0">
+        <x:v>9.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="468" spans="1:5">
+      <x:c r="A468" s="1">
+        <x:v>45497.7532638889</x:v>
+      </x:c>
+      <x:c r="B468" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C468" s="0">
+        <x:v>3.06</x:v>
+      </x:c>
+      <x:c r="D468" s="0">
+        <x:v>7.902</x:v>
+      </x:c>
+      <x:c r="E468" s="0">
+        <x:v>9.636</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="469" spans="1:5">
+      <x:c r="A469" s="1">
+        <x:v>45496.7497106481</x:v>
+      </x:c>
+      <x:c r="B469" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C469" s="0">
+        <x:v>3.07</x:v>
+      </x:c>
+      <x:c r="D469" s="0">
+        <x:v>7.905</x:v>
+      </x:c>
+      <x:c r="E469" s="0">
+        <x:v>9.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="470" spans="1:5">
+      <x:c r="A470" s="1">
+        <x:v>45495.7515393519</x:v>
+      </x:c>
+      <x:c r="B470" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C470" s="0">
+        <x:v>3.24</x:v>
+      </x:c>
+      <x:c r="D470" s="0">
+        <x:v>7.987</x:v>
+      </x:c>
+      <x:c r="E470" s="0">
+        <x:v>9.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="471" spans="1:5">
+      <x:c r="A471" s="1">
+        <x:v>45492.7568402778</x:v>
+      </x:c>
+      <x:c r="B471" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C471" s="0">
+        <x:v>2.79</x:v>
+      </x:c>
+      <x:c r="D471" s="0">
+        <x:v>8.311</x:v>
+      </x:c>
+      <x:c r="E471" s="0">
+        <x:v>10.135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="472" spans="1:5">
+      <x:c r="A472" s="1">
+        <x:v>45491.7527777778</x:v>
+      </x:c>
+      <x:c r="B472" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C472" s="0">
+        <x:v>4.27</x:v>
+      </x:c>
+      <x:c r="D472" s="0">
+        <x:v>8.311</x:v>
+      </x:c>
+      <x:c r="E472" s="0">
+        <x:v>10.135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="473" spans="1:5">
+      <x:c r="A473" s="1">
+        <x:v>45490.7537152778</x:v>
+      </x:c>
+      <x:c r="B473" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C473" s="0">
+        <x:v>3.47</x:v>
+      </x:c>
+      <x:c r="D473" s="0">
+        <x:v>8.121</x:v>
+      </x:c>
+      <x:c r="E473" s="0">
+        <x:v>9.904</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="474" spans="1:5">
+      <x:c r="A474" s="1">
+        <x:v>45489.7499189815</x:v>
+      </x:c>
+      <x:c r="B474" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C474" s="0">
+        <x:v>3.89</x:v>
+      </x:c>
+      <x:c r="D474" s="0">
+        <x:v>8.121</x:v>
+      </x:c>
+      <x:c r="E474" s="0">
+        <x:v>9.904</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="475" spans="1:5">
+      <x:c r="A475" s="1">
+        <x:v>45488.7521990741</x:v>
+      </x:c>
+      <x:c r="B475" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C475" s="0">
+        <x:v>4.25</x:v>
+      </x:c>
+      <x:c r="D475" s="0">
+        <x:v>8.257</x:v>
+      </x:c>
+      <x:c r="E475" s="0">
+        <x:v>10.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="476" spans="1:5">
+      <x:c r="A476" s="1">
+        <x:v>45485.7526851852</x:v>
+      </x:c>
+      <x:c r="B476" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C476" s="0">
+        <x:v>4.45</x:v>
+      </x:c>
+      <x:c r="D476" s="0">
+        <x:v>8.302</x:v>
+      </x:c>
+      <x:c r="E476" s="0">
+        <x:v>10.125</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="477" spans="1:5">
+      <x:c r="A477" s="1">
+        <x:v>45484.7509259259</x:v>
+      </x:c>
+      <x:c r="B477" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C477" s="0">
+        <x:v>4.38</x:v>
+      </x:c>
+      <x:c r="D477" s="0">
+        <x:v>8.302</x:v>
+      </x:c>
+      <x:c r="E477" s="0">
+        <x:v>10.125</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="478" spans="1:5">
+      <x:c r="A478" s="1">
+        <x:v>45483.7515625</x:v>
+      </x:c>
+      <x:c r="B478" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C478" s="0">
+        <x:v>3.94</x:v>
+      </x:c>
+      <x:c r="D478" s="0">
+        <x:v>7.992</x:v>
+      </x:c>
+      <x:c r="E478" s="0">
+        <x:v>9.746</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="479" spans="1:5">
+      <x:c r="A479" s="1">
+        <x:v>45482.7511111111</x:v>
+      </x:c>
+      <x:c r="B479" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C479" s="0">
+        <x:v>3.65</x:v>
+      </x:c>
+      <x:c r="D479" s="0">
+        <x:v>7.992</x:v>
+      </x:c>
+      <x:c r="E479" s="0">
+        <x:v>9.746</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="480" spans="1:5">
+      <x:c r="A480" s="1">
+        <x:v>45481.7519328704</x:v>
+      </x:c>
+      <x:c r="B480" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C480" s="0">
+        <x:v>4.69</x:v>
+      </x:c>
+      <x:c r="D480" s="0">
+        <x:v>8.475</x:v>
+      </x:c>
+      <x:c r="E480" s="0">
+        <x:v>10.335</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="481" spans="1:5">
+      <x:c r="A481" s="1">
+        <x:v>45478.7523726852</x:v>
+      </x:c>
+      <x:c r="B481" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C481" s="0">
+        <x:v>5.04</x:v>
+      </x:c>
+      <x:c r="D481" s="0">
+        <x:v>8.36</x:v>
+      </x:c>
+      <x:c r="E481" s="0">
+        <x:v>10.195</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="482" spans="1:5">
+      <x:c r="A482" s="1">
+        <x:v>45477.7563425926</x:v>
+      </x:c>
+      <x:c r="B482" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C482" s="0">
+        <x:v>4.72</x:v>
+      </x:c>
+      <x:c r="D482" s="0">
+        <x:v>8.36</x:v>
+      </x:c>
+      <x:c r="E482" s="0">
+        <x:v>10.195</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="483" spans="1:5">
+      <x:c r="A483" s="1">
+        <x:v>45476.7534606481</x:v>
+      </x:c>
+      <x:c r="B483" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C483" s="0">
+        <x:v>4.57</x:v>
+      </x:c>
+      <x:c r="D483" s="0">
+        <x:v>8.074</x:v>
+      </x:c>
+      <x:c r="E483" s="0">
+        <x:v>9.846</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="484" spans="1:5">
+      <x:c r="A484" s="1">
+        <x:v>45475.7574537037</x:v>
+      </x:c>
+      <x:c r="B484" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C484" s="0">
+        <x:v>4.01</x:v>
+      </x:c>
+      <x:c r="D484" s="0">
+        <x:v>8.074</x:v>
+      </x:c>
+      <x:c r="E484" s="0">
+        <x:v>9.846</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="485" spans="1:5">
+      <x:c r="A485" s="1">
+        <x:v>45474.7653356481</x:v>
+      </x:c>
+      <x:c r="B485" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C485" s="0">
+        <x:v>4.45</x:v>
+      </x:c>
+      <x:c r="D485" s="0">
+        <x:v>8.237</x:v>
+      </x:c>
+      <x:c r="E485" s="0">
+        <x:v>10.045</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="486" spans="1:5">
+      <x:c r="A486" s="1">
+        <x:v>45471.7527199074</x:v>
+      </x:c>
+      <x:c r="B486" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C486" s="0">
+        <x:v>4.23</x:v>
+      </x:c>
+      <x:c r="D486" s="0">
+        <x:v>8.146</x:v>
+      </x:c>
+      <x:c r="E486" s="0">
+        <x:v>9.934</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="487" spans="1:5">
+      <x:c r="A487" s="1">
+        <x:v>45470.7518055556</x:v>
+      </x:c>
+      <x:c r="B487" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C487" s="0">
+        <x:v>4.23</x:v>
+      </x:c>
+      <x:c r="D487" s="0">
+        <x:v>8.149</x:v>
+      </x:c>
+      <x:c r="E487" s="0">
+        <x:v>9.938</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="488" spans="1:5">
+      <x:c r="A488" s="1">
+        <x:v>45469.7561226852</x:v>
+      </x:c>
+      <x:c r="B488" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C488" s="0">
+        <x:v>4.24</x:v>
+      </x:c>
+      <x:c r="D488" s="0">
+        <x:v>8.225</x:v>
+      </x:c>
+      <x:c r="E488" s="0">
+        <x:v>10.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="489" spans="1:5">
+      <x:c r="A489" s="1">
         <x:v>45468.765150463</x:v>
       </x:c>
-      <x:c r="B461" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C461" s="0">
+      <x:c r="B489" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C489" s="0">
         <x:v>4.45</x:v>
       </x:c>
-      <x:c r="D461" s="0">
+      <x:c r="D489" s="0">
         <x:v>8.409</x:v>
       </x:c>
-      <x:c r="E461" s="0">
+      <x:c r="E489" s="0">
         <x:v>10.255</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>