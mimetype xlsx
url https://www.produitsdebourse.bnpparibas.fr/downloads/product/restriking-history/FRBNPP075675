--- v4 (2026-02-08)
+++ v5 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b6fe1ebb88541ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0a4807f1edea41f88d01ca3ae264182d.psmdcp" Id="Rfefda0ba8a5849bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4b604bc2542489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b17a5c23fb534bf5ad3d1c55010ae352.psmdcp" Id="Ra9546f937f1f4ebe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP075675</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,8359 +390,9226 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E489"/>
+  <x:dimension ref="A1:E540"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46059.772337963</x:v>
+        <x:v>46097.7768981481</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>10.262</x:v>
+        <x:v>8.479</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>12.515</x:v>
+        <x:v>10.34</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46059.7425578704</x:v>
+        <x:v>46097.745787037</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>10.262</x:v>
+        <x:v>8.479</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>12.515</x:v>
+        <x:v>10.34</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46058.7435300926</x:v>
+        <x:v>46094.7759722222</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>10.369</x:v>
+        <x:v>8.503</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>12.645</x:v>
+        <x:v>10.37</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46057.7740046296</x:v>
+        <x:v>46094.7433333333</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>10.566</x:v>
+        <x:v>8.503</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>12.885</x:v>
+        <x:v>10.37</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46057.7431712963</x:v>
+        <x:v>46093.7747222222</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>10.566</x:v>
+        <x:v>8.557</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>12.885</x:v>
+        <x:v>10.435</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46056.8210648148</x:v>
+        <x:v>46093.7433564815</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>9.959</x:v>
+        <x:v>8.557</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>12.145</x:v>
+        <x:v>10.435</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46056.7740046296</x:v>
+        <x:v>46092.7758101852</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>9.959</x:v>
+        <x:v>8.938</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>12.145</x:v>
+        <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46056.7429513889</x:v>
+        <x:v>46092.7434259259</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>9.959</x:v>
+        <x:v>8.938</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>12.145</x:v>
+        <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46055.7738541667</x:v>
+        <x:v>46091.775150463</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>9.967</x:v>
+        <x:v>8.971</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>12.155</x:v>
+        <x:v>10.94</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46055.7428356481</x:v>
+        <x:v>46091.743275463</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>9.967</x:v>
+        <x:v>8.971</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>12.155</x:v>
+        <x:v>10.94</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46052.7750810185</x:v>
+        <x:v>46090.7754513889</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>9.692</x:v>
+        <x:v>8.397</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>11.82</x:v>
+        <x:v>10.24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46052.7433217593</x:v>
+        <x:v>46090.7436458333</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>9.692</x:v>
+        <x:v>8.397</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>11.82</x:v>
+        <x:v>10.24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46051.7428819444</x:v>
+        <x:v>46087.775150463</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>9.93</x:v>
+        <x:v>8.815</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>12.11</x:v>
+        <x:v>10.75</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46050.7428472222</x:v>
+        <x:v>46087.7446527778</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>9.984</x:v>
+        <x:v>8.815</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>12.175</x:v>
+        <x:v>10.75</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46049.7425231481</x:v>
+        <x:v>46086.774837963</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>10.295</x:v>
+        <x:v>8.971</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>12.555</x:v>
+        <x:v>10.94</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46048.7747569444</x:v>
+        <x:v>46086.743275463</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>10.143</x:v>
+        <x:v>8.971</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>12.37</x:v>
+        <x:v>10.94</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46045.7737962963</x:v>
+        <x:v>46085.7747222222</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>10.152</x:v>
+        <x:v>9.262</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>12.38</x:v>
+        <x:v>11.295</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46045.7423726852</x:v>
+        <x:v>46085.7437731481</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>10.152</x:v>
+        <x:v>9.262</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>12.38</x:v>
+        <x:v>11.295</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46044.7737847222</x:v>
+        <x:v>46084.7759143518</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>10.078</x:v>
+        <x:v>9.057</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>12.29</x:v>
+        <x:v>11.045</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46044.7425925926</x:v>
+        <x:v>46084.7433449074</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>10.078</x:v>
+        <x:v>9.057</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>12.29</x:v>
+        <x:v>11.045</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46043.7727893519</x:v>
+        <x:v>46083.7757986111</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>9.582</x:v>
+        <x:v>9.692</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>11.685</x:v>
+        <x:v>11.82</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46043.7427662037</x:v>
+        <x:v>46083.7433564815</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>9.582</x:v>
+        <x:v>9.692</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>11.685</x:v>
+        <x:v>11.82</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46042.7742824074</x:v>
+        <x:v>46080.7756481481</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>9.356</x:v>
+        <x:v>10.078</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>11.41</x:v>
+        <x:v>12.29</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46042.7413773148</x:v>
+        <x:v>46080.7438310185</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>9.356</x:v>
+        <x:v>10.078</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>11.41</x:v>
+        <x:v>12.29</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46041.773587963</x:v>
+        <x:v>46079.775462963</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>9.496</x:v>
+        <x:v>10.418</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>11.58</x:v>
+        <x:v>12.705</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46041.7428240741</x:v>
+        <x:v>46079.7437037037</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>9.496</x:v>
+        <x:v>10.418</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>11.58</x:v>
+        <x:v>12.705</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46038.7739467593</x:v>
+        <x:v>46078.7752430556</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>9.701</x:v>
+        <x:v>10.68</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>11.83</x:v>
+        <x:v>13.025</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46038.7429166667</x:v>
+        <x:v>46078.7432175926</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>9.701</x:v>
+        <x:v>10.68</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>11.83</x:v>
+        <x:v>13.025</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46037.7737152778</x:v>
+        <x:v>46077.7754398148</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>9.914</x:v>
+        <x:v>10.758</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>12.09</x:v>
+        <x:v>13.12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46037.7426967593</x:v>
+        <x:v>46077.7430208333</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>9.914</x:v>
+        <x:v>10.758</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>12.09</x:v>
+        <x:v>13.12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46036.7743055556</x:v>
+        <x:v>46076.7747685185</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>10.135</x:v>
+        <x:v>10.369</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>12.36</x:v>
+        <x:v>12.645</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46036.7428935185</x:v>
+        <x:v>46076.743125</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>10.135</x:v>
+        <x:v>10.369</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>12.36</x:v>
+        <x:v>12.645</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46035.7727546296</x:v>
+        <x:v>46073.7430208333</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>9.967</x:v>
+        <x:v>10.676</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>12.155</x:v>
+        <x:v>13.02</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46035.7425115741</x:v>
+        <x:v>46072.7741203704</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>9.967</x:v>
+        <x:v>10.672</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>12.155</x:v>
+        <x:v>13.015</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46034.7735763889</x:v>
+        <x:v>46072.7430208333</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>9.889</x:v>
+        <x:v>10.672</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>12.06</x:v>
+        <x:v>13.015</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46031.7746180556</x:v>
+        <x:v>46071.7731365741</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>9.947</x:v>
+        <x:v>10.926</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>12.13</x:v>
+        <x:v>13.325</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46031.7466203704</x:v>
+        <x:v>46071.7427777778</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>9.947</x:v>
+        <x:v>10.926</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>12.13</x:v>
+        <x:v>13.325</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46030.7736689815</x:v>
+        <x:v>46070.7736689815</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>9.926</x:v>
+        <x:v>10.697</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>12.105</x:v>
+        <x:v>13.045</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46030.7425694444</x:v>
+        <x:v>46070.7427430556</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>9.926</x:v>
+        <x:v>10.697</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>12.105</x:v>
+        <x:v>13.045</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46029.7727546296</x:v>
+        <x:v>46069.7748032407</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>9.873</x:v>
+        <x:v>10.865</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>12.04</x:v>
+        <x:v>13.25</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46029.7415162037</x:v>
+        <x:v>46069.7430324074</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>9.873</x:v>
+        <x:v>10.865</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>12.04</x:v>
+        <x:v>13.25</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46028.7421759259</x:v>
+        <x:v>46066.7740162037</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>9.881</x:v>
+        <x:v>10.926</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>12.05</x:v>
+        <x:v>13.325</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46027.7425810185</x:v>
+        <x:v>46066.7432407407</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>9.692</x:v>
+        <x:v>10.926</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>11.82</x:v>
+        <x:v>13.325</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46024.7413657407</x:v>
+        <x:v>46065.7731481481</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>9.988</x:v>
+        <x:v>11.004</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>12.18</x:v>
+        <x:v>13.42</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46021.7415162037</x:v>
+        <x:v>46065.7431018519</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>9.614</x:v>
+        <x:v>11.004</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>11.725</x:v>
+        <x:v>13.42</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46020.74125</x:v>
+        <x:v>46064.7745486111</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>9.496</x:v>
+        <x:v>10.779</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>11.58</x:v>
+        <x:v>13.145</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46014.7420949074</x:v>
+        <x:v>46064.7434606481</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>9.237</x:v>
+        <x:v>10.779</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>11.265</x:v>
+        <x:v>13.145</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46013.7415740741</x:v>
+        <x:v>46063.7748032407</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>9.393</x:v>
+        <x:v>10.861</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>11.455</x:v>
+        <x:v>13.245</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46010.7428587963</x:v>
+        <x:v>46063.7433217593</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>9.414</x:v>
+        <x:v>10.861</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>11.48</x:v>
+        <x:v>13.245</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46009.742025463</x:v>
+        <x:v>46062.7729166667</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>9.434</x:v>
+        <x:v>10.467</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>11.505</x:v>
+        <x:v>12.765</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46008.7427430556</x:v>
+        <x:v>46062.7432060185</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>9.368</x:v>
+        <x:v>10.467</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>11.425</x:v>
+        <x:v>12.765</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46007.7675925926</x:v>
+        <x:v>46059.772337963</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>9.303</x:v>
+        <x:v>10.262</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>11.345</x:v>
+        <x:v>12.515</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46006.7735416667</x:v>
+        <x:v>46059.7425578704</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>9.295</x:v>
+        <x:v>10.262</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>11.335</x:v>
+        <x:v>12.515</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46006.7424421296</x:v>
+        <x:v>46058.7435300926</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>9.295</x:v>
+        <x:v>10.369</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>11.335</x:v>
+        <x:v>12.645</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>46003.7425925926</x:v>
+        <x:v>46057.7740046296</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>9.405</x:v>
+        <x:v>10.566</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>11.47</x:v>
+        <x:v>12.885</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>46002.7741435185</x:v>
+        <x:v>46057.7431712963</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>9.319</x:v>
+        <x:v>10.566</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>11.365</x:v>
+        <x:v>12.885</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>46002.7415972222</x:v>
+        <x:v>46056.8210648148</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>9.319</x:v>
+        <x:v>9.959</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>11.365</x:v>
+        <x:v>12.145</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>46001.7726736111</x:v>
+        <x:v>46056.7740046296</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>9.241</x:v>
+        <x:v>9.959</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>11.27</x:v>
+        <x:v>12.145</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>46001.7424884259</x:v>
+        <x:v>46056.7429513889</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>9.241</x:v>
+        <x:v>9.959</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>11.27</x:v>
+        <x:v>12.145</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>46000.7422800926</x:v>
+        <x:v>46055.7738541667</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>9.2</x:v>
+        <x:v>9.967</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>11.22</x:v>
+        <x:v>12.155</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45999.7427662037</x:v>
+        <x:v>46055.7428356481</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>9.43</x:v>
+        <x:v>9.967</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>11.5</x:v>
+        <x:v>12.155</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45996.7416898148</x:v>
+        <x:v>46052.7750810185</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>9.438</x:v>
+        <x:v>9.692</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>11.51</x:v>
+        <x:v>11.82</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45995.7432523148</x:v>
+        <x:v>46052.7433217593</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>9.311</x:v>
+        <x:v>9.692</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>11.355</x:v>
+        <x:v>11.82</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45994.7432638889</x:v>
+        <x:v>46051.7428819444</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>9.225</x:v>
+        <x:v>9.93</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>11.25</x:v>
+        <x:v>12.11</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45993.7429166667</x:v>
+        <x:v>46050.7428472222</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>9.164</x:v>
+        <x:v>9.984</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>11.175</x:v>
+        <x:v>12.175</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45992.741724537</x:v>
+        <x:v>46049.7425231481</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>9.102</x:v>
+        <x:v>10.295</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>11.1</x:v>
+        <x:v>12.555</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45989.7431481481</x:v>
+        <x:v>46048.7747569444</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>8.93</x:v>
+        <x:v>10.143</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>10.89</x:v>
+        <x:v>12.37</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45988.7414583333</x:v>
+        <x:v>46045.7737962963</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>8.782</x:v>
+        <x:v>10.152</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>10.71</x:v>
+        <x:v>12.38</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45987.7426157407</x:v>
+        <x:v>46045.7423726852</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>8.811</x:v>
+        <x:v>10.152</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>10.745</x:v>
+        <x:v>12.38</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45986.7689236111</x:v>
+        <x:v>46044.7737847222</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>8.651</x:v>
+        <x:v>10.078</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>10.55</x:v>
+        <x:v>12.29</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45986.7424537037</x:v>
+        <x:v>46044.7425925926</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>8.651</x:v>
+        <x:v>10.078</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>10.55</x:v>
+        <x:v>12.29</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45985.7418287037</x:v>
+        <x:v>46043.7727893519</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>8.749</x:v>
+        <x:v>9.582</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>10.67</x:v>
+        <x:v>11.685</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45982.7638541667</x:v>
+        <x:v>46043.7427662037</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>8.614</x:v>
+        <x:v>9.582</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>10.505</x:v>
+        <x:v>11.685</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45981.7416087963</x:v>
+        <x:v>46042.7742824074</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>8.528</x:v>
+        <x:v>9.356</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>10.4</x:v>
+        <x:v>11.41</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45980.7414351852</x:v>
+        <x:v>46042.7413773148</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>9.807</x:v>
+        <x:v>9.356</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>11.96</x:v>
+        <x:v>11.41</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45979.7620949074</x:v>
+        <x:v>46041.773587963</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>9.885</x:v>
+        <x:v>9.496</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>12.055</x:v>
+        <x:v>11.58</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45979.7413425926</x:v>
+        <x:v>46041.7428240741</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>9.885</x:v>
+        <x:v>9.496</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>12.055</x:v>
+        <x:v>11.58</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45978.7625578704</x:v>
+        <x:v>46038.7739467593</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>10.033</x:v>
+        <x:v>9.701</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>12.235</x:v>
+        <x:v>11.83</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45975.7665740741</x:v>
+        <x:v>46038.7429166667</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>10.123</x:v>
+        <x:v>9.701</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>12.345</x:v>
+        <x:v>11.83</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45975.7415625</x:v>
+        <x:v>46037.7737152778</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>10.123</x:v>
+        <x:v>9.914</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>12.345</x:v>
+        <x:v>12.09</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45974.7421527778</x:v>
+        <x:v>46037.7426967593</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>10.32</x:v>
+        <x:v>9.914</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>12.585</x:v>
+        <x:v>12.09</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45973.7618287037</x:v>
+        <x:v>46036.7743055556</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>10.332</x:v>
+        <x:v>10.135</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>12.6</x:v>
+        <x:v>12.36</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45973.7424652778</x:v>
+        <x:v>46036.7428935185</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>10.332</x:v>
+        <x:v>10.135</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>12.6</x:v>
+        <x:v>12.36</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45972.7415856481</x:v>
+        <x:v>46035.7727546296</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>10.148</x:v>
+        <x:v>9.967</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>12.375</x:v>
+        <x:v>12.155</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45968.7599652778</x:v>
+        <x:v>46035.7425115741</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>9.82</x:v>
+        <x:v>9.967</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>11.975</x:v>
+        <x:v>12.155</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45968.7419907407</x:v>
+        <x:v>46034.7735763889</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>9.82</x:v>
+        <x:v>9.889</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>11.975</x:v>
+        <x:v>12.06</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45967.7415509259</x:v>
+        <x:v>46031.7746180556</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>9.778</x:v>
+        <x:v>9.947</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>11.925</x:v>
+        <x:v>12.13</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45966.7603935185</x:v>
+        <x:v>46031.7466203704</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>9.84</x:v>
+        <x:v>9.947</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>12</x:v>
+        <x:v>12.13</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45966.7414814815</x:v>
+        <x:v>46030.7736689815</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>9.84</x:v>
+        <x:v>9.926</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>12</x:v>
+        <x:v>12.105</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45965.7581597222</x:v>
+        <x:v>46030.7425694444</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>9.824</x:v>
+        <x:v>9.926</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>11.98</x:v>
+        <x:v>12.105</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45965.7416782407</x:v>
+        <x:v>46029.7727546296</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>9.824</x:v>
+        <x:v>9.873</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>11.98</x:v>
+        <x:v>12.04</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45964.7418171296</x:v>
+        <x:v>46029.7415162037</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>10.094</x:v>
+        <x:v>9.873</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>12.31</x:v>
+        <x:v>12.04</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45961.8178587963</x:v>
+        <x:v>46028.7421759259</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>9.828</x:v>
+        <x:v>9.881</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>11.985</x:v>
+        <x:v>12.05</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45961.7663078704</x:v>
+        <x:v>46027.7425810185</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>9.828</x:v>
+        <x:v>9.692</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>11.985</x:v>
+        <x:v>11.82</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45961.7596296296</x:v>
+        <x:v>46024.7413657407</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>9.828</x:v>
+        <x:v>9.988</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>11.985</x:v>
+        <x:v>12.18</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45961.7416435185</x:v>
+        <x:v>46021.7415162037</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>9.828</x:v>
+        <x:v>9.614</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>11.985</x:v>
+        <x:v>11.725</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45960.7713657407</x:v>
+        <x:v>46020.74125</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>9.996</x:v>
+        <x:v>9.496</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>12.19</x:v>
+        <x:v>11.58</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45960.7414583333</x:v>
+        <x:v>46014.7420949074</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>9.996</x:v>
+        <x:v>9.237</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>12.19</x:v>
+        <x:v>11.265</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45959.763599537</x:v>
+        <x:v>46013.7415740741</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>10.143</x:v>
+        <x:v>9.393</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>12.37</x:v>
+        <x:v>11.455</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45959.741724537</x:v>
+        <x:v>46010.7428587963</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>10.143</x:v>
+        <x:v>9.414</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>12.37</x:v>
+        <x:v>11.48</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45958.741412037</x:v>
+        <x:v>46009.742025463</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>10.131</x:v>
+        <x:v>9.434</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>12.355</x:v>
+        <x:v>11.505</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45957.7416435185</x:v>
+        <x:v>46008.7427430556</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>9.778</x:v>
+        <x:v>9.368</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>11.925</x:v>
+        <x:v>11.425</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45954.7428819444</x:v>
+        <x:v>46007.7675925926</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>9.963</x:v>
+        <x:v>9.303</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>12.15</x:v>
+        <x:v>11.345</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45953.774849537</x:v>
+        <x:v>46006.7735416667</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>8.991</x:v>
+        <x:v>9.295</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>10.965</x:v>
+        <x:v>11.335</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45953.7428703704</x:v>
+        <x:v>46006.7424421296</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>8.991</x:v>
+        <x:v>9.295</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>10.965</x:v>
+        <x:v>11.335</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45952.760787037</x:v>
+        <x:v>46003.7425925926</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>8.327</x:v>
+        <x:v>9.405</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>10.155</x:v>
+        <x:v>11.47</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45952.7425115741</x:v>
+        <x:v>46002.7741435185</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>8.327</x:v>
+        <x:v>9.319</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>10.155</x:v>
+        <x:v>11.365</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45951.7420949074</x:v>
+        <x:v>46002.7415972222</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>8.2</x:v>
+        <x:v>9.319</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>10</x:v>
+        <x:v>11.365</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45950.8196759259</x:v>
+        <x:v>46001.7726736111</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>8.257</x:v>
+        <x:v>9.241</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>10.07</x:v>
+        <x:v>11.27</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45947.7632291667</x:v>
+        <x:v>46001.7424884259</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>8.208</x:v>
+        <x:v>9.241</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>10.01</x:v>
+        <x:v>11.27</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45946.7603009259</x:v>
+        <x:v>46000.7422800926</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>8.241</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>10.05</x:v>
+        <x:v>11.22</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45946.7415393519</x:v>
+        <x:v>45999.7427662037</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>8.241</x:v>
+        <x:v>9.43</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>10.05</x:v>
+        <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45945.768900463</x:v>
+        <x:v>45996.7416898148</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>8.175</x:v>
+        <x:v>9.438</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>9.97</x:v>
+        <x:v>11.51</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45944.769375</x:v>
+        <x:v>45995.7432523148</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>8.052</x:v>
+        <x:v>9.311</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>9.82</x:v>
+        <x:v>11.355</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45944.7417708333</x:v>
+        <x:v>45994.7432638889</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>8.052</x:v>
+        <x:v>9.225</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>9.82</x:v>
+        <x:v>11.25</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45943.7465509259</x:v>
+        <x:v>45993.7429166667</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
         <x:v>0.18</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>8.177</x:v>
+        <x:v>9.164</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>9.972</x:v>
+        <x:v>11.175</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45940.7627662037</x:v>
+        <x:v>45992.741724537</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>8.134</x:v>
+        <x:v>9.102</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>9.92</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45940.7458912037</x:v>
+        <x:v>45989.7431481481</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>8.134</x:v>
+        <x:v>8.93</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>9.92</x:v>
+        <x:v>10.89</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45939.7571527778</x:v>
+        <x:v>45988.7414583333</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>8.249</x:v>
+        <x:v>8.782</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>10.06</x:v>
+        <x:v>10.71</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45939.744212963</x:v>
+        <x:v>45987.7426157407</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>8.249</x:v>
+        <x:v>8.811</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>10.06</x:v>
+        <x:v>10.745</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45938.7624652778</x:v>
+        <x:v>45986.7689236111</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>8.426</x:v>
+        <x:v>8.651</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>10.275</x:v>
+        <x:v>10.55</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45938.741099537</x:v>
+        <x:v>45986.7424537037</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>8.426</x:v>
+        <x:v>8.651</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>10.275</x:v>
+        <x:v>10.55</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45937.7621875</x:v>
+        <x:v>45985.7418287037</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>8.524</x:v>
+        <x:v>8.749</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>10.395</x:v>
+        <x:v>10.67</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45937.7408564815</x:v>
+        <x:v>45982.7638541667</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>8.524</x:v>
+        <x:v>8.614</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>10.395</x:v>
+        <x:v>10.505</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45936.7575231481</x:v>
+        <x:v>45981.7416087963</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>8.733</x:v>
+        <x:v>8.528</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>10.65</x:v>
+        <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45936.7406365741</x:v>
+        <x:v>45980.7414351852</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>8.733</x:v>
+        <x:v>9.807</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>10.65</x:v>
+        <x:v>11.96</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45933.7560416667</x:v>
+        <x:v>45979.7620949074</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>8.741</x:v>
+        <x:v>9.885</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>10.66</x:v>
+        <x:v>12.055</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45933.7405324074</x:v>
+        <x:v>45979.7413425926</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>8.741</x:v>
+        <x:v>9.885</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>10.66</x:v>
+        <x:v>12.055</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45932.7410648148</x:v>
+        <x:v>45978.7625578704</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>8.61</x:v>
+        <x:v>10.033</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>10.5</x:v>
+        <x:v>12.235</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45931.7405092593</x:v>
+        <x:v>45975.7665740741</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>8.733</x:v>
+        <x:v>10.123</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>10.65</x:v>
+        <x:v>12.345</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45930.7402430556</x:v>
+        <x:v>45975.7415625</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>8.721</x:v>
+        <x:v>10.123</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>10.635</x:v>
+        <x:v>12.345</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45929.7559837963</x:v>
+        <x:v>45974.7421527778</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>8.803</x:v>
+        <x:v>10.32</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>10.735</x:v>
+        <x:v>12.585</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45929.7405902778</x:v>
+        <x:v>45973.7618287037</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>8.803</x:v>
+        <x:v>10.332</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>10.735</x:v>
+        <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45926.7405902778</x:v>
+        <x:v>45973.7424652778</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>8.819</x:v>
+        <x:v>10.332</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>10.755</x:v>
+        <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45925.7565046296</x:v>
+        <x:v>45972.7415856481</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>8.946</x:v>
+        <x:v>10.148</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>10.91</x:v>
+        <x:v>12.375</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45925.7404513889</x:v>
+        <x:v>45968.7599652778</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>8.946</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>10.91</x:v>
+        <x:v>11.975</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45924.7580439815</x:v>
+        <x:v>45968.7419907407</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>8.946</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>10.91</x:v>
+        <x:v>11.975</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45923.7566087963</x:v>
+        <x:v>45967.7415509259</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>9.118</x:v>
+        <x:v>9.778</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>11.12</x:v>
+        <x:v>11.925</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45923.7480902778</x:v>
+        <x:v>45966.7603935185</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>9.118</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>11.12</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45922.7577199074</x:v>
+        <x:v>45966.7414814815</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>9.028</x:v>
+        <x:v>9.84</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>11.01</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45922.7480902778</x:v>
+        <x:v>45965.7581597222</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>9.028</x:v>
+        <x:v>9.824</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>11.01</x:v>
+        <x:v>11.98</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45919.7476967593</x:v>
+        <x:v>45965.7416782407</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>9.086</x:v>
+        <x:v>9.824</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>11.08</x:v>
+        <x:v>11.98</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45918.7597800926</x:v>
+        <x:v>45964.7418171296</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>9.086</x:v>
+        <x:v>10.094</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>11.08</x:v>
+        <x:v>12.31</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45918.7477314815</x:v>
+        <x:v>45961.8178587963</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>9.086</x:v>
+        <x:v>9.828</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>11.08</x:v>
+        <x:v>11.985</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45917.7474537037</x:v>
+        <x:v>45961.7663078704</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>9.27</x:v>
+        <x:v>9.828</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>11.305</x:v>
+        <x:v>11.985</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45916.7474074074</x:v>
+        <x:v>45961.7596296296</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>8.643</x:v>
+        <x:v>9.828</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>10.54</x:v>
+        <x:v>11.985</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45915.7474768519</x:v>
+        <x:v>45961.7416435185</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>8.737</x:v>
+        <x:v>9.828</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>10.655</x:v>
+        <x:v>11.985</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45912.7594675926</x:v>
+        <x:v>45960.7713657407</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>8.606</x:v>
+        <x:v>9.996</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>10.495</x:v>
+        <x:v>12.19</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45912.7478472222</x:v>
+        <x:v>45960.7414583333</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>8.606</x:v>
+        <x:v>9.996</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>10.495</x:v>
+        <x:v>12.19</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45911.7587384259</x:v>
+        <x:v>45959.763599537</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>8.688</x:v>
+        <x:v>10.143</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>10.595</x:v>
+        <x:v>12.37</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45911.7477662037</x:v>
+        <x:v>45959.741724537</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>8.688</x:v>
+        <x:v>10.143</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>10.595</x:v>
+        <x:v>12.37</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45910.7475347222</x:v>
+        <x:v>45958.741412037</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>8.577</x:v>
+        <x:v>10.131</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>10.46</x:v>
+        <x:v>12.355</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45909.7477199074</x:v>
+        <x:v>45957.7416435185</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>8.704</x:v>
+        <x:v>9.778</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>10.615</x:v>
+        <x:v>11.925</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45908.7485416667</x:v>
+        <x:v>45954.7428819444</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>8.667</x:v>
+        <x:v>9.963</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>10.57</x:v>
+        <x:v>12.15</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45905.7752893519</x:v>
+        <x:v>45953.774849537</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>8.462</x:v>
+        <x:v>8.991</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>10.32</x:v>
+        <x:v>10.965</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45905.7480902778</x:v>
+        <x:v>45953.7428703704</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>8.462</x:v>
+        <x:v>8.991</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>10.32</x:v>
+        <x:v>10.965</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45904.7480092593</x:v>
+        <x:v>45952.760787037</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>8.475</x:v>
+        <x:v>8.327</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>10.335</x:v>
+        <x:v>10.155</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45903.7601041667</x:v>
+        <x:v>45952.7425115741</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>8.372</x:v>
+        <x:v>8.327</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>10.21</x:v>
+        <x:v>10.155</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45903.7473842593</x:v>
+        <x:v>45951.7420949074</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>8.372</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>10.21</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45902.7617824074</x:v>
+        <x:v>45950.8196759259</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>8.487</x:v>
+        <x:v>8.257</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>10.35</x:v>
+        <x:v>10.07</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45902.7473842593</x:v>
+        <x:v>45947.7632291667</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>8.487</x:v>
+        <x:v>8.208</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>10.35</x:v>
+        <x:v>10.01</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45901.7594212963</x:v>
+        <x:v>45946.7603009259</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>8.581</x:v>
+        <x:v>8.241</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>10.465</x:v>
+        <x:v>10.05</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45901.7474305556</x:v>
+        <x:v>45946.7415393519</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>8.581</x:v>
+        <x:v>8.241</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>10.465</x:v>
+        <x:v>10.05</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45898.7627430556</x:v>
+        <x:v>45945.768900463</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>8.491</x:v>
+        <x:v>8.175</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>10.355</x:v>
+        <x:v>9.97</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45898.7479861111</x:v>
+        <x:v>45944.769375</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>8.491</x:v>
+        <x:v>8.052</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>10.355</x:v>
+        <x:v>9.82</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45897.7576851852</x:v>
+        <x:v>45944.7417708333</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>8.512</x:v>
+        <x:v>8.052</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>10.38</x:v>
+        <x:v>9.82</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45897.7475925926</x:v>
+        <x:v>45943.7465509259</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>8.512</x:v>
+        <x:v>8.177</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>10.38</x:v>
+        <x:v>9.972</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45896.7598726852</x:v>
+        <x:v>45940.7627662037</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>8.548</x:v>
+        <x:v>8.134</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>10.425</x:v>
+        <x:v>9.92</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45895.7575347222</x:v>
+        <x:v>45940.7458912037</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>8.626</x:v>
+        <x:v>8.134</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>10.52</x:v>
+        <x:v>9.92</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45895.7478703704</x:v>
+        <x:v>45939.7571527778</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>8.626</x:v>
+        <x:v>8.249</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>10.52</x:v>
+        <x:v>10.06</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45894.7569675926</x:v>
+        <x:v>45939.744212963</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>8.836</x:v>
+        <x:v>8.249</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>10.775</x:v>
+        <x:v>10.06</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45894.7474421296</x:v>
+        <x:v>45938.7624652778</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>8.836</x:v>
+        <x:v>8.426</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>10.775</x:v>
+        <x:v>10.275</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45891.7477893519</x:v>
+        <x:v>45938.741099537</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>8.901</x:v>
+        <x:v>8.426</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>10.855</x:v>
+        <x:v>10.275</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45890.7565972222</x:v>
+        <x:v>45937.7621875</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>8.688</x:v>
+        <x:v>8.524</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>10.595</x:v>
+        <x:v>10.395</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45890.7477199074</x:v>
+        <x:v>45937.7408564815</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>8.688</x:v>
+        <x:v>8.524</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>10.595</x:v>
+        <x:v>10.395</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45889.7593402778</x:v>
+        <x:v>45936.7575231481</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>8.59</x:v>
+        <x:v>8.733</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>10.475</x:v>
+        <x:v>10.65</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45888.7478472222</x:v>
+        <x:v>45936.7406365741</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>8.758</x:v>
+        <x:v>8.733</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>10.68</x:v>
+        <x:v>10.65</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45887.7583101852</x:v>
+        <x:v>45933.7560416667</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>8.426</x:v>
+        <x:v>8.741</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>10.275</x:v>
+        <x:v>10.66</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45887.7476736111</x:v>
+        <x:v>45933.7405324074</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>8.426</x:v>
+        <x:v>8.741</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>10.275</x:v>
+        <x:v>10.66</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45884.7578240741</x:v>
+        <x:v>45932.7410648148</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>8.565</x:v>
+        <x:v>8.61</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>10.445</x:v>
+        <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45884.7474768519</x:v>
+        <x:v>45931.7405092593</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>8.565</x:v>
+        <x:v>8.733</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>10.445</x:v>
+        <x:v>10.65</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45883.7578125</x:v>
+        <x:v>45930.7402430556</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>8.528</x:v>
+        <x:v>8.721</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>10.4</x:v>
+        <x:v>10.635</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45883.7478935185</x:v>
+        <x:v>45929.7559837963</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
         <x:v>0.27</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>8.528</x:v>
+        <x:v>8.803</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>10.4</x:v>
+        <x:v>10.735</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45882.7607986111</x:v>
+        <x:v>45929.7405902778</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>8.499</x:v>
+        <x:v>8.803</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>10.365</x:v>
+        <x:v>10.735</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45882.7479861111</x:v>
+        <x:v>45926.7405902778</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>8.499</x:v>
+        <x:v>8.819</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>10.365</x:v>
+        <x:v>10.755</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45881.7571990741</x:v>
+        <x:v>45925.7565046296</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>8.409</x:v>
+        <x:v>8.946</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>10.255</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45881.7473958333</x:v>
+        <x:v>45925.7404513889</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>8.409</x:v>
+        <x:v>8.946</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>10.255</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45880.7587152778</x:v>
+        <x:v>45924.7580439815</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>8.212</x:v>
+        <x:v>8.946</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>10.015</x:v>
+        <x:v>10.91</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45880.7478240741</x:v>
+        <x:v>45923.7566087963</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>8.212</x:v>
+        <x:v>9.118</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>10.015</x:v>
+        <x:v>11.12</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45877.7474537037</x:v>
+        <x:v>45923.7480902778</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>8.184</x:v>
+        <x:v>9.118</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>9.98</x:v>
+        <x:v>11.12</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45876.747962963</x:v>
+        <x:v>45922.7577199074</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>7.839</x:v>
+        <x:v>9.028</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>9.56</x:v>
+        <x:v>11.01</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45875.7593981481</x:v>
+        <x:v>45922.7480902778</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>7.757</x:v>
+        <x:v>9.028</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>9.46</x:v>
+        <x:v>11.01</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45875.7478356482</x:v>
+        <x:v>45919.7476967593</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>7.757</x:v>
+        <x:v>9.086</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>9.46</x:v>
+        <x:v>11.08</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45874.7580787037</x:v>
+        <x:v>45918.7597800926</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>7.815</x:v>
+        <x:v>9.086</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>9.53</x:v>
+        <x:v>11.08</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45873.7608680556</x:v>
+        <x:v>45918.7477314815</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>7.669</x:v>
+        <x:v>9.086</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>9.352</x:v>
+        <x:v>11.08</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45873.7479398148</x:v>
+        <x:v>45917.7474537037</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>7.669</x:v>
+        <x:v>9.27</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>9.352</x:v>
+        <x:v>11.305</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45870.7602199074</x:v>
+        <x:v>45916.7474074074</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>7.775</x:v>
+        <x:v>8.643</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>9.482</x:v>
+        <x:v>10.54</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45870.7474768519</x:v>
+        <x:v>45915.7474768519</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>7.775</x:v>
+        <x:v>8.737</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>9.482</x:v>
+        <x:v>10.655</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45869.7477777778</x:v>
+        <x:v>45912.7594675926</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>7.877</x:v>
+        <x:v>8.606</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>9.606</x:v>
+        <x:v>10.495</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45868.7573032407</x:v>
+        <x:v>45912.7478472222</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>7.764</x:v>
+        <x:v>8.606</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>9.468</x:v>
+        <x:v>10.495</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45868.7478935185</x:v>
+        <x:v>45911.7587384259</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>7.764</x:v>
+        <x:v>8.688</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>9.468</x:v>
+        <x:v>10.595</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45867.7584259259</x:v>
+        <x:v>45911.7477662037</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>8.057</x:v>
+        <x:v>8.688</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>9.826</x:v>
+        <x:v>10.595</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45867.7473726852</x:v>
+        <x:v>45910.7475347222</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>8.057</x:v>
+        <x:v>8.577</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>9.826</x:v>
+        <x:v>10.46</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45866.758275463</x:v>
+        <x:v>45909.7477199074</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>8.072</x:v>
+        <x:v>8.704</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>9.844</x:v>
+        <x:v>10.615</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45866.747962963</x:v>
+        <x:v>45908.7485416667</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>8.072</x:v>
+        <x:v>8.667</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>9.844</x:v>
+        <x:v>10.57</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45863.7567939815</x:v>
+        <x:v>45905.7752893519</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>8.02</x:v>
+        <x:v>8.462</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>9.78</x:v>
+        <x:v>10.32</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45862.7627430556</x:v>
+        <x:v>45905.7480902778</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>8.475</x:v>
+        <x:v>8.462</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>10.335</x:v>
+        <x:v>10.32</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45862.7478356482</x:v>
+        <x:v>45904.7480092593</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D210" s="0">
         <x:v>8.475</x:v>
       </x:c>
       <x:c r="E210" s="0">
         <x:v>10.335</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45861.7586921296</x:v>
+        <x:v>45903.7601041667</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>8.491</x:v>
+        <x:v>8.372</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>10.355</x:v>
+        <x:v>10.21</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45861.7478935185</x:v>
+        <x:v>45903.7473842593</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>8.491</x:v>
+        <x:v>8.372</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>10.355</x:v>
+        <x:v>10.21</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45860.7479976852</x:v>
+        <x:v>45902.7617824074</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>8.061</x:v>
+        <x:v>8.487</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>9.83</x:v>
+        <x:v>10.35</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45859.7478009259</x:v>
+        <x:v>45902.7473842593</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
         <x:v>0.25</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>8.22</x:v>
+        <x:v>8.487</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>10.025</x:v>
+        <x:v>10.35</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45856.7473726852</x:v>
+        <x:v>45901.7594212963</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>8.115</x:v>
+        <x:v>8.581</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>9.896</x:v>
+        <x:v>10.465</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45855.7569444444</x:v>
+        <x:v>45901.7474305556</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>8.164</x:v>
+        <x:v>8.581</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>9.956</x:v>
+        <x:v>10.465</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45854.9360185185</x:v>
+        <x:v>45898.7627430556</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>7.928</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>9.668</x:v>
+        <x:v>10.355</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45854.7691782407</x:v>
+        <x:v>45898.7479861111</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>7.928</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>9.668</x:v>
+        <x:v>10.355</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45853.7615625</x:v>
+        <x:v>45897.7576851852</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>8.082</x:v>
+        <x:v>8.512</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>9.856</x:v>
+        <x:v>10.38</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45852.7625462963</x:v>
+        <x:v>45897.7475925926</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>8.085</x:v>
+        <x:v>8.512</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>9.86</x:v>
+        <x:v>10.38</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45849.7864467593</x:v>
+        <x:v>45896.7598726852</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
         <x:v>0.26</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>8.225</x:v>
+        <x:v>8.548</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>10.03</x:v>
+        <x:v>10.425</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45848.7618055556</x:v>
+        <x:v>45895.7575347222</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>8.327</x:v>
+        <x:v>8.626</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>10.155</x:v>
+        <x:v>10.52</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45847.7591435185</x:v>
+        <x:v>45895.7478703704</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>8.208</x:v>
+        <x:v>8.626</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>10.01</x:v>
+        <x:v>10.52</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45846.7607523148</x:v>
+        <x:v>45894.7569675926</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>7.957</x:v>
+        <x:v>8.836</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>9.704</x:v>
+        <x:v>10.775</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45845.7574421296</x:v>
+        <x:v>45894.7474421296</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>7.687</x:v>
+        <x:v>8.836</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>9.374</x:v>
+        <x:v>10.775</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45842.7613657407</x:v>
+        <x:v>45891.7477893519</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>7.623</x:v>
+        <x:v>8.901</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>9.296</x:v>
+        <x:v>10.855</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45841.7610763889</x:v>
+        <x:v>45890.7565972222</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>7.765</x:v>
+        <x:v>8.688</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>9.47</x:v>
+        <x:v>10.595</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45840.9304282407</x:v>
+        <x:v>45890.7477199074</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>7.903</x:v>
+        <x:v>8.688</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>9.638</x:v>
+        <x:v>10.595</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45839.7591550926</x:v>
+        <x:v>45889.7593402778</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>7.587</x:v>
+        <x:v>8.59</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>9.252</x:v>
+        <x:v>10.475</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45838.7567824074</x:v>
+        <x:v>45888.7478472222</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>7.618</x:v>
+        <x:v>8.758</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>9.29</x:v>
+        <x:v>10.68</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45835.7579861111</x:v>
+        <x:v>45887.7583101852</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>7.778</x:v>
+        <x:v>8.426</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>9.486</x:v>
+        <x:v>10.275</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45834.7579166667</x:v>
+        <x:v>45887.7476736111</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>7.528</x:v>
+        <x:v>8.426</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>9.18</x:v>
+        <x:v>10.275</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45833.7638078704</x:v>
+        <x:v>45884.7578240741</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>7.321</x:v>
+        <x:v>8.565</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>8.928</x:v>
+        <x:v>10.445</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45832.757974537</x:v>
+        <x:v>45884.7474768519</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>7.4</x:v>
+        <x:v>8.565</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>9.024</x:v>
+        <x:v>10.445</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45831.759837963</x:v>
+        <x:v>45883.7578125</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>7.018</x:v>
+        <x:v>8.528</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>8.558</x:v>
+        <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45828.7626041667</x:v>
+        <x:v>45883.7478935185</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>7.319</x:v>
+        <x:v>8.528</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>8.926</x:v>
+        <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45827.7613657407</x:v>
+        <x:v>45882.7607986111</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>7.346</x:v>
+        <x:v>8.499</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>8.958</x:v>
+        <x:v>10.365</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45826.7621759259</x:v>
+        <x:v>45882.7479861111</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>7.413</x:v>
+        <x:v>8.499</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>9.04</x:v>
+        <x:v>10.365</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45825.7634259259</x:v>
+        <x:v>45881.7571990741</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>7.454</x:v>
+        <x:v>8.409</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>9.09</x:v>
+        <x:v>10.255</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45824.7587962963</x:v>
+        <x:v>45881.7473958333</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>7.477</x:v>
+        <x:v>8.409</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>9.118</x:v>
+        <x:v>10.255</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45821.7600694444</x:v>
+        <x:v>45880.7587152778</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>7.27</x:v>
+        <x:v>8.212</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>8.866</x:v>
+        <x:v>10.015</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45820.7827662037</x:v>
+        <x:v>45880.7478240741</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>7.501</x:v>
+        <x:v>8.212</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>9.148</x:v>
+        <x:v>10.015</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45819.7603819444</x:v>
+        <x:v>45877.7474537037</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>7.644</x:v>
+        <x:v>8.184</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>9.322</x:v>
+        <x:v>9.98</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45818.7603240741</x:v>
+        <x:v>45876.747962963</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>7.455</x:v>
+        <x:v>7.839</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>9.092</x:v>
+        <x:v>9.56</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45817.7587268519</x:v>
+        <x:v>45875.7593981481</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>7.16</x:v>
+        <x:v>7.757</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>8.732</x:v>
+        <x:v>9.46</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45814.7597453704</x:v>
+        <x:v>45875.7478356482</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>7.044</x:v>
+        <x:v>7.757</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>8.59</x:v>
+        <x:v>9.46</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45813.7588194444</x:v>
+        <x:v>45874.7580787037</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>7.006</x:v>
+        <x:v>7.815</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>8.544</x:v>
+        <x:v>9.53</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45812.7669791667</x:v>
+        <x:v>45873.7608680556</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
         <x:v>0.16</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>7.219</x:v>
+        <x:v>7.669</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>8.804</x:v>
+        <x:v>9.352</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45811.9361805556</x:v>
+        <x:v>45873.7479398148</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>7.364</x:v>
+        <x:v>7.669</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>8.98</x:v>
+        <x:v>9.352</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45811.7585763889</x:v>
+        <x:v>45870.7602199074</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>7.364</x:v>
+        <x:v>7.775</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>8.98</x:v>
+        <x:v>9.482</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45810.9414583333</x:v>
+        <x:v>45870.7474768519</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>7.334</x:v>
+        <x:v>7.775</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>8.944</x:v>
+        <x:v>9.482</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45810.7576388889</x:v>
+        <x:v>45869.7477777778</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>7.334</x:v>
+        <x:v>7.877</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>8.944</x:v>
+        <x:v>9.606</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45803.758912037</x:v>
+        <x:v>45868.7573032407</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>7.062</x:v>
+        <x:v>7.764</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>8.996</x:v>
+        <x:v>9.468</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45803.3275</x:v>
+        <x:v>45868.7478935185</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>7.06</x:v>
+        <x:v>7.764</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>8.994</x:v>
+        <x:v>9.468</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45800.759525463</x:v>
+        <x:v>45867.7584259259</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>7.375</x:v>
+        <x:v>8.057</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>8.994</x:v>
+        <x:v>9.826</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45799.7595138889</x:v>
+        <x:v>45867.7473726852</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>7.588</x:v>
+        <x:v>8.057</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>9.254</x:v>
+        <x:v>9.826</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45798.764212963</x:v>
+        <x:v>45866.758275463</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
         <x:v>0.22</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>7.793</x:v>
+        <x:v>8.072</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>9.504</x:v>
+        <x:v>9.844</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45797.7621759259</x:v>
+        <x:v>45866.747962963</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>7.898</x:v>
+        <x:v>8.072</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>9.632</x:v>
+        <x:v>9.844</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45796.7617013889</x:v>
+        <x:v>45863.7567939815</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>7.662</x:v>
+        <x:v>8.02</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>9.344</x:v>
+        <x:v>9.78</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45793.7569675926</x:v>
+        <x:v>45862.7627430556</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>7.69</x:v>
+        <x:v>8.475</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>9.378</x:v>
+        <x:v>10.335</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45792.7607638889</x:v>
+        <x:v>45862.7478356482</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>7.8</x:v>
+        <x:v>8.475</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>9.512</x:v>
+        <x:v>10.335</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45791.7641666667</x:v>
+        <x:v>45861.7586921296</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>7.984</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>9.736</x:v>
+        <x:v>10.355</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45790.7569560185</x:v>
+        <x:v>45861.7478935185</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>8.059</x:v>
+        <x:v>8.491</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>9.828</x:v>
+        <x:v>10.355</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45789.7604166667</x:v>
+        <x:v>45860.7479976852</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
         <x:v>0.23</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>7.87</x:v>
+        <x:v>8.061</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>9.598</x:v>
+        <x:v>9.83</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45786.7590277778</x:v>
+        <x:v>45859.7478009259</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>7.35</x:v>
+        <x:v>8.22</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>8.964</x:v>
+        <x:v>10.025</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45785.757662037</x:v>
+        <x:v>45856.7473726852</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>7.282</x:v>
+        <x:v>8.115</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>8.88</x:v>
+        <x:v>9.896</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45784.7685300926</x:v>
+        <x:v>45855.7569444444</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>7.085</x:v>
+        <x:v>8.164</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>8.64</x:v>
+        <x:v>9.956</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45783.7611458333</x:v>
+        <x:v>45854.9360185185</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>7.121</x:v>
+        <x:v>7.928</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>8.684</x:v>
+        <x:v>9.668</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45782.7990856481</x:v>
+        <x:v>45854.7691782407</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>7.122</x:v>
+        <x:v>7.928</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>8.686</x:v>
+        <x:v>9.668</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45782.7613310185</x:v>
+        <x:v>45853.7615625</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>7.122</x:v>
+        <x:v>8.082</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>8.686</x:v>
+        <x:v>9.856</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45779.7593402778</x:v>
+        <x:v>45852.7625462963</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>7.275</x:v>
+        <x:v>8.085</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>8.872</x:v>
+        <x:v>9.86</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45777.7615046296</x:v>
+        <x:v>45849.7864467593</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>7.108</x:v>
+        <x:v>8.225</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>8.668</x:v>
+        <x:v>10.03</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45776.7598726852</x:v>
+        <x:v>45848.7618055556</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>7.234</x:v>
+        <x:v>8.327</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>8.822</x:v>
+        <x:v>10.155</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45775.760162037</x:v>
+        <x:v>45847.7591435185</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>7.28</x:v>
+        <x:v>8.208</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>8.878</x:v>
+        <x:v>10.01</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45772.7647106481</x:v>
+        <x:v>45846.7607523148</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>7.285</x:v>
+        <x:v>7.957</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>8.884</x:v>
+        <x:v>9.704</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45771.7646180556</x:v>
+        <x:v>45845.7574421296</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>7.206</x:v>
+        <x:v>7.687</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>8.788</x:v>
+        <x:v>9.374</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45770.7699421296</x:v>
+        <x:v>45842.7613657407</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>7.049</x:v>
+        <x:v>7.623</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>8.596</x:v>
+        <x:v>9.296</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45769.7600925926</x:v>
+        <x:v>45841.7610763889</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>6.686</x:v>
+        <x:v>7.765</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>8.154</x:v>
+        <x:v>9.47</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45764.7627546296</x:v>
+        <x:v>45840.9304282407</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>6.585</x:v>
+        <x:v>7.903</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>8.03</x:v>
+        <x:v>9.638</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45763.7624189815</x:v>
+        <x:v>45839.7591550926</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>6.598</x:v>
+        <x:v>7.587</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>8.046</x:v>
+        <x:v>9.252</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45762.7597800926</x:v>
+        <x:v>45838.7567824074</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>6.709</x:v>
+        <x:v>7.618</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>8.182</x:v>
+        <x:v>9.29</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45761.7605787037</x:v>
+        <x:v>45835.7579861111</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>6.278</x:v>
+        <x:v>7.778</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>7.656</x:v>
+        <x:v>9.486</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45758.7870138889</x:v>
+        <x:v>45834.7579166667</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>6.152</x:v>
+        <x:v>7.528</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>7.502</x:v>
+        <x:v>9.18</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45757.76875</x:v>
+        <x:v>45833.7638078704</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>5.973</x:v>
+        <x:v>7.321</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>7.284</x:v>
+        <x:v>8.928</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45756.7571990741</x:v>
+        <x:v>45832.757974537</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>5.586</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>6.812</x:v>
+        <x:v>9.024</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45755.7790625</x:v>
+        <x:v>45831.759837963</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>6.065</x:v>
+        <x:v>7.018</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>7.396</x:v>
+        <x:v>8.558</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45754.7628356482</x:v>
+        <x:v>45828.7626041667</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>6.14</x:v>
+        <x:v>7.319</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>7.488</x:v>
+        <x:v>8.926</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45751.759212963</x:v>
+        <x:v>45827.7613657407</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>6.217</x:v>
+        <x:v>7.346</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>7.582</x:v>
+        <x:v>8.958</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45750.763599537</x:v>
+        <x:v>45826.7621759259</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>6.548</x:v>
+        <x:v>7.413</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>7.986</x:v>
+        <x:v>9.04</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45749.7615162037</x:v>
+        <x:v>45825.7634259259</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
         <x:v>0.18</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>6.95</x:v>
+        <x:v>7.454</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>8.476</x:v>
+        <x:v>9.09</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45748.7585416667</x:v>
+        <x:v>45824.7587962963</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>7.027</x:v>
+        <x:v>7.477</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>8.57</x:v>
+        <x:v>9.118</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45747.7615856481</x:v>
+        <x:v>45821.7600694444</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>7.039</x:v>
+        <x:v>7.27</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>8.584</x:v>
+        <x:v>8.866</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45744.7643518519</x:v>
+        <x:v>45820.7827662037</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>7.305</x:v>
+        <x:v>7.501</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>8.908</x:v>
+        <x:v>9.148</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45743.7674421296</x:v>
+        <x:v>45819.7603819444</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>7.549</x:v>
+        <x:v>7.644</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>9.206</x:v>
+        <x:v>9.322</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45742.7590046296</x:v>
+        <x:v>45818.7603240741</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>8.184</x:v>
+        <x:v>7.455</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>9.98</x:v>
+        <x:v>9.092</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45741.7595833333</x:v>
+        <x:v>45817.7587268519</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>8.405</x:v>
+        <x:v>7.16</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>10.25</x:v>
+        <x:v>8.732</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45740.7636689815</x:v>
+        <x:v>45814.7597453704</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>8.074</x:v>
+        <x:v>7.044</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>9.846</x:v>
+        <x:v>8.59</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45737.7594328704</x:v>
+        <x:v>45813.7588194444</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>8.08</x:v>
+        <x:v>7.006</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>9.854</x:v>
+        <x:v>8.544</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45736.7631944444</x:v>
+        <x:v>45812.7669791667</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>8.116</x:v>
+        <x:v>7.219</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>9.898</x:v>
+        <x:v>8.804</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45735.758275463</x:v>
+        <x:v>45811.9361805556</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>8.22</x:v>
+        <x:v>7.364</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>10.025</x:v>
+        <x:v>8.98</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45734.7603240741</x:v>
+        <x:v>45811.7585763889</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>8.245</x:v>
+        <x:v>7.364</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>10.055</x:v>
+        <x:v>8.98</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45733.7571527778</x:v>
+        <x:v>45810.9414583333</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>8.151</x:v>
+        <x:v>7.334</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>9.94</x:v>
+        <x:v>8.944</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45730.7613194444</x:v>
+        <x:v>45810.7576388889</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>7.803</x:v>
+        <x:v>7.334</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>9.772</x:v>
+        <x:v>8.944</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45729.7592476852</x:v>
+        <x:v>45803.758912037</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>7.803</x:v>
+        <x:v>7.062</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>0</x:v>
+        <x:v>8.996</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45728.7584953704</x:v>
+        <x:v>45803.3275</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>8.339</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>0</x:v>
+        <x:v>8.994</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45727.7600925926</x:v>
+        <x:v>45800.759525463</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>8.216</x:v>
+        <x:v>7.375</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>10.02</x:v>
+        <x:v>8.994</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45726.7683912037</x:v>
+        <x:v>45799.7595138889</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>8.241</x:v>
+        <x:v>7.588</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>10.05</x:v>
+        <x:v>9.254</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45723.7597453704</x:v>
+        <x:v>45798.764212963</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>8.212</x:v>
+        <x:v>7.793</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>10.015</x:v>
+        <x:v>9.504</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45722.7590856481</x:v>
+        <x:v>45797.7621759259</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>7.677</x:v>
+        <x:v>7.898</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>9.362</x:v>
+        <x:v>9.632</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45721.7633217593</x:v>
+        <x:v>45796.7617013889</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>7.365</x:v>
+        <x:v>7.662</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>8.982</x:v>
+        <x:v>9.344</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45720.7599652778</x:v>
+        <x:v>45793.7569675926</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>8.253</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>10.065</x:v>
+        <x:v>9.378</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45719.7600694444</x:v>
+        <x:v>45792.7607638889</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>8.216</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>10.02</x:v>
+        <x:v>9.512</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45716.7600810185</x:v>
+        <x:v>45791.7641666667</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>9.254</x:v>
+        <x:v>7.984</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>11.285</x:v>
+        <x:v>9.736</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45715.7570138889</x:v>
+        <x:v>45790.7569560185</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>1.71</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>9.393</x:v>
+        <x:v>8.059</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>11.455</x:v>
+        <x:v>9.828</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45714.7742361111</x:v>
+        <x:v>45789.7604166667</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>1.85</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>9.241</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>11.27</x:v>
+        <x:v>9.598</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45713.7590277778</x:v>
+        <x:v>45786.7590277778</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>1.71</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>9.27</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>11.305</x:v>
+        <x:v>8.964</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45712.7659837963</x:v>
+        <x:v>45785.757662037</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>1.74</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>9.102</x:v>
+        <x:v>7.282</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>11.1</x:v>
+        <x:v>8.88</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45709.7638425926</x:v>
+        <x:v>45784.7685300926</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>1.6</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>9.008</x:v>
+        <x:v>7.085</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>10.985</x:v>
+        <x:v>8.64</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45708.7618055556</x:v>
+        <x:v>45783.7611458333</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>1.52</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>8.922</x:v>
+        <x:v>7.121</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>10.88</x:v>
+        <x:v>8.684</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45707.7576967593</x:v>
+        <x:v>45782.7990856481</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>1.45</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>9.082</x:v>
+        <x:v>7.122</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>11.075</x:v>
+        <x:v>8.686</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45706.7623611111</x:v>
+        <x:v>45782.7613310185</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>9.082</x:v>
+        <x:v>7.122</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>11.075</x:v>
+        <x:v>8.686</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45705.7592592593</x:v>
+        <x:v>45779.7593402778</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>9.319</x:v>
+        <x:v>7.275</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>11.365</x:v>
+        <x:v>8.872</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45702.7667592593</x:v>
+        <x:v>45777.7615046296</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>1.83</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>9.471</x:v>
+        <x:v>7.108</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>11.55</x:v>
+        <x:v>8.668</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45701.7653125</x:v>
+        <x:v>45776.7598726852</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>1.99</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>8.684</x:v>
+        <x:v>7.234</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>10.59</x:v>
+        <x:v>8.822</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45700.762650463</x:v>
+        <x:v>45775.760162037</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>8.68</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>10.585</x:v>
+        <x:v>8.878</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45699.7633796296</x:v>
+        <x:v>45772.7647106481</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>8.573</x:v>
+        <x:v>7.285</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>10.455</x:v>
+        <x:v>8.884</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45698.7616782407</x:v>
+        <x:v>45771.7646180556</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>8.684</x:v>
+        <x:v>7.206</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>10.59</x:v>
+        <x:v>8.788</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45695.7610532407</x:v>
+        <x:v>45770.7699421296</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>1.38</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>8.696</x:v>
+        <x:v>7.049</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>10.605</x:v>
+        <x:v>8.596</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45694.7633912037</x:v>
+        <x:v>45769.7600925926</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>1.39</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>8.446</x:v>
+        <x:v>6.686</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>10.3</x:v>
+        <x:v>8.154</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45693.7707060185</x:v>
+        <x:v>45764.7627546296</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>8.446</x:v>
+        <x:v>6.585</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>10.3</x:v>
+        <x:v>8.03</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45692.7817939815</x:v>
+        <x:v>45763.7624189815</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>1.25</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>8.495</x:v>
+        <x:v>6.598</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>10.36</x:v>
+        <x:v>8.046</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45691.928125</x:v>
+        <x:v>45762.7597800926</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>8.319</x:v>
+        <x:v>6.709</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>10.145</x:v>
+        <x:v>8.182</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45691.7626157407</x:v>
+        <x:v>45761.7605787037</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>8.319</x:v>
+        <x:v>6.278</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>10.145</x:v>
+        <x:v>7.656</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45688.7599421296</x:v>
+        <x:v>45758.7870138889</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>1.65</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>8.876</x:v>
+        <x:v>6.152</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>10.825</x:v>
+        <x:v>7.502</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45687.7639583333</x:v>
+        <x:v>45757.76875</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>1.81</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>9.028</x:v>
+        <x:v>5.973</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>11.01</x:v>
+        <x:v>7.284</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45686.76375</x:v>
+        <x:v>45756.7571990741</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>1.77</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>8.987</x:v>
+        <x:v>5.586</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>10.96</x:v>
+        <x:v>6.812</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45685.9323032407</x:v>
+        <x:v>45755.7790625</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>1.87</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>9.09</x:v>
+        <x:v>6.065</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>11.085</x:v>
+        <x:v>7.396</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45685.7621990741</x:v>
+        <x:v>45754.7628356482</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>1.87</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>9.09</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>11.085</x:v>
+        <x:v>7.488</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45684.7611111111</x:v>
+        <x:v>45751.759212963</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>1.88</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>9.094</x:v>
+        <x:v>6.217</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>11.09</x:v>
+        <x:v>7.582</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45681.7681018518</x:v>
+        <x:v>45750.763599537</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>1.77</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>8.979</x:v>
+        <x:v>6.548</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>10.95</x:v>
+        <x:v>7.986</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45679.759537037</x:v>
+        <x:v>45749.7615162037</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>8.503</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>10.37</x:v>
+        <x:v>8.476</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45678.7595023148</x:v>
+        <x:v>45748.7585416667</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>1.44</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>8.581</x:v>
+        <x:v>7.027</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>10.465</x:v>
+        <x:v>8.57</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45677.7651041667</x:v>
+        <x:v>45747.7615856481</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>1.59</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>8.745</x:v>
+        <x:v>7.039</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>10.665</x:v>
+        <x:v>8.584</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45674.7630671296</x:v>
+        <x:v>45744.7643518519</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>1.48</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>8.614</x:v>
+        <x:v>7.305</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>10.505</x:v>
+        <x:v>8.908</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45673.7629513889</x:v>
+        <x:v>45743.7674421296</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>1.27</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>8.339</x:v>
+        <x:v>7.549</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>10.17</x:v>
+        <x:v>9.206</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45672.7645486111</x:v>
+        <x:v>45742.7590046296</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>1.35</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>8.438</x:v>
+        <x:v>8.184</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>10.29</x:v>
+        <x:v>9.98</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45671.7791666667</x:v>
+        <x:v>45741.7595833333</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>1.1</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>8.067</x:v>
+        <x:v>8.405</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>9.838</x:v>
+        <x:v>10.25</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45670.7590856481</x:v>
+        <x:v>45740.7636689815</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>7.649</x:v>
+        <x:v>8.074</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>9.328</x:v>
+        <x:v>9.846</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45667.7626157407</x:v>
+        <x:v>45737.7594328704</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>7.521</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>9.172</x:v>
+        <x:v>9.854</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45666.7588541667</x:v>
+        <x:v>45736.7631944444</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>7.449</x:v>
+        <x:v>8.116</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>9.084</x:v>
+        <x:v>9.898</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45665.7753240741</x:v>
+        <x:v>45735.758275463</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>0.82</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>7.562</x:v>
+        <x:v>8.22</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>9.222</x:v>
+        <x:v>10.025</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45664.7606365741</x:v>
+        <x:v>45734.7603240741</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>7.718</x:v>
+        <x:v>8.245</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>9.412</x:v>
+        <x:v>10.055</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45663.7687384259</x:v>
+        <x:v>45733.7571527778</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>7.692</x:v>
+        <x:v>8.151</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>9.38</x:v>
+        <x:v>9.94</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45660.7612152778</x:v>
+        <x:v>45730.7613194444</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>7.413</x:v>
+        <x:v>7.803</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>9.04</x:v>
+        <x:v>9.772</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45659.7570949074</x:v>
+        <x:v>45729.7592476852</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>7.724</x:v>
+        <x:v>7.803</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>9.42</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45656.7590856481</x:v>
+        <x:v>45728.7584953704</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>7.503</x:v>
+        <x:v>8.339</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>9.15</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45653.7594212963</x:v>
+        <x:v>45727.7600925926</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>7.428</x:v>
+        <x:v>8.216</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>9.058</x:v>
+        <x:v>10.02</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45649.7573148148</x:v>
+        <x:v>45726.7683912037</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>7.278</x:v>
+        <x:v>8.241</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>8.876</x:v>
+        <x:v>10.05</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45646.7607291667</x:v>
+        <x:v>45723.7597453704</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>7.257</x:v>
+        <x:v>8.212</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>8.85</x:v>
+        <x:v>10.015</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45645.7575925926</x:v>
+        <x:v>45722.7590856481</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>7.247</x:v>
+        <x:v>7.677</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>8.838</x:v>
+        <x:v>9.362</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45644.7668402778</x:v>
+        <x:v>45721.7633217593</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>7.326</x:v>
+        <x:v>7.365</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>8.934</x:v>
+        <x:v>8.982</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45643.7697106482</x:v>
+        <x:v>45720.7599652778</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>7.242</x:v>
+        <x:v>8.253</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>8.832</x:v>
+        <x:v>10.065</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45642.7680902778</x:v>
+        <x:v>45719.7600694444</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>7.239</x:v>
+        <x:v>8.216</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>8.828</x:v>
+        <x:v>10.02</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45638.763287037</x:v>
+        <x:v>45716.7600810185</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>7.375</x:v>
+        <x:v>9.254</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>8.994</x:v>
+        <x:v>11.285</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45637.7962962963</x:v>
+        <x:v>45715.7570138889</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>0.76</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>7.334</x:v>
+        <x:v>9.393</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>8.944</x:v>
+        <x:v>11.455</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45636.7680208333</x:v>
+        <x:v>45714.7742361111</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>0.81</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>7.414</x:v>
+        <x:v>9.241</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>9.042</x:v>
+        <x:v>11.27</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45635.7600578704</x:v>
+        <x:v>45713.7590277778</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>0.84</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>7.474</x:v>
+        <x:v>9.27</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>9.114</x:v>
+        <x:v>11.305</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45632.7600810185</x:v>
+        <x:v>45712.7659837963</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>0.69</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>7.15</x:v>
+        <x:v>9.102</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>8.72</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45631.7586342593</x:v>
+        <x:v>45709.7638425926</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>0.51</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>6.688</x:v>
+        <x:v>9.008</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>8.156</x:v>
+        <x:v>10.985</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45630.7638657407</x:v>
+        <x:v>45708.7618055556</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>0.43</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>6.189</x:v>
+        <x:v>8.922</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>7.548</x:v>
+        <x:v>10.88</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45629.7659490741</x:v>
+        <x:v>45707.7576967593</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>0.36</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>6.189</x:v>
+        <x:v>9.082</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>7.548</x:v>
+        <x:v>11.075</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45628.7705092593</x:v>
+        <x:v>45706.7623611111</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>0.4</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>6.334</x:v>
+        <x:v>9.082</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>7.724</x:v>
+        <x:v>11.075</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45625.7597916667</x:v>
+        <x:v>45705.7592592593</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>0.44</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>6.437</x:v>
+        <x:v>9.319</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>7.85</x:v>
+        <x:v>11.365</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45624.7724074074</x:v>
+        <x:v>45702.7667592593</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>0.42</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>6.366</x:v>
+        <x:v>9.471</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>7.764</x:v>
+        <x:v>11.55</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45623.7602546296</x:v>
+        <x:v>45701.7653125</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>0.47</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>6.519</x:v>
+        <x:v>8.684</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>7.95</x:v>
+        <x:v>10.59</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45622.7714814815</x:v>
+        <x:v>45700.762650463</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>0.53</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>6.668</x:v>
+        <x:v>8.68</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>8.132</x:v>
+        <x:v>10.585</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45621.76375</x:v>
+        <x:v>45699.7633796296</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>0.61</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>6.84</x:v>
+        <x:v>8.573</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>8.342</x:v>
+        <x:v>10.455</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45618.785150463</x:v>
+        <x:v>45698.7616782407</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>0.55</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>6.691</x:v>
+        <x:v>8.684</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>8.16</x:v>
+        <x:v>10.59</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45617.7602662037</x:v>
+        <x:v>45695.7610532407</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>0.5</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>6.573</x:v>
+        <x:v>8.696</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>8.016</x:v>
+        <x:v>10.605</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45616.7634259259</x:v>
+        <x:v>45694.7633912037</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>0.54</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>6.668</x:v>
+        <x:v>8.446</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>8.132</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45615.7578587963</x:v>
+        <x:v>45693.7707060185</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>0.66</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>6.921</x:v>
+        <x:v>8.446</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>8.44</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45614.7648842593</x:v>
+        <x:v>45692.7817939815</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>0.84</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>7.224</x:v>
+        <x:v>8.495</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>8.81</x:v>
+        <x:v>10.36</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45611.7686458333</x:v>
+        <x:v>45691.928125</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>0.87</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>7.277</x:v>
+        <x:v>8.319</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>8.874</x:v>
+        <x:v>10.145</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45610.7625</x:v>
+        <x:v>45691.7626157407</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>0.86</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>7.257</x:v>
+        <x:v>8.319</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>8.85</x:v>
+        <x:v>10.145</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45609.7625810185</x:v>
+        <x:v>45688.7599421296</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>0.87</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>7.264</x:v>
+        <x:v>8.876</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>8.858</x:v>
+        <x:v>10.825</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45608.7779282407</x:v>
+        <x:v>45687.7639583333</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>0.88</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>7.282</x:v>
+        <x:v>9.028</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>8.88</x:v>
+        <x:v>11.01</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45607.759224537</x:v>
+        <x:v>45686.76375</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>1.13</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>7.619</x:v>
+        <x:v>8.987</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>9.292</x:v>
+        <x:v>10.96</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45604.7572800926</x:v>
+        <x:v>45685.9323032407</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>1.05</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>7.506</x:v>
+        <x:v>9.09</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>9.154</x:v>
+        <x:v>11.085</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45603.7594444444</x:v>
+        <x:v>45685.7621990741</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>1.11</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>7.575</x:v>
+        <x:v>9.09</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>9.238</x:v>
+        <x:v>11.085</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45602.758900463</x:v>
+        <x:v>45684.7611111111</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>0.87</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>7.183</x:v>
+        <x:v>9.094</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>8.76</x:v>
+        <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45601.7576967593</x:v>
+        <x:v>45681.7681018518</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>1.03</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>7.413</x:v>
+        <x:v>8.979</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>9.04</x:v>
+        <x:v>10.95</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45600.7605555556</x:v>
+        <x:v>45679.759537037</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>1.04</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>7.421</x:v>
+        <x:v>8.503</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>9.05</x:v>
+        <x:v>10.37</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45597.7588078704</x:v>
+        <x:v>45678.7595023148</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>0.94</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>7.264</x:v>
+        <x:v>8.581</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>8.858</x:v>
+        <x:v>10.465</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45596.7617013889</x:v>
+        <x:v>45677.7651041667</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>0.96</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>7.295</x:v>
+        <x:v>8.745</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>8.896</x:v>
+        <x:v>10.665</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45595.7568981481</x:v>
+        <x:v>45674.7630671296</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
-        <x:v>0.98</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>7.331</x:v>
+        <x:v>8.614</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>8.94</x:v>
+        <x:v>10.505</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45594.7605324074</x:v>
+        <x:v>45673.7629513889</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>1.08</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>7.469</x:v>
+        <x:v>8.339</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>9.108</x:v>
+        <x:v>10.17</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45593.7741898148</x:v>
+        <x:v>45672.7645486111</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>7.708</x:v>
+        <x:v>8.438</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>9.4</x:v>
+        <x:v>10.29</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45590.7682638889</x:v>
+        <x:v>45671.7791666667</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>7.726</x:v>
+        <x:v>8.067</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>9.422</x:v>
+        <x:v>9.838</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45589.7589351852</x:v>
+        <x:v>45670.7590856481</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>2.47</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>8.532</x:v>
+        <x:v>7.649</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>10.405</x:v>
+        <x:v>9.328</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45588.7684259259</x:v>
+        <x:v>45667.7626157407</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>2.27</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>8.38</x:v>
+        <x:v>7.521</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>10.22</x:v>
+        <x:v>9.172</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45587.7587152778</x:v>
+        <x:v>45666.7588541667</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>2.46</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>8.516</x:v>
+        <x:v>7.449</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>10.385</x:v>
+        <x:v>9.084</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45586.7589236111</x:v>
+        <x:v>45665.7753240741</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>2.22</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>8.327</x:v>
+        <x:v>7.562</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>10.155</x:v>
+        <x:v>9.222</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45583.7648726852</x:v>
+        <x:v>45664.7606365741</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>2.14</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>8.262</x:v>
+        <x:v>7.718</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>10.075</x:v>
+        <x:v>9.412</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45581.7578703704</x:v>
+        <x:v>45663.7687384259</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>2.03</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>8.162</x:v>
+        <x:v>7.692</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>9.954</x:v>
+        <x:v>9.38</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45580.7602546296</x:v>
+        <x:v>45660.7612152778</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>1.88</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>8.038</x:v>
+        <x:v>7.413</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>9.802</x:v>
+        <x:v>9.04</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45579.7583101852</x:v>
+        <x:v>45659.7570949074</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>2.13</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>8.229</x:v>
+        <x:v>7.724</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>10.035</x:v>
+        <x:v>9.42</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45576.7678935185</x:v>
+        <x:v>45656.7590856481</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>2.21</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>8.282</x:v>
+        <x:v>7.503</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>10.1</x:v>
+        <x:v>9.15</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45575.7565625</x:v>
+        <x:v>45653.7594212963</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>2.2</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>8.278</x:v>
+        <x:v>7.428</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>10.095</x:v>
+        <x:v>9.058</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45574.7611111111</x:v>
+        <x:v>45649.7573148148</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>2.5</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>8.479</x:v>
+        <x:v>7.278</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>10.34</x:v>
+        <x:v>8.876</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45573.7605787037</x:v>
+        <x:v>45646.7607291667</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>2.18</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>8.233</x:v>
+        <x:v>7.257</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>10.04</x:v>
+        <x:v>8.85</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45572.7566087963</x:v>
+        <x:v>45645.7575925926</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>2.29</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>8.315</x:v>
+        <x:v>7.247</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>10.14</x:v>
+        <x:v>8.838</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45569.7642013889</x:v>
+        <x:v>45644.7668402778</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>3.04</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>8.741</x:v>
+        <x:v>7.326</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>10.66</x:v>
+        <x:v>8.934</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45568.765474537</x:v>
+        <x:v>45643.7697106482</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>2.61</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>8.458</x:v>
+        <x:v>7.242</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>10.315</x:v>
+        <x:v>8.832</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
-        <x:v>45567.7655324074</x:v>
+        <x:v>45642.7680902778</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C414" s="0">
-        <x:v>2.59</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D414" s="0">
-        <x:v>8.446</x:v>
+        <x:v>7.239</x:v>
       </x:c>
       <x:c r="E414" s="0">
-        <x:v>10.3</x:v>
+        <x:v>8.828</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5">
       <x:c r="A415" s="1">
-        <x:v>45566.7561226852</x:v>
+        <x:v>45638.763287037</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C415" s="0">
-        <x:v>3.01</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D415" s="0">
-        <x:v>8.688</x:v>
+        <x:v>7.375</x:v>
       </x:c>
       <x:c r="E415" s="0">
-        <x:v>10.595</x:v>
+        <x:v>8.994</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5">
       <x:c r="A416" s="1">
-        <x:v>45565.7591319444</x:v>
+        <x:v>45637.7962962963</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C416" s="0">
-        <x:v>3.37</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D416" s="0">
-        <x:v>8.872</x:v>
+        <x:v>7.334</x:v>
       </x:c>
       <x:c r="E416" s="0">
-        <x:v>10.82</x:v>
+        <x:v>8.944</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5">
       <x:c r="A417" s="1">
-        <x:v>45562.7587268519</x:v>
+        <x:v>45636.7680208333</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C417" s="0">
-        <x:v>3.95</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D417" s="0">
-        <x:v>9.139</x:v>
+        <x:v>7.414</x:v>
       </x:c>
       <x:c r="E417" s="0">
-        <x:v>11.145</x:v>
+        <x:v>9.042</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5">
       <x:c r="A418" s="1">
-        <x:v>45561.7609606481</x:v>
+        <x:v>45635.7600578704</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C418" s="0">
-        <x:v>2.96</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D418" s="0">
-        <x:v>8.561</x:v>
+        <x:v>7.474</x:v>
       </x:c>
       <x:c r="E418" s="0">
-        <x:v>10.44</x:v>
+        <x:v>9.114</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5">
       <x:c r="A419" s="1">
-        <x:v>45560.7716550926</x:v>
+        <x:v>45632.7600810185</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C419" s="0">
-        <x:v>2.3</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D419" s="0">
-        <x:v>8.1</x:v>
+        <x:v>7.15</x:v>
       </x:c>
       <x:c r="E419" s="0">
-        <x:v>9.878</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5">
       <x:c r="A420" s="1">
-        <x:v>45559.7597106481</x:v>
+        <x:v>45631.7586342593</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C420" s="0">
-        <x:v>2.23</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D420" s="0">
-        <x:v>8.046</x:v>
+        <x:v>6.688</x:v>
       </x:c>
       <x:c r="E420" s="0">
-        <x:v>9.812</x:v>
+        <x:v>8.156</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5">
       <x:c r="A421" s="1">
-        <x:v>45558.7541782407</x:v>
+        <x:v>45630.7638657407</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C421" s="0">
-        <x:v>2.03</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D421" s="0">
-        <x:v>7.893</x:v>
+        <x:v>6.189</x:v>
       </x:c>
       <x:c r="E421" s="0">
-        <x:v>9.626</x:v>
+        <x:v>7.548</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5">
       <x:c r="A422" s="1">
-        <x:v>45555.7577777778</x:v>
+        <x:v>45629.7659490741</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C422" s="0">
-        <x:v>1.91</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D422" s="0">
-        <x:v>7.787</x:v>
+        <x:v>6.189</x:v>
       </x:c>
       <x:c r="E422" s="0">
-        <x:v>9.496</x:v>
+        <x:v>7.548</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5">
       <x:c r="A423" s="1">
-        <x:v>45554.7555787037</x:v>
+        <x:v>45628.7705092593</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C423" s="0">
-        <x:v>2.47</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D423" s="0">
-        <x:v>8.157</x:v>
+        <x:v>6.334</x:v>
       </x:c>
       <x:c r="E423" s="0">
-        <x:v>9.948</x:v>
+        <x:v>7.724</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5">
       <x:c r="A424" s="1">
-        <x:v>45553.7544560185</x:v>
+        <x:v>45625.7597916667</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C424" s="0">
-        <x:v>2.08</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D424" s="0">
-        <x:v>7.864</x:v>
+        <x:v>6.437</x:v>
       </x:c>
       <x:c r="E424" s="0">
-        <x:v>9.59</x:v>
+        <x:v>7.85</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5">
       <x:c r="A425" s="1">
-        <x:v>45552.7566087963</x:v>
+        <x:v>45624.7724074074</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C425" s="0">
-        <x:v>1.94</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D425" s="0">
-        <x:v>7.747</x:v>
+        <x:v>6.366</x:v>
       </x:c>
       <x:c r="E425" s="0">
-        <x:v>9.448</x:v>
+        <x:v>7.764</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5">
       <x:c r="A426" s="1">
-        <x:v>45551.7525578704</x:v>
+        <x:v>45623.7602546296</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C426" s="0">
-        <x:v>1.65</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D426" s="0">
-        <x:v>7.482</x:v>
+        <x:v>6.519</x:v>
       </x:c>
       <x:c r="E426" s="0">
-        <x:v>9.124</x:v>
+        <x:v>7.95</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5">
       <x:c r="A427" s="1">
-        <x:v>45548.7578125</x:v>
+        <x:v>45622.7714814815</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C427" s="0">
-        <x:v>1.96</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D427" s="0">
-        <x:v>7.724</x:v>
+        <x:v>6.668</x:v>
       </x:c>
       <x:c r="E427" s="0">
-        <x:v>9.42</x:v>
+        <x:v>8.132</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5">
       <x:c r="A428" s="1">
-        <x:v>45547.7526736111</x:v>
+        <x:v>45621.76375</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C428" s="0">
-        <x:v>1.56</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D428" s="0">
-        <x:v>7.073</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="E428" s="0">
-        <x:v>8.626</x:v>
+        <x:v>8.342</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5">
       <x:c r="A429" s="1">
-        <x:v>45547.7526736111</x:v>
+        <x:v>45618.785150463</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C429" s="0">
-        <x:v>1.56</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D429" s="0">
-        <x:v>7.341</x:v>
+        <x:v>6.691</x:v>
       </x:c>
       <x:c r="E429" s="0">
-        <x:v>8.952</x:v>
+        <x:v>8.16</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5">
       <x:c r="A430" s="1">
-        <x:v>45546.750625</x:v>
+        <x:v>45617.7602662037</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C430" s="0">
-        <x:v>1.31</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D430" s="0">
-        <x:v>7.073</x:v>
+        <x:v>6.573</x:v>
       </x:c>
       <x:c r="E430" s="0">
-        <x:v>8.626</x:v>
+        <x:v>8.016</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5">
       <x:c r="A431" s="1">
-        <x:v>45546.750625</x:v>
+        <x:v>45616.7634259259</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C431" s="0">
-        <x:v>1.31</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D431" s="0">
-        <x:v>7.146</x:v>
+        <x:v>6.668</x:v>
       </x:c>
       <x:c r="E431" s="0">
-        <x:v>8.714</x:v>
+        <x:v>8.132</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5">
       <x:c r="A432" s="1">
-        <x:v>45545.7516087963</x:v>
+        <x:v>45615.7578587963</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C432" s="0">
-        <x:v>1.38</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D432" s="0">
-        <x:v>7.146</x:v>
+        <x:v>6.921</x:v>
       </x:c>
       <x:c r="E432" s="0">
-        <x:v>8.714</x:v>
+        <x:v>8.44</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5">
       <x:c r="A433" s="1">
-        <x:v>45545.7516087963</x:v>
+        <x:v>45614.7648842593</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C433" s="0">
-        <x:v>1.38</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D433" s="0">
-        <x:v>7.47</x:v>
+        <x:v>7.224</x:v>
       </x:c>
       <x:c r="E433" s="0">
-        <x:v>9.11</x:v>
+        <x:v>8.81</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5">
       <x:c r="A434" s="1">
-        <x:v>45544.7531597222</x:v>
+        <x:v>45611.7686458333</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C434" s="0">
-        <x:v>1.77</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D434" s="0">
-        <x:v>7.447</x:v>
+        <x:v>7.277</x:v>
       </x:c>
       <x:c r="E434" s="0">
-        <x:v>9.082</x:v>
+        <x:v>8.874</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5">
       <x:c r="A435" s="1">
-        <x:v>45544.7531597222</x:v>
+        <x:v>45610.7625</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C435" s="0">
-        <x:v>1.77</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D435" s="0">
-        <x:v>7.47</x:v>
+        <x:v>7.257</x:v>
       </x:c>
       <x:c r="E435" s="0">
-        <x:v>9.11</x:v>
+        <x:v>8.85</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5">
       <x:c r="A436" s="1">
-        <x:v>45541.7748726852</x:v>
+        <x:v>45609.7625810185</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C436" s="0">
-        <x:v>1.74</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D436" s="0">
-        <x:v>7.769</x:v>
+        <x:v>7.264</x:v>
       </x:c>
       <x:c r="E436" s="0">
-        <x:v>9.474</x:v>
+        <x:v>8.858</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5">
       <x:c r="A437" s="1">
-        <x:v>45540.7513310185</x:v>
+        <x:v>45608.7779282407</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C437" s="0">
-        <x:v>2.2</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D437" s="0">
-        <x:v>7.769</x:v>
+        <x:v>7.282</x:v>
       </x:c>
       <x:c r="E437" s="0">
-        <x:v>9.474</x:v>
+        <x:v>8.88</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5">
       <x:c r="A438" s="1">
-        <x:v>45539.7505324074</x:v>
+        <x:v>45607.759224537</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C438" s="0">
-        <x:v>2.09</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D438" s="0">
-        <x:v>7.69</x:v>
+        <x:v>7.619</x:v>
       </x:c>
       <x:c r="E438" s="0">
-        <x:v>9.378</x:v>
+        <x:v>9.292</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5">
       <x:c r="A439" s="1">
-        <x:v>45538.7613888889</x:v>
+        <x:v>45604.7572800926</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C439" s="0">
-        <x:v>2.12</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D439" s="0">
-        <x:v>7.706</x:v>
+        <x:v>7.506</x:v>
       </x:c>
       <x:c r="E439" s="0">
-        <x:v>9.398</x:v>
+        <x:v>9.154</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5">
       <x:c r="A440" s="1">
-        <x:v>45537.7586689815</x:v>
+        <x:v>45603.7594444444</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C440" s="0">
-        <x:v>2.49</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D440" s="0">
-        <x:v>7.941</x:v>
+        <x:v>7.575</x:v>
       </x:c>
       <x:c r="E440" s="0">
-        <x:v>9.684</x:v>
+        <x:v>9.238</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5">
       <x:c r="A441" s="1">
-        <x:v>45534.758900463</x:v>
+        <x:v>45602.758900463</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C441" s="0">
-        <x:v>2.48</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D441" s="0">
-        <x:v>7.99</x:v>
+        <x:v>7.183</x:v>
       </x:c>
       <x:c r="E441" s="0">
-        <x:v>9.744</x:v>
+        <x:v>8.76</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5">
       <x:c r="A442" s="1">
-        <x:v>45533.7650694444</x:v>
+        <x:v>45601.7576967593</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C442" s="0">
-        <x:v>2.58</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D442" s="0">
-        <x:v>7.99</x:v>
+        <x:v>7.413</x:v>
       </x:c>
       <x:c r="E442" s="0">
-        <x:v>9.744</x:v>
+        <x:v>9.04</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5">
       <x:c r="A443" s="1">
-        <x:v>45532.7509375</x:v>
+        <x:v>45600.7605555556</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C443" s="0">
-        <x:v>2.62</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D443" s="0">
-        <x:v>8.018</x:v>
+        <x:v>7.421</x:v>
       </x:c>
       <x:c r="E443" s="0">
-        <x:v>9.778</x:v>
+        <x:v>9.05</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5">
       <x:c r="A444" s="1">
-        <x:v>45531.7522800926</x:v>
+        <x:v>45597.7588078704</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C444" s="0">
-        <x:v>2.95</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D444" s="0">
-        <x:v>8.131</x:v>
+        <x:v>7.264</x:v>
       </x:c>
       <x:c r="E444" s="0">
-        <x:v>9.916</x:v>
+        <x:v>8.858</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5">
       <x:c r="A445" s="1">
-        <x:v>45530.7534490741</x:v>
+        <x:v>45596.7617013889</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C445" s="0">
-        <x:v>2.84</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D445" s="0">
-        <x:v>8.131</x:v>
+        <x:v>7.295</x:v>
       </x:c>
       <x:c r="E445" s="0">
-        <x:v>9.916</x:v>
+        <x:v>8.896</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5">
       <x:c r="A446" s="1">
-        <x:v>45527.7533333333</x:v>
+        <x:v>45595.7568981481</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C446" s="0">
-        <x:v>2.76</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D446" s="0">
-        <x:v>7.949</x:v>
+        <x:v>7.331</x:v>
       </x:c>
       <x:c r="E446" s="0">
-        <x:v>9.694</x:v>
+        <x:v>8.94</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5">
       <x:c r="A447" s="1">
-        <x:v>45526.7495601852</x:v>
+        <x:v>45594.7605324074</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C447" s="0">
-        <x:v>2.55</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D447" s="0">
-        <x:v>7.949</x:v>
+        <x:v>7.469</x:v>
       </x:c>
       <x:c r="E447" s="0">
-        <x:v>9.694</x:v>
+        <x:v>9.108</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5">
       <x:c r="A448" s="1">
-        <x:v>45525.7531828704</x:v>
+        <x:v>45593.7741898148</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C448" s="0">
-        <x:v>2.59</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D448" s="0">
-        <x:v>7.911</x:v>
+        <x:v>7.708</x:v>
       </x:c>
       <x:c r="E448" s="0">
-        <x:v>9.648</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5">
       <x:c r="A449" s="1">
-        <x:v>45524.7573263889</x:v>
+        <x:v>45590.7682638889</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C449" s="0">
-        <x:v>2.49</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D449" s="0">
-        <x:v>7.911</x:v>
+        <x:v>7.726</x:v>
       </x:c>
       <x:c r="E449" s="0">
-        <x:v>9.648</x:v>
+        <x:v>9.422</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5">
       <x:c r="A450" s="1">
-        <x:v>45523.7507407407</x:v>
+        <x:v>45589.7589351852</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C450" s="0">
-        <x:v>2.59</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D450" s="0">
-        <x:v>7.836</x:v>
+        <x:v>8.532</x:v>
       </x:c>
       <x:c r="E450" s="0">
-        <x:v>9.556</x:v>
+        <x:v>10.405</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5">
       <x:c r="A451" s="1">
-        <x:v>45520.7526273148</x:v>
+        <x:v>45588.7684259259</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C451" s="0">
-        <x:v>2.39</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D451" s="0">
-        <x:v>7.836</x:v>
+        <x:v>8.38</x:v>
       </x:c>
       <x:c r="E451" s="0">
-        <x:v>9.556</x:v>
+        <x:v>10.22</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5">
       <x:c r="A452" s="1">
-        <x:v>45519.7847800926</x:v>
+        <x:v>45587.7587152778</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C452" s="0">
-        <x:v>2.55</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D452" s="0">
-        <x:v>7.754</x:v>
+        <x:v>8.516</x:v>
       </x:c>
       <x:c r="E452" s="0">
-        <x:v>9.456</x:v>
+        <x:v>10.385</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5">
       <x:c r="A453" s="1">
-        <x:v>45518.7549652778</x:v>
+        <x:v>45586.7589236111</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C453" s="0">
-        <x:v>2.29</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D453" s="0">
-        <x:v>7.741</x:v>
+        <x:v>8.327</x:v>
       </x:c>
       <x:c r="E453" s="0">
-        <x:v>9.44</x:v>
+        <x:v>10.155</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5">
       <x:c r="A454" s="1">
-        <x:v>45517.7494212963</x:v>
+        <x:v>45583.7648726852</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C454" s="0">
-        <x:v>2.27</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D454" s="0">
-        <x:v>7.741</x:v>
+        <x:v>8.262</x:v>
       </x:c>
       <x:c r="E454" s="0">
-        <x:v>9.44</x:v>
+        <x:v>10.075</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5">
       <x:c r="A455" s="1">
-        <x:v>45516.7503935185</x:v>
+        <x:v>45581.7578703704</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C455" s="0">
-        <x:v>2.22</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D455" s="0">
-        <x:v>7.78</x:v>
+        <x:v>8.162</x:v>
       </x:c>
       <x:c r="E455" s="0">
-        <x:v>9.488</x:v>
+        <x:v>9.954</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5">
       <x:c r="A456" s="1">
-        <x:v>45513.7535416667</x:v>
+        <x:v>45580.7602546296</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C456" s="0">
-        <x:v>2.34</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D456" s="0">
-        <x:v>7.721</x:v>
+        <x:v>8.038</x:v>
       </x:c>
       <x:c r="E456" s="0">
-        <x:v>9.416</x:v>
+        <x:v>9.802</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5">
       <x:c r="A457" s="1">
-        <x:v>45512.7519560185</x:v>
+        <x:v>45579.7583101852</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C457" s="0">
-        <x:v>2.25</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D457" s="0">
-        <x:v>7.721</x:v>
+        <x:v>8.229</x:v>
       </x:c>
       <x:c r="E457" s="0">
-        <x:v>9.416</x:v>
+        <x:v>10.035</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5">
       <x:c r="A458" s="1">
-        <x:v>45511.7528472222</x:v>
+        <x:v>45576.7678935185</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C458" s="0">
-        <x:v>2.31</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D458" s="0">
-        <x:v>7.447</x:v>
+        <x:v>8.282</x:v>
       </x:c>
       <x:c r="E458" s="0">
-        <x:v>9.082</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5">
       <x:c r="A459" s="1">
-        <x:v>45510.771087963</x:v>
+        <x:v>45575.7565625</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C459" s="0">
-        <x:v>1.91</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D459" s="0">
-        <x:v>7.447</x:v>
+        <x:v>8.278</x:v>
       </x:c>
       <x:c r="E459" s="0">
-        <x:v>9.082</x:v>
+        <x:v>10.095</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5">
       <x:c r="A460" s="1">
-        <x:v>45509.7565856481</x:v>
+        <x:v>45574.7611111111</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C460" s="0">
-        <x:v>2.07</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D460" s="0">
-        <x:v>7.557</x:v>
+        <x:v>8.479</x:v>
       </x:c>
       <x:c r="E460" s="0">
-        <x:v>9.216</x:v>
+        <x:v>10.34</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5">
       <x:c r="A461" s="1">
-        <x:v>45506.7579282407</x:v>
+        <x:v>45573.7605787037</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C461" s="0">
-        <x:v>2.66</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D461" s="0">
-        <x:v>8.483</x:v>
+        <x:v>8.233</x:v>
       </x:c>
       <x:c r="E461" s="0">
-        <x:v>10.345</x:v>
+        <x:v>10.04</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5">
       <x:c r="A462" s="1">
-        <x:v>45505.7519791667</x:v>
+        <x:v>45572.7566087963</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C462" s="0">
-        <x:v>4.03</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D462" s="0">
-        <x:v>8.68</x:v>
+        <x:v>8.315</x:v>
       </x:c>
       <x:c r="E462" s="0">
-        <x:v>10.585</x:v>
+        <x:v>10.14</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5">
       <x:c r="A463" s="1">
-        <x:v>45504.7537615741</x:v>
+        <x:v>45569.7642013889</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C463" s="0">
-        <x:v>4.55</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D463" s="0">
-        <x:v>8.397</x:v>
+        <x:v>8.741</x:v>
       </x:c>
       <x:c r="E463" s="0">
-        <x:v>10.24</x:v>
+        <x:v>10.66</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:5">
       <x:c r="A464" s="1">
-        <x:v>45503.7497800926</x:v>
+        <x:v>45568.765474537</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C464" s="0">
-        <x:v>3.9</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D464" s="0">
-        <x:v>8.397</x:v>
+        <x:v>8.458</x:v>
       </x:c>
       <x:c r="E464" s="0">
-        <x:v>10.24</x:v>
+        <x:v>10.315</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:5">
       <x:c r="A465" s="1">
-        <x:v>45502.7520949074</x:v>
+        <x:v>45567.7655324074</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C465" s="0">
-        <x:v>3.89</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D465" s="0">
-        <x:v>8.487</x:v>
+        <x:v>8.446</x:v>
       </x:c>
       <x:c r="E465" s="0">
-        <x:v>10.35</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:5">
       <x:c r="A466" s="1">
-        <x:v>45499.7499421296</x:v>
+        <x:v>45566.7561226852</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C466" s="0">
-        <x:v>4.13</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D466" s="0">
-        <x:v>8.487</x:v>
+        <x:v>8.688</x:v>
       </x:c>
       <x:c r="E466" s="0">
-        <x:v>10.35</x:v>
+        <x:v>10.595</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:5">
       <x:c r="A467" s="1">
-        <x:v>45498.7519328704</x:v>
+        <x:v>45565.7591319444</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C467" s="0">
-        <x:v>2.9</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="D467" s="0">
-        <x:v>7.823</x:v>
+        <x:v>8.872</x:v>
       </x:c>
       <x:c r="E467" s="0">
-        <x:v>9.54</x:v>
+        <x:v>10.82</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:5">
       <x:c r="A468" s="1">
-        <x:v>45497.7532638889</x:v>
+        <x:v>45562.7587268519</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C468" s="0">
-        <x:v>3.06</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D468" s="0">
-        <x:v>7.902</x:v>
+        <x:v>9.139</x:v>
       </x:c>
       <x:c r="E468" s="0">
-        <x:v>9.636</x:v>
+        <x:v>11.145</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:5">
       <x:c r="A469" s="1">
-        <x:v>45496.7497106481</x:v>
+        <x:v>45561.7609606481</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C469" s="0">
-        <x:v>3.07</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D469" s="0">
-        <x:v>7.905</x:v>
+        <x:v>8.561</x:v>
       </x:c>
       <x:c r="E469" s="0">
-        <x:v>9.64</x:v>
+        <x:v>10.44</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:5">
       <x:c r="A470" s="1">
-        <x:v>45495.7515393519</x:v>
+        <x:v>45560.7716550926</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C470" s="0">
-        <x:v>3.24</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D470" s="0">
-        <x:v>7.987</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="E470" s="0">
-        <x:v>9.74</x:v>
+        <x:v>9.878</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:5">
       <x:c r="A471" s="1">
-        <x:v>45492.7568402778</x:v>
+        <x:v>45559.7597106481</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C471" s="0">
-        <x:v>2.79</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D471" s="0">
-        <x:v>8.311</x:v>
+        <x:v>8.046</x:v>
       </x:c>
       <x:c r="E471" s="0">
-        <x:v>10.135</x:v>
+        <x:v>9.812</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:5">
       <x:c r="A472" s="1">
-        <x:v>45491.7527777778</x:v>
+        <x:v>45558.7541782407</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C472" s="0">
-        <x:v>4.27</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D472" s="0">
-        <x:v>8.311</x:v>
+        <x:v>7.893</x:v>
       </x:c>
       <x:c r="E472" s="0">
-        <x:v>10.135</x:v>
+        <x:v>9.626</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:5">
       <x:c r="A473" s="1">
-        <x:v>45490.7537152778</x:v>
+        <x:v>45555.7577777778</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C473" s="0">
-        <x:v>3.47</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D473" s="0">
-        <x:v>8.121</x:v>
+        <x:v>7.787</x:v>
       </x:c>
       <x:c r="E473" s="0">
-        <x:v>9.904</x:v>
+        <x:v>9.496</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5">
       <x:c r="A474" s="1">
-        <x:v>45489.7499189815</x:v>
+        <x:v>45554.7555787037</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C474" s="0">
-        <x:v>3.89</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D474" s="0">
-        <x:v>8.121</x:v>
+        <x:v>8.157</x:v>
       </x:c>
       <x:c r="E474" s="0">
-        <x:v>9.904</x:v>
+        <x:v>9.948</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5">
       <x:c r="A475" s="1">
-        <x:v>45488.7521990741</x:v>
+        <x:v>45553.7544560185</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C475" s="0">
-        <x:v>4.25</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D475" s="0">
-        <x:v>8.257</x:v>
+        <x:v>7.864</x:v>
       </x:c>
       <x:c r="E475" s="0">
-        <x:v>10.07</x:v>
+        <x:v>9.59</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5">
       <x:c r="A476" s="1">
-        <x:v>45485.7526851852</x:v>
+        <x:v>45552.7566087963</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C476" s="0">
-        <x:v>4.45</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D476" s="0">
-        <x:v>8.302</x:v>
+        <x:v>7.747</x:v>
       </x:c>
       <x:c r="E476" s="0">
-        <x:v>10.125</x:v>
+        <x:v>9.448</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5">
       <x:c r="A477" s="1">
-        <x:v>45484.7509259259</x:v>
+        <x:v>45551.7525578704</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C477" s="0">
-        <x:v>4.38</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D477" s="0">
-        <x:v>8.302</x:v>
+        <x:v>7.482</x:v>
       </x:c>
       <x:c r="E477" s="0">
-        <x:v>10.125</x:v>
+        <x:v>9.124</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:5">
       <x:c r="A478" s="1">
-        <x:v>45483.7515625</x:v>
+        <x:v>45548.7578125</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C478" s="0">
-        <x:v>3.94</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D478" s="0">
-        <x:v>7.992</x:v>
+        <x:v>7.724</x:v>
       </x:c>
       <x:c r="E478" s="0">
-        <x:v>9.746</x:v>
+        <x:v>9.42</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:5">
       <x:c r="A479" s="1">
-        <x:v>45482.7511111111</x:v>
+        <x:v>45547.7526736111</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C479" s="0">
-        <x:v>3.65</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D479" s="0">
-        <x:v>7.992</x:v>
+        <x:v>7.073</x:v>
       </x:c>
       <x:c r="E479" s="0">
-        <x:v>9.746</x:v>
+        <x:v>8.626</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:5">
       <x:c r="A480" s="1">
-        <x:v>45481.7519328704</x:v>
+        <x:v>45547.7526736111</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C480" s="0">
-        <x:v>4.69</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D480" s="0">
-        <x:v>8.475</x:v>
+        <x:v>7.341</x:v>
       </x:c>
       <x:c r="E480" s="0">
-        <x:v>10.335</x:v>
+        <x:v>8.952</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:5">
       <x:c r="A481" s="1">
-        <x:v>45478.7523726852</x:v>
+        <x:v>45546.750625</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C481" s="0">
-        <x:v>5.04</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D481" s="0">
-        <x:v>8.36</x:v>
+        <x:v>7.073</x:v>
       </x:c>
       <x:c r="E481" s="0">
-        <x:v>10.195</x:v>
+        <x:v>8.626</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:5">
       <x:c r="A482" s="1">
-        <x:v>45477.7563425926</x:v>
+        <x:v>45546.750625</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C482" s="0">
-        <x:v>4.72</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D482" s="0">
-        <x:v>8.36</x:v>
+        <x:v>7.146</x:v>
       </x:c>
       <x:c r="E482" s="0">
-        <x:v>10.195</x:v>
+        <x:v>8.714</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:5">
       <x:c r="A483" s="1">
-        <x:v>45476.7534606481</x:v>
+        <x:v>45545.7516087963</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C483" s="0">
-        <x:v>4.57</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D483" s="0">
-        <x:v>8.074</x:v>
+        <x:v>7.146</x:v>
       </x:c>
       <x:c r="E483" s="0">
-        <x:v>9.846</x:v>
+        <x:v>8.714</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:5">
       <x:c r="A484" s="1">
-        <x:v>45475.7574537037</x:v>
+        <x:v>45545.7516087963</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C484" s="0">
-        <x:v>4.01</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D484" s="0">
-        <x:v>8.074</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="E484" s="0">
-        <x:v>9.846</x:v>
+        <x:v>9.11</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:5">
       <x:c r="A485" s="1">
-        <x:v>45474.7653356481</x:v>
+        <x:v>45544.7531597222</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C485" s="0">
-        <x:v>4.45</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D485" s="0">
-        <x:v>8.237</x:v>
+        <x:v>7.447</x:v>
       </x:c>
       <x:c r="E485" s="0">
-        <x:v>10.045</x:v>
+        <x:v>9.082</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:5">
       <x:c r="A486" s="1">
-        <x:v>45471.7527199074</x:v>
+        <x:v>45544.7531597222</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C486" s="0">
-        <x:v>4.23</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D486" s="0">
-        <x:v>8.146</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="E486" s="0">
-        <x:v>9.934</x:v>
+        <x:v>9.11</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:5">
       <x:c r="A487" s="1">
-        <x:v>45470.7518055556</x:v>
+        <x:v>45541.7748726852</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C487" s="0">
-        <x:v>4.23</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D487" s="0">
-        <x:v>8.149</x:v>
+        <x:v>7.769</x:v>
       </x:c>
       <x:c r="E487" s="0">
-        <x:v>9.938</x:v>
+        <x:v>9.474</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:5">
       <x:c r="A488" s="1">
-        <x:v>45469.7561226852</x:v>
+        <x:v>45540.7513310185</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C488" s="0">
-        <x:v>4.24</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D488" s="0">
-        <x:v>8.225</x:v>
+        <x:v>7.769</x:v>
       </x:c>
       <x:c r="E488" s="0">
-        <x:v>10.03</x:v>
+        <x:v>9.474</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:5">
       <x:c r="A489" s="1">
+        <x:v>45539.7505324074</x:v>
+      </x:c>
+      <x:c r="B489" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C489" s="0">
+        <x:v>2.09</x:v>
+      </x:c>
+      <x:c r="D489" s="0">
+        <x:v>7.69</x:v>
+      </x:c>
+      <x:c r="E489" s="0">
+        <x:v>9.378</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="490" spans="1:5">
+      <x:c r="A490" s="1">
+        <x:v>45538.7613888889</x:v>
+      </x:c>
+      <x:c r="B490" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C490" s="0">
+        <x:v>2.12</x:v>
+      </x:c>
+      <x:c r="D490" s="0">
+        <x:v>7.706</x:v>
+      </x:c>
+      <x:c r="E490" s="0">
+        <x:v>9.398</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="491" spans="1:5">
+      <x:c r="A491" s="1">
+        <x:v>45537.7586689815</x:v>
+      </x:c>
+      <x:c r="B491" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C491" s="0">
+        <x:v>2.49</x:v>
+      </x:c>
+      <x:c r="D491" s="0">
+        <x:v>7.941</x:v>
+      </x:c>
+      <x:c r="E491" s="0">
+        <x:v>9.684</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="492" spans="1:5">
+      <x:c r="A492" s="1">
+        <x:v>45534.758900463</x:v>
+      </x:c>
+      <x:c r="B492" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C492" s="0">
+        <x:v>2.48</x:v>
+      </x:c>
+      <x:c r="D492" s="0">
+        <x:v>7.99</x:v>
+      </x:c>
+      <x:c r="E492" s="0">
+        <x:v>9.744</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="493" spans="1:5">
+      <x:c r="A493" s="1">
+        <x:v>45533.7650694444</x:v>
+      </x:c>
+      <x:c r="B493" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C493" s="0">
+        <x:v>2.58</x:v>
+      </x:c>
+      <x:c r="D493" s="0">
+        <x:v>7.99</x:v>
+      </x:c>
+      <x:c r="E493" s="0">
+        <x:v>9.744</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="494" spans="1:5">
+      <x:c r="A494" s="1">
+        <x:v>45532.7509375</x:v>
+      </x:c>
+      <x:c r="B494" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C494" s="0">
+        <x:v>2.62</x:v>
+      </x:c>
+      <x:c r="D494" s="0">
+        <x:v>8.018</x:v>
+      </x:c>
+      <x:c r="E494" s="0">
+        <x:v>9.778</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="495" spans="1:5">
+      <x:c r="A495" s="1">
+        <x:v>45531.7522800926</x:v>
+      </x:c>
+      <x:c r="B495" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C495" s="0">
+        <x:v>2.95</x:v>
+      </x:c>
+      <x:c r="D495" s="0">
+        <x:v>8.131</x:v>
+      </x:c>
+      <x:c r="E495" s="0">
+        <x:v>9.916</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="496" spans="1:5">
+      <x:c r="A496" s="1">
+        <x:v>45530.7534490741</x:v>
+      </x:c>
+      <x:c r="B496" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C496" s="0">
+        <x:v>2.84</x:v>
+      </x:c>
+      <x:c r="D496" s="0">
+        <x:v>8.131</x:v>
+      </x:c>
+      <x:c r="E496" s="0">
+        <x:v>9.916</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="497" spans="1:5">
+      <x:c r="A497" s="1">
+        <x:v>45527.7533333333</x:v>
+      </x:c>
+      <x:c r="B497" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C497" s="0">
+        <x:v>2.76</x:v>
+      </x:c>
+      <x:c r="D497" s="0">
+        <x:v>7.949</x:v>
+      </x:c>
+      <x:c r="E497" s="0">
+        <x:v>9.694</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="498" spans="1:5">
+      <x:c r="A498" s="1">
+        <x:v>45526.7495601852</x:v>
+      </x:c>
+      <x:c r="B498" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C498" s="0">
+        <x:v>2.55</x:v>
+      </x:c>
+      <x:c r="D498" s="0">
+        <x:v>7.949</x:v>
+      </x:c>
+      <x:c r="E498" s="0">
+        <x:v>9.694</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="499" spans="1:5">
+      <x:c r="A499" s="1">
+        <x:v>45525.7531828704</x:v>
+      </x:c>
+      <x:c r="B499" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C499" s="0">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="D499" s="0">
+        <x:v>7.911</x:v>
+      </x:c>
+      <x:c r="E499" s="0">
+        <x:v>9.648</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="500" spans="1:5">
+      <x:c r="A500" s="1">
+        <x:v>45524.7573263889</x:v>
+      </x:c>
+      <x:c r="B500" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C500" s="0">
+        <x:v>2.49</x:v>
+      </x:c>
+      <x:c r="D500" s="0">
+        <x:v>7.911</x:v>
+      </x:c>
+      <x:c r="E500" s="0">
+        <x:v>9.648</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="501" spans="1:5">
+      <x:c r="A501" s="1">
+        <x:v>45523.7507407407</x:v>
+      </x:c>
+      <x:c r="B501" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C501" s="0">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="D501" s="0">
+        <x:v>7.836</x:v>
+      </x:c>
+      <x:c r="E501" s="0">
+        <x:v>9.556</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="502" spans="1:5">
+      <x:c r="A502" s="1">
+        <x:v>45520.7526273148</x:v>
+      </x:c>
+      <x:c r="B502" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C502" s="0">
+        <x:v>2.39</x:v>
+      </x:c>
+      <x:c r="D502" s="0">
+        <x:v>7.836</x:v>
+      </x:c>
+      <x:c r="E502" s="0">
+        <x:v>9.556</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="503" spans="1:5">
+      <x:c r="A503" s="1">
+        <x:v>45519.7847800926</x:v>
+      </x:c>
+      <x:c r="B503" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C503" s="0">
+        <x:v>2.55</x:v>
+      </x:c>
+      <x:c r="D503" s="0">
+        <x:v>7.754</x:v>
+      </x:c>
+      <x:c r="E503" s="0">
+        <x:v>9.456</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="504" spans="1:5">
+      <x:c r="A504" s="1">
+        <x:v>45518.7549652778</x:v>
+      </x:c>
+      <x:c r="B504" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C504" s="0">
+        <x:v>2.29</x:v>
+      </x:c>
+      <x:c r="D504" s="0">
+        <x:v>7.741</x:v>
+      </x:c>
+      <x:c r="E504" s="0">
+        <x:v>9.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="505" spans="1:5">
+      <x:c r="A505" s="1">
+        <x:v>45517.7494212963</x:v>
+      </x:c>
+      <x:c r="B505" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C505" s="0">
+        <x:v>2.27</x:v>
+      </x:c>
+      <x:c r="D505" s="0">
+        <x:v>7.741</x:v>
+      </x:c>
+      <x:c r="E505" s="0">
+        <x:v>9.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="506" spans="1:5">
+      <x:c r="A506" s="1">
+        <x:v>45516.7503935185</x:v>
+      </x:c>
+      <x:c r="B506" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C506" s="0">
+        <x:v>2.22</x:v>
+      </x:c>
+      <x:c r="D506" s="0">
+        <x:v>7.78</x:v>
+      </x:c>
+      <x:c r="E506" s="0">
+        <x:v>9.488</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="507" spans="1:5">
+      <x:c r="A507" s="1">
+        <x:v>45513.7535416667</x:v>
+      </x:c>
+      <x:c r="B507" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C507" s="0">
+        <x:v>2.34</x:v>
+      </x:c>
+      <x:c r="D507" s="0">
+        <x:v>7.721</x:v>
+      </x:c>
+      <x:c r="E507" s="0">
+        <x:v>9.416</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="508" spans="1:5">
+      <x:c r="A508" s="1">
+        <x:v>45512.7519560185</x:v>
+      </x:c>
+      <x:c r="B508" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C508" s="0">
+        <x:v>2.25</x:v>
+      </x:c>
+      <x:c r="D508" s="0">
+        <x:v>7.721</x:v>
+      </x:c>
+      <x:c r="E508" s="0">
+        <x:v>9.416</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="509" spans="1:5">
+      <x:c r="A509" s="1">
+        <x:v>45511.7528472222</x:v>
+      </x:c>
+      <x:c r="B509" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C509" s="0">
+        <x:v>2.31</x:v>
+      </x:c>
+      <x:c r="D509" s="0">
+        <x:v>7.447</x:v>
+      </x:c>
+      <x:c r="E509" s="0">
+        <x:v>9.082</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="510" spans="1:5">
+      <x:c r="A510" s="1">
+        <x:v>45510.771087963</x:v>
+      </x:c>
+      <x:c r="B510" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C510" s="0">
+        <x:v>1.91</x:v>
+      </x:c>
+      <x:c r="D510" s="0">
+        <x:v>7.447</x:v>
+      </x:c>
+      <x:c r="E510" s="0">
+        <x:v>9.082</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="511" spans="1:5">
+      <x:c r="A511" s="1">
+        <x:v>45509.7565856481</x:v>
+      </x:c>
+      <x:c r="B511" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C511" s="0">
+        <x:v>2.07</x:v>
+      </x:c>
+      <x:c r="D511" s="0">
+        <x:v>7.557</x:v>
+      </x:c>
+      <x:c r="E511" s="0">
+        <x:v>9.216</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="512" spans="1:5">
+      <x:c r="A512" s="1">
+        <x:v>45506.7579282407</x:v>
+      </x:c>
+      <x:c r="B512" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C512" s="0">
+        <x:v>2.66</x:v>
+      </x:c>
+      <x:c r="D512" s="0">
+        <x:v>8.483</x:v>
+      </x:c>
+      <x:c r="E512" s="0">
+        <x:v>10.345</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="513" spans="1:5">
+      <x:c r="A513" s="1">
+        <x:v>45505.7519791667</x:v>
+      </x:c>
+      <x:c r="B513" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C513" s="0">
+        <x:v>4.03</x:v>
+      </x:c>
+      <x:c r="D513" s="0">
+        <x:v>8.68</x:v>
+      </x:c>
+      <x:c r="E513" s="0">
+        <x:v>10.585</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="514" spans="1:5">
+      <x:c r="A514" s="1">
+        <x:v>45504.7537615741</x:v>
+      </x:c>
+      <x:c r="B514" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C514" s="0">
+        <x:v>4.55</x:v>
+      </x:c>
+      <x:c r="D514" s="0">
+        <x:v>8.397</x:v>
+      </x:c>
+      <x:c r="E514" s="0">
+        <x:v>10.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="515" spans="1:5">
+      <x:c r="A515" s="1">
+        <x:v>45503.7497800926</x:v>
+      </x:c>
+      <x:c r="B515" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C515" s="0">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="D515" s="0">
+        <x:v>8.397</x:v>
+      </x:c>
+      <x:c r="E515" s="0">
+        <x:v>10.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="516" spans="1:5">
+      <x:c r="A516" s="1">
+        <x:v>45502.7520949074</x:v>
+      </x:c>
+      <x:c r="B516" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C516" s="0">
+        <x:v>3.89</x:v>
+      </x:c>
+      <x:c r="D516" s="0">
+        <x:v>8.487</x:v>
+      </x:c>
+      <x:c r="E516" s="0">
+        <x:v>10.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="517" spans="1:5">
+      <x:c r="A517" s="1">
+        <x:v>45499.7499421296</x:v>
+      </x:c>
+      <x:c r="B517" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C517" s="0">
+        <x:v>4.13</x:v>
+      </x:c>
+      <x:c r="D517" s="0">
+        <x:v>8.487</x:v>
+      </x:c>
+      <x:c r="E517" s="0">
+        <x:v>10.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="518" spans="1:5">
+      <x:c r="A518" s="1">
+        <x:v>45498.7519328704</x:v>
+      </x:c>
+      <x:c r="B518" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C518" s="0">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="D518" s="0">
+        <x:v>7.823</x:v>
+      </x:c>
+      <x:c r="E518" s="0">
+        <x:v>9.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="519" spans="1:5">
+      <x:c r="A519" s="1">
+        <x:v>45497.7532638889</x:v>
+      </x:c>
+      <x:c r="B519" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C519" s="0">
+        <x:v>3.06</x:v>
+      </x:c>
+      <x:c r="D519" s="0">
+        <x:v>7.902</x:v>
+      </x:c>
+      <x:c r="E519" s="0">
+        <x:v>9.636</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="520" spans="1:5">
+      <x:c r="A520" s="1">
+        <x:v>45496.7497106481</x:v>
+      </x:c>
+      <x:c r="B520" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C520" s="0">
+        <x:v>3.07</x:v>
+      </x:c>
+      <x:c r="D520" s="0">
+        <x:v>7.905</x:v>
+      </x:c>
+      <x:c r="E520" s="0">
+        <x:v>9.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="521" spans="1:5">
+      <x:c r="A521" s="1">
+        <x:v>45495.7515393519</x:v>
+      </x:c>
+      <x:c r="B521" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C521" s="0">
+        <x:v>3.24</x:v>
+      </x:c>
+      <x:c r="D521" s="0">
+        <x:v>7.987</x:v>
+      </x:c>
+      <x:c r="E521" s="0">
+        <x:v>9.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="522" spans="1:5">
+      <x:c r="A522" s="1">
+        <x:v>45492.7568402778</x:v>
+      </x:c>
+      <x:c r="B522" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C522" s="0">
+        <x:v>2.79</x:v>
+      </x:c>
+      <x:c r="D522" s="0">
+        <x:v>8.311</x:v>
+      </x:c>
+      <x:c r="E522" s="0">
+        <x:v>10.135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="523" spans="1:5">
+      <x:c r="A523" s="1">
+        <x:v>45491.7527777778</x:v>
+      </x:c>
+      <x:c r="B523" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C523" s="0">
+        <x:v>4.27</x:v>
+      </x:c>
+      <x:c r="D523" s="0">
+        <x:v>8.311</x:v>
+      </x:c>
+      <x:c r="E523" s="0">
+        <x:v>10.135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="524" spans="1:5">
+      <x:c r="A524" s="1">
+        <x:v>45490.7537152778</x:v>
+      </x:c>
+      <x:c r="B524" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C524" s="0">
+        <x:v>3.47</x:v>
+      </x:c>
+      <x:c r="D524" s="0">
+        <x:v>8.121</x:v>
+      </x:c>
+      <x:c r="E524" s="0">
+        <x:v>9.904</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="525" spans="1:5">
+      <x:c r="A525" s="1">
+        <x:v>45489.7499189815</x:v>
+      </x:c>
+      <x:c r="B525" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C525" s="0">
+        <x:v>3.89</x:v>
+      </x:c>
+      <x:c r="D525" s="0">
+        <x:v>8.121</x:v>
+      </x:c>
+      <x:c r="E525" s="0">
+        <x:v>9.904</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="526" spans="1:5">
+      <x:c r="A526" s="1">
+        <x:v>45488.7521990741</x:v>
+      </x:c>
+      <x:c r="B526" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C526" s="0">
+        <x:v>4.25</x:v>
+      </x:c>
+      <x:c r="D526" s="0">
+        <x:v>8.257</x:v>
+      </x:c>
+      <x:c r="E526" s="0">
+        <x:v>10.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="527" spans="1:5">
+      <x:c r="A527" s="1">
+        <x:v>45485.7526851852</x:v>
+      </x:c>
+      <x:c r="B527" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C527" s="0">
+        <x:v>4.45</x:v>
+      </x:c>
+      <x:c r="D527" s="0">
+        <x:v>8.302</x:v>
+      </x:c>
+      <x:c r="E527" s="0">
+        <x:v>10.125</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="528" spans="1:5">
+      <x:c r="A528" s="1">
+        <x:v>45484.7509259259</x:v>
+      </x:c>
+      <x:c r="B528" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C528" s="0">
+        <x:v>4.38</x:v>
+      </x:c>
+      <x:c r="D528" s="0">
+        <x:v>8.302</x:v>
+      </x:c>
+      <x:c r="E528" s="0">
+        <x:v>10.125</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="529" spans="1:5">
+      <x:c r="A529" s="1">
+        <x:v>45483.7515625</x:v>
+      </x:c>
+      <x:c r="B529" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C529" s="0">
+        <x:v>3.94</x:v>
+      </x:c>
+      <x:c r="D529" s="0">
+        <x:v>7.992</x:v>
+      </x:c>
+      <x:c r="E529" s="0">
+        <x:v>9.746</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="530" spans="1:5">
+      <x:c r="A530" s="1">
+        <x:v>45482.7511111111</x:v>
+      </x:c>
+      <x:c r="B530" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C530" s="0">
+        <x:v>3.65</x:v>
+      </x:c>
+      <x:c r="D530" s="0">
+        <x:v>7.992</x:v>
+      </x:c>
+      <x:c r="E530" s="0">
+        <x:v>9.746</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="531" spans="1:5">
+      <x:c r="A531" s="1">
+        <x:v>45481.7519328704</x:v>
+      </x:c>
+      <x:c r="B531" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C531" s="0">
+        <x:v>4.69</x:v>
+      </x:c>
+      <x:c r="D531" s="0">
+        <x:v>8.475</x:v>
+      </x:c>
+      <x:c r="E531" s="0">
+        <x:v>10.335</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="532" spans="1:5">
+      <x:c r="A532" s="1">
+        <x:v>45478.7523726852</x:v>
+      </x:c>
+      <x:c r="B532" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C532" s="0">
+        <x:v>5.04</x:v>
+      </x:c>
+      <x:c r="D532" s="0">
+        <x:v>8.36</x:v>
+      </x:c>
+      <x:c r="E532" s="0">
+        <x:v>10.195</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="533" spans="1:5">
+      <x:c r="A533" s="1">
+        <x:v>45477.7563425926</x:v>
+      </x:c>
+      <x:c r="B533" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C533" s="0">
+        <x:v>4.72</x:v>
+      </x:c>
+      <x:c r="D533" s="0">
+        <x:v>8.36</x:v>
+      </x:c>
+      <x:c r="E533" s="0">
+        <x:v>10.195</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="534" spans="1:5">
+      <x:c r="A534" s="1">
+        <x:v>45476.7534606481</x:v>
+      </x:c>
+      <x:c r="B534" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C534" s="0">
+        <x:v>4.57</x:v>
+      </x:c>
+      <x:c r="D534" s="0">
+        <x:v>8.074</x:v>
+      </x:c>
+      <x:c r="E534" s="0">
+        <x:v>9.846</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="535" spans="1:5">
+      <x:c r="A535" s="1">
+        <x:v>45475.7574537037</x:v>
+      </x:c>
+      <x:c r="B535" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C535" s="0">
+        <x:v>4.01</x:v>
+      </x:c>
+      <x:c r="D535" s="0">
+        <x:v>8.074</x:v>
+      </x:c>
+      <x:c r="E535" s="0">
+        <x:v>9.846</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="536" spans="1:5">
+      <x:c r="A536" s="1">
+        <x:v>45474.7653356481</x:v>
+      </x:c>
+      <x:c r="B536" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C536" s="0">
+        <x:v>4.45</x:v>
+      </x:c>
+      <x:c r="D536" s="0">
+        <x:v>8.237</x:v>
+      </x:c>
+      <x:c r="E536" s="0">
+        <x:v>10.045</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="537" spans="1:5">
+      <x:c r="A537" s="1">
+        <x:v>45471.7527199074</x:v>
+      </x:c>
+      <x:c r="B537" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C537" s="0">
+        <x:v>4.23</x:v>
+      </x:c>
+      <x:c r="D537" s="0">
+        <x:v>8.146</x:v>
+      </x:c>
+      <x:c r="E537" s="0">
+        <x:v>9.934</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="538" spans="1:5">
+      <x:c r="A538" s="1">
+        <x:v>45470.7518055556</x:v>
+      </x:c>
+      <x:c r="B538" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C538" s="0">
+        <x:v>4.23</x:v>
+      </x:c>
+      <x:c r="D538" s="0">
+        <x:v>8.149</x:v>
+      </x:c>
+      <x:c r="E538" s="0">
+        <x:v>9.938</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="539" spans="1:5">
+      <x:c r="A539" s="1">
+        <x:v>45469.7561226852</x:v>
+      </x:c>
+      <x:c r="B539" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C539" s="0">
+        <x:v>4.24</x:v>
+      </x:c>
+      <x:c r="D539" s="0">
+        <x:v>8.225</x:v>
+      </x:c>
+      <x:c r="E539" s="0">
+        <x:v>10.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="540" spans="1:5">
+      <x:c r="A540" s="1">
         <x:v>45468.765150463</x:v>
       </x:c>
-      <x:c r="B489" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C489" s="0">
+      <x:c r="B540" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C540" s="0">
         <x:v>4.45</x:v>
       </x:c>
-      <x:c r="D489" s="0">
+      <x:c r="D540" s="0">
         <x:v>8.409</x:v>
       </x:c>
-      <x:c r="E489" s="0">
+      <x:c r="E540" s="0">
         <x:v>10.255</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>