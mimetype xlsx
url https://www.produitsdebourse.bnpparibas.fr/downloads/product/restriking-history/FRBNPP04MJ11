--- v0 (2025-10-11)
+++ v1 (2025-12-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R696969f01f034b8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3257938d93d344c5b1757e76abb09bd7.psmdcp" Id="Rcfa37532ee974425" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c6f5eecfcf84371" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6172e6cd3de84022aec093ac500b3b1c.psmdcp" Id="R632e87d9c51a486a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP04MJ11</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,12754 +390,13332 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E774"/>
+  <x:dimension ref="A1:E808"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45989.8197453704</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>42.562</x:v>
+        <x:v>53.567</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>32.74</x:v>
+        <x:v>41.34</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45989.3082638889</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>44.07</x:v>
+        <x:v>53.099</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>33.9</x:v>
+        <x:v>40.98</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45987.9266435185</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>43.186</x:v>
+        <x:v>53.274</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>33.22</x:v>
+        <x:v>40.98</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45986.9249305556</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>44.239</x:v>
+        <x:v>50.856</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>34.03</x:v>
+        <x:v>39.12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45982.9249768518</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>44.135</x:v>
+        <x:v>47.515</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>33.95</x:v>
+        <x:v>36.55</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45981.9258796296</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>44.096</x:v>
+        <x:v>46.8</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>33.92</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>43.823</x:v>
+        <x:v>49.049</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>33.71</x:v>
+        <x:v>37.73</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45979.9258564815</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>42.601</x:v>
+        <x:v>49.062</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>32.77</x:v>
+        <x:v>37.74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45978.9281828704</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>43.082</x:v>
+        <x:v>48.048</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>33.14</x:v>
+        <x:v>36.96</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45975.925775463</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>44.824</x:v>
+        <x:v>48.139</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>34.48</x:v>
+        <x:v>37.03</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>44.538</x:v>
+        <x:v>47.346</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>34.26</x:v>
+        <x:v>36.42</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45973.9253009259</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>43.641</x:v>
+        <x:v>48.529</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>33.57</x:v>
+        <x:v>37.33</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45923.925162037</x:v>
+        <x:v>45972.9253703704</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>44.902</x:v>
+        <x:v>46.553</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>34.54</x:v>
+        <x:v>35.81</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45922.9267013889</x:v>
+        <x:v>45971.9254050926</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>45.968</x:v>
+        <x:v>45.292</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>35.36</x:v>
+        <x:v>34.84</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45919.934224537</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>42.887</x:v>
+        <x:v>43.017</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>32.99</x:v>
+        <x:v>33.09</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45918.9265277778</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>39.091</x:v>
+        <x:v>42.315</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>30.07</x:v>
+        <x:v>32.55</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45917.9271180556</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>38.324</x:v>
+        <x:v>42.627</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>29.48</x:v>
+        <x:v>32.79</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>37.492</x:v>
+        <x:v>41.171</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>28.84</x:v>
+        <x:v>31.67</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>37.739</x:v>
+        <x:v>42.978</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>29.03</x:v>
+        <x:v>33.06</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45912.9234837963</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>37.739</x:v>
+        <x:v>42.64</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>29.03</x:v>
+        <x:v>32.8</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>38.22</x:v>
+        <x:v>43.01</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>29.4</x:v>
+        <x:v>33.085</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45910.9240625</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>38.324</x:v>
+        <x:v>41.665</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>29.48</x:v>
+        <x:v>32.05</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45909.924537037</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>37.908</x:v>
+        <x:v>41.418</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>29.16</x:v>
+        <x:v>31.86</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45908.9240277778</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>37.687</x:v>
+        <x:v>41.392</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>28.99</x:v>
+        <x:v>31.84</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>36.933</x:v>
+        <x:v>42.224</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>28.41</x:v>
+        <x:v>32.48</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>35.399</x:v>
+        <x:v>41.535</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>27.23</x:v>
+        <x:v>31.95</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45903.9235763889</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>35.256</x:v>
+        <x:v>40.989</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>27.12</x:v>
+        <x:v>31.53</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45902.9238541667</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>35.009</x:v>
+        <x:v>40.956</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>26.93</x:v>
+        <x:v>31.505</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45898.9303935185</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>34.469</x:v>
+        <x:v>45.149</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>26.63</x:v>
+        <x:v>34.73</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45898.3268518519</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>34.014</x:v>
+        <x:v>43.329</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>26.28</x:v>
+        <x:v>33.33</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45946.9261921296</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>34.164</x:v>
+        <x:v>46.345</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>26.28</x:v>
+        <x:v>35.65</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45896.924837963</x:v>
+        <x:v>45945.9257060185</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>34.359</x:v>
+        <x:v>45.084</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>26.43</x:v>
+        <x:v>34.68</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45944.9308449074</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>34.801</x:v>
+        <x:v>43.29</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>26.77</x:v>
+        <x:v>33.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45894.9239351852</x:v>
+        <x:v>45943.926712963</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>34.164</x:v>
+        <x:v>43.446</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>26.28</x:v>
+        <x:v>33.42</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45940.9234837963</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>34.06</x:v>
+        <x:v>42.562</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>26.2</x:v>
+        <x:v>32.74</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45890.9257060185</x:v>
+        <x:v>45938.9270601852</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>33.189</x:v>
+        <x:v>44.07</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>25.53</x:v>
+        <x:v>33.9</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45889.9243287037</x:v>
+        <x:v>45937.9282175926</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>32.292</x:v>
+        <x:v>43.186</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>24.84</x:v>
+        <x:v>33.22</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45888.9238194444</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>31.161</x:v>
+        <x:v>44.239</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>23.97</x:v>
+        <x:v>34.03</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45887.9246180556</x:v>
+        <x:v>45933.9288888889</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>31.538</x:v>
+        <x:v>44.135</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>24.26</x:v>
+        <x:v>33.95</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45884.9247800926</x:v>
+        <x:v>45932.9250347222</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>31.33</x:v>
+        <x:v>44.096</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>24.1</x:v>
+        <x:v>33.92</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45883.9240393518</x:v>
+        <x:v>45931.9293634259</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>30.706</x:v>
+        <x:v>43.823</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>23.62</x:v>
+        <x:v>33.71</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45930.9338773148</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>31.018</x:v>
+        <x:v>42.601</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>23.86</x:v>
+        <x:v>32.77</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45881.9233912037</x:v>
+        <x:v>45929.9323842593</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>30.55</x:v>
+        <x:v>43.082</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>23.5</x:v>
+        <x:v>33.14</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45880.9236111111</x:v>
+        <x:v>45926.9299537037</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>29.692</x:v>
+        <x:v>44.824</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>22.84</x:v>
+        <x:v>34.48</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45877.9331828704</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>30.459</x:v>
+        <x:v>44.538</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>23.43</x:v>
+        <x:v>34.26</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45876.9384953704</x:v>
+        <x:v>45924.9296990741</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>29.991</x:v>
+        <x:v>43.641</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>23.07</x:v>
+        <x:v>33.57</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45875.9344097222</x:v>
+        <x:v>45923.925162037</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>29.549</x:v>
+        <x:v>44.902</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>22.73</x:v>
+        <x:v>34.54</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45922.9267013889</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>29.302</x:v>
+        <x:v>45.968</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>22.54</x:v>
+        <x:v>35.36</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45873.931400463</x:v>
+        <x:v>45919.934224537</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>28.834</x:v>
+        <x:v>42.887</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>22.18</x:v>
+        <x:v>32.99</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45870.9273842593</x:v>
+        <x:v>45918.9265277778</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>27.781</x:v>
+        <x:v>39.091</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>21.37</x:v>
+        <x:v>30.07</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45869.9244560185</x:v>
+        <x:v>45917.9271180556</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>27.456</x:v>
+        <x:v>38.324</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>21.12</x:v>
+        <x:v>29.48</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45868.9255439815</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>27.43</x:v>
+        <x:v>37.492</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>21.1</x:v>
+        <x:v>28.84</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45867.9289467593</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>27.95</x:v>
+        <x:v>37.739</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>21.5</x:v>
+        <x:v>29.03</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45866.9278009259</x:v>
+        <x:v>45912.9234837963</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>27.833</x:v>
+        <x:v>37.739</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>21.41</x:v>
+        <x:v>29.03</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45863.9269212963</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>28.262</x:v>
+        <x:v>38.22</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>21.74</x:v>
+        <x:v>29.4</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45862.9246180556</x:v>
+        <x:v>45910.9240625</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>28.002</x:v>
+        <x:v>38.324</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>21.54</x:v>
+        <x:v>29.48</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45861.926412037</x:v>
+        <x:v>45909.924537037</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>28.119</x:v>
+        <x:v>37.908</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>21.63</x:v>
+        <x:v>29.16</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45860.9261226852</x:v>
+        <x:v>45908.9240277778</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>28.262</x:v>
+        <x:v>37.687</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>21.74</x:v>
+        <x:v>28.99</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45859.9272800926</x:v>
+        <x:v>45905.9285648148</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>27.703</x:v>
+        <x:v>36.933</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>21.31</x:v>
+        <x:v>28.41</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45856.9492013889</x:v>
+        <x:v>45904.9245601852</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>26.949</x:v>
+        <x:v>35.399</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>20.73</x:v>
+        <x:v>27.23</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45855.9327893518</x:v>
+        <x:v>45903.9235763889</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>27.053</x:v>
+        <x:v>35.256</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>20.81</x:v>
+        <x:v>27.12</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45854.9360185185</x:v>
+        <x:v>45902.9238541667</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>27.586</x:v>
+        <x:v>35.009</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>21.22</x:v>
+        <x:v>26.93</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45853.9275925926</x:v>
+        <x:v>45898.9303935185</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>27.339</x:v>
+        <x:v>34.469</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>21.03</x:v>
+        <x:v>26.63</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45852.9328819444</x:v>
+        <x:v>45898.3268518519</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>27.612</x:v>
+        <x:v>34.014</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>21.24</x:v>
+        <x:v>26.28</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45849.9250347222</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>27.586</x:v>
+        <x:v>34.164</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>21.22</x:v>
+        <x:v>26.28</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45848.9261805556</x:v>
+        <x:v>45896.924837963</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>27.391</x:v>
+        <x:v>34.359</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>21.07</x:v>
+        <x:v>26.43</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45847.925787037</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>27.17</x:v>
+        <x:v>34.801</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>20.9</x:v>
+        <x:v>26.77</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45846.924849537</x:v>
+        <x:v>45894.9239351852</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>26.949</x:v>
+        <x:v>34.164</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>20.73</x:v>
+        <x:v>26.28</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45845.9274884259</x:v>
+        <x:v>45891.9252083333</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>28.08</x:v>
+        <x:v>34.06</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>21.6</x:v>
+        <x:v>26.2</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45841.8023611111</x:v>
+        <x:v>45890.9257060185</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>27.898</x:v>
+        <x:v>33.189</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>21.46</x:v>
+        <x:v>25.53</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45840.9304282407</x:v>
+        <x:v>45889.9243287037</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>27.586</x:v>
+        <x:v>32.292</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>21.22</x:v>
+        <x:v>24.84</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45839.9249768518</x:v>
+        <x:v>45888.9238194444</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>27.105</x:v>
+        <x:v>31.161</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>20.85</x:v>
+        <x:v>23.97</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45887.9246180556</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>27.066</x:v>
+        <x:v>31.538</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>20.82</x:v>
+        <x:v>24.26</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45835.9281828704</x:v>
+        <x:v>45884.9247800926</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>26.598</x:v>
+        <x:v>31.33</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>20.46</x:v>
+        <x:v>24.1</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45834.9274074074</x:v>
+        <x:v>45883.9240393518</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>27.56</x:v>
+        <x:v>30.706</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>21.2</x:v>
+        <x:v>23.62</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45833.9267824074</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>27.131</x:v>
+        <x:v>31.018</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>20.87</x:v>
+        <x:v>23.86</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45832.9265740741</x:v>
+        <x:v>45881.9233912037</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>26.878</x:v>
+        <x:v>30.55</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>20.675</x:v>
+        <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45831.9246643518</x:v>
+        <x:v>45880.9236111111</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>27.534</x:v>
+        <x:v>29.692</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>21.18</x:v>
+        <x:v>22.84</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45828.9428935185</x:v>
+        <x:v>45877.9331828704</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>27.222</x:v>
+        <x:v>30.459</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>20.94</x:v>
+        <x:v>23.43</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45826.9303587963</x:v>
+        <x:v>45876.9384953704</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>27.469</x:v>
+        <x:v>29.991</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>21.13</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45825.9254050926</x:v>
+        <x:v>45875.9344097222</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>27.755</x:v>
+        <x:v>29.549</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>21.35</x:v>
+        <x:v>22.73</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45824.9235416667</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>27.833</x:v>
+        <x:v>29.302</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>21.41</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45821.9252546296</x:v>
+        <x:v>45873.931400463</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>28.067</x:v>
+        <x:v>28.834</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>21.59</x:v>
+        <x:v>22.18</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45820.9288657407</x:v>
+        <x:v>45870.9273842593</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>27.209</x:v>
+        <x:v>27.781</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>20.93</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45819.923587963</x:v>
+        <x:v>45869.9244560185</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>26.312</x:v>
+        <x:v>27.456</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>20.24</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45818.9234490741</x:v>
+        <x:v>45868.9255439815</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>26.052</x:v>
+        <x:v>27.43</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>20.04</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45817.9249189815</x:v>
+        <x:v>45867.9289467593</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>26.403</x:v>
+        <x:v>27.95</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>20.31</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45814.9278935185</x:v>
+        <x:v>45866.9278009259</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>25.766</x:v>
+        <x:v>27.833</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>19.82</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45813.93125</x:v>
+        <x:v>45863.9269212963</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>26.039</x:v>
+        <x:v>28.262</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>20.03</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45812.9289583333</x:v>
+        <x:v>45862.9246180556</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>26.182</x:v>
+        <x:v>28.002</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>20.14</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45811.9361805556</x:v>
+        <x:v>45861.926412037</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>26.117</x:v>
+        <x:v>28.119</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>20.09</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45810.9414583333</x:v>
+        <x:v>45860.9261226852</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>26.416</x:v>
+        <x:v>28.262</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>20.32</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45800.9242476852</x:v>
+        <x:v>45859.9272800926</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>24.791</x:v>
+        <x:v>27.703</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>19.07</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45799.9262847222</x:v>
+        <x:v>45856.9492013889</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>24.271</x:v>
+        <x:v>26.949</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>18.67</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45798.9249421296</x:v>
+        <x:v>45855.9327893518</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>24.466</x:v>
+        <x:v>27.053</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>18.82</x:v>
+        <x:v>20.81</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45797.9233796296</x:v>
+        <x:v>45854.9360185185</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>24.271</x:v>
+        <x:v>27.586</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>18.67</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45796.9244560185</x:v>
+        <x:v>45853.9275925926</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>23.66</x:v>
+        <x:v>27.339</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>18.2</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45793.9259490741</x:v>
+        <x:v>45852.9328819444</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>23.179</x:v>
+        <x:v>27.612</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>17.83</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45792.9360069444</x:v>
+        <x:v>45849.9250347222</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>23.335</x:v>
+        <x:v>27.586</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>17.95</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45791.9275231482</x:v>
+        <x:v>45848.9261805556</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>22.919</x:v>
+        <x:v>27.391</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>17.63</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45790.9286689815</x:v>
+        <x:v>45847.925787037</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>23.608</x:v>
+        <x:v>27.17</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>18.16</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45789.9278240741</x:v>
+        <x:v>45846.924849537</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>23.699</x:v>
+        <x:v>26.949</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>18.23</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45786.9253819444</x:v>
+        <x:v>45845.9274884259</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>25.298</x:v>
+        <x:v>28.08</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>19.46</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45785.9240046296</x:v>
+        <x:v>45841.8023611111</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>24.518</x:v>
+        <x:v>27.898</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>18.86</x:v>
+        <x:v>21.46</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45784.9235300926</x:v>
+        <x:v>45840.9304282407</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>25.22</x:v>
+        <x:v>27.586</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>19.4</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45783.9247916667</x:v>
+        <x:v>45839.9249768518</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>24.999</x:v>
+        <x:v>27.105</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>19.23</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45782.9244560185</x:v>
+        <x:v>45838.9258564815</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>24.232</x:v>
+        <x:v>27.066</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>18.64</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45779.9288773148</x:v>
+        <x:v>45835.9281828704</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>23.933</x:v>
+        <x:v>26.598</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>18.41</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45777.9324305556</x:v>
+        <x:v>45834.9274074074</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>24.752</x:v>
+        <x:v>27.56</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>19.04</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45776.9248611111</x:v>
+        <x:v>45833.9267824074</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>24.57</x:v>
+        <x:v>27.131</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>18.9</x:v>
+        <x:v>20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45775.9312962963</x:v>
+        <x:v>45832.9265740741</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>25.09</x:v>
+        <x:v>26.878</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>19.3</x:v>
+        <x:v>20.675</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45772.9278819444</x:v>
+        <x:v>45831.9246643518</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>24.765</x:v>
+        <x:v>27.534</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>19.05</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45771.9286458333</x:v>
+        <x:v>45828.9428935185</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>25.233</x:v>
+        <x:v>27.222</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>19.41</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45770.9298148148</x:v>
+        <x:v>45826.9303587963</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>24.778</x:v>
+        <x:v>27.469</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>19.06</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45769.9290972222</x:v>
+        <x:v>45825.9254050926</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>25.961</x:v>
+        <x:v>27.755</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>19.97</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45764.9308333333</x:v>
+        <x:v>45824.9235416667</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>26.221</x:v>
+        <x:v>27.833</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>20.17</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45763.9303472222</x:v>
+        <x:v>45821.9252546296</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>26.845</x:v>
+        <x:v>28.067</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>20.65</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45762.9291087963</x:v>
+        <x:v>45820.9288657407</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>26.416</x:v>
+        <x:v>27.209</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>20.32</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45761.9296412037</x:v>
+        <x:v>45819.923587963</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>26.533</x:v>
+        <x:v>26.312</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>20.41</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45758.925474537</x:v>
+        <x:v>45818.9234490741</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>26.767</x:v>
+        <x:v>26.052</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>20.59</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45757.9250347222</x:v>
+        <x:v>45817.9249189815</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>25.012</x:v>
+        <x:v>26.403</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>19.24</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45756.9251041667</x:v>
+        <x:v>45814.9278935185</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>24.44</x:v>
+        <x:v>25.766</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>18.8</x:v>
+        <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45755.9267476852</x:v>
+        <x:v>45813.93125</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>22.776</x:v>
+        <x:v>26.039</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>17.52</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45754.9257060185</x:v>
+        <x:v>45812.9289583333</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>22.932</x:v>
+        <x:v>26.182</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>17.64</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45751.9453240741</x:v>
+        <x:v>45811.9361805556</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>22.971</x:v>
+        <x:v>26.117</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>17.67</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45750.9256481481</x:v>
+        <x:v>45810.9414583333</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>25.194</x:v>
+        <x:v>26.416</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>19.38</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45748.9242476852</x:v>
+        <x:v>45800.9242476852</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>25.558</x:v>
+        <x:v>24.791</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>19.66</x:v>
+        <x:v>19.07</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45747.9264351852</x:v>
+        <x:v>45799.9262847222</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>25.272</x:v>
+        <x:v>24.271</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>19.44</x:v>
+        <x:v>18.67</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45744.8839467593</x:v>
+        <x:v>45798.9249421296</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>24.882</x:v>
+        <x:v>24.466</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>19.14</x:v>
+        <x:v>18.82</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45743.887974537</x:v>
+        <x:v>45797.9233796296</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>25.428</x:v>
+        <x:v>24.271</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>19.56</x:v>
+        <x:v>18.67</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45742.8862731481</x:v>
+        <x:v>45796.9244560185</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>25.103</x:v>
+        <x:v>23.66</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>19.31</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45741.8885069444</x:v>
+        <x:v>45793.9259490741</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>25.155</x:v>
+        <x:v>23.179</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>19.35</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45740.8886574074</x:v>
+        <x:v>45792.9360069444</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>24.557</x:v>
+        <x:v>23.335</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>18.89</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45737.893287037</x:v>
+        <x:v>45791.9275231482</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>24.531</x:v>
+        <x:v>22.919</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>18.87</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45736.891875</x:v>
+        <x:v>45790.9286689815</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
         <x:v>0.49</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>25.064</x:v>
+        <x:v>23.608</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>19.28</x:v>
+        <x:v>18.16</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45735.8917708333</x:v>
+        <x:v>45789.9278240741</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>25.207</x:v>
+        <x:v>23.699</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>19.39</x:v>
+        <x:v>18.23</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45734.8849421296</x:v>
+        <x:v>45786.9253819444</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>25.129</x:v>
+        <x:v>25.298</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>19.33</x:v>
+        <x:v>19.46</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45733.8858217593</x:v>
+        <x:v>45785.9240046296</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>24.934</x:v>
+        <x:v>24.518</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>19.18</x:v>
+        <x:v>18.86</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45730.891087963</x:v>
+        <x:v>45784.9235300926</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>24.349</x:v>
+        <x:v>25.22</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>18.78</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45729.9202083333</x:v>
+        <x:v>45783.9247916667</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>24.349</x:v>
+        <x:v>24.999</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>0</x:v>
+        <x:v>19.23</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45728.8941435185</x:v>
+        <x:v>45782.9244560185</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>23.842</x:v>
+        <x:v>24.232</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>0</x:v>
+        <x:v>18.64</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45727.8961458333</x:v>
+        <x:v>45779.9288773148</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>23.985</x:v>
+        <x:v>23.933</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>18.45</x:v>
+        <x:v>18.41</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45726.8938888889</x:v>
+        <x:v>45777.9324305556</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>24.18</x:v>
+        <x:v>24.752</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>18.6</x:v>
+        <x:v>19.04</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45723.9237847222</x:v>
+        <x:v>45776.9248611111</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>23.998</x:v>
+        <x:v>24.57</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>18.46</x:v>
+        <x:v>18.9</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45722.9231944444</x:v>
+        <x:v>45775.9312962963</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>23.998</x:v>
+        <x:v>25.09</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>18.46</x:v>
+        <x:v>19.3</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45721.926875</x:v>
+        <x:v>45772.9278819444</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>23.049</x:v>
+        <x:v>24.765</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>17.73</x:v>
+        <x:v>19.05</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45720.9246412037</x:v>
+        <x:v>45771.9286458333</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>22.997</x:v>
+        <x:v>25.233</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>17.69</x:v>
+        <x:v>19.41</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45719.9237268519</x:v>
+        <x:v>45770.9298148148</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>23.075</x:v>
+        <x:v>24.778</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>17.75</x:v>
+        <x:v>19.06</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45716.9269328704</x:v>
+        <x:v>45769.9290972222</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>23.127</x:v>
+        <x:v>25.961</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>17.79</x:v>
+        <x:v>19.97</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45716.3362962963</x:v>
+        <x:v>45764.9308333333</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>23.127</x:v>
+        <x:v>26.221</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>17.79</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45715.92375</x:v>
+        <x:v>45763.9303472222</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>23.985</x:v>
+        <x:v>26.845</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>18.45</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45714.9285300926</x:v>
+        <x:v>45762.9291087963</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>23.504</x:v>
+        <x:v>26.416</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>18.08</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45713.9239236111</x:v>
+        <x:v>45761.9296412037</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>23.751</x:v>
+        <x:v>26.533</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>18.27</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45712.9269097222</x:v>
+        <x:v>45758.925474537</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>23.79</x:v>
+        <x:v>26.767</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>18.3</x:v>
+        <x:v>20.59</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45709.9265162037</x:v>
+        <x:v>45757.9250347222</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>24.466</x:v>
+        <x:v>25.012</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>18.82</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45708.9231712963</x:v>
+        <x:v>45756.9251041667</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>24.414</x:v>
+        <x:v>24.44</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>18.78</x:v>
+        <x:v>18.8</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45707.9353356482</x:v>
+        <x:v>45755.9267476852</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>23.868</x:v>
+        <x:v>22.776</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>18.36</x:v>
+        <x:v>17.52</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45706.929375</x:v>
+        <x:v>45754.9257060185</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>23.322</x:v>
+        <x:v>22.932</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>17.94</x:v>
+        <x:v>17.64</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45702.9275694444</x:v>
+        <x:v>45751.9453240741</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>23.972</x:v>
+        <x:v>22.971</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>18.44</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45700.925474537</x:v>
+        <x:v>45750.9256481481</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>22.191</x:v>
+        <x:v>25.194</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>17.07</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45699.9276157407</x:v>
+        <x:v>45748.9242476852</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>22.672</x:v>
+        <x:v>25.558</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>17.44</x:v>
+        <x:v>19.66</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45698.9262384259</x:v>
+        <x:v>45747.9264351852</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>22.672</x:v>
+        <x:v>25.272</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>17.44</x:v>
+        <x:v>19.44</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45695.9359953704</x:v>
+        <x:v>45744.8839467593</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>22.334</x:v>
+        <x:v>24.882</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>17.18</x:v>
+        <x:v>19.14</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45694.9237152778</x:v>
+        <x:v>45743.887974537</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>22.295</x:v>
+        <x:v>25.428</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>17.15</x:v>
+        <x:v>19.56</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45693.9253356481</x:v>
+        <x:v>45742.8862731481</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>22.295</x:v>
+        <x:v>25.103</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>17.15</x:v>
+        <x:v>19.31</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45692.9271180556</x:v>
+        <x:v>45741.8885069444</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>21.71</x:v>
+        <x:v>25.155</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>16.7</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45691.928125</x:v>
+        <x:v>45740.8886574074</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>21.528</x:v>
+        <x:v>24.557</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>16.56</x:v>
+        <x:v>18.89</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45688.9467476852</x:v>
+        <x:v>45737.893287037</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>21.281</x:v>
+        <x:v>24.531</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>16.37</x:v>
+        <x:v>18.87</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45687.9293402778</x:v>
+        <x:v>45736.891875</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>21.541</x:v>
+        <x:v>25.064</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>16.57</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45686.9239814815</x:v>
+        <x:v>45735.8917708333</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>20.748</x:v>
+        <x:v>25.207</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>15.96</x:v>
+        <x:v>19.39</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45685.9323032407</x:v>
+        <x:v>45734.8849421296</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>20.748</x:v>
+        <x:v>25.129</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>15.96</x:v>
+        <x:v>19.33</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45681.9228125</x:v>
+        <x:v>45733.8858217593</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>20.969</x:v>
+        <x:v>24.934</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>16.13</x:v>
+        <x:v>19.18</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45679.9244212963</x:v>
+        <x:v>45730.891087963</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>1</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>20.501</x:v>
+        <x:v>24.349</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>15.77</x:v>
+        <x:v>18.78</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45678.9235069444</x:v>
+        <x:v>45729.9202083333</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>20.754</x:v>
+        <x:v>24.349</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>15.965</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45674.9244907407</x:v>
+        <x:v>45728.8941435185</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>20.8</x:v>
+        <x:v>23.842</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>16</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45673.9255902778</x:v>
+        <x:v>45727.8961458333</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>1</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>20.475</x:v>
+        <x:v>23.985</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>15.75</x:v>
+        <x:v>18.45</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45672.9260532407</x:v>
+        <x:v>45726.8938888889</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>0.98</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>20.592</x:v>
+        <x:v>24.18</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>15.84</x:v>
+        <x:v>18.6</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45671.9241203704</x:v>
+        <x:v>45723.9237847222</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>1.03</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>20.254</x:v>
+        <x:v>23.998</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>15.58</x:v>
+        <x:v>18.46</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45670.9315162037</x:v>
+        <x:v>45722.9231944444</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>1.06</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>20.085</x:v>
+        <x:v>23.998</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>15.45</x:v>
+        <x:v>18.46</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45667.9296990741</x:v>
+        <x:v>45721.926875</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>20.436</x:v>
+        <x:v>23.049</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>15.72</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45665.9257986111</x:v>
+        <x:v>45720.9246412037</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>20.592</x:v>
+        <x:v>22.997</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>15.84</x:v>
+        <x:v>17.69</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45664.9260532407</x:v>
+        <x:v>45719.9237268519</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>1.04</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>20.241</x:v>
+        <x:v>23.075</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>15.57</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45663.923287037</x:v>
+        <x:v>45716.9269328704</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>20.15</x:v>
+        <x:v>23.127</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>15.5</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45660.9250462963</x:v>
+        <x:v>45716.3362962963</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>20.592</x:v>
+        <x:v>23.127</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>15.84</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45659.9244791667</x:v>
+        <x:v>45715.92375</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>20.761</x:v>
+        <x:v>23.985</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>15.97</x:v>
+        <x:v>18.45</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45656.9242476852</x:v>
+        <x:v>45714.9285300926</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>20.098</x:v>
+        <x:v>23.504</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>15.46</x:v>
+        <x:v>18.08</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45653.9297569444</x:v>
+        <x:v>45713.9239236111</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>1.02</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>20.384</x:v>
+        <x:v>23.751</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>15.68</x:v>
+        <x:v>18.27</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45649.9279976852</x:v>
+        <x:v>45712.9269097222</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>1.04</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>20.267</x:v>
+        <x:v>23.79</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>15.59</x:v>
+        <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45646.9391666667</x:v>
+        <x:v>45709.9265162037</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>20.098</x:v>
+        <x:v>24.466</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>15.46</x:v>
+        <x:v>18.82</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45646.9253009259</x:v>
+        <x:v>45708.9231712963</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>20.098</x:v>
+        <x:v>24.414</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>15.46</x:v>
+        <x:v>18.78</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45645.9285648148</x:v>
+        <x:v>45707.9353356482</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>19.799</x:v>
+        <x:v>23.868</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>15.23</x:v>
+        <x:v>18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45644.9406134259</x:v>
+        <x:v>45706.929375</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>1.06</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>20.163</x:v>
+        <x:v>23.322</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>15.51</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45643.9374074074</x:v>
+        <x:v>45702.9275694444</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>21.112</x:v>
+        <x:v>23.972</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>16.24</x:v>
+        <x:v>18.44</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45642.9331712963</x:v>
+        <x:v>45700.925474537</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>21.255</x:v>
+        <x:v>22.191</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>16.35</x:v>
+        <x:v>17.07</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45639.9310532407</x:v>
+        <x:v>45699.9276157407</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>21.814</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>16.78</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45638.9302314815</x:v>
+        <x:v>45698.9262384259</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>22.321</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>17.17</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45637.9259722222</x:v>
+        <x:v>45695.9359953704</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>22.919</x:v>
+        <x:v>22.334</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>17.63</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45636.9246296296</x:v>
+        <x:v>45694.9237152778</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>22.282</x:v>
+        <x:v>22.295</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>17.14</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45635.9293055556</x:v>
+        <x:v>45693.9253356481</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>22.204</x:v>
+        <x:v>22.295</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>17.08</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45632.9301851852</x:v>
+        <x:v>45692.9271180556</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>21.801</x:v>
+        <x:v>21.71</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>16.77</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45631.9230671296</x:v>
+        <x:v>45691.928125</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>22.035</x:v>
+        <x:v>21.528</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>16.95</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45630.9239699074</x:v>
+        <x:v>45688.9467476852</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>22.581</x:v>
+        <x:v>21.281</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>17.37</x:v>
+        <x:v>16.37</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45628.9241435185</x:v>
+        <x:v>45687.9293402778</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>22.373</x:v>
+        <x:v>21.541</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>17.21</x:v>
+        <x:v>16.57</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45625.8309375</x:v>
+        <x:v>45686.9239814815</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>22.737</x:v>
+        <x:v>20.748</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>17.49</x:v>
+        <x:v>15.96</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45625.334537037</x:v>
+        <x:v>45685.9323032407</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>22.841</x:v>
+        <x:v>20.748</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>17.57</x:v>
+        <x:v>15.96</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45623.9383796296</x:v>
+        <x:v>45681.9228125</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>22.841</x:v>
+        <x:v>20.969</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>17.57</x:v>
+        <x:v>16.13</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45622.9256365741</x:v>
+        <x:v>45679.9244212963</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>0.77</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>22.828</x:v>
+        <x:v>20.501</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>17.56</x:v>
+        <x:v>15.77</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45621.9280324074</x:v>
+        <x:v>45678.9235069444</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>22.984</x:v>
+        <x:v>20.754</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>17.68</x:v>
+        <x:v>15.965</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45618.9262037037</x:v>
+        <x:v>45674.9244907407</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>23.686</x:v>
+        <x:v>20.8</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>18.22</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45617.9238078704</x:v>
+        <x:v>45673.9255902778</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>0.7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>23.556</x:v>
+        <x:v>20.475</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>18.12</x:v>
+        <x:v>15.75</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45616.9246643518</x:v>
+        <x:v>45672.9260532407</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>23.257</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>17.89</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45615.9253240741</x:v>
+        <x:v>45671.9241203704</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>0.75</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>23.036</x:v>
+        <x:v>20.254</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>17.72</x:v>
+        <x:v>15.58</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45614.9241898148</x:v>
+        <x:v>45670.9315162037</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>0.83</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>22.36</x:v>
+        <x:v>20.085</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>17.2</x:v>
+        <x:v>15.45</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45611.9274189815</x:v>
+        <x:v>45667.9296990741</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>0.91</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>21.645</x:v>
+        <x:v>20.436</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>16.65</x:v>
+        <x:v>15.72</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45610.9252430556</x:v>
+        <x:v>45665.9257986111</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>21.905</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>16.85</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45609.9228703704</x:v>
+        <x:v>45664.9260532407</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>0.89</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>21.827</x:v>
+        <x:v>20.241</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>16.79</x:v>
+        <x:v>15.57</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45608.9378240741</x:v>
+        <x:v>45663.923287037</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>0.86</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>22.126</x:v>
+        <x:v>20.15</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>17.02</x:v>
+        <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45607.9260532407</x:v>
+        <x:v>45660.9250462963</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>22.62</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>17.4</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45604.925625</x:v>
+        <x:v>45659.9244791667</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>23.92</x:v>
+        <x:v>20.761</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>18.4</x:v>
+        <x:v>15.97</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45603.923900463</x:v>
+        <x:v>45656.9242476852</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>0.68</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>24.024</x:v>
+        <x:v>20.098</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>18.48</x:v>
+        <x:v>15.46</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45602.9256597222</x:v>
+        <x:v>45653.9297569444</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>0.69</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>23.959</x:v>
+        <x:v>20.384</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>18.43</x:v>
+        <x:v>15.68</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45601.9256134259</x:v>
+        <x:v>45649.9279976852</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>0.64</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>24.544</x:v>
+        <x:v>20.267</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>18.88</x:v>
+        <x:v>15.59</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45600.9294560185</x:v>
+        <x:v>45646.9391666667</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>0.64</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>24.57</x:v>
+        <x:v>20.098</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>18.9</x:v>
+        <x:v>15.46</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45597.8878356482</x:v>
+        <x:v>45646.9253009259</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>0.62</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>24.765</x:v>
+        <x:v>20.098</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>19.05</x:v>
+        <x:v>15.46</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45596.8871064815</x:v>
+        <x:v>45645.9285648148</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>0.6</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>25.116</x:v>
+        <x:v>19.799</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>19.32</x:v>
+        <x:v>15.23</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45595.8839930556</x:v>
+        <x:v>45644.9406134259</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>0.54</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>26.065</x:v>
+        <x:v>20.163</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>20.05</x:v>
+        <x:v>15.51</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45594.8862962963</x:v>
+        <x:v>45643.9374074074</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>26.358</x:v>
+        <x:v>21.112</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>20.275</x:v>
+        <x:v>16.24</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45593.8878240741</x:v>
+        <x:v>45642.9331712963</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>25.987</x:v>
+        <x:v>21.255</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>19.99</x:v>
+        <x:v>16.35</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45590.9259027778</x:v>
+        <x:v>45639.9310532407</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>25.493</x:v>
+        <x:v>21.814</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>19.61</x:v>
+        <x:v>16.78</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45589.9268402778</x:v>
+        <x:v>45638.9302314815</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>26.416</x:v>
+        <x:v>22.321</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>20.32</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45588.9251041667</x:v>
+        <x:v>45637.9259722222</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>27.04</x:v>
+        <x:v>22.919</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>20.8</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45587.928599537</x:v>
+        <x:v>45636.9246296296</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>27.547</x:v>
+        <x:v>22.282</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>21.19</x:v>
+        <x:v>17.14</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45586.9257291667</x:v>
+        <x:v>45635.9293055556</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>27.118</x:v>
+        <x:v>22.204</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>20.86</x:v>
+        <x:v>17.08</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45582.9403240741</x:v>
+        <x:v>45632.9301851852</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>26.442</x:v>
+        <x:v>21.801</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>20.34</x:v>
+        <x:v>16.77</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45580.9392939815</x:v>
+        <x:v>45631.9230671296</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>26.273</x:v>
+        <x:v>22.035</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>20.21</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45579.9269444444</x:v>
+        <x:v>45630.9239699074</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>25.974</x:v>
+        <x:v>22.581</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>19.98</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45576.9277430556</x:v>
+        <x:v>45628.9241435185</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>25.987</x:v>
+        <x:v>22.373</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>19.99</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45575.9297800926</x:v>
+        <x:v>45625.8309375</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>26.091</x:v>
+        <x:v>22.737</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>20.07</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45574.9233217593</x:v>
+        <x:v>45625.334537037</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>25.558</x:v>
+        <x:v>22.841</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>19.66</x:v>
+        <x:v>17.57</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45573.922662037</x:v>
+        <x:v>45623.9383796296</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>25.558</x:v>
+        <x:v>22.841</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>19.66</x:v>
+        <x:v>17.57</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45572.9229398148</x:v>
+        <x:v>45622.9256365741</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>25.844</x:v>
+        <x:v>22.828</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>19.88</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45569.9240046296</x:v>
+        <x:v>45621.9280324074</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>26.143</x:v>
+        <x:v>22.984</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>20.11</x:v>
+        <x:v>17.68</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45568.9236111111</x:v>
+        <x:v>45618.9262037037</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>25.805</x:v>
+        <x:v>23.686</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>19.85</x:v>
+        <x:v>18.22</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45567.9237384259</x:v>
+        <x:v>45617.9238078704</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>26.234</x:v>
+        <x:v>23.556</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>20.18</x:v>
+        <x:v>18.12</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45566.9237268519</x:v>
+        <x:v>45616.9246643518</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>26.39</x:v>
+        <x:v>23.257</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>20.3</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45565.9305208333</x:v>
+        <x:v>45615.9253240741</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>25.857</x:v>
+        <x:v>23.036</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>19.89</x:v>
+        <x:v>17.72</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45562.9249074074</x:v>
+        <x:v>45614.9241898148</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>26.299</x:v>
+        <x:v>22.36</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>20.23</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45561.9241666667</x:v>
+        <x:v>45611.9274189815</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>27.313</x:v>
+        <x:v>21.645</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>21.01</x:v>
+        <x:v>16.65</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45560.924224537</x:v>
+        <x:v>45610.9252430556</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>26.91</x:v>
+        <x:v>21.905</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>20.7</x:v>
+        <x:v>16.85</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45559.9250810185</x:v>
+        <x:v>45609.9228703704</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>26.559</x:v>
+        <x:v>21.827</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>20.43</x:v>
+        <x:v>16.79</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45558.928125</x:v>
+        <x:v>45608.9378240741</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>26.273</x:v>
+        <x:v>22.126</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>20.21</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45555.928912037</x:v>
+        <x:v>45607.9260532407</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>26.494</x:v>
+        <x:v>22.62</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>20.38</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45554.925</x:v>
+        <x:v>45604.925625</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>26.312</x:v>
+        <x:v>23.92</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>20.24</x:v>
+        <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45553.9238194444</x:v>
+        <x:v>45603.923900463</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>26.078</x:v>
+        <x:v>24.024</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>20.06</x:v>
+        <x:v>18.48</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45552.9224652778</x:v>
+        <x:v>45602.9256597222</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>26.624</x:v>
+        <x:v>23.959</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>20.48</x:v>
+        <x:v>18.43</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45551.9244097222</x:v>
+        <x:v>45601.9256134259</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>26.676</x:v>
+        <x:v>24.544</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>20.52</x:v>
+        <x:v>18.88</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45548.9281134259</x:v>
+        <x:v>45600.9294560185</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>27.092</x:v>
+        <x:v>24.57</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>20.84</x:v>
+        <x:v>18.9</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45547.9299421296</x:v>
+        <x:v>45597.8878356482</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>26.754</x:v>
+        <x:v>24.765</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>20.58</x:v>
+        <x:v>19.05</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45546.9262615741</x:v>
+        <x:v>45596.8871064815</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>25.48</x:v>
+        <x:v>25.116</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>19.6</x:v>
+        <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45545.9253125</x:v>
+        <x:v>45595.8839930556</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>25.48</x:v>
+        <x:v>26.065</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>19.6</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45544.9243518518</x:v>
+        <x:v>45594.8862962963</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>25.07</x:v>
+        <x:v>26.358</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>19.285</x:v>
+        <x:v>20.275</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45541.9263078704</x:v>
+        <x:v>45593.8878240741</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>25.298</x:v>
+        <x:v>25.987</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>19.46</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45540.9253240741</x:v>
+        <x:v>45590.9259027778</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>25.298</x:v>
+        <x:v>25.493</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>19.46</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45539.9231597222</x:v>
+        <x:v>45589.9268402778</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>25.116</x:v>
+        <x:v>26.416</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>19.32</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45534.9322569444</x:v>
+        <x:v>45588.9251041667</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>26.416</x:v>
+        <x:v>27.04</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>20.32</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45534.3328935185</x:v>
+        <x:v>45587.928599537</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>26.416</x:v>
+        <x:v>27.547</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>20.32</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45533.9305324074</x:v>
+        <x:v>45586.9257291667</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>25.935</x:v>
+        <x:v>27.118</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>19.95</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45532.9225694444</x:v>
+        <x:v>45582.9403240741</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>26.585</x:v>
+        <x:v>26.442</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>20.45</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45531.9246064815</x:v>
+        <x:v>45580.9392939815</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>26.611</x:v>
+        <x:v>26.273</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>20.47</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45530.9242708333</x:v>
+        <x:v>45579.9269444444</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>26.65</x:v>
+        <x:v>25.974</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>20.5</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45527.9240393518</x:v>
+        <x:v>45576.9277430556</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>26.312</x:v>
+        <x:v>25.987</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>20.24</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45526.9254398148</x:v>
+        <x:v>45575.9297800926</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>26.806</x:v>
+        <x:v>26.091</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>20.62</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45525.9231597222</x:v>
+        <x:v>45574.9233217593</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>26.533</x:v>
+        <x:v>25.558</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>20.41</x:v>
+        <x:v>19.66</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45524.9227430556</x:v>
+        <x:v>45573.922662037</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>26.533</x:v>
+        <x:v>25.558</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>20.41</x:v>
+        <x:v>19.66</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45523.924525463</x:v>
+        <x:v>45572.9229398148</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
         <x:v>0.57</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>25.623</x:v>
+        <x:v>25.844</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>19.71</x:v>
+        <x:v>19.88</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45520.933125</x:v>
+        <x:v>45569.9240046296</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>25.623</x:v>
+        <x:v>26.143</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>19.71</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45519.9274074074</x:v>
+        <x:v>45568.9236111111</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>24.908</x:v>
+        <x:v>25.805</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>19.16</x:v>
+        <x:v>19.85</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45518.9341203704</x:v>
+        <x:v>45567.9237384259</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>24.869</x:v>
+        <x:v>26.234</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>19.13</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45517.9317361111</x:v>
+        <x:v>45566.9237268519</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>24.687</x:v>
+        <x:v>26.39</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>18.99</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45516.9274305556</x:v>
+        <x:v>45565.9305208333</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>22.633</x:v>
+        <x:v>25.857</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>17.41</x:v>
+        <x:v>19.89</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45513.9300231481</x:v>
+        <x:v>45562.9249074074</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>22.542</x:v>
+        <x:v>26.299</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>17.34</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45512.9330671296</x:v>
+        <x:v>45561.9241666667</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>21.853</x:v>
+        <x:v>27.313</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>16.81</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45511.9284490741</x:v>
+        <x:v>45560.924224537</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>1.06</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>22.607</x:v>
+        <x:v>26.91</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>17.39</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45510.9307986111</x:v>
+        <x:v>45559.9250810185</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>22.607</x:v>
+        <x:v>26.559</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>17.39</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45509.9291087963</x:v>
+        <x:v>45558.928125</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>1</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>22.334</x:v>
+        <x:v>26.273</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>17.18</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45506.9321064815</x:v>
+        <x:v>45555.928912037</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>23.712</x:v>
+        <x:v>26.494</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>18.24</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45505.9289236111</x:v>
+        <x:v>45554.925</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>24.063</x:v>
+        <x:v>26.312</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>18.51</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45504.9306712963</x:v>
+        <x:v>45553.9238194444</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>23.582</x:v>
+        <x:v>26.078</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>18.14</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45503.9262847222</x:v>
+        <x:v>45552.9224652778</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>23.361</x:v>
+        <x:v>26.624</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>17.97</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45502.9221759259</x:v>
+        <x:v>45551.9244097222</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>23.127</x:v>
+        <x:v>26.676</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>17.79</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45499.9227314815</x:v>
+        <x:v>45548.9281134259</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>23.036</x:v>
+        <x:v>27.092</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>17.72</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45498.9226273148</x:v>
+        <x:v>45547.9299421296</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>23.998</x:v>
+        <x:v>26.754</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>18.46</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45497.9293055556</x:v>
+        <x:v>45546.9262615741</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>0.82</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>24.141</x:v>
+        <x:v>25.48</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>18.57</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45496.9226273148</x:v>
+        <x:v>45545.9253125</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>23.868</x:v>
+        <x:v>25.48</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>18.36</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45495.9267361111</x:v>
+        <x:v>45544.9243518518</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>23.907</x:v>
+        <x:v>25.07</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>18.39</x:v>
+        <x:v>19.285</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45492.9245833333</x:v>
+        <x:v>45541.9263078704</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>24.102</x:v>
+        <x:v>25.298</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>18.54</x:v>
+        <x:v>19.46</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45491.9233449074</x:v>
+        <x:v>45540.9253240741</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>24.102</x:v>
+        <x:v>25.298</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>18.54</x:v>
+        <x:v>19.46</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45490.9301967593</x:v>
+        <x:v>45539.9231597222</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>25.025</x:v>
+        <x:v>25.116</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>19.25</x:v>
+        <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45489.9229282407</x:v>
+        <x:v>45534.9322569444</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>23.868</x:v>
+        <x:v>26.416</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>18.36</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45488.9233564815</x:v>
+        <x:v>45534.3328935185</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>23.868</x:v>
+        <x:v>26.416</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>18.36</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45485.9236805556</x:v>
+        <x:v>45533.9305324074</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>23.569</x:v>
+        <x:v>25.935</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>18.13</x:v>
+        <x:v>19.95</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45484.9257060185</x:v>
+        <x:v>45532.9225694444</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>23.114</x:v>
+        <x:v>26.585</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>17.78</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45483.9237847222</x:v>
+        <x:v>45531.9246064815</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>22.672</x:v>
+        <x:v>26.611</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>17.44</x:v>
+        <x:v>20.47</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45482.9236805556</x:v>
+        <x:v>45530.9242708333</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>1</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>22.594</x:v>
+        <x:v>26.65</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>17.38</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45481.9248842593</x:v>
+        <x:v>45527.9240393518</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>22.672</x:v>
+        <x:v>26.312</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>17.44</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45478.9320949074</x:v>
+        <x:v>45526.9254398148</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>22.49</x:v>
+        <x:v>26.806</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>17.3</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45476.8021064815</x:v>
+        <x:v>45525.9231597222</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>1.02</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>21.606</x:v>
+        <x:v>26.533</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>16.62</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45475.9273611111</x:v>
+        <x:v>45524.9227430556</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>21.528</x:v>
+        <x:v>26.533</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>16.56</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45474.9266087963</x:v>
+        <x:v>45523.924525463</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>21.528</x:v>
+        <x:v>25.623</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>16.56</x:v>
+        <x:v>19.71</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45471.9307638889</x:v>
+        <x:v>45520.933125</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>1.15</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>21.892</x:v>
+        <x:v>25.623</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>16.84</x:v>
+        <x:v>19.71</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45470.9297916667</x:v>
+        <x:v>45519.9274074074</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>21.84</x:v>
+        <x:v>24.908</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>16.8</x:v>
+        <x:v>19.16</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45469.9290046296</x:v>
+        <x:v>45518.9341203704</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>21.567</x:v>
+        <x:v>24.869</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>16.59</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45468.9344328704</x:v>
+        <x:v>45517.9317361111</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>21.736</x:v>
+        <x:v>24.687</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>16.72</x:v>
+        <x:v>18.99</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45467.9280324074</x:v>
+        <x:v>45516.9274305556</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>21.528</x:v>
+        <x:v>22.633</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>16.56</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45464.9262615741</x:v>
+        <x:v>45513.9300231481</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>22.048</x:v>
+        <x:v>22.542</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>16.96</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45463.926087963</x:v>
+        <x:v>45512.9330671296</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>1.09</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>21.333</x:v>
+        <x:v>21.853</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>16.41</x:v>
+        <x:v>16.81</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45461.9263194444</x:v>
+        <x:v>45511.9284490741</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>20.982</x:v>
+        <x:v>22.607</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>16.14</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45460.9266087963</x:v>
+        <x:v>45510.9307986111</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>20.839</x:v>
+        <x:v>22.607</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>16.03</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45457.9238888889</x:v>
+        <x:v>45509.9291087963</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>20.839</x:v>
+        <x:v>22.334</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>16.03</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45456.9228819444</x:v>
+        <x:v>45506.9321064815</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>21.314</x:v>
+        <x:v>23.712</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>16.395</x:v>
+        <x:v>18.24</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45455.9238078704</x:v>
+        <x:v>45505.9289236111</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>1.22</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>21.034</x:v>
+        <x:v>24.063</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>16.18</x:v>
+        <x:v>18.51</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45454.9233912037</x:v>
+        <x:v>45504.9306712963</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>1.27</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>21.385</x:v>
+        <x:v>23.582</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>16.45</x:v>
+        <x:v>18.14</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45453.9238888889</x:v>
+        <x:v>45503.9262847222</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>21.385</x:v>
+        <x:v>23.361</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>16.45</x:v>
+        <x:v>17.97</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45450.9295833333</x:v>
+        <x:v>45502.9221759259</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>22.516</x:v>
+        <x:v>23.127</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>17.32</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45449.9242592593</x:v>
+        <x:v>45499.9227314815</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>1.06</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>21.71</x:v>
+        <x:v>23.036</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>16.7</x:v>
+        <x:v>17.72</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45448.9222916667</x:v>
+        <x:v>45498.9226273148</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>21.71</x:v>
+        <x:v>23.998</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>16.7</x:v>
+        <x:v>18.46</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45447.9233680556</x:v>
+        <x:v>45497.9293055556</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>1.24</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>21.437</x:v>
+        <x:v>24.141</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>16.49</x:v>
+        <x:v>18.57</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45446.9240277778</x:v>
+        <x:v>45496.9226273148</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>22.217</x:v>
+        <x:v>23.868</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>17.09</x:v>
+        <x:v>18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45443.930462963</x:v>
+        <x:v>45495.9267361111</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>22.243</x:v>
+        <x:v>23.907</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>17.11</x:v>
+        <x:v>18.39</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45442.9278703704</x:v>
+        <x:v>45492.9245833333</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>1.15</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>22.243</x:v>
+        <x:v>24.102</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>17.11</x:v>
+        <x:v>18.54</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45441.9287037037</x:v>
+        <x:v>45491.9233449074</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>1.19</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>21.996</x:v>
+        <x:v>24.102</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>16.92</x:v>
+        <x:v>18.54</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45440.9253935185</x:v>
+        <x:v>45490.9301967593</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>1.09</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>22.126</x:v>
+        <x:v>25.025</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>17.02</x:v>
+        <x:v>19.25</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45436.9254398148</x:v>
+        <x:v>45489.9229282407</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>1.18</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>22.022</x:v>
+        <x:v>23.868</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>16.94</x:v>
+        <x:v>18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45435.9233912037</x:v>
+        <x:v>45488.9233564815</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>1.19</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>22.477</x:v>
+        <x:v>23.868</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>17.29</x:v>
+        <x:v>18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45434.9226157407</x:v>
+        <x:v>45485.9236805556</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>23.14</x:v>
+        <x:v>23.569</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>17.8</x:v>
+        <x:v>18.13</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45433.9224305556</x:v>
+        <x:v>45484.9257060185</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>1.04</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>23.14</x:v>
+        <x:v>23.114</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>17.8</x:v>
+        <x:v>17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45432.9216666667</x:v>
+        <x:v>45483.9237847222</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>23.296</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>17.92</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45429.9267708333</x:v>
+        <x:v>45482.9236805556</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>1.02</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>22.776</x:v>
+        <x:v>22.594</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>17.52</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45428.928900463</x:v>
+        <x:v>45481.9248842593</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>1.09</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>22.646</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>17.42</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45427.9284837963</x:v>
+        <x:v>45478.9320949074</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>22.646</x:v>
+        <x:v>22.49</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>17.42</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45426.9281365741</x:v>
+        <x:v>45476.8021064815</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>1.16</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>22.022</x:v>
+        <x:v>21.606</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>16.94</x:v>
+        <x:v>16.62</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45425.9293634259</x:v>
+        <x:v>45475.9273611111</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>1.2</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>22.009</x:v>
+        <x:v>21.528</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>16.93</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45422.9236342593</x:v>
+        <x:v>45474.9266087963</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>1.2</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>22.009</x:v>
+        <x:v>21.528</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>16.93</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45421.9229861111</x:v>
+        <x:v>45471.9307638889</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>22.139</x:v>
+        <x:v>21.892</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>17.03</x:v>
+        <x:v>16.84</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45420.9241087963</x:v>
+        <x:v>45470.9297916667</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>21.762</x:v>
+        <x:v>21.84</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>16.74</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45419.9260416667</x:v>
+        <x:v>45469.9290046296</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>21.762</x:v>
+        <x:v>21.567</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>16.74</x:v>
+        <x:v>16.59</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45418.9291203704</x:v>
+        <x:v>45468.9344328704</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>1.26</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>21.632</x:v>
+        <x:v>21.736</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>16.64</x:v>
+        <x:v>16.72</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45415.9288425926</x:v>
+        <x:v>45467.9280324074</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>21.632</x:v>
+        <x:v>21.528</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>16.64</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45414.9243634259</x:v>
+        <x:v>45464.9262615741</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>21.632</x:v>
+        <x:v>22.048</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>16.64</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45412.9266319444</x:v>
+        <x:v>45463.926087963</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>1.27</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>22.516</x:v>
+        <x:v>21.333</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>17.32</x:v>
+        <x:v>16.41</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45411.9247106481</x:v>
+        <x:v>45461.9263194444</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>1.13</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>22.217</x:v>
+        <x:v>20.982</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>17.09</x:v>
+        <x:v>16.14</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45408.9314699074</x:v>
+        <x:v>45460.9266087963</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>22.217</x:v>
+        <x:v>20.839</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>17.09</x:v>
+        <x:v>16.03</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45407.9436226852</x:v>
+        <x:v>45457.9238888889</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>21.476</x:v>
+        <x:v>20.839</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>16.52</x:v>
+        <x:v>16.03</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45406.9296875</x:v>
+        <x:v>45456.9228819444</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>21.684</x:v>
+        <x:v>21.314</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>16.68</x:v>
+        <x:v>16.395</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45405.9324768518</x:v>
+        <x:v>45455.9238078704</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>21.684</x:v>
+        <x:v>21.034</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>16.68</x:v>
+        <x:v>16.18</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45404.9330092593</x:v>
+        <x:v>45454.9233912037</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>22.23</x:v>
+        <x:v>21.385</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>17.1</x:v>
+        <x:v>16.45</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45401.9231597222</x:v>
+        <x:v>45453.9238888889</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>1.2</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>22.074</x:v>
+        <x:v>21.385</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>16.98</x:v>
+        <x:v>16.45</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45400.9236342593</x:v>
+        <x:v>45450.9295833333</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>1.22</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>21.71</x:v>
+        <x:v>22.516</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>16.7</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45399.9245023148</x:v>
+        <x:v>45449.9242592593</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D361" s="0">
         <x:v>21.71</x:v>
       </x:c>
       <x:c r="E361" s="0">
         <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45398.9235416667</x:v>
+        <x:v>45448.9222916667</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>22.581</x:v>
+        <x:v>21.71</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>17.37</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45397.9234027778</x:v>
+        <x:v>45447.9233680556</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>1.16</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>22.581</x:v>
+        <x:v>21.437</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>17.37</x:v>
+        <x:v>16.49</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45394.9242824074</x:v>
+        <x:v>45446.9240277778</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
         <x:v>1.07</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>23.452</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>18.04</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45393.9239699074</x:v>
+        <x:v>45443.930462963</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>1.04</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>23.283</x:v>
+        <x:v>22.243</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>17.91</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45392.9226967593</x:v>
+        <x:v>45442.9278703704</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>1.06</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>23.283</x:v>
+        <x:v>22.243</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>17.91</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45391.9264930556</x:v>
+        <x:v>45441.9287037037</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>1.04</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>23.01</x:v>
+        <x:v>21.996</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>17.7</x:v>
+        <x:v>16.92</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45390.9248958333</x:v>
+        <x:v>45440.9253935185</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>1.1</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>23.01</x:v>
+        <x:v>22.126</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>17.7</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45387.9235069444</x:v>
+        <x:v>45436.9254398148</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>23.218</x:v>
+        <x:v>22.022</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>17.86</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45386.9250115741</x:v>
+        <x:v>45435.9233912037</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>1.17</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>21.632</x:v>
+        <x:v>22.477</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>16.64</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45385.9232175926</x:v>
+        <x:v>45434.9226157407</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>1.16</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>21.632</x:v>
+        <x:v>23.14</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>16.64</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45384.9259143519</x:v>
+        <x:v>45433.9224305556</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>21.632</x:v>
+        <x:v>23.14</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>16.64</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45379.8836574074</x:v>
+        <x:v>45432.9216666667</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>21.073</x:v>
+        <x:v>23.296</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>16.21</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45378.8831828704</x:v>
+        <x:v>45429.9267708333</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>1.45</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>20.176</x:v>
+        <x:v>22.776</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>15.52</x:v>
+        <x:v>17.52</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45377.8826388889</x:v>
+        <x:v>45428.928900463</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>20.241</x:v>
+        <x:v>22.646</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>15.57</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45376.8828703704</x:v>
+        <x:v>45427.9284837963</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>1.66</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>20.241</x:v>
+        <x:v>22.646</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>15.57</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45373.8831365741</x:v>
+        <x:v>45426.9281365741</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>20.176</x:v>
+        <x:v>22.022</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>15.52</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45372.884375</x:v>
+        <x:v>45425.9293634259</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>1.58</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>20.553</x:v>
+        <x:v>22.009</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>15.81</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45362.893599537</x:v>
+        <x:v>45422.9236342593</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>1.58</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>20.488</x:v>
+        <x:v>22.009</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>15.76</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45359.9310416667</x:v>
+        <x:v>45421.9229861111</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>20.488</x:v>
+        <x:v>22.139</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>15.76</x:v>
+        <x:v>17.03</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45358.9292013889</x:v>
+        <x:v>45420.9241087963</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>1.57</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>20.423</x:v>
+        <x:v>21.762</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>15.71</x:v>
+        <x:v>16.74</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45357.9246527778</x:v>
+        <x:v>45419.9260416667</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>1.63</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>20.189</x:v>
+        <x:v>21.762</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>15.53</x:v>
+        <x:v>16.74</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45356.9297916667</x:v>
+        <x:v>45418.9291203704</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>1.69</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>20.098</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>15.46</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45355.92625</x:v>
+        <x:v>45415.9288425926</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>1.71</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>20.098</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>15.46</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45351.9256481481</x:v>
+        <x:v>45414.9243634259</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>2.02</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>19.058</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>14.66</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45350.923599537</x:v>
+        <x:v>45412.9266319444</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>2.17</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>18.863</x:v>
+        <x:v>22.516</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>14.51</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45349.9222916667</x:v>
+        <x:v>45411.9247106481</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>19.045</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>14.65</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45348.9284375</x:v>
+        <x:v>45408.9314699074</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>19.162</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>14.74</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45345.9261805556</x:v>
+        <x:v>45407.9436226852</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>2.03</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>18.707</x:v>
+        <x:v>21.476</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>14.39</x:v>
+        <x:v>16.52</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45344.9259259259</x:v>
+        <x:v>45406.9296875</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>2.19</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>19.175</x:v>
+        <x:v>21.684</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>14.75</x:v>
+        <x:v>16.68</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45343.9245486111</x:v>
+        <x:v>45405.9324768518</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>19.149</x:v>
+        <x:v>21.684</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>14.73</x:v>
+        <x:v>16.68</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45342.9239236111</x:v>
+        <x:v>45404.9330092593</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>19.045</x:v>
+        <x:v>22.23</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>14.65</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45338.9307523148</x:v>
+        <x:v>45401.9231597222</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>2.08</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>18.98</x:v>
+        <x:v>22.074</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>14.6</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45337.9415393519</x:v>
+        <x:v>45400.9236342593</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>2.1</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>18.278</x:v>
+        <x:v>21.71</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>14.06</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45336.9321759259</x:v>
+        <x:v>45399.9245023148</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
-        <x:v>2.37</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>18.278</x:v>
+        <x:v>21.71</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>14.06</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45335.9339699074</x:v>
+        <x:v>45398.9235416667</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>2.33</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>19.149</x:v>
+        <x:v>22.581</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>14.73</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45334.9284259259</x:v>
+        <x:v>45397.9234027778</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>2.08</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>19.149</x:v>
+        <x:v>22.581</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>14.73</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45331.9230324074</x:v>
+        <x:v>45394.9242824074</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>2.1</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>19.266</x:v>
+        <x:v>23.452</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>14.82</x:v>
+        <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45330.9229050926</x:v>
+        <x:v>45393.9239699074</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>19.409</x:v>
+        <x:v>23.283</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>14.93</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45329.9234259259</x:v>
+        <x:v>45392.9226967593</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>2</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>19.539</x:v>
+        <x:v>23.283</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>15.03</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45328.9222453704</x:v>
+        <x:v>45391.9264930556</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>1.96</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>19.721</x:v>
+        <x:v>23.01</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>15.17</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45327.9236921296</x:v>
+        <x:v>45390.9248958333</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>20.033</x:v>
+        <x:v>23.01</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>15.41</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45324.9260300926</x:v>
+        <x:v>45387.9235069444</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>1.82</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>20.657</x:v>
+        <x:v>23.218</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>15.89</x:v>
+        <x:v>17.86</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45323.9260069444</x:v>
+        <x:v>45386.9250115741</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>1.66</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>20.657</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>15.89</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45322.9228703704</x:v>
+        <x:v>45385.9232175926</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>1.76</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>20.384</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>15.68</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45321.9410069444</x:v>
+        <x:v>45384.9259143519</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>20.41</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>15.7</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45320.9269560185</x:v>
+        <x:v>45379.8836574074</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>20.189</x:v>
+        <x:v>21.073</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>15.53</x:v>
+        <x:v>16.21</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45317.9266550926</x:v>
+        <x:v>45378.8831828704</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>1.78</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>20.189</x:v>
+        <x:v>20.176</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>15.53</x:v>
+        <x:v>15.52</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45316.9261342593</x:v>
+        <x:v>45377.8826388889</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>1.76</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>20.189</x:v>
+        <x:v>20.241</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>15.53</x:v>
+        <x:v>15.57</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45315.9284375</x:v>
+        <x:v>45376.8828703704</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>1.78</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>20.189</x:v>
+        <x:v>20.241</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>15.53</x:v>
+        <x:v>15.57</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45314.9281018519</x:v>
+        <x:v>45373.8831365741</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>1.64</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>20.267</x:v>
+        <x:v>20.176</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>15.59</x:v>
+        <x:v>15.52</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45313.928599537</x:v>
+        <x:v>45372.884375</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>1.78</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>20.267</x:v>
+        <x:v>20.553</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>15.59</x:v>
+        <x:v>15.81</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45310.9221643519</x:v>
+        <x:v>45362.893599537</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>1.77</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>20.189</x:v>
+        <x:v>20.488</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>15.53</x:v>
+        <x:v>15.76</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
-        <x:v>45309.9226851852</x:v>
+        <x:v>45359.9310416667</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C414" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D414" s="0">
-        <x:v>20.228</x:v>
+        <x:v>20.488</x:v>
       </x:c>
       <x:c r="E414" s="0">
-        <x:v>15.56</x:v>
+        <x:v>15.76</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5">
       <x:c r="A415" s="1">
-        <x:v>45308.9233217593</x:v>
+        <x:v>45358.9292013889</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C415" s="0">
-        <x:v>1.78</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D415" s="0">
-        <x:v>20.228</x:v>
+        <x:v>20.423</x:v>
       </x:c>
       <x:c r="E415" s="0">
-        <x:v>15.56</x:v>
+        <x:v>15.71</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5">
       <x:c r="A416" s="1">
-        <x:v>45307.9222222222</x:v>
+        <x:v>45357.9246527778</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C416" s="0">
-        <x:v>1.66</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D416" s="0">
-        <x:v>20.748</x:v>
+        <x:v>20.189</x:v>
       </x:c>
       <x:c r="E416" s="0">
-        <x:v>15.96</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5">
       <x:c r="A417" s="1">
-        <x:v>45303.9228125</x:v>
+        <x:v>45356.9297916667</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C417" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D417" s="0">
-        <x:v>22.295</x:v>
+        <x:v>20.098</x:v>
       </x:c>
       <x:c r="E417" s="0">
-        <x:v>17.15</x:v>
+        <x:v>15.46</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5">
       <x:c r="A418" s="1">
-        <x:v>45302.9369907407</x:v>
+        <x:v>45355.92625</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C418" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D418" s="0">
-        <x:v>22.295</x:v>
+        <x:v>20.098</x:v>
       </x:c>
       <x:c r="E418" s="0">
-        <x:v>17.15</x:v>
+        <x:v>15.46</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5">
       <x:c r="A419" s="1">
-        <x:v>45301.926712963</x:v>
+        <x:v>45351.9256481481</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C419" s="0">
-        <x:v>1.36</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D419" s="0">
-        <x:v>22.542</x:v>
+        <x:v>19.058</x:v>
       </x:c>
       <x:c r="E419" s="0">
-        <x:v>17.34</x:v>
+        <x:v>14.66</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5">
       <x:c r="A420" s="1">
-        <x:v>45300.9303125</x:v>
+        <x:v>45350.923599537</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C420" s="0">
-        <x:v>1.35</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D420" s="0">
-        <x:v>22.62</x:v>
+        <x:v>18.863</x:v>
       </x:c>
       <x:c r="E420" s="0">
-        <x:v>17.4</x:v>
+        <x:v>14.51</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5">
       <x:c r="A421" s="1">
-        <x:v>45299.9237847222</x:v>
+        <x:v>45349.9222916667</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C421" s="0">
-        <x:v>1.28</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D421" s="0">
-        <x:v>22.737</x:v>
+        <x:v>19.045</x:v>
       </x:c>
       <x:c r="E421" s="0">
-        <x:v>17.49</x:v>
+        <x:v>14.65</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5">
       <x:c r="A422" s="1">
-        <x:v>45296.9255324074</x:v>
+        <x:v>45348.9284375</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C422" s="0">
-        <x:v>1.33</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D422" s="0">
-        <x:v>22.737</x:v>
+        <x:v>19.162</x:v>
       </x:c>
       <x:c r="E422" s="0">
-        <x:v>17.49</x:v>
+        <x:v>14.74</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5">
       <x:c r="A423" s="1">
-        <x:v>45295.9240162037</x:v>
+        <x:v>45345.9261805556</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C423" s="0">
-        <x:v>1.36</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D423" s="0">
-        <x:v>22.529</x:v>
+        <x:v>18.707</x:v>
       </x:c>
       <x:c r="E423" s="0">
-        <x:v>17.33</x:v>
+        <x:v>14.39</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5">
       <x:c r="A424" s="1">
-        <x:v>45294.9246990741</x:v>
+        <x:v>45344.9259259259</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C424" s="0">
-        <x:v>1.36</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D424" s="0">
-        <x:v>23.244</x:v>
+        <x:v>19.175</x:v>
       </x:c>
       <x:c r="E424" s="0">
-        <x:v>17.88</x:v>
+        <x:v>14.75</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5">
       <x:c r="A425" s="1">
-        <x:v>45293.9248842593</x:v>
+        <x:v>45343.9245486111</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C425" s="0">
-        <x:v>1.25</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D425" s="0">
-        <x:v>23.517</x:v>
+        <x:v>19.149</x:v>
       </x:c>
       <x:c r="E425" s="0">
-        <x:v>18.09</x:v>
+        <x:v>14.73</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5">
       <x:c r="A426" s="1">
-        <x:v>45289.9231365741</x:v>
+        <x:v>45342.9239236111</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C426" s="0">
-        <x:v>1.21</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D426" s="0">
-        <x:v>23.517</x:v>
+        <x:v>19.045</x:v>
       </x:c>
       <x:c r="E426" s="0">
-        <x:v>18.09</x:v>
+        <x:v>14.65</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5">
       <x:c r="A427" s="1">
-        <x:v>45288.9222916667</x:v>
+        <x:v>45338.9307523148</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C427" s="0">
-        <x:v>1.2</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D427" s="0">
-        <x:v>24.011</x:v>
+        <x:v>18.98</x:v>
       </x:c>
       <x:c r="E427" s="0">
-        <x:v>18.47</x:v>
+        <x:v>14.6</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5">
       <x:c r="A428" s="1">
-        <x:v>45287.9289583333</x:v>
+        <x:v>45337.9415393519</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C428" s="0">
-        <x:v>1.13</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D428" s="0">
-        <x:v>23.608</x:v>
+        <x:v>18.278</x:v>
       </x:c>
       <x:c r="E428" s="0">
-        <x:v>18.16</x:v>
+        <x:v>14.06</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5">
       <x:c r="A429" s="1">
-        <x:v>45282.9304976852</x:v>
+        <x:v>45336.9321759259</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C429" s="0">
-        <x:v>1.19</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D429" s="0">
-        <x:v>23.608</x:v>
+        <x:v>18.278</x:v>
       </x:c>
       <x:c r="E429" s="0">
-        <x:v>18.16</x:v>
+        <x:v>14.06</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5">
       <x:c r="A430" s="1">
-        <x:v>45281.9287731481</x:v>
+        <x:v>45335.9339699074</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C430" s="0">
-        <x:v>1.23</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D430" s="0">
-        <x:v>23.101</x:v>
+        <x:v>19.149</x:v>
       </x:c>
       <x:c r="E430" s="0">
-        <x:v>17.77</x:v>
+        <x:v>14.73</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5">
       <x:c r="A431" s="1">
-        <x:v>45280.9229398148</x:v>
+        <x:v>45334.9284259259</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C431" s="0">
-        <x:v>1.27</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D431" s="0">
-        <x:v>23.517</x:v>
+        <x:v>19.149</x:v>
       </x:c>
       <x:c r="E431" s="0">
-        <x:v>18.09</x:v>
+        <x:v>14.73</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5">
       <x:c r="A432" s="1">
-        <x:v>45279.9272106482</x:v>
+        <x:v>45331.9230324074</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C432" s="0">
-        <x:v>1.21</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D432" s="0">
-        <x:v>23.049</x:v>
+        <x:v>19.266</x:v>
       </x:c>
       <x:c r="E432" s="0">
-        <x:v>17.73</x:v>
+        <x:v>14.82</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5">
       <x:c r="A433" s="1">
-        <x:v>45278.9285069444</x:v>
+        <x:v>45330.9229050926</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C433" s="0">
-        <x:v>1.29</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D433" s="0">
-        <x:v>22.763</x:v>
+        <x:v>19.409</x:v>
       </x:c>
       <x:c r="E433" s="0">
-        <x:v>17.51</x:v>
+        <x:v>14.93</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5">
       <x:c r="A434" s="1">
-        <x:v>45275.9232291667</x:v>
+        <x:v>45329.9234259259</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C434" s="0">
-        <x:v>1.34</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D434" s="0">
-        <x:v>22.763</x:v>
+        <x:v>19.539</x:v>
       </x:c>
       <x:c r="E434" s="0">
-        <x:v>17.51</x:v>
+        <x:v>15.03</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5">
       <x:c r="A435" s="1">
-        <x:v>45274.9234027778</x:v>
+        <x:v>45328.9222453704</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C435" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D435" s="0">
-        <x:v>22.659</x:v>
+        <x:v>19.721</x:v>
       </x:c>
       <x:c r="E435" s="0">
-        <x:v>17.43</x:v>
+        <x:v>15.17</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5">
       <x:c r="A436" s="1">
-        <x:v>45273.9260300926</x:v>
+        <x:v>45327.9236921296</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C436" s="0">
-        <x:v>1.35</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D436" s="0">
-        <x:v>21.242</x:v>
+        <x:v>20.033</x:v>
       </x:c>
       <x:c r="E436" s="0">
-        <x:v>16.34</x:v>
+        <x:v>15.41</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5">
       <x:c r="A437" s="1">
-        <x:v>45272.9224537037</x:v>
+        <x:v>45324.9260300926</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C437" s="0">
-        <x:v>1.69</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D437" s="0">
-        <x:v>21.671</x:v>
+        <x:v>20.657</x:v>
       </x:c>
       <x:c r="E437" s="0">
-        <x:v>16.67</x:v>
+        <x:v>15.89</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5">
       <x:c r="A438" s="1">
-        <x:v>45271.9244444444</x:v>
+        <x:v>45323.9260069444</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C438" s="0">
-        <x:v>1.6</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D438" s="0">
-        <x:v>21.827</x:v>
+        <x:v>20.657</x:v>
       </x:c>
       <x:c r="E438" s="0">
-        <x:v>16.79</x:v>
+        <x:v>15.89</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5">
       <x:c r="A439" s="1">
-        <x:v>45268.935625</x:v>
+        <x:v>45322.9228703704</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C439" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D439" s="0">
-        <x:v>22.386</x:v>
+        <x:v>20.384</x:v>
       </x:c>
       <x:c r="E439" s="0">
-        <x:v>17.22</x:v>
+        <x:v>15.68</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5">
       <x:c r="A440" s="1">
-        <x:v>45267.9261574074</x:v>
+        <x:v>45321.9410069444</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C440" s="0">
-        <x:v>1.45</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D440" s="0">
-        <x:v>22.568</x:v>
+        <x:v>20.41</x:v>
       </x:c>
       <x:c r="E440" s="0">
-        <x:v>17.36</x:v>
+        <x:v>15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5">
       <x:c r="A441" s="1">
-        <x:v>45266.9284143519</x:v>
+        <x:v>45320.9269560185</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C441" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D441" s="0">
-        <x:v>22.568</x:v>
+        <x:v>20.189</x:v>
       </x:c>
       <x:c r="E441" s="0">
-        <x:v>17.36</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5">
       <x:c r="A442" s="1">
-        <x:v>45265.9407291667</x:v>
+        <x:v>45317.9266550926</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C442" s="0">
-        <x:v>1.4</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D442" s="0">
-        <x:v>22.789</x:v>
+        <x:v>20.189</x:v>
       </x:c>
       <x:c r="E442" s="0">
-        <x:v>17.53</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5">
       <x:c r="A443" s="1">
-        <x:v>45261.9243981481</x:v>
+        <x:v>45316.9261342593</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C443" s="0">
-        <x:v>1.33</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D443" s="0">
-        <x:v>22.867</x:v>
+        <x:v>20.189</x:v>
       </x:c>
       <x:c r="E443" s="0">
-        <x:v>17.59</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5">
       <x:c r="A444" s="1">
-        <x:v>45260.9313657407</x:v>
+        <x:v>45315.9284375</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C444" s="0">
-        <x:v>1.36</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D444" s="0">
-        <x:v>22.867</x:v>
+        <x:v>20.189</x:v>
       </x:c>
       <x:c r="E444" s="0">
-        <x:v>17.59</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5">
       <x:c r="A445" s="1">
-        <x:v>45259.9292939815</x:v>
+        <x:v>45314.9281018519</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C445" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D445" s="0">
-        <x:v>22.672</x:v>
+        <x:v>20.267</x:v>
       </x:c>
       <x:c r="E445" s="0">
-        <x:v>17.44</x:v>
+        <x:v>15.59</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5">
       <x:c r="A446" s="1">
-        <x:v>45258.9274074074</x:v>
+        <x:v>45313.928599537</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C446" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D446" s="0">
-        <x:v>22.672</x:v>
+        <x:v>20.267</x:v>
       </x:c>
       <x:c r="E446" s="0">
-        <x:v>17.44</x:v>
+        <x:v>15.59</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5">
       <x:c r="A447" s="1">
-        <x:v>45257.9259259259</x:v>
+        <x:v>45310.9221643519</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C447" s="0">
-        <x:v>1.68</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D447" s="0">
-        <x:v>21.541</x:v>
+        <x:v>20.189</x:v>
       </x:c>
       <x:c r="E447" s="0">
-        <x:v>16.57</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5">
       <x:c r="A448" s="1">
-        <x:v>45254.8079976852</x:v>
+        <x:v>45309.9226851852</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C448" s="0">
-        <x:v>1.8</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D448" s="0">
-        <x:v>21.099</x:v>
+        <x:v>20.228</x:v>
       </x:c>
       <x:c r="E448" s="0">
-        <x:v>16.23</x:v>
+        <x:v>15.56</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5">
       <x:c r="A449" s="1">
-        <x:v>45252.9264351852</x:v>
+        <x:v>45308.9233217593</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C449" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D449" s="0">
-        <x:v>21.047</x:v>
+        <x:v>20.228</x:v>
       </x:c>
       <x:c r="E449" s="0">
-        <x:v>16.19</x:v>
+        <x:v>15.56</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5">
       <x:c r="A450" s="1">
-        <x:v>45244.9246527778</x:v>
+        <x:v>45307.9222222222</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C450" s="0">
-        <x:v>1.98</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D450" s="0">
-        <x:v>19.669</x:v>
+        <x:v>20.748</x:v>
       </x:c>
       <x:c r="E450" s="0">
-        <x:v>15.13</x:v>
+        <x:v>15.96</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5">
       <x:c r="A451" s="1">
-        <x:v>45233.880162037</x:v>
+        <x:v>45303.9228125</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C451" s="0">
-        <x:v>1.75</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D451" s="0">
-        <x:v>20.865</x:v>
+        <x:v>22.295</x:v>
       </x:c>
       <x:c r="E451" s="0">
-        <x:v>16.05</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5">
       <x:c r="A452" s="1">
-        <x:v>45232.8820833333</x:v>
+        <x:v>45302.9369907407</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C452" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D452" s="0">
-        <x:v>20.839</x:v>
+        <x:v>22.295</x:v>
       </x:c>
       <x:c r="E452" s="0">
-        <x:v>16.03</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5">
       <x:c r="A453" s="1">
-        <x:v>45232.8820833333</x:v>
+        <x:v>45301.926712963</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C453" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D453" s="0">
-        <x:v>20.839</x:v>
+        <x:v>22.542</x:v>
       </x:c>
       <x:c r="E453" s="0">
-        <x:v>16.03</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5">
       <x:c r="A454" s="1">
-        <x:v>45231.8818865741</x:v>
+        <x:v>45300.9303125</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C454" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D454" s="0">
-        <x:v>20.774</x:v>
+        <x:v>22.62</x:v>
       </x:c>
       <x:c r="E454" s="0">
-        <x:v>15.98</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5">
       <x:c r="A455" s="1">
-        <x:v>45230.885</x:v>
+        <x:v>45299.9237847222</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C455" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D455" s="0">
-        <x:v>20.943</x:v>
+        <x:v>22.737</x:v>
       </x:c>
       <x:c r="E455" s="0">
-        <x:v>16.11</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5">
       <x:c r="A456" s="1">
-        <x:v>45229.8817013889</x:v>
+        <x:v>45296.9255324074</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C456" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D456" s="0">
-        <x:v>21.229</x:v>
+        <x:v>22.737</x:v>
       </x:c>
       <x:c r="E456" s="0">
-        <x:v>16.33</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5">
       <x:c r="A457" s="1">
-        <x:v>45226.9269907407</x:v>
+        <x:v>45295.9240162037</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C457" s="0">
-        <x:v>1.81</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D457" s="0">
-        <x:v>21.229</x:v>
+        <x:v>22.529</x:v>
       </x:c>
       <x:c r="E457" s="0">
-        <x:v>16.33</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5">
       <x:c r="A458" s="1">
-        <x:v>45225.9248263889</x:v>
+        <x:v>45294.9246990741</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C458" s="0">
-        <x:v>1.82</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D458" s="0">
-        <x:v>21.177</x:v>
+        <x:v>23.244</x:v>
       </x:c>
       <x:c r="E458" s="0">
-        <x:v>16.29</x:v>
+        <x:v>17.88</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5">
       <x:c r="A459" s="1">
-        <x:v>45224.9293634259</x:v>
+        <x:v>45293.9248842593</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C459" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D459" s="0">
-        <x:v>21.528</x:v>
+        <x:v>23.517</x:v>
       </x:c>
       <x:c r="E459" s="0">
-        <x:v>16.56</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5">
       <x:c r="A460" s="1">
-        <x:v>45223.9280787037</x:v>
+        <x:v>45289.9231365741</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C460" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D460" s="0">
-        <x:v>21.528</x:v>
+        <x:v>23.517</x:v>
       </x:c>
       <x:c r="E460" s="0">
-        <x:v>16.56</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5">
       <x:c r="A461" s="1">
-        <x:v>45222.9264236111</x:v>
+        <x:v>45288.9222916667</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C461" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D461" s="0">
-        <x:v>21.515</x:v>
+        <x:v>24.011</x:v>
       </x:c>
       <x:c r="E461" s="0">
-        <x:v>16.55</x:v>
+        <x:v>18.47</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5">
       <x:c r="A462" s="1">
-        <x:v>45219.9264236111</x:v>
+        <x:v>45287.9289583333</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C462" s="0">
-        <x:v>1.64</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D462" s="0">
-        <x:v>21.957</x:v>
+        <x:v>23.608</x:v>
       </x:c>
       <x:c r="E462" s="0">
-        <x:v>16.89</x:v>
+        <x:v>18.16</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5">
       <x:c r="A463" s="1">
-        <x:v>45218.9218287037</x:v>
+        <x:v>45282.9304976852</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C463" s="0">
-        <x:v>1.72</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D463" s="0">
-        <x:v>21.502</x:v>
+        <x:v>23.608</x:v>
       </x:c>
       <x:c r="E463" s="0">
-        <x:v>16.54</x:v>
+        <x:v>18.16</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:5">
       <x:c r="A464" s="1">
-        <x:v>45217.9234722222</x:v>
+        <x:v>45281.9287731481</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C464" s="0">
-        <x:v>1.75</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D464" s="0">
-        <x:v>21.502</x:v>
+        <x:v>23.101</x:v>
       </x:c>
       <x:c r="E464" s="0">
-        <x:v>16.54</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:5">
       <x:c r="A465" s="1">
-        <x:v>45216.9224652778</x:v>
+        <x:v>45280.9229398148</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C465" s="0">
-        <x:v>1.78</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D465" s="0">
-        <x:v>21.346</x:v>
+        <x:v>23.517</x:v>
       </x:c>
       <x:c r="E465" s="0">
-        <x:v>16.42</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:5">
       <x:c r="A466" s="1">
-        <x:v>45215.9261805556</x:v>
+        <x:v>45279.9272106482</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C466" s="0">
-        <x:v>2.02</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D466" s="0">
-        <x:v>20.553</x:v>
+        <x:v>23.049</x:v>
       </x:c>
       <x:c r="E466" s="0">
-        <x:v>15.81</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:5">
       <x:c r="A467" s="1">
-        <x:v>45212.9247337963</x:v>
+        <x:v>45278.9285069444</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C467" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D467" s="0">
-        <x:v>19.682</x:v>
+        <x:v>22.763</x:v>
       </x:c>
       <x:c r="E467" s="0">
-        <x:v>15.14</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:5">
       <x:c r="A468" s="1">
-        <x:v>45211.9241550926</x:v>
+        <x:v>45275.9232291667</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C468" s="0">
-        <x:v>2.32</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D468" s="0">
-        <x:v>19.786</x:v>
+        <x:v>22.763</x:v>
       </x:c>
       <x:c r="E468" s="0">
-        <x:v>15.22</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:5">
       <x:c r="A469" s="1">
-        <x:v>45210.9266898148</x:v>
+        <x:v>45274.9234027778</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C469" s="0">
-        <x:v>2.28</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D469" s="0">
-        <x:v>19.448</x:v>
+        <x:v>22.659</x:v>
       </x:c>
       <x:c r="E469" s="0">
-        <x:v>14.96</x:v>
+        <x:v>17.43</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:5">
       <x:c r="A470" s="1">
-        <x:v>45209.9225925926</x:v>
+        <x:v>45273.9260300926</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C470" s="0">
-        <x:v>2.4</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D470" s="0">
-        <x:v>19.448</x:v>
+        <x:v>21.242</x:v>
       </x:c>
       <x:c r="E470" s="0">
-        <x:v>14.96</x:v>
+        <x:v>16.34</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:5">
       <x:c r="A471" s="1">
-        <x:v>45208.9235532407</x:v>
+        <x:v>45272.9224537037</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C471" s="0">
-        <x:v>2.46</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D471" s="0">
-        <x:v>19.305</x:v>
+        <x:v>21.671</x:v>
       </x:c>
       <x:c r="E471" s="0">
-        <x:v>14.85</x:v>
+        <x:v>16.67</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:5">
       <x:c r="A472" s="1">
-        <x:v>45205.9329050926</x:v>
+        <x:v>45271.9244444444</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C472" s="0">
-        <x:v>2.6</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D472" s="0">
-        <x:v>18.681</x:v>
+        <x:v>21.827</x:v>
       </x:c>
       <x:c r="E472" s="0">
-        <x:v>14.37</x:v>
+        <x:v>16.79</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:5">
       <x:c r="A473" s="1">
-        <x:v>45204.9305092593</x:v>
+        <x:v>45268.935625</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C473" s="0">
-        <x:v>2.71</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D473" s="0">
-        <x:v>18.46</x:v>
+        <x:v>22.386</x:v>
       </x:c>
       <x:c r="E473" s="0">
-        <x:v>14.2</x:v>
+        <x:v>17.22</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5">
       <x:c r="A474" s="1">
-        <x:v>45203.9277083333</x:v>
+        <x:v>45267.9261574074</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C474" s="0">
-        <x:v>2.81</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D474" s="0">
-        <x:v>18.46</x:v>
+        <x:v>22.568</x:v>
       </x:c>
       <x:c r="E474" s="0">
-        <x:v>14.2</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5">
       <x:c r="A475" s="1">
-        <x:v>45203.9277083333</x:v>
+        <x:v>45266.9284143519</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C475" s="0">
-        <x:v>2.81</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D475" s="0">
-        <x:v>18.46</x:v>
+        <x:v>22.568</x:v>
       </x:c>
       <x:c r="E475" s="0">
-        <x:v>14.2</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5">
       <x:c r="A476" s="1">
-        <x:v>45202.9255208333</x:v>
+        <x:v>45265.9407291667</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C476" s="0">
-        <x:v>2.82</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D476" s="0">
-        <x:v>18.499</x:v>
+        <x:v>22.789</x:v>
       </x:c>
       <x:c r="E476" s="0">
-        <x:v>14.23</x:v>
+        <x:v>17.53</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5">
       <x:c r="A477" s="1">
-        <x:v>45201.9270486111</x:v>
+        <x:v>45261.9243981481</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C477" s="0">
-        <x:v>2.79</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D477" s="0">
-        <x:v>18.499</x:v>
+        <x:v>22.867</x:v>
       </x:c>
       <x:c r="E477" s="0">
-        <x:v>14.23</x:v>
+        <x:v>17.59</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:5">
       <x:c r="A478" s="1">
-        <x:v>45198.9240625</x:v>
+        <x:v>45260.9313657407</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C478" s="0">
-        <x:v>2.62</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D478" s="0">
-        <x:v>18.915</x:v>
+        <x:v>22.867</x:v>
       </x:c>
       <x:c r="E478" s="0">
-        <x:v>14.55</x:v>
+        <x:v>17.59</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:5">
       <x:c r="A479" s="1">
-        <x:v>45197.9237152778</x:v>
+        <x:v>45259.9292939815</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C479" s="0">
-        <x:v>2.61</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D479" s="0">
-        <x:v>19.032</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E479" s="0">
-        <x:v>14.64</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:5">
       <x:c r="A480" s="1">
-        <x:v>45196.9243055556</x:v>
+        <x:v>45258.9274074074</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C480" s="0">
-        <x:v>2.57</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D480" s="0">
-        <x:v>19.032</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E480" s="0">
-        <x:v>14.64</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:5">
       <x:c r="A481" s="1">
-        <x:v>45195.9233101852</x:v>
+        <x:v>45257.9259259259</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C481" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D481" s="0">
-        <x:v>19.773</x:v>
+        <x:v>21.541</x:v>
       </x:c>
       <x:c r="E481" s="0">
-        <x:v>15.21</x:v>
+        <x:v>16.57</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:5">
       <x:c r="A482" s="1">
-        <x:v>45194.935787037</x:v>
+        <x:v>45254.8079976852</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C482" s="0">
-        <x:v>2.17</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D482" s="0">
-        <x:v>20.527</x:v>
+        <x:v>21.099</x:v>
       </x:c>
       <x:c r="E482" s="0">
-        <x:v>15.79</x:v>
+        <x:v>16.23</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:5">
       <x:c r="A483" s="1">
-        <x:v>45191.9257986111</x:v>
+        <x:v>45252.9264351852</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C483" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D483" s="0">
-        <x:v>20.527</x:v>
+        <x:v>21.047</x:v>
       </x:c>
       <x:c r="E483" s="0">
-        <x:v>15.79</x:v>
+        <x:v>16.19</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:5">
       <x:c r="A484" s="1">
-        <x:v>45190.9234027778</x:v>
+        <x:v>45244.9246527778</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C484" s="0">
         <x:v>1.98</x:v>
       </x:c>
       <x:c r="D484" s="0">
-        <x:v>20.839</x:v>
+        <x:v>19.669</x:v>
       </x:c>
       <x:c r="E484" s="0">
-        <x:v>16.03</x:v>
+        <x:v>15.13</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:5">
       <x:c r="A485" s="1">
-        <x:v>45189.9258101852</x:v>
+        <x:v>45233.880162037</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C485" s="0">
-        <x:v>1.85</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D485" s="0">
-        <x:v>21.229</x:v>
+        <x:v>20.865</x:v>
       </x:c>
       <x:c r="E485" s="0">
-        <x:v>16.33</x:v>
+        <x:v>16.05</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:5">
       <x:c r="A486" s="1">
-        <x:v>45188.9232060185</x:v>
+        <x:v>45232.8820833333</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C486" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D486" s="0">
-        <x:v>21.229</x:v>
+        <x:v>20.839</x:v>
       </x:c>
       <x:c r="E486" s="0">
-        <x:v>16.33</x:v>
+        <x:v>16.03</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:5">
       <x:c r="A487" s="1">
-        <x:v>45187.9256018518</x:v>
+        <x:v>45232.8820833333</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C487" s="0">
-        <x:v>1.76</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D487" s="0">
-        <x:v>21.632</x:v>
+        <x:v>20.839</x:v>
       </x:c>
       <x:c r="E487" s="0">
-        <x:v>16.64</x:v>
+        <x:v>16.03</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:5">
       <x:c r="A488" s="1">
-        <x:v>45184.9348958333</x:v>
+        <x:v>45231.8818865741</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C488" s="0">
-        <x:v>1.78</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D488" s="0">
-        <x:v>21.632</x:v>
+        <x:v>20.774</x:v>
       </x:c>
       <x:c r="E488" s="0">
-        <x:v>16.64</x:v>
+        <x:v>15.98</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:5">
       <x:c r="A489" s="1">
-        <x:v>45183.9222453704</x:v>
+        <x:v>45230.885</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C489" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D489" s="0">
-        <x:v>20.956</x:v>
+        <x:v>20.943</x:v>
       </x:c>
       <x:c r="E489" s="0">
-        <x:v>16.12</x:v>
+        <x:v>16.11</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:5">
       <x:c r="A490" s="1">
-        <x:v>45182.9262152778</x:v>
+        <x:v>45229.8817013889</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C490" s="0">
-        <x:v>1.96</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D490" s="0">
-        <x:v>20.865</x:v>
+        <x:v>21.229</x:v>
       </x:c>
       <x:c r="E490" s="0">
-        <x:v>16.05</x:v>
+        <x:v>16.33</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:5">
       <x:c r="A491" s="1">
-        <x:v>45181.9272569444</x:v>
+        <x:v>45226.9269907407</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C491" s="0">
-        <x:v>1.98</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D491" s="0">
-        <x:v>20.891</x:v>
+        <x:v>21.229</x:v>
       </x:c>
       <x:c r="E491" s="0">
-        <x:v>16.07</x:v>
+        <x:v>16.33</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:5">
       <x:c r="A492" s="1">
-        <x:v>45180.9246759259</x:v>
+        <x:v>45225.9248263889</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C492" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D492" s="0">
-        <x:v>20.891</x:v>
+        <x:v>21.177</x:v>
       </x:c>
       <x:c r="E492" s="0">
-        <x:v>16.07</x:v>
+        <x:v>16.29</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:5">
       <x:c r="A493" s="1">
-        <x:v>45177.9257986111</x:v>
+        <x:v>45224.9293634259</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C493" s="0">
-        <x:v>2.09</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D493" s="0">
-        <x:v>20.527</x:v>
+        <x:v>21.528</x:v>
       </x:c>
       <x:c r="E493" s="0">
-        <x:v>15.79</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:5">
       <x:c r="A494" s="1">
-        <x:v>45176.9232175926</x:v>
+        <x:v>45223.9280787037</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C494" s="0">
-        <x:v>2.08</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D494" s="0">
-        <x:v>20.592</x:v>
+        <x:v>21.528</x:v>
       </x:c>
       <x:c r="E494" s="0">
-        <x:v>15.84</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:5">
       <x:c r="A495" s="1">
-        <x:v>45175.9268865741</x:v>
+        <x:v>45222.9264236111</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C495" s="0">
-        <x:v>2.06</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D495" s="0">
-        <x:v>20.592</x:v>
+        <x:v>21.515</x:v>
       </x:c>
       <x:c r="E495" s="0">
-        <x:v>15.84</x:v>
+        <x:v>16.55</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:5">
       <x:c r="A496" s="1">
-        <x:v>45174.9250462963</x:v>
+        <x:v>45219.9264236111</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C496" s="0">
-        <x:v>2.03</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D496" s="0">
-        <x:v>20.696</x:v>
+        <x:v>21.957</x:v>
       </x:c>
       <x:c r="E496" s="0">
-        <x:v>15.92</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:5">
       <x:c r="A497" s="1">
-        <x:v>45170.923599537</x:v>
+        <x:v>45218.9218287037</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C497" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="D497" s="0">
-        <x:v>20.956</x:v>
+        <x:v>21.502</x:v>
       </x:c>
       <x:c r="E497" s="0">
-        <x:v>16.12</x:v>
+        <x:v>16.54</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:5">
       <x:c r="A498" s="1">
-        <x:v>45169.9249421296</x:v>
+        <x:v>45217.9234722222</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C498" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D498" s="0">
-        <x:v>21.255</x:v>
+        <x:v>21.502</x:v>
       </x:c>
       <x:c r="E498" s="0">
-        <x:v>16.35</x:v>
+        <x:v>16.54</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:5">
       <x:c r="A499" s="1">
-        <x:v>45168.9229050926</x:v>
+        <x:v>45216.9224652778</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C499" s="0">
-        <x:v>1.87</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D499" s="0">
-        <x:v>21.242</x:v>
+        <x:v>21.346</x:v>
       </x:c>
       <x:c r="E499" s="0">
-        <x:v>16.34</x:v>
+        <x:v>16.42</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:5">
       <x:c r="A500" s="1">
-        <x:v>45167.9230902778</x:v>
+        <x:v>45215.9261805556</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C500" s="0">
-        <x:v>1.91</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D500" s="0">
-        <x:v>21.242</x:v>
+        <x:v>20.553</x:v>
       </x:c>
       <x:c r="E500" s="0">
-        <x:v>16.34</x:v>
+        <x:v>15.81</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:5">
       <x:c r="A501" s="1">
-        <x:v>45166.9299074074</x:v>
+        <x:v>45212.9247337963</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C501" s="0">
-        <x:v>1.96</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D501" s="0">
-        <x:v>21.047</x:v>
+        <x:v>19.682</x:v>
       </x:c>
       <x:c r="E501" s="0">
-        <x:v>16.19</x:v>
+        <x:v>15.14</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:5">
       <x:c r="A502" s="1">
-        <x:v>45163.9260416667</x:v>
+        <x:v>45211.9241550926</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C502" s="0">
-        <x:v>2.07</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D502" s="0">
-        <x:v>20.683</x:v>
+        <x:v>19.786</x:v>
       </x:c>
       <x:c r="E502" s="0">
-        <x:v>15.91</x:v>
+        <x:v>15.22</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:5">
       <x:c r="A503" s="1">
-        <x:v>45162.9230787037</x:v>
+        <x:v>45210.9266898148</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C503" s="0">
-        <x:v>2.05</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D503" s="0">
-        <x:v>20.943</x:v>
+        <x:v>19.448</x:v>
       </x:c>
       <x:c r="E503" s="0">
-        <x:v>16.11</x:v>
+        <x:v>14.96</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:5">
       <x:c r="A504" s="1">
-        <x:v>45161.9244675926</x:v>
+        <x:v>45209.9225925926</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C504" s="0">
-        <x:v>1.99</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D504" s="0">
-        <x:v>20.592</x:v>
+        <x:v>19.448</x:v>
       </x:c>
       <x:c r="E504" s="0">
-        <x:v>15.84</x:v>
+        <x:v>14.96</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:5">
       <x:c r="A505" s="1">
-        <x:v>45160.9242361111</x:v>
+        <x:v>45208.9235532407</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C505" s="0">
-        <x:v>2.1</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D505" s="0">
-        <x:v>20.592</x:v>
+        <x:v>19.305</x:v>
       </x:c>
       <x:c r="E505" s="0">
-        <x:v>15.84</x:v>
+        <x:v>14.85</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:5">
       <x:c r="A506" s="1">
-        <x:v>45159.9246527778</x:v>
+        <x:v>45205.9329050926</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C506" s="0">
-        <x:v>2.16</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D506" s="0">
-        <x:v>20.41</x:v>
+        <x:v>18.681</x:v>
       </x:c>
       <x:c r="E506" s="0">
-        <x:v>15.7</x:v>
+        <x:v>14.37</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:5">
       <x:c r="A507" s="1">
-        <x:v>45156.9241666667</x:v>
+        <x:v>45204.9305092593</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C507" s="0">
-        <x:v>2.19</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D507" s="0">
-        <x:v>20.358</x:v>
+        <x:v>18.46</x:v>
       </x:c>
       <x:c r="E507" s="0">
-        <x:v>15.66</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:5">
       <x:c r="A508" s="1">
-        <x:v>45155.9269212963</x:v>
+        <x:v>45203.9277083333</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C508" s="0">
-        <x:v>2.17</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D508" s="0">
-        <x:v>20.482</x:v>
+        <x:v>18.46</x:v>
       </x:c>
       <x:c r="E508" s="0">
-        <x:v>15.755</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:5">
       <x:c r="A509" s="1">
-        <x:v>45154.9237037037</x:v>
+        <x:v>45203.9277083333</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C509" s="0">
-        <x:v>2.13</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D509" s="0">
-        <x:v>20.826</x:v>
+        <x:v>18.46</x:v>
       </x:c>
       <x:c r="E509" s="0">
-        <x:v>16.02</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:5">
       <x:c r="A510" s="1">
-        <x:v>45153.9260069444</x:v>
+        <x:v>45202.9255208333</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C510" s="0">
-        <x:v>2.03</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="D510" s="0">
-        <x:v>21.671</x:v>
+        <x:v>18.499</x:v>
       </x:c>
       <x:c r="E510" s="0">
-        <x:v>16.67</x:v>
+        <x:v>14.23</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:5">
       <x:c r="A511" s="1">
-        <x:v>45152.9223842593</x:v>
+        <x:v>45201.9270486111</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C511" s="0">
-        <x:v>1.82</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D511" s="0">
-        <x:v>21.983</x:v>
+        <x:v>18.499</x:v>
       </x:c>
       <x:c r="E511" s="0">
-        <x:v>16.91</x:v>
+        <x:v>14.23</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:5">
       <x:c r="A512" s="1">
-        <x:v>45149.928287037</x:v>
+        <x:v>45198.9240625</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C512" s="0">
-        <x:v>1.74</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D512" s="0">
-        <x:v>21.658</x:v>
+        <x:v>18.915</x:v>
       </x:c>
       <x:c r="E512" s="0">
-        <x:v>16.66</x:v>
+        <x:v>14.55</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:5">
       <x:c r="A513" s="1">
-        <x:v>45148.9246990741</x:v>
+        <x:v>45197.9237152778</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C513" s="0">
-        <x:v>1.82</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D513" s="0">
-        <x:v>21.424</x:v>
+        <x:v>19.032</x:v>
       </x:c>
       <x:c r="E513" s="0">
-        <x:v>16.48</x:v>
+        <x:v>14.64</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:5">
       <x:c r="A514" s="1">
-        <x:v>45147.9264814815</x:v>
+        <x:v>45196.9243055556</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C514" s="0">
-        <x:v>1.88</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D514" s="0">
-        <x:v>21.424</x:v>
+        <x:v>19.032</x:v>
       </x:c>
       <x:c r="E514" s="0">
-        <x:v>16.48</x:v>
+        <x:v>14.64</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:5">
       <x:c r="A515" s="1">
-        <x:v>45146.9298032407</x:v>
+        <x:v>45195.9233101852</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C515" s="0">
-        <x:v>1.89</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D515" s="0">
-        <x:v>21.45</x:v>
+        <x:v>19.773</x:v>
       </x:c>
       <x:c r="E515" s="0">
-        <x:v>16.5</x:v>
+        <x:v>15.21</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:5">
       <x:c r="A516" s="1">
-        <x:v>45145.9271875</x:v>
+        <x:v>45194.935787037</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C516" s="0">
-        <x:v>1.87</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D516" s="0">
-        <x:v>21.437</x:v>
+        <x:v>20.527</x:v>
       </x:c>
       <x:c r="E516" s="0">
-        <x:v>16.49</x:v>
+        <x:v>15.79</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:5">
       <x:c r="A517" s="1">
-        <x:v>45142.9239930556</x:v>
+        <x:v>45191.9257986111</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C517" s="0">
-        <x:v>1.87</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D517" s="0">
-        <x:v>21.203</x:v>
+        <x:v>20.527</x:v>
       </x:c>
       <x:c r="E517" s="0">
-        <x:v>16.31</x:v>
+        <x:v>15.79</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:5">
       <x:c r="A518" s="1">
-        <x:v>45141.9269791667</x:v>
+        <x:v>45190.9234027778</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C518" s="0">
-        <x:v>1.94</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D518" s="0">
-        <x:v>21.502</x:v>
+        <x:v>20.839</x:v>
       </x:c>
       <x:c r="E518" s="0">
-        <x:v>16.54</x:v>
+        <x:v>16.03</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:5">
       <x:c r="A519" s="1">
-        <x:v>45140.9285648148</x:v>
+        <x:v>45189.9258101852</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C519" s="0">
-        <x:v>1.86</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D519" s="0">
-        <x:v>22.139</x:v>
+        <x:v>21.229</x:v>
       </x:c>
       <x:c r="E519" s="0">
-        <x:v>17.03</x:v>
+        <x:v>16.33</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:5">
       <x:c r="A520" s="1">
-        <x:v>45139.9230671296</x:v>
+        <x:v>45188.9232060185</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C520" s="0">
-        <x:v>1.71</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D520" s="0">
-        <x:v>22.477</x:v>
+        <x:v>21.229</x:v>
       </x:c>
       <x:c r="E520" s="0">
-        <x:v>17.29</x:v>
+        <x:v>16.33</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:5">
       <x:c r="A521" s="1">
-        <x:v>45138.9233449074</x:v>
+        <x:v>45187.9256018518</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C521" s="0">
-        <x:v>1.64</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D521" s="0">
-        <x:v>22.477</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E521" s="0">
-        <x:v>17.29</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:5">
       <x:c r="A522" s="1">
-        <x:v>45135.9241087963</x:v>
+        <x:v>45184.9348958333</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C522" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D522" s="0">
-        <x:v>22.074</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E522" s="0">
-        <x:v>16.98</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:5">
       <x:c r="A523" s="1">
-        <x:v>45134.9268171296</x:v>
+        <x:v>45183.9222453704</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C523" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D523" s="0">
-        <x:v>22.425</x:v>
+        <x:v>20.956</x:v>
       </x:c>
       <x:c r="E523" s="0">
-        <x:v>17.25</x:v>
+        <x:v>16.12</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:5">
       <x:c r="A524" s="1">
-        <x:v>45133.9234375</x:v>
+        <x:v>45182.9262152778</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C524" s="0">
-        <x:v>1.66</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D524" s="0">
-        <x:v>22.789</x:v>
+        <x:v>20.865</x:v>
       </x:c>
       <x:c r="E524" s="0">
-        <x:v>17.53</x:v>
+        <x:v>16.05</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:5">
       <x:c r="A525" s="1">
-        <x:v>45132.9249768518</x:v>
+        <x:v>45181.9272569444</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C525" s="0">
-        <x:v>1.58</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D525" s="0">
-        <x:v>22.594</x:v>
+        <x:v>20.891</x:v>
       </x:c>
       <x:c r="E525" s="0">
-        <x:v>17.38</x:v>
+        <x:v>16.07</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:5">
       <x:c r="A526" s="1">
-        <x:v>45131.924224537</x:v>
+        <x:v>45180.9246759259</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C526" s="0">
-        <x:v>1.62</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D526" s="0">
-        <x:v>22.62</x:v>
+        <x:v>20.891</x:v>
       </x:c>
       <x:c r="E526" s="0">
-        <x:v>17.4</x:v>
+        <x:v>16.07</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:5">
       <x:c r="A527" s="1">
-        <x:v>45128.9254976852</x:v>
+        <x:v>45177.9257986111</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C527" s="0">
-        <x:v>1.61</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D527" s="0">
-        <x:v>22.62</x:v>
+        <x:v>20.527</x:v>
       </x:c>
       <x:c r="E527" s="0">
-        <x:v>17.4</x:v>
+        <x:v>15.79</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:5">
       <x:c r="A528" s="1">
-        <x:v>45127.9287847222</x:v>
+        <x:v>45176.9232175926</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C528" s="0">
-        <x:v>1.65</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D528" s="0">
-        <x:v>22.945</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E528" s="0">
-        <x:v>17.65</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:5">
       <x:c r="A529" s="1">
-        <x:v>45126.9251041667</x:v>
+        <x:v>45175.9268865741</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C529" s="0">
-        <x:v>1.55</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D529" s="0">
-        <x:v>22.945</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E529" s="0">
-        <x:v>17.65</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:5">
       <x:c r="A530" s="1">
-        <x:v>45125.941875</x:v>
+        <x:v>45174.9250462963</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C530" s="0">
-        <x:v>1.55</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D530" s="0">
-        <x:v>22.945</x:v>
+        <x:v>20.696</x:v>
       </x:c>
       <x:c r="E530" s="0">
-        <x:v>17.65</x:v>
+        <x:v>15.92</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:5">
       <x:c r="A531" s="1">
-        <x:v>45124.9220486111</x:v>
+        <x:v>45170.923599537</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C531" s="0">
-        <x:v>1.63</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D531" s="0">
-        <x:v>22.568</x:v>
+        <x:v>20.956</x:v>
       </x:c>
       <x:c r="E531" s="0">
-        <x:v>17.36</x:v>
+        <x:v>16.12</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:5">
       <x:c r="A532" s="1">
-        <x:v>45121.9280787037</x:v>
+        <x:v>45169.9249421296</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C532" s="0">
-        <x:v>1.63</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D532" s="0">
-        <x:v>22.555</x:v>
+        <x:v>21.255</x:v>
       </x:c>
       <x:c r="E532" s="0">
-        <x:v>17.35</x:v>
+        <x:v>16.35</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:5">
       <x:c r="A533" s="1">
-        <x:v>45120.9246412037</x:v>
+        <x:v>45168.9229050926</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C533" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D533" s="0">
-        <x:v>22.724</x:v>
+        <x:v>21.242</x:v>
       </x:c>
       <x:c r="E533" s="0">
-        <x:v>17.48</x:v>
+        <x:v>16.34</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:5">
       <x:c r="A534" s="1">
-        <x:v>45119.9228472222</x:v>
+        <x:v>45167.9230902778</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C534" s="0">
-        <x:v>1.6</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D534" s="0">
-        <x:v>21.723</x:v>
+        <x:v>21.242</x:v>
       </x:c>
       <x:c r="E534" s="0">
-        <x:v>16.71</x:v>
+        <x:v>16.34</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:5">
       <x:c r="A535" s="1">
-        <x:v>45118.9245138889</x:v>
+        <x:v>45166.9299074074</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C535" s="0">
-        <x:v>1.85</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D535" s="0">
-        <x:v>21.723</x:v>
+        <x:v>21.047</x:v>
       </x:c>
       <x:c r="E535" s="0">
-        <x:v>16.71</x:v>
+        <x:v>16.19</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:5">
       <x:c r="A536" s="1">
-        <x:v>45114.92375</x:v>
+        <x:v>45163.9260416667</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C536" s="0">
-        <x:v>1.98</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D536" s="0">
-        <x:v>21.242</x:v>
+        <x:v>20.683</x:v>
       </x:c>
       <x:c r="E536" s="0">
-        <x:v>16.34</x:v>
+        <x:v>15.91</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:5">
       <x:c r="A537" s="1">
-        <x:v>45113.9230439815</x:v>
+        <x:v>45162.9230787037</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C537" s="0">
-        <x:v>2.02</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D537" s="0">
-        <x:v>21.086</x:v>
+        <x:v>20.943</x:v>
       </x:c>
       <x:c r="E537" s="0">
-        <x:v>16.22</x:v>
+        <x:v>16.11</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:5">
       <x:c r="A538" s="1">
-        <x:v>45112.9232175926</x:v>
+        <x:v>45161.9244675926</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C538" s="0">
-        <x:v>1.86</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D538" s="0">
-        <x:v>22.217</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E538" s="0">
-        <x:v>17.09</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:5">
       <x:c r="A539" s="1">
-        <x:v>45110.8096064815</x:v>
+        <x:v>45160.9242361111</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C539" s="0">
-        <x:v>1.74</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D539" s="0">
-        <x:v>22.009</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E539" s="0">
-        <x:v>16.93</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:5">
       <x:c r="A540" s="1">
-        <x:v>45107.9253356481</x:v>
+        <x:v>45159.9246527778</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C540" s="0">
-        <x:v>1.79</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D540" s="0">
-        <x:v>21.619</x:v>
+        <x:v>20.41</x:v>
       </x:c>
       <x:c r="E540" s="0">
-        <x:v>16.63</x:v>
+        <x:v>15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:5">
       <x:c r="A541" s="1">
-        <x:v>45106.9274537037</x:v>
+        <x:v>45156.9241666667</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C541" s="0">
-        <x:v>1.89</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D541" s="0">
-        <x:v>21.58</x:v>
+        <x:v>20.358</x:v>
       </x:c>
       <x:c r="E541" s="0">
-        <x:v>16.6</x:v>
+        <x:v>15.66</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:5">
       <x:c r="A542" s="1">
-        <x:v>45105.9278125</x:v>
+        <x:v>45155.9269212963</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C542" s="0">
-        <x:v>1.9</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D542" s="0">
-        <x:v>21.58</x:v>
+        <x:v>20.482</x:v>
       </x:c>
       <x:c r="E542" s="0">
-        <x:v>16.6</x:v>
+        <x:v>15.755</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:5">
       <x:c r="A543" s="1">
-        <x:v>45104.9254861111</x:v>
+        <x:v>45154.9237037037</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C543" s="0">
-        <x:v>1.88</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D543" s="0">
-        <x:v>21.658</x:v>
+        <x:v>20.826</x:v>
       </x:c>
       <x:c r="E543" s="0">
-        <x:v>16.66</x:v>
+        <x:v>16.02</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:5">
       <x:c r="A544" s="1">
-        <x:v>45103.927337963</x:v>
+        <x:v>45153.9260069444</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C544" s="0">
-        <x:v>1.91</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D544" s="0">
-        <x:v>21.541</x:v>
+        <x:v>21.671</x:v>
       </x:c>
       <x:c r="E544" s="0">
-        <x:v>16.57</x:v>
+        <x:v>16.67</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:5">
       <x:c r="A545" s="1">
-        <x:v>45100.9375925926</x:v>
+        <x:v>45152.9223842593</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C545" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D545" s="0">
-        <x:v>21.398</x:v>
+        <x:v>21.983</x:v>
       </x:c>
       <x:c r="E545" s="0">
-        <x:v>16.46</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:5">
       <x:c r="A546" s="1">
-        <x:v>45099.9302083333</x:v>
+        <x:v>45149.928287037</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C546" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D546" s="0">
-        <x:v>21.333</x:v>
+        <x:v>21.658</x:v>
       </x:c>
       <x:c r="E546" s="0">
-        <x:v>16.41</x:v>
+        <x:v>16.66</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:5">
       <x:c r="A547" s="1">
-        <x:v>45098.9316782407</x:v>
+        <x:v>45148.9246990741</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C547" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D547" s="0">
-        <x:v>20.865</x:v>
+        <x:v>21.424</x:v>
       </x:c>
       <x:c r="E547" s="0">
-        <x:v>16.05</x:v>
+        <x:v>16.48</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:5">
       <x:c r="A548" s="1">
-        <x:v>45097.9234143519</x:v>
+        <x:v>45147.9264814815</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C548" s="0">
-        <x:v>2.1</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D548" s="0">
-        <x:v>20.865</x:v>
+        <x:v>21.424</x:v>
       </x:c>
       <x:c r="E548" s="0">
-        <x:v>16.05</x:v>
+        <x:v>16.48</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:5">
       <x:c r="A549" s="1">
-        <x:v>45093.9268981482</x:v>
+        <x:v>45146.9298032407</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C549" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D549" s="0">
-        <x:v>21.437</x:v>
+        <x:v>21.45</x:v>
       </x:c>
       <x:c r="E549" s="0">
-        <x:v>16.49</x:v>
+        <x:v>16.5</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:5">
       <x:c r="A550" s="1">
-        <x:v>45092.9228240741</x:v>
+        <x:v>45145.9271875</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C550" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D550" s="0">
         <x:v>21.437</x:v>
       </x:c>
       <x:c r="E550" s="0">
         <x:v>16.49</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:5">
       <x:c r="A551" s="1">
-        <x:v>45091.9300810185</x:v>
+        <x:v>45142.9239930556</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C551" s="0">
-        <x:v>1.86</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D551" s="0">
-        <x:v>21.853</x:v>
+        <x:v>21.203</x:v>
       </x:c>
       <x:c r="E551" s="0">
-        <x:v>16.81</x:v>
+        <x:v>16.31</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:5">
       <x:c r="A552" s="1">
-        <x:v>45090.9281134259</x:v>
+        <x:v>45141.9269791667</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C552" s="0">
-        <x:v>1.85</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D552" s="0">
-        <x:v>21.97</x:v>
+        <x:v>21.502</x:v>
       </x:c>
       <x:c r="E552" s="0">
-        <x:v>16.9</x:v>
+        <x:v>16.54</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:5">
       <x:c r="A553" s="1">
-        <x:v>45089.9262615741</x:v>
+        <x:v>45140.9285648148</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C553" s="0">
-        <x:v>1.82</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D553" s="0">
-        <x:v>21.97</x:v>
+        <x:v>22.139</x:v>
       </x:c>
       <x:c r="E553" s="0">
-        <x:v>16.9</x:v>
+        <x:v>17.03</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:5">
       <x:c r="A554" s="1">
-        <x:v>45086.9233449074</x:v>
+        <x:v>45139.9230671296</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C554" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D554" s="0">
-        <x:v>22.087</x:v>
+        <x:v>22.477</x:v>
       </x:c>
       <x:c r="E554" s="0">
-        <x:v>16.99</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:5">
       <x:c r="A555" s="1">
-        <x:v>45085.9244328704</x:v>
+        <x:v>45138.9233449074</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C555" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D555" s="0">
-        <x:v>22.074</x:v>
+        <x:v>22.477</x:v>
       </x:c>
       <x:c r="E555" s="0">
-        <x:v>16.98</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:5">
       <x:c r="A556" s="1">
-        <x:v>45084.9239236111</x:v>
+        <x:v>45135.9241087963</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C556" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D556" s="0">
-        <x:v>22.269</x:v>
+        <x:v>22.074</x:v>
       </x:c>
       <x:c r="E556" s="0">
-        <x:v>17.13</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:5">
       <x:c r="A557" s="1">
-        <x:v>45083.9221296296</x:v>
+        <x:v>45134.9268171296</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C557" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D557" s="0">
-        <x:v>22.269</x:v>
+        <x:v>22.425</x:v>
       </x:c>
       <x:c r="E557" s="0">
-        <x:v>17.13</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:5">
       <x:c r="A558" s="1">
-        <x:v>45082.9230671296</x:v>
+        <x:v>45133.9234375</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C558" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D558" s="0">
-        <x:v>22.347</x:v>
+        <x:v>22.789</x:v>
       </x:c>
       <x:c r="E558" s="0">
-        <x:v>17.19</x:v>
+        <x:v>17.53</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:5">
       <x:c r="A559" s="1">
-        <x:v>45079.9291435185</x:v>
+        <x:v>45132.9249768518</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C559" s="0">
-        <x:v>1.69</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D559" s="0">
-        <x:v>22.685</x:v>
+        <x:v>22.594</x:v>
       </x:c>
       <x:c r="E559" s="0">
-        <x:v>17.45</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:5">
       <x:c r="A560" s="1">
-        <x:v>45078.9253356481</x:v>
+        <x:v>45131.924224537</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C560" s="0">
-        <x:v>1.65</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D560" s="0">
-        <x:v>22.685</x:v>
+        <x:v>22.62</x:v>
       </x:c>
       <x:c r="E560" s="0">
-        <x:v>17.45</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:5">
       <x:c r="A561" s="1">
-        <x:v>45077.9240277778</x:v>
+        <x:v>45128.9254976852</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C561" s="0">
-        <x:v>1.83</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D561" s="0">
-        <x:v>21.814</x:v>
+        <x:v>22.62</x:v>
       </x:c>
       <x:c r="E561" s="0">
-        <x:v>16.78</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:5">
       <x:c r="A562" s="1">
-        <x:v>45076.9235648148</x:v>
+        <x:v>45127.9287847222</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C562" s="0">
-        <x:v>1.87</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D562" s="0">
-        <x:v>22.087</x:v>
+        <x:v>22.945</x:v>
       </x:c>
       <x:c r="E562" s="0">
-        <x:v>16.99</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:5">
       <x:c r="A563" s="1">
-        <x:v>45072.9248958333</x:v>
+        <x:v>45126.9251041667</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C563" s="0">
-        <x:v>1.83</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D563" s="0">
-        <x:v>22.217</x:v>
+        <x:v>22.945</x:v>
       </x:c>
       <x:c r="E563" s="0">
-        <x:v>17.09</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:5">
       <x:c r="A564" s="1">
-        <x:v>45071.9270833333</x:v>
+        <x:v>45125.941875</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C564" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D564" s="0">
-        <x:v>22.217</x:v>
+        <x:v>22.945</x:v>
       </x:c>
       <x:c r="E564" s="0">
-        <x:v>17.09</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:5">
       <x:c r="A565" s="1">
-        <x:v>45070.9251157407</x:v>
+        <x:v>45124.9220486111</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C565" s="0">
-        <x:v>1.68</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D565" s="0">
-        <x:v>22.724</x:v>
+        <x:v>22.568</x:v>
       </x:c>
       <x:c r="E565" s="0">
-        <x:v>17.48</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:5">
       <x:c r="A566" s="1">
-        <x:v>45069.9265625</x:v>
+        <x:v>45121.9280787037</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C566" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D566" s="0">
-        <x:v>23.127</x:v>
+        <x:v>22.555</x:v>
       </x:c>
       <x:c r="E566" s="0">
-        <x:v>17.79</x:v>
+        <x:v>17.35</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:5">
       <x:c r="A567" s="1">
-        <x:v>45068.9327546296</x:v>
+        <x:v>45120.9246412037</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C567" s="0">
-        <x:v>1.6</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D567" s="0">
-        <x:v>23.127</x:v>
+        <x:v>22.724</x:v>
       </x:c>
       <x:c r="E567" s="0">
-        <x:v>17.79</x:v>
+        <x:v>17.48</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:5">
       <x:c r="A568" s="1">
-        <x:v>45065.9228587963</x:v>
+        <x:v>45119.9228472222</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C568" s="0">
-        <x:v>1.58</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D568" s="0">
-        <x:v>23.153</x:v>
+        <x:v>21.723</x:v>
       </x:c>
       <x:c r="E568" s="0">
-        <x:v>17.81</x:v>
+        <x:v>16.71</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:5">
       <x:c r="A569" s="1">
-        <x:v>45064.9229513889</x:v>
+        <x:v>45118.9245138889</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C569" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D569" s="0">
-        <x:v>23.959</x:v>
+        <x:v>21.723</x:v>
       </x:c>
       <x:c r="E569" s="0">
-        <x:v>18.43</x:v>
+        <x:v>16.71</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:5">
       <x:c r="A570" s="1">
-        <x:v>45063.9266550926</x:v>
+        <x:v>45114.92375</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C570" s="0">
-        <x:v>1.44</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D570" s="0">
-        <x:v>24.388</x:v>
+        <x:v>21.242</x:v>
       </x:c>
       <x:c r="E570" s="0">
-        <x:v>18.76</x:v>
+        <x:v>16.34</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:5">
       <x:c r="A571" s="1">
-        <x:v>45062.9223032407</x:v>
+        <x:v>45113.9230439815</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C571" s="0">
-        <x:v>1.37</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D571" s="0">
-        <x:v>24.388</x:v>
+        <x:v>21.086</x:v>
       </x:c>
       <x:c r="E571" s="0">
-        <x:v>18.76</x:v>
+        <x:v>16.22</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:5">
       <x:c r="A572" s="1">
-        <x:v>45061.9242592593</x:v>
+        <x:v>45112.9232175926</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C572" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D572" s="0">
-        <x:v>25.155</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E572" s="0">
-        <x:v>19.35</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:5">
       <x:c r="A573" s="1">
-        <x:v>45058.9231018519</x:v>
+        <x:v>45110.8096064815</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C573" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D573" s="0">
-        <x:v>24.739</x:v>
+        <x:v>22.009</x:v>
       </x:c>
       <x:c r="E573" s="0">
-        <x:v>19.03</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:5">
       <x:c r="A574" s="1">
-        <x:v>45057.923587963</x:v>
+        <x:v>45107.9253356481</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C574" s="0">
-        <x:v>1.32</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D574" s="0">
-        <x:v>25.701</x:v>
+        <x:v>21.619</x:v>
       </x:c>
       <x:c r="E574" s="0">
-        <x:v>19.77</x:v>
+        <x:v>16.63</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:5">
       <x:c r="A575" s="1">
-        <x:v>45056.9222916667</x:v>
+        <x:v>45106.9274537037</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C575" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D575" s="0">
-        <x:v>25.72</x:v>
+        <x:v>21.58</x:v>
       </x:c>
       <x:c r="E575" s="0">
-        <x:v>19.785</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:5">
       <x:c r="A576" s="1">
-        <x:v>45055.9247337963</x:v>
+        <x:v>45105.9278125</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C576" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D576" s="0">
-        <x:v>25.805</x:v>
+        <x:v>21.58</x:v>
       </x:c>
       <x:c r="E576" s="0">
-        <x:v>19.85</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:5">
       <x:c r="A577" s="1">
-        <x:v>45054.9227199074</x:v>
+        <x:v>45104.9254861111</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C577" s="0">
-        <x:v>1.17</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D577" s="0">
-        <x:v>26.26</x:v>
+        <x:v>21.658</x:v>
       </x:c>
       <x:c r="E577" s="0">
-        <x:v>20.2</x:v>
+        <x:v>16.66</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:5">
       <x:c r="A578" s="1">
-        <x:v>45051.9236805556</x:v>
+        <x:v>45103.927337963</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C578" s="0">
-        <x:v>1.11</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D578" s="0">
-        <x:v>26.559</x:v>
+        <x:v>21.541</x:v>
       </x:c>
       <x:c r="E578" s="0">
-        <x:v>20.43</x:v>
+        <x:v>16.57</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:5">
       <x:c r="A579" s="1">
-        <x:v>45050.9235648148</x:v>
+        <x:v>45100.9375925926</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C579" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D579" s="0">
-        <x:v>25.974</x:v>
+        <x:v>21.398</x:v>
       </x:c>
       <x:c r="E579" s="0">
-        <x:v>19.98</x:v>
+        <x:v>16.46</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:5">
       <x:c r="A580" s="1">
-        <x:v>45049.9224768519</x:v>
+        <x:v>45099.9302083333</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C580" s="0">
-        <x:v>1.15</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D580" s="0">
-        <x:v>25.974</x:v>
+        <x:v>21.333</x:v>
       </x:c>
       <x:c r="E580" s="0">
-        <x:v>19.98</x:v>
+        <x:v>16.41</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:5">
       <x:c r="A581" s="1">
-        <x:v>45048.9299189815</x:v>
+        <x:v>45098.9316782407</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C581" s="0">
-        <x:v>1.18</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D581" s="0">
-        <x:v>24.752</x:v>
+        <x:v>20.865</x:v>
       </x:c>
       <x:c r="E581" s="0">
-        <x:v>19.04</x:v>
+        <x:v>16.05</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:5">
       <x:c r="A582" s="1">
-        <x:v>45044.9284606481</x:v>
+        <x:v>45097.9234143519</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C582" s="0">
-        <x:v>1.34</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D582" s="0">
-        <x:v>24.752</x:v>
+        <x:v>20.865</x:v>
       </x:c>
       <x:c r="E582" s="0">
-        <x:v>19.04</x:v>
+        <x:v>16.05</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:5">
       <x:c r="A583" s="1">
-        <x:v>45043.9249074074</x:v>
+        <x:v>45093.9268981482</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C583" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D583" s="0">
-        <x:v>24.921</x:v>
+        <x:v>21.437</x:v>
       </x:c>
       <x:c r="E583" s="0">
-        <x:v>19.17</x:v>
+        <x:v>16.49</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:5">
       <x:c r="A584" s="1">
-        <x:v>45042.9284606481</x:v>
+        <x:v>45092.9228240741</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C584" s="0">
-        <x:v>1.35</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D584" s="0">
-        <x:v>24.687</x:v>
+        <x:v>21.437</x:v>
       </x:c>
       <x:c r="E584" s="0">
-        <x:v>18.99</x:v>
+        <x:v>16.49</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:5">
       <x:c r="A585" s="1">
-        <x:v>45041.9275462963</x:v>
+        <x:v>45091.9300810185</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C585" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D585" s="0">
-        <x:v>24.791</x:v>
+        <x:v>21.853</x:v>
       </x:c>
       <x:c r="E585" s="0">
-        <x:v>19.07</x:v>
+        <x:v>16.81</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:5">
       <x:c r="A586" s="1">
-        <x:v>45040.9281712963</x:v>
+        <x:v>45090.9281134259</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C586" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D586" s="0">
-        <x:v>24.791</x:v>
+        <x:v>21.97</x:v>
       </x:c>
       <x:c r="E586" s="0">
-        <x:v>19.07</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:5">
       <x:c r="A587" s="1">
-        <x:v>45037.9259143519</x:v>
+        <x:v>45089.9262615741</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C587" s="0">
-        <x:v>1.33</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D587" s="0">
-        <x:v>24.96</x:v>
+        <x:v>21.97</x:v>
       </x:c>
       <x:c r="E587" s="0">
-        <x:v>19.2</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:5">
       <x:c r="A588" s="1">
-        <x:v>45036.9263078704</x:v>
+        <x:v>45086.9233449074</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C588" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D588" s="0">
-        <x:v>24.96</x:v>
+        <x:v>22.087</x:v>
       </x:c>
       <x:c r="E588" s="0">
-        <x:v>19.2</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:5">
       <x:c r="A589" s="1">
-        <x:v>45035.9235532407</x:v>
+        <x:v>45085.9244328704</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C589" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D589" s="0">
-        <x:v>25.012</x:v>
+        <x:v>22.074</x:v>
       </x:c>
       <x:c r="E589" s="0">
-        <x:v>19.24</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:5">
       <x:c r="A590" s="1">
-        <x:v>45034.9318402778</x:v>
+        <x:v>45084.9239236111</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C590" s="0">
-        <x:v>1.26</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D590" s="0">
-        <x:v>25.246</x:v>
+        <x:v>22.269</x:v>
       </x:c>
       <x:c r="E590" s="0">
-        <x:v>19.42</x:v>
+        <x:v>17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:5">
       <x:c r="A591" s="1">
-        <x:v>45033.9299074074</x:v>
+        <x:v>45083.9221296296</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C591" s="0">
-        <x:v>1.27</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D591" s="0">
-        <x:v>25.181</x:v>
+        <x:v>22.269</x:v>
       </x:c>
       <x:c r="E591" s="0">
-        <x:v>19.37</x:v>
+        <x:v>17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:5">
       <x:c r="A592" s="1">
-        <x:v>45030.9262268519</x:v>
+        <x:v>45082.9230671296</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C592" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D592" s="0">
-        <x:v>26.065</x:v>
+        <x:v>22.347</x:v>
       </x:c>
       <x:c r="E592" s="0">
-        <x:v>20.05</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:5">
       <x:c r="A593" s="1">
-        <x:v>45029.9222685185</x:v>
+        <x:v>45079.9291435185</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C593" s="0">
-        <x:v>1.15</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D593" s="0">
-        <x:v>25.519</x:v>
+        <x:v>22.685</x:v>
       </x:c>
       <x:c r="E593" s="0">
-        <x:v>19.63</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:5">
       <x:c r="A594" s="1">
-        <x:v>45028.9214583333</x:v>
+        <x:v>45078.9253356481</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C594" s="0">
-        <x:v>1.23</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D594" s="0">
-        <x:v>25.519</x:v>
+        <x:v>22.685</x:v>
       </x:c>
       <x:c r="E594" s="0">
-        <x:v>19.63</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:5">
       <x:c r="A595" s="1">
-        <x:v>45027.9227893519</x:v>
+        <x:v>45077.9240277778</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C595" s="0">
-        <x:v>1.27</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D595" s="0">
-        <x:v>25.649</x:v>
+        <x:v>21.814</x:v>
       </x:c>
       <x:c r="E595" s="0">
-        <x:v>19.73</x:v>
+        <x:v>16.78</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:5">
       <x:c r="A596" s="1">
-        <x:v>45022.9261689815</x:v>
+        <x:v>45076.9235648148</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C596" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D596" s="0">
-        <x:v>25.584</x:v>
+        <x:v>22.087</x:v>
       </x:c>
       <x:c r="E596" s="0">
-        <x:v>19.68</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:5">
       <x:c r="A597" s="1">
-        <x:v>45021.9270949074</x:v>
+        <x:v>45072.9248958333</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C597" s="0">
-        <x:v>1.22</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D597" s="0">
-        <x:v>25.506</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E597" s="0">
-        <x:v>19.62</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:5">
       <x:c r="A598" s="1">
-        <x:v>45020.9220717593</x:v>
+        <x:v>45071.9270833333</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C598" s="0">
-        <x:v>1.23</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D598" s="0">
-        <x:v>24.427</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E598" s="0">
-        <x:v>18.79</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:5">
       <x:c r="A599" s="1">
-        <x:v>45019.9280787037</x:v>
+        <x:v>45070.9251157407</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C599" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D599" s="0">
-        <x:v>24.427</x:v>
+        <x:v>22.724</x:v>
       </x:c>
       <x:c r="E599" s="0">
-        <x:v>18.79</x:v>
+        <x:v>17.48</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:5">
       <x:c r="A600" s="1">
-        <x:v>45016.9234490741</x:v>
+        <x:v>45069.9265625</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C600" s="0">
-        <x:v>1.47</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D600" s="0">
-        <x:v>24.141</x:v>
+        <x:v>23.127</x:v>
       </x:c>
       <x:c r="E600" s="0">
-        <x:v>18.57</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:5">
       <x:c r="A601" s="1">
-        <x:v>45015.9242013889</x:v>
+        <x:v>45068.9327546296</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C601" s="0">
-        <x:v>1.46</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D601" s="0">
-        <x:v>24.102</x:v>
+        <x:v>23.127</x:v>
       </x:c>
       <x:c r="E601" s="0">
-        <x:v>18.54</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:5">
       <x:c r="A602" s="1">
-        <x:v>45014.9236226852</x:v>
+        <x:v>45065.9228587963</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C602" s="0">
-        <x:v>1.47</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D602" s="0">
-        <x:v>24.258</x:v>
+        <x:v>23.153</x:v>
       </x:c>
       <x:c r="E602" s="0">
-        <x:v>18.66</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:5">
       <x:c r="A603" s="1">
-        <x:v>45013.9251157407</x:v>
+        <x:v>45064.9229513889</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C603" s="0">
-        <x:v>1.44</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D603" s="0">
-        <x:v>24.05</x:v>
+        <x:v>23.959</x:v>
       </x:c>
       <x:c r="E603" s="0">
-        <x:v>18.5</x:v>
+        <x:v>18.43</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:5">
       <x:c r="A604" s="1">
-        <x:v>45012.9251388889</x:v>
+        <x:v>45063.9266550926</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C604" s="0">
-        <x:v>1.48</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D604" s="0">
-        <x:v>24.05</x:v>
+        <x:v>24.388</x:v>
       </x:c>
       <x:c r="E604" s="0">
-        <x:v>18.5</x:v>
+        <x:v>18.76</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:5">
       <x:c r="A605" s="1">
-        <x:v>45009.8955902778</x:v>
+        <x:v>45062.9223032407</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C605" s="0">
-        <x:v>1.48</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D605" s="0">
-        <x:v>23.79</x:v>
+        <x:v>24.388</x:v>
       </x:c>
       <x:c r="E605" s="0">
-        <x:v>18.3</x:v>
+        <x:v>18.76</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:5">
       <x:c r="A606" s="1">
-        <x:v>45008.8924189815</x:v>
+        <x:v>45061.9242592593</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C606" s="0">
-        <x:v>1.53</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D606" s="0">
-        <x:v>23.4</x:v>
+        <x:v>25.155</x:v>
       </x:c>
       <x:c r="E606" s="0">
-        <x:v>18</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:5">
       <x:c r="A607" s="1">
-        <x:v>45007.891099537</x:v>
+        <x:v>45058.9231018519</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C607" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D607" s="0">
-        <x:v>22.997</x:v>
+        <x:v>24.739</x:v>
       </x:c>
       <x:c r="E607" s="0">
-        <x:v>17.69</x:v>
+        <x:v>19.03</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:5">
       <x:c r="A608" s="1">
-        <x:v>45006.8937615741</x:v>
+        <x:v>45057.923587963</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C608" s="0">
-        <x:v>1.7</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D608" s="0">
-        <x:v>23.712</x:v>
+        <x:v>25.701</x:v>
       </x:c>
       <x:c r="E608" s="0">
-        <x:v>18.24</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:5">
       <x:c r="A609" s="1">
-        <x:v>45005.895625</x:v>
+        <x:v>45056.9222916667</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C609" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D609" s="0">
-        <x:v>23.556</x:v>
+        <x:v>25.72</x:v>
       </x:c>
       <x:c r="E609" s="0">
-        <x:v>18.12</x:v>
+        <x:v>19.785</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:5">
       <x:c r="A610" s="1">
-        <x:v>45002.9076041667</x:v>
+        <x:v>45055.9247337963</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C610" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D610" s="0">
-        <x:v>22.62</x:v>
+        <x:v>25.805</x:v>
       </x:c>
       <x:c r="E610" s="0">
-        <x:v>17.4</x:v>
+        <x:v>19.85</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:5">
       <x:c r="A611" s="1">
-        <x:v>45001.8912152778</x:v>
+        <x:v>45054.9227199074</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C611" s="0">
-        <x:v>1.81</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D611" s="0">
-        <x:v>22.724</x:v>
+        <x:v>26.26</x:v>
       </x:c>
       <x:c r="E611" s="0">
-        <x:v>17.48</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:5">
       <x:c r="A612" s="1">
-        <x:v>45000.8956597222</x:v>
+        <x:v>45051.9236805556</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C612" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D612" s="0">
-        <x:v>22.191</x:v>
+        <x:v>26.559</x:v>
       </x:c>
       <x:c r="E612" s="0">
-        <x:v>17.07</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:5">
       <x:c r="A613" s="1">
-        <x:v>44999.9072916667</x:v>
+        <x:v>45050.9235648148</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C613" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D613" s="0">
-        <x:v>22.191</x:v>
+        <x:v>25.974</x:v>
       </x:c>
       <x:c r="E613" s="0">
-        <x:v>17.07</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:5">
       <x:c r="A614" s="1">
-        <x:v>44998.8918865741</x:v>
+        <x:v>45049.9224768519</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C614" s="0">
-        <x:v>1.94</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D614" s="0">
-        <x:v>20.683</x:v>
+        <x:v>25.974</x:v>
       </x:c>
       <x:c r="E614" s="0">
-        <x:v>15.91</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:5">
       <x:c r="A615" s="1">
-        <x:v>44995.9281944444</x:v>
+        <x:v>45048.9299189815</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C615" s="0">
-        <x:v>2.45</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D615" s="0">
-        <x:v>20.683</x:v>
+        <x:v>24.752</x:v>
       </x:c>
       <x:c r="E615" s="0">
-        <x:v>15.91</x:v>
+        <x:v>19.04</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:5">
       <x:c r="A616" s="1">
-        <x:v>44994.9301851852</x:v>
+        <x:v>45044.9284606481</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C616" s="0">
-        <x:v>2.62</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D616" s="0">
-        <x:v>20.241</x:v>
+        <x:v>24.752</x:v>
       </x:c>
       <x:c r="E616" s="0">
-        <x:v>15.57</x:v>
+        <x:v>19.04</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:5">
       <x:c r="A617" s="1">
-        <x:v>44993.923912037</x:v>
+        <x:v>45043.9249074074</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C617" s="0">
-        <x:v>2.6</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D617" s="0">
-        <x:v>20.501</x:v>
+        <x:v>24.921</x:v>
       </x:c>
       <x:c r="E617" s="0">
-        <x:v>15.77</x:v>
+        <x:v>19.17</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:5">
       <x:c r="A618" s="1">
-        <x:v>44992.9295023148</x:v>
+        <x:v>45042.9284606481</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C618" s="0">
-        <x:v>2.52</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D618" s="0">
-        <x:v>21.19</x:v>
+        <x:v>24.687</x:v>
       </x:c>
       <x:c r="E618" s="0">
-        <x:v>16.3</x:v>
+        <x:v>18.99</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:5">
       <x:c r="A619" s="1">
-        <x:v>44991.9215393519</x:v>
+        <x:v>45041.9275462963</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C619" s="0">
-        <x:v>2.3</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D619" s="0">
-        <x:v>21.19</x:v>
+        <x:v>24.791</x:v>
       </x:c>
       <x:c r="E619" s="0">
-        <x:v>16.3</x:v>
+        <x:v>19.07</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:5">
       <x:c r="A620" s="1">
-        <x:v>44988.9270138889</x:v>
+        <x:v>45040.9281712963</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C620" s="0">
-        <x:v>2.21</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D620" s="0">
-        <x:v>21.476</x:v>
+        <x:v>24.791</x:v>
       </x:c>
       <x:c r="E620" s="0">
-        <x:v>16.52</x:v>
+        <x:v>19.07</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:5">
       <x:c r="A621" s="1">
-        <x:v>44987.9272800926</x:v>
+        <x:v>45037.9259143519</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C621" s="0">
-        <x:v>2.27</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D621" s="0">
-        <x:v>21.203</x:v>
+        <x:v>24.96</x:v>
       </x:c>
       <x:c r="E621" s="0">
-        <x:v>16.31</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:5">
       <x:c r="A622" s="1">
-        <x:v>44986.9261458333</x:v>
+        <x:v>45036.9263078704</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C622" s="0">
-        <x:v>2.29</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D622" s="0">
-        <x:v>20.956</x:v>
+        <x:v>24.96</x:v>
       </x:c>
       <x:c r="E622" s="0">
-        <x:v>16.12</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:5">
       <x:c r="A623" s="1">
-        <x:v>44985.9265393519</x:v>
+        <x:v>45035.9235532407</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C623" s="0">
-        <x:v>2.38</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D623" s="0">
-        <x:v>20.761</x:v>
+        <x:v>25.012</x:v>
       </x:c>
       <x:c r="E623" s="0">
-        <x:v>15.97</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:5">
       <x:c r="A624" s="1">
-        <x:v>44984.9265162037</x:v>
+        <x:v>45034.9318402778</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C624" s="0">
-        <x:v>2.45</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D624" s="0">
-        <x:v>20.761</x:v>
+        <x:v>25.246</x:v>
       </x:c>
       <x:c r="E624" s="0">
-        <x:v>15.97</x:v>
+        <x:v>19.42</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:5">
       <x:c r="A625" s="1">
-        <x:v>44981.9241898148</x:v>
+        <x:v>45033.9299074074</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C625" s="0">
-        <x:v>2.48</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D625" s="0">
-        <x:v>20.891</x:v>
+        <x:v>25.181</x:v>
       </x:c>
       <x:c r="E625" s="0">
-        <x:v>16.07</x:v>
+        <x:v>19.37</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:5">
       <x:c r="A626" s="1">
-        <x:v>44980.9237384259</x:v>
+        <x:v>45030.9262268519</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C626" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D626" s="0">
-        <x:v>21.073</x:v>
+        <x:v>26.065</x:v>
       </x:c>
       <x:c r="E626" s="0">
-        <x:v>16.21</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:5">
       <x:c r="A627" s="1">
-        <x:v>44979.9268518519</x:v>
+        <x:v>45029.9222685185</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C627" s="0">
-        <x:v>2.38</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D627" s="0">
-        <x:v>21.567</x:v>
+        <x:v>25.519</x:v>
       </x:c>
       <x:c r="E627" s="0">
-        <x:v>16.59</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:5">
       <x:c r="A628" s="1">
-        <x:v>44978.9221759259</x:v>
+        <x:v>45028.9214583333</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C628" s="0">
-        <x:v>2.23</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D628" s="0">
-        <x:v>21.567</x:v>
+        <x:v>25.519</x:v>
       </x:c>
       <x:c r="E628" s="0">
-        <x:v>16.59</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:5">
       <x:c r="A629" s="1">
-        <x:v>44974.9223958333</x:v>
+        <x:v>45027.9227893519</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C629" s="0">
-        <x:v>2.17</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D629" s="0">
-        <x:v>21.762</x:v>
+        <x:v>25.649</x:v>
       </x:c>
       <x:c r="E629" s="0">
-        <x:v>16.74</x:v>
+        <x:v>19.73</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:5">
       <x:c r="A630" s="1">
-        <x:v>44973.9220949074</x:v>
+        <x:v>45022.9261689815</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C630" s="0">
-        <x:v>2.09</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D630" s="0">
-        <x:v>22.334</x:v>
+        <x:v>25.584</x:v>
       </x:c>
       <x:c r="E630" s="0">
-        <x:v>17.18</x:v>
+        <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:5">
       <x:c r="A631" s="1">
-        <x:v>44972.9220949074</x:v>
+        <x:v>45021.9270949074</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C631" s="0">
-        <x:v>2.01</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D631" s="0">
-        <x:v>23.153</x:v>
+        <x:v>25.506</x:v>
       </x:c>
       <x:c r="E631" s="0">
-        <x:v>17.81</x:v>
+        <x:v>19.62</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:5">
       <x:c r="A632" s="1">
-        <x:v>44971.9238078704</x:v>
+        <x:v>45020.9220717593</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C632" s="0">
-        <x:v>1.81</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D632" s="0">
-        <x:v>23.309</x:v>
+        <x:v>24.427</x:v>
       </x:c>
       <x:c r="E632" s="0">
-        <x:v>17.93</x:v>
+        <x:v>18.79</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:5">
       <x:c r="A633" s="1">
-        <x:v>44970.9237847222</x:v>
+        <x:v>45019.9280787037</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C633" s="0">
-        <x:v>1.78</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D633" s="0">
-        <x:v>23.309</x:v>
+        <x:v>24.427</x:v>
       </x:c>
       <x:c r="E633" s="0">
-        <x:v>17.93</x:v>
+        <x:v>18.79</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:5">
       <x:c r="A634" s="1">
-        <x:v>44967.9242708333</x:v>
+        <x:v>45016.9234490741</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C634" s="0">
-        <x:v>1.77</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D634" s="0">
-        <x:v>23.153</x:v>
+        <x:v>24.141</x:v>
       </x:c>
       <x:c r="E634" s="0">
-        <x:v>17.81</x:v>
+        <x:v>18.57</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:5">
       <x:c r="A635" s="1">
-        <x:v>44966.9234722222</x:v>
+        <x:v>45015.9242013889</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C635" s="0">
-        <x:v>1.81</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D635" s="0">
-        <x:v>23.842</x:v>
+        <x:v>24.102</x:v>
       </x:c>
       <x:c r="E635" s="0">
-        <x:v>18.34</x:v>
+        <x:v>18.54</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:5">
       <x:c r="A636" s="1">
-        <x:v>44965.9259490741</x:v>
+        <x:v>45014.9236226852</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C636" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D636" s="0">
-        <x:v>24.05</x:v>
+        <x:v>24.258</x:v>
       </x:c>
       <x:c r="E636" s="0">
-        <x:v>18.5</x:v>
+        <x:v>18.66</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:5">
       <x:c r="A637" s="1">
-        <x:v>44964.9229166667</x:v>
+        <x:v>45013.9251157407</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C637" s="0">
-        <x:v>1.62</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D637" s="0">
         <x:v>24.05</x:v>
       </x:c>
       <x:c r="E637" s="0">
         <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:5">
       <x:c r="A638" s="1">
-        <x:v>44963.9254166667</x:v>
+        <x:v>45012.9251388889</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C638" s="0">
-        <x:v>1.66</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D638" s="0">
-        <x:v>23.816</x:v>
+        <x:v>24.05</x:v>
       </x:c>
       <x:c r="E638" s="0">
-        <x:v>18.32</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:5">
       <x:c r="A639" s="1">
-        <x:v>44960.9231712963</x:v>
+        <x:v>45009.8955902778</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C639" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D639" s="0">
-        <x:v>25.22</x:v>
+        <x:v>23.79</x:v>
       </x:c>
       <x:c r="E639" s="0">
-        <x:v>19.4</x:v>
+        <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:5">
       <x:c r="A640" s="1">
-        <x:v>44959.9253935185</x:v>
+        <x:v>45008.8924189815</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C640" s="0">
-        <x:v>1.43</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D640" s="0">
-        <x:v>25.948</x:v>
+        <x:v>23.4</x:v>
       </x:c>
       <x:c r="E640" s="0">
-        <x:v>19.96</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:5">
       <x:c r="A641" s="1">
-        <x:v>44958.9216550926</x:v>
+        <x:v>45007.891099537</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C641" s="0">
-        <x:v>1.32</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D641" s="0">
-        <x:v>25.415</x:v>
+        <x:v>22.997</x:v>
       </x:c>
       <x:c r="E641" s="0">
-        <x:v>19.55</x:v>
+        <x:v>17.69</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:5">
       <x:c r="A642" s="1">
-        <x:v>44957.9252083333</x:v>
+        <x:v>45006.8937615741</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C642" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D642" s="0">
-        <x:v>25.415</x:v>
+        <x:v>23.712</x:v>
       </x:c>
       <x:c r="E642" s="0">
-        <x:v>19.55</x:v>
+        <x:v>18.24</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:5">
       <x:c r="A643" s="1">
-        <x:v>44956.9259837963</x:v>
+        <x:v>45005.895625</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C643" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D643" s="0">
-        <x:v>25.571</x:v>
+        <x:v>23.556</x:v>
       </x:c>
       <x:c r="E643" s="0">
-        <x:v>19.67</x:v>
+        <x:v>18.12</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:5">
       <x:c r="A644" s="1">
-        <x:v>44953.9230324074</x:v>
+        <x:v>45002.9076041667</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C644" s="0">
-        <x:v>1.38</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D644" s="0">
-        <x:v>25.571</x:v>
+        <x:v>22.62</x:v>
       </x:c>
       <x:c r="E644" s="0">
-        <x:v>19.67</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:5">
       <x:c r="A645" s="1">
-        <x:v>44952.9223726852</x:v>
+        <x:v>45001.8912152778</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C645" s="0">
-        <x:v>1.37</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D645" s="0">
-        <x:v>25.61</x:v>
+        <x:v>22.724</x:v>
       </x:c>
       <x:c r="E645" s="0">
-        <x:v>19.7</x:v>
+        <x:v>17.48</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:5">
       <x:c r="A646" s="1">
-        <x:v>44951.9219328704</x:v>
+        <x:v>45000.8956597222</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C646" s="0">
-        <x:v>1.36</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D646" s="0">
-        <x:v>25.727</x:v>
+        <x:v>22.191</x:v>
       </x:c>
       <x:c r="E646" s="0">
-        <x:v>19.79</x:v>
+        <x:v>17.07</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:5">
       <x:c r="A647" s="1">
-        <x:v>44950.9260763889</x:v>
+        <x:v>44999.9072916667</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C647" s="0">
-        <x:v>1.44</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D647" s="0">
-        <x:v>25.246</x:v>
+        <x:v>22.191</x:v>
       </x:c>
       <x:c r="E647" s="0">
-        <x:v>19.42</x:v>
+        <x:v>17.07</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:5">
       <x:c r="A648" s="1">
-        <x:v>44946.9220717593</x:v>
+        <x:v>44998.8918865741</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C648" s="0">
-        <x:v>1.48</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D648" s="0">
-        <x:v>24.999</x:v>
+        <x:v>20.683</x:v>
       </x:c>
       <x:c r="E648" s="0">
-        <x:v>19.23</x:v>
+        <x:v>15.91</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:5">
       <x:c r="A649" s="1">
-        <x:v>44945.9225694444</x:v>
+        <x:v>44995.9281944444</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C649" s="0">
-        <x:v>1.61</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D649" s="0">
-        <x:v>23.894</x:v>
+        <x:v>20.683</x:v>
       </x:c>
       <x:c r="E649" s="0">
-        <x:v>18.38</x:v>
+        <x:v>15.91</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:5">
       <x:c r="A650" s="1">
-        <x:v>44944.9229166667</x:v>
+        <x:v>44994.9301851852</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C650" s="0">
-        <x:v>1.7</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D650" s="0">
-        <x:v>23.894</x:v>
+        <x:v>20.241</x:v>
       </x:c>
       <x:c r="E650" s="0">
-        <x:v>18.38</x:v>
+        <x:v>15.57</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:5">
       <x:c r="A651" s="1">
-        <x:v>44943.932349537</x:v>
+        <x:v>44993.923912037</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C651" s="0">
-        <x:v>1.6</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D651" s="0">
-        <x:v>25.532</x:v>
+        <x:v>20.501</x:v>
       </x:c>
       <x:c r="E651" s="0">
-        <x:v>19.64</x:v>
+        <x:v>15.77</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:5">
       <x:c r="A652" s="1">
-        <x:v>44939.9231481481</x:v>
+        <x:v>44992.9295023148</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C652" s="0">
-        <x:v>1.41</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D652" s="0">
-        <x:v>25.532</x:v>
+        <x:v>21.19</x:v>
       </x:c>
       <x:c r="E652" s="0">
-        <x:v>19.64</x:v>
+        <x:v>16.3</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:5">
       <x:c r="A653" s="1">
-        <x:v>44938.9231828704</x:v>
+        <x:v>44991.9215393519</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C653" s="0">
-        <x:v>1.46</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D653" s="0">
-        <x:v>25.259</x:v>
+        <x:v>21.19</x:v>
       </x:c>
       <x:c r="E653" s="0">
-        <x:v>19.43</x:v>
+        <x:v>16.3</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:5">
       <x:c r="A654" s="1">
-        <x:v>44937.9231481481</x:v>
+        <x:v>44988.9270138889</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C654" s="0">
-        <x:v>1.51</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D654" s="0">
-        <x:v>25.207</x:v>
+        <x:v>21.476</x:v>
       </x:c>
       <x:c r="E654" s="0">
-        <x:v>19.39</x:v>
+        <x:v>16.52</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:5">
       <x:c r="A655" s="1">
-        <x:v>44936.9230092593</x:v>
+        <x:v>44987.9272800926</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C655" s="0">
-        <x:v>1.47</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D655" s="0">
-        <x:v>25.207</x:v>
+        <x:v>21.203</x:v>
       </x:c>
       <x:c r="E655" s="0">
-        <x:v>19.39</x:v>
+        <x:v>16.31</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:5">
       <x:c r="A656" s="1">
-        <x:v>44935.9248842593</x:v>
+        <x:v>44986.9261458333</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C656" s="0">
-        <x:v>1.57</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D656" s="0">
-        <x:v>24.661</x:v>
+        <x:v>20.956</x:v>
       </x:c>
       <x:c r="E656" s="0">
-        <x:v>18.97</x:v>
+        <x:v>16.12</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:5">
       <x:c r="A657" s="1">
-        <x:v>44932.9235416667</x:v>
+        <x:v>44985.9265393519</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C657" s="0">
-        <x:v>1.55</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D657" s="0">
-        <x:v>24.752</x:v>
+        <x:v>20.761</x:v>
       </x:c>
       <x:c r="E657" s="0">
-        <x:v>19.04</x:v>
+        <x:v>15.97</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:5">
       <x:c r="A658" s="1">
-        <x:v>44931.9233333333</x:v>
+        <x:v>44984.9265162037</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C658" s="0">
-        <x:v>1.62</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D658" s="0">
-        <x:v>24.544</x:v>
+        <x:v>20.761</x:v>
       </x:c>
       <x:c r="E658" s="0">
-        <x:v>18.88</x:v>
+        <x:v>15.97</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:5">
       <x:c r="A659" s="1">
-        <x:v>44930.9272569444</x:v>
+        <x:v>44981.9241898148</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C659" s="0">
-        <x:v>1.59</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D659" s="0">
-        <x:v>23.179</x:v>
+        <x:v>20.891</x:v>
       </x:c>
       <x:c r="E659" s="0">
-        <x:v>17.83</x:v>
+        <x:v>16.07</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:5">
       <x:c r="A660" s="1">
-        <x:v>44929.9240509259</x:v>
+        <x:v>44980.9237384259</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C660" s="0">
-        <x:v>1.93</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D660" s="0">
-        <x:v>23.179</x:v>
+        <x:v>21.073</x:v>
       </x:c>
       <x:c r="E660" s="0">
-        <x:v>17.83</x:v>
+        <x:v>16.21</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:5">
       <x:c r="A661" s="1">
-        <x:v>44925.9212615741</x:v>
+        <x:v>44979.9268518519</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C661" s="0">
-        <x:v>2.18</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D661" s="0">
-        <x:v>22.334</x:v>
+        <x:v>21.567</x:v>
       </x:c>
       <x:c r="E661" s="0">
-        <x:v>17.18</x:v>
+        <x:v>16.59</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:5">
       <x:c r="A662" s="1">
-        <x:v>44924.9225</x:v>
+        <x:v>44978.9221759259</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C662" s="0">
-        <x:v>2.15</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D662" s="0">
-        <x:v>22.425</x:v>
+        <x:v>21.567</x:v>
       </x:c>
       <x:c r="E662" s="0">
-        <x:v>17.25</x:v>
+        <x:v>16.59</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:5">
       <x:c r="A663" s="1">
-        <x:v>44923.9264814815</x:v>
+        <x:v>44974.9223958333</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C663" s="0">
         <x:v>2.17</x:v>
       </x:c>
       <x:c r="D663" s="0">
-        <x:v>23.101</x:v>
+        <x:v>21.762</x:v>
       </x:c>
       <x:c r="E663" s="0">
-        <x:v>17.77</x:v>
+        <x:v>16.74</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:5">
       <x:c r="A664" s="1">
-        <x:v>44922.9365046296</x:v>
+        <x:v>44973.9220949074</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C664" s="0">
-        <x:v>1.98</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D664" s="0">
-        <x:v>23.101</x:v>
+        <x:v>22.334</x:v>
       </x:c>
       <x:c r="E664" s="0">
-        <x:v>17.77</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:5">
       <x:c r="A665" s="1">
-        <x:v>44918.9228587963</x:v>
+        <x:v>44972.9220949074</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C665" s="0">
-        <x:v>2.12</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D665" s="0">
-        <x:v>22.607</x:v>
+        <x:v>23.153</x:v>
       </x:c>
       <x:c r="E665" s="0">
-        <x:v>17.39</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:5">
       <x:c r="A666" s="1">
-        <x:v>44917.9233796296</x:v>
+        <x:v>44971.9238078704</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C666" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D666" s="0">
-        <x:v>22.49</x:v>
+        <x:v>23.309</x:v>
       </x:c>
       <x:c r="E666" s="0">
-        <x:v>17.3</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:5">
       <x:c r="A667" s="1">
-        <x:v>44916.9282291667</x:v>
+        <x:v>44970.9237847222</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C667" s="0">
-        <x:v>2.08</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D667" s="0">
-        <x:v>22.75</x:v>
+        <x:v>23.309</x:v>
       </x:c>
       <x:c r="E667" s="0">
-        <x:v>17.5</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:5">
       <x:c r="A668" s="1">
-        <x:v>44915.9287962963</x:v>
+        <x:v>44967.9242708333</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C668" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D668" s="0">
-        <x:v>22.464</x:v>
+        <x:v>23.153</x:v>
       </x:c>
       <x:c r="E668" s="0">
-        <x:v>17.28</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:5">
       <x:c r="A669" s="1">
-        <x:v>44914.9249189815</x:v>
+        <x:v>44966.9234722222</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C669" s="0">
-        <x:v>2.49</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D669" s="0">
-        <x:v>21.97</x:v>
+        <x:v>23.842</x:v>
       </x:c>
       <x:c r="E669" s="0">
-        <x:v>16.9</x:v>
+        <x:v>18.34</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:5">
       <x:c r="A670" s="1">
-        <x:v>44911.923287037</x:v>
+        <x:v>44965.9259490741</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C670" s="0">
-        <x:v>2.34</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D670" s="0">
-        <x:v>21.97</x:v>
+        <x:v>24.05</x:v>
       </x:c>
       <x:c r="E670" s="0">
-        <x:v>16.9</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:5">
       <x:c r="A671" s="1">
-        <x:v>44910.9218634259</x:v>
+        <x:v>44964.9229166667</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C671" s="0">
-        <x:v>2.45</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D671" s="0">
-        <x:v>21.645</x:v>
+        <x:v>24.05</x:v>
       </x:c>
       <x:c r="E671" s="0">
-        <x:v>16.65</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:5">
       <x:c r="A672" s="1">
-        <x:v>44909.9251273148</x:v>
+        <x:v>44963.9254166667</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C672" s="0">
-        <x:v>2.17</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D672" s="0">
-        <x:v>22.672</x:v>
+        <x:v>23.816</x:v>
       </x:c>
       <x:c r="E672" s="0">
-        <x:v>17.44</x:v>
+        <x:v>18.32</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:5">
       <x:c r="A673" s="1">
-        <x:v>44908.9217708333</x:v>
+        <x:v>44960.9231712963</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C673" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D673" s="0">
-        <x:v>22.672</x:v>
+        <x:v>25.22</x:v>
       </x:c>
       <x:c r="E673" s="0">
-        <x:v>17.44</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:5">
       <x:c r="A674" s="1">
-        <x:v>44907.9238773148</x:v>
+        <x:v>44959.9253935185</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C674" s="0">
-        <x:v>2.46</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D674" s="0">
-        <x:v>21.554</x:v>
+        <x:v>25.948</x:v>
       </x:c>
       <x:c r="E674" s="0">
-        <x:v>16.58</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:5">
       <x:c r="A675" s="1">
-        <x:v>44904.9276967593</x:v>
+        <x:v>44958.9216550926</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C675" s="0">
-        <x:v>2.53</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D675" s="0">
-        <x:v>21.84</x:v>
+        <x:v>25.415</x:v>
       </x:c>
       <x:c r="E675" s="0">
-        <x:v>16.8</x:v>
+        <x:v>19.55</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:5">
       <x:c r="A676" s="1">
-        <x:v>44903.921875</x:v>
+        <x:v>44957.9252083333</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C676" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D676" s="0">
-        <x:v>21.918</x:v>
+        <x:v>25.415</x:v>
       </x:c>
       <x:c r="E676" s="0">
-        <x:v>16.86</x:v>
+        <x:v>19.55</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:5">
       <x:c r="A677" s="1">
-        <x:v>44902.9218287037</x:v>
+        <x:v>44956.9259837963</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C677" s="0">
-        <x:v>2.41</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D677" s="0">
-        <x:v>21.385</x:v>
+        <x:v>25.571</x:v>
       </x:c>
       <x:c r="E677" s="0">
-        <x:v>16.45</x:v>
+        <x:v>19.67</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:5">
       <x:c r="A678" s="1">
-        <x:v>44901.9282638889</x:v>
+        <x:v>44953.9230324074</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C678" s="0">
-        <x:v>2.6</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D678" s="0">
-        <x:v>21.476</x:v>
+        <x:v>25.571</x:v>
       </x:c>
       <x:c r="E678" s="0">
-        <x:v>16.52</x:v>
+        <x:v>19.67</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:5">
       <x:c r="A679" s="1">
-        <x:v>44900.9356134259</x:v>
+        <x:v>44952.9223726852</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C679" s="0">
-        <x:v>2.57</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D679" s="0">
-        <x:v>22.074</x:v>
+        <x:v>25.61</x:v>
       </x:c>
       <x:c r="E679" s="0">
-        <x:v>16.98</x:v>
+        <x:v>19.7</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:5">
       <x:c r="A680" s="1">
-        <x:v>44897.9224074074</x:v>
+        <x:v>44951.9219328704</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C680" s="0">
-        <x:v>2.37</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D680" s="0">
-        <x:v>22.217</x:v>
+        <x:v>25.727</x:v>
       </x:c>
       <x:c r="E680" s="0">
-        <x:v>17.09</x:v>
+        <x:v>19.79</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:5">
       <x:c r="A681" s="1">
-        <x:v>44896.9220949074</x:v>
+        <x:v>44950.9260763889</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C681" s="0">
-        <x:v>2.33</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D681" s="0">
-        <x:v>22.217</x:v>
+        <x:v>25.246</x:v>
       </x:c>
       <x:c r="E681" s="0">
-        <x:v>17.09</x:v>
+        <x:v>19.42</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:5">
       <x:c r="A682" s="1">
-        <x:v>44895.9223032407</x:v>
+        <x:v>44946.9220717593</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C682" s="0">
-        <x:v>2.71</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D682" s="0">
-        <x:v>20.631</x:v>
+        <x:v>24.999</x:v>
       </x:c>
       <x:c r="E682" s="0">
-        <x:v>15.87</x:v>
+        <x:v>19.23</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:5">
       <x:c r="A683" s="1">
-        <x:v>44894.9220138889</x:v>
+        <x:v>44945.9225694444</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C683" s="0">
-        <x:v>2.96</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D683" s="0">
-        <x:v>20.631</x:v>
+        <x:v>23.894</x:v>
       </x:c>
       <x:c r="E683" s="0">
-        <x:v>15.87</x:v>
+        <x:v>18.38</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:5">
       <x:c r="A684" s="1">
-        <x:v>44893.9222106481</x:v>
+        <x:v>44944.9229166667</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C684" s="0">
-        <x:v>3.29</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D684" s="0">
-        <x:v>20.15</x:v>
+        <x:v>23.894</x:v>
       </x:c>
       <x:c r="E684" s="0">
-        <x:v>15.5</x:v>
+        <x:v>18.38</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:5">
       <x:c r="A685" s="1">
-        <x:v>44890.9319907407</x:v>
+        <x:v>44943.932349537</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C685" s="0">
-        <x:v>3</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D685" s="0">
-        <x:v>21.099</x:v>
+        <x:v>25.532</x:v>
       </x:c>
       <x:c r="E685" s="0">
-        <x:v>16.23</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:5">
       <x:c r="A686" s="1">
-        <x:v>44888.9315277778</x:v>
+        <x:v>44939.9231481481</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C686" s="0">
-        <x:v>2.89</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D686" s="0">
-        <x:v>20.813</x:v>
+        <x:v>25.532</x:v>
       </x:c>
       <x:c r="E686" s="0">
-        <x:v>16.01</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:5">
       <x:c r="A687" s="1">
-        <x:v>44887.9264467593</x:v>
+        <x:v>44938.9231828704</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C687" s="0">
-        <x:v>3.01</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D687" s="0">
-        <x:v>19.955</x:v>
+        <x:v>25.259</x:v>
       </x:c>
       <x:c r="E687" s="0">
-        <x:v>15.35</x:v>
+        <x:v>19.43</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:5">
       <x:c r="A688" s="1">
-        <x:v>44886.9239814815</x:v>
+        <x:v>44937.9231481481</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C688" s="0">
-        <x:v>3.45</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D688" s="0">
-        <x:v>20.306</x:v>
+        <x:v>25.207</x:v>
       </x:c>
       <x:c r="E688" s="0">
-        <x:v>15.62</x:v>
+        <x:v>19.39</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:5">
       <x:c r="A689" s="1">
-        <x:v>44883.9223842593</x:v>
+        <x:v>44936.9230092593</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C689" s="0">
-        <x:v>3.28</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D689" s="0">
-        <x:v>20.241</x:v>
+        <x:v>25.207</x:v>
       </x:c>
       <x:c r="E689" s="0">
-        <x:v>15.57</x:v>
+        <x:v>19.39</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:5">
       <x:c r="A690" s="1">
-        <x:v>44882.921099537</x:v>
+        <x:v>44935.9248842593</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C690" s="0">
-        <x:v>3.31</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D690" s="0">
-        <x:v>20.527</x:v>
+        <x:v>24.661</x:v>
       </x:c>
       <x:c r="E690" s="0">
-        <x:v>15.79</x:v>
+        <x:v>18.97</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:5">
       <x:c r="A691" s="1">
-        <x:v>44881.9232407407</x:v>
+        <x:v>44932.9235416667</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C691" s="0">
-        <x:v>3.18</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D691" s="0">
-        <x:v>20.8</x:v>
+        <x:v>24.752</x:v>
       </x:c>
       <x:c r="E691" s="0">
-        <x:v>16</x:v>
+        <x:v>19.04</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:5">
       <x:c r="A692" s="1">
-        <x:v>44880.9231018519</x:v>
+        <x:v>44931.9233333333</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C692" s="0">
-        <x:v>3.06</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D692" s="0">
-        <x:v>21.047</x:v>
+        <x:v>24.544</x:v>
       </x:c>
       <x:c r="E692" s="0">
-        <x:v>16.19</x:v>
+        <x:v>18.88</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:5">
       <x:c r="A693" s="1">
-        <x:v>44879.9295601852</x:v>
+        <x:v>44930.9272569444</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C693" s="0">
-        <x:v>2.95</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D693" s="0">
-        <x:v>21.372</x:v>
+        <x:v>23.179</x:v>
       </x:c>
       <x:c r="E693" s="0">
-        <x:v>16.44</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:5">
       <x:c r="A694" s="1">
-        <x:v>44876.9222337963</x:v>
+        <x:v>44929.9240509259</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C694" s="0">
-        <x:v>2.82</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D694" s="0">
-        <x:v>21.372</x:v>
+        <x:v>23.179</x:v>
       </x:c>
       <x:c r="E694" s="0">
-        <x:v>16.44</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:5">
       <x:c r="A695" s="1">
-        <x:v>44875.9342592593</x:v>
+        <x:v>44925.9212615741</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C695" s="0">
-        <x:v>2.83</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D695" s="0">
-        <x:v>21.359</x:v>
+        <x:v>22.334</x:v>
       </x:c>
       <x:c r="E695" s="0">
-        <x:v>16.43</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:5">
       <x:c r="A696" s="1">
-        <x:v>44874.9244097222</x:v>
+        <x:v>44924.9225</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C696" s="0">
-        <x:v>3.58</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D696" s="0">
-        <x:v>20.293</x:v>
+        <x:v>22.425</x:v>
       </x:c>
       <x:c r="E696" s="0">
-        <x:v>15.61</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:5">
       <x:c r="A697" s="1">
-        <x:v>44873.9284490741</x:v>
+        <x:v>44923.9264814815</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C697" s="0">
-        <x:v>3.41</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D697" s="0">
-        <x:v>18.941</x:v>
+        <x:v>23.101</x:v>
       </x:c>
       <x:c r="E697" s="0">
-        <x:v>14.57</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:5">
       <x:c r="A698" s="1">
-        <x:v>44872.9247222222</x:v>
+        <x:v>44922.9365046296</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C698" s="0">
-        <x:v>4.34</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D698" s="0">
-        <x:v>18.941</x:v>
+        <x:v>23.101</x:v>
       </x:c>
       <x:c r="E698" s="0">
-        <x:v>14.57</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:5">
       <x:c r="A699" s="1">
-        <x:v>44868.8963888889</x:v>
+        <x:v>44918.9228587963</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C699" s="0">
-        <x:v>6.53</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D699" s="0">
-        <x:v>18.642</x:v>
+        <x:v>22.607</x:v>
       </x:c>
       <x:c r="E699" s="0">
-        <x:v>14.34</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:5">
       <x:c r="A700" s="1">
-        <x:v>44867</x:v>
+        <x:v>44917.9233796296</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C700" s="0">
+        <x:v>2.15</x:v>
+      </x:c>
+      <x:c r="D700" s="0">
+        <x:v>22.49</x:v>
+      </x:c>
       <x:c r="E700" s="0">
-        <x:v>15.03</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:5">
       <x:c r="A701" s="1">
-        <x:v>44866</x:v>
+        <x:v>44916.9282291667</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C701" s="0">
+        <x:v>2.08</x:v>
+      </x:c>
+      <x:c r="D701" s="0">
+        <x:v>22.75</x:v>
+      </x:c>
       <x:c r="E701" s="0">
-        <x:v>15.03</x:v>
+        <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:5">
       <x:c r="A702" s="1">
-        <x:v>44865</x:v>
+        <x:v>44915.9287962963</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C702" s="0">
+        <x:v>2.16</x:v>
+      </x:c>
+      <x:c r="D702" s="0">
+        <x:v>22.464</x:v>
+      </x:c>
       <x:c r="E702" s="0">
-        <x:v>15.48</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:5">
       <x:c r="A703" s="1">
-        <x:v>44864</x:v>
+        <x:v>44914.9249189815</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C703" s="0">
+        <x:v>2.49</x:v>
+      </x:c>
+      <x:c r="D703" s="0">
+        <x:v>21.97</x:v>
+      </x:c>
       <x:c r="E703" s="0">
-        <x:v>15.48</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:5">
       <x:c r="A704" s="1">
-        <x:v>44863</x:v>
+        <x:v>44911.923287037</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C704" s="0">
+        <x:v>2.34</x:v>
+      </x:c>
+      <x:c r="D704" s="0">
+        <x:v>21.97</x:v>
+      </x:c>
       <x:c r="E704" s="0">
-        <x:v>15.48</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:5">
       <x:c r="A705" s="1">
-        <x:v>44862</x:v>
+        <x:v>44910.9218634259</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C705" s="0">
+        <x:v>2.45</x:v>
+      </x:c>
+      <x:c r="D705" s="0">
+        <x:v>21.645</x:v>
+      </x:c>
       <x:c r="E705" s="0">
-        <x:v>15.26</x:v>
+        <x:v>16.65</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:5">
       <x:c r="A706" s="1">
-        <x:v>44861</x:v>
+        <x:v>44909.9251273148</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C706" s="0">
+        <x:v>2.17</x:v>
+      </x:c>
+      <x:c r="D706" s="0">
+        <x:v>22.672</x:v>
+      </x:c>
       <x:c r="E706" s="0">
-        <x:v>15.26</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:5">
       <x:c r="A707" s="1">
-        <x:v>44860</x:v>
+        <x:v>44908.9217708333</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C707" s="0">
+        <x:v>2.15</x:v>
+      </x:c>
+      <x:c r="D707" s="0">
+        <x:v>22.672</x:v>
+      </x:c>
       <x:c r="E707" s="0">
-        <x:v>15.26</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:5">
       <x:c r="A708" s="1">
-        <x:v>44859</x:v>
+        <x:v>44907.9238773148</x:v>
       </x:c>
       <x:c r="B708" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C708" s="0">
+        <x:v>2.46</x:v>
+      </x:c>
+      <x:c r="D708" s="0">
+        <x:v>21.554</x:v>
+      </x:c>
       <x:c r="E708" s="0">
-        <x:v>15.05</x:v>
+        <x:v>16.58</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:5">
       <x:c r="A709" s="1">
-        <x:v>44858</x:v>
+        <x:v>44904.9276967593</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C709" s="0">
+        <x:v>2.53</x:v>
+      </x:c>
+      <x:c r="D709" s="0">
+        <x:v>21.84</x:v>
+      </x:c>
       <x:c r="E709" s="0">
-        <x:v>14.51</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:5">
       <x:c r="A710" s="1">
-        <x:v>44857</x:v>
+        <x:v>44903.921875</x:v>
       </x:c>
       <x:c r="B710" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C710" s="0">
+        <x:v>2.44</x:v>
+      </x:c>
+      <x:c r="D710" s="0">
+        <x:v>21.918</x:v>
+      </x:c>
       <x:c r="E710" s="0">
-        <x:v>14.51</x:v>
+        <x:v>16.86</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:5">
       <x:c r="A711" s="1">
-        <x:v>44856</x:v>
+        <x:v>44902.9218287037</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C711" s="0">
+        <x:v>2.41</x:v>
+      </x:c>
+      <x:c r="D711" s="0">
+        <x:v>21.385</x:v>
+      </x:c>
       <x:c r="E711" s="0">
-        <x:v>14.51</x:v>
+        <x:v>16.45</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:5">
       <x:c r="A712" s="1">
-        <x:v>44855</x:v>
+        <x:v>44901.9282638889</x:v>
       </x:c>
       <x:c r="B712" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C712" s="0">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="D712" s="0">
+        <x:v>21.476</x:v>
+      </x:c>
       <x:c r="E712" s="0">
-        <x:v>14.45</x:v>
+        <x:v>16.52</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:5">
       <x:c r="A713" s="1">
-        <x:v>44854</x:v>
+        <x:v>44900.9356134259</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C713" s="0">
+        <x:v>2.57</x:v>
+      </x:c>
+      <x:c r="D713" s="0">
+        <x:v>22.074</x:v>
+      </x:c>
       <x:c r="E713" s="0">
-        <x:v>14.45</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:5">
       <x:c r="A714" s="1">
-        <x:v>44853</x:v>
+        <x:v>44897.9224074074</x:v>
       </x:c>
       <x:c r="B714" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C714" s="0">
+        <x:v>2.37</x:v>
+      </x:c>
+      <x:c r="D714" s="0">
+        <x:v>22.217</x:v>
+      </x:c>
       <x:c r="E714" s="0">
-        <x:v>14.61</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:5">
       <x:c r="A715" s="1">
-        <x:v>44852</x:v>
+        <x:v>44896.9220949074</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C715" s="0">
+        <x:v>2.33</x:v>
+      </x:c>
+      <x:c r="D715" s="0">
+        <x:v>22.217</x:v>
+      </x:c>
       <x:c r="E715" s="0">
-        <x:v>14.61</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:5">
       <x:c r="A716" s="1">
-        <x:v>44851</x:v>
+        <x:v>44895.9223032407</x:v>
       </x:c>
       <x:c r="B716" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C716" s="0">
+        <x:v>2.71</x:v>
+      </x:c>
+      <x:c r="D716" s="0">
+        <x:v>20.631</x:v>
+      </x:c>
       <x:c r="E716" s="0">
-        <x:v>14.16</x:v>
+        <x:v>15.87</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:5">
       <x:c r="A717" s="1">
-        <x:v>44850</x:v>
+        <x:v>44894.9220138889</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C717" s="0">
+        <x:v>2.96</x:v>
+      </x:c>
+      <x:c r="D717" s="0">
+        <x:v>20.631</x:v>
+      </x:c>
       <x:c r="E717" s="0">
-        <x:v>14.16</x:v>
+        <x:v>15.87</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:5">
       <x:c r="A718" s="1">
-        <x:v>44849</x:v>
+        <x:v>44893.9222106481</x:v>
       </x:c>
       <x:c r="B718" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C718" s="0">
+        <x:v>3.29</x:v>
+      </x:c>
+      <x:c r="D718" s="0">
+        <x:v>20.15</x:v>
+      </x:c>
       <x:c r="E718" s="0">
-        <x:v>14.16</x:v>
+        <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:5">
       <x:c r="A719" s="1">
-        <x:v>44848</x:v>
+        <x:v>44890.9319907407</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C719" s="0">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="D719" s="0">
+        <x:v>21.099</x:v>
+      </x:c>
       <x:c r="E719" s="0">
-        <x:v>15.06</x:v>
+        <x:v>16.23</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:5">
       <x:c r="A720" s="1">
-        <x:v>44847</x:v>
+        <x:v>44888.9315277778</x:v>
       </x:c>
       <x:c r="B720" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C720" s="0">
+        <x:v>2.89</x:v>
+      </x:c>
+      <x:c r="D720" s="0">
+        <x:v>20.813</x:v>
+      </x:c>
       <x:c r="E720" s="0">
-        <x:v>15.01</x:v>
+        <x:v>16.01</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:5">
       <x:c r="A721" s="1">
-        <x:v>44846</x:v>
+        <x:v>44887.9264467593</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C721" s="0">
+        <x:v>3.01</x:v>
+      </x:c>
+      <x:c r="D721" s="0">
+        <x:v>19.955</x:v>
+      </x:c>
       <x:c r="E721" s="0">
-        <x:v>15.01</x:v>
+        <x:v>15.35</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:5">
       <x:c r="A722" s="1">
-        <x:v>44845</x:v>
+        <x:v>44886.9239814815</x:v>
       </x:c>
       <x:c r="B722" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C722" s="0">
+        <x:v>3.45</x:v>
+      </x:c>
+      <x:c r="D722" s="0">
+        <x:v>20.306</x:v>
+      </x:c>
       <x:c r="E722" s="0">
-        <x:v>15.27</x:v>
+        <x:v>15.62</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:5">
       <x:c r="A723" s="1">
-        <x:v>44844</x:v>
+        <x:v>44883.9223842593</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C723" s="0">
+        <x:v>3.28</x:v>
+      </x:c>
+      <x:c r="D723" s="0">
+        <x:v>20.241</x:v>
+      </x:c>
       <x:c r="E723" s="0">
-        <x:v>16.15</x:v>
+        <x:v>15.57</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:5">
       <x:c r="A724" s="1">
-        <x:v>44841</x:v>
+        <x:v>44882.921099537</x:v>
       </x:c>
       <x:c r="B724" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C724" s="0">
+        <x:v>3.31</x:v>
+      </x:c>
+      <x:c r="D724" s="0">
+        <x:v>20.527</x:v>
+      </x:c>
       <x:c r="E724" s="0">
-        <x:v>15.9</x:v>
+        <x:v>15.79</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:5">
       <x:c r="A725" s="1">
-        <x:v>44839</x:v>
+        <x:v>44881.9232407407</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C725" s="0">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="D725" s="0">
+        <x:v>20.8</x:v>
+      </x:c>
       <x:c r="E725" s="0">
-        <x:v>15.92</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:5">
       <x:c r="A726" s="1">
-        <x:v>44838</x:v>
+        <x:v>44880.9231018519</x:v>
       </x:c>
       <x:c r="B726" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C726" s="0">
+        <x:v>3.06</x:v>
+      </x:c>
+      <x:c r="D726" s="0">
+        <x:v>21.047</x:v>
+      </x:c>
       <x:c r="E726" s="0">
-        <x:v>15.92</x:v>
+        <x:v>16.19</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:5">
       <x:c r="A727" s="1">
-        <x:v>44837</x:v>
+        <x:v>44879.9295601852</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C727" s="0">
+        <x:v>2.95</x:v>
+      </x:c>
+      <x:c r="D727" s="0">
+        <x:v>21.372</x:v>
+      </x:c>
       <x:c r="E727" s="0">
-        <x:v>15.5</x:v>
+        <x:v>16.44</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:5">
       <x:c r="A728" s="1">
-        <x:v>44833</x:v>
+        <x:v>44876.9222337963</x:v>
       </x:c>
       <x:c r="B728" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C728" s="0">
+        <x:v>2.82</x:v>
+      </x:c>
+      <x:c r="D728" s="0">
+        <x:v>21.372</x:v>
+      </x:c>
       <x:c r="E728" s="0">
-        <x:v>14.19</x:v>
+        <x:v>16.44</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:5">
       <x:c r="A729" s="1">
-        <x:v>44832</x:v>
+        <x:v>44875.9342592593</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C729" s="0">
+        <x:v>2.83</x:v>
+      </x:c>
+      <x:c r="D729" s="0">
+        <x:v>21.359</x:v>
+      </x:c>
       <x:c r="E729" s="0">
-        <x:v>14.19</x:v>
+        <x:v>16.43</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:5">
       <x:c r="A730" s="1">
-        <x:v>44831</x:v>
+        <x:v>44874.9244097222</x:v>
       </x:c>
       <x:c r="B730" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C730" s="0">
+        <x:v>3.58</x:v>
+      </x:c>
+      <x:c r="D730" s="0">
+        <x:v>20.293</x:v>
+      </x:c>
       <x:c r="E730" s="0">
-        <x:v>14.19</x:v>
+        <x:v>15.61</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:5">
       <x:c r="A731" s="1">
-        <x:v>44830</x:v>
+        <x:v>44873.9284490741</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C731" s="0">
+        <x:v>3.41</x:v>
+      </x:c>
+      <x:c r="D731" s="0">
+        <x:v>18.941</x:v>
+      </x:c>
       <x:c r="E731" s="0">
-        <x:v>14.48</x:v>
+        <x:v>14.57</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:5">
       <x:c r="A732" s="1">
-        <x:v>44827</x:v>
+        <x:v>44872.9247222222</x:v>
       </x:c>
       <x:c r="B732" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C732" s="0">
+        <x:v>4.34</x:v>
+      </x:c>
+      <x:c r="D732" s="0">
+        <x:v>18.941</x:v>
+      </x:c>
       <x:c r="E732" s="0">
-        <x:v>15.18</x:v>
+        <x:v>14.57</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:5">
       <x:c r="A733" s="1">
-        <x:v>44826</x:v>
+        <x:v>44868.8963888889</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C733" s="0">
+        <x:v>6.53</x:v>
+      </x:c>
+      <x:c r="D733" s="0">
+        <x:v>18.642</x:v>
+      </x:c>
       <x:c r="E733" s="0">
-        <x:v>15.05</x:v>
+        <x:v>14.34</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:5">
       <x:c r="A734" s="1">
-        <x:v>44825</x:v>
+        <x:v>44867</x:v>
       </x:c>
       <x:c r="B734" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E734" s="0">
-        <x:v>15.05</x:v>
+        <x:v>15.03</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:5">
       <x:c r="A735" s="1">
-        <x:v>44824</x:v>
+        <x:v>44866</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E735" s="0">
-        <x:v>15.3</x:v>
+        <x:v>15.03</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:5">
       <x:c r="A736" s="1">
-        <x:v>44823</x:v>
+        <x:v>44865</x:v>
       </x:c>
       <x:c r="B736" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E736" s="0">
-        <x:v>15.3</x:v>
+        <x:v>15.48</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:5">
       <x:c r="A737" s="1">
-        <x:v>44821</x:v>
+        <x:v>44864</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E737" s="0">
-        <x:v>15.3</x:v>
+        <x:v>15.48</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:5">
       <x:c r="A738" s="1">
-        <x:v>44820</x:v>
+        <x:v>44863</x:v>
       </x:c>
       <x:c r="B738" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E738" s="0">
-        <x:v>15.14</x:v>
+        <x:v>15.48</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:5">
       <x:c r="A739" s="1">
-        <x:v>44819</x:v>
+        <x:v>44862</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E739" s="0">
-        <x:v>15.55</x:v>
+        <x:v>15.26</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:5">
       <x:c r="A740" s="1">
-        <x:v>44818</x:v>
+        <x:v>44861</x:v>
       </x:c>
       <x:c r="B740" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E740" s="0">
-        <x:v>15.96</x:v>
+        <x:v>15.26</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:5">
       <x:c r="A741" s="1">
-        <x:v>44817</x:v>
+        <x:v>44860</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E741" s="0">
-        <x:v>15.61</x:v>
+        <x:v>15.26</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:5">
       <x:c r="A742" s="1">
-        <x:v>44816</x:v>
+        <x:v>44859</x:v>
       </x:c>
       <x:c r="B742" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E742" s="0">
-        <x:v>15.61</x:v>
+        <x:v>15.05</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:5">
       <x:c r="A743" s="1">
-        <x:v>44815</x:v>
+        <x:v>44858</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E743" s="0">
-        <x:v>15.61</x:v>
+        <x:v>14.51</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:5">
       <x:c r="A744" s="1">
-        <x:v>44814</x:v>
+        <x:v>44857</x:v>
       </x:c>
       <x:c r="B744" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E744" s="0">
-        <x:v>15.61</x:v>
+        <x:v>14.51</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:5">
       <x:c r="A745" s="1">
-        <x:v>44813</x:v>
+        <x:v>44856</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E745" s="0">
-        <x:v>15.36</x:v>
+        <x:v>14.51</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:5">
       <x:c r="A746" s="1">
-        <x:v>44812</x:v>
+        <x:v>44855</x:v>
       </x:c>
       <x:c r="B746" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E746" s="0">
-        <x:v>15.36</x:v>
+        <x:v>14.45</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:5">
       <x:c r="A747" s="1">
-        <x:v>44811</x:v>
+        <x:v>44854</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E747" s="0">
-        <x:v>14.9</x:v>
+        <x:v>14.45</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:5">
       <x:c r="A748" s="1">
-        <x:v>44810</x:v>
+        <x:v>44853</x:v>
       </x:c>
       <x:c r="B748" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E748" s="0">
-        <x:v>14.59</x:v>
+        <x:v>14.61</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:5">
       <x:c r="A749" s="1">
-        <x:v>44809</x:v>
+        <x:v>44852</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E749" s="0">
-        <x:v>14.59</x:v>
+        <x:v>14.61</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:5">
       <x:c r="A750" s="1">
-        <x:v>44807</x:v>
+        <x:v>44851</x:v>
       </x:c>
       <x:c r="B750" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E750" s="0">
-        <x:v>14.59</x:v>
+        <x:v>14.16</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:5">
       <x:c r="A751" s="1">
-        <x:v>44806</x:v>
+        <x:v>44850</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E751" s="0">
-        <x:v>14.59</x:v>
+        <x:v>14.16</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:5">
       <x:c r="A752" s="1">
-        <x:v>44805</x:v>
+        <x:v>44849</x:v>
       </x:c>
       <x:c r="B752" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E752" s="0">
-        <x:v>15.35</x:v>
+        <x:v>14.16</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:5">
       <x:c r="A753" s="1">
-        <x:v>44804</x:v>
+        <x:v>44848</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E753" s="0">
-        <x:v>15.35</x:v>
+        <x:v>15.06</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:5">
       <x:c r="A754" s="1">
-        <x:v>44803</x:v>
+        <x:v>44847</x:v>
       </x:c>
       <x:c r="B754" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E754" s="0">
-        <x:v>15.35</x:v>
+        <x:v>15.01</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:5">
       <x:c r="A755" s="1">
-        <x:v>44802</x:v>
+        <x:v>44846</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E755" s="0">
-        <x:v>16.37</x:v>
+        <x:v>15.01</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:5">
       <x:c r="A756" s="1">
-        <x:v>44801</x:v>
+        <x:v>44845</x:v>
       </x:c>
       <x:c r="B756" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E756" s="0">
-        <x:v>16.37</x:v>
+        <x:v>15.27</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:5">
       <x:c r="A757" s="1">
-        <x:v>44800</x:v>
+        <x:v>44844</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E757" s="0">
-        <x:v>16.37</x:v>
+        <x:v>16.15</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:5">
       <x:c r="A758" s="1">
-        <x:v>44799</x:v>
+        <x:v>44841</x:v>
       </x:c>
       <x:c r="B758" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E758" s="0">
-        <x:v>16.35</x:v>
+        <x:v>15.9</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:5">
       <x:c r="A759" s="1">
-        <x:v>44798</x:v>
+        <x:v>44839</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E759" s="0">
-        <x:v>16.21</x:v>
+        <x:v>15.92</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:5">
       <x:c r="A760" s="1">
-        <x:v>44797</x:v>
+        <x:v>44838</x:v>
       </x:c>
       <x:c r="B760" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E760" s="0">
-        <x:v>16.21</x:v>
+        <x:v>15.92</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:5">
       <x:c r="A761" s="1">
-        <x:v>44796</x:v>
+        <x:v>44837</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E761" s="0">
-        <x:v>16.17</x:v>
+        <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:5">
       <x:c r="A762" s="1">
-        <x:v>44795</x:v>
+        <x:v>44833</x:v>
       </x:c>
       <x:c r="B762" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E762" s="0">
-        <x:v>16.41</x:v>
+        <x:v>14.19</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:5">
       <x:c r="A763" s="1">
-        <x:v>44794</x:v>
+        <x:v>44832</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E763" s="0">
-        <x:v>16.41</x:v>
+        <x:v>14.19</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:5">
       <x:c r="A764" s="1">
-        <x:v>44792</x:v>
+        <x:v>44831</x:v>
       </x:c>
       <x:c r="B764" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E764" s="0">
-        <x:v>16.45</x:v>
+        <x:v>14.19</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:5">
       <x:c r="A765" s="1">
-        <x:v>44791</x:v>
+        <x:v>44830</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E765" s="0">
-        <x:v>16.85</x:v>
+        <x:v>14.48</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:5">
       <x:c r="A766" s="1">
-        <x:v>44790</x:v>
+        <x:v>44827</x:v>
       </x:c>
       <x:c r="B766" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E766" s="0">
-        <x:v>16.74</x:v>
+        <x:v>15.18</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:5">
       <x:c r="A767" s="1">
-        <x:v>44789</x:v>
+        <x:v>44826</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E767" s="0">
-        <x:v>16.74</x:v>
+        <x:v>15.05</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:5">
       <x:c r="A768" s="1">
-        <x:v>44788</x:v>
+        <x:v>44825</x:v>
       </x:c>
       <x:c r="B768" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E768" s="0">
-        <x:v>16.4</x:v>
+        <x:v>15.05</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:5">
       <x:c r="A769" s="1">
-        <x:v>44787</x:v>
+        <x:v>44824</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E769" s="0">
-        <x:v>16.4</x:v>
+        <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:5">
       <x:c r="A770" s="1">
-        <x:v>44786</x:v>
+        <x:v>44823</x:v>
       </x:c>
       <x:c r="B770" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E770" s="0">
-        <x:v>16.4</x:v>
+        <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:5">
       <x:c r="A771" s="1">
-        <x:v>44785</x:v>
+        <x:v>44821</x:v>
       </x:c>
       <x:c r="B771" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E771" s="0">
-        <x:v>16.53</x:v>
+        <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:5">
       <x:c r="A772" s="1">
-        <x:v>44784</x:v>
+        <x:v>44820</x:v>
       </x:c>
       <x:c r="B772" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E772" s="0">
-        <x:v>16.53</x:v>
+        <x:v>15.14</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:5">
       <x:c r="A773" s="1">
-        <x:v>44783</x:v>
+        <x:v>44819</x:v>
       </x:c>
       <x:c r="B773" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E773" s="0">
-        <x:v>16.2</x:v>
+        <x:v>15.55</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:5">
       <x:c r="A774" s="1">
+        <x:v>44818</x:v>
+      </x:c>
+      <x:c r="B774" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E774" s="0">
+        <x:v>15.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="775" spans="1:5">
+      <x:c r="A775" s="1">
+        <x:v>44817</x:v>
+      </x:c>
+      <x:c r="B775" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E775" s="0">
+        <x:v>15.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="776" spans="1:5">
+      <x:c r="A776" s="1">
+        <x:v>44816</x:v>
+      </x:c>
+      <x:c r="B776" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E776" s="0">
+        <x:v>15.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="777" spans="1:5">
+      <x:c r="A777" s="1">
+        <x:v>44815</x:v>
+      </x:c>
+      <x:c r="B777" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E777" s="0">
+        <x:v>15.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="778" spans="1:5">
+      <x:c r="A778" s="1">
+        <x:v>44814</x:v>
+      </x:c>
+      <x:c r="B778" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E778" s="0">
+        <x:v>15.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="779" spans="1:5">
+      <x:c r="A779" s="1">
+        <x:v>44813</x:v>
+      </x:c>
+      <x:c r="B779" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E779" s="0">
+        <x:v>15.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="780" spans="1:5">
+      <x:c r="A780" s="1">
+        <x:v>44812</x:v>
+      </x:c>
+      <x:c r="B780" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E780" s="0">
+        <x:v>15.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="781" spans="1:5">
+      <x:c r="A781" s="1">
+        <x:v>44811</x:v>
+      </x:c>
+      <x:c r="B781" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E781" s="0">
+        <x:v>14.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="782" spans="1:5">
+      <x:c r="A782" s="1">
+        <x:v>44810</x:v>
+      </x:c>
+      <x:c r="B782" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E782" s="0">
+        <x:v>14.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="783" spans="1:5">
+      <x:c r="A783" s="1">
+        <x:v>44809</x:v>
+      </x:c>
+      <x:c r="B783" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E783" s="0">
+        <x:v>14.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="784" spans="1:5">
+      <x:c r="A784" s="1">
+        <x:v>44807</x:v>
+      </x:c>
+      <x:c r="B784" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E784" s="0">
+        <x:v>14.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="785" spans="1:5">
+      <x:c r="A785" s="1">
+        <x:v>44806</x:v>
+      </x:c>
+      <x:c r="B785" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E785" s="0">
+        <x:v>14.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="786" spans="1:5">
+      <x:c r="A786" s="1">
+        <x:v>44805</x:v>
+      </x:c>
+      <x:c r="B786" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E786" s="0">
+        <x:v>15.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="787" spans="1:5">
+      <x:c r="A787" s="1">
+        <x:v>44804</x:v>
+      </x:c>
+      <x:c r="B787" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E787" s="0">
+        <x:v>15.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="788" spans="1:5">
+      <x:c r="A788" s="1">
+        <x:v>44803</x:v>
+      </x:c>
+      <x:c r="B788" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E788" s="0">
+        <x:v>15.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="789" spans="1:5">
+      <x:c r="A789" s="1">
+        <x:v>44802</x:v>
+      </x:c>
+      <x:c r="B789" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E789" s="0">
+        <x:v>16.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="790" spans="1:5">
+      <x:c r="A790" s="1">
+        <x:v>44801</x:v>
+      </x:c>
+      <x:c r="B790" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E790" s="0">
+        <x:v>16.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="791" spans="1:5">
+      <x:c r="A791" s="1">
+        <x:v>44800</x:v>
+      </x:c>
+      <x:c r="B791" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E791" s="0">
+        <x:v>16.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="792" spans="1:5">
+      <x:c r="A792" s="1">
+        <x:v>44799</x:v>
+      </x:c>
+      <x:c r="B792" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E792" s="0">
+        <x:v>16.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="793" spans="1:5">
+      <x:c r="A793" s="1">
+        <x:v>44798</x:v>
+      </x:c>
+      <x:c r="B793" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E793" s="0">
+        <x:v>16.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="794" spans="1:5">
+      <x:c r="A794" s="1">
+        <x:v>44797</x:v>
+      </x:c>
+      <x:c r="B794" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E794" s="0">
+        <x:v>16.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="795" spans="1:5">
+      <x:c r="A795" s="1">
+        <x:v>44796</x:v>
+      </x:c>
+      <x:c r="B795" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E795" s="0">
+        <x:v>16.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="796" spans="1:5">
+      <x:c r="A796" s="1">
+        <x:v>44795</x:v>
+      </x:c>
+      <x:c r="B796" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E796" s="0">
+        <x:v>16.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="797" spans="1:5">
+      <x:c r="A797" s="1">
+        <x:v>44794</x:v>
+      </x:c>
+      <x:c r="B797" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E797" s="0">
+        <x:v>16.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="798" spans="1:5">
+      <x:c r="A798" s="1">
+        <x:v>44792</x:v>
+      </x:c>
+      <x:c r="B798" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E798" s="0">
+        <x:v>16.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="799" spans="1:5">
+      <x:c r="A799" s="1">
+        <x:v>44791</x:v>
+      </x:c>
+      <x:c r="B799" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E799" s="0">
+        <x:v>16.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="800" spans="1:5">
+      <x:c r="A800" s="1">
+        <x:v>44790</x:v>
+      </x:c>
+      <x:c r="B800" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E800" s="0">
+        <x:v>16.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="801" spans="1:5">
+      <x:c r="A801" s="1">
+        <x:v>44789</x:v>
+      </x:c>
+      <x:c r="B801" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E801" s="0">
+        <x:v>16.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="802" spans="1:5">
+      <x:c r="A802" s="1">
+        <x:v>44788</x:v>
+      </x:c>
+      <x:c r="B802" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E802" s="0">
+        <x:v>16.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="803" spans="1:5">
+      <x:c r="A803" s="1">
+        <x:v>44787</x:v>
+      </x:c>
+      <x:c r="B803" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E803" s="0">
+        <x:v>16.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="804" spans="1:5">
+      <x:c r="A804" s="1">
+        <x:v>44786</x:v>
+      </x:c>
+      <x:c r="B804" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E804" s="0">
+        <x:v>16.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="805" spans="1:5">
+      <x:c r="A805" s="1">
+        <x:v>44785</x:v>
+      </x:c>
+      <x:c r="B805" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E805" s="0">
+        <x:v>16.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="806" spans="1:5">
+      <x:c r="A806" s="1">
+        <x:v>44784</x:v>
+      </x:c>
+      <x:c r="B806" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E806" s="0">
+        <x:v>16.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="807" spans="1:5">
+      <x:c r="A807" s="1">
+        <x:v>44783</x:v>
+      </x:c>
+      <x:c r="B807" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E807" s="0">
+        <x:v>16.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="808" spans="1:5">
+      <x:c r="A808" s="1">
         <x:v>44782</x:v>
       </x:c>
-      <x:c r="B774" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="E774" s="0">
+      <x:c r="B808" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E808" s="0">
         <x:v>15.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>