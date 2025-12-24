--- v1 (2025-12-01)
+++ v2 (2025-12-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c6f5eecfcf84371" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6172e6cd3de84022aec093ac500b3b1c.psmdcp" Id="R632e87d9c51a486a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a697be0f007461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/507be17b362c4c609532665edb4de4b4.psmdcp" Id="Rf79817d299504d4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP04MJ11</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,13332 +390,13604 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E808"/>
+  <x:dimension ref="A1:E824"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45989.8197453704</x:v>
+        <x:v>46014.9278125</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>53.567</x:v>
+        <x:v>59.319</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>41.34</x:v>
+        <x:v>45.63</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45989.3082638889</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>53.099</x:v>
+        <x:v>59.267</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>40.98</x:v>
+        <x:v>45.59</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45987.9266435185</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>53.274</x:v>
+        <x:v>58.149</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>40.98</x:v>
+        <x:v>44.73</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45986.9249305556</x:v>
+        <x:v>46009.930775463</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>50.856</x:v>
+        <x:v>57.031</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>39.12</x:v>
+        <x:v>43.87</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45982.9249768518</x:v>
+        <x:v>46008.927662037</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>47.515</x:v>
+        <x:v>56.641</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>36.55</x:v>
+        <x:v>43.57</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45981.9258796296</x:v>
+        <x:v>46007.9278356481</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>46.8</x:v>
+        <x:v>55.809</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>36</x:v>
+        <x:v>42.93</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>49.049</x:v>
+        <x:v>56.342</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>37.73</x:v>
+        <x:v>43.34</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45979.9258564815</x:v>
+        <x:v>46003.9269791667</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>49.062</x:v>
+        <x:v>56.017</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>37.74</x:v>
+        <x:v>43.09</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45978.9281828704</x:v>
+        <x:v>46002.9321064815</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>48.048</x:v>
+        <x:v>56.095</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>36.96</x:v>
+        <x:v>43.15</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45975.925775463</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>48.139</x:v>
+        <x:v>54.288</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>37.03</x:v>
+        <x:v>41.76</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>47.346</x:v>
+        <x:v>53.183</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>36.42</x:v>
+        <x:v>40.91</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45973.9253009259</x:v>
+        <x:v>45996.930787037</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>48.529</x:v>
+        <x:v>53.352</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>37.33</x:v>
+        <x:v>41.04</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45972.9253703704</x:v>
+        <x:v>45995.9303935185</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>46.553</x:v>
+        <x:v>53.183</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>35.81</x:v>
+        <x:v>40.91</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45971.9254050926</x:v>
+        <x:v>45994.9277430556</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>45.292</x:v>
+        <x:v>52.65</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>34.84</x:v>
+        <x:v>40.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45968.9254976852</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>43.017</x:v>
+        <x:v>53.339</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>33.09</x:v>
+        <x:v>41.03</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>45992.9296759259</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>42.315</x:v>
+        <x:v>55.029</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>32.55</x:v>
+        <x:v>42.33</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45966.9253240741</x:v>
+        <x:v>45989.8197453704</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>42.627</x:v>
+        <x:v>53.567</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>32.79</x:v>
+        <x:v>41.34</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45989.3082638889</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>41.171</x:v>
+        <x:v>53.099</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>31.67</x:v>
+        <x:v>40.98</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45964.9228587963</x:v>
+        <x:v>45987.9266435185</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>42.978</x:v>
+        <x:v>53.274</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>33.06</x:v>
+        <x:v>40.98</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45961.8819907407</x:v>
+        <x:v>45986.9249305556</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>42.64</x:v>
+        <x:v>50.856</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>32.8</x:v>
+        <x:v>39.12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45982.9249768518</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>43.01</x:v>
+        <x:v>47.515</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>33.085</x:v>
+        <x:v>36.55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45959.8897800926</x:v>
+        <x:v>45981.9258796296</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>41.665</x:v>
+        <x:v>46.8</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>32.05</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45958.8875</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>41.418</x:v>
+        <x:v>49.049</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>31.86</x:v>
+        <x:v>37.73</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45957.8876157407</x:v>
+        <x:v>45979.9258564815</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>41.392</x:v>
+        <x:v>49.062</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>31.84</x:v>
+        <x:v>37.74</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45954.9259143519</x:v>
+        <x:v>45978.9281828704</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>42.224</x:v>
+        <x:v>48.048</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>32.48</x:v>
+        <x:v>36.96</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45953.9278935185</x:v>
+        <x:v>45975.925775463</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>41.535</x:v>
+        <x:v>48.139</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>31.95</x:v>
+        <x:v>37.03</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45952.9304398148</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>40.989</x:v>
+        <x:v>47.346</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>31.53</x:v>
+        <x:v>36.42</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45973.9253009259</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>40.956</x:v>
+        <x:v>48.529</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>31.505</x:v>
+        <x:v>37.33</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45950.9289583333</x:v>
+        <x:v>45972.9253703704</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>45.149</x:v>
+        <x:v>46.553</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>34.73</x:v>
+        <x:v>35.81</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45971.9254050926</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>43.329</x:v>
+        <x:v>45.292</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>33.33</x:v>
+        <x:v>34.84</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45946.9261921296</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
         <x:v>0.05</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>46.345</x:v>
+        <x:v>43.017</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>35.65</x:v>
+        <x:v>33.09</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45945.9257060185</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>45.084</x:v>
+        <x:v>42.315</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>34.68</x:v>
+        <x:v>32.55</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45944.9308449074</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>43.29</x:v>
+        <x:v>42.627</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>33.3</x:v>
+        <x:v>32.79</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45943.926712963</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>43.446</x:v>
+        <x:v>41.171</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>33.42</x:v>
+        <x:v>31.67</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>42.562</x:v>
+        <x:v>42.978</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>32.74</x:v>
+        <x:v>33.06</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>44.07</x:v>
+        <x:v>42.64</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>33.9</x:v>
+        <x:v>32.8</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>43.186</x:v>
+        <x:v>43.01</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>33.22</x:v>
+        <x:v>33.085</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>44.239</x:v>
+        <x:v>41.665</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>34.03</x:v>
+        <x:v>32.05</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>44.135</x:v>
+        <x:v>41.418</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>33.95</x:v>
+        <x:v>31.86</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>44.096</x:v>
+        <x:v>41.392</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>33.92</x:v>
+        <x:v>31.84</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>43.823</x:v>
+        <x:v>42.224</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>33.71</x:v>
+        <x:v>32.48</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>42.601</x:v>
+        <x:v>41.535</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>32.77</x:v>
+        <x:v>31.95</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>43.082</x:v>
+        <x:v>40.989</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>33.14</x:v>
+        <x:v>31.53</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>44.824</x:v>
+        <x:v>40.956</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>34.48</x:v>
+        <x:v>31.505</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
         <x:v>0.05</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>44.538</x:v>
+        <x:v>45.149</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>34.26</x:v>
+        <x:v>34.73</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>43.641</x:v>
+        <x:v>43.329</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>33.57</x:v>
+        <x:v>33.33</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45923.925162037</x:v>
+        <x:v>45946.9261921296</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
         <x:v>0.05</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>44.902</x:v>
+        <x:v>46.345</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>34.54</x:v>
+        <x:v>35.65</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45922.9267013889</x:v>
+        <x:v>45945.9257060185</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
         <x:v>0.05</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>45.968</x:v>
+        <x:v>45.084</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>35.36</x:v>
+        <x:v>34.68</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45919.934224537</x:v>
+        <x:v>45944.9308449074</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>42.887</x:v>
+        <x:v>43.29</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>32.99</x:v>
+        <x:v>33.3</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45918.9265277778</x:v>
+        <x:v>45943.926712963</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>39.091</x:v>
+        <x:v>43.446</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>30.07</x:v>
+        <x:v>33.42</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45917.9271180556</x:v>
+        <x:v>45940.9234837963</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>38.324</x:v>
+        <x:v>42.562</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>29.48</x:v>
+        <x:v>32.74</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45938.9270601852</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>37.492</x:v>
+        <x:v>44.07</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>28.84</x:v>
+        <x:v>33.9</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45937.9282175926</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>37.739</x:v>
+        <x:v>43.186</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>29.03</x:v>
+        <x:v>33.22</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45912.9234837963</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>37.739</x:v>
+        <x:v>44.239</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>29.03</x:v>
+        <x:v>34.03</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45933.9288888889</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>38.22</x:v>
+        <x:v>44.135</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>29.4</x:v>
+        <x:v>33.95</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45910.9240625</x:v>
+        <x:v>45932.9250347222</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>38.324</x:v>
+        <x:v>44.096</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>29.48</x:v>
+        <x:v>33.92</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45909.924537037</x:v>
+        <x:v>45931.9293634259</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>37.908</x:v>
+        <x:v>43.823</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>29.16</x:v>
+        <x:v>33.71</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45908.9240277778</x:v>
+        <x:v>45930.9338773148</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>37.687</x:v>
+        <x:v>42.601</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>28.99</x:v>
+        <x:v>32.77</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45929.9323842593</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>36.933</x:v>
+        <x:v>43.082</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>28.41</x:v>
+        <x:v>33.14</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45926.9299537037</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>35.399</x:v>
+        <x:v>44.824</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>27.23</x:v>
+        <x:v>34.48</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45903.9235763889</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>35.256</x:v>
+        <x:v>44.538</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>27.12</x:v>
+        <x:v>34.26</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45902.9238541667</x:v>
+        <x:v>45924.9296990741</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>35.009</x:v>
+        <x:v>43.641</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>26.93</x:v>
+        <x:v>33.57</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45898.9303935185</x:v>
+        <x:v>45923.925162037</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>34.469</x:v>
+        <x:v>44.902</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>26.63</x:v>
+        <x:v>34.54</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45898.3268518519</x:v>
+        <x:v>45922.9267013889</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>34.014</x:v>
+        <x:v>45.968</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>26.28</x:v>
+        <x:v>35.36</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45919.934224537</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>34.164</x:v>
+        <x:v>42.887</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>26.28</x:v>
+        <x:v>32.99</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45896.924837963</x:v>
+        <x:v>45918.9265277778</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>34.359</x:v>
+        <x:v>39.091</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>26.43</x:v>
+        <x:v>30.07</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45917.9271180556</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>34.801</x:v>
+        <x:v>38.324</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>26.77</x:v>
+        <x:v>29.48</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45894.9239351852</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>34.164</x:v>
+        <x:v>37.492</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>26.28</x:v>
+        <x:v>28.84</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>34.06</x:v>
+        <x:v>37.739</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>26.2</x:v>
+        <x:v>29.03</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45890.9257060185</x:v>
+        <x:v>45912.9234837963</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>33.189</x:v>
+        <x:v>37.739</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>25.53</x:v>
+        <x:v>29.03</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45889.9243287037</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>32.292</x:v>
+        <x:v>38.22</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>24.84</x:v>
+        <x:v>29.4</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45888.9238194444</x:v>
+        <x:v>45910.9240625</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>31.161</x:v>
+        <x:v>38.324</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>23.97</x:v>
+        <x:v>29.48</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45887.9246180556</x:v>
+        <x:v>45909.924537037</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>31.538</x:v>
+        <x:v>37.908</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>24.26</x:v>
+        <x:v>29.16</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45884.9247800926</x:v>
+        <x:v>45908.9240277778</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>31.33</x:v>
+        <x:v>37.687</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>24.1</x:v>
+        <x:v>28.99</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45883.9240393518</x:v>
+        <x:v>45905.9285648148</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>30.706</x:v>
+        <x:v>36.933</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>23.62</x:v>
+        <x:v>28.41</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45904.9245601852</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>31.018</x:v>
+        <x:v>35.399</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>23.86</x:v>
+        <x:v>27.23</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45881.9233912037</x:v>
+        <x:v>45903.9235763889</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>30.55</x:v>
+        <x:v>35.256</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>23.5</x:v>
+        <x:v>27.12</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45880.9236111111</x:v>
+        <x:v>45902.9238541667</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>29.692</x:v>
+        <x:v>35.009</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>22.84</x:v>
+        <x:v>26.93</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45877.9331828704</x:v>
+        <x:v>45898.9303935185</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>30.459</x:v>
+        <x:v>34.469</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>23.43</x:v>
+        <x:v>26.63</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45876.9384953704</x:v>
+        <x:v>45898.3268518519</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>29.991</x:v>
+        <x:v>34.014</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>23.07</x:v>
+        <x:v>26.28</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45875.9344097222</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>29.549</x:v>
+        <x:v>34.164</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>22.73</x:v>
+        <x:v>26.28</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45896.924837963</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>29.302</x:v>
+        <x:v>34.359</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>22.54</x:v>
+        <x:v>26.43</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45873.931400463</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>28.834</x:v>
+        <x:v>34.801</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>22.18</x:v>
+        <x:v>26.77</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45870.9273842593</x:v>
+        <x:v>45894.9239351852</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>27.781</x:v>
+        <x:v>34.164</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>21.37</x:v>
+        <x:v>26.28</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45869.9244560185</x:v>
+        <x:v>45891.9252083333</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>27.456</x:v>
+        <x:v>34.06</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>21.12</x:v>
+        <x:v>26.2</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45868.9255439815</x:v>
+        <x:v>45890.9257060185</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>27.43</x:v>
+        <x:v>33.189</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>21.1</x:v>
+        <x:v>25.53</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45867.9289467593</x:v>
+        <x:v>45889.9243287037</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>27.95</x:v>
+        <x:v>32.292</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>21.5</x:v>
+        <x:v>24.84</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45866.9278009259</x:v>
+        <x:v>45888.9238194444</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>27.833</x:v>
+        <x:v>31.161</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>21.41</x:v>
+        <x:v>23.97</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45863.9269212963</x:v>
+        <x:v>45887.9246180556</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>28.262</x:v>
+        <x:v>31.538</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>21.74</x:v>
+        <x:v>24.26</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45862.9246180556</x:v>
+        <x:v>45884.9247800926</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>28.002</x:v>
+        <x:v>31.33</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>21.54</x:v>
+        <x:v>24.1</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45861.926412037</x:v>
+        <x:v>45883.9240393518</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>28.119</x:v>
+        <x:v>30.706</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>21.63</x:v>
+        <x:v>23.62</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45860.9261226852</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>28.262</x:v>
+        <x:v>31.018</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>21.74</x:v>
+        <x:v>23.86</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45859.9272800926</x:v>
+        <x:v>45881.9233912037</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>27.703</x:v>
+        <x:v>30.55</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>21.31</x:v>
+        <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45856.9492013889</x:v>
+        <x:v>45880.9236111111</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>26.949</x:v>
+        <x:v>29.692</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>20.73</x:v>
+        <x:v>22.84</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45855.9327893518</x:v>
+        <x:v>45877.9331828704</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>27.053</x:v>
+        <x:v>30.459</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>20.81</x:v>
+        <x:v>23.43</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45854.9360185185</x:v>
+        <x:v>45876.9384953704</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>27.586</x:v>
+        <x:v>29.991</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>21.22</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45853.9275925926</x:v>
+        <x:v>45875.9344097222</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>27.339</x:v>
+        <x:v>29.549</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>21.03</x:v>
+        <x:v>22.73</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45852.9328819444</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>27.612</x:v>
+        <x:v>29.302</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>21.24</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45849.9250347222</x:v>
+        <x:v>45873.931400463</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>27.586</x:v>
+        <x:v>28.834</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>21.22</x:v>
+        <x:v>22.18</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45848.9261805556</x:v>
+        <x:v>45870.9273842593</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>27.391</x:v>
+        <x:v>27.781</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>21.07</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45847.925787037</x:v>
+        <x:v>45869.9244560185</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>27.17</x:v>
+        <x:v>27.456</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>20.9</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45846.924849537</x:v>
+        <x:v>45868.9255439815</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>26.949</x:v>
+        <x:v>27.43</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>20.73</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45845.9274884259</x:v>
+        <x:v>45867.9289467593</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
         <x:v>0.27</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>28.08</x:v>
+        <x:v>27.95</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>21.6</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45841.8023611111</x:v>
+        <x:v>45866.9278009259</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
         <x:v>0.27</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>27.898</x:v>
+        <x:v>27.833</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>21.46</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45840.9304282407</x:v>
+        <x:v>45863.9269212963</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>27.586</x:v>
+        <x:v>28.262</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>21.22</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45839.9249768518</x:v>
+        <x:v>45862.9246180556</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>27.105</x:v>
+        <x:v>28.002</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>20.85</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45861.926412037</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>27.066</x:v>
+        <x:v>28.119</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>20.82</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45835.9281828704</x:v>
+        <x:v>45860.9261226852</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>26.598</x:v>
+        <x:v>28.262</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>20.46</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45834.9274074074</x:v>
+        <x:v>45859.9272800926</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>27.56</x:v>
+        <x:v>27.703</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>21.2</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45833.9267824074</x:v>
+        <x:v>45856.9492013889</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>27.131</x:v>
+        <x:v>26.949</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>20.87</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45832.9265740741</x:v>
+        <x:v>45855.9327893518</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>26.878</x:v>
+        <x:v>27.053</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>20.675</x:v>
+        <x:v>20.81</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45831.9246643518</x:v>
+        <x:v>45854.9360185185</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>27.534</x:v>
+        <x:v>27.586</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>21.18</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45828.9428935185</x:v>
+        <x:v>45853.9275925926</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>27.222</x:v>
+        <x:v>27.339</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>20.94</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45826.9303587963</x:v>
+        <x:v>45852.9328819444</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>27.469</x:v>
+        <x:v>27.612</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>21.13</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45825.9254050926</x:v>
+        <x:v>45849.9250347222</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
         <x:v>0.28</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>27.755</x:v>
+        <x:v>27.586</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>21.35</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45824.9235416667</x:v>
+        <x:v>45848.9261805556</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>27.833</x:v>
+        <x:v>27.391</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>21.41</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45821.9252546296</x:v>
+        <x:v>45847.925787037</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>28.067</x:v>
+        <x:v>27.17</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>21.59</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45820.9288657407</x:v>
+        <x:v>45846.924849537</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>27.209</x:v>
+        <x:v>26.949</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>20.93</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45819.923587963</x:v>
+        <x:v>45845.9274884259</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>26.312</x:v>
+        <x:v>28.08</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>20.24</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45818.9234490741</x:v>
+        <x:v>45841.8023611111</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>26.052</x:v>
+        <x:v>27.898</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>20.04</x:v>
+        <x:v>21.46</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45817.9249189815</x:v>
+        <x:v>45840.9304282407</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>26.403</x:v>
+        <x:v>27.586</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>20.31</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45814.9278935185</x:v>
+        <x:v>45839.9249768518</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>25.766</x:v>
+        <x:v>27.105</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>19.82</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45813.93125</x:v>
+        <x:v>45838.9258564815</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>26.039</x:v>
+        <x:v>27.066</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>20.03</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45812.9289583333</x:v>
+        <x:v>45835.9281828704</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>26.182</x:v>
+        <x:v>26.598</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>20.14</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45811.9361805556</x:v>
+        <x:v>45834.9274074074</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>26.117</x:v>
+        <x:v>27.56</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>20.09</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45810.9414583333</x:v>
+        <x:v>45833.9267824074</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>26.416</x:v>
+        <x:v>27.131</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>20.32</x:v>
+        <x:v>20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45800.9242476852</x:v>
+        <x:v>45832.9265740741</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>24.791</x:v>
+        <x:v>26.878</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>19.07</x:v>
+        <x:v>20.675</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45799.9262847222</x:v>
+        <x:v>45831.9246643518</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>24.271</x:v>
+        <x:v>27.534</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>18.67</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45798.9249421296</x:v>
+        <x:v>45828.9428935185</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>24.466</x:v>
+        <x:v>27.222</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>18.82</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45797.9233796296</x:v>
+        <x:v>45826.9303587963</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>24.271</x:v>
+        <x:v>27.469</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>18.67</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45796.9244560185</x:v>
+        <x:v>45825.9254050926</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>23.66</x:v>
+        <x:v>27.755</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>18.2</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45793.9259490741</x:v>
+        <x:v>45824.9235416667</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>23.179</x:v>
+        <x:v>27.833</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>17.83</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45792.9360069444</x:v>
+        <x:v>45821.9252546296</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>23.335</x:v>
+        <x:v>28.067</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>17.95</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45791.9275231482</x:v>
+        <x:v>45820.9288657407</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>22.919</x:v>
+        <x:v>27.209</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>17.63</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45790.9286689815</x:v>
+        <x:v>45819.923587963</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>23.608</x:v>
+        <x:v>26.312</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>18.16</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45789.9278240741</x:v>
+        <x:v>45818.9234490741</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>23.699</x:v>
+        <x:v>26.052</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>18.23</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45786.9253819444</x:v>
+        <x:v>45817.9249189815</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>25.298</x:v>
+        <x:v>26.403</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>19.46</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45785.9240046296</x:v>
+        <x:v>45814.9278935185</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>24.518</x:v>
+        <x:v>25.766</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>18.86</x:v>
+        <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45784.9235300926</x:v>
+        <x:v>45813.93125</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>25.22</x:v>
+        <x:v>26.039</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>19.4</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45783.9247916667</x:v>
+        <x:v>45812.9289583333</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>24.999</x:v>
+        <x:v>26.182</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>19.23</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45782.9244560185</x:v>
+        <x:v>45811.9361805556</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>24.232</x:v>
+        <x:v>26.117</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>18.64</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45779.9288773148</x:v>
+        <x:v>45810.9414583333</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>23.933</x:v>
+        <x:v>26.416</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>18.41</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45777.9324305556</x:v>
+        <x:v>45800.9242476852</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>24.752</x:v>
+        <x:v>24.791</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>19.04</x:v>
+        <x:v>19.07</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45776.9248611111</x:v>
+        <x:v>45799.9262847222</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
         <x:v>0.45</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>24.57</x:v>
+        <x:v>24.271</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>18.9</x:v>
+        <x:v>18.67</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45775.9312962963</x:v>
+        <x:v>45798.9249421296</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>25.09</x:v>
+        <x:v>24.466</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>19.3</x:v>
+        <x:v>18.82</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45772.9278819444</x:v>
+        <x:v>45797.9233796296</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>24.765</x:v>
+        <x:v>24.271</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>19.05</x:v>
+        <x:v>18.67</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45771.9286458333</x:v>
+        <x:v>45796.9244560185</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>25.233</x:v>
+        <x:v>23.66</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>19.41</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45770.9298148148</x:v>
+        <x:v>45793.9259490741</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>24.778</x:v>
+        <x:v>23.179</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>19.06</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45769.9290972222</x:v>
+        <x:v>45792.9360069444</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>25.961</x:v>
+        <x:v>23.335</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>19.97</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45764.9308333333</x:v>
+        <x:v>45791.9275231482</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>26.221</x:v>
+        <x:v>22.919</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>20.17</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45763.9303472222</x:v>
+        <x:v>45790.9286689815</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>26.845</x:v>
+        <x:v>23.608</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>20.65</x:v>
+        <x:v>18.16</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45762.9291087963</x:v>
+        <x:v>45789.9278240741</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>26.416</x:v>
+        <x:v>23.699</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>20.32</x:v>
+        <x:v>18.23</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45761.9296412037</x:v>
+        <x:v>45786.9253819444</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>26.533</x:v>
+        <x:v>25.298</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>20.41</x:v>
+        <x:v>19.46</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45758.925474537</x:v>
+        <x:v>45785.9240046296</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>26.767</x:v>
+        <x:v>24.518</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>20.59</x:v>
+        <x:v>18.86</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45757.9250347222</x:v>
+        <x:v>45784.9235300926</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>25.012</x:v>
+        <x:v>25.22</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>19.24</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45756.9251041667</x:v>
+        <x:v>45783.9247916667</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>24.44</x:v>
+        <x:v>24.999</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>18.8</x:v>
+        <x:v>19.23</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45755.9267476852</x:v>
+        <x:v>45782.9244560185</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>22.776</x:v>
+        <x:v>24.232</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>17.52</x:v>
+        <x:v>18.64</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45754.9257060185</x:v>
+        <x:v>45779.9288773148</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>22.932</x:v>
+        <x:v>23.933</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>17.64</x:v>
+        <x:v>18.41</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45751.9453240741</x:v>
+        <x:v>45777.9324305556</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>22.971</x:v>
+        <x:v>24.752</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>17.67</x:v>
+        <x:v>19.04</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45750.9256481481</x:v>
+        <x:v>45776.9248611111</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>25.194</x:v>
+        <x:v>24.57</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>19.38</x:v>
+        <x:v>18.9</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45748.9242476852</x:v>
+        <x:v>45775.9312962963</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>25.558</x:v>
+        <x:v>25.09</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>19.66</x:v>
+        <x:v>19.3</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45747.9264351852</x:v>
+        <x:v>45772.9278819444</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>25.272</x:v>
+        <x:v>24.765</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>19.44</x:v>
+        <x:v>19.05</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45744.8839467593</x:v>
+        <x:v>45771.9286458333</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>24.882</x:v>
+        <x:v>25.233</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>19.14</x:v>
+        <x:v>19.41</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45743.887974537</x:v>
+        <x:v>45770.9298148148</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>25.428</x:v>
+        <x:v>24.778</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>19.56</x:v>
+        <x:v>19.06</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45742.8862731481</x:v>
+        <x:v>45769.9290972222</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>25.103</x:v>
+        <x:v>25.961</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>19.31</x:v>
+        <x:v>19.97</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45741.8885069444</x:v>
+        <x:v>45764.9308333333</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>25.155</x:v>
+        <x:v>26.221</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>19.35</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45740.8886574074</x:v>
+        <x:v>45763.9303472222</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>24.557</x:v>
+        <x:v>26.845</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>18.89</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45737.893287037</x:v>
+        <x:v>45762.9291087963</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>24.531</x:v>
+        <x:v>26.416</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>18.87</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45736.891875</x:v>
+        <x:v>45761.9296412037</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>25.064</x:v>
+        <x:v>26.533</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>19.28</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45735.8917708333</x:v>
+        <x:v>45758.925474537</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>25.207</x:v>
+        <x:v>26.767</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>19.39</x:v>
+        <x:v>20.59</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45734.8849421296</x:v>
+        <x:v>45757.9250347222</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>25.129</x:v>
+        <x:v>25.012</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>19.33</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45733.8858217593</x:v>
+        <x:v>45756.9251041667</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>24.934</x:v>
+        <x:v>24.44</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>19.18</x:v>
+        <x:v>18.8</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45730.891087963</x:v>
+        <x:v>45755.9267476852</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>24.349</x:v>
+        <x:v>22.776</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>18.78</x:v>
+        <x:v>17.52</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45729.9202083333</x:v>
+        <x:v>45754.9257060185</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>24.349</x:v>
+        <x:v>22.932</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>0</x:v>
+        <x:v>17.64</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45728.8941435185</x:v>
+        <x:v>45751.9453240741</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>23.842</x:v>
+        <x:v>22.971</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>0</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45727.8961458333</x:v>
+        <x:v>45750.9256481481</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>23.985</x:v>
+        <x:v>25.194</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>18.45</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45726.8938888889</x:v>
+        <x:v>45748.9242476852</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>24.18</x:v>
+        <x:v>25.558</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>18.6</x:v>
+        <x:v>19.66</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45723.9237847222</x:v>
+        <x:v>45747.9264351852</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>23.998</x:v>
+        <x:v>25.272</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>18.46</x:v>
+        <x:v>19.44</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45722.9231944444</x:v>
+        <x:v>45744.8839467593</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>23.998</x:v>
+        <x:v>24.882</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>18.46</x:v>
+        <x:v>19.14</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45721.926875</x:v>
+        <x:v>45743.887974537</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>23.049</x:v>
+        <x:v>25.428</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>17.73</x:v>
+        <x:v>19.56</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45720.9246412037</x:v>
+        <x:v>45742.8862731481</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>22.997</x:v>
+        <x:v>25.103</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>17.69</x:v>
+        <x:v>19.31</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45719.9237268519</x:v>
+        <x:v>45741.8885069444</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>23.075</x:v>
+        <x:v>25.155</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>17.75</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45716.9269328704</x:v>
+        <x:v>45740.8886574074</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>23.127</x:v>
+        <x:v>24.557</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>17.79</x:v>
+        <x:v>18.89</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45716.3362962963</x:v>
+        <x:v>45737.893287037</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>23.127</x:v>
+        <x:v>24.531</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>17.79</x:v>
+        <x:v>18.87</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45715.92375</x:v>
+        <x:v>45736.891875</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>23.985</x:v>
+        <x:v>25.064</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>18.45</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45714.9285300926</x:v>
+        <x:v>45735.8917708333</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>23.504</x:v>
+        <x:v>25.207</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>18.08</x:v>
+        <x:v>19.39</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45713.9239236111</x:v>
+        <x:v>45734.8849421296</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>23.751</x:v>
+        <x:v>25.129</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>18.27</x:v>
+        <x:v>19.33</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45712.9269097222</x:v>
+        <x:v>45733.8858217593</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>23.79</x:v>
+        <x:v>24.934</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>18.3</x:v>
+        <x:v>19.18</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45709.9265162037</x:v>
+        <x:v>45730.891087963</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>24.466</x:v>
+        <x:v>24.349</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>18.82</x:v>
+        <x:v>18.78</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45708.9231712963</x:v>
+        <x:v>45729.9202083333</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>24.414</x:v>
+        <x:v>24.349</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>18.78</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45707.9353356482</x:v>
+        <x:v>45728.8941435185</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>23.868</x:v>
+        <x:v>23.842</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>18.36</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45706.929375</x:v>
+        <x:v>45727.8961458333</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>23.322</x:v>
+        <x:v>23.985</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>17.94</x:v>
+        <x:v>18.45</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45702.9275694444</x:v>
+        <x:v>45726.8938888889</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>23.972</x:v>
+        <x:v>24.18</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>18.44</x:v>
+        <x:v>18.6</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45700.925474537</x:v>
+        <x:v>45723.9237847222</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>22.191</x:v>
+        <x:v>23.998</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>17.07</x:v>
+        <x:v>18.46</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45699.9276157407</x:v>
+        <x:v>45722.9231944444</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>22.672</x:v>
+        <x:v>23.998</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>17.44</x:v>
+        <x:v>18.46</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45698.9262384259</x:v>
+        <x:v>45721.926875</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>22.672</x:v>
+        <x:v>23.049</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>17.44</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45695.9359953704</x:v>
+        <x:v>45720.9246412037</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>22.334</x:v>
+        <x:v>22.997</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>17.18</x:v>
+        <x:v>17.69</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45694.9237152778</x:v>
+        <x:v>45719.9237268519</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>22.295</x:v>
+        <x:v>23.075</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>17.15</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45693.9253356481</x:v>
+        <x:v>45716.9269328704</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>22.295</x:v>
+        <x:v>23.127</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>17.15</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45692.9271180556</x:v>
+        <x:v>45716.3362962963</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>21.71</x:v>
+        <x:v>23.127</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>16.7</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45691.928125</x:v>
+        <x:v>45715.92375</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>21.528</x:v>
+        <x:v>23.985</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>16.56</x:v>
+        <x:v>18.45</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45688.9467476852</x:v>
+        <x:v>45714.9285300926</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>21.281</x:v>
+        <x:v>23.504</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>16.37</x:v>
+        <x:v>18.08</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45687.9293402778</x:v>
+        <x:v>45713.9239236111</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>21.541</x:v>
+        <x:v>23.751</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>16.57</x:v>
+        <x:v>18.27</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45686.9239814815</x:v>
+        <x:v>45712.9269097222</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>20.748</x:v>
+        <x:v>23.79</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>15.96</x:v>
+        <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45685.9323032407</x:v>
+        <x:v>45709.9265162037</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>20.748</x:v>
+        <x:v>24.466</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>15.96</x:v>
+        <x:v>18.82</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45681.9228125</x:v>
+        <x:v>45708.9231712963</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>20.969</x:v>
+        <x:v>24.414</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>16.13</x:v>
+        <x:v>18.78</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45679.9244212963</x:v>
+        <x:v>45707.9353356482</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>1</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>20.501</x:v>
+        <x:v>23.868</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>15.77</x:v>
+        <x:v>18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45678.9235069444</x:v>
+        <x:v>45706.929375</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>20.754</x:v>
+        <x:v>23.322</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>15.965</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45674.9244907407</x:v>
+        <x:v>45702.9275694444</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>20.8</x:v>
+        <x:v>23.972</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>16</x:v>
+        <x:v>18.44</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45673.9255902778</x:v>
+        <x:v>45700.925474537</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>1</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>20.475</x:v>
+        <x:v>22.191</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>15.75</x:v>
+        <x:v>17.07</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45672.9260532407</x:v>
+        <x:v>45699.9276157407</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>0.98</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>20.592</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>15.84</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45671.9241203704</x:v>
+        <x:v>45698.9262384259</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>1.03</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>20.254</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>15.58</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45670.9315162037</x:v>
+        <x:v>45695.9359953704</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>1.06</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>20.085</x:v>
+        <x:v>22.334</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>15.45</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45667.9296990741</x:v>
+        <x:v>45694.9237152778</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>20.436</x:v>
+        <x:v>22.295</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>15.72</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45665.9257986111</x:v>
+        <x:v>45693.9253356481</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>20.592</x:v>
+        <x:v>22.295</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>15.84</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45664.9260532407</x:v>
+        <x:v>45692.9271180556</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>1.04</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>20.241</x:v>
+        <x:v>21.71</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>15.57</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45663.923287037</x:v>
+        <x:v>45691.928125</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>20.15</x:v>
+        <x:v>21.528</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>15.5</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45660.9250462963</x:v>
+        <x:v>45688.9467476852</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>20.592</x:v>
+        <x:v>21.281</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>15.84</x:v>
+        <x:v>16.37</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45659.9244791667</x:v>
+        <x:v>45687.9293402778</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>20.761</x:v>
+        <x:v>21.541</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>15.97</x:v>
+        <x:v>16.57</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45656.9242476852</x:v>
+        <x:v>45686.9239814815</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>20.098</x:v>
+        <x:v>20.748</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>15.46</x:v>
+        <x:v>15.96</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45653.9297569444</x:v>
+        <x:v>45685.9323032407</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>1.02</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>20.384</x:v>
+        <x:v>20.748</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>15.68</x:v>
+        <x:v>15.96</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45649.9279976852</x:v>
+        <x:v>45681.9228125</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>1.04</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>20.267</x:v>
+        <x:v>20.969</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>15.59</x:v>
+        <x:v>16.13</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45646.9391666667</x:v>
+        <x:v>45679.9244212963</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>20.098</x:v>
+        <x:v>20.501</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>15.46</x:v>
+        <x:v>15.77</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45646.9253009259</x:v>
+        <x:v>45678.9235069444</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>20.098</x:v>
+        <x:v>20.754</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>15.46</x:v>
+        <x:v>15.965</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45645.9285648148</x:v>
+        <x:v>45674.9244907407</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>19.799</x:v>
+        <x:v>20.8</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>15.23</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45644.9406134259</x:v>
+        <x:v>45673.9255902778</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>1.06</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>20.163</x:v>
+        <x:v>20.475</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>15.51</x:v>
+        <x:v>15.75</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45643.9374074074</x:v>
+        <x:v>45672.9260532407</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>21.112</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>16.24</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45642.9331712963</x:v>
+        <x:v>45671.9241203704</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>21.255</x:v>
+        <x:v>20.254</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>16.35</x:v>
+        <x:v>15.58</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45639.9310532407</x:v>
+        <x:v>45670.9315162037</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>0.85</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>21.814</x:v>
+        <x:v>20.085</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>16.78</x:v>
+        <x:v>15.45</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45638.9302314815</x:v>
+        <x:v>45667.9296990741</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>0.79</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>22.321</x:v>
+        <x:v>20.436</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>17.17</x:v>
+        <x:v>15.72</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45637.9259722222</x:v>
+        <x:v>45665.9257986111</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>22.919</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>17.63</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45636.9246296296</x:v>
+        <x:v>45664.9260532407</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>0.81</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>22.282</x:v>
+        <x:v>20.241</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>17.14</x:v>
+        <x:v>15.57</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45635.9293055556</x:v>
+        <x:v>45663.923287037</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>0.81</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>22.204</x:v>
+        <x:v>20.15</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>17.08</x:v>
+        <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45632.9301851852</x:v>
+        <x:v>45660.9250462963</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>21.801</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>16.77</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45631.9230671296</x:v>
+        <x:v>45659.9244791667</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>22.035</x:v>
+        <x:v>20.761</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>16.95</x:v>
+        <x:v>15.97</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45630.9239699074</x:v>
+        <x:v>45656.9242476852</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>0.78</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>22.581</x:v>
+        <x:v>20.098</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>17.37</x:v>
+        <x:v>15.46</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45628.9241435185</x:v>
+        <x:v>45653.9297569444</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>0.8</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>22.373</x:v>
+        <x:v>20.384</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>17.21</x:v>
+        <x:v>15.68</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45625.8309375</x:v>
+        <x:v>45649.9279976852</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>0.76</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>22.737</x:v>
+        <x:v>20.267</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>17.49</x:v>
+        <x:v>15.59</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45625.334537037</x:v>
+        <x:v>45646.9391666667</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>0.74</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>22.841</x:v>
+        <x:v>20.098</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>17.57</x:v>
+        <x:v>15.46</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45623.9383796296</x:v>
+        <x:v>45646.9253009259</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>0.77</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>22.841</x:v>
+        <x:v>20.098</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>17.57</x:v>
+        <x:v>15.46</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45622.9256365741</x:v>
+        <x:v>45645.9285648148</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>0.77</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>22.828</x:v>
+        <x:v>19.799</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>17.56</x:v>
+        <x:v>15.23</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45621.9280324074</x:v>
+        <x:v>45644.9406134259</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>0.75</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>22.984</x:v>
+        <x:v>20.163</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>17.68</x:v>
+        <x:v>15.51</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45618.9262037037</x:v>
+        <x:v>45643.9374074074</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>23.686</x:v>
+        <x:v>21.112</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>18.22</x:v>
+        <x:v>16.24</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45617.9238078704</x:v>
+        <x:v>45642.9331712963</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>23.556</x:v>
+        <x:v>21.255</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>18.12</x:v>
+        <x:v>16.35</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45616.9246643518</x:v>
+        <x:v>45639.9310532407</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>23.257</x:v>
+        <x:v>21.814</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>17.89</x:v>
+        <x:v>16.78</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45615.9253240741</x:v>
+        <x:v>45638.9302314815</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>23.036</x:v>
+        <x:v>22.321</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>17.72</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45614.9241898148</x:v>
+        <x:v>45637.9259722222</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>22.36</x:v>
+        <x:v>22.919</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>17.2</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45611.9274189815</x:v>
+        <x:v>45636.9246296296</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>21.645</x:v>
+        <x:v>22.282</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>16.65</x:v>
+        <x:v>17.14</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45610.9252430556</x:v>
+        <x:v>45635.9293055556</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>21.905</x:v>
+        <x:v>22.204</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>16.85</x:v>
+        <x:v>17.08</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45609.9228703704</x:v>
+        <x:v>45632.9301851852</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>21.827</x:v>
+        <x:v>21.801</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>16.79</x:v>
+        <x:v>16.77</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45608.9378240741</x:v>
+        <x:v>45631.9230671296</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>22.126</x:v>
+        <x:v>22.035</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>17.02</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45607.9260532407</x:v>
+        <x:v>45630.9239699074</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>22.62</x:v>
+        <x:v>22.581</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>17.4</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45604.925625</x:v>
+        <x:v>45628.9241435185</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>23.92</x:v>
+        <x:v>22.373</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>18.4</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45603.923900463</x:v>
+        <x:v>45625.8309375</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>24.024</x:v>
+        <x:v>22.737</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>18.48</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45602.9256597222</x:v>
+        <x:v>45625.334537037</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>23.959</x:v>
+        <x:v>22.841</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>18.43</x:v>
+        <x:v>17.57</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45601.9256134259</x:v>
+        <x:v>45623.9383796296</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>24.544</x:v>
+        <x:v>22.841</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>18.88</x:v>
+        <x:v>17.57</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45600.9294560185</x:v>
+        <x:v>45622.9256365741</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>24.57</x:v>
+        <x:v>22.828</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>18.9</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45597.8878356482</x:v>
+        <x:v>45621.9280324074</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>24.765</x:v>
+        <x:v>22.984</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>19.05</x:v>
+        <x:v>17.68</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45596.8871064815</x:v>
+        <x:v>45618.9262037037</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>25.116</x:v>
+        <x:v>23.686</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>19.32</x:v>
+        <x:v>18.22</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45595.8839930556</x:v>
+        <x:v>45617.9238078704</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>26.065</x:v>
+        <x:v>23.556</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>20.05</x:v>
+        <x:v>18.12</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45594.8862962963</x:v>
+        <x:v>45616.9246643518</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>26.358</x:v>
+        <x:v>23.257</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>20.275</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45593.8878240741</x:v>
+        <x:v>45615.9253240741</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>25.987</x:v>
+        <x:v>23.036</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>19.99</x:v>
+        <x:v>17.72</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45590.9259027778</x:v>
+        <x:v>45614.9241898148</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>25.493</x:v>
+        <x:v>22.36</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>19.61</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45589.9268402778</x:v>
+        <x:v>45611.9274189815</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>26.416</x:v>
+        <x:v>21.645</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>20.32</x:v>
+        <x:v>16.65</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45588.9251041667</x:v>
+        <x:v>45610.9252430556</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>27.04</x:v>
+        <x:v>21.905</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>20.8</x:v>
+        <x:v>16.85</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45587.928599537</x:v>
+        <x:v>45609.9228703704</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>27.547</x:v>
+        <x:v>21.827</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>21.19</x:v>
+        <x:v>16.79</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45586.9257291667</x:v>
+        <x:v>45608.9378240741</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>27.118</x:v>
+        <x:v>22.126</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>20.86</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45582.9403240741</x:v>
+        <x:v>45607.9260532407</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>26.442</x:v>
+        <x:v>22.62</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>20.34</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45580.9392939815</x:v>
+        <x:v>45604.925625</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>26.273</x:v>
+        <x:v>23.92</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>20.21</x:v>
+        <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45579.9269444444</x:v>
+        <x:v>45603.923900463</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>25.974</x:v>
+        <x:v>24.024</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>19.98</x:v>
+        <x:v>18.48</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45576.9277430556</x:v>
+        <x:v>45602.9256597222</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>25.987</x:v>
+        <x:v>23.959</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>19.99</x:v>
+        <x:v>18.43</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45575.9297800926</x:v>
+        <x:v>45601.9256134259</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>26.091</x:v>
+        <x:v>24.544</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>20.07</x:v>
+        <x:v>18.88</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45574.9233217593</x:v>
+        <x:v>45600.9294560185</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>25.558</x:v>
+        <x:v>24.57</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>19.66</x:v>
+        <x:v>18.9</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45573.922662037</x:v>
+        <x:v>45597.8878356482</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>25.558</x:v>
+        <x:v>24.765</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>19.66</x:v>
+        <x:v>19.05</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45572.9229398148</x:v>
+        <x:v>45596.8871064815</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>25.844</x:v>
+        <x:v>25.116</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>19.88</x:v>
+        <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45569.9240046296</x:v>
+        <x:v>45595.8839930556</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>26.143</x:v>
+        <x:v>26.065</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>20.11</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45568.9236111111</x:v>
+        <x:v>45594.8862962963</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>25.805</x:v>
+        <x:v>26.358</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>19.85</x:v>
+        <x:v>20.275</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45567.9237384259</x:v>
+        <x:v>45593.8878240741</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
         <x:v>0.54</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>26.234</x:v>
+        <x:v>25.987</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>20.18</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45566.9237268519</x:v>
+        <x:v>45590.9259027778</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>26.39</x:v>
+        <x:v>25.493</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>20.3</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45565.9305208333</x:v>
+        <x:v>45589.9268402778</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>25.857</x:v>
+        <x:v>26.416</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>19.89</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45562.9249074074</x:v>
+        <x:v>45588.9251041667</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>26.299</x:v>
+        <x:v>27.04</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>20.23</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45561.9241666667</x:v>
+        <x:v>45587.928599537</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>27.313</x:v>
+        <x:v>27.547</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>21.01</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45560.924224537</x:v>
+        <x:v>45586.9257291667</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>26.91</x:v>
+        <x:v>27.118</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>20.7</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45559.9250810185</x:v>
+        <x:v>45582.9403240741</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
         <x:v>0.53</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>26.559</x:v>
+        <x:v>26.442</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>20.43</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45558.928125</x:v>
+        <x:v>45580.9392939815</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D287" s="0">
         <x:v>26.273</x:v>
       </x:c>
       <x:c r="E287" s="0">
         <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45555.928912037</x:v>
+        <x:v>45579.9269444444</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>26.494</x:v>
+        <x:v>25.974</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>20.38</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45554.925</x:v>
+        <x:v>45576.9277430556</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>26.312</x:v>
+        <x:v>25.987</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>20.24</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45553.9238194444</x:v>
+        <x:v>45575.9297800926</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>26.078</x:v>
+        <x:v>26.091</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>20.06</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45552.9224652778</x:v>
+        <x:v>45574.9233217593</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>26.624</x:v>
+        <x:v>25.558</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>20.48</x:v>
+        <x:v>19.66</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45551.9244097222</x:v>
+        <x:v>45573.922662037</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>26.676</x:v>
+        <x:v>25.558</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>20.52</x:v>
+        <x:v>19.66</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45548.9281134259</x:v>
+        <x:v>45572.9229398148</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>27.092</x:v>
+        <x:v>25.844</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>20.84</x:v>
+        <x:v>19.88</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45547.9299421296</x:v>
+        <x:v>45569.9240046296</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>26.754</x:v>
+        <x:v>26.143</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>20.58</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45546.9262615741</x:v>
+        <x:v>45568.9236111111</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>25.48</x:v>
+        <x:v>25.805</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>19.6</x:v>
+        <x:v>19.85</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45545.9253125</x:v>
+        <x:v>45567.9237384259</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>25.48</x:v>
+        <x:v>26.234</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>19.6</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45544.9243518518</x:v>
+        <x:v>45566.9237268519</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>25.07</x:v>
+        <x:v>26.39</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>19.285</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45541.9263078704</x:v>
+        <x:v>45565.9305208333</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>25.298</x:v>
+        <x:v>25.857</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>19.46</x:v>
+        <x:v>19.89</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45540.9253240741</x:v>
+        <x:v>45562.9249074074</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>25.298</x:v>
+        <x:v>26.299</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>19.46</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45539.9231597222</x:v>
+        <x:v>45561.9241666667</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>25.116</x:v>
+        <x:v>27.313</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>19.32</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45534.9322569444</x:v>
+        <x:v>45560.924224537</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>26.416</x:v>
+        <x:v>26.91</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>20.32</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45534.3328935185</x:v>
+        <x:v>45559.9250810185</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>26.416</x:v>
+        <x:v>26.559</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>20.32</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45533.9305324074</x:v>
+        <x:v>45558.928125</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>25.935</x:v>
+        <x:v>26.273</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>19.95</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45532.9225694444</x:v>
+        <x:v>45555.928912037</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>26.585</x:v>
+        <x:v>26.494</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>20.45</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45531.9246064815</x:v>
+        <x:v>45554.925</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>26.611</x:v>
+        <x:v>26.312</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>20.47</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45530.9242708333</x:v>
+        <x:v>45553.9238194444</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>26.65</x:v>
+        <x:v>26.078</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>20.5</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45527.9240393518</x:v>
+        <x:v>45552.9224652778</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>26.312</x:v>
+        <x:v>26.624</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>20.24</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45526.9254398148</x:v>
+        <x:v>45551.9244097222</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>26.806</x:v>
+        <x:v>26.676</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>20.62</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45525.9231597222</x:v>
+        <x:v>45548.9281134259</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>26.533</x:v>
+        <x:v>27.092</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>20.41</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45524.9227430556</x:v>
+        <x:v>45547.9299421296</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>26.533</x:v>
+        <x:v>26.754</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>20.41</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45523.924525463</x:v>
+        <x:v>45546.9262615741</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>25.623</x:v>
+        <x:v>25.48</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>19.71</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45520.933125</x:v>
+        <x:v>45545.9253125</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
         <x:v>0.61</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>25.623</x:v>
+        <x:v>25.48</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>19.71</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45519.9274074074</x:v>
+        <x:v>45544.9243518518</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>24.908</x:v>
+        <x:v>25.07</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>19.16</x:v>
+        <x:v>19.285</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45518.9341203704</x:v>
+        <x:v>45541.9263078704</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
         <x:v>0.67</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>24.869</x:v>
+        <x:v>25.298</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>19.13</x:v>
+        <x:v>19.46</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45517.9317361111</x:v>
+        <x:v>45540.9253240741</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>24.687</x:v>
+        <x:v>25.298</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>18.99</x:v>
+        <x:v>19.46</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45516.9274305556</x:v>
+        <x:v>45539.9231597222</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>22.633</x:v>
+        <x:v>25.116</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>17.41</x:v>
+        <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45513.9300231481</x:v>
+        <x:v>45534.9322569444</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>22.542</x:v>
+        <x:v>26.416</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>17.34</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45512.9330671296</x:v>
+        <x:v>45534.3328935185</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>21.853</x:v>
+        <x:v>26.416</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>16.81</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45511.9284490741</x:v>
+        <x:v>45533.9305324074</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>1.06</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>22.607</x:v>
+        <x:v>25.935</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>17.39</x:v>
+        <x:v>19.95</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45510.9307986111</x:v>
+        <x:v>45532.9225694444</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>22.607</x:v>
+        <x:v>26.585</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>17.39</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45509.9291087963</x:v>
+        <x:v>45531.9246064815</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>1</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>22.334</x:v>
+        <x:v>26.611</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>17.18</x:v>
+        <x:v>20.47</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45506.9321064815</x:v>
+        <x:v>45530.9242708333</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>23.712</x:v>
+        <x:v>26.65</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>18.24</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45505.9289236111</x:v>
+        <x:v>45527.9240393518</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>24.063</x:v>
+        <x:v>26.312</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>18.51</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45504.9306712963</x:v>
+        <x:v>45526.9254398148</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>23.582</x:v>
+        <x:v>26.806</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>18.14</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45503.9262847222</x:v>
+        <x:v>45525.9231597222</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>23.361</x:v>
+        <x:v>26.533</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>17.97</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45502.9221759259</x:v>
+        <x:v>45524.9227430556</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>23.127</x:v>
+        <x:v>26.533</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>17.79</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45499.9227314815</x:v>
+        <x:v>45523.924525463</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>23.036</x:v>
+        <x:v>25.623</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>17.72</x:v>
+        <x:v>19.71</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45498.9226273148</x:v>
+        <x:v>45520.933125</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>23.998</x:v>
+        <x:v>25.623</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>18.46</x:v>
+        <x:v>19.71</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45497.9293055556</x:v>
+        <x:v>45519.9274074074</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>0.82</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>24.141</x:v>
+        <x:v>24.908</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>18.57</x:v>
+        <x:v>19.16</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45496.9226273148</x:v>
+        <x:v>45518.9341203704</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>23.868</x:v>
+        <x:v>24.869</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>18.36</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45495.9267361111</x:v>
+        <x:v>45517.9317361111</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>23.907</x:v>
+        <x:v>24.687</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>18.39</x:v>
+        <x:v>18.99</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45492.9245833333</x:v>
+        <x:v>45516.9274305556</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>24.102</x:v>
+        <x:v>22.633</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>18.54</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45491.9233449074</x:v>
+        <x:v>45513.9300231481</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>24.102</x:v>
+        <x:v>22.542</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>18.54</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45490.9301967593</x:v>
+        <x:v>45512.9330671296</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>25.025</x:v>
+        <x:v>21.853</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>19.25</x:v>
+        <x:v>16.81</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45489.9229282407</x:v>
+        <x:v>45511.9284490741</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>0.73</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>23.868</x:v>
+        <x:v>22.607</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>18.36</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45488.9233564815</x:v>
+        <x:v>45510.9307986111</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>23.868</x:v>
+        <x:v>22.607</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>18.36</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45485.9236805556</x:v>
+        <x:v>45509.9291087963</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>0.83</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>23.569</x:v>
+        <x:v>22.334</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>18.13</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45484.9257060185</x:v>
+        <x:v>45506.9321064815</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>23.114</x:v>
+        <x:v>23.712</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>17.78</x:v>
+        <x:v>18.24</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45483.9237847222</x:v>
+        <x:v>45505.9289236111</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>22.672</x:v>
+        <x:v>24.063</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>17.44</x:v>
+        <x:v>18.51</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45482.9236805556</x:v>
+        <x:v>45504.9306712963</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>1</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>22.594</x:v>
+        <x:v>23.582</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>17.38</x:v>
+        <x:v>18.14</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45481.9248842593</x:v>
+        <x:v>45503.9262847222</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>22.672</x:v>
+        <x:v>23.361</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>17.44</x:v>
+        <x:v>17.97</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45478.9320949074</x:v>
+        <x:v>45502.9221759259</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>22.49</x:v>
+        <x:v>23.127</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>17.3</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45476.8021064815</x:v>
+        <x:v>45499.9227314815</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>1.02</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>21.606</x:v>
+        <x:v>23.036</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>16.62</x:v>
+        <x:v>17.72</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45475.9273611111</x:v>
+        <x:v>45498.9226273148</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>21.528</x:v>
+        <x:v>23.998</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>16.56</x:v>
+        <x:v>18.46</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45474.9266087963</x:v>
+        <x:v>45497.9293055556</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>21.528</x:v>
+        <x:v>24.141</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>16.56</x:v>
+        <x:v>18.57</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45471.9307638889</x:v>
+        <x:v>45496.9226273148</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>1.15</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>21.892</x:v>
+        <x:v>23.868</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>16.84</x:v>
+        <x:v>18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45470.9297916667</x:v>
+        <x:v>45495.9267361111</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>21.84</x:v>
+        <x:v>23.907</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>16.8</x:v>
+        <x:v>18.39</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45469.9290046296</x:v>
+        <x:v>45492.9245833333</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>21.567</x:v>
+        <x:v>24.102</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>16.59</x:v>
+        <x:v>18.54</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45468.9344328704</x:v>
+        <x:v>45491.9233449074</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>21.736</x:v>
+        <x:v>24.102</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>16.72</x:v>
+        <x:v>18.54</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45467.9280324074</x:v>
+        <x:v>45490.9301967593</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>21.528</x:v>
+        <x:v>25.025</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>16.56</x:v>
+        <x:v>19.25</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45464.9262615741</x:v>
+        <x:v>45489.9229282407</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>22.048</x:v>
+        <x:v>23.868</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>16.96</x:v>
+        <x:v>18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45463.926087963</x:v>
+        <x:v>45488.9233564815</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>1.09</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>21.333</x:v>
+        <x:v>23.868</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>16.41</x:v>
+        <x:v>18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45461.9263194444</x:v>
+        <x:v>45485.9236805556</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>20.982</x:v>
+        <x:v>23.569</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>16.14</x:v>
+        <x:v>18.13</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45460.9266087963</x:v>
+        <x:v>45484.9257060185</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>20.839</x:v>
+        <x:v>23.114</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>16.03</x:v>
+        <x:v>17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45457.9238888889</x:v>
+        <x:v>45483.9237847222</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>20.839</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>16.03</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45456.9228819444</x:v>
+        <x:v>45482.9236805556</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>21.314</x:v>
+        <x:v>22.594</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>16.395</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45455.9238078704</x:v>
+        <x:v>45481.9248842593</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>1.22</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>21.034</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>16.18</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45454.9233912037</x:v>
+        <x:v>45478.9320949074</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>1.27</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>21.385</x:v>
+        <x:v>22.49</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>16.45</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45453.9238888889</x:v>
+        <x:v>45476.8021064815</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>21.385</x:v>
+        <x:v>21.606</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>16.45</x:v>
+        <x:v>16.62</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45450.9295833333</x:v>
+        <x:v>45475.9273611111</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>22.516</x:v>
+        <x:v>21.528</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>17.32</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45449.9242592593</x:v>
+        <x:v>45474.9266087963</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>1.06</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>21.71</x:v>
+        <x:v>21.528</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>16.7</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45448.9222916667</x:v>
+        <x:v>45471.9307638889</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>1.2</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>21.71</x:v>
+        <x:v>21.892</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>16.7</x:v>
+        <x:v>16.84</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45447.9233680556</x:v>
+        <x:v>45470.9297916667</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>1.24</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>21.437</x:v>
+        <x:v>21.84</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>16.49</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45446.9240277778</x:v>
+        <x:v>45469.9290046296</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>22.217</x:v>
+        <x:v>21.567</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>17.09</x:v>
+        <x:v>16.59</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45443.930462963</x:v>
+        <x:v>45468.9344328704</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>1.14</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>22.243</x:v>
+        <x:v>21.736</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>17.11</x:v>
+        <x:v>16.72</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45442.9278703704</x:v>
+        <x:v>45467.9280324074</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>1.15</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>22.243</x:v>
+        <x:v>21.528</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>17.11</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45441.9287037037</x:v>
+        <x:v>45464.9262615741</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>1.19</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>21.996</x:v>
+        <x:v>22.048</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>16.92</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45440.9253935185</x:v>
+        <x:v>45463.926087963</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
         <x:v>1.09</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>22.126</x:v>
+        <x:v>21.333</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>17.02</x:v>
+        <x:v>16.41</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45436.9254398148</x:v>
+        <x:v>45461.9263194444</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>22.022</x:v>
+        <x:v>20.982</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>16.94</x:v>
+        <x:v>16.14</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45435.9233912037</x:v>
+        <x:v>45460.9266087963</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>1.19</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>22.477</x:v>
+        <x:v>20.839</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>17.29</x:v>
+        <x:v>16.03</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45434.9226157407</x:v>
+        <x:v>45457.9238888889</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>1.12</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>23.14</x:v>
+        <x:v>20.839</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>17.8</x:v>
+        <x:v>16.03</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45433.9224305556</x:v>
+        <x:v>45456.9228819444</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>1.04</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>23.14</x:v>
+        <x:v>21.314</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>17.8</x:v>
+        <x:v>16.395</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45432.9216666667</x:v>
+        <x:v>45455.9238078704</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>1.01</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>23.296</x:v>
+        <x:v>21.034</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>17.92</x:v>
+        <x:v>16.18</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45429.9267708333</x:v>
+        <x:v>45454.9233912037</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>1.02</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>22.776</x:v>
+        <x:v>21.385</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>17.52</x:v>
+        <x:v>16.45</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45428.928900463</x:v>
+        <x:v>45453.9238888889</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>1.09</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>22.646</x:v>
+        <x:v>21.385</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>17.42</x:v>
+        <x:v>16.45</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45427.9284837963</x:v>
+        <x:v>45450.9295833333</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>1.11</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>22.646</x:v>
+        <x:v>22.516</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>17.42</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45426.9281365741</x:v>
+        <x:v>45449.9242592593</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>1.16</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>22.022</x:v>
+        <x:v>21.71</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>16.94</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45425.9293634259</x:v>
+        <x:v>45448.9222916667</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>22.009</x:v>
+        <x:v>21.71</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>16.93</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45422.9236342593</x:v>
+        <x:v>45447.9233680556</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>1.2</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>22.009</x:v>
+        <x:v>21.437</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>16.93</x:v>
+        <x:v>16.49</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45421.9229861111</x:v>
+        <x:v>45446.9240277778</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>22.139</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>17.03</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45420.9241087963</x:v>
+        <x:v>45443.930462963</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>21.762</x:v>
+        <x:v>22.243</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>16.74</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45419.9260416667</x:v>
+        <x:v>45442.9278703704</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>21.762</x:v>
+        <x:v>22.243</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>16.74</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45418.9291203704</x:v>
+        <x:v>45441.9287037037</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>1.26</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>21.632</x:v>
+        <x:v>21.996</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>16.64</x:v>
+        <x:v>16.92</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45415.9288425926</x:v>
+        <x:v>45440.9253935185</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>21.632</x:v>
+        <x:v>22.126</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>16.64</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45414.9243634259</x:v>
+        <x:v>45436.9254398148</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>21.632</x:v>
+        <x:v>22.022</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>16.64</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45412.9266319444</x:v>
+        <x:v>45435.9233912037</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>1.27</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>22.516</x:v>
+        <x:v>22.477</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>17.32</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45411.9247106481</x:v>
+        <x:v>45434.9226157407</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>1.13</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>22.217</x:v>
+        <x:v>23.14</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>17.09</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45408.9314699074</x:v>
+        <x:v>45433.9224305556</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>22.217</x:v>
+        <x:v>23.14</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>17.09</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45407.9436226852</x:v>
+        <x:v>45432.9216666667</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>21.476</x:v>
+        <x:v>23.296</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>16.52</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45406.9296875</x:v>
+        <x:v>45429.9267708333</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>21.684</x:v>
+        <x:v>22.776</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>16.68</x:v>
+        <x:v>17.52</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45405.9324768518</x:v>
+        <x:v>45428.928900463</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>21.684</x:v>
+        <x:v>22.646</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>16.68</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45404.9330092593</x:v>
+        <x:v>45427.9284837963</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>22.23</x:v>
+        <x:v>22.646</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>17.1</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45401.9231597222</x:v>
+        <x:v>45426.9281365741</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>1.2</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>22.074</x:v>
+        <x:v>22.022</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>16.98</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45400.9236342593</x:v>
+        <x:v>45425.9293634259</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>1.22</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>21.71</x:v>
+        <x:v>22.009</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>16.7</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45399.9245023148</x:v>
+        <x:v>45422.9236342593</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>21.71</x:v>
+        <x:v>22.009</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>16.7</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45398.9235416667</x:v>
+        <x:v>45421.9229861111</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>22.581</x:v>
+        <x:v>22.139</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>17.37</x:v>
+        <x:v>17.03</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45397.9234027778</x:v>
+        <x:v>45420.9241087963</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>1.16</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>22.581</x:v>
+        <x:v>21.762</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>17.37</x:v>
+        <x:v>16.74</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45394.9242824074</x:v>
+        <x:v>45419.9260416667</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>23.452</x:v>
+        <x:v>21.762</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>18.04</x:v>
+        <x:v>16.74</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45393.9239699074</x:v>
+        <x:v>45418.9291203704</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>1.04</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>23.283</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>17.91</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45392.9226967593</x:v>
+        <x:v>45415.9288425926</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>1.06</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>23.283</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>17.91</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45391.9264930556</x:v>
+        <x:v>45414.9243634259</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>1.04</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>23.01</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>17.7</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45390.9248958333</x:v>
+        <x:v>45412.9266319444</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>1.1</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>23.01</x:v>
+        <x:v>22.516</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>17.7</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45387.9235069444</x:v>
+        <x:v>45411.9247106481</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>23.218</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>17.86</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45386.9250115741</x:v>
+        <x:v>45408.9314699074</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>1.17</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>21.632</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>16.64</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45385.9232175926</x:v>
+        <x:v>45407.9436226852</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>1.16</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>21.632</x:v>
+        <x:v>21.476</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>16.64</x:v>
+        <x:v>16.52</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45384.9259143519</x:v>
+        <x:v>45406.9296875</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>21.632</x:v>
+        <x:v>21.684</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>16.64</x:v>
+        <x:v>16.68</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45379.8836574074</x:v>
+        <x:v>45405.9324768518</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>21.073</x:v>
+        <x:v>21.684</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>16.21</x:v>
+        <x:v>16.68</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45378.8831828704</x:v>
+        <x:v>45404.9330092593</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>1.45</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>20.176</x:v>
+        <x:v>22.23</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>15.52</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45377.8826388889</x:v>
+        <x:v>45401.9231597222</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>20.241</x:v>
+        <x:v>22.074</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>15.57</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45376.8828703704</x:v>
+        <x:v>45400.9236342593</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>1.66</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>20.241</x:v>
+        <x:v>21.71</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>15.57</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45373.8831365741</x:v>
+        <x:v>45399.9245023148</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>20.176</x:v>
+        <x:v>21.71</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>15.52</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45372.884375</x:v>
+        <x:v>45398.9235416667</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>1.58</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>20.553</x:v>
+        <x:v>22.581</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>15.81</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45362.893599537</x:v>
+        <x:v>45397.9234027778</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>1.58</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>20.488</x:v>
+        <x:v>22.581</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>15.76</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
-        <x:v>45359.9310416667</x:v>
+        <x:v>45394.9242824074</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C414" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D414" s="0">
-        <x:v>20.488</x:v>
+        <x:v>23.452</x:v>
       </x:c>
       <x:c r="E414" s="0">
-        <x:v>15.76</x:v>
+        <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5">
       <x:c r="A415" s="1">
-        <x:v>45358.9292013889</x:v>
+        <x:v>45393.9239699074</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C415" s="0">
-        <x:v>1.57</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D415" s="0">
-        <x:v>20.423</x:v>
+        <x:v>23.283</x:v>
       </x:c>
       <x:c r="E415" s="0">
-        <x:v>15.71</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5">
       <x:c r="A416" s="1">
-        <x:v>45357.9246527778</x:v>
+        <x:v>45392.9226967593</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C416" s="0">
-        <x:v>1.63</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D416" s="0">
-        <x:v>20.189</x:v>
+        <x:v>23.283</x:v>
       </x:c>
       <x:c r="E416" s="0">
-        <x:v>15.53</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5">
       <x:c r="A417" s="1">
-        <x:v>45356.9297916667</x:v>
+        <x:v>45391.9264930556</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C417" s="0">
-        <x:v>1.69</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D417" s="0">
-        <x:v>20.098</x:v>
+        <x:v>23.01</x:v>
       </x:c>
       <x:c r="E417" s="0">
-        <x:v>15.46</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5">
       <x:c r="A418" s="1">
-        <x:v>45355.92625</x:v>
+        <x:v>45390.9248958333</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C418" s="0">
-        <x:v>1.71</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D418" s="0">
-        <x:v>20.098</x:v>
+        <x:v>23.01</x:v>
       </x:c>
       <x:c r="E418" s="0">
-        <x:v>15.46</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5">
       <x:c r="A419" s="1">
-        <x:v>45351.9256481481</x:v>
+        <x:v>45387.9235069444</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C419" s="0">
-        <x:v>2.02</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D419" s="0">
-        <x:v>19.058</x:v>
+        <x:v>23.218</x:v>
       </x:c>
       <x:c r="E419" s="0">
-        <x:v>14.66</x:v>
+        <x:v>17.86</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5">
       <x:c r="A420" s="1">
-        <x:v>45350.923599537</x:v>
+        <x:v>45386.9250115741</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C420" s="0">
-        <x:v>2.17</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D420" s="0">
-        <x:v>18.863</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E420" s="0">
-        <x:v>14.51</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5">
       <x:c r="A421" s="1">
-        <x:v>45349.9222916667</x:v>
+        <x:v>45385.9232175926</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C421" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D421" s="0">
-        <x:v>19.045</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E421" s="0">
-        <x:v>14.65</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5">
       <x:c r="A422" s="1">
-        <x:v>45348.9284375</x:v>
+        <x:v>45384.9259143519</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C422" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D422" s="0">
-        <x:v>19.162</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E422" s="0">
-        <x:v>14.74</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5">
       <x:c r="A423" s="1">
-        <x:v>45345.9261805556</x:v>
+        <x:v>45379.8836574074</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C423" s="0">
-        <x:v>2.03</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D423" s="0">
-        <x:v>18.707</x:v>
+        <x:v>21.073</x:v>
       </x:c>
       <x:c r="E423" s="0">
-        <x:v>14.39</x:v>
+        <x:v>16.21</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5">
       <x:c r="A424" s="1">
-        <x:v>45344.9259259259</x:v>
+        <x:v>45378.8831828704</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C424" s="0">
-        <x:v>2.19</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D424" s="0">
-        <x:v>19.175</x:v>
+        <x:v>20.176</x:v>
       </x:c>
       <x:c r="E424" s="0">
-        <x:v>14.75</x:v>
+        <x:v>15.52</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5">
       <x:c r="A425" s="1">
-        <x:v>45343.9245486111</x:v>
+        <x:v>45377.8826388889</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C425" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D425" s="0">
-        <x:v>19.149</x:v>
+        <x:v>20.241</x:v>
       </x:c>
       <x:c r="E425" s="0">
-        <x:v>14.73</x:v>
+        <x:v>15.57</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5">
       <x:c r="A426" s="1">
-        <x:v>45342.9239236111</x:v>
+        <x:v>45376.8828703704</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C426" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D426" s="0">
-        <x:v>19.045</x:v>
+        <x:v>20.241</x:v>
       </x:c>
       <x:c r="E426" s="0">
-        <x:v>14.65</x:v>
+        <x:v>15.57</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5">
       <x:c r="A427" s="1">
-        <x:v>45338.9307523148</x:v>
+        <x:v>45373.8831365741</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C427" s="0">
-        <x:v>2.08</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D427" s="0">
-        <x:v>18.98</x:v>
+        <x:v>20.176</x:v>
       </x:c>
       <x:c r="E427" s="0">
-        <x:v>14.6</x:v>
+        <x:v>15.52</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5">
       <x:c r="A428" s="1">
-        <x:v>45337.9415393519</x:v>
+        <x:v>45372.884375</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C428" s="0">
-        <x:v>2.1</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D428" s="0">
-        <x:v>18.278</x:v>
+        <x:v>20.553</x:v>
       </x:c>
       <x:c r="E428" s="0">
-        <x:v>14.06</x:v>
+        <x:v>15.81</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5">
       <x:c r="A429" s="1">
-        <x:v>45336.9321759259</x:v>
+        <x:v>45362.893599537</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C429" s="0">
-        <x:v>2.37</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D429" s="0">
-        <x:v>18.278</x:v>
+        <x:v>20.488</x:v>
       </x:c>
       <x:c r="E429" s="0">
-        <x:v>14.06</x:v>
+        <x:v>15.76</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5">
       <x:c r="A430" s="1">
-        <x:v>45335.9339699074</x:v>
+        <x:v>45359.9310416667</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C430" s="0">
-        <x:v>2.33</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D430" s="0">
-        <x:v>19.149</x:v>
+        <x:v>20.488</x:v>
       </x:c>
       <x:c r="E430" s="0">
-        <x:v>14.73</x:v>
+        <x:v>15.76</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5">
       <x:c r="A431" s="1">
-        <x:v>45334.9284259259</x:v>
+        <x:v>45358.9292013889</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C431" s="0">
-        <x:v>2.08</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D431" s="0">
-        <x:v>19.149</x:v>
+        <x:v>20.423</x:v>
       </x:c>
       <x:c r="E431" s="0">
-        <x:v>14.73</x:v>
+        <x:v>15.71</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5">
       <x:c r="A432" s="1">
-        <x:v>45331.9230324074</x:v>
+        <x:v>45357.9246527778</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C432" s="0">
-        <x:v>2.1</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D432" s="0">
-        <x:v>19.266</x:v>
+        <x:v>20.189</x:v>
       </x:c>
       <x:c r="E432" s="0">
-        <x:v>14.82</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5">
       <x:c r="A433" s="1">
-        <x:v>45330.9229050926</x:v>
+        <x:v>45356.9297916667</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C433" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D433" s="0">
-        <x:v>19.409</x:v>
+        <x:v>20.098</x:v>
       </x:c>
       <x:c r="E433" s="0">
-        <x:v>14.93</x:v>
+        <x:v>15.46</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5">
       <x:c r="A434" s="1">
-        <x:v>45329.9234259259</x:v>
+        <x:v>45355.92625</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C434" s="0">
-        <x:v>2</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D434" s="0">
-        <x:v>19.539</x:v>
+        <x:v>20.098</x:v>
       </x:c>
       <x:c r="E434" s="0">
-        <x:v>15.03</x:v>
+        <x:v>15.46</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5">
       <x:c r="A435" s="1">
-        <x:v>45328.9222453704</x:v>
+        <x:v>45351.9256481481</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C435" s="0">
-        <x:v>1.96</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D435" s="0">
-        <x:v>19.721</x:v>
+        <x:v>19.058</x:v>
       </x:c>
       <x:c r="E435" s="0">
-        <x:v>15.17</x:v>
+        <x:v>14.66</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5">
       <x:c r="A436" s="1">
-        <x:v>45327.9236921296</x:v>
+        <x:v>45350.923599537</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C436" s="0">
-        <x:v>1.9</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D436" s="0">
-        <x:v>20.033</x:v>
+        <x:v>18.863</x:v>
       </x:c>
       <x:c r="E436" s="0">
-        <x:v>15.41</x:v>
+        <x:v>14.51</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5">
       <x:c r="A437" s="1">
-        <x:v>45324.9260300926</x:v>
+        <x:v>45349.9222916667</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C437" s="0">
-        <x:v>1.82</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D437" s="0">
-        <x:v>20.657</x:v>
+        <x:v>19.045</x:v>
       </x:c>
       <x:c r="E437" s="0">
-        <x:v>15.89</x:v>
+        <x:v>14.65</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5">
       <x:c r="A438" s="1">
-        <x:v>45323.9260069444</x:v>
+        <x:v>45348.9284375</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C438" s="0">
-        <x:v>1.66</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D438" s="0">
-        <x:v>20.657</x:v>
+        <x:v>19.162</x:v>
       </x:c>
       <x:c r="E438" s="0">
-        <x:v>15.89</x:v>
+        <x:v>14.74</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5">
       <x:c r="A439" s="1">
-        <x:v>45322.9228703704</x:v>
+        <x:v>45345.9261805556</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C439" s="0">
-        <x:v>1.76</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D439" s="0">
-        <x:v>20.384</x:v>
+        <x:v>18.707</x:v>
       </x:c>
       <x:c r="E439" s="0">
-        <x:v>15.68</x:v>
+        <x:v>14.39</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5">
       <x:c r="A440" s="1">
-        <x:v>45321.9410069444</x:v>
+        <x:v>45344.9259259259</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C440" s="0">
-        <x:v>1.74</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D440" s="0">
-        <x:v>20.41</x:v>
+        <x:v>19.175</x:v>
       </x:c>
       <x:c r="E440" s="0">
-        <x:v>15.7</x:v>
+        <x:v>14.75</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5">
       <x:c r="A441" s="1">
-        <x:v>45320.9269560185</x:v>
+        <x:v>45343.9245486111</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C441" s="0">
-        <x:v>1.73</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D441" s="0">
-        <x:v>20.189</x:v>
+        <x:v>19.149</x:v>
       </x:c>
       <x:c r="E441" s="0">
-        <x:v>15.53</x:v>
+        <x:v>14.73</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5">
       <x:c r="A442" s="1">
-        <x:v>45317.9266550926</x:v>
+        <x:v>45342.9239236111</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C442" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D442" s="0">
-        <x:v>20.189</x:v>
+        <x:v>19.045</x:v>
       </x:c>
       <x:c r="E442" s="0">
-        <x:v>15.53</x:v>
+        <x:v>14.65</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5">
       <x:c r="A443" s="1">
-        <x:v>45316.9261342593</x:v>
+        <x:v>45338.9307523148</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C443" s="0">
-        <x:v>1.76</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D443" s="0">
-        <x:v>20.189</x:v>
+        <x:v>18.98</x:v>
       </x:c>
       <x:c r="E443" s="0">
-        <x:v>15.53</x:v>
+        <x:v>14.6</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5">
       <x:c r="A444" s="1">
-        <x:v>45315.9284375</x:v>
+        <x:v>45337.9415393519</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C444" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D444" s="0">
-        <x:v>20.189</x:v>
+        <x:v>18.278</x:v>
       </x:c>
       <x:c r="E444" s="0">
-        <x:v>15.53</x:v>
+        <x:v>14.06</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5">
       <x:c r="A445" s="1">
-        <x:v>45314.9281018519</x:v>
+        <x:v>45336.9321759259</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C445" s="0">
-        <x:v>1.64</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D445" s="0">
-        <x:v>20.267</x:v>
+        <x:v>18.278</x:v>
       </x:c>
       <x:c r="E445" s="0">
-        <x:v>15.59</x:v>
+        <x:v>14.06</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5">
       <x:c r="A446" s="1">
-        <x:v>45313.928599537</x:v>
+        <x:v>45335.9339699074</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C446" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D446" s="0">
-        <x:v>20.267</x:v>
+        <x:v>19.149</x:v>
       </x:c>
       <x:c r="E446" s="0">
-        <x:v>15.59</x:v>
+        <x:v>14.73</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5">
       <x:c r="A447" s="1">
-        <x:v>45310.9221643519</x:v>
+        <x:v>45334.9284259259</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C447" s="0">
-        <x:v>1.77</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D447" s="0">
-        <x:v>20.189</x:v>
+        <x:v>19.149</x:v>
       </x:c>
       <x:c r="E447" s="0">
-        <x:v>15.53</x:v>
+        <x:v>14.73</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5">
       <x:c r="A448" s="1">
-        <x:v>45309.9226851852</x:v>
+        <x:v>45331.9230324074</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C448" s="0">
-        <x:v>1.79</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D448" s="0">
-        <x:v>20.228</x:v>
+        <x:v>19.266</x:v>
       </x:c>
       <x:c r="E448" s="0">
-        <x:v>15.56</x:v>
+        <x:v>14.82</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5">
       <x:c r="A449" s="1">
-        <x:v>45308.9233217593</x:v>
+        <x:v>45330.9229050926</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C449" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D449" s="0">
-        <x:v>20.228</x:v>
+        <x:v>19.409</x:v>
       </x:c>
       <x:c r="E449" s="0">
-        <x:v>15.56</x:v>
+        <x:v>14.93</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5">
       <x:c r="A450" s="1">
-        <x:v>45307.9222222222</x:v>
+        <x:v>45329.9234259259</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C450" s="0">
-        <x:v>1.66</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D450" s="0">
-        <x:v>20.748</x:v>
+        <x:v>19.539</x:v>
       </x:c>
       <x:c r="E450" s="0">
-        <x:v>15.96</x:v>
+        <x:v>15.03</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5">
       <x:c r="A451" s="1">
-        <x:v>45303.9228125</x:v>
+        <x:v>45328.9222453704</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C451" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D451" s="0">
-        <x:v>22.295</x:v>
+        <x:v>19.721</x:v>
       </x:c>
       <x:c r="E451" s="0">
-        <x:v>17.15</x:v>
+        <x:v>15.17</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5">
       <x:c r="A452" s="1">
-        <x:v>45302.9369907407</x:v>
+        <x:v>45327.9236921296</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C452" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D452" s="0">
-        <x:v>22.295</x:v>
+        <x:v>20.033</x:v>
       </x:c>
       <x:c r="E452" s="0">
-        <x:v>17.15</x:v>
+        <x:v>15.41</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5">
       <x:c r="A453" s="1">
-        <x:v>45301.926712963</x:v>
+        <x:v>45324.9260300926</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C453" s="0">
-        <x:v>1.36</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D453" s="0">
-        <x:v>22.542</x:v>
+        <x:v>20.657</x:v>
       </x:c>
       <x:c r="E453" s="0">
-        <x:v>17.34</x:v>
+        <x:v>15.89</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5">
       <x:c r="A454" s="1">
-        <x:v>45300.9303125</x:v>
+        <x:v>45323.9260069444</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C454" s="0">
-        <x:v>1.35</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D454" s="0">
-        <x:v>22.62</x:v>
+        <x:v>20.657</x:v>
       </x:c>
       <x:c r="E454" s="0">
-        <x:v>17.4</x:v>
+        <x:v>15.89</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5">
       <x:c r="A455" s="1">
-        <x:v>45299.9237847222</x:v>
+        <x:v>45322.9228703704</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C455" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D455" s="0">
-        <x:v>22.737</x:v>
+        <x:v>20.384</x:v>
       </x:c>
       <x:c r="E455" s="0">
-        <x:v>17.49</x:v>
+        <x:v>15.68</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5">
       <x:c r="A456" s="1">
-        <x:v>45296.9255324074</x:v>
+        <x:v>45321.9410069444</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C456" s="0">
-        <x:v>1.33</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D456" s="0">
-        <x:v>22.737</x:v>
+        <x:v>20.41</x:v>
       </x:c>
       <x:c r="E456" s="0">
-        <x:v>17.49</x:v>
+        <x:v>15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5">
       <x:c r="A457" s="1">
-        <x:v>45295.9240162037</x:v>
+        <x:v>45320.9269560185</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C457" s="0">
-        <x:v>1.36</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D457" s="0">
-        <x:v>22.529</x:v>
+        <x:v>20.189</x:v>
       </x:c>
       <x:c r="E457" s="0">
-        <x:v>17.33</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5">
       <x:c r="A458" s="1">
-        <x:v>45294.9246990741</x:v>
+        <x:v>45317.9266550926</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C458" s="0">
-        <x:v>1.36</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D458" s="0">
-        <x:v>23.244</x:v>
+        <x:v>20.189</x:v>
       </x:c>
       <x:c r="E458" s="0">
-        <x:v>17.88</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5">
       <x:c r="A459" s="1">
-        <x:v>45293.9248842593</x:v>
+        <x:v>45316.9261342593</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C459" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D459" s="0">
-        <x:v>23.517</x:v>
+        <x:v>20.189</x:v>
       </x:c>
       <x:c r="E459" s="0">
-        <x:v>18.09</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5">
       <x:c r="A460" s="1">
-        <x:v>45289.9231365741</x:v>
+        <x:v>45315.9284375</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C460" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D460" s="0">
-        <x:v>23.517</x:v>
+        <x:v>20.189</x:v>
       </x:c>
       <x:c r="E460" s="0">
-        <x:v>18.09</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5">
       <x:c r="A461" s="1">
-        <x:v>45288.9222916667</x:v>
+        <x:v>45314.9281018519</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C461" s="0">
-        <x:v>1.2</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D461" s="0">
-        <x:v>24.011</x:v>
+        <x:v>20.267</x:v>
       </x:c>
       <x:c r="E461" s="0">
-        <x:v>18.47</x:v>
+        <x:v>15.59</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5">
       <x:c r="A462" s="1">
-        <x:v>45287.9289583333</x:v>
+        <x:v>45313.928599537</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C462" s="0">
-        <x:v>1.13</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D462" s="0">
-        <x:v>23.608</x:v>
+        <x:v>20.267</x:v>
       </x:c>
       <x:c r="E462" s="0">
-        <x:v>18.16</x:v>
+        <x:v>15.59</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5">
       <x:c r="A463" s="1">
-        <x:v>45282.9304976852</x:v>
+        <x:v>45310.9221643519</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C463" s="0">
-        <x:v>1.19</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D463" s="0">
-        <x:v>23.608</x:v>
+        <x:v>20.189</x:v>
       </x:c>
       <x:c r="E463" s="0">
-        <x:v>18.16</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:5">
       <x:c r="A464" s="1">
-        <x:v>45281.9287731481</x:v>
+        <x:v>45309.9226851852</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C464" s="0">
-        <x:v>1.23</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D464" s="0">
-        <x:v>23.101</x:v>
+        <x:v>20.228</x:v>
       </x:c>
       <x:c r="E464" s="0">
-        <x:v>17.77</x:v>
+        <x:v>15.56</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:5">
       <x:c r="A465" s="1">
-        <x:v>45280.9229398148</x:v>
+        <x:v>45308.9233217593</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C465" s="0">
-        <x:v>1.27</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D465" s="0">
-        <x:v>23.517</x:v>
+        <x:v>20.228</x:v>
       </x:c>
       <x:c r="E465" s="0">
-        <x:v>18.09</x:v>
+        <x:v>15.56</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:5">
       <x:c r="A466" s="1">
-        <x:v>45279.9272106482</x:v>
+        <x:v>45307.9222222222</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C466" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D466" s="0">
-        <x:v>23.049</x:v>
+        <x:v>20.748</x:v>
       </x:c>
       <x:c r="E466" s="0">
-        <x:v>17.73</x:v>
+        <x:v>15.96</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:5">
       <x:c r="A467" s="1">
-        <x:v>45278.9285069444</x:v>
+        <x:v>45303.9228125</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C467" s="0">
         <x:v>1.29</x:v>
       </x:c>
       <x:c r="D467" s="0">
-        <x:v>22.763</x:v>
+        <x:v>22.295</x:v>
       </x:c>
       <x:c r="E467" s="0">
-        <x:v>17.51</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:5">
       <x:c r="A468" s="1">
-        <x:v>45275.9232291667</x:v>
+        <x:v>45302.9369907407</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C468" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D468" s="0">
-        <x:v>22.763</x:v>
+        <x:v>22.295</x:v>
       </x:c>
       <x:c r="E468" s="0">
-        <x:v>17.51</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:5">
       <x:c r="A469" s="1">
-        <x:v>45274.9234027778</x:v>
+        <x:v>45301.926712963</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C469" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D469" s="0">
-        <x:v>22.659</x:v>
+        <x:v>22.542</x:v>
       </x:c>
       <x:c r="E469" s="0">
-        <x:v>17.43</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:5">
       <x:c r="A470" s="1">
-        <x:v>45273.9260300926</x:v>
+        <x:v>45300.9303125</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C470" s="0">
         <x:v>1.35</x:v>
       </x:c>
       <x:c r="D470" s="0">
-        <x:v>21.242</x:v>
+        <x:v>22.62</x:v>
       </x:c>
       <x:c r="E470" s="0">
-        <x:v>16.34</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:5">
       <x:c r="A471" s="1">
-        <x:v>45272.9224537037</x:v>
+        <x:v>45299.9237847222</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C471" s="0">
-        <x:v>1.69</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D471" s="0">
-        <x:v>21.671</x:v>
+        <x:v>22.737</x:v>
       </x:c>
       <x:c r="E471" s="0">
-        <x:v>16.67</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:5">
       <x:c r="A472" s="1">
-        <x:v>45271.9244444444</x:v>
+        <x:v>45296.9255324074</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C472" s="0">
-        <x:v>1.6</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D472" s="0">
-        <x:v>21.827</x:v>
+        <x:v>22.737</x:v>
       </x:c>
       <x:c r="E472" s="0">
-        <x:v>16.79</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:5">
       <x:c r="A473" s="1">
-        <x:v>45268.935625</x:v>
+        <x:v>45295.9240162037</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C473" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D473" s="0">
-        <x:v>22.386</x:v>
+        <x:v>22.529</x:v>
       </x:c>
       <x:c r="E473" s="0">
-        <x:v>17.22</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5">
       <x:c r="A474" s="1">
-        <x:v>45267.9261574074</x:v>
+        <x:v>45294.9246990741</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C474" s="0">
-        <x:v>1.45</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D474" s="0">
-        <x:v>22.568</x:v>
+        <x:v>23.244</x:v>
       </x:c>
       <x:c r="E474" s="0">
-        <x:v>17.36</x:v>
+        <x:v>17.88</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5">
       <x:c r="A475" s="1">
-        <x:v>45266.9284143519</x:v>
+        <x:v>45293.9248842593</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C475" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D475" s="0">
-        <x:v>22.568</x:v>
+        <x:v>23.517</x:v>
       </x:c>
       <x:c r="E475" s="0">
-        <x:v>17.36</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5">
       <x:c r="A476" s="1">
-        <x:v>45265.9407291667</x:v>
+        <x:v>45289.9231365741</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C476" s="0">
-        <x:v>1.4</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D476" s="0">
-        <x:v>22.789</x:v>
+        <x:v>23.517</x:v>
       </x:c>
       <x:c r="E476" s="0">
-        <x:v>17.53</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5">
       <x:c r="A477" s="1">
-        <x:v>45261.9243981481</x:v>
+        <x:v>45288.9222916667</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C477" s="0">
-        <x:v>1.33</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D477" s="0">
-        <x:v>22.867</x:v>
+        <x:v>24.011</x:v>
       </x:c>
       <x:c r="E477" s="0">
-        <x:v>17.59</x:v>
+        <x:v>18.47</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:5">
       <x:c r="A478" s="1">
-        <x:v>45260.9313657407</x:v>
+        <x:v>45287.9289583333</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C478" s="0">
-        <x:v>1.36</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D478" s="0">
-        <x:v>22.867</x:v>
+        <x:v>23.608</x:v>
       </x:c>
       <x:c r="E478" s="0">
-        <x:v>17.59</x:v>
+        <x:v>18.16</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:5">
       <x:c r="A479" s="1">
-        <x:v>45259.9292939815</x:v>
+        <x:v>45282.9304976852</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C479" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D479" s="0">
-        <x:v>22.672</x:v>
+        <x:v>23.608</x:v>
       </x:c>
       <x:c r="E479" s="0">
-        <x:v>17.44</x:v>
+        <x:v>18.16</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:5">
       <x:c r="A480" s="1">
-        <x:v>45258.9274074074</x:v>
+        <x:v>45281.9287731481</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C480" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D480" s="0">
-        <x:v>22.672</x:v>
+        <x:v>23.101</x:v>
       </x:c>
       <x:c r="E480" s="0">
-        <x:v>17.44</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:5">
       <x:c r="A481" s="1">
-        <x:v>45257.9259259259</x:v>
+        <x:v>45280.9229398148</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C481" s="0">
-        <x:v>1.68</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D481" s="0">
-        <x:v>21.541</x:v>
+        <x:v>23.517</x:v>
       </x:c>
       <x:c r="E481" s="0">
-        <x:v>16.57</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:5">
       <x:c r="A482" s="1">
-        <x:v>45254.8079976852</x:v>
+        <x:v>45279.9272106482</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C482" s="0">
-        <x:v>1.8</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D482" s="0">
-        <x:v>21.099</x:v>
+        <x:v>23.049</x:v>
       </x:c>
       <x:c r="E482" s="0">
-        <x:v>16.23</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:5">
       <x:c r="A483" s="1">
-        <x:v>45252.9264351852</x:v>
+        <x:v>45278.9285069444</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C483" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D483" s="0">
-        <x:v>21.047</x:v>
+        <x:v>22.763</x:v>
       </x:c>
       <x:c r="E483" s="0">
-        <x:v>16.19</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:5">
       <x:c r="A484" s="1">
-        <x:v>45244.9246527778</x:v>
+        <x:v>45275.9232291667</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C484" s="0">
-        <x:v>1.98</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D484" s="0">
-        <x:v>19.669</x:v>
+        <x:v>22.763</x:v>
       </x:c>
       <x:c r="E484" s="0">
-        <x:v>15.13</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:5">
       <x:c r="A485" s="1">
-        <x:v>45233.880162037</x:v>
+        <x:v>45274.9234027778</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C485" s="0">
-        <x:v>1.75</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D485" s="0">
-        <x:v>20.865</x:v>
+        <x:v>22.659</x:v>
       </x:c>
       <x:c r="E485" s="0">
-        <x:v>16.05</x:v>
+        <x:v>17.43</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:5">
       <x:c r="A486" s="1">
-        <x:v>45232.8820833333</x:v>
+        <x:v>45273.9260300926</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C486" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D486" s="0">
-        <x:v>20.839</x:v>
+        <x:v>21.242</x:v>
       </x:c>
       <x:c r="E486" s="0">
-        <x:v>16.03</x:v>
+        <x:v>16.34</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:5">
       <x:c r="A487" s="1">
-        <x:v>45232.8820833333</x:v>
+        <x:v>45272.9224537037</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C487" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D487" s="0">
-        <x:v>20.839</x:v>
+        <x:v>21.671</x:v>
       </x:c>
       <x:c r="E487" s="0">
-        <x:v>16.03</x:v>
+        <x:v>16.67</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:5">
       <x:c r="A488" s="1">
-        <x:v>45231.8818865741</x:v>
+        <x:v>45271.9244444444</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C488" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D488" s="0">
-        <x:v>20.774</x:v>
+        <x:v>21.827</x:v>
       </x:c>
       <x:c r="E488" s="0">
-        <x:v>15.98</x:v>
+        <x:v>16.79</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:5">
       <x:c r="A489" s="1">
-        <x:v>45230.885</x:v>
+        <x:v>45268.935625</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C489" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D489" s="0">
-        <x:v>20.943</x:v>
+        <x:v>22.386</x:v>
       </x:c>
       <x:c r="E489" s="0">
-        <x:v>16.11</x:v>
+        <x:v>17.22</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:5">
       <x:c r="A490" s="1">
-        <x:v>45229.8817013889</x:v>
+        <x:v>45267.9261574074</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C490" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D490" s="0">
-        <x:v>21.229</x:v>
+        <x:v>22.568</x:v>
       </x:c>
       <x:c r="E490" s="0">
-        <x:v>16.33</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:5">
       <x:c r="A491" s="1">
-        <x:v>45226.9269907407</x:v>
+        <x:v>45266.9284143519</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C491" s="0">
-        <x:v>1.81</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D491" s="0">
-        <x:v>21.229</x:v>
+        <x:v>22.568</x:v>
       </x:c>
       <x:c r="E491" s="0">
-        <x:v>16.33</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:5">
       <x:c r="A492" s="1">
-        <x:v>45225.9248263889</x:v>
+        <x:v>45265.9407291667</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C492" s="0">
-        <x:v>1.82</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D492" s="0">
-        <x:v>21.177</x:v>
+        <x:v>22.789</x:v>
       </x:c>
       <x:c r="E492" s="0">
-        <x:v>16.29</x:v>
+        <x:v>17.53</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:5">
       <x:c r="A493" s="1">
-        <x:v>45224.9293634259</x:v>
+        <x:v>45261.9243981481</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C493" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D493" s="0">
-        <x:v>21.528</x:v>
+        <x:v>22.867</x:v>
       </x:c>
       <x:c r="E493" s="0">
-        <x:v>16.56</x:v>
+        <x:v>17.59</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:5">
       <x:c r="A494" s="1">
-        <x:v>45223.9280787037</x:v>
+        <x:v>45260.9313657407</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C494" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D494" s="0">
-        <x:v>21.528</x:v>
+        <x:v>22.867</x:v>
       </x:c>
       <x:c r="E494" s="0">
-        <x:v>16.56</x:v>
+        <x:v>17.59</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:5">
       <x:c r="A495" s="1">
-        <x:v>45222.9264236111</x:v>
+        <x:v>45259.9292939815</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C495" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D495" s="0">
-        <x:v>21.515</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E495" s="0">
-        <x:v>16.55</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:5">
       <x:c r="A496" s="1">
-        <x:v>45219.9264236111</x:v>
+        <x:v>45258.9274074074</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C496" s="0">
-        <x:v>1.64</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D496" s="0">
-        <x:v>21.957</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E496" s="0">
-        <x:v>16.89</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:5">
       <x:c r="A497" s="1">
-        <x:v>45218.9218287037</x:v>
+        <x:v>45257.9259259259</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C497" s="0">
-        <x:v>1.72</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D497" s="0">
-        <x:v>21.502</x:v>
+        <x:v>21.541</x:v>
       </x:c>
       <x:c r="E497" s="0">
-        <x:v>16.54</x:v>
+        <x:v>16.57</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:5">
       <x:c r="A498" s="1">
-        <x:v>45217.9234722222</x:v>
+        <x:v>45254.8079976852</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C498" s="0">
-        <x:v>1.75</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D498" s="0">
-        <x:v>21.502</x:v>
+        <x:v>21.099</x:v>
       </x:c>
       <x:c r="E498" s="0">
-        <x:v>16.54</x:v>
+        <x:v>16.23</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:5">
       <x:c r="A499" s="1">
-        <x:v>45216.9224652778</x:v>
+        <x:v>45252.9264351852</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C499" s="0">
-        <x:v>1.78</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D499" s="0">
-        <x:v>21.346</x:v>
+        <x:v>21.047</x:v>
       </x:c>
       <x:c r="E499" s="0">
-        <x:v>16.42</x:v>
+        <x:v>16.19</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:5">
       <x:c r="A500" s="1">
-        <x:v>45215.9261805556</x:v>
+        <x:v>45244.9246527778</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C500" s="0">
-        <x:v>2.02</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D500" s="0">
-        <x:v>20.553</x:v>
+        <x:v>19.669</x:v>
       </x:c>
       <x:c r="E500" s="0">
-        <x:v>15.81</x:v>
+        <x:v>15.13</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:5">
       <x:c r="A501" s="1">
-        <x:v>45212.9247337963</x:v>
+        <x:v>45233.880162037</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C501" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D501" s="0">
-        <x:v>19.682</x:v>
+        <x:v>20.865</x:v>
       </x:c>
       <x:c r="E501" s="0">
-        <x:v>15.14</x:v>
+        <x:v>16.05</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:5">
       <x:c r="A502" s="1">
-        <x:v>45211.9241550926</x:v>
+        <x:v>45232.8820833333</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C502" s="0">
-        <x:v>2.32</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D502" s="0">
-        <x:v>19.786</x:v>
+        <x:v>20.839</x:v>
       </x:c>
       <x:c r="E502" s="0">
-        <x:v>15.22</x:v>
+        <x:v>16.03</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:5">
       <x:c r="A503" s="1">
-        <x:v>45210.9266898148</x:v>
+        <x:v>45232.8820833333</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C503" s="0">
-        <x:v>2.28</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D503" s="0">
-        <x:v>19.448</x:v>
+        <x:v>20.839</x:v>
       </x:c>
       <x:c r="E503" s="0">
-        <x:v>14.96</x:v>
+        <x:v>16.03</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:5">
       <x:c r="A504" s="1">
-        <x:v>45209.9225925926</x:v>
+        <x:v>45231.8818865741</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C504" s="0">
-        <x:v>2.4</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D504" s="0">
-        <x:v>19.448</x:v>
+        <x:v>20.774</x:v>
       </x:c>
       <x:c r="E504" s="0">
-        <x:v>14.96</x:v>
+        <x:v>15.98</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:5">
       <x:c r="A505" s="1">
-        <x:v>45208.9235532407</x:v>
+        <x:v>45230.885</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C505" s="0">
-        <x:v>2.46</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D505" s="0">
-        <x:v>19.305</x:v>
+        <x:v>20.943</x:v>
       </x:c>
       <x:c r="E505" s="0">
-        <x:v>14.85</x:v>
+        <x:v>16.11</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:5">
       <x:c r="A506" s="1">
-        <x:v>45205.9329050926</x:v>
+        <x:v>45229.8817013889</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C506" s="0">
-        <x:v>2.6</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D506" s="0">
-        <x:v>18.681</x:v>
+        <x:v>21.229</x:v>
       </x:c>
       <x:c r="E506" s="0">
-        <x:v>14.37</x:v>
+        <x:v>16.33</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:5">
       <x:c r="A507" s="1">
-        <x:v>45204.9305092593</x:v>
+        <x:v>45226.9269907407</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C507" s="0">
-        <x:v>2.71</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D507" s="0">
-        <x:v>18.46</x:v>
+        <x:v>21.229</x:v>
       </x:c>
       <x:c r="E507" s="0">
-        <x:v>14.2</x:v>
+        <x:v>16.33</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:5">
       <x:c r="A508" s="1">
-        <x:v>45203.9277083333</x:v>
+        <x:v>45225.9248263889</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C508" s="0">
-        <x:v>2.81</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D508" s="0">
-        <x:v>18.46</x:v>
+        <x:v>21.177</x:v>
       </x:c>
       <x:c r="E508" s="0">
-        <x:v>14.2</x:v>
+        <x:v>16.29</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:5">
       <x:c r="A509" s="1">
-        <x:v>45203.9277083333</x:v>
+        <x:v>45224.9293634259</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C509" s="0">
-        <x:v>2.81</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D509" s="0">
-        <x:v>18.46</x:v>
+        <x:v>21.528</x:v>
       </x:c>
       <x:c r="E509" s="0">
-        <x:v>14.2</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:5">
       <x:c r="A510" s="1">
-        <x:v>45202.9255208333</x:v>
+        <x:v>45223.9280787037</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C510" s="0">
-        <x:v>2.82</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D510" s="0">
-        <x:v>18.499</x:v>
+        <x:v>21.528</x:v>
       </x:c>
       <x:c r="E510" s="0">
-        <x:v>14.23</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:5">
       <x:c r="A511" s="1">
-        <x:v>45201.9270486111</x:v>
+        <x:v>45222.9264236111</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C511" s="0">
-        <x:v>2.79</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D511" s="0">
-        <x:v>18.499</x:v>
+        <x:v>21.515</x:v>
       </x:c>
       <x:c r="E511" s="0">
-        <x:v>14.23</x:v>
+        <x:v>16.55</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:5">
       <x:c r="A512" s="1">
-        <x:v>45198.9240625</x:v>
+        <x:v>45219.9264236111</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C512" s="0">
-        <x:v>2.62</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D512" s="0">
-        <x:v>18.915</x:v>
+        <x:v>21.957</x:v>
       </x:c>
       <x:c r="E512" s="0">
-        <x:v>14.55</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:5">
       <x:c r="A513" s="1">
-        <x:v>45197.9237152778</x:v>
+        <x:v>45218.9218287037</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C513" s="0">
-        <x:v>2.61</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="D513" s="0">
-        <x:v>19.032</x:v>
+        <x:v>21.502</x:v>
       </x:c>
       <x:c r="E513" s="0">
-        <x:v>14.64</x:v>
+        <x:v>16.54</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:5">
       <x:c r="A514" s="1">
-        <x:v>45196.9243055556</x:v>
+        <x:v>45217.9234722222</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C514" s="0">
-        <x:v>2.57</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D514" s="0">
-        <x:v>19.032</x:v>
+        <x:v>21.502</x:v>
       </x:c>
       <x:c r="E514" s="0">
-        <x:v>14.64</x:v>
+        <x:v>16.54</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:5">
       <x:c r="A515" s="1">
-        <x:v>45195.9233101852</x:v>
+        <x:v>45216.9224652778</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C515" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D515" s="0">
-        <x:v>19.773</x:v>
+        <x:v>21.346</x:v>
       </x:c>
       <x:c r="E515" s="0">
-        <x:v>15.21</x:v>
+        <x:v>16.42</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:5">
       <x:c r="A516" s="1">
-        <x:v>45194.935787037</x:v>
+        <x:v>45215.9261805556</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C516" s="0">
-        <x:v>2.17</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D516" s="0">
-        <x:v>20.527</x:v>
+        <x:v>20.553</x:v>
       </x:c>
       <x:c r="E516" s="0">
-        <x:v>15.79</x:v>
+        <x:v>15.81</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:5">
       <x:c r="A517" s="1">
-        <x:v>45191.9257986111</x:v>
+        <x:v>45212.9247337963</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C517" s="0">
-        <x:v>2.07</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D517" s="0">
-        <x:v>20.527</x:v>
+        <x:v>19.682</x:v>
       </x:c>
       <x:c r="E517" s="0">
-        <x:v>15.79</x:v>
+        <x:v>15.14</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:5">
       <x:c r="A518" s="1">
-        <x:v>45190.9234027778</x:v>
+        <x:v>45211.9241550926</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C518" s="0">
-        <x:v>1.98</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D518" s="0">
-        <x:v>20.839</x:v>
+        <x:v>19.786</x:v>
       </x:c>
       <x:c r="E518" s="0">
-        <x:v>16.03</x:v>
+        <x:v>15.22</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:5">
       <x:c r="A519" s="1">
-        <x:v>45189.9258101852</x:v>
+        <x:v>45210.9266898148</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C519" s="0">
-        <x:v>1.85</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D519" s="0">
-        <x:v>21.229</x:v>
+        <x:v>19.448</x:v>
       </x:c>
       <x:c r="E519" s="0">
-        <x:v>16.33</x:v>
+        <x:v>14.96</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:5">
       <x:c r="A520" s="1">
-        <x:v>45188.9232060185</x:v>
+        <x:v>45209.9225925926</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C520" s="0">
-        <x:v>1.88</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D520" s="0">
-        <x:v>21.229</x:v>
+        <x:v>19.448</x:v>
       </x:c>
       <x:c r="E520" s="0">
-        <x:v>16.33</x:v>
+        <x:v>14.96</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:5">
       <x:c r="A521" s="1">
-        <x:v>45187.9256018518</x:v>
+        <x:v>45208.9235532407</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C521" s="0">
-        <x:v>1.76</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D521" s="0">
-        <x:v>21.632</x:v>
+        <x:v>19.305</x:v>
       </x:c>
       <x:c r="E521" s="0">
-        <x:v>16.64</x:v>
+        <x:v>14.85</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:5">
       <x:c r="A522" s="1">
-        <x:v>45184.9348958333</x:v>
+        <x:v>45205.9329050926</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C522" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D522" s="0">
-        <x:v>21.632</x:v>
+        <x:v>18.681</x:v>
       </x:c>
       <x:c r="E522" s="0">
-        <x:v>16.64</x:v>
+        <x:v>14.37</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:5">
       <x:c r="A523" s="1">
-        <x:v>45183.9222453704</x:v>
+        <x:v>45204.9305092593</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C523" s="0">
-        <x:v>1.88</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D523" s="0">
-        <x:v>20.956</x:v>
+        <x:v>18.46</x:v>
       </x:c>
       <x:c r="E523" s="0">
-        <x:v>16.12</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:5">
       <x:c r="A524" s="1">
-        <x:v>45182.9262152778</x:v>
+        <x:v>45203.9277083333</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C524" s="0">
-        <x:v>1.96</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D524" s="0">
-        <x:v>20.865</x:v>
+        <x:v>18.46</x:v>
       </x:c>
       <x:c r="E524" s="0">
-        <x:v>16.05</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:5">
       <x:c r="A525" s="1">
-        <x:v>45181.9272569444</x:v>
+        <x:v>45203.9277083333</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C525" s="0">
-        <x:v>1.98</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D525" s="0">
-        <x:v>20.891</x:v>
+        <x:v>18.46</x:v>
       </x:c>
       <x:c r="E525" s="0">
-        <x:v>16.07</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:5">
       <x:c r="A526" s="1">
-        <x:v>45180.9246759259</x:v>
+        <x:v>45202.9255208333</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C526" s="0">
-        <x:v>1.97</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="D526" s="0">
-        <x:v>20.891</x:v>
+        <x:v>18.499</x:v>
       </x:c>
       <x:c r="E526" s="0">
-        <x:v>16.07</x:v>
+        <x:v>14.23</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:5">
       <x:c r="A527" s="1">
-        <x:v>45177.9257986111</x:v>
+        <x:v>45201.9270486111</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C527" s="0">
-        <x:v>2.09</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D527" s="0">
-        <x:v>20.527</x:v>
+        <x:v>18.499</x:v>
       </x:c>
       <x:c r="E527" s="0">
-        <x:v>15.79</x:v>
+        <x:v>14.23</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:5">
       <x:c r="A528" s="1">
-        <x:v>45176.9232175926</x:v>
+        <x:v>45198.9240625</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C528" s="0">
-        <x:v>2.08</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D528" s="0">
-        <x:v>20.592</x:v>
+        <x:v>18.915</x:v>
       </x:c>
       <x:c r="E528" s="0">
-        <x:v>15.84</x:v>
+        <x:v>14.55</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:5">
       <x:c r="A529" s="1">
-        <x:v>45175.9268865741</x:v>
+        <x:v>45197.9237152778</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C529" s="0">
-        <x:v>2.06</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D529" s="0">
-        <x:v>20.592</x:v>
+        <x:v>19.032</x:v>
       </x:c>
       <x:c r="E529" s="0">
-        <x:v>15.84</x:v>
+        <x:v>14.64</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:5">
       <x:c r="A530" s="1">
-        <x:v>45174.9250462963</x:v>
+        <x:v>45196.9243055556</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C530" s="0">
-        <x:v>2.03</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D530" s="0">
-        <x:v>20.696</x:v>
+        <x:v>19.032</x:v>
       </x:c>
       <x:c r="E530" s="0">
-        <x:v>15.92</x:v>
+        <x:v>14.64</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:5">
       <x:c r="A531" s="1">
-        <x:v>45170.923599537</x:v>
+        <x:v>45195.9233101852</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C531" s="0">
-        <x:v>1.95</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D531" s="0">
-        <x:v>20.956</x:v>
+        <x:v>19.773</x:v>
       </x:c>
       <x:c r="E531" s="0">
-        <x:v>16.12</x:v>
+        <x:v>15.21</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:5">
       <x:c r="A532" s="1">
-        <x:v>45169.9249421296</x:v>
+        <x:v>45194.935787037</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C532" s="0">
-        <x:v>1.92</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D532" s="0">
-        <x:v>21.255</x:v>
+        <x:v>20.527</x:v>
       </x:c>
       <x:c r="E532" s="0">
-        <x:v>16.35</x:v>
+        <x:v>15.79</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:5">
       <x:c r="A533" s="1">
-        <x:v>45168.9229050926</x:v>
+        <x:v>45191.9257986111</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C533" s="0">
-        <x:v>1.87</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D533" s="0">
-        <x:v>21.242</x:v>
+        <x:v>20.527</x:v>
       </x:c>
       <x:c r="E533" s="0">
-        <x:v>16.34</x:v>
+        <x:v>15.79</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:5">
       <x:c r="A534" s="1">
-        <x:v>45167.9230902778</x:v>
+        <x:v>45190.9234027778</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C534" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D534" s="0">
-        <x:v>21.242</x:v>
+        <x:v>20.839</x:v>
       </x:c>
       <x:c r="E534" s="0">
-        <x:v>16.34</x:v>
+        <x:v>16.03</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:5">
       <x:c r="A535" s="1">
-        <x:v>45166.9299074074</x:v>
+        <x:v>45189.9258101852</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C535" s="0">
-        <x:v>1.96</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D535" s="0">
-        <x:v>21.047</x:v>
+        <x:v>21.229</x:v>
       </x:c>
       <x:c r="E535" s="0">
-        <x:v>16.19</x:v>
+        <x:v>16.33</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:5">
       <x:c r="A536" s="1">
-        <x:v>45163.9260416667</x:v>
+        <x:v>45188.9232060185</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C536" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D536" s="0">
-        <x:v>20.683</x:v>
+        <x:v>21.229</x:v>
       </x:c>
       <x:c r="E536" s="0">
-        <x:v>15.91</x:v>
+        <x:v>16.33</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:5">
       <x:c r="A537" s="1">
-        <x:v>45162.9230787037</x:v>
+        <x:v>45187.9256018518</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C537" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D537" s="0">
-        <x:v>20.943</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E537" s="0">
-        <x:v>16.11</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:5">
       <x:c r="A538" s="1">
-        <x:v>45161.9244675926</x:v>
+        <x:v>45184.9348958333</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C538" s="0">
-        <x:v>1.99</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D538" s="0">
-        <x:v>20.592</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E538" s="0">
-        <x:v>15.84</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:5">
       <x:c r="A539" s="1">
-        <x:v>45160.9242361111</x:v>
+        <x:v>45183.9222453704</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C539" s="0">
-        <x:v>2.1</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D539" s="0">
-        <x:v>20.592</x:v>
+        <x:v>20.956</x:v>
       </x:c>
       <x:c r="E539" s="0">
-        <x:v>15.84</x:v>
+        <x:v>16.12</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:5">
       <x:c r="A540" s="1">
-        <x:v>45159.9246527778</x:v>
+        <x:v>45182.9262152778</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C540" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D540" s="0">
-        <x:v>20.41</x:v>
+        <x:v>20.865</x:v>
       </x:c>
       <x:c r="E540" s="0">
-        <x:v>15.7</x:v>
+        <x:v>16.05</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:5">
       <x:c r="A541" s="1">
-        <x:v>45156.9241666667</x:v>
+        <x:v>45181.9272569444</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C541" s="0">
-        <x:v>2.19</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D541" s="0">
-        <x:v>20.358</x:v>
+        <x:v>20.891</x:v>
       </x:c>
       <x:c r="E541" s="0">
-        <x:v>15.66</x:v>
+        <x:v>16.07</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:5">
       <x:c r="A542" s="1">
-        <x:v>45155.9269212963</x:v>
+        <x:v>45180.9246759259</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C542" s="0">
-        <x:v>2.17</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D542" s="0">
-        <x:v>20.482</x:v>
+        <x:v>20.891</x:v>
       </x:c>
       <x:c r="E542" s="0">
-        <x:v>15.755</x:v>
+        <x:v>16.07</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:5">
       <x:c r="A543" s="1">
-        <x:v>45154.9237037037</x:v>
+        <x:v>45177.9257986111</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C543" s="0">
-        <x:v>2.13</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D543" s="0">
-        <x:v>20.826</x:v>
+        <x:v>20.527</x:v>
       </x:c>
       <x:c r="E543" s="0">
-        <x:v>16.02</x:v>
+        <x:v>15.79</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:5">
       <x:c r="A544" s="1">
-        <x:v>45153.9260069444</x:v>
+        <x:v>45176.9232175926</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C544" s="0">
-        <x:v>2.03</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D544" s="0">
-        <x:v>21.671</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E544" s="0">
-        <x:v>16.67</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:5">
       <x:c r="A545" s="1">
-        <x:v>45152.9223842593</x:v>
+        <x:v>45175.9268865741</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C545" s="0">
-        <x:v>1.82</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D545" s="0">
-        <x:v>21.983</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E545" s="0">
-        <x:v>16.91</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:5">
       <x:c r="A546" s="1">
-        <x:v>45149.928287037</x:v>
+        <x:v>45174.9250462963</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C546" s="0">
-        <x:v>1.74</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D546" s="0">
-        <x:v>21.658</x:v>
+        <x:v>20.696</x:v>
       </x:c>
       <x:c r="E546" s="0">
-        <x:v>16.66</x:v>
+        <x:v>15.92</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:5">
       <x:c r="A547" s="1">
-        <x:v>45148.9246990741</x:v>
+        <x:v>45170.923599537</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C547" s="0">
-        <x:v>1.82</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D547" s="0">
-        <x:v>21.424</x:v>
+        <x:v>20.956</x:v>
       </x:c>
       <x:c r="E547" s="0">
-        <x:v>16.48</x:v>
+        <x:v>16.12</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:5">
       <x:c r="A548" s="1">
-        <x:v>45147.9264814815</x:v>
+        <x:v>45169.9249421296</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C548" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D548" s="0">
-        <x:v>21.424</x:v>
+        <x:v>21.255</x:v>
       </x:c>
       <x:c r="E548" s="0">
-        <x:v>16.48</x:v>
+        <x:v>16.35</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:5">
       <x:c r="A549" s="1">
-        <x:v>45146.9298032407</x:v>
+        <x:v>45168.9229050926</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C549" s="0">
-        <x:v>1.89</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D549" s="0">
-        <x:v>21.45</x:v>
+        <x:v>21.242</x:v>
       </x:c>
       <x:c r="E549" s="0">
-        <x:v>16.5</x:v>
+        <x:v>16.34</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:5">
       <x:c r="A550" s="1">
-        <x:v>45145.9271875</x:v>
+        <x:v>45167.9230902778</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C550" s="0">
-        <x:v>1.87</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D550" s="0">
-        <x:v>21.437</x:v>
+        <x:v>21.242</x:v>
       </x:c>
       <x:c r="E550" s="0">
-        <x:v>16.49</x:v>
+        <x:v>16.34</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:5">
       <x:c r="A551" s="1">
-        <x:v>45142.9239930556</x:v>
+        <x:v>45166.9299074074</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C551" s="0">
-        <x:v>1.87</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D551" s="0">
-        <x:v>21.203</x:v>
+        <x:v>21.047</x:v>
       </x:c>
       <x:c r="E551" s="0">
-        <x:v>16.31</x:v>
+        <x:v>16.19</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:5">
       <x:c r="A552" s="1">
-        <x:v>45141.9269791667</x:v>
+        <x:v>45163.9260416667</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C552" s="0">
-        <x:v>1.94</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D552" s="0">
-        <x:v>21.502</x:v>
+        <x:v>20.683</x:v>
       </x:c>
       <x:c r="E552" s="0">
-        <x:v>16.54</x:v>
+        <x:v>15.91</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:5">
       <x:c r="A553" s="1">
-        <x:v>45140.9285648148</x:v>
+        <x:v>45162.9230787037</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C553" s="0">
-        <x:v>1.86</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D553" s="0">
-        <x:v>22.139</x:v>
+        <x:v>20.943</x:v>
       </x:c>
       <x:c r="E553" s="0">
-        <x:v>17.03</x:v>
+        <x:v>16.11</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:5">
       <x:c r="A554" s="1">
-        <x:v>45139.9230671296</x:v>
+        <x:v>45161.9244675926</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C554" s="0">
-        <x:v>1.71</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D554" s="0">
-        <x:v>22.477</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E554" s="0">
-        <x:v>17.29</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:5">
       <x:c r="A555" s="1">
-        <x:v>45138.9233449074</x:v>
+        <x:v>45160.9242361111</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C555" s="0">
-        <x:v>1.64</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D555" s="0">
-        <x:v>22.477</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E555" s="0">
-        <x:v>17.29</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:5">
       <x:c r="A556" s="1">
-        <x:v>45135.9241087963</x:v>
+        <x:v>45159.9246527778</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C556" s="0">
-        <x:v>1.73</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D556" s="0">
-        <x:v>22.074</x:v>
+        <x:v>20.41</x:v>
       </x:c>
       <x:c r="E556" s="0">
-        <x:v>16.98</x:v>
+        <x:v>15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:5">
       <x:c r="A557" s="1">
-        <x:v>45134.9268171296</x:v>
+        <x:v>45156.9241666667</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C557" s="0">
-        <x:v>1.79</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D557" s="0">
-        <x:v>22.425</x:v>
+        <x:v>20.358</x:v>
       </x:c>
       <x:c r="E557" s="0">
-        <x:v>17.25</x:v>
+        <x:v>15.66</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:5">
       <x:c r="A558" s="1">
-        <x:v>45133.9234375</x:v>
+        <x:v>45155.9269212963</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C558" s="0">
-        <x:v>1.66</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D558" s="0">
-        <x:v>22.789</x:v>
+        <x:v>20.482</x:v>
       </x:c>
       <x:c r="E558" s="0">
-        <x:v>17.53</x:v>
+        <x:v>15.755</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:5">
       <x:c r="A559" s="1">
-        <x:v>45132.9249768518</x:v>
+        <x:v>45154.9237037037</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C559" s="0">
-        <x:v>1.58</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D559" s="0">
-        <x:v>22.594</x:v>
+        <x:v>20.826</x:v>
       </x:c>
       <x:c r="E559" s="0">
-        <x:v>17.38</x:v>
+        <x:v>16.02</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:5">
       <x:c r="A560" s="1">
-        <x:v>45131.924224537</x:v>
+        <x:v>45153.9260069444</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C560" s="0">
-        <x:v>1.62</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D560" s="0">
-        <x:v>22.62</x:v>
+        <x:v>21.671</x:v>
       </x:c>
       <x:c r="E560" s="0">
-        <x:v>17.4</x:v>
+        <x:v>16.67</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:5">
       <x:c r="A561" s="1">
-        <x:v>45128.9254976852</x:v>
+        <x:v>45152.9223842593</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C561" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D561" s="0">
-        <x:v>22.62</x:v>
+        <x:v>21.983</x:v>
       </x:c>
       <x:c r="E561" s="0">
-        <x:v>17.4</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:5">
       <x:c r="A562" s="1">
-        <x:v>45127.9287847222</x:v>
+        <x:v>45149.928287037</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C562" s="0">
-        <x:v>1.65</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D562" s="0">
-        <x:v>22.945</x:v>
+        <x:v>21.658</x:v>
       </x:c>
       <x:c r="E562" s="0">
-        <x:v>17.65</x:v>
+        <x:v>16.66</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:5">
       <x:c r="A563" s="1">
-        <x:v>45126.9251041667</x:v>
+        <x:v>45148.9246990741</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C563" s="0">
-        <x:v>1.55</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D563" s="0">
-        <x:v>22.945</x:v>
+        <x:v>21.424</x:v>
       </x:c>
       <x:c r="E563" s="0">
-        <x:v>17.65</x:v>
+        <x:v>16.48</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:5">
       <x:c r="A564" s="1">
-        <x:v>45125.941875</x:v>
+        <x:v>45147.9264814815</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C564" s="0">
-        <x:v>1.55</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D564" s="0">
-        <x:v>22.945</x:v>
+        <x:v>21.424</x:v>
       </x:c>
       <x:c r="E564" s="0">
-        <x:v>17.65</x:v>
+        <x:v>16.48</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:5">
       <x:c r="A565" s="1">
-        <x:v>45124.9220486111</x:v>
+        <x:v>45146.9298032407</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C565" s="0">
-        <x:v>1.63</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D565" s="0">
-        <x:v>22.568</x:v>
+        <x:v>21.45</x:v>
       </x:c>
       <x:c r="E565" s="0">
-        <x:v>17.36</x:v>
+        <x:v>16.5</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:5">
       <x:c r="A566" s="1">
-        <x:v>45121.9280787037</x:v>
+        <x:v>45145.9271875</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C566" s="0">
-        <x:v>1.63</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D566" s="0">
-        <x:v>22.555</x:v>
+        <x:v>21.437</x:v>
       </x:c>
       <x:c r="E566" s="0">
-        <x:v>17.35</x:v>
+        <x:v>16.49</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:5">
       <x:c r="A567" s="1">
-        <x:v>45120.9246412037</x:v>
+        <x:v>45142.9239930556</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C567" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D567" s="0">
-        <x:v>22.724</x:v>
+        <x:v>21.203</x:v>
       </x:c>
       <x:c r="E567" s="0">
-        <x:v>17.48</x:v>
+        <x:v>16.31</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:5">
       <x:c r="A568" s="1">
-        <x:v>45119.9228472222</x:v>
+        <x:v>45141.9269791667</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C568" s="0">
-        <x:v>1.6</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D568" s="0">
-        <x:v>21.723</x:v>
+        <x:v>21.502</x:v>
       </x:c>
       <x:c r="E568" s="0">
-        <x:v>16.71</x:v>
+        <x:v>16.54</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:5">
       <x:c r="A569" s="1">
-        <x:v>45118.9245138889</x:v>
+        <x:v>45140.9285648148</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C569" s="0">
-        <x:v>1.85</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D569" s="0">
-        <x:v>21.723</x:v>
+        <x:v>22.139</x:v>
       </x:c>
       <x:c r="E569" s="0">
-        <x:v>16.71</x:v>
+        <x:v>17.03</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:5">
       <x:c r="A570" s="1">
-        <x:v>45114.92375</x:v>
+        <x:v>45139.9230671296</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C570" s="0">
-        <x:v>1.98</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D570" s="0">
-        <x:v>21.242</x:v>
+        <x:v>22.477</x:v>
       </x:c>
       <x:c r="E570" s="0">
-        <x:v>16.34</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:5">
       <x:c r="A571" s="1">
-        <x:v>45113.9230439815</x:v>
+        <x:v>45138.9233449074</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C571" s="0">
-        <x:v>2.02</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D571" s="0">
-        <x:v>21.086</x:v>
+        <x:v>22.477</x:v>
       </x:c>
       <x:c r="E571" s="0">
-        <x:v>16.22</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:5">
       <x:c r="A572" s="1">
-        <x:v>45112.9232175926</x:v>
+        <x:v>45135.9241087963</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C572" s="0">
-        <x:v>1.86</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D572" s="0">
-        <x:v>22.217</x:v>
+        <x:v>22.074</x:v>
       </x:c>
       <x:c r="E572" s="0">
-        <x:v>17.09</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:5">
       <x:c r="A573" s="1">
-        <x:v>45110.8096064815</x:v>
+        <x:v>45134.9268171296</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C573" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D573" s="0">
-        <x:v>22.009</x:v>
+        <x:v>22.425</x:v>
       </x:c>
       <x:c r="E573" s="0">
-        <x:v>16.93</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:5">
       <x:c r="A574" s="1">
-        <x:v>45107.9253356481</x:v>
+        <x:v>45133.9234375</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C574" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D574" s="0">
-        <x:v>21.619</x:v>
+        <x:v>22.789</x:v>
       </x:c>
       <x:c r="E574" s="0">
-        <x:v>16.63</x:v>
+        <x:v>17.53</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:5">
       <x:c r="A575" s="1">
-        <x:v>45106.9274537037</x:v>
+        <x:v>45132.9249768518</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C575" s="0">
-        <x:v>1.89</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D575" s="0">
-        <x:v>21.58</x:v>
+        <x:v>22.594</x:v>
       </x:c>
       <x:c r="E575" s="0">
-        <x:v>16.6</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:5">
       <x:c r="A576" s="1">
-        <x:v>45105.9278125</x:v>
+        <x:v>45131.924224537</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C576" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D576" s="0">
-        <x:v>21.58</x:v>
+        <x:v>22.62</x:v>
       </x:c>
       <x:c r="E576" s="0">
-        <x:v>16.6</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:5">
       <x:c r="A577" s="1">
-        <x:v>45104.9254861111</x:v>
+        <x:v>45128.9254976852</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C577" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D577" s="0">
-        <x:v>21.658</x:v>
+        <x:v>22.62</x:v>
       </x:c>
       <x:c r="E577" s="0">
-        <x:v>16.66</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:5">
       <x:c r="A578" s="1">
-        <x:v>45103.927337963</x:v>
+        <x:v>45127.9287847222</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C578" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D578" s="0">
-        <x:v>21.541</x:v>
+        <x:v>22.945</x:v>
       </x:c>
       <x:c r="E578" s="0">
-        <x:v>16.57</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:5">
       <x:c r="A579" s="1">
-        <x:v>45100.9375925926</x:v>
+        <x:v>45126.9251041667</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C579" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D579" s="0">
-        <x:v>21.398</x:v>
+        <x:v>22.945</x:v>
       </x:c>
       <x:c r="E579" s="0">
-        <x:v>16.46</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:5">
       <x:c r="A580" s="1">
-        <x:v>45099.9302083333</x:v>
+        <x:v>45125.941875</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C580" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D580" s="0">
-        <x:v>21.333</x:v>
+        <x:v>22.945</x:v>
       </x:c>
       <x:c r="E580" s="0">
-        <x:v>16.41</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:5">
       <x:c r="A581" s="1">
-        <x:v>45098.9316782407</x:v>
+        <x:v>45124.9220486111</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C581" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D581" s="0">
-        <x:v>20.865</x:v>
+        <x:v>22.568</x:v>
       </x:c>
       <x:c r="E581" s="0">
-        <x:v>16.05</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:5">
       <x:c r="A582" s="1">
-        <x:v>45097.9234143519</x:v>
+        <x:v>45121.9280787037</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C582" s="0">
-        <x:v>2.1</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D582" s="0">
-        <x:v>20.865</x:v>
+        <x:v>22.555</x:v>
       </x:c>
       <x:c r="E582" s="0">
-        <x:v>16.05</x:v>
+        <x:v>17.35</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:5">
       <x:c r="A583" s="1">
-        <x:v>45093.9268981482</x:v>
+        <x:v>45120.9246412037</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C583" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D583" s="0">
-        <x:v>21.437</x:v>
+        <x:v>22.724</x:v>
       </x:c>
       <x:c r="E583" s="0">
-        <x:v>16.49</x:v>
+        <x:v>17.48</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:5">
       <x:c r="A584" s="1">
-        <x:v>45092.9228240741</x:v>
+        <x:v>45119.9228472222</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C584" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D584" s="0">
-        <x:v>21.437</x:v>
+        <x:v>21.723</x:v>
       </x:c>
       <x:c r="E584" s="0">
-        <x:v>16.49</x:v>
+        <x:v>16.71</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:5">
       <x:c r="A585" s="1">
-        <x:v>45091.9300810185</x:v>
+        <x:v>45118.9245138889</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C585" s="0">
-        <x:v>1.86</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D585" s="0">
-        <x:v>21.853</x:v>
+        <x:v>21.723</x:v>
       </x:c>
       <x:c r="E585" s="0">
-        <x:v>16.81</x:v>
+        <x:v>16.71</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:5">
       <x:c r="A586" s="1">
-        <x:v>45090.9281134259</x:v>
+        <x:v>45114.92375</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C586" s="0">
-        <x:v>1.85</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D586" s="0">
-        <x:v>21.97</x:v>
+        <x:v>21.242</x:v>
       </x:c>
       <x:c r="E586" s="0">
-        <x:v>16.9</x:v>
+        <x:v>16.34</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:5">
       <x:c r="A587" s="1">
-        <x:v>45089.9262615741</x:v>
+        <x:v>45113.9230439815</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C587" s="0">
-        <x:v>1.82</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D587" s="0">
-        <x:v>21.97</x:v>
+        <x:v>21.086</x:v>
       </x:c>
       <x:c r="E587" s="0">
-        <x:v>16.9</x:v>
+        <x:v>16.22</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:5">
       <x:c r="A588" s="1">
-        <x:v>45086.9233449074</x:v>
+        <x:v>45112.9232175926</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C588" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D588" s="0">
-        <x:v>22.087</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E588" s="0">
-        <x:v>16.99</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:5">
       <x:c r="A589" s="1">
-        <x:v>45085.9244328704</x:v>
+        <x:v>45110.8096064815</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C589" s="0">
         <x:v>1.74</x:v>
       </x:c>
       <x:c r="D589" s="0">
-        <x:v>22.074</x:v>
+        <x:v>22.009</x:v>
       </x:c>
       <x:c r="E589" s="0">
-        <x:v>16.98</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:5">
       <x:c r="A590" s="1">
-        <x:v>45084.9239236111</x:v>
+        <x:v>45107.9253356481</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C590" s="0">
         <x:v>1.79</x:v>
       </x:c>
       <x:c r="D590" s="0">
-        <x:v>22.269</x:v>
+        <x:v>21.619</x:v>
       </x:c>
       <x:c r="E590" s="0">
-        <x:v>17.13</x:v>
+        <x:v>16.63</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:5">
       <x:c r="A591" s="1">
-        <x:v>45083.9221296296</x:v>
+        <x:v>45106.9274537037</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C591" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D591" s="0">
-        <x:v>22.269</x:v>
+        <x:v>21.58</x:v>
       </x:c>
       <x:c r="E591" s="0">
-        <x:v>17.13</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:5">
       <x:c r="A592" s="1">
-        <x:v>45082.9230671296</x:v>
+        <x:v>45105.9278125</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C592" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D592" s="0">
-        <x:v>22.347</x:v>
+        <x:v>21.58</x:v>
       </x:c>
       <x:c r="E592" s="0">
-        <x:v>17.19</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:5">
       <x:c r="A593" s="1">
-        <x:v>45079.9291435185</x:v>
+        <x:v>45104.9254861111</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C593" s="0">
-        <x:v>1.69</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D593" s="0">
-        <x:v>22.685</x:v>
+        <x:v>21.658</x:v>
       </x:c>
       <x:c r="E593" s="0">
-        <x:v>17.45</x:v>
+        <x:v>16.66</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:5">
       <x:c r="A594" s="1">
-        <x:v>45078.9253356481</x:v>
+        <x:v>45103.927337963</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C594" s="0">
-        <x:v>1.65</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D594" s="0">
-        <x:v>22.685</x:v>
+        <x:v>21.541</x:v>
       </x:c>
       <x:c r="E594" s="0">
-        <x:v>17.45</x:v>
+        <x:v>16.57</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:5">
       <x:c r="A595" s="1">
-        <x:v>45077.9240277778</x:v>
+        <x:v>45100.9375925926</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C595" s="0">
-        <x:v>1.83</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D595" s="0">
-        <x:v>21.814</x:v>
+        <x:v>21.398</x:v>
       </x:c>
       <x:c r="E595" s="0">
-        <x:v>16.78</x:v>
+        <x:v>16.46</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:5">
       <x:c r="A596" s="1">
-        <x:v>45076.9235648148</x:v>
+        <x:v>45099.9302083333</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C596" s="0">
-        <x:v>1.87</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D596" s="0">
-        <x:v>22.087</x:v>
+        <x:v>21.333</x:v>
       </x:c>
       <x:c r="E596" s="0">
-        <x:v>16.99</x:v>
+        <x:v>16.41</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:5">
       <x:c r="A597" s="1">
-        <x:v>45072.9248958333</x:v>
+        <x:v>45098.9316782407</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C597" s="0">
-        <x:v>1.83</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D597" s="0">
-        <x:v>22.217</x:v>
+        <x:v>20.865</x:v>
       </x:c>
       <x:c r="E597" s="0">
-        <x:v>17.09</x:v>
+        <x:v>16.05</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:5">
       <x:c r="A598" s="1">
-        <x:v>45071.9270833333</x:v>
+        <x:v>45097.9234143519</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C598" s="0">
-        <x:v>1.79</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D598" s="0">
-        <x:v>22.217</x:v>
+        <x:v>20.865</x:v>
       </x:c>
       <x:c r="E598" s="0">
-        <x:v>17.09</x:v>
+        <x:v>16.05</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:5">
       <x:c r="A599" s="1">
-        <x:v>45070.9251157407</x:v>
+        <x:v>45093.9268981482</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C599" s="0">
-        <x:v>1.68</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D599" s="0">
-        <x:v>22.724</x:v>
+        <x:v>21.437</x:v>
       </x:c>
       <x:c r="E599" s="0">
-        <x:v>17.48</x:v>
+        <x:v>16.49</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:5">
       <x:c r="A600" s="1">
-        <x:v>45069.9265625</x:v>
+        <x:v>45092.9228240741</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C600" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D600" s="0">
-        <x:v>23.127</x:v>
+        <x:v>21.437</x:v>
       </x:c>
       <x:c r="E600" s="0">
-        <x:v>17.79</x:v>
+        <x:v>16.49</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:5">
       <x:c r="A601" s="1">
-        <x:v>45068.9327546296</x:v>
+        <x:v>45091.9300810185</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C601" s="0">
-        <x:v>1.6</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D601" s="0">
-        <x:v>23.127</x:v>
+        <x:v>21.853</x:v>
       </x:c>
       <x:c r="E601" s="0">
-        <x:v>17.79</x:v>
+        <x:v>16.81</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:5">
       <x:c r="A602" s="1">
-        <x:v>45065.9228587963</x:v>
+        <x:v>45090.9281134259</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C602" s="0">
-        <x:v>1.58</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D602" s="0">
-        <x:v>23.153</x:v>
+        <x:v>21.97</x:v>
       </x:c>
       <x:c r="E602" s="0">
-        <x:v>17.81</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:5">
       <x:c r="A603" s="1">
-        <x:v>45064.9229513889</x:v>
+        <x:v>45089.9262615741</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C603" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D603" s="0">
-        <x:v>23.959</x:v>
+        <x:v>21.97</x:v>
       </x:c>
       <x:c r="E603" s="0">
-        <x:v>18.43</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:5">
       <x:c r="A604" s="1">
-        <x:v>45063.9266550926</x:v>
+        <x:v>45086.9233449074</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C604" s="0">
-        <x:v>1.44</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D604" s="0">
-        <x:v>24.388</x:v>
+        <x:v>22.087</x:v>
       </x:c>
       <x:c r="E604" s="0">
-        <x:v>18.76</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:5">
       <x:c r="A605" s="1">
-        <x:v>45062.9223032407</x:v>
+        <x:v>45085.9244328704</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C605" s="0">
-        <x:v>1.37</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D605" s="0">
-        <x:v>24.388</x:v>
+        <x:v>22.074</x:v>
       </x:c>
       <x:c r="E605" s="0">
-        <x:v>18.76</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:5">
       <x:c r="A606" s="1">
-        <x:v>45061.9242592593</x:v>
+        <x:v>45084.9239236111</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C606" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D606" s="0">
-        <x:v>25.155</x:v>
+        <x:v>22.269</x:v>
       </x:c>
       <x:c r="E606" s="0">
-        <x:v>19.35</x:v>
+        <x:v>17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:5">
       <x:c r="A607" s="1">
-        <x:v>45058.9231018519</x:v>
+        <x:v>45083.9221296296</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C607" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D607" s="0">
-        <x:v>24.739</x:v>
+        <x:v>22.269</x:v>
       </x:c>
       <x:c r="E607" s="0">
-        <x:v>19.03</x:v>
+        <x:v>17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:5">
       <x:c r="A608" s="1">
-        <x:v>45057.923587963</x:v>
+        <x:v>45082.9230671296</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C608" s="0">
-        <x:v>1.32</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D608" s="0">
-        <x:v>25.701</x:v>
+        <x:v>22.347</x:v>
       </x:c>
       <x:c r="E608" s="0">
-        <x:v>19.77</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:5">
       <x:c r="A609" s="1">
-        <x:v>45056.9222916667</x:v>
+        <x:v>45079.9291435185</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C609" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D609" s="0">
-        <x:v>25.72</x:v>
+        <x:v>22.685</x:v>
       </x:c>
       <x:c r="E609" s="0">
-        <x:v>19.785</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:5">
       <x:c r="A610" s="1">
-        <x:v>45055.9247337963</x:v>
+        <x:v>45078.9253356481</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C610" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D610" s="0">
-        <x:v>25.805</x:v>
+        <x:v>22.685</x:v>
       </x:c>
       <x:c r="E610" s="0">
-        <x:v>19.85</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:5">
       <x:c r="A611" s="1">
-        <x:v>45054.9227199074</x:v>
+        <x:v>45077.9240277778</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C611" s="0">
-        <x:v>1.17</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D611" s="0">
-        <x:v>26.26</x:v>
+        <x:v>21.814</x:v>
       </x:c>
       <x:c r="E611" s="0">
-        <x:v>20.2</x:v>
+        <x:v>16.78</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:5">
       <x:c r="A612" s="1">
-        <x:v>45051.9236805556</x:v>
+        <x:v>45076.9235648148</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C612" s="0">
-        <x:v>1.11</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D612" s="0">
-        <x:v>26.559</x:v>
+        <x:v>22.087</x:v>
       </x:c>
       <x:c r="E612" s="0">
-        <x:v>20.43</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:5">
       <x:c r="A613" s="1">
-        <x:v>45050.9235648148</x:v>
+        <x:v>45072.9248958333</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C613" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D613" s="0">
-        <x:v>25.974</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E613" s="0">
-        <x:v>19.98</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:5">
       <x:c r="A614" s="1">
-        <x:v>45049.9224768519</x:v>
+        <x:v>45071.9270833333</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C614" s="0">
-        <x:v>1.15</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D614" s="0">
-        <x:v>25.974</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E614" s="0">
-        <x:v>19.98</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:5">
       <x:c r="A615" s="1">
-        <x:v>45048.9299189815</x:v>
+        <x:v>45070.9251157407</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C615" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D615" s="0">
-        <x:v>24.752</x:v>
+        <x:v>22.724</x:v>
       </x:c>
       <x:c r="E615" s="0">
-        <x:v>19.04</x:v>
+        <x:v>17.48</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:5">
       <x:c r="A616" s="1">
-        <x:v>45044.9284606481</x:v>
+        <x:v>45069.9265625</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C616" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D616" s="0">
-        <x:v>24.752</x:v>
+        <x:v>23.127</x:v>
       </x:c>
       <x:c r="E616" s="0">
-        <x:v>19.04</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:5">
       <x:c r="A617" s="1">
-        <x:v>45043.9249074074</x:v>
+        <x:v>45068.9327546296</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C617" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D617" s="0">
-        <x:v>24.921</x:v>
+        <x:v>23.127</x:v>
       </x:c>
       <x:c r="E617" s="0">
-        <x:v>19.17</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:5">
       <x:c r="A618" s="1">
-        <x:v>45042.9284606481</x:v>
+        <x:v>45065.9228587963</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C618" s="0">
-        <x:v>1.35</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D618" s="0">
-        <x:v>24.687</x:v>
+        <x:v>23.153</x:v>
       </x:c>
       <x:c r="E618" s="0">
-        <x:v>18.99</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:5">
       <x:c r="A619" s="1">
-        <x:v>45041.9275462963</x:v>
+        <x:v>45064.9229513889</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C619" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D619" s="0">
-        <x:v>24.791</x:v>
+        <x:v>23.959</x:v>
       </x:c>
       <x:c r="E619" s="0">
-        <x:v>19.07</x:v>
+        <x:v>18.43</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:5">
       <x:c r="A620" s="1">
-        <x:v>45040.9281712963</x:v>
+        <x:v>45063.9266550926</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C620" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D620" s="0">
-        <x:v>24.791</x:v>
+        <x:v>24.388</x:v>
       </x:c>
       <x:c r="E620" s="0">
-        <x:v>19.07</x:v>
+        <x:v>18.76</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:5">
       <x:c r="A621" s="1">
-        <x:v>45037.9259143519</x:v>
+        <x:v>45062.9223032407</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C621" s="0">
-        <x:v>1.33</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D621" s="0">
-        <x:v>24.96</x:v>
+        <x:v>24.388</x:v>
       </x:c>
       <x:c r="E621" s="0">
-        <x:v>19.2</x:v>
+        <x:v>18.76</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:5">
       <x:c r="A622" s="1">
-        <x:v>45036.9263078704</x:v>
+        <x:v>45061.9242592593</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C622" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D622" s="0">
-        <x:v>24.96</x:v>
+        <x:v>25.155</x:v>
       </x:c>
       <x:c r="E622" s="0">
-        <x:v>19.2</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:5">
       <x:c r="A623" s="1">
-        <x:v>45035.9235532407</x:v>
+        <x:v>45058.9231018519</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C623" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D623" s="0">
-        <x:v>25.012</x:v>
+        <x:v>24.739</x:v>
       </x:c>
       <x:c r="E623" s="0">
-        <x:v>19.24</x:v>
+        <x:v>19.03</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:5">
       <x:c r="A624" s="1">
-        <x:v>45034.9318402778</x:v>
+        <x:v>45057.923587963</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C624" s="0">
-        <x:v>1.26</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D624" s="0">
-        <x:v>25.246</x:v>
+        <x:v>25.701</x:v>
       </x:c>
       <x:c r="E624" s="0">
-        <x:v>19.42</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:5">
       <x:c r="A625" s="1">
-        <x:v>45033.9299074074</x:v>
+        <x:v>45056.9222916667</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C625" s="0">
-        <x:v>1.27</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D625" s="0">
-        <x:v>25.181</x:v>
+        <x:v>25.72</x:v>
       </x:c>
       <x:c r="E625" s="0">
-        <x:v>19.37</x:v>
+        <x:v>19.785</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:5">
       <x:c r="A626" s="1">
-        <x:v>45030.9262268519</x:v>
+        <x:v>45055.9247337963</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C626" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D626" s="0">
-        <x:v>26.065</x:v>
+        <x:v>25.805</x:v>
       </x:c>
       <x:c r="E626" s="0">
-        <x:v>20.05</x:v>
+        <x:v>19.85</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:5">
       <x:c r="A627" s="1">
-        <x:v>45029.9222685185</x:v>
+        <x:v>45054.9227199074</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C627" s="0">
-        <x:v>1.15</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D627" s="0">
-        <x:v>25.519</x:v>
+        <x:v>26.26</x:v>
       </x:c>
       <x:c r="E627" s="0">
-        <x:v>19.63</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:5">
       <x:c r="A628" s="1">
-        <x:v>45028.9214583333</x:v>
+        <x:v>45051.9236805556</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C628" s="0">
-        <x:v>1.23</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D628" s="0">
-        <x:v>25.519</x:v>
+        <x:v>26.559</x:v>
       </x:c>
       <x:c r="E628" s="0">
-        <x:v>19.63</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:5">
       <x:c r="A629" s="1">
-        <x:v>45027.9227893519</x:v>
+        <x:v>45050.9235648148</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C629" s="0">
-        <x:v>1.27</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D629" s="0">
-        <x:v>25.649</x:v>
+        <x:v>25.974</x:v>
       </x:c>
       <x:c r="E629" s="0">
-        <x:v>19.73</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:5">
       <x:c r="A630" s="1">
-        <x:v>45022.9261689815</x:v>
+        <x:v>45049.9224768519</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C630" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D630" s="0">
-        <x:v>25.584</x:v>
+        <x:v>25.974</x:v>
       </x:c>
       <x:c r="E630" s="0">
-        <x:v>19.68</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:5">
       <x:c r="A631" s="1">
-        <x:v>45021.9270949074</x:v>
+        <x:v>45048.9299189815</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C631" s="0">
-        <x:v>1.22</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D631" s="0">
-        <x:v>25.506</x:v>
+        <x:v>24.752</x:v>
       </x:c>
       <x:c r="E631" s="0">
-        <x:v>19.62</x:v>
+        <x:v>19.04</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:5">
       <x:c r="A632" s="1">
-        <x:v>45020.9220717593</x:v>
+        <x:v>45044.9284606481</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C632" s="0">
-        <x:v>1.23</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D632" s="0">
-        <x:v>24.427</x:v>
+        <x:v>24.752</x:v>
       </x:c>
       <x:c r="E632" s="0">
-        <x:v>18.79</x:v>
+        <x:v>19.04</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:5">
       <x:c r="A633" s="1">
-        <x:v>45019.9280787037</x:v>
+        <x:v>45043.9249074074</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C633" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D633" s="0">
-        <x:v>24.427</x:v>
+        <x:v>24.921</x:v>
       </x:c>
       <x:c r="E633" s="0">
-        <x:v>18.79</x:v>
+        <x:v>19.17</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:5">
       <x:c r="A634" s="1">
-        <x:v>45016.9234490741</x:v>
+        <x:v>45042.9284606481</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C634" s="0">
-        <x:v>1.47</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D634" s="0">
-        <x:v>24.141</x:v>
+        <x:v>24.687</x:v>
       </x:c>
       <x:c r="E634" s="0">
-        <x:v>18.57</x:v>
+        <x:v>18.99</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:5">
       <x:c r="A635" s="1">
-        <x:v>45015.9242013889</x:v>
+        <x:v>45041.9275462963</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C635" s="0">
-        <x:v>1.46</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D635" s="0">
-        <x:v>24.102</x:v>
+        <x:v>24.791</x:v>
       </x:c>
       <x:c r="E635" s="0">
-        <x:v>18.54</x:v>
+        <x:v>19.07</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:5">
       <x:c r="A636" s="1">
-        <x:v>45014.9236226852</x:v>
+        <x:v>45040.9281712963</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C636" s="0">
-        <x:v>1.47</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D636" s="0">
-        <x:v>24.258</x:v>
+        <x:v>24.791</x:v>
       </x:c>
       <x:c r="E636" s="0">
-        <x:v>18.66</x:v>
+        <x:v>19.07</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:5">
       <x:c r="A637" s="1">
-        <x:v>45013.9251157407</x:v>
+        <x:v>45037.9259143519</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C637" s="0">
-        <x:v>1.44</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D637" s="0">
-        <x:v>24.05</x:v>
+        <x:v>24.96</x:v>
       </x:c>
       <x:c r="E637" s="0">
-        <x:v>18.5</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:5">
       <x:c r="A638" s="1">
-        <x:v>45012.9251388889</x:v>
+        <x:v>45036.9263078704</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C638" s="0">
-        <x:v>1.48</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D638" s="0">
-        <x:v>24.05</x:v>
+        <x:v>24.96</x:v>
       </x:c>
       <x:c r="E638" s="0">
-        <x:v>18.5</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:5">
       <x:c r="A639" s="1">
-        <x:v>45009.8955902778</x:v>
+        <x:v>45035.9235532407</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C639" s="0">
-        <x:v>1.48</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D639" s="0">
-        <x:v>23.79</x:v>
+        <x:v>25.012</x:v>
       </x:c>
       <x:c r="E639" s="0">
-        <x:v>18.3</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:5">
       <x:c r="A640" s="1">
-        <x:v>45008.8924189815</x:v>
+        <x:v>45034.9318402778</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C640" s="0">
-        <x:v>1.53</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D640" s="0">
-        <x:v>23.4</x:v>
+        <x:v>25.246</x:v>
       </x:c>
       <x:c r="E640" s="0">
-        <x:v>18</x:v>
+        <x:v>19.42</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:5">
       <x:c r="A641" s="1">
-        <x:v>45007.891099537</x:v>
+        <x:v>45033.9299074074</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C641" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D641" s="0">
-        <x:v>22.997</x:v>
+        <x:v>25.181</x:v>
       </x:c>
       <x:c r="E641" s="0">
-        <x:v>17.69</x:v>
+        <x:v>19.37</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:5">
       <x:c r="A642" s="1">
-        <x:v>45006.8937615741</x:v>
+        <x:v>45030.9262268519</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C642" s="0">
-        <x:v>1.7</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D642" s="0">
-        <x:v>23.712</x:v>
+        <x:v>26.065</x:v>
       </x:c>
       <x:c r="E642" s="0">
-        <x:v>18.24</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:5">
       <x:c r="A643" s="1">
-        <x:v>45005.895625</x:v>
+        <x:v>45029.9222685185</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C643" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D643" s="0">
-        <x:v>23.556</x:v>
+        <x:v>25.519</x:v>
       </x:c>
       <x:c r="E643" s="0">
-        <x:v>18.12</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:5">
       <x:c r="A644" s="1">
-        <x:v>45002.9076041667</x:v>
+        <x:v>45028.9214583333</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C644" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D644" s="0">
-        <x:v>22.62</x:v>
+        <x:v>25.519</x:v>
       </x:c>
       <x:c r="E644" s="0">
-        <x:v>17.4</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:5">
       <x:c r="A645" s="1">
-        <x:v>45001.8912152778</x:v>
+        <x:v>45027.9227893519</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C645" s="0">
-        <x:v>1.81</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D645" s="0">
-        <x:v>22.724</x:v>
+        <x:v>25.649</x:v>
       </x:c>
       <x:c r="E645" s="0">
-        <x:v>17.48</x:v>
+        <x:v>19.73</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:5">
       <x:c r="A646" s="1">
-        <x:v>45000.8956597222</x:v>
+        <x:v>45022.9261689815</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C646" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D646" s="0">
-        <x:v>22.191</x:v>
+        <x:v>25.584</x:v>
       </x:c>
       <x:c r="E646" s="0">
-        <x:v>17.07</x:v>
+        <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:5">
       <x:c r="A647" s="1">
-        <x:v>44999.9072916667</x:v>
+        <x:v>45021.9270949074</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C647" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D647" s="0">
-        <x:v>22.191</x:v>
+        <x:v>25.506</x:v>
       </x:c>
       <x:c r="E647" s="0">
-        <x:v>17.07</x:v>
+        <x:v>19.62</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:5">
       <x:c r="A648" s="1">
-        <x:v>44998.8918865741</x:v>
+        <x:v>45020.9220717593</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C648" s="0">
-        <x:v>1.94</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D648" s="0">
-        <x:v>20.683</x:v>
+        <x:v>24.427</x:v>
       </x:c>
       <x:c r="E648" s="0">
-        <x:v>15.91</x:v>
+        <x:v>18.79</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:5">
       <x:c r="A649" s="1">
-        <x:v>44995.9281944444</x:v>
+        <x:v>45019.9280787037</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C649" s="0">
-        <x:v>2.45</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D649" s="0">
-        <x:v>20.683</x:v>
+        <x:v>24.427</x:v>
       </x:c>
       <x:c r="E649" s="0">
-        <x:v>15.91</x:v>
+        <x:v>18.79</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:5">
       <x:c r="A650" s="1">
-        <x:v>44994.9301851852</x:v>
+        <x:v>45016.9234490741</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C650" s="0">
-        <x:v>2.62</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D650" s="0">
-        <x:v>20.241</x:v>
+        <x:v>24.141</x:v>
       </x:c>
       <x:c r="E650" s="0">
-        <x:v>15.57</x:v>
+        <x:v>18.57</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:5">
       <x:c r="A651" s="1">
-        <x:v>44993.923912037</x:v>
+        <x:v>45015.9242013889</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C651" s="0">
-        <x:v>2.6</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D651" s="0">
-        <x:v>20.501</x:v>
+        <x:v>24.102</x:v>
       </x:c>
       <x:c r="E651" s="0">
-        <x:v>15.77</x:v>
+        <x:v>18.54</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:5">
       <x:c r="A652" s="1">
-        <x:v>44992.9295023148</x:v>
+        <x:v>45014.9236226852</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C652" s="0">
-        <x:v>2.52</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D652" s="0">
-        <x:v>21.19</x:v>
+        <x:v>24.258</x:v>
       </x:c>
       <x:c r="E652" s="0">
-        <x:v>16.3</x:v>
+        <x:v>18.66</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:5">
       <x:c r="A653" s="1">
-        <x:v>44991.9215393519</x:v>
+        <x:v>45013.9251157407</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C653" s="0">
-        <x:v>2.3</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D653" s="0">
-        <x:v>21.19</x:v>
+        <x:v>24.05</x:v>
       </x:c>
       <x:c r="E653" s="0">
-        <x:v>16.3</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:5">
       <x:c r="A654" s="1">
-        <x:v>44988.9270138889</x:v>
+        <x:v>45012.9251388889</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C654" s="0">
-        <x:v>2.21</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D654" s="0">
-        <x:v>21.476</x:v>
+        <x:v>24.05</x:v>
       </x:c>
       <x:c r="E654" s="0">
-        <x:v>16.52</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:5">
       <x:c r="A655" s="1">
-        <x:v>44987.9272800926</x:v>
+        <x:v>45009.8955902778</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C655" s="0">
-        <x:v>2.27</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D655" s="0">
-        <x:v>21.203</x:v>
+        <x:v>23.79</x:v>
       </x:c>
       <x:c r="E655" s="0">
-        <x:v>16.31</x:v>
+        <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:5">
       <x:c r="A656" s="1">
-        <x:v>44986.9261458333</x:v>
+        <x:v>45008.8924189815</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C656" s="0">
-        <x:v>2.29</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D656" s="0">
-        <x:v>20.956</x:v>
+        <x:v>23.4</x:v>
       </x:c>
       <x:c r="E656" s="0">
-        <x:v>16.12</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:5">
       <x:c r="A657" s="1">
-        <x:v>44985.9265393519</x:v>
+        <x:v>45007.891099537</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C657" s="0">
-        <x:v>2.38</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D657" s="0">
-        <x:v>20.761</x:v>
+        <x:v>22.997</x:v>
       </x:c>
       <x:c r="E657" s="0">
-        <x:v>15.97</x:v>
+        <x:v>17.69</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:5">
       <x:c r="A658" s="1">
-        <x:v>44984.9265162037</x:v>
+        <x:v>45006.8937615741</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C658" s="0">
-        <x:v>2.45</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D658" s="0">
-        <x:v>20.761</x:v>
+        <x:v>23.712</x:v>
       </x:c>
       <x:c r="E658" s="0">
-        <x:v>15.97</x:v>
+        <x:v>18.24</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:5">
       <x:c r="A659" s="1">
-        <x:v>44981.9241898148</x:v>
+        <x:v>45005.895625</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C659" s="0">
-        <x:v>2.48</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D659" s="0">
-        <x:v>20.891</x:v>
+        <x:v>23.556</x:v>
       </x:c>
       <x:c r="E659" s="0">
-        <x:v>16.07</x:v>
+        <x:v>18.12</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:5">
       <x:c r="A660" s="1">
-        <x:v>44980.9237384259</x:v>
+        <x:v>45002.9076041667</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C660" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D660" s="0">
-        <x:v>21.073</x:v>
+        <x:v>22.62</x:v>
       </x:c>
       <x:c r="E660" s="0">
-        <x:v>16.21</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:5">
       <x:c r="A661" s="1">
-        <x:v>44979.9268518519</x:v>
+        <x:v>45001.8912152778</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C661" s="0">
-        <x:v>2.38</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D661" s="0">
-        <x:v>21.567</x:v>
+        <x:v>22.724</x:v>
       </x:c>
       <x:c r="E661" s="0">
-        <x:v>16.59</x:v>
+        <x:v>17.48</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:5">
       <x:c r="A662" s="1">
-        <x:v>44978.9221759259</x:v>
+        <x:v>45000.8956597222</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C662" s="0">
-        <x:v>2.23</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D662" s="0">
-        <x:v>21.567</x:v>
+        <x:v>22.191</x:v>
       </x:c>
       <x:c r="E662" s="0">
-        <x:v>16.59</x:v>
+        <x:v>17.07</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:5">
       <x:c r="A663" s="1">
-        <x:v>44974.9223958333</x:v>
+        <x:v>44999.9072916667</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C663" s="0">
-        <x:v>2.17</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D663" s="0">
-        <x:v>21.762</x:v>
+        <x:v>22.191</x:v>
       </x:c>
       <x:c r="E663" s="0">
-        <x:v>16.74</x:v>
+        <x:v>17.07</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:5">
       <x:c r="A664" s="1">
-        <x:v>44973.9220949074</x:v>
+        <x:v>44998.8918865741</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C664" s="0">
-        <x:v>2.09</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D664" s="0">
-        <x:v>22.334</x:v>
+        <x:v>20.683</x:v>
       </x:c>
       <x:c r="E664" s="0">
-        <x:v>17.18</x:v>
+        <x:v>15.91</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:5">
       <x:c r="A665" s="1">
-        <x:v>44972.9220949074</x:v>
+        <x:v>44995.9281944444</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C665" s="0">
-        <x:v>2.01</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D665" s="0">
-        <x:v>23.153</x:v>
+        <x:v>20.683</x:v>
       </x:c>
       <x:c r="E665" s="0">
-        <x:v>17.81</x:v>
+        <x:v>15.91</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:5">
       <x:c r="A666" s="1">
-        <x:v>44971.9238078704</x:v>
+        <x:v>44994.9301851852</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C666" s="0">
-        <x:v>1.81</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D666" s="0">
-        <x:v>23.309</x:v>
+        <x:v>20.241</x:v>
       </x:c>
       <x:c r="E666" s="0">
-        <x:v>17.93</x:v>
+        <x:v>15.57</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:5">
       <x:c r="A667" s="1">
-        <x:v>44970.9237847222</x:v>
+        <x:v>44993.923912037</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C667" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D667" s="0">
-        <x:v>23.309</x:v>
+        <x:v>20.501</x:v>
       </x:c>
       <x:c r="E667" s="0">
-        <x:v>17.93</x:v>
+        <x:v>15.77</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:5">
       <x:c r="A668" s="1">
-        <x:v>44967.9242708333</x:v>
+        <x:v>44992.9295023148</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C668" s="0">
-        <x:v>1.77</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D668" s="0">
-        <x:v>23.153</x:v>
+        <x:v>21.19</x:v>
       </x:c>
       <x:c r="E668" s="0">
-        <x:v>17.81</x:v>
+        <x:v>16.3</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:5">
       <x:c r="A669" s="1">
-        <x:v>44966.9234722222</x:v>
+        <x:v>44991.9215393519</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C669" s="0">
-        <x:v>1.81</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D669" s="0">
-        <x:v>23.842</x:v>
+        <x:v>21.19</x:v>
       </x:c>
       <x:c r="E669" s="0">
-        <x:v>18.34</x:v>
+        <x:v>16.3</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:5">
       <x:c r="A670" s="1">
-        <x:v>44965.9259490741</x:v>
+        <x:v>44988.9270138889</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C670" s="0">
-        <x:v>1.67</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D670" s="0">
-        <x:v>24.05</x:v>
+        <x:v>21.476</x:v>
       </x:c>
       <x:c r="E670" s="0">
-        <x:v>18.5</x:v>
+        <x:v>16.52</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:5">
       <x:c r="A671" s="1">
-        <x:v>44964.9229166667</x:v>
+        <x:v>44987.9272800926</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C671" s="0">
-        <x:v>1.62</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D671" s="0">
-        <x:v>24.05</x:v>
+        <x:v>21.203</x:v>
       </x:c>
       <x:c r="E671" s="0">
-        <x:v>18.5</x:v>
+        <x:v>16.31</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:5">
       <x:c r="A672" s="1">
-        <x:v>44963.9254166667</x:v>
+        <x:v>44986.9261458333</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C672" s="0">
-        <x:v>1.66</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D672" s="0">
-        <x:v>23.816</x:v>
+        <x:v>20.956</x:v>
       </x:c>
       <x:c r="E672" s="0">
-        <x:v>18.32</x:v>
+        <x:v>16.12</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:5">
       <x:c r="A673" s="1">
-        <x:v>44960.9231712963</x:v>
+        <x:v>44985.9265393519</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C673" s="0">
-        <x:v>1.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D673" s="0">
-        <x:v>25.22</x:v>
+        <x:v>20.761</x:v>
       </x:c>
       <x:c r="E673" s="0">
-        <x:v>19.4</x:v>
+        <x:v>15.97</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:5">
       <x:c r="A674" s="1">
-        <x:v>44959.9253935185</x:v>
+        <x:v>44984.9265162037</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C674" s="0">
-        <x:v>1.43</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D674" s="0">
-        <x:v>25.948</x:v>
+        <x:v>20.761</x:v>
       </x:c>
       <x:c r="E674" s="0">
-        <x:v>19.96</x:v>
+        <x:v>15.97</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:5">
       <x:c r="A675" s="1">
-        <x:v>44958.9216550926</x:v>
+        <x:v>44981.9241898148</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C675" s="0">
-        <x:v>1.32</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D675" s="0">
-        <x:v>25.415</x:v>
+        <x:v>20.891</x:v>
       </x:c>
       <x:c r="E675" s="0">
-        <x:v>19.55</x:v>
+        <x:v>16.07</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:5">
       <x:c r="A676" s="1">
-        <x:v>44957.9252083333</x:v>
+        <x:v>44980.9237384259</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C676" s="0">
-        <x:v>1.41</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D676" s="0">
-        <x:v>25.415</x:v>
+        <x:v>21.073</x:v>
       </x:c>
       <x:c r="E676" s="0">
-        <x:v>19.55</x:v>
+        <x:v>16.21</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:5">
       <x:c r="A677" s="1">
-        <x:v>44956.9259837963</x:v>
+        <x:v>44979.9268518519</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C677" s="0">
-        <x:v>1.42</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D677" s="0">
-        <x:v>25.571</x:v>
+        <x:v>21.567</x:v>
       </x:c>
       <x:c r="E677" s="0">
-        <x:v>19.67</x:v>
+        <x:v>16.59</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:5">
       <x:c r="A678" s="1">
-        <x:v>44953.9230324074</x:v>
+        <x:v>44978.9221759259</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C678" s="0">
-        <x:v>1.38</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D678" s="0">
-        <x:v>25.571</x:v>
+        <x:v>21.567</x:v>
       </x:c>
       <x:c r="E678" s="0">
-        <x:v>19.67</x:v>
+        <x:v>16.59</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:5">
       <x:c r="A679" s="1">
-        <x:v>44952.9223726852</x:v>
+        <x:v>44974.9223958333</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C679" s="0">
-        <x:v>1.37</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D679" s="0">
-        <x:v>25.61</x:v>
+        <x:v>21.762</x:v>
       </x:c>
       <x:c r="E679" s="0">
-        <x:v>19.7</x:v>
+        <x:v>16.74</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:5">
       <x:c r="A680" s="1">
-        <x:v>44951.9219328704</x:v>
+        <x:v>44973.9220949074</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C680" s="0">
-        <x:v>1.36</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D680" s="0">
-        <x:v>25.727</x:v>
+        <x:v>22.334</x:v>
       </x:c>
       <x:c r="E680" s="0">
-        <x:v>19.79</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:5">
       <x:c r="A681" s="1">
-        <x:v>44950.9260763889</x:v>
+        <x:v>44972.9220949074</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C681" s="0">
-        <x:v>1.44</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D681" s="0">
-        <x:v>25.246</x:v>
+        <x:v>23.153</x:v>
       </x:c>
       <x:c r="E681" s="0">
-        <x:v>19.42</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:5">
       <x:c r="A682" s="1">
-        <x:v>44946.9220717593</x:v>
+        <x:v>44971.9238078704</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C682" s="0">
-        <x:v>1.48</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D682" s="0">
-        <x:v>24.999</x:v>
+        <x:v>23.309</x:v>
       </x:c>
       <x:c r="E682" s="0">
-        <x:v>19.23</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:5">
       <x:c r="A683" s="1">
-        <x:v>44945.9225694444</x:v>
+        <x:v>44970.9237847222</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C683" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D683" s="0">
-        <x:v>23.894</x:v>
+        <x:v>23.309</x:v>
       </x:c>
       <x:c r="E683" s="0">
-        <x:v>18.38</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:5">
       <x:c r="A684" s="1">
-        <x:v>44944.9229166667</x:v>
+        <x:v>44967.9242708333</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C684" s="0">
-        <x:v>1.7</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D684" s="0">
-        <x:v>23.894</x:v>
+        <x:v>23.153</x:v>
       </x:c>
       <x:c r="E684" s="0">
-        <x:v>18.38</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:5">
       <x:c r="A685" s="1">
-        <x:v>44943.932349537</x:v>
+        <x:v>44966.9234722222</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C685" s="0">
-        <x:v>1.6</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D685" s="0">
-        <x:v>25.532</x:v>
+        <x:v>23.842</x:v>
       </x:c>
       <x:c r="E685" s="0">
-        <x:v>19.64</x:v>
+        <x:v>18.34</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:5">
       <x:c r="A686" s="1">
-        <x:v>44939.9231481481</x:v>
+        <x:v>44965.9259490741</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C686" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D686" s="0">
-        <x:v>25.532</x:v>
+        <x:v>24.05</x:v>
       </x:c>
       <x:c r="E686" s="0">
-        <x:v>19.64</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:5">
       <x:c r="A687" s="1">
-        <x:v>44938.9231828704</x:v>
+        <x:v>44964.9229166667</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C687" s="0">
-        <x:v>1.46</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D687" s="0">
-        <x:v>25.259</x:v>
+        <x:v>24.05</x:v>
       </x:c>
       <x:c r="E687" s="0">
-        <x:v>19.43</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:5">
       <x:c r="A688" s="1">
-        <x:v>44937.9231481481</x:v>
+        <x:v>44963.9254166667</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C688" s="0">
-        <x:v>1.51</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D688" s="0">
-        <x:v>25.207</x:v>
+        <x:v>23.816</x:v>
       </x:c>
       <x:c r="E688" s="0">
-        <x:v>19.39</x:v>
+        <x:v>18.32</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:5">
       <x:c r="A689" s="1">
-        <x:v>44936.9230092593</x:v>
+        <x:v>44960.9231712963</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C689" s="0">
-        <x:v>1.47</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D689" s="0">
-        <x:v>25.207</x:v>
+        <x:v>25.22</x:v>
       </x:c>
       <x:c r="E689" s="0">
-        <x:v>19.39</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:5">
       <x:c r="A690" s="1">
-        <x:v>44935.9248842593</x:v>
+        <x:v>44959.9253935185</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C690" s="0">
-        <x:v>1.57</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D690" s="0">
-        <x:v>24.661</x:v>
+        <x:v>25.948</x:v>
       </x:c>
       <x:c r="E690" s="0">
-        <x:v>18.97</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:5">
       <x:c r="A691" s="1">
-        <x:v>44932.9235416667</x:v>
+        <x:v>44958.9216550926</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C691" s="0">
-        <x:v>1.55</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D691" s="0">
-        <x:v>24.752</x:v>
+        <x:v>25.415</x:v>
       </x:c>
       <x:c r="E691" s="0">
-        <x:v>19.04</x:v>
+        <x:v>19.55</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:5">
       <x:c r="A692" s="1">
-        <x:v>44931.9233333333</x:v>
+        <x:v>44957.9252083333</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C692" s="0">
-        <x:v>1.62</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D692" s="0">
-        <x:v>24.544</x:v>
+        <x:v>25.415</x:v>
       </x:c>
       <x:c r="E692" s="0">
-        <x:v>18.88</x:v>
+        <x:v>19.55</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:5">
       <x:c r="A693" s="1">
-        <x:v>44930.9272569444</x:v>
+        <x:v>44956.9259837963</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C693" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D693" s="0">
-        <x:v>23.179</x:v>
+        <x:v>25.571</x:v>
       </x:c>
       <x:c r="E693" s="0">
-        <x:v>17.83</x:v>
+        <x:v>19.67</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:5">
       <x:c r="A694" s="1">
-        <x:v>44929.9240509259</x:v>
+        <x:v>44953.9230324074</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C694" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D694" s="0">
-        <x:v>23.179</x:v>
+        <x:v>25.571</x:v>
       </x:c>
       <x:c r="E694" s="0">
-        <x:v>17.83</x:v>
+        <x:v>19.67</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:5">
       <x:c r="A695" s="1">
-        <x:v>44925.9212615741</x:v>
+        <x:v>44952.9223726852</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C695" s="0">
-        <x:v>2.18</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D695" s="0">
-        <x:v>22.334</x:v>
+        <x:v>25.61</x:v>
       </x:c>
       <x:c r="E695" s="0">
-        <x:v>17.18</x:v>
+        <x:v>19.7</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:5">
       <x:c r="A696" s="1">
-        <x:v>44924.9225</x:v>
+        <x:v>44951.9219328704</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C696" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D696" s="0">
-        <x:v>22.425</x:v>
+        <x:v>25.727</x:v>
       </x:c>
       <x:c r="E696" s="0">
-        <x:v>17.25</x:v>
+        <x:v>19.79</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:5">
       <x:c r="A697" s="1">
-        <x:v>44923.9264814815</x:v>
+        <x:v>44950.9260763889</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C697" s="0">
-        <x:v>2.17</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D697" s="0">
-        <x:v>23.101</x:v>
+        <x:v>25.246</x:v>
       </x:c>
       <x:c r="E697" s="0">
-        <x:v>17.77</x:v>
+        <x:v>19.42</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:5">
       <x:c r="A698" s="1">
-        <x:v>44922.9365046296</x:v>
+        <x:v>44946.9220717593</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C698" s="0">
-        <x:v>1.98</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D698" s="0">
-        <x:v>23.101</x:v>
+        <x:v>24.999</x:v>
       </x:c>
       <x:c r="E698" s="0">
-        <x:v>17.77</x:v>
+        <x:v>19.23</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:5">
       <x:c r="A699" s="1">
-        <x:v>44918.9228587963</x:v>
+        <x:v>44945.9225694444</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C699" s="0">
-        <x:v>2.12</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D699" s="0">
-        <x:v>22.607</x:v>
+        <x:v>23.894</x:v>
       </x:c>
       <x:c r="E699" s="0">
-        <x:v>17.39</x:v>
+        <x:v>18.38</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:5">
       <x:c r="A700" s="1">
-        <x:v>44917.9233796296</x:v>
+        <x:v>44944.9229166667</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C700" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D700" s="0">
-        <x:v>22.49</x:v>
+        <x:v>23.894</x:v>
       </x:c>
       <x:c r="E700" s="0">
-        <x:v>17.3</x:v>
+        <x:v>18.38</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:5">
       <x:c r="A701" s="1">
-        <x:v>44916.9282291667</x:v>
+        <x:v>44943.932349537</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C701" s="0">
-        <x:v>2.08</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D701" s="0">
-        <x:v>22.75</x:v>
+        <x:v>25.532</x:v>
       </x:c>
       <x:c r="E701" s="0">
-        <x:v>17.5</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:5">
       <x:c r="A702" s="1">
-        <x:v>44915.9287962963</x:v>
+        <x:v>44939.9231481481</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C702" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D702" s="0">
-        <x:v>22.464</x:v>
+        <x:v>25.532</x:v>
       </x:c>
       <x:c r="E702" s="0">
-        <x:v>17.28</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:5">
       <x:c r="A703" s="1">
-        <x:v>44914.9249189815</x:v>
+        <x:v>44938.9231828704</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C703" s="0">
-        <x:v>2.49</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D703" s="0">
-        <x:v>21.97</x:v>
+        <x:v>25.259</x:v>
       </x:c>
       <x:c r="E703" s="0">
-        <x:v>16.9</x:v>
+        <x:v>19.43</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:5">
       <x:c r="A704" s="1">
-        <x:v>44911.923287037</x:v>
+        <x:v>44937.9231481481</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C704" s="0">
-        <x:v>2.34</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D704" s="0">
-        <x:v>21.97</x:v>
+        <x:v>25.207</x:v>
       </x:c>
       <x:c r="E704" s="0">
-        <x:v>16.9</x:v>
+        <x:v>19.39</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:5">
       <x:c r="A705" s="1">
-        <x:v>44910.9218634259</x:v>
+        <x:v>44936.9230092593</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C705" s="0">
-        <x:v>2.45</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D705" s="0">
-        <x:v>21.645</x:v>
+        <x:v>25.207</x:v>
       </x:c>
       <x:c r="E705" s="0">
-        <x:v>16.65</x:v>
+        <x:v>19.39</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:5">
       <x:c r="A706" s="1">
-        <x:v>44909.9251273148</x:v>
+        <x:v>44935.9248842593</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C706" s="0">
-        <x:v>2.17</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D706" s="0">
-        <x:v>22.672</x:v>
+        <x:v>24.661</x:v>
       </x:c>
       <x:c r="E706" s="0">
-        <x:v>17.44</x:v>
+        <x:v>18.97</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:5">
       <x:c r="A707" s="1">
-        <x:v>44908.9217708333</x:v>
+        <x:v>44932.9235416667</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C707" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D707" s="0">
-        <x:v>22.672</x:v>
+        <x:v>24.752</x:v>
       </x:c>
       <x:c r="E707" s="0">
-        <x:v>17.44</x:v>
+        <x:v>19.04</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:5">
       <x:c r="A708" s="1">
-        <x:v>44907.9238773148</x:v>
+        <x:v>44931.9233333333</x:v>
       </x:c>
       <x:c r="B708" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C708" s="0">
-        <x:v>2.46</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D708" s="0">
-        <x:v>21.554</x:v>
+        <x:v>24.544</x:v>
       </x:c>
       <x:c r="E708" s="0">
-        <x:v>16.58</x:v>
+        <x:v>18.88</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:5">
       <x:c r="A709" s="1">
-        <x:v>44904.9276967593</x:v>
+        <x:v>44930.9272569444</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C709" s="0">
-        <x:v>2.53</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D709" s="0">
-        <x:v>21.84</x:v>
+        <x:v>23.179</x:v>
       </x:c>
       <x:c r="E709" s="0">
-        <x:v>16.8</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:5">
       <x:c r="A710" s="1">
-        <x:v>44903.921875</x:v>
+        <x:v>44929.9240509259</x:v>
       </x:c>
       <x:c r="B710" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C710" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D710" s="0">
-        <x:v>21.918</x:v>
+        <x:v>23.179</x:v>
       </x:c>
       <x:c r="E710" s="0">
-        <x:v>16.86</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:5">
       <x:c r="A711" s="1">
-        <x:v>44902.9218287037</x:v>
+        <x:v>44925.9212615741</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C711" s="0">
-        <x:v>2.41</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D711" s="0">
-        <x:v>21.385</x:v>
+        <x:v>22.334</x:v>
       </x:c>
       <x:c r="E711" s="0">
-        <x:v>16.45</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:5">
       <x:c r="A712" s="1">
-        <x:v>44901.9282638889</x:v>
+        <x:v>44924.9225</x:v>
       </x:c>
       <x:c r="B712" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C712" s="0">
-        <x:v>2.6</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D712" s="0">
-        <x:v>21.476</x:v>
+        <x:v>22.425</x:v>
       </x:c>
       <x:c r="E712" s="0">
-        <x:v>16.52</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:5">
       <x:c r="A713" s="1">
-        <x:v>44900.9356134259</x:v>
+        <x:v>44923.9264814815</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C713" s="0">
-        <x:v>2.57</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D713" s="0">
-        <x:v>22.074</x:v>
+        <x:v>23.101</x:v>
       </x:c>
       <x:c r="E713" s="0">
-        <x:v>16.98</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:5">
       <x:c r="A714" s="1">
-        <x:v>44897.9224074074</x:v>
+        <x:v>44922.9365046296</x:v>
       </x:c>
       <x:c r="B714" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C714" s="0">
-        <x:v>2.37</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D714" s="0">
-        <x:v>22.217</x:v>
+        <x:v>23.101</x:v>
       </x:c>
       <x:c r="E714" s="0">
-        <x:v>17.09</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:5">
       <x:c r="A715" s="1">
-        <x:v>44896.9220949074</x:v>
+        <x:v>44918.9228587963</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C715" s="0">
-        <x:v>2.33</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D715" s="0">
-        <x:v>22.217</x:v>
+        <x:v>22.607</x:v>
       </x:c>
       <x:c r="E715" s="0">
-        <x:v>17.09</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:5">
       <x:c r="A716" s="1">
-        <x:v>44895.9223032407</x:v>
+        <x:v>44917.9233796296</x:v>
       </x:c>
       <x:c r="B716" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C716" s="0">
-        <x:v>2.71</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D716" s="0">
-        <x:v>20.631</x:v>
+        <x:v>22.49</x:v>
       </x:c>
       <x:c r="E716" s="0">
-        <x:v>15.87</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:5">
       <x:c r="A717" s="1">
-        <x:v>44894.9220138889</x:v>
+        <x:v>44916.9282291667</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C717" s="0">
-        <x:v>2.96</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D717" s="0">
-        <x:v>20.631</x:v>
+        <x:v>22.75</x:v>
       </x:c>
       <x:c r="E717" s="0">
-        <x:v>15.87</x:v>
+        <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:5">
       <x:c r="A718" s="1">
-        <x:v>44893.9222106481</x:v>
+        <x:v>44915.9287962963</x:v>
       </x:c>
       <x:c r="B718" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C718" s="0">
-        <x:v>3.29</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D718" s="0">
-        <x:v>20.15</x:v>
+        <x:v>22.464</x:v>
       </x:c>
       <x:c r="E718" s="0">
-        <x:v>15.5</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:5">
       <x:c r="A719" s="1">
-        <x:v>44890.9319907407</x:v>
+        <x:v>44914.9249189815</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C719" s="0">
-        <x:v>3</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D719" s="0">
-        <x:v>21.099</x:v>
+        <x:v>21.97</x:v>
       </x:c>
       <x:c r="E719" s="0">
-        <x:v>16.23</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:5">
       <x:c r="A720" s="1">
-        <x:v>44888.9315277778</x:v>
+        <x:v>44911.923287037</x:v>
       </x:c>
       <x:c r="B720" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C720" s="0">
-        <x:v>2.89</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D720" s="0">
-        <x:v>20.813</x:v>
+        <x:v>21.97</x:v>
       </x:c>
       <x:c r="E720" s="0">
-        <x:v>16.01</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:5">
       <x:c r="A721" s="1">
-        <x:v>44887.9264467593</x:v>
+        <x:v>44910.9218634259</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C721" s="0">
-        <x:v>3.01</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D721" s="0">
-        <x:v>19.955</x:v>
+        <x:v>21.645</x:v>
       </x:c>
       <x:c r="E721" s="0">
-        <x:v>15.35</x:v>
+        <x:v>16.65</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:5">
       <x:c r="A722" s="1">
-        <x:v>44886.9239814815</x:v>
+        <x:v>44909.9251273148</x:v>
       </x:c>
       <x:c r="B722" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C722" s="0">
-        <x:v>3.45</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D722" s="0">
-        <x:v>20.306</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E722" s="0">
-        <x:v>15.62</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:5">
       <x:c r="A723" s="1">
-        <x:v>44883.9223842593</x:v>
+        <x:v>44908.9217708333</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C723" s="0">
-        <x:v>3.28</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D723" s="0">
-        <x:v>20.241</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E723" s="0">
-        <x:v>15.57</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:5">
       <x:c r="A724" s="1">
-        <x:v>44882.921099537</x:v>
+        <x:v>44907.9238773148</x:v>
       </x:c>
       <x:c r="B724" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C724" s="0">
-        <x:v>3.31</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D724" s="0">
-        <x:v>20.527</x:v>
+        <x:v>21.554</x:v>
       </x:c>
       <x:c r="E724" s="0">
-        <x:v>15.79</x:v>
+        <x:v>16.58</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:5">
       <x:c r="A725" s="1">
-        <x:v>44881.9232407407</x:v>
+        <x:v>44904.9276967593</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C725" s="0">
-        <x:v>3.18</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D725" s="0">
-        <x:v>20.8</x:v>
+        <x:v>21.84</x:v>
       </x:c>
       <x:c r="E725" s="0">
-        <x:v>16</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:5">
       <x:c r="A726" s="1">
-        <x:v>44880.9231018519</x:v>
+        <x:v>44903.921875</x:v>
       </x:c>
       <x:c r="B726" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C726" s="0">
-        <x:v>3.06</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D726" s="0">
-        <x:v>21.047</x:v>
+        <x:v>21.918</x:v>
       </x:c>
       <x:c r="E726" s="0">
-        <x:v>16.19</x:v>
+        <x:v>16.86</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:5">
       <x:c r="A727" s="1">
-        <x:v>44879.9295601852</x:v>
+        <x:v>44902.9218287037</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C727" s="0">
-        <x:v>2.95</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="D727" s="0">
-        <x:v>21.372</x:v>
+        <x:v>21.385</x:v>
       </x:c>
       <x:c r="E727" s="0">
-        <x:v>16.44</x:v>
+        <x:v>16.45</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:5">
       <x:c r="A728" s="1">
-        <x:v>44876.9222337963</x:v>
+        <x:v>44901.9282638889</x:v>
       </x:c>
       <x:c r="B728" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C728" s="0">
-        <x:v>2.82</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D728" s="0">
-        <x:v>21.372</x:v>
+        <x:v>21.476</x:v>
       </x:c>
       <x:c r="E728" s="0">
-        <x:v>16.44</x:v>
+        <x:v>16.52</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:5">
       <x:c r="A729" s="1">
-        <x:v>44875.9342592593</x:v>
+        <x:v>44900.9356134259</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C729" s="0">
-        <x:v>2.83</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D729" s="0">
-        <x:v>21.359</x:v>
+        <x:v>22.074</x:v>
       </x:c>
       <x:c r="E729" s="0">
-        <x:v>16.43</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:5">
       <x:c r="A730" s="1">
-        <x:v>44874.9244097222</x:v>
+        <x:v>44897.9224074074</x:v>
       </x:c>
       <x:c r="B730" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C730" s="0">
-        <x:v>3.58</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D730" s="0">
-        <x:v>20.293</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E730" s="0">
-        <x:v>15.61</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:5">
       <x:c r="A731" s="1">
-        <x:v>44873.9284490741</x:v>
+        <x:v>44896.9220949074</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C731" s="0">
-        <x:v>3.41</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D731" s="0">
-        <x:v>18.941</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E731" s="0">
-        <x:v>14.57</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:5">
       <x:c r="A732" s="1">
-        <x:v>44872.9247222222</x:v>
+        <x:v>44895.9223032407</x:v>
       </x:c>
       <x:c r="B732" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C732" s="0">
-        <x:v>4.34</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D732" s="0">
-        <x:v>18.941</x:v>
+        <x:v>20.631</x:v>
       </x:c>
       <x:c r="E732" s="0">
-        <x:v>14.57</x:v>
+        <x:v>15.87</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:5">
       <x:c r="A733" s="1">
-        <x:v>44868.8963888889</x:v>
+        <x:v>44894.9220138889</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C733" s="0">
-        <x:v>6.53</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D733" s="0">
-        <x:v>18.642</x:v>
+        <x:v>20.631</x:v>
       </x:c>
       <x:c r="E733" s="0">
-        <x:v>14.34</x:v>
+        <x:v>15.87</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:5">
       <x:c r="A734" s="1">
-        <x:v>44867</x:v>
+        <x:v>44893.9222106481</x:v>
       </x:c>
       <x:c r="B734" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C734" s="0">
+        <x:v>3.29</x:v>
+      </x:c>
+      <x:c r="D734" s="0">
+        <x:v>20.15</x:v>
+      </x:c>
       <x:c r="E734" s="0">
-        <x:v>15.03</x:v>
+        <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:5">
       <x:c r="A735" s="1">
-        <x:v>44866</x:v>
+        <x:v>44890.9319907407</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C735" s="0">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="D735" s="0">
+        <x:v>21.099</x:v>
+      </x:c>
       <x:c r="E735" s="0">
-        <x:v>15.03</x:v>
+        <x:v>16.23</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:5">
       <x:c r="A736" s="1">
-        <x:v>44865</x:v>
+        <x:v>44888.9315277778</x:v>
       </x:c>
       <x:c r="B736" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C736" s="0">
+        <x:v>2.89</x:v>
+      </x:c>
+      <x:c r="D736" s="0">
+        <x:v>20.813</x:v>
+      </x:c>
       <x:c r="E736" s="0">
-        <x:v>15.48</x:v>
+        <x:v>16.01</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:5">
       <x:c r="A737" s="1">
-        <x:v>44864</x:v>
+        <x:v>44887.9264467593</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C737" s="0">
+        <x:v>3.01</x:v>
+      </x:c>
+      <x:c r="D737" s="0">
+        <x:v>19.955</x:v>
+      </x:c>
       <x:c r="E737" s="0">
-        <x:v>15.48</x:v>
+        <x:v>15.35</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:5">
       <x:c r="A738" s="1">
-        <x:v>44863</x:v>
+        <x:v>44886.9239814815</x:v>
       </x:c>
       <x:c r="B738" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C738" s="0">
+        <x:v>3.45</x:v>
+      </x:c>
+      <x:c r="D738" s="0">
+        <x:v>20.306</x:v>
+      </x:c>
       <x:c r="E738" s="0">
-        <x:v>15.48</x:v>
+        <x:v>15.62</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:5">
       <x:c r="A739" s="1">
-        <x:v>44862</x:v>
+        <x:v>44883.9223842593</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C739" s="0">
+        <x:v>3.28</x:v>
+      </x:c>
+      <x:c r="D739" s="0">
+        <x:v>20.241</x:v>
+      </x:c>
       <x:c r="E739" s="0">
-        <x:v>15.26</x:v>
+        <x:v>15.57</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:5">
       <x:c r="A740" s="1">
-        <x:v>44861</x:v>
+        <x:v>44882.921099537</x:v>
       </x:c>
       <x:c r="B740" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C740" s="0">
+        <x:v>3.31</x:v>
+      </x:c>
+      <x:c r="D740" s="0">
+        <x:v>20.527</x:v>
+      </x:c>
       <x:c r="E740" s="0">
-        <x:v>15.26</x:v>
+        <x:v>15.79</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:5">
       <x:c r="A741" s="1">
-        <x:v>44860</x:v>
+        <x:v>44881.9232407407</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C741" s="0">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="D741" s="0">
+        <x:v>20.8</x:v>
+      </x:c>
       <x:c r="E741" s="0">
-        <x:v>15.26</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:5">
       <x:c r="A742" s="1">
-        <x:v>44859</x:v>
+        <x:v>44880.9231018519</x:v>
       </x:c>
       <x:c r="B742" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C742" s="0">
+        <x:v>3.06</x:v>
+      </x:c>
+      <x:c r="D742" s="0">
+        <x:v>21.047</x:v>
+      </x:c>
       <x:c r="E742" s="0">
-        <x:v>15.05</x:v>
+        <x:v>16.19</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:5">
       <x:c r="A743" s="1">
-        <x:v>44858</x:v>
+        <x:v>44879.9295601852</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C743" s="0">
+        <x:v>2.95</x:v>
+      </x:c>
+      <x:c r="D743" s="0">
+        <x:v>21.372</x:v>
+      </x:c>
       <x:c r="E743" s="0">
-        <x:v>14.51</x:v>
+        <x:v>16.44</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:5">
       <x:c r="A744" s="1">
-        <x:v>44857</x:v>
+        <x:v>44876.9222337963</x:v>
       </x:c>
       <x:c r="B744" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C744" s="0">
+        <x:v>2.82</x:v>
+      </x:c>
+      <x:c r="D744" s="0">
+        <x:v>21.372</x:v>
+      </x:c>
       <x:c r="E744" s="0">
-        <x:v>14.51</x:v>
+        <x:v>16.44</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:5">
       <x:c r="A745" s="1">
-        <x:v>44856</x:v>
+        <x:v>44875.9342592593</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C745" s="0">
+        <x:v>2.83</x:v>
+      </x:c>
+      <x:c r="D745" s="0">
+        <x:v>21.359</x:v>
+      </x:c>
       <x:c r="E745" s="0">
-        <x:v>14.51</x:v>
+        <x:v>16.43</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:5">
       <x:c r="A746" s="1">
-        <x:v>44855</x:v>
+        <x:v>44874.9244097222</x:v>
       </x:c>
       <x:c r="B746" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C746" s="0">
+        <x:v>3.58</x:v>
+      </x:c>
+      <x:c r="D746" s="0">
+        <x:v>20.293</x:v>
+      </x:c>
       <x:c r="E746" s="0">
-        <x:v>14.45</x:v>
+        <x:v>15.61</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:5">
       <x:c r="A747" s="1">
-        <x:v>44854</x:v>
+        <x:v>44873.9284490741</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C747" s="0">
+        <x:v>3.41</x:v>
+      </x:c>
+      <x:c r="D747" s="0">
+        <x:v>18.941</x:v>
+      </x:c>
       <x:c r="E747" s="0">
-        <x:v>14.45</x:v>
+        <x:v>14.57</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:5">
       <x:c r="A748" s="1">
-        <x:v>44853</x:v>
+        <x:v>44872.9247222222</x:v>
       </x:c>
       <x:c r="B748" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C748" s="0">
+        <x:v>4.34</x:v>
+      </x:c>
+      <x:c r="D748" s="0">
+        <x:v>18.941</x:v>
+      </x:c>
       <x:c r="E748" s="0">
-        <x:v>14.61</x:v>
+        <x:v>14.57</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:5">
       <x:c r="A749" s="1">
-        <x:v>44852</x:v>
+        <x:v>44868.8963888889</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C749" s="0">
+        <x:v>6.53</x:v>
+      </x:c>
+      <x:c r="D749" s="0">
+        <x:v>18.642</x:v>
+      </x:c>
       <x:c r="E749" s="0">
-        <x:v>14.61</x:v>
+        <x:v>14.34</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:5">
       <x:c r="A750" s="1">
-        <x:v>44851</x:v>
+        <x:v>44867</x:v>
       </x:c>
       <x:c r="B750" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E750" s="0">
-        <x:v>14.16</x:v>
+        <x:v>15.03</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:5">
       <x:c r="A751" s="1">
-        <x:v>44850</x:v>
+        <x:v>44866</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E751" s="0">
-        <x:v>14.16</x:v>
+        <x:v>15.03</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:5">
       <x:c r="A752" s="1">
-        <x:v>44849</x:v>
+        <x:v>44865</x:v>
       </x:c>
       <x:c r="B752" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E752" s="0">
-        <x:v>14.16</x:v>
+        <x:v>15.48</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:5">
       <x:c r="A753" s="1">
-        <x:v>44848</x:v>
+        <x:v>44864</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E753" s="0">
-        <x:v>15.06</x:v>
+        <x:v>15.48</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:5">
       <x:c r="A754" s="1">
-        <x:v>44847</x:v>
+        <x:v>44863</x:v>
       </x:c>
       <x:c r="B754" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E754" s="0">
-        <x:v>15.01</x:v>
+        <x:v>15.48</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:5">
       <x:c r="A755" s="1">
-        <x:v>44846</x:v>
+        <x:v>44862</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E755" s="0">
-        <x:v>15.01</x:v>
+        <x:v>15.26</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:5">
       <x:c r="A756" s="1">
-        <x:v>44845</x:v>
+        <x:v>44861</x:v>
       </x:c>
       <x:c r="B756" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E756" s="0">
-        <x:v>15.27</x:v>
+        <x:v>15.26</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:5">
       <x:c r="A757" s="1">
-        <x:v>44844</x:v>
+        <x:v>44860</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E757" s="0">
-        <x:v>16.15</x:v>
+        <x:v>15.26</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:5">
       <x:c r="A758" s="1">
-        <x:v>44841</x:v>
+        <x:v>44859</x:v>
       </x:c>
       <x:c r="B758" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E758" s="0">
-        <x:v>15.9</x:v>
+        <x:v>15.05</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:5">
       <x:c r="A759" s="1">
-        <x:v>44839</x:v>
+        <x:v>44858</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E759" s="0">
-        <x:v>15.92</x:v>
+        <x:v>14.51</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:5">
       <x:c r="A760" s="1">
-        <x:v>44838</x:v>
+        <x:v>44857</x:v>
       </x:c>
       <x:c r="B760" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E760" s="0">
-        <x:v>15.92</x:v>
+        <x:v>14.51</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:5">
       <x:c r="A761" s="1">
-        <x:v>44837</x:v>
+        <x:v>44856</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E761" s="0">
-        <x:v>15.5</x:v>
+        <x:v>14.51</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:5">
       <x:c r="A762" s="1">
-        <x:v>44833</x:v>
+        <x:v>44855</x:v>
       </x:c>
       <x:c r="B762" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E762" s="0">
-        <x:v>14.19</x:v>
+        <x:v>14.45</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:5">
       <x:c r="A763" s="1">
-        <x:v>44832</x:v>
+        <x:v>44854</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E763" s="0">
-        <x:v>14.19</x:v>
+        <x:v>14.45</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:5">
       <x:c r="A764" s="1">
-        <x:v>44831</x:v>
+        <x:v>44853</x:v>
       </x:c>
       <x:c r="B764" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E764" s="0">
-        <x:v>14.19</x:v>
+        <x:v>14.61</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:5">
       <x:c r="A765" s="1">
-        <x:v>44830</x:v>
+        <x:v>44852</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E765" s="0">
-        <x:v>14.48</x:v>
+        <x:v>14.61</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:5">
       <x:c r="A766" s="1">
-        <x:v>44827</x:v>
+        <x:v>44851</x:v>
       </x:c>
       <x:c r="B766" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E766" s="0">
-        <x:v>15.18</x:v>
+        <x:v>14.16</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:5">
       <x:c r="A767" s="1">
-        <x:v>44826</x:v>
+        <x:v>44850</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E767" s="0">
-        <x:v>15.05</x:v>
+        <x:v>14.16</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:5">
       <x:c r="A768" s="1">
-        <x:v>44825</x:v>
+        <x:v>44849</x:v>
       </x:c>
       <x:c r="B768" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E768" s="0">
-        <x:v>15.05</x:v>
+        <x:v>14.16</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:5">
       <x:c r="A769" s="1">
-        <x:v>44824</x:v>
+        <x:v>44848</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E769" s="0">
-        <x:v>15.3</x:v>
+        <x:v>15.06</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:5">
       <x:c r="A770" s="1">
-        <x:v>44823</x:v>
+        <x:v>44847</x:v>
       </x:c>
       <x:c r="B770" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E770" s="0">
-        <x:v>15.3</x:v>
+        <x:v>15.01</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:5">
       <x:c r="A771" s="1">
-        <x:v>44821</x:v>
+        <x:v>44846</x:v>
       </x:c>
       <x:c r="B771" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E771" s="0">
-        <x:v>15.3</x:v>
+        <x:v>15.01</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:5">
       <x:c r="A772" s="1">
-        <x:v>44820</x:v>
+        <x:v>44845</x:v>
       </x:c>
       <x:c r="B772" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E772" s="0">
-        <x:v>15.14</x:v>
+        <x:v>15.27</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:5">
       <x:c r="A773" s="1">
-        <x:v>44819</x:v>
+        <x:v>44844</x:v>
       </x:c>
       <x:c r="B773" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E773" s="0">
-        <x:v>15.55</x:v>
+        <x:v>16.15</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:5">
       <x:c r="A774" s="1">
-        <x:v>44818</x:v>
+        <x:v>44841</x:v>
       </x:c>
       <x:c r="B774" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E774" s="0">
-        <x:v>15.96</x:v>
+        <x:v>15.9</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:5">
       <x:c r="A775" s="1">
-        <x:v>44817</x:v>
+        <x:v>44839</x:v>
       </x:c>
       <x:c r="B775" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E775" s="0">
-        <x:v>15.61</x:v>
+        <x:v>15.92</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:5">
       <x:c r="A776" s="1">
-        <x:v>44816</x:v>
+        <x:v>44838</x:v>
       </x:c>
       <x:c r="B776" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E776" s="0">
-        <x:v>15.61</x:v>
+        <x:v>15.92</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:5">
       <x:c r="A777" s="1">
-        <x:v>44815</x:v>
+        <x:v>44837</x:v>
       </x:c>
       <x:c r="B777" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E777" s="0">
-        <x:v>15.61</x:v>
+        <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:5">
       <x:c r="A778" s="1">
-        <x:v>44814</x:v>
+        <x:v>44833</x:v>
       </x:c>
       <x:c r="B778" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E778" s="0">
-        <x:v>15.61</x:v>
+        <x:v>14.19</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:5">
       <x:c r="A779" s="1">
-        <x:v>44813</x:v>
+        <x:v>44832</x:v>
       </x:c>
       <x:c r="B779" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E779" s="0">
-        <x:v>15.36</x:v>
+        <x:v>14.19</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:5">
       <x:c r="A780" s="1">
-        <x:v>44812</x:v>
+        <x:v>44831</x:v>
       </x:c>
       <x:c r="B780" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E780" s="0">
-        <x:v>15.36</x:v>
+        <x:v>14.19</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:5">
       <x:c r="A781" s="1">
-        <x:v>44811</x:v>
+        <x:v>44830</x:v>
       </x:c>
       <x:c r="B781" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E781" s="0">
-        <x:v>14.9</x:v>
+        <x:v>14.48</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:5">
       <x:c r="A782" s="1">
-        <x:v>44810</x:v>
+        <x:v>44827</x:v>
       </x:c>
       <x:c r="B782" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E782" s="0">
-        <x:v>14.59</x:v>
+        <x:v>15.18</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:5">
       <x:c r="A783" s="1">
-        <x:v>44809</x:v>
+        <x:v>44826</x:v>
       </x:c>
       <x:c r="B783" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E783" s="0">
-        <x:v>14.59</x:v>
+        <x:v>15.05</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:5">
       <x:c r="A784" s="1">
-        <x:v>44807</x:v>
+        <x:v>44825</x:v>
       </x:c>
       <x:c r="B784" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E784" s="0">
-        <x:v>14.59</x:v>
+        <x:v>15.05</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:5">
       <x:c r="A785" s="1">
-        <x:v>44806</x:v>
+        <x:v>44824</x:v>
       </x:c>
       <x:c r="B785" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E785" s="0">
-        <x:v>14.59</x:v>
+        <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:5">
       <x:c r="A786" s="1">
-        <x:v>44805</x:v>
+        <x:v>44823</x:v>
       </x:c>
       <x:c r="B786" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E786" s="0">
-        <x:v>15.35</x:v>
+        <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:5">
       <x:c r="A787" s="1">
-        <x:v>44804</x:v>
+        <x:v>44821</x:v>
       </x:c>
       <x:c r="B787" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E787" s="0">
-        <x:v>15.35</x:v>
+        <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:5">
       <x:c r="A788" s="1">
-        <x:v>44803</x:v>
+        <x:v>44820</x:v>
       </x:c>
       <x:c r="B788" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E788" s="0">
-        <x:v>15.35</x:v>
+        <x:v>15.14</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:5">
       <x:c r="A789" s="1">
-        <x:v>44802</x:v>
+        <x:v>44819</x:v>
       </x:c>
       <x:c r="B789" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E789" s="0">
-        <x:v>16.37</x:v>
+        <x:v>15.55</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:5">
       <x:c r="A790" s="1">
-        <x:v>44801</x:v>
+        <x:v>44818</x:v>
       </x:c>
       <x:c r="B790" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E790" s="0">
-        <x:v>16.37</x:v>
+        <x:v>15.96</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:5">
       <x:c r="A791" s="1">
-        <x:v>44800</x:v>
+        <x:v>44817</x:v>
       </x:c>
       <x:c r="B791" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E791" s="0">
-        <x:v>16.37</x:v>
+        <x:v>15.61</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:5">
       <x:c r="A792" s="1">
-        <x:v>44799</x:v>
+        <x:v>44816</x:v>
       </x:c>
       <x:c r="B792" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E792" s="0">
-        <x:v>16.35</x:v>
+        <x:v>15.61</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:5">
       <x:c r="A793" s="1">
-        <x:v>44798</x:v>
+        <x:v>44815</x:v>
       </x:c>
       <x:c r="B793" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E793" s="0">
-        <x:v>16.21</x:v>
+        <x:v>15.61</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:5">
       <x:c r="A794" s="1">
-        <x:v>44797</x:v>
+        <x:v>44814</x:v>
       </x:c>
       <x:c r="B794" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E794" s="0">
-        <x:v>16.21</x:v>
+        <x:v>15.61</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:5">
       <x:c r="A795" s="1">
-        <x:v>44796</x:v>
+        <x:v>44813</x:v>
       </x:c>
       <x:c r="B795" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E795" s="0">
-        <x:v>16.17</x:v>
+        <x:v>15.36</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:5">
       <x:c r="A796" s="1">
-        <x:v>44795</x:v>
+        <x:v>44812</x:v>
       </x:c>
       <x:c r="B796" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E796" s="0">
-        <x:v>16.41</x:v>
+        <x:v>15.36</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:5">
       <x:c r="A797" s="1">
-        <x:v>44794</x:v>
+        <x:v>44811</x:v>
       </x:c>
       <x:c r="B797" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E797" s="0">
-        <x:v>16.41</x:v>
+        <x:v>14.9</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:5">
       <x:c r="A798" s="1">
-        <x:v>44792</x:v>
+        <x:v>44810</x:v>
       </x:c>
       <x:c r="B798" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E798" s="0">
-        <x:v>16.45</x:v>
+        <x:v>14.59</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:5">
       <x:c r="A799" s="1">
-        <x:v>44791</x:v>
+        <x:v>44809</x:v>
       </x:c>
       <x:c r="B799" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E799" s="0">
-        <x:v>16.85</x:v>
+        <x:v>14.59</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:5">
       <x:c r="A800" s="1">
-        <x:v>44790</x:v>
+        <x:v>44807</x:v>
       </x:c>
       <x:c r="B800" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E800" s="0">
-        <x:v>16.74</x:v>
+        <x:v>14.59</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:5">
       <x:c r="A801" s="1">
-        <x:v>44789</x:v>
+        <x:v>44806</x:v>
       </x:c>
       <x:c r="B801" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E801" s="0">
-        <x:v>16.74</x:v>
+        <x:v>14.59</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:5">
       <x:c r="A802" s="1">
-        <x:v>44788</x:v>
+        <x:v>44805</x:v>
       </x:c>
       <x:c r="B802" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E802" s="0">
-        <x:v>16.4</x:v>
+        <x:v>15.35</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:5">
       <x:c r="A803" s="1">
-        <x:v>44787</x:v>
+        <x:v>44804</x:v>
       </x:c>
       <x:c r="B803" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E803" s="0">
-        <x:v>16.4</x:v>
+        <x:v>15.35</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:5">
       <x:c r="A804" s="1">
-        <x:v>44786</x:v>
+        <x:v>44803</x:v>
       </x:c>
       <x:c r="B804" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E804" s="0">
-        <x:v>16.4</x:v>
+        <x:v>15.35</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:5">
       <x:c r="A805" s="1">
-        <x:v>44785</x:v>
+        <x:v>44802</x:v>
       </x:c>
       <x:c r="B805" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E805" s="0">
-        <x:v>16.53</x:v>
+        <x:v>16.37</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:5">
       <x:c r="A806" s="1">
-        <x:v>44784</x:v>
+        <x:v>44801</x:v>
       </x:c>
       <x:c r="B806" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E806" s="0">
-        <x:v>16.53</x:v>
+        <x:v>16.37</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:5">
       <x:c r="A807" s="1">
-        <x:v>44783</x:v>
+        <x:v>44800</x:v>
       </x:c>
       <x:c r="B807" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E807" s="0">
-        <x:v>16.2</x:v>
+        <x:v>16.37</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:5">
       <x:c r="A808" s="1">
+        <x:v>44799</x:v>
+      </x:c>
+      <x:c r="B808" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E808" s="0">
+        <x:v>16.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="809" spans="1:5">
+      <x:c r="A809" s="1">
+        <x:v>44798</x:v>
+      </x:c>
+      <x:c r="B809" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E809" s="0">
+        <x:v>16.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="810" spans="1:5">
+      <x:c r="A810" s="1">
+        <x:v>44797</x:v>
+      </x:c>
+      <x:c r="B810" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E810" s="0">
+        <x:v>16.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="811" spans="1:5">
+      <x:c r="A811" s="1">
+        <x:v>44796</x:v>
+      </x:c>
+      <x:c r="B811" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E811" s="0">
+        <x:v>16.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="812" spans="1:5">
+      <x:c r="A812" s="1">
+        <x:v>44795</x:v>
+      </x:c>
+      <x:c r="B812" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E812" s="0">
+        <x:v>16.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="813" spans="1:5">
+      <x:c r="A813" s="1">
+        <x:v>44794</x:v>
+      </x:c>
+      <x:c r="B813" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E813" s="0">
+        <x:v>16.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="814" spans="1:5">
+      <x:c r="A814" s="1">
+        <x:v>44792</x:v>
+      </x:c>
+      <x:c r="B814" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E814" s="0">
+        <x:v>16.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="815" spans="1:5">
+      <x:c r="A815" s="1">
+        <x:v>44791</x:v>
+      </x:c>
+      <x:c r="B815" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E815" s="0">
+        <x:v>16.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="816" spans="1:5">
+      <x:c r="A816" s="1">
+        <x:v>44790</x:v>
+      </x:c>
+      <x:c r="B816" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E816" s="0">
+        <x:v>16.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="817" spans="1:5">
+      <x:c r="A817" s="1">
+        <x:v>44789</x:v>
+      </x:c>
+      <x:c r="B817" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E817" s="0">
+        <x:v>16.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="818" spans="1:5">
+      <x:c r="A818" s="1">
+        <x:v>44788</x:v>
+      </x:c>
+      <x:c r="B818" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E818" s="0">
+        <x:v>16.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="819" spans="1:5">
+      <x:c r="A819" s="1">
+        <x:v>44787</x:v>
+      </x:c>
+      <x:c r="B819" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E819" s="0">
+        <x:v>16.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="820" spans="1:5">
+      <x:c r="A820" s="1">
+        <x:v>44786</x:v>
+      </x:c>
+      <x:c r="B820" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E820" s="0">
+        <x:v>16.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="821" spans="1:5">
+      <x:c r="A821" s="1">
+        <x:v>44785</x:v>
+      </x:c>
+      <x:c r="B821" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E821" s="0">
+        <x:v>16.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="822" spans="1:5">
+      <x:c r="A822" s="1">
+        <x:v>44784</x:v>
+      </x:c>
+      <x:c r="B822" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E822" s="0">
+        <x:v>16.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="823" spans="1:5">
+      <x:c r="A823" s="1">
+        <x:v>44783</x:v>
+      </x:c>
+      <x:c r="B823" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E823" s="0">
+        <x:v>16.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="824" spans="1:5">
+      <x:c r="A824" s="1">
         <x:v>44782</x:v>
       </x:c>
-      <x:c r="B808" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="E808" s="0">
+      <x:c r="B824" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E824" s="0">
         <x:v>15.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>