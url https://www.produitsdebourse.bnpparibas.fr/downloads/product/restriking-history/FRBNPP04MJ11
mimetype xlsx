--- v2 (2025-12-24)
+++ v3 (2026-01-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a697be0f007461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/507be17b362c4c609532665edb4de4b4.psmdcp" Id="Rf79817d299504d4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64e65c1b2d81483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6759c0a22a6f445dbd55c3861d65ee53.psmdcp" Id="Ra319b6efe3fe425e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP04MJ11</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,13604 +390,13808 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E824"/>
+  <x:dimension ref="A1:E836"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46014.9278125</x:v>
+        <x:v>46037.9281134259</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>59.319</x:v>
+        <x:v>64.532</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>45.63</x:v>
+        <x:v>49.64</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>59.267</x:v>
+        <x:v>64.935</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>45.59</x:v>
+        <x:v>49.95</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>58.149</x:v>
+        <x:v>64.623</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>44.73</x:v>
+        <x:v>49.71</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46009.930775463</x:v>
+        <x:v>46034.927974537</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>57.031</x:v>
+        <x:v>63.739</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>43.87</x:v>
+        <x:v>49.03</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46008.927662037</x:v>
+        <x:v>46031.9291087963</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>56.641</x:v>
+        <x:v>62.153</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>43.57</x:v>
+        <x:v>47.81</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46007.9278356481</x:v>
+        <x:v>46030.9271064815</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>55.809</x:v>
+        <x:v>61.672</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>42.93</x:v>
+        <x:v>47.44</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46006.9271412037</x:v>
+        <x:v>46029.9279398148</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>56.342</x:v>
+        <x:v>61.451</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>43.34</x:v>
+        <x:v>47.27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46003.9269791667</x:v>
+        <x:v>46028.9271643519</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>56.017</x:v>
+        <x:v>62.062</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>43.09</x:v>
+        <x:v>47.74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46002.9321064815</x:v>
+        <x:v>46027.9295949074</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>56.095</x:v>
+        <x:v>59.462</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>43.15</x:v>
+        <x:v>45.74</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46001.9271180556</x:v>
+        <x:v>46024.9272453704</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>54.288</x:v>
+        <x:v>57.304</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>41.76</x:v>
+        <x:v>44.08</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46000.9276273148</x:v>
+        <x:v>46021.927025463</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>53.183</x:v>
+        <x:v>57.512</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>40.91</x:v>
+        <x:v>44.24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45996.930787037</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>53.352</x:v>
+        <x:v>57.226</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>41.04</x:v>
+        <x:v>44.02</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45995.9303935185</x:v>
+        <x:v>46014.9278125</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>53.183</x:v>
+        <x:v>59.319</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>40.91</x:v>
+        <x:v>45.63</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45994.9277430556</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>52.65</x:v>
+        <x:v>59.267</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>40.5</x:v>
+        <x:v>45.59</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>53.339</x:v>
+        <x:v>58.149</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>41.03</x:v>
+        <x:v>44.73</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45992.9296759259</x:v>
+        <x:v>46009.930775463</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>55.029</x:v>
+        <x:v>57.031</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>42.33</x:v>
+        <x:v>43.87</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45989.8197453704</x:v>
+        <x:v>46008.927662037</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>53.567</x:v>
+        <x:v>56.641</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>41.34</x:v>
+        <x:v>43.57</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45989.3082638889</x:v>
+        <x:v>46007.9278356481</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>53.099</x:v>
+        <x:v>55.809</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>40.98</x:v>
+        <x:v>42.93</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45987.9266435185</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>53.274</x:v>
+        <x:v>56.342</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>40.98</x:v>
+        <x:v>43.34</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45986.9249305556</x:v>
+        <x:v>46003.9269791667</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>50.856</x:v>
+        <x:v>56.017</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>39.12</x:v>
+        <x:v>43.09</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45982.9249768518</x:v>
+        <x:v>46002.9321064815</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>47.515</x:v>
+        <x:v>56.095</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>36.55</x:v>
+        <x:v>43.15</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45981.9258796296</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>46.8</x:v>
+        <x:v>54.288</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>36</x:v>
+        <x:v>41.76</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>49.049</x:v>
+        <x:v>53.183</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>37.73</x:v>
+        <x:v>40.91</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45979.9258564815</x:v>
+        <x:v>45996.930787037</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>49.062</x:v>
+        <x:v>53.352</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>37.74</x:v>
+        <x:v>41.04</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45978.9281828704</x:v>
+        <x:v>45995.9303935185</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>48.048</x:v>
+        <x:v>53.183</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>36.96</x:v>
+        <x:v>40.91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45975.925775463</x:v>
+        <x:v>45994.9277430556</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>48.139</x:v>
+        <x:v>52.65</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>37.03</x:v>
+        <x:v>40.5</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>47.346</x:v>
+        <x:v>53.339</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>36.42</x:v>
+        <x:v>41.03</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45973.9253009259</x:v>
+        <x:v>45992.9296759259</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>48.529</x:v>
+        <x:v>55.029</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>37.33</x:v>
+        <x:v>42.33</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45972.9253703704</x:v>
+        <x:v>45989.8197453704</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>46.553</x:v>
+        <x:v>53.567</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>35.81</x:v>
+        <x:v>41.34</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45971.9254050926</x:v>
+        <x:v>45989.3082638889</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>45.292</x:v>
+        <x:v>53.099</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>34.84</x:v>
+        <x:v>40.98</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45968.9254976852</x:v>
+        <x:v>45987.9266435185</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>43.017</x:v>
+        <x:v>53.274</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>33.09</x:v>
+        <x:v>40.98</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>45986.9249305556</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>42.315</x:v>
+        <x:v>50.856</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>32.55</x:v>
+        <x:v>39.12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45966.9253240741</x:v>
+        <x:v>45982.9249768518</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>42.627</x:v>
+        <x:v>47.515</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>32.79</x:v>
+        <x:v>36.55</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45981.9258796296</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>41.171</x:v>
+        <x:v>46.8</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>31.67</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45964.9228587963</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>42.978</x:v>
+        <x:v>49.049</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>33.06</x:v>
+        <x:v>37.73</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45961.8819907407</x:v>
+        <x:v>45979.9258564815</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>42.64</x:v>
+        <x:v>49.062</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>32.8</x:v>
+        <x:v>37.74</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45978.9281828704</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>43.01</x:v>
+        <x:v>48.048</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>33.085</x:v>
+        <x:v>36.96</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45959.8897800926</x:v>
+        <x:v>45975.925775463</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>41.665</x:v>
+        <x:v>48.139</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>32.05</x:v>
+        <x:v>37.03</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45958.8875</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>41.418</x:v>
+        <x:v>47.346</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>31.86</x:v>
+        <x:v>36.42</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45957.8876157407</x:v>
+        <x:v>45973.9253009259</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>41.392</x:v>
+        <x:v>48.529</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>31.84</x:v>
+        <x:v>37.33</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45954.9259143519</x:v>
+        <x:v>45972.9253703704</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>42.224</x:v>
+        <x:v>46.553</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>32.48</x:v>
+        <x:v>35.81</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45953.9278935185</x:v>
+        <x:v>45971.9254050926</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>41.535</x:v>
+        <x:v>45.292</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>31.95</x:v>
+        <x:v>34.84</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45952.9304398148</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>40.989</x:v>
+        <x:v>43.017</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>31.53</x:v>
+        <x:v>33.09</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>40.956</x:v>
+        <x:v>42.315</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>31.505</x:v>
+        <x:v>32.55</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45950.9289583333</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
         <x:v>0.05</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>45.149</x:v>
+        <x:v>42.627</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>34.73</x:v>
+        <x:v>32.79</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>43.329</x:v>
+        <x:v>41.171</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>33.33</x:v>
+        <x:v>31.67</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45946.9261921296</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
         <x:v>0.05</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>46.345</x:v>
+        <x:v>42.978</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>35.65</x:v>
+        <x:v>33.06</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45945.9257060185</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>45.084</x:v>
+        <x:v>42.64</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>34.68</x:v>
+        <x:v>32.8</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45944.9308449074</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>43.29</x:v>
+        <x:v>43.01</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>33.3</x:v>
+        <x:v>33.085</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45943.926712963</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>43.446</x:v>
+        <x:v>41.665</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>33.42</x:v>
+        <x:v>32.05</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>42.562</x:v>
+        <x:v>41.418</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>32.74</x:v>
+        <x:v>31.86</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>44.07</x:v>
+        <x:v>41.392</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>33.9</x:v>
+        <x:v>31.84</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>43.186</x:v>
+        <x:v>42.224</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>33.22</x:v>
+        <x:v>32.48</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>44.239</x:v>
+        <x:v>41.535</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>34.03</x:v>
+        <x:v>31.95</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>44.135</x:v>
+        <x:v>40.989</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>33.95</x:v>
+        <x:v>31.53</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>44.096</x:v>
+        <x:v>40.956</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>33.92</x:v>
+        <x:v>31.505</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>43.823</x:v>
+        <x:v>45.149</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>33.71</x:v>
+        <x:v>34.73</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>42.601</x:v>
+        <x:v>43.329</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>32.77</x:v>
+        <x:v>33.33</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45946.9261921296</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>43.082</x:v>
+        <x:v>46.345</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>33.14</x:v>
+        <x:v>35.65</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45945.9257060185</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
         <x:v>0.05</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>44.824</x:v>
+        <x:v>45.084</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>34.48</x:v>
+        <x:v>34.68</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45944.9308449074</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>44.538</x:v>
+        <x:v>43.29</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>34.26</x:v>
+        <x:v>33.3</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45943.926712963</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>43.641</x:v>
+        <x:v>43.446</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>33.57</x:v>
+        <x:v>33.42</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45923.925162037</x:v>
+        <x:v>45940.9234837963</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>44.902</x:v>
+        <x:v>42.562</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>34.54</x:v>
+        <x:v>32.74</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45922.9267013889</x:v>
+        <x:v>45938.9270601852</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>45.968</x:v>
+        <x:v>44.07</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>35.36</x:v>
+        <x:v>33.9</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45919.934224537</x:v>
+        <x:v>45937.9282175926</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>42.887</x:v>
+        <x:v>43.186</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>32.99</x:v>
+        <x:v>33.22</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45918.9265277778</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>39.091</x:v>
+        <x:v>44.239</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>30.07</x:v>
+        <x:v>34.03</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45917.9271180556</x:v>
+        <x:v>45933.9288888889</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>38.324</x:v>
+        <x:v>44.135</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>29.48</x:v>
+        <x:v>33.95</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45932.9250347222</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>37.492</x:v>
+        <x:v>44.096</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>28.84</x:v>
+        <x:v>33.92</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45931.9293634259</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>37.739</x:v>
+        <x:v>43.823</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>29.03</x:v>
+        <x:v>33.71</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45912.9234837963</x:v>
+        <x:v>45930.9338773148</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>37.739</x:v>
+        <x:v>42.601</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>29.03</x:v>
+        <x:v>32.77</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45929.9323842593</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>38.22</x:v>
+        <x:v>43.082</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>29.4</x:v>
+        <x:v>33.14</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45910.9240625</x:v>
+        <x:v>45926.9299537037</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>38.324</x:v>
+        <x:v>44.824</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>29.48</x:v>
+        <x:v>34.48</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45909.924537037</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>37.908</x:v>
+        <x:v>44.538</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>29.16</x:v>
+        <x:v>34.26</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45908.9240277778</x:v>
+        <x:v>45924.9296990741</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>37.687</x:v>
+        <x:v>43.641</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>28.99</x:v>
+        <x:v>33.57</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45923.925162037</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>36.933</x:v>
+        <x:v>44.902</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>28.41</x:v>
+        <x:v>34.54</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45922.9267013889</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>35.399</x:v>
+        <x:v>45.968</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>27.23</x:v>
+        <x:v>35.36</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45903.9235763889</x:v>
+        <x:v>45919.934224537</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>35.256</x:v>
+        <x:v>42.887</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>27.12</x:v>
+        <x:v>32.99</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45902.9238541667</x:v>
+        <x:v>45918.9265277778</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>35.009</x:v>
+        <x:v>39.091</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>26.93</x:v>
+        <x:v>30.07</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45898.9303935185</x:v>
+        <x:v>45917.9271180556</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>34.469</x:v>
+        <x:v>38.324</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>26.63</x:v>
+        <x:v>29.48</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45898.3268518519</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>34.014</x:v>
+        <x:v>37.492</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>26.28</x:v>
+        <x:v>28.84</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>34.164</x:v>
+        <x:v>37.739</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>26.28</x:v>
+        <x:v>29.03</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45896.924837963</x:v>
+        <x:v>45912.9234837963</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>34.359</x:v>
+        <x:v>37.739</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>26.43</x:v>
+        <x:v>29.03</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>34.801</x:v>
+        <x:v>38.22</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>26.77</x:v>
+        <x:v>29.4</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45894.9239351852</x:v>
+        <x:v>45910.9240625</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>34.164</x:v>
+        <x:v>38.324</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>26.28</x:v>
+        <x:v>29.48</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45909.924537037</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>34.06</x:v>
+        <x:v>37.908</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>26.2</x:v>
+        <x:v>29.16</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45890.9257060185</x:v>
+        <x:v>45908.9240277778</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>33.189</x:v>
+        <x:v>37.687</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>25.53</x:v>
+        <x:v>28.99</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45889.9243287037</x:v>
+        <x:v>45905.9285648148</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>32.292</x:v>
+        <x:v>36.933</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>24.84</x:v>
+        <x:v>28.41</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45888.9238194444</x:v>
+        <x:v>45904.9245601852</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>31.161</x:v>
+        <x:v>35.399</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>23.97</x:v>
+        <x:v>27.23</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45887.9246180556</x:v>
+        <x:v>45903.9235763889</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>31.538</x:v>
+        <x:v>35.256</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>24.26</x:v>
+        <x:v>27.12</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45884.9247800926</x:v>
+        <x:v>45902.9238541667</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>31.33</x:v>
+        <x:v>35.009</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>24.1</x:v>
+        <x:v>26.93</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45883.9240393518</x:v>
+        <x:v>45898.9303935185</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>30.706</x:v>
+        <x:v>34.469</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>23.62</x:v>
+        <x:v>26.63</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45898.3268518519</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>31.018</x:v>
+        <x:v>34.014</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>23.86</x:v>
+        <x:v>26.28</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45881.9233912037</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>30.55</x:v>
+        <x:v>34.164</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>23.5</x:v>
+        <x:v>26.28</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45880.9236111111</x:v>
+        <x:v>45896.924837963</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>29.692</x:v>
+        <x:v>34.359</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>22.84</x:v>
+        <x:v>26.43</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45877.9331828704</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>30.459</x:v>
+        <x:v>34.801</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>23.43</x:v>
+        <x:v>26.77</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45876.9384953704</x:v>
+        <x:v>45894.9239351852</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>29.991</x:v>
+        <x:v>34.164</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>23.07</x:v>
+        <x:v>26.28</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45875.9344097222</x:v>
+        <x:v>45891.9252083333</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>29.549</x:v>
+        <x:v>34.06</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>22.73</x:v>
+        <x:v>26.2</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45890.9257060185</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>29.302</x:v>
+        <x:v>33.189</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>22.54</x:v>
+        <x:v>25.53</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45873.931400463</x:v>
+        <x:v>45889.9243287037</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>28.834</x:v>
+        <x:v>32.292</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>22.18</x:v>
+        <x:v>24.84</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45870.9273842593</x:v>
+        <x:v>45888.9238194444</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>27.781</x:v>
+        <x:v>31.161</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>21.37</x:v>
+        <x:v>23.97</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45869.9244560185</x:v>
+        <x:v>45887.9246180556</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>27.456</x:v>
+        <x:v>31.538</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>21.12</x:v>
+        <x:v>24.26</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45868.9255439815</x:v>
+        <x:v>45884.9247800926</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>27.43</x:v>
+        <x:v>31.33</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>21.1</x:v>
+        <x:v>24.1</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45867.9289467593</x:v>
+        <x:v>45883.9240393518</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>27.95</x:v>
+        <x:v>30.706</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>21.5</x:v>
+        <x:v>23.62</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45866.9278009259</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>27.833</x:v>
+        <x:v>31.018</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>21.41</x:v>
+        <x:v>23.86</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45863.9269212963</x:v>
+        <x:v>45881.9233912037</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>28.262</x:v>
+        <x:v>30.55</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>21.74</x:v>
+        <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45862.9246180556</x:v>
+        <x:v>45880.9236111111</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>28.002</x:v>
+        <x:v>29.692</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>21.54</x:v>
+        <x:v>22.84</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45861.926412037</x:v>
+        <x:v>45877.9331828704</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>28.119</x:v>
+        <x:v>30.459</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>21.63</x:v>
+        <x:v>23.43</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45860.9261226852</x:v>
+        <x:v>45876.9384953704</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>28.262</x:v>
+        <x:v>29.991</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>21.74</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45859.9272800926</x:v>
+        <x:v>45875.9344097222</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>27.703</x:v>
+        <x:v>29.549</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>21.31</x:v>
+        <x:v>22.73</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45856.9492013889</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>26.949</x:v>
+        <x:v>29.302</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>20.73</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45855.9327893518</x:v>
+        <x:v>45873.931400463</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>27.053</x:v>
+        <x:v>28.834</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>20.81</x:v>
+        <x:v>22.18</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45854.9360185185</x:v>
+        <x:v>45870.9273842593</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>27.586</x:v>
+        <x:v>27.781</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>21.22</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45853.9275925926</x:v>
+        <x:v>45869.9244560185</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>27.339</x:v>
+        <x:v>27.456</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>21.03</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45852.9328819444</x:v>
+        <x:v>45868.9255439815</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
         <x:v>0.28</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>27.612</x:v>
+        <x:v>27.43</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>21.24</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45849.9250347222</x:v>
+        <x:v>45867.9289467593</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>27.586</x:v>
+        <x:v>27.95</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>21.22</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45848.9261805556</x:v>
+        <x:v>45866.9278009259</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>27.391</x:v>
+        <x:v>27.833</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>21.07</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45847.925787037</x:v>
+        <x:v>45863.9269212963</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>27.17</x:v>
+        <x:v>28.262</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>20.9</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45846.924849537</x:v>
+        <x:v>45862.9246180556</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>26.949</x:v>
+        <x:v>28.002</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>20.73</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45845.9274884259</x:v>
+        <x:v>45861.926412037</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>28.08</x:v>
+        <x:v>28.119</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>21.6</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45841.8023611111</x:v>
+        <x:v>45860.9261226852</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>27.898</x:v>
+        <x:v>28.262</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>21.46</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45840.9304282407</x:v>
+        <x:v>45859.9272800926</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
         <x:v>0.28</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>27.586</x:v>
+        <x:v>27.703</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>21.22</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45839.9249768518</x:v>
+        <x:v>45856.9492013889</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>27.105</x:v>
+        <x:v>26.949</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>20.85</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45855.9327893518</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>27.066</x:v>
+        <x:v>27.053</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>20.82</x:v>
+        <x:v>20.81</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45835.9281828704</x:v>
+        <x:v>45854.9360185185</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>26.598</x:v>
+        <x:v>27.586</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>20.46</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45834.9274074074</x:v>
+        <x:v>45853.9275925926</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
         <x:v>0.29</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>27.56</x:v>
+        <x:v>27.339</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>21.2</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45833.9267824074</x:v>
+        <x:v>45852.9328819444</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>27.131</x:v>
+        <x:v>27.612</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>20.87</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45832.9265740741</x:v>
+        <x:v>45849.9250347222</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>26.878</x:v>
+        <x:v>27.586</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>20.675</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45831.9246643518</x:v>
+        <x:v>45848.9261805556</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
         <x:v>0.29</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>27.534</x:v>
+        <x:v>27.391</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>21.18</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45828.9428935185</x:v>
+        <x:v>45847.925787037</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>27.222</x:v>
+        <x:v>27.17</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>20.94</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45826.9303587963</x:v>
+        <x:v>45846.924849537</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>27.469</x:v>
+        <x:v>26.949</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>21.13</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45825.9254050926</x:v>
+        <x:v>45845.9274884259</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>27.755</x:v>
+        <x:v>28.08</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>21.35</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45824.9235416667</x:v>
+        <x:v>45841.8023611111</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>27.833</x:v>
+        <x:v>27.898</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>21.41</x:v>
+        <x:v>21.46</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45821.9252546296</x:v>
+        <x:v>45840.9304282407</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>28.067</x:v>
+        <x:v>27.586</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>21.59</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45820.9288657407</x:v>
+        <x:v>45839.9249768518</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>27.209</x:v>
+        <x:v>27.105</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>20.93</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45819.923587963</x:v>
+        <x:v>45838.9258564815</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>26.312</x:v>
+        <x:v>27.066</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>20.24</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45818.9234490741</x:v>
+        <x:v>45835.9281828704</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>26.052</x:v>
+        <x:v>26.598</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>20.04</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45817.9249189815</x:v>
+        <x:v>45834.9274074074</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>26.403</x:v>
+        <x:v>27.56</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>20.31</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45814.9278935185</x:v>
+        <x:v>45833.9267824074</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>25.766</x:v>
+        <x:v>27.131</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>19.82</x:v>
+        <x:v>20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45813.93125</x:v>
+        <x:v>45832.9265740741</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>26.039</x:v>
+        <x:v>26.878</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>20.03</x:v>
+        <x:v>20.675</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45812.9289583333</x:v>
+        <x:v>45831.9246643518</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>26.182</x:v>
+        <x:v>27.534</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>20.14</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45811.9361805556</x:v>
+        <x:v>45828.9428935185</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>26.117</x:v>
+        <x:v>27.222</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>20.09</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45810.9414583333</x:v>
+        <x:v>45826.9303587963</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>26.416</x:v>
+        <x:v>27.469</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>20.32</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45800.9242476852</x:v>
+        <x:v>45825.9254050926</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>24.791</x:v>
+        <x:v>27.755</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>19.07</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45799.9262847222</x:v>
+        <x:v>45824.9235416667</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>24.271</x:v>
+        <x:v>27.833</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>18.67</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45798.9249421296</x:v>
+        <x:v>45821.9252546296</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>24.466</x:v>
+        <x:v>28.067</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>18.82</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45797.9233796296</x:v>
+        <x:v>45820.9288657407</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>24.271</x:v>
+        <x:v>27.209</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>18.67</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45796.9244560185</x:v>
+        <x:v>45819.923587963</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>23.66</x:v>
+        <x:v>26.312</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>18.2</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45793.9259490741</x:v>
+        <x:v>45818.9234490741</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>23.179</x:v>
+        <x:v>26.052</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>17.83</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45792.9360069444</x:v>
+        <x:v>45817.9249189815</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>23.335</x:v>
+        <x:v>26.403</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>17.95</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45791.9275231482</x:v>
+        <x:v>45814.9278935185</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>22.919</x:v>
+        <x:v>25.766</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>17.63</x:v>
+        <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45790.9286689815</x:v>
+        <x:v>45813.93125</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>23.608</x:v>
+        <x:v>26.039</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>18.16</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45789.9278240741</x:v>
+        <x:v>45812.9289583333</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>23.699</x:v>
+        <x:v>26.182</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>18.23</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45786.9253819444</x:v>
+        <x:v>45811.9361805556</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>25.298</x:v>
+        <x:v>26.117</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>19.46</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45785.9240046296</x:v>
+        <x:v>45810.9414583333</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>24.518</x:v>
+        <x:v>26.416</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>18.86</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45784.9235300926</x:v>
+        <x:v>45800.9242476852</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
         <x:v>0.42</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>25.22</x:v>
+        <x:v>24.791</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>19.4</x:v>
+        <x:v>19.07</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45783.9247916667</x:v>
+        <x:v>45799.9262847222</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>24.999</x:v>
+        <x:v>24.271</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>19.23</x:v>
+        <x:v>18.67</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45782.9244560185</x:v>
+        <x:v>45798.9249421296</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>24.232</x:v>
+        <x:v>24.466</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>18.64</x:v>
+        <x:v>18.82</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45779.9288773148</x:v>
+        <x:v>45797.9233796296</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>23.933</x:v>
+        <x:v>24.271</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>18.41</x:v>
+        <x:v>18.67</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45777.9324305556</x:v>
+        <x:v>45796.9244560185</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>24.752</x:v>
+        <x:v>23.66</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>19.04</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45776.9248611111</x:v>
+        <x:v>45793.9259490741</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>24.57</x:v>
+        <x:v>23.179</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>18.9</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45775.9312962963</x:v>
+        <x:v>45792.9360069444</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>25.09</x:v>
+        <x:v>23.335</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>19.3</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45772.9278819444</x:v>
+        <x:v>45791.9275231482</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>24.765</x:v>
+        <x:v>22.919</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>19.05</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45771.9286458333</x:v>
+        <x:v>45790.9286689815</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>25.233</x:v>
+        <x:v>23.608</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>19.41</x:v>
+        <x:v>18.16</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45770.9298148148</x:v>
+        <x:v>45789.9278240741</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>24.778</x:v>
+        <x:v>23.699</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>19.06</x:v>
+        <x:v>18.23</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45769.9290972222</x:v>
+        <x:v>45786.9253819444</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>25.961</x:v>
+        <x:v>25.298</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>19.97</x:v>
+        <x:v>19.46</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45764.9308333333</x:v>
+        <x:v>45785.9240046296</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>26.221</x:v>
+        <x:v>24.518</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>20.17</x:v>
+        <x:v>18.86</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45763.9303472222</x:v>
+        <x:v>45784.9235300926</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>26.845</x:v>
+        <x:v>25.22</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>20.65</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45762.9291087963</x:v>
+        <x:v>45783.9247916667</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>26.416</x:v>
+        <x:v>24.999</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>20.32</x:v>
+        <x:v>19.23</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45761.9296412037</x:v>
+        <x:v>45782.9244560185</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>26.533</x:v>
+        <x:v>24.232</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>20.41</x:v>
+        <x:v>18.64</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45758.925474537</x:v>
+        <x:v>45779.9288773148</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>26.767</x:v>
+        <x:v>23.933</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>20.59</x:v>
+        <x:v>18.41</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45757.9250347222</x:v>
+        <x:v>45777.9324305556</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>25.012</x:v>
+        <x:v>24.752</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>19.24</x:v>
+        <x:v>19.04</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45756.9251041667</x:v>
+        <x:v>45776.9248611111</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>24.44</x:v>
+        <x:v>24.57</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>18.8</x:v>
+        <x:v>18.9</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45755.9267476852</x:v>
+        <x:v>45775.9312962963</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>22.776</x:v>
+        <x:v>25.09</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>17.52</x:v>
+        <x:v>19.3</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45754.9257060185</x:v>
+        <x:v>45772.9278819444</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>22.932</x:v>
+        <x:v>24.765</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>17.64</x:v>
+        <x:v>19.05</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45751.9453240741</x:v>
+        <x:v>45771.9286458333</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>22.971</x:v>
+        <x:v>25.233</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>17.67</x:v>
+        <x:v>19.41</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45750.9256481481</x:v>
+        <x:v>45770.9298148148</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>25.194</x:v>
+        <x:v>24.778</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>19.38</x:v>
+        <x:v>19.06</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45748.9242476852</x:v>
+        <x:v>45769.9290972222</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>25.558</x:v>
+        <x:v>25.961</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>19.66</x:v>
+        <x:v>19.97</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45747.9264351852</x:v>
+        <x:v>45764.9308333333</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>25.272</x:v>
+        <x:v>26.221</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>19.44</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45744.8839467593</x:v>
+        <x:v>45763.9303472222</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>24.882</x:v>
+        <x:v>26.845</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>19.14</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45743.887974537</x:v>
+        <x:v>45762.9291087963</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>25.428</x:v>
+        <x:v>26.416</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>19.56</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45742.8862731481</x:v>
+        <x:v>45761.9296412037</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>25.103</x:v>
+        <x:v>26.533</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>19.31</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45741.8885069444</x:v>
+        <x:v>45758.925474537</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>25.155</x:v>
+        <x:v>26.767</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>19.35</x:v>
+        <x:v>20.59</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45740.8886574074</x:v>
+        <x:v>45757.9250347222</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>24.557</x:v>
+        <x:v>25.012</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>18.89</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45737.893287037</x:v>
+        <x:v>45756.9251041667</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>24.531</x:v>
+        <x:v>24.44</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>18.87</x:v>
+        <x:v>18.8</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45736.891875</x:v>
+        <x:v>45755.9267476852</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>25.064</x:v>
+        <x:v>22.776</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>19.28</x:v>
+        <x:v>17.52</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45735.8917708333</x:v>
+        <x:v>45754.9257060185</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>25.207</x:v>
+        <x:v>22.932</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>19.39</x:v>
+        <x:v>17.64</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45734.8849421296</x:v>
+        <x:v>45751.9453240741</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>25.129</x:v>
+        <x:v>22.971</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>19.33</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45733.8858217593</x:v>
+        <x:v>45750.9256481481</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>24.934</x:v>
+        <x:v>25.194</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>19.18</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45730.891087963</x:v>
+        <x:v>45748.9242476852</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>24.349</x:v>
+        <x:v>25.558</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>18.78</x:v>
+        <x:v>19.66</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45729.9202083333</x:v>
+        <x:v>45747.9264351852</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>24.349</x:v>
+        <x:v>25.272</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>0</x:v>
+        <x:v>19.44</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45728.8941435185</x:v>
+        <x:v>45744.8839467593</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>23.842</x:v>
+        <x:v>24.882</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>0</x:v>
+        <x:v>19.14</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45727.8961458333</x:v>
+        <x:v>45743.887974537</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>23.985</x:v>
+        <x:v>25.428</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>18.45</x:v>
+        <x:v>19.56</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45726.8938888889</x:v>
+        <x:v>45742.8862731481</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>24.18</x:v>
+        <x:v>25.103</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>18.6</x:v>
+        <x:v>19.31</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45723.9237847222</x:v>
+        <x:v>45741.8885069444</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>23.998</x:v>
+        <x:v>25.155</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>18.46</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45722.9231944444</x:v>
+        <x:v>45740.8886574074</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>23.998</x:v>
+        <x:v>24.557</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>18.46</x:v>
+        <x:v>18.89</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45721.926875</x:v>
+        <x:v>45737.893287037</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>23.049</x:v>
+        <x:v>24.531</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>17.73</x:v>
+        <x:v>18.87</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45720.9246412037</x:v>
+        <x:v>45736.891875</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>22.997</x:v>
+        <x:v>25.064</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>17.69</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45719.9237268519</x:v>
+        <x:v>45735.8917708333</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>23.075</x:v>
+        <x:v>25.207</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>17.75</x:v>
+        <x:v>19.39</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45716.9269328704</x:v>
+        <x:v>45734.8849421296</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>23.127</x:v>
+        <x:v>25.129</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>17.79</x:v>
+        <x:v>19.33</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45716.3362962963</x:v>
+        <x:v>45733.8858217593</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>23.127</x:v>
+        <x:v>24.934</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>17.79</x:v>
+        <x:v>19.18</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45715.92375</x:v>
+        <x:v>45730.891087963</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>23.985</x:v>
+        <x:v>24.349</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>18.45</x:v>
+        <x:v>18.78</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45714.9285300926</x:v>
+        <x:v>45729.9202083333</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>23.504</x:v>
+        <x:v>24.349</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>18.08</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45713.9239236111</x:v>
+        <x:v>45728.8941435185</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>23.751</x:v>
+        <x:v>23.842</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>18.27</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45712.9269097222</x:v>
+        <x:v>45727.8961458333</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>23.79</x:v>
+        <x:v>23.985</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>18.3</x:v>
+        <x:v>18.45</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45709.9265162037</x:v>
+        <x:v>45726.8938888889</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>24.466</x:v>
+        <x:v>24.18</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>18.82</x:v>
+        <x:v>18.6</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45708.9231712963</x:v>
+        <x:v>45723.9237847222</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
         <x:v>0.55</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>24.414</x:v>
+        <x:v>23.998</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>18.78</x:v>
+        <x:v>18.46</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45707.9353356482</x:v>
+        <x:v>45722.9231944444</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>23.868</x:v>
+        <x:v>23.998</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>18.36</x:v>
+        <x:v>18.46</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45706.929375</x:v>
+        <x:v>45721.926875</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>23.322</x:v>
+        <x:v>23.049</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>17.94</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45702.9275694444</x:v>
+        <x:v>45720.9246412037</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
         <x:v>0.64</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>23.972</x:v>
+        <x:v>22.997</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>18.44</x:v>
+        <x:v>17.69</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45700.925474537</x:v>
+        <x:v>45719.9237268519</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>22.191</x:v>
+        <x:v>23.075</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>17.07</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45699.9276157407</x:v>
+        <x:v>45716.9269328704</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>22.672</x:v>
+        <x:v>23.127</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>17.44</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45698.9262384259</x:v>
+        <x:v>45716.3362962963</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>22.672</x:v>
+        <x:v>23.127</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>17.44</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45695.9359953704</x:v>
+        <x:v>45715.92375</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>22.334</x:v>
+        <x:v>23.985</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>17.18</x:v>
+        <x:v>18.45</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45694.9237152778</x:v>
+        <x:v>45714.9285300926</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>22.295</x:v>
+        <x:v>23.504</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>17.15</x:v>
+        <x:v>18.08</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45693.9253356481</x:v>
+        <x:v>45713.9239236111</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>22.295</x:v>
+        <x:v>23.751</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>17.15</x:v>
+        <x:v>18.27</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45692.9271180556</x:v>
+        <x:v>45712.9269097222</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>21.71</x:v>
+        <x:v>23.79</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>16.7</x:v>
+        <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45691.928125</x:v>
+        <x:v>45709.9265162037</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>21.528</x:v>
+        <x:v>24.466</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>16.56</x:v>
+        <x:v>18.82</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45688.9467476852</x:v>
+        <x:v>45708.9231712963</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>21.281</x:v>
+        <x:v>24.414</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>16.37</x:v>
+        <x:v>18.78</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45687.9293402778</x:v>
+        <x:v>45707.9353356482</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>21.541</x:v>
+        <x:v>23.868</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>16.57</x:v>
+        <x:v>18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45686.9239814815</x:v>
+        <x:v>45706.929375</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>20.748</x:v>
+        <x:v>23.322</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>15.96</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45685.9323032407</x:v>
+        <x:v>45702.9275694444</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>20.748</x:v>
+        <x:v>23.972</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>15.96</x:v>
+        <x:v>18.44</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45681.9228125</x:v>
+        <x:v>45700.925474537</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>20.969</x:v>
+        <x:v>22.191</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>16.13</x:v>
+        <x:v>17.07</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45679.9244212963</x:v>
+        <x:v>45699.9276157407</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>1</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>20.501</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>15.77</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45678.9235069444</x:v>
+        <x:v>45698.9262384259</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>20.754</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>15.965</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45674.9244907407</x:v>
+        <x:v>45695.9359953704</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>20.8</x:v>
+        <x:v>22.334</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>16</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45673.9255902778</x:v>
+        <x:v>45694.9237152778</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>1</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>20.475</x:v>
+        <x:v>22.295</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>15.75</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45672.9260532407</x:v>
+        <x:v>45693.9253356481</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>0.98</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>20.592</x:v>
+        <x:v>22.295</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>15.84</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45671.9241203704</x:v>
+        <x:v>45692.9271180556</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>1.03</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>20.254</x:v>
+        <x:v>21.71</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>15.58</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45670.9315162037</x:v>
+        <x:v>45691.928125</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>1.06</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>20.085</x:v>
+        <x:v>21.528</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>15.45</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45667.9296990741</x:v>
+        <x:v>45688.9467476852</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>20.436</x:v>
+        <x:v>21.281</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>15.72</x:v>
+        <x:v>16.37</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45665.9257986111</x:v>
+        <x:v>45687.9293402778</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>20.592</x:v>
+        <x:v>21.541</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>15.84</x:v>
+        <x:v>16.57</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45664.9260532407</x:v>
+        <x:v>45686.9239814815</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>1.04</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>20.241</x:v>
+        <x:v>20.748</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>15.57</x:v>
+        <x:v>15.96</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45663.923287037</x:v>
+        <x:v>45685.9323032407</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>20.15</x:v>
+        <x:v>20.748</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>15.5</x:v>
+        <x:v>15.96</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45660.9250462963</x:v>
+        <x:v>45681.9228125</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>20.592</x:v>
+        <x:v>20.969</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>15.84</x:v>
+        <x:v>16.13</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45659.9244791667</x:v>
+        <x:v>45679.9244212963</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>0.96</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>20.761</x:v>
+        <x:v>20.501</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>15.97</x:v>
+        <x:v>15.77</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45656.9242476852</x:v>
+        <x:v>45678.9235069444</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>20.098</x:v>
+        <x:v>20.754</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>15.46</x:v>
+        <x:v>15.965</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45653.9297569444</x:v>
+        <x:v>45674.9244907407</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>1.02</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>20.384</x:v>
+        <x:v>20.8</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>15.68</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45649.9279976852</x:v>
+        <x:v>45673.9255902778</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>1.04</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>20.267</x:v>
+        <x:v>20.475</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>15.59</x:v>
+        <x:v>15.75</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45646.9391666667</x:v>
+        <x:v>45672.9260532407</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>20.098</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>15.46</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45646.9253009259</x:v>
+        <x:v>45671.9241203704</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>20.098</x:v>
+        <x:v>20.254</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>15.46</x:v>
+        <x:v>15.58</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45645.9285648148</x:v>
+        <x:v>45670.9315162037</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>1.12</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>19.799</x:v>
+        <x:v>20.085</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>15.23</x:v>
+        <x:v>15.45</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45644.9406134259</x:v>
+        <x:v>45667.9296990741</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>1.06</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>20.163</x:v>
+        <x:v>20.436</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>15.51</x:v>
+        <x:v>15.72</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45643.9374074074</x:v>
+        <x:v>45665.9257986111</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>21.112</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>16.24</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45642.9331712963</x:v>
+        <x:v>45664.9260532407</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>21.255</x:v>
+        <x:v>20.241</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>16.35</x:v>
+        <x:v>15.57</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45639.9310532407</x:v>
+        <x:v>45663.923287037</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>0.85</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>21.814</x:v>
+        <x:v>20.15</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>16.78</x:v>
+        <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45638.9302314815</x:v>
+        <x:v>45660.9250462963</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>22.321</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>17.17</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45637.9259722222</x:v>
+        <x:v>45659.9244791667</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>22.919</x:v>
+        <x:v>20.761</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>17.63</x:v>
+        <x:v>15.97</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45636.9246296296</x:v>
+        <x:v>45656.9242476852</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>0.81</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>22.282</x:v>
+        <x:v>20.098</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>17.14</x:v>
+        <x:v>15.46</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45635.9293055556</x:v>
+        <x:v>45653.9297569444</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>0.81</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>22.204</x:v>
+        <x:v>20.384</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>17.08</x:v>
+        <x:v>15.68</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45632.9301851852</x:v>
+        <x:v>45649.9279976852</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>0.86</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>21.801</x:v>
+        <x:v>20.267</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>16.77</x:v>
+        <x:v>15.59</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45631.9230671296</x:v>
+        <x:v>45646.9391666667</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>0.83</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>22.035</x:v>
+        <x:v>20.098</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>16.95</x:v>
+        <x:v>15.46</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45630.9239699074</x:v>
+        <x:v>45646.9253009259</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>0.78</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>22.581</x:v>
+        <x:v>20.098</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>17.37</x:v>
+        <x:v>15.46</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45628.9241435185</x:v>
+        <x:v>45645.9285648148</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>0.8</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>22.373</x:v>
+        <x:v>19.799</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>17.21</x:v>
+        <x:v>15.23</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45625.8309375</x:v>
+        <x:v>45644.9406134259</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>0.76</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>22.737</x:v>
+        <x:v>20.163</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>17.49</x:v>
+        <x:v>15.51</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45625.334537037</x:v>
+        <x:v>45643.9374074074</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>22.841</x:v>
+        <x:v>21.112</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>17.57</x:v>
+        <x:v>16.24</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45623.9383796296</x:v>
+        <x:v>45642.9331712963</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>22.841</x:v>
+        <x:v>21.255</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>17.57</x:v>
+        <x:v>16.35</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45622.9256365741</x:v>
+        <x:v>45639.9310532407</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>22.828</x:v>
+        <x:v>21.814</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>17.56</x:v>
+        <x:v>16.78</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45621.9280324074</x:v>
+        <x:v>45638.9302314815</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>22.984</x:v>
+        <x:v>22.321</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>17.68</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45618.9262037037</x:v>
+        <x:v>45637.9259722222</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>23.686</x:v>
+        <x:v>22.919</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>18.22</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45617.9238078704</x:v>
+        <x:v>45636.9246296296</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>23.556</x:v>
+        <x:v>22.282</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>18.12</x:v>
+        <x:v>17.14</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45616.9246643518</x:v>
+        <x:v>45635.9293055556</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>23.257</x:v>
+        <x:v>22.204</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>17.89</x:v>
+        <x:v>17.08</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45615.9253240741</x:v>
+        <x:v>45632.9301851852</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>23.036</x:v>
+        <x:v>21.801</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>17.72</x:v>
+        <x:v>16.77</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45614.9241898148</x:v>
+        <x:v>45631.9230671296</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
         <x:v>0.83</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>22.36</x:v>
+        <x:v>22.035</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>17.2</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45611.9274189815</x:v>
+        <x:v>45630.9239699074</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>21.645</x:v>
+        <x:v>22.581</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>16.65</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45610.9252430556</x:v>
+        <x:v>45628.9241435185</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>21.905</x:v>
+        <x:v>22.373</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>16.85</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45609.9228703704</x:v>
+        <x:v>45625.8309375</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>21.827</x:v>
+        <x:v>22.737</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>16.79</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45608.9378240741</x:v>
+        <x:v>45625.334537037</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>22.126</x:v>
+        <x:v>22.841</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>17.02</x:v>
+        <x:v>17.57</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45607.9260532407</x:v>
+        <x:v>45623.9383796296</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>22.62</x:v>
+        <x:v>22.841</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>17.4</x:v>
+        <x:v>17.57</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45604.925625</x:v>
+        <x:v>45622.9256365741</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>23.92</x:v>
+        <x:v>22.828</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>18.4</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45603.923900463</x:v>
+        <x:v>45621.9280324074</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>24.024</x:v>
+        <x:v>22.984</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>18.48</x:v>
+        <x:v>17.68</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45602.9256597222</x:v>
+        <x:v>45618.9262037037</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
         <x:v>0.69</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>23.959</x:v>
+        <x:v>23.686</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>18.43</x:v>
+        <x:v>18.22</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45601.9256134259</x:v>
+        <x:v>45617.9238078704</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>24.544</x:v>
+        <x:v>23.556</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>18.88</x:v>
+        <x:v>18.12</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45600.9294560185</x:v>
+        <x:v>45616.9246643518</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>24.57</x:v>
+        <x:v>23.257</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>18.9</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45597.8878356482</x:v>
+        <x:v>45615.9253240741</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>24.765</x:v>
+        <x:v>23.036</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>19.05</x:v>
+        <x:v>17.72</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45596.8871064815</x:v>
+        <x:v>45614.9241898148</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>25.116</x:v>
+        <x:v>22.36</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>19.32</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45595.8839930556</x:v>
+        <x:v>45611.9274189815</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>26.065</x:v>
+        <x:v>21.645</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>20.05</x:v>
+        <x:v>16.65</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45594.8862962963</x:v>
+        <x:v>45610.9252430556</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>26.358</x:v>
+        <x:v>21.905</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>20.275</x:v>
+        <x:v>16.85</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45593.8878240741</x:v>
+        <x:v>45609.9228703704</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>25.987</x:v>
+        <x:v>21.827</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>19.99</x:v>
+        <x:v>16.79</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45590.9259027778</x:v>
+        <x:v>45608.9378240741</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>25.493</x:v>
+        <x:v>22.126</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>19.61</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45589.9268402778</x:v>
+        <x:v>45607.9260532407</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>26.416</x:v>
+        <x:v>22.62</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>20.32</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45588.9251041667</x:v>
+        <x:v>45604.925625</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>27.04</x:v>
+        <x:v>23.92</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>20.8</x:v>
+        <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45587.928599537</x:v>
+        <x:v>45603.923900463</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>27.547</x:v>
+        <x:v>24.024</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>21.19</x:v>
+        <x:v>18.48</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45586.9257291667</x:v>
+        <x:v>45602.9256597222</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>27.118</x:v>
+        <x:v>23.959</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>20.86</x:v>
+        <x:v>18.43</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45582.9403240741</x:v>
+        <x:v>45601.9256134259</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>26.442</x:v>
+        <x:v>24.544</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>20.34</x:v>
+        <x:v>18.88</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45580.9392939815</x:v>
+        <x:v>45600.9294560185</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>26.273</x:v>
+        <x:v>24.57</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>20.21</x:v>
+        <x:v>18.9</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45579.9269444444</x:v>
+        <x:v>45597.8878356482</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>25.974</x:v>
+        <x:v>24.765</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>19.98</x:v>
+        <x:v>19.05</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45576.9277430556</x:v>
+        <x:v>45596.8871064815</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>25.987</x:v>
+        <x:v>25.116</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>19.99</x:v>
+        <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45575.9297800926</x:v>
+        <x:v>45595.8839930556</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>26.091</x:v>
+        <x:v>26.065</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>20.07</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45574.9233217593</x:v>
+        <x:v>45594.8862962963</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>25.558</x:v>
+        <x:v>26.358</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>19.66</x:v>
+        <x:v>20.275</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45573.922662037</x:v>
+        <x:v>45593.8878240741</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>25.558</x:v>
+        <x:v>25.987</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>19.66</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45572.9229398148</x:v>
+        <x:v>45590.9259027778</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>25.844</x:v>
+        <x:v>25.493</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>19.88</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45569.9240046296</x:v>
+        <x:v>45589.9268402778</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>26.143</x:v>
+        <x:v>26.416</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>20.11</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45568.9236111111</x:v>
+        <x:v>45588.9251041667</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>25.805</x:v>
+        <x:v>27.04</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>19.85</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45567.9237384259</x:v>
+        <x:v>45587.928599537</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>26.234</x:v>
+        <x:v>27.547</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>20.18</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45566.9237268519</x:v>
+        <x:v>45586.9257291667</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>26.39</x:v>
+        <x:v>27.118</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>20.3</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45565.9305208333</x:v>
+        <x:v>45582.9403240741</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>25.857</x:v>
+        <x:v>26.442</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>19.89</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45562.9249074074</x:v>
+        <x:v>45580.9392939815</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
         <x:v>0.54</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>26.299</x:v>
+        <x:v>26.273</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>20.23</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45561.9241666667</x:v>
+        <x:v>45579.9269444444</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>27.313</x:v>
+        <x:v>25.974</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>21.01</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45560.924224537</x:v>
+        <x:v>45576.9277430556</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>26.91</x:v>
+        <x:v>25.987</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>20.7</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45559.9250810185</x:v>
+        <x:v>45575.9297800926</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>26.559</x:v>
+        <x:v>26.091</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>20.43</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45558.928125</x:v>
+        <x:v>45574.9233217593</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>26.273</x:v>
+        <x:v>25.558</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>20.21</x:v>
+        <x:v>19.66</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45555.928912037</x:v>
+        <x:v>45573.922662037</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>26.494</x:v>
+        <x:v>25.558</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>20.38</x:v>
+        <x:v>19.66</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45554.925</x:v>
+        <x:v>45572.9229398148</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>26.312</x:v>
+        <x:v>25.844</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>20.24</x:v>
+        <x:v>19.88</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45553.9238194444</x:v>
+        <x:v>45569.9240046296</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>26.078</x:v>
+        <x:v>26.143</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>20.06</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45552.9224652778</x:v>
+        <x:v>45568.9236111111</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>26.624</x:v>
+        <x:v>25.805</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>20.48</x:v>
+        <x:v>19.85</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45551.9244097222</x:v>
+        <x:v>45567.9237384259</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>26.676</x:v>
+        <x:v>26.234</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>20.52</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45548.9281134259</x:v>
+        <x:v>45566.9237268519</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>27.092</x:v>
+        <x:v>26.39</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>20.84</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45547.9299421296</x:v>
+        <x:v>45565.9305208333</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>26.754</x:v>
+        <x:v>25.857</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>20.58</x:v>
+        <x:v>19.89</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45546.9262615741</x:v>
+        <x:v>45562.9249074074</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>25.48</x:v>
+        <x:v>26.299</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>19.6</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45545.9253125</x:v>
+        <x:v>45561.9241666667</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>25.48</x:v>
+        <x:v>27.313</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>19.6</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45544.9243518518</x:v>
+        <x:v>45560.924224537</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>25.07</x:v>
+        <x:v>26.91</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>19.285</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45541.9263078704</x:v>
+        <x:v>45559.9250810185</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>25.298</x:v>
+        <x:v>26.559</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>19.46</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45540.9253240741</x:v>
+        <x:v>45558.928125</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>25.298</x:v>
+        <x:v>26.273</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>19.46</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45539.9231597222</x:v>
+        <x:v>45555.928912037</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>25.116</x:v>
+        <x:v>26.494</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>19.32</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45534.9322569444</x:v>
+        <x:v>45554.925</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>26.416</x:v>
+        <x:v>26.312</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>20.32</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45534.3328935185</x:v>
+        <x:v>45553.9238194444</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>26.416</x:v>
+        <x:v>26.078</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>20.32</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45533.9305324074</x:v>
+        <x:v>45552.9224652778</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>25.935</x:v>
+        <x:v>26.624</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>19.95</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45532.9225694444</x:v>
+        <x:v>45551.9244097222</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>26.585</x:v>
+        <x:v>26.676</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>20.45</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45531.9246064815</x:v>
+        <x:v>45548.9281134259</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>26.611</x:v>
+        <x:v>27.092</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>20.47</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45530.9242708333</x:v>
+        <x:v>45547.9299421296</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>26.65</x:v>
+        <x:v>26.754</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>20.5</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45527.9240393518</x:v>
+        <x:v>45546.9262615741</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>26.312</x:v>
+        <x:v>25.48</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>20.24</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45526.9254398148</x:v>
+        <x:v>45545.9253125</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>26.806</x:v>
+        <x:v>25.48</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>20.62</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45525.9231597222</x:v>
+        <x:v>45544.9243518518</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>26.533</x:v>
+        <x:v>25.07</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>20.41</x:v>
+        <x:v>19.285</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45524.9227430556</x:v>
+        <x:v>45541.9263078704</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>26.533</x:v>
+        <x:v>25.298</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>20.41</x:v>
+        <x:v>19.46</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45523.924525463</x:v>
+        <x:v>45540.9253240741</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>25.623</x:v>
+        <x:v>25.298</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>19.71</x:v>
+        <x:v>19.46</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45520.933125</x:v>
+        <x:v>45539.9231597222</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>25.623</x:v>
+        <x:v>25.116</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>19.71</x:v>
+        <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45519.9274074074</x:v>
+        <x:v>45534.9322569444</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>24.908</x:v>
+        <x:v>26.416</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>19.16</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45518.9341203704</x:v>
+        <x:v>45534.3328935185</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>24.869</x:v>
+        <x:v>26.416</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>19.13</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45517.9317361111</x:v>
+        <x:v>45533.9305324074</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>24.687</x:v>
+        <x:v>25.935</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>18.99</x:v>
+        <x:v>19.95</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45516.9274305556</x:v>
+        <x:v>45532.9225694444</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>22.633</x:v>
+        <x:v>26.585</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>17.41</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45513.9300231481</x:v>
+        <x:v>45531.9246064815</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>22.542</x:v>
+        <x:v>26.611</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>17.34</x:v>
+        <x:v>20.47</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45512.9330671296</x:v>
+        <x:v>45530.9242708333</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>21.853</x:v>
+        <x:v>26.65</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>16.81</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45511.9284490741</x:v>
+        <x:v>45527.9240393518</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>1.06</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>22.607</x:v>
+        <x:v>26.312</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>17.39</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45510.9307986111</x:v>
+        <x:v>45526.9254398148</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>22.607</x:v>
+        <x:v>26.806</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>17.39</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45509.9291087963</x:v>
+        <x:v>45525.9231597222</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>1</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>22.334</x:v>
+        <x:v>26.533</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>17.18</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45506.9321064815</x:v>
+        <x:v>45524.9227430556</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>23.712</x:v>
+        <x:v>26.533</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>18.24</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45505.9289236111</x:v>
+        <x:v>45523.924525463</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>24.063</x:v>
+        <x:v>25.623</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>18.51</x:v>
+        <x:v>19.71</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45504.9306712963</x:v>
+        <x:v>45520.933125</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>23.582</x:v>
+        <x:v>25.623</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>18.14</x:v>
+        <x:v>19.71</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45503.9262847222</x:v>
+        <x:v>45519.9274074074</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>23.361</x:v>
+        <x:v>24.908</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>17.97</x:v>
+        <x:v>19.16</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45502.9221759259</x:v>
+        <x:v>45518.9341203704</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>23.127</x:v>
+        <x:v>24.869</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>17.79</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45499.9227314815</x:v>
+        <x:v>45517.9317361111</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>23.036</x:v>
+        <x:v>24.687</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>17.72</x:v>
+        <x:v>18.99</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45498.9226273148</x:v>
+        <x:v>45516.9274305556</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>23.998</x:v>
+        <x:v>22.633</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>18.46</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45497.9293055556</x:v>
+        <x:v>45513.9300231481</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>0.82</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>24.141</x:v>
+        <x:v>22.542</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>18.57</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45496.9226273148</x:v>
+        <x:v>45512.9330671296</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>23.868</x:v>
+        <x:v>21.853</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>18.36</x:v>
+        <x:v>16.81</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45495.9267361111</x:v>
+        <x:v>45511.9284490741</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>0.83</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>23.907</x:v>
+        <x:v>22.607</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>18.39</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45492.9245833333</x:v>
+        <x:v>45510.9307986111</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>24.102</x:v>
+        <x:v>22.607</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>18.54</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45491.9233449074</x:v>
+        <x:v>45509.9291087963</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>0.81</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>24.102</x:v>
+        <x:v>22.334</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>18.54</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45490.9301967593</x:v>
+        <x:v>45506.9321064815</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>25.025</x:v>
+        <x:v>23.712</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>19.25</x:v>
+        <x:v>18.24</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45489.9229282407</x:v>
+        <x:v>45505.9289236111</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>23.868</x:v>
+        <x:v>24.063</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>18.36</x:v>
+        <x:v>18.51</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45488.9233564815</x:v>
+        <x:v>45504.9306712963</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>23.868</x:v>
+        <x:v>23.582</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>18.36</x:v>
+        <x:v>18.14</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45485.9236805556</x:v>
+        <x:v>45503.9262847222</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>23.569</x:v>
+        <x:v>23.361</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>18.13</x:v>
+        <x:v>17.97</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45484.9257060185</x:v>
+        <x:v>45502.9221759259</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
         <x:v>0.88</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>23.114</x:v>
+        <x:v>23.127</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>17.78</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45483.9237847222</x:v>
+        <x:v>45499.9227314815</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>22.672</x:v>
+        <x:v>23.036</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>17.44</x:v>
+        <x:v>17.72</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45482.9236805556</x:v>
+        <x:v>45498.9226273148</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>1</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>22.594</x:v>
+        <x:v>23.998</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>17.38</x:v>
+        <x:v>18.46</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45481.9248842593</x:v>
+        <x:v>45497.9293055556</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>22.672</x:v>
+        <x:v>24.141</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>17.44</x:v>
+        <x:v>18.57</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45478.9320949074</x:v>
+        <x:v>45496.9226273148</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>22.49</x:v>
+        <x:v>23.868</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>17.3</x:v>
+        <x:v>18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45476.8021064815</x:v>
+        <x:v>45495.9267361111</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>1.02</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>21.606</x:v>
+        <x:v>23.907</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>16.62</x:v>
+        <x:v>18.39</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45475.9273611111</x:v>
+        <x:v>45492.9245833333</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>21.528</x:v>
+        <x:v>24.102</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>16.56</x:v>
+        <x:v>18.54</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45474.9266087963</x:v>
+        <x:v>45491.9233449074</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>21.528</x:v>
+        <x:v>24.102</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>16.56</x:v>
+        <x:v>18.54</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45471.9307638889</x:v>
+        <x:v>45490.9301967593</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>1.15</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>21.892</x:v>
+        <x:v>25.025</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>16.84</x:v>
+        <x:v>19.25</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45470.9297916667</x:v>
+        <x:v>45489.9229282407</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>21.84</x:v>
+        <x:v>23.868</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>16.8</x:v>
+        <x:v>18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45469.9290046296</x:v>
+        <x:v>45488.9233564815</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>21.567</x:v>
+        <x:v>23.868</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>16.59</x:v>
+        <x:v>18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45468.9344328704</x:v>
+        <x:v>45485.9236805556</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>21.736</x:v>
+        <x:v>23.569</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>16.72</x:v>
+        <x:v>18.13</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45467.9280324074</x:v>
+        <x:v>45484.9257060185</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>21.528</x:v>
+        <x:v>23.114</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>16.56</x:v>
+        <x:v>17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45464.9262615741</x:v>
+        <x:v>45483.9237847222</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>22.048</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>16.96</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45463.926087963</x:v>
+        <x:v>45482.9236805556</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>1.09</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>21.333</x:v>
+        <x:v>22.594</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>16.41</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45461.9263194444</x:v>
+        <x:v>45481.9248842593</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>20.982</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>16.14</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45460.9266087963</x:v>
+        <x:v>45478.9320949074</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>20.839</x:v>
+        <x:v>22.49</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>16.03</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45457.9238888889</x:v>
+        <x:v>45476.8021064815</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>20.839</x:v>
+        <x:v>21.606</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>16.03</x:v>
+        <x:v>16.62</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45456.9228819444</x:v>
+        <x:v>45475.9273611111</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>21.314</x:v>
+        <x:v>21.528</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>16.395</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45455.9238078704</x:v>
+        <x:v>45474.9266087963</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>1.22</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>21.034</x:v>
+        <x:v>21.528</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>16.18</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45454.9233912037</x:v>
+        <x:v>45471.9307638889</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>1.27</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>21.385</x:v>
+        <x:v>21.892</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>16.45</x:v>
+        <x:v>16.84</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45453.9238888889</x:v>
+        <x:v>45470.9297916667</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>21.385</x:v>
+        <x:v>21.84</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>16.45</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45450.9295833333</x:v>
+        <x:v>45469.9290046296</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>22.516</x:v>
+        <x:v>21.567</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>17.32</x:v>
+        <x:v>16.59</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45449.9242592593</x:v>
+        <x:v>45468.9344328704</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>1.06</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>21.71</x:v>
+        <x:v>21.736</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>16.7</x:v>
+        <x:v>16.72</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45448.9222916667</x:v>
+        <x:v>45467.9280324074</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>1.2</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>21.71</x:v>
+        <x:v>21.528</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>16.7</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45447.9233680556</x:v>
+        <x:v>45464.9262615741</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>1.24</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>21.437</x:v>
+        <x:v>22.048</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>16.49</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45446.9240277778</x:v>
+        <x:v>45463.926087963</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>22.217</x:v>
+        <x:v>21.333</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>17.09</x:v>
+        <x:v>16.41</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45443.930462963</x:v>
+        <x:v>45461.9263194444</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>1.14</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>22.243</x:v>
+        <x:v>20.982</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>17.11</x:v>
+        <x:v>16.14</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45442.9278703704</x:v>
+        <x:v>45460.9266087963</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>1.15</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>22.243</x:v>
+        <x:v>20.839</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>17.11</x:v>
+        <x:v>16.03</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45441.9287037037</x:v>
+        <x:v>45457.9238888889</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>1.19</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>21.996</x:v>
+        <x:v>20.839</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>16.92</x:v>
+        <x:v>16.03</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45440.9253935185</x:v>
+        <x:v>45456.9228819444</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>1.09</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>22.126</x:v>
+        <x:v>21.314</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>17.02</x:v>
+        <x:v>16.395</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45436.9254398148</x:v>
+        <x:v>45455.9238078704</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>22.022</x:v>
+        <x:v>21.034</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>16.94</x:v>
+        <x:v>16.18</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45435.9233912037</x:v>
+        <x:v>45454.9233912037</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>1.19</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>22.477</x:v>
+        <x:v>21.385</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>17.29</x:v>
+        <x:v>16.45</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45434.9226157407</x:v>
+        <x:v>45453.9238888889</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>1.12</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>23.14</x:v>
+        <x:v>21.385</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>17.8</x:v>
+        <x:v>16.45</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45433.9224305556</x:v>
+        <x:v>45450.9295833333</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>1.04</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>23.14</x:v>
+        <x:v>22.516</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>17.8</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45432.9216666667</x:v>
+        <x:v>45449.9242592593</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>1.01</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>23.296</x:v>
+        <x:v>21.71</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>17.92</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45429.9267708333</x:v>
+        <x:v>45448.9222916667</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>1.02</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>22.776</x:v>
+        <x:v>21.71</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>17.52</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45428.928900463</x:v>
+        <x:v>45447.9233680556</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>1.09</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>22.646</x:v>
+        <x:v>21.437</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>17.42</x:v>
+        <x:v>16.49</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45427.9284837963</x:v>
+        <x:v>45446.9240277778</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>1.11</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>22.646</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>17.42</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45426.9281365741</x:v>
+        <x:v>45443.930462963</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>1.16</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>22.022</x:v>
+        <x:v>22.243</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>16.94</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45425.9293634259</x:v>
+        <x:v>45442.9278703704</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>1.2</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>22.009</x:v>
+        <x:v>22.243</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>16.93</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45422.9236342593</x:v>
+        <x:v>45441.9287037037</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
-        <x:v>1.2</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>22.009</x:v>
+        <x:v>21.996</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>16.93</x:v>
+        <x:v>16.92</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45421.9229861111</x:v>
+        <x:v>45440.9253935185</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>22.139</x:v>
+        <x:v>22.126</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>17.03</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45420.9241087963</x:v>
+        <x:v>45436.9254398148</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>21.762</x:v>
+        <x:v>22.022</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>16.74</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45419.9260416667</x:v>
+        <x:v>45435.9233912037</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>21.762</x:v>
+        <x:v>22.477</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>16.74</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45418.9291203704</x:v>
+        <x:v>45434.9226157407</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>1.26</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>21.632</x:v>
+        <x:v>23.14</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>16.64</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45415.9288425926</x:v>
+        <x:v>45433.9224305556</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>21.632</x:v>
+        <x:v>23.14</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>16.64</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45414.9243634259</x:v>
+        <x:v>45432.9216666667</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>21.632</x:v>
+        <x:v>23.296</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>16.64</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45412.9266319444</x:v>
+        <x:v>45429.9267708333</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>1.27</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>22.516</x:v>
+        <x:v>22.776</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>17.32</x:v>
+        <x:v>17.52</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45411.9247106481</x:v>
+        <x:v>45428.928900463</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>1.13</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>22.217</x:v>
+        <x:v>22.646</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>17.09</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45408.9314699074</x:v>
+        <x:v>45427.9284837963</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>22.217</x:v>
+        <x:v>22.646</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>17.09</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45407.9436226852</x:v>
+        <x:v>45426.9281365741</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>21.476</x:v>
+        <x:v>22.022</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>16.52</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45406.9296875</x:v>
+        <x:v>45425.9293634259</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>21.684</x:v>
+        <x:v>22.009</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>16.68</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45405.9324768518</x:v>
+        <x:v>45422.9236342593</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>21.684</x:v>
+        <x:v>22.009</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>16.68</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45404.9330092593</x:v>
+        <x:v>45421.9229861111</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>22.23</x:v>
+        <x:v>22.139</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>17.1</x:v>
+        <x:v>17.03</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45401.9231597222</x:v>
+        <x:v>45420.9241087963</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>1.2</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>22.074</x:v>
+        <x:v>21.762</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>16.98</x:v>
+        <x:v>16.74</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45400.9236342593</x:v>
+        <x:v>45419.9260416667</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>1.22</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>21.71</x:v>
+        <x:v>21.762</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>16.7</x:v>
+        <x:v>16.74</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45399.9245023148</x:v>
+        <x:v>45418.9291203704</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>21.71</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>16.7</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45398.9235416667</x:v>
+        <x:v>45415.9288425926</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>22.581</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>17.37</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45397.9234027778</x:v>
+        <x:v>45414.9243634259</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>1.16</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>22.581</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>17.37</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
-        <x:v>45394.9242824074</x:v>
+        <x:v>45412.9266319444</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C414" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D414" s="0">
-        <x:v>23.452</x:v>
+        <x:v>22.516</x:v>
       </x:c>
       <x:c r="E414" s="0">
-        <x:v>18.04</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5">
       <x:c r="A415" s="1">
-        <x:v>45393.9239699074</x:v>
+        <x:v>45411.9247106481</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C415" s="0">
-        <x:v>1.04</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D415" s="0">
-        <x:v>23.283</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E415" s="0">
-        <x:v>17.91</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5">
       <x:c r="A416" s="1">
-        <x:v>45392.9226967593</x:v>
+        <x:v>45408.9314699074</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C416" s="0">
-        <x:v>1.06</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D416" s="0">
-        <x:v>23.283</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E416" s="0">
-        <x:v>17.91</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5">
       <x:c r="A417" s="1">
-        <x:v>45391.9264930556</x:v>
+        <x:v>45407.9436226852</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C417" s="0">
-        <x:v>1.04</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D417" s="0">
-        <x:v>23.01</x:v>
+        <x:v>21.476</x:v>
       </x:c>
       <x:c r="E417" s="0">
-        <x:v>17.7</x:v>
+        <x:v>16.52</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5">
       <x:c r="A418" s="1">
-        <x:v>45390.9248958333</x:v>
+        <x:v>45406.9296875</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C418" s="0">
-        <x:v>1.1</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D418" s="0">
-        <x:v>23.01</x:v>
+        <x:v>21.684</x:v>
       </x:c>
       <x:c r="E418" s="0">
-        <x:v>17.7</x:v>
+        <x:v>16.68</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5">
       <x:c r="A419" s="1">
-        <x:v>45387.9235069444</x:v>
+        <x:v>45405.9324768518</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C419" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D419" s="0">
-        <x:v>23.218</x:v>
+        <x:v>21.684</x:v>
       </x:c>
       <x:c r="E419" s="0">
-        <x:v>17.86</x:v>
+        <x:v>16.68</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5">
       <x:c r="A420" s="1">
-        <x:v>45386.9250115741</x:v>
+        <x:v>45404.9330092593</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C420" s="0">
-        <x:v>1.17</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D420" s="0">
-        <x:v>21.632</x:v>
+        <x:v>22.23</x:v>
       </x:c>
       <x:c r="E420" s="0">
-        <x:v>16.64</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5">
       <x:c r="A421" s="1">
-        <x:v>45385.9232175926</x:v>
+        <x:v>45401.9231597222</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C421" s="0">
-        <x:v>1.16</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D421" s="0">
-        <x:v>21.632</x:v>
+        <x:v>22.074</x:v>
       </x:c>
       <x:c r="E421" s="0">
-        <x:v>16.64</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5">
       <x:c r="A422" s="1">
-        <x:v>45384.9259143519</x:v>
+        <x:v>45400.9236342593</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C422" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D422" s="0">
-        <x:v>21.632</x:v>
+        <x:v>21.71</x:v>
       </x:c>
       <x:c r="E422" s="0">
-        <x:v>16.64</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5">
       <x:c r="A423" s="1">
-        <x:v>45379.8836574074</x:v>
+        <x:v>45399.9245023148</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C423" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D423" s="0">
-        <x:v>21.073</x:v>
+        <x:v>21.71</x:v>
       </x:c>
       <x:c r="E423" s="0">
-        <x:v>16.21</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5">
       <x:c r="A424" s="1">
-        <x:v>45378.8831828704</x:v>
+        <x:v>45398.9235416667</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C424" s="0">
-        <x:v>1.45</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D424" s="0">
-        <x:v>20.176</x:v>
+        <x:v>22.581</x:v>
       </x:c>
       <x:c r="E424" s="0">
-        <x:v>15.52</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5">
       <x:c r="A425" s="1">
-        <x:v>45377.8826388889</x:v>
+        <x:v>45397.9234027778</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C425" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D425" s="0">
-        <x:v>20.241</x:v>
+        <x:v>22.581</x:v>
       </x:c>
       <x:c r="E425" s="0">
-        <x:v>15.57</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5">
       <x:c r="A426" s="1">
-        <x:v>45376.8828703704</x:v>
+        <x:v>45394.9242824074</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C426" s="0">
-        <x:v>1.66</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D426" s="0">
-        <x:v>20.241</x:v>
+        <x:v>23.452</x:v>
       </x:c>
       <x:c r="E426" s="0">
-        <x:v>15.57</x:v>
+        <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5">
       <x:c r="A427" s="1">
-        <x:v>45373.8831365741</x:v>
+        <x:v>45393.9239699074</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C427" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D427" s="0">
-        <x:v>20.176</x:v>
+        <x:v>23.283</x:v>
       </x:c>
       <x:c r="E427" s="0">
-        <x:v>15.52</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5">
       <x:c r="A428" s="1">
-        <x:v>45372.884375</x:v>
+        <x:v>45392.9226967593</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C428" s="0">
-        <x:v>1.58</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D428" s="0">
-        <x:v>20.553</x:v>
+        <x:v>23.283</x:v>
       </x:c>
       <x:c r="E428" s="0">
-        <x:v>15.81</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5">
       <x:c r="A429" s="1">
-        <x:v>45362.893599537</x:v>
+        <x:v>45391.9264930556</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C429" s="0">
-        <x:v>1.58</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D429" s="0">
-        <x:v>20.488</x:v>
+        <x:v>23.01</x:v>
       </x:c>
       <x:c r="E429" s="0">
-        <x:v>15.76</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5">
       <x:c r="A430" s="1">
-        <x:v>45359.9310416667</x:v>
+        <x:v>45390.9248958333</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C430" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D430" s="0">
-        <x:v>20.488</x:v>
+        <x:v>23.01</x:v>
       </x:c>
       <x:c r="E430" s="0">
-        <x:v>15.76</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5">
       <x:c r="A431" s="1">
-        <x:v>45358.9292013889</x:v>
+        <x:v>45387.9235069444</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C431" s="0">
-        <x:v>1.57</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D431" s="0">
-        <x:v>20.423</x:v>
+        <x:v>23.218</x:v>
       </x:c>
       <x:c r="E431" s="0">
-        <x:v>15.71</x:v>
+        <x:v>17.86</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5">
       <x:c r="A432" s="1">
-        <x:v>45357.9246527778</x:v>
+        <x:v>45386.9250115741</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C432" s="0">
-        <x:v>1.63</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D432" s="0">
-        <x:v>20.189</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E432" s="0">
-        <x:v>15.53</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5">
       <x:c r="A433" s="1">
-        <x:v>45356.9297916667</x:v>
+        <x:v>45385.9232175926</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C433" s="0">
-        <x:v>1.69</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D433" s="0">
-        <x:v>20.098</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E433" s="0">
-        <x:v>15.46</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5">
       <x:c r="A434" s="1">
-        <x:v>45355.92625</x:v>
+        <x:v>45384.9259143519</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C434" s="0">
-        <x:v>1.71</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D434" s="0">
-        <x:v>20.098</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E434" s="0">
-        <x:v>15.46</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5">
       <x:c r="A435" s="1">
-        <x:v>45351.9256481481</x:v>
+        <x:v>45379.8836574074</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C435" s="0">
-        <x:v>2.02</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D435" s="0">
-        <x:v>19.058</x:v>
+        <x:v>21.073</x:v>
       </x:c>
       <x:c r="E435" s="0">
-        <x:v>14.66</x:v>
+        <x:v>16.21</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5">
       <x:c r="A436" s="1">
-        <x:v>45350.923599537</x:v>
+        <x:v>45378.8831828704</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C436" s="0">
-        <x:v>2.17</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D436" s="0">
-        <x:v>18.863</x:v>
+        <x:v>20.176</x:v>
       </x:c>
       <x:c r="E436" s="0">
-        <x:v>14.51</x:v>
+        <x:v>15.52</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5">
       <x:c r="A437" s="1">
-        <x:v>45349.9222916667</x:v>
+        <x:v>45377.8826388889</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C437" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D437" s="0">
-        <x:v>19.045</x:v>
+        <x:v>20.241</x:v>
       </x:c>
       <x:c r="E437" s="0">
-        <x:v>14.65</x:v>
+        <x:v>15.57</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5">
       <x:c r="A438" s="1">
-        <x:v>45348.9284375</x:v>
+        <x:v>45376.8828703704</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C438" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D438" s="0">
-        <x:v>19.162</x:v>
+        <x:v>20.241</x:v>
       </x:c>
       <x:c r="E438" s="0">
-        <x:v>14.74</x:v>
+        <x:v>15.57</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5">
       <x:c r="A439" s="1">
-        <x:v>45345.9261805556</x:v>
+        <x:v>45373.8831365741</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C439" s="0">
-        <x:v>2.03</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D439" s="0">
-        <x:v>18.707</x:v>
+        <x:v>20.176</x:v>
       </x:c>
       <x:c r="E439" s="0">
-        <x:v>14.39</x:v>
+        <x:v>15.52</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5">
       <x:c r="A440" s="1">
-        <x:v>45344.9259259259</x:v>
+        <x:v>45372.884375</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C440" s="0">
-        <x:v>2.19</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D440" s="0">
-        <x:v>19.175</x:v>
+        <x:v>20.553</x:v>
       </x:c>
       <x:c r="E440" s="0">
-        <x:v>14.75</x:v>
+        <x:v>15.81</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5">
       <x:c r="A441" s="1">
-        <x:v>45343.9245486111</x:v>
+        <x:v>45362.893599537</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C441" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D441" s="0">
-        <x:v>19.149</x:v>
+        <x:v>20.488</x:v>
       </x:c>
       <x:c r="E441" s="0">
-        <x:v>14.73</x:v>
+        <x:v>15.76</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5">
       <x:c r="A442" s="1">
-        <x:v>45342.9239236111</x:v>
+        <x:v>45359.9310416667</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C442" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D442" s="0">
-        <x:v>19.045</x:v>
+        <x:v>20.488</x:v>
       </x:c>
       <x:c r="E442" s="0">
-        <x:v>14.65</x:v>
+        <x:v>15.76</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5">
       <x:c r="A443" s="1">
-        <x:v>45338.9307523148</x:v>
+        <x:v>45358.9292013889</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C443" s="0">
-        <x:v>2.08</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D443" s="0">
-        <x:v>18.98</x:v>
+        <x:v>20.423</x:v>
       </x:c>
       <x:c r="E443" s="0">
-        <x:v>14.6</x:v>
+        <x:v>15.71</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5">
       <x:c r="A444" s="1">
-        <x:v>45337.9415393519</x:v>
+        <x:v>45357.9246527778</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C444" s="0">
-        <x:v>2.1</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D444" s="0">
-        <x:v>18.278</x:v>
+        <x:v>20.189</x:v>
       </x:c>
       <x:c r="E444" s="0">
-        <x:v>14.06</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5">
       <x:c r="A445" s="1">
-        <x:v>45336.9321759259</x:v>
+        <x:v>45356.9297916667</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C445" s="0">
-        <x:v>2.37</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D445" s="0">
-        <x:v>18.278</x:v>
+        <x:v>20.098</x:v>
       </x:c>
       <x:c r="E445" s="0">
-        <x:v>14.06</x:v>
+        <x:v>15.46</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5">
       <x:c r="A446" s="1">
-        <x:v>45335.9339699074</x:v>
+        <x:v>45355.92625</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C446" s="0">
-        <x:v>2.33</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D446" s="0">
-        <x:v>19.149</x:v>
+        <x:v>20.098</x:v>
       </x:c>
       <x:c r="E446" s="0">
-        <x:v>14.73</x:v>
+        <x:v>15.46</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5">
       <x:c r="A447" s="1">
-        <x:v>45334.9284259259</x:v>
+        <x:v>45351.9256481481</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C447" s="0">
-        <x:v>2.08</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D447" s="0">
-        <x:v>19.149</x:v>
+        <x:v>19.058</x:v>
       </x:c>
       <x:c r="E447" s="0">
-        <x:v>14.73</x:v>
+        <x:v>14.66</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5">
       <x:c r="A448" s="1">
-        <x:v>45331.9230324074</x:v>
+        <x:v>45350.923599537</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C448" s="0">
-        <x:v>2.1</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D448" s="0">
-        <x:v>19.266</x:v>
+        <x:v>18.863</x:v>
       </x:c>
       <x:c r="E448" s="0">
-        <x:v>14.82</x:v>
+        <x:v>14.51</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5">
       <x:c r="A449" s="1">
-        <x:v>45330.9229050926</x:v>
+        <x:v>45349.9222916667</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C449" s="0">
-        <x:v>2.04</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D449" s="0">
-        <x:v>19.409</x:v>
+        <x:v>19.045</x:v>
       </x:c>
       <x:c r="E449" s="0">
-        <x:v>14.93</x:v>
+        <x:v>14.65</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5">
       <x:c r="A450" s="1">
-        <x:v>45329.9234259259</x:v>
+        <x:v>45348.9284375</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C450" s="0">
-        <x:v>2</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D450" s="0">
-        <x:v>19.539</x:v>
+        <x:v>19.162</x:v>
       </x:c>
       <x:c r="E450" s="0">
-        <x:v>15.03</x:v>
+        <x:v>14.74</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5">
       <x:c r="A451" s="1">
-        <x:v>45328.9222453704</x:v>
+        <x:v>45345.9261805556</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C451" s="0">
-        <x:v>1.96</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D451" s="0">
-        <x:v>19.721</x:v>
+        <x:v>18.707</x:v>
       </x:c>
       <x:c r="E451" s="0">
-        <x:v>15.17</x:v>
+        <x:v>14.39</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5">
       <x:c r="A452" s="1">
-        <x:v>45327.9236921296</x:v>
+        <x:v>45344.9259259259</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C452" s="0">
-        <x:v>1.9</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D452" s="0">
-        <x:v>20.033</x:v>
+        <x:v>19.175</x:v>
       </x:c>
       <x:c r="E452" s="0">
-        <x:v>15.41</x:v>
+        <x:v>14.75</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5">
       <x:c r="A453" s="1">
-        <x:v>45324.9260300926</x:v>
+        <x:v>45343.9245486111</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C453" s="0">
-        <x:v>1.82</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D453" s="0">
-        <x:v>20.657</x:v>
+        <x:v>19.149</x:v>
       </x:c>
       <x:c r="E453" s="0">
-        <x:v>15.89</x:v>
+        <x:v>14.73</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5">
       <x:c r="A454" s="1">
-        <x:v>45323.9260069444</x:v>
+        <x:v>45342.9239236111</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C454" s="0">
-        <x:v>1.66</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D454" s="0">
-        <x:v>20.657</x:v>
+        <x:v>19.045</x:v>
       </x:c>
       <x:c r="E454" s="0">
-        <x:v>15.89</x:v>
+        <x:v>14.65</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5">
       <x:c r="A455" s="1">
-        <x:v>45322.9228703704</x:v>
+        <x:v>45338.9307523148</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C455" s="0">
-        <x:v>1.76</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D455" s="0">
-        <x:v>20.384</x:v>
+        <x:v>18.98</x:v>
       </x:c>
       <x:c r="E455" s="0">
-        <x:v>15.68</x:v>
+        <x:v>14.6</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5">
       <x:c r="A456" s="1">
-        <x:v>45321.9410069444</x:v>
+        <x:v>45337.9415393519</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C456" s="0">
-        <x:v>1.74</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D456" s="0">
-        <x:v>20.41</x:v>
+        <x:v>18.278</x:v>
       </x:c>
       <x:c r="E456" s="0">
-        <x:v>15.7</x:v>
+        <x:v>14.06</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5">
       <x:c r="A457" s="1">
-        <x:v>45320.9269560185</x:v>
+        <x:v>45336.9321759259</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C457" s="0">
-        <x:v>1.73</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D457" s="0">
-        <x:v>20.189</x:v>
+        <x:v>18.278</x:v>
       </x:c>
       <x:c r="E457" s="0">
-        <x:v>15.53</x:v>
+        <x:v>14.06</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5">
       <x:c r="A458" s="1">
-        <x:v>45317.9266550926</x:v>
+        <x:v>45335.9339699074</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C458" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D458" s="0">
-        <x:v>20.189</x:v>
+        <x:v>19.149</x:v>
       </x:c>
       <x:c r="E458" s="0">
-        <x:v>15.53</x:v>
+        <x:v>14.73</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5">
       <x:c r="A459" s="1">
-        <x:v>45316.9261342593</x:v>
+        <x:v>45334.9284259259</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C459" s="0">
-        <x:v>1.76</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D459" s="0">
-        <x:v>20.189</x:v>
+        <x:v>19.149</x:v>
       </x:c>
       <x:c r="E459" s="0">
-        <x:v>15.53</x:v>
+        <x:v>14.73</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5">
       <x:c r="A460" s="1">
-        <x:v>45315.9284375</x:v>
+        <x:v>45331.9230324074</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C460" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D460" s="0">
-        <x:v>20.189</x:v>
+        <x:v>19.266</x:v>
       </x:c>
       <x:c r="E460" s="0">
-        <x:v>15.53</x:v>
+        <x:v>14.82</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5">
       <x:c r="A461" s="1">
-        <x:v>45314.9281018519</x:v>
+        <x:v>45330.9229050926</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C461" s="0">
-        <x:v>1.64</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D461" s="0">
-        <x:v>20.267</x:v>
+        <x:v>19.409</x:v>
       </x:c>
       <x:c r="E461" s="0">
-        <x:v>15.59</x:v>
+        <x:v>14.93</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5">
       <x:c r="A462" s="1">
-        <x:v>45313.928599537</x:v>
+        <x:v>45329.9234259259</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C462" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D462" s="0">
-        <x:v>20.267</x:v>
+        <x:v>19.539</x:v>
       </x:c>
       <x:c r="E462" s="0">
-        <x:v>15.59</x:v>
+        <x:v>15.03</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5">
       <x:c r="A463" s="1">
-        <x:v>45310.9221643519</x:v>
+        <x:v>45328.9222453704</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C463" s="0">
-        <x:v>1.77</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D463" s="0">
-        <x:v>20.189</x:v>
+        <x:v>19.721</x:v>
       </x:c>
       <x:c r="E463" s="0">
-        <x:v>15.53</x:v>
+        <x:v>15.17</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:5">
       <x:c r="A464" s="1">
-        <x:v>45309.9226851852</x:v>
+        <x:v>45327.9236921296</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C464" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D464" s="0">
-        <x:v>20.228</x:v>
+        <x:v>20.033</x:v>
       </x:c>
       <x:c r="E464" s="0">
-        <x:v>15.56</x:v>
+        <x:v>15.41</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:5">
       <x:c r="A465" s="1">
-        <x:v>45308.9233217593</x:v>
+        <x:v>45324.9260300926</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C465" s="0">
-        <x:v>1.78</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D465" s="0">
-        <x:v>20.228</x:v>
+        <x:v>20.657</x:v>
       </x:c>
       <x:c r="E465" s="0">
-        <x:v>15.56</x:v>
+        <x:v>15.89</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:5">
       <x:c r="A466" s="1">
-        <x:v>45307.9222222222</x:v>
+        <x:v>45323.9260069444</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C466" s="0">
         <x:v>1.66</x:v>
       </x:c>
       <x:c r="D466" s="0">
-        <x:v>20.748</x:v>
+        <x:v>20.657</x:v>
       </x:c>
       <x:c r="E466" s="0">
-        <x:v>15.96</x:v>
+        <x:v>15.89</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:5">
       <x:c r="A467" s="1">
-        <x:v>45303.9228125</x:v>
+        <x:v>45322.9228703704</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C467" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D467" s="0">
-        <x:v>22.295</x:v>
+        <x:v>20.384</x:v>
       </x:c>
       <x:c r="E467" s="0">
-        <x:v>17.15</x:v>
+        <x:v>15.68</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:5">
       <x:c r="A468" s="1">
-        <x:v>45302.9369907407</x:v>
+        <x:v>45321.9410069444</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C468" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D468" s="0">
-        <x:v>22.295</x:v>
+        <x:v>20.41</x:v>
       </x:c>
       <x:c r="E468" s="0">
-        <x:v>17.15</x:v>
+        <x:v>15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:5">
       <x:c r="A469" s="1">
-        <x:v>45301.926712963</x:v>
+        <x:v>45320.9269560185</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C469" s="0">
-        <x:v>1.36</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D469" s="0">
-        <x:v>22.542</x:v>
+        <x:v>20.189</x:v>
       </x:c>
       <x:c r="E469" s="0">
-        <x:v>17.34</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:5">
       <x:c r="A470" s="1">
-        <x:v>45300.9303125</x:v>
+        <x:v>45317.9266550926</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C470" s="0">
-        <x:v>1.35</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D470" s="0">
-        <x:v>22.62</x:v>
+        <x:v>20.189</x:v>
       </x:c>
       <x:c r="E470" s="0">
-        <x:v>17.4</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:5">
       <x:c r="A471" s="1">
-        <x:v>45299.9237847222</x:v>
+        <x:v>45316.9261342593</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C471" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D471" s="0">
-        <x:v>22.737</x:v>
+        <x:v>20.189</x:v>
       </x:c>
       <x:c r="E471" s="0">
-        <x:v>17.49</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:5">
       <x:c r="A472" s="1">
-        <x:v>45296.9255324074</x:v>
+        <x:v>45315.9284375</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C472" s="0">
-        <x:v>1.33</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D472" s="0">
-        <x:v>22.737</x:v>
+        <x:v>20.189</x:v>
       </x:c>
       <x:c r="E472" s="0">
-        <x:v>17.49</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:5">
       <x:c r="A473" s="1">
-        <x:v>45295.9240162037</x:v>
+        <x:v>45314.9281018519</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C473" s="0">
-        <x:v>1.36</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D473" s="0">
-        <x:v>22.529</x:v>
+        <x:v>20.267</x:v>
       </x:c>
       <x:c r="E473" s="0">
-        <x:v>17.33</x:v>
+        <x:v>15.59</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5">
       <x:c r="A474" s="1">
-        <x:v>45294.9246990741</x:v>
+        <x:v>45313.928599537</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C474" s="0">
-        <x:v>1.36</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D474" s="0">
-        <x:v>23.244</x:v>
+        <x:v>20.267</x:v>
       </x:c>
       <x:c r="E474" s="0">
-        <x:v>17.88</x:v>
+        <x:v>15.59</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5">
       <x:c r="A475" s="1">
-        <x:v>45293.9248842593</x:v>
+        <x:v>45310.9221643519</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C475" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D475" s="0">
-        <x:v>23.517</x:v>
+        <x:v>20.189</x:v>
       </x:c>
       <x:c r="E475" s="0">
-        <x:v>18.09</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5">
       <x:c r="A476" s="1">
-        <x:v>45289.9231365741</x:v>
+        <x:v>45309.9226851852</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C476" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D476" s="0">
-        <x:v>23.517</x:v>
+        <x:v>20.228</x:v>
       </x:c>
       <x:c r="E476" s="0">
-        <x:v>18.09</x:v>
+        <x:v>15.56</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5">
       <x:c r="A477" s="1">
-        <x:v>45288.9222916667</x:v>
+        <x:v>45308.9233217593</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C477" s="0">
-        <x:v>1.2</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D477" s="0">
-        <x:v>24.011</x:v>
+        <x:v>20.228</x:v>
       </x:c>
       <x:c r="E477" s="0">
-        <x:v>18.47</x:v>
+        <x:v>15.56</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:5">
       <x:c r="A478" s="1">
-        <x:v>45287.9289583333</x:v>
+        <x:v>45307.9222222222</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C478" s="0">
-        <x:v>1.13</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D478" s="0">
-        <x:v>23.608</x:v>
+        <x:v>20.748</x:v>
       </x:c>
       <x:c r="E478" s="0">
-        <x:v>18.16</x:v>
+        <x:v>15.96</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:5">
       <x:c r="A479" s="1">
-        <x:v>45282.9304976852</x:v>
+        <x:v>45303.9228125</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C479" s="0">
-        <x:v>1.19</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D479" s="0">
-        <x:v>23.608</x:v>
+        <x:v>22.295</x:v>
       </x:c>
       <x:c r="E479" s="0">
-        <x:v>18.16</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:5">
       <x:c r="A480" s="1">
-        <x:v>45281.9287731481</x:v>
+        <x:v>45302.9369907407</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C480" s="0">
-        <x:v>1.23</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D480" s="0">
-        <x:v>23.101</x:v>
+        <x:v>22.295</x:v>
       </x:c>
       <x:c r="E480" s="0">
-        <x:v>17.77</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:5">
       <x:c r="A481" s="1">
-        <x:v>45280.9229398148</x:v>
+        <x:v>45301.926712963</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C481" s="0">
-        <x:v>1.27</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D481" s="0">
-        <x:v>23.517</x:v>
+        <x:v>22.542</x:v>
       </x:c>
       <x:c r="E481" s="0">
-        <x:v>18.09</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:5">
       <x:c r="A482" s="1">
-        <x:v>45279.9272106482</x:v>
+        <x:v>45300.9303125</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C482" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D482" s="0">
-        <x:v>23.049</x:v>
+        <x:v>22.62</x:v>
       </x:c>
       <x:c r="E482" s="0">
-        <x:v>17.73</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:5">
       <x:c r="A483" s="1">
-        <x:v>45278.9285069444</x:v>
+        <x:v>45299.9237847222</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C483" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D483" s="0">
-        <x:v>22.763</x:v>
+        <x:v>22.737</x:v>
       </x:c>
       <x:c r="E483" s="0">
-        <x:v>17.51</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:5">
       <x:c r="A484" s="1">
-        <x:v>45275.9232291667</x:v>
+        <x:v>45296.9255324074</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C484" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D484" s="0">
-        <x:v>22.763</x:v>
+        <x:v>22.737</x:v>
       </x:c>
       <x:c r="E484" s="0">
-        <x:v>17.51</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:5">
       <x:c r="A485" s="1">
-        <x:v>45274.9234027778</x:v>
+        <x:v>45295.9240162037</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C485" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D485" s="0">
-        <x:v>22.659</x:v>
+        <x:v>22.529</x:v>
       </x:c>
       <x:c r="E485" s="0">
-        <x:v>17.43</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:5">
       <x:c r="A486" s="1">
-        <x:v>45273.9260300926</x:v>
+        <x:v>45294.9246990741</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C486" s="0">
-        <x:v>1.35</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D486" s="0">
-        <x:v>21.242</x:v>
+        <x:v>23.244</x:v>
       </x:c>
       <x:c r="E486" s="0">
-        <x:v>16.34</x:v>
+        <x:v>17.88</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:5">
       <x:c r="A487" s="1">
-        <x:v>45272.9224537037</x:v>
+        <x:v>45293.9248842593</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C487" s="0">
-        <x:v>1.69</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D487" s="0">
-        <x:v>21.671</x:v>
+        <x:v>23.517</x:v>
       </x:c>
       <x:c r="E487" s="0">
-        <x:v>16.67</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:5">
       <x:c r="A488" s="1">
-        <x:v>45271.9244444444</x:v>
+        <x:v>45289.9231365741</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C488" s="0">
-        <x:v>1.6</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D488" s="0">
-        <x:v>21.827</x:v>
+        <x:v>23.517</x:v>
       </x:c>
       <x:c r="E488" s="0">
-        <x:v>16.79</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:5">
       <x:c r="A489" s="1">
-        <x:v>45268.935625</x:v>
+        <x:v>45288.9222916667</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C489" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D489" s="0">
-        <x:v>22.386</x:v>
+        <x:v>24.011</x:v>
       </x:c>
       <x:c r="E489" s="0">
-        <x:v>17.22</x:v>
+        <x:v>18.47</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:5">
       <x:c r="A490" s="1">
-        <x:v>45267.9261574074</x:v>
+        <x:v>45287.9289583333</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C490" s="0">
-        <x:v>1.45</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D490" s="0">
-        <x:v>22.568</x:v>
+        <x:v>23.608</x:v>
       </x:c>
       <x:c r="E490" s="0">
-        <x:v>17.36</x:v>
+        <x:v>18.16</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:5">
       <x:c r="A491" s="1">
-        <x:v>45266.9284143519</x:v>
+        <x:v>45282.9304976852</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C491" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D491" s="0">
-        <x:v>22.568</x:v>
+        <x:v>23.608</x:v>
       </x:c>
       <x:c r="E491" s="0">
-        <x:v>17.36</x:v>
+        <x:v>18.16</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:5">
       <x:c r="A492" s="1">
-        <x:v>45265.9407291667</x:v>
+        <x:v>45281.9287731481</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C492" s="0">
-        <x:v>1.4</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D492" s="0">
-        <x:v>22.789</x:v>
+        <x:v>23.101</x:v>
       </x:c>
       <x:c r="E492" s="0">
-        <x:v>17.53</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:5">
       <x:c r="A493" s="1">
-        <x:v>45261.9243981481</x:v>
+        <x:v>45280.9229398148</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C493" s="0">
-        <x:v>1.33</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D493" s="0">
-        <x:v>22.867</x:v>
+        <x:v>23.517</x:v>
       </x:c>
       <x:c r="E493" s="0">
-        <x:v>17.59</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:5">
       <x:c r="A494" s="1">
-        <x:v>45260.9313657407</x:v>
+        <x:v>45279.9272106482</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C494" s="0">
-        <x:v>1.36</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D494" s="0">
-        <x:v>22.867</x:v>
+        <x:v>23.049</x:v>
       </x:c>
       <x:c r="E494" s="0">
-        <x:v>17.59</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:5">
       <x:c r="A495" s="1">
-        <x:v>45259.9292939815</x:v>
+        <x:v>45278.9285069444</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C495" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D495" s="0">
-        <x:v>22.672</x:v>
+        <x:v>22.763</x:v>
       </x:c>
       <x:c r="E495" s="0">
-        <x:v>17.44</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:5">
       <x:c r="A496" s="1">
-        <x:v>45258.9274074074</x:v>
+        <x:v>45275.9232291667</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C496" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D496" s="0">
-        <x:v>22.672</x:v>
+        <x:v>22.763</x:v>
       </x:c>
       <x:c r="E496" s="0">
-        <x:v>17.44</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:5">
       <x:c r="A497" s="1">
-        <x:v>45257.9259259259</x:v>
+        <x:v>45274.9234027778</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C497" s="0">
-        <x:v>1.68</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D497" s="0">
-        <x:v>21.541</x:v>
+        <x:v>22.659</x:v>
       </x:c>
       <x:c r="E497" s="0">
-        <x:v>16.57</x:v>
+        <x:v>17.43</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:5">
       <x:c r="A498" s="1">
-        <x:v>45254.8079976852</x:v>
+        <x:v>45273.9260300926</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C498" s="0">
-        <x:v>1.8</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D498" s="0">
-        <x:v>21.099</x:v>
+        <x:v>21.242</x:v>
       </x:c>
       <x:c r="E498" s="0">
-        <x:v>16.23</x:v>
+        <x:v>16.34</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:5">
       <x:c r="A499" s="1">
-        <x:v>45252.9264351852</x:v>
+        <x:v>45272.9224537037</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C499" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D499" s="0">
-        <x:v>21.047</x:v>
+        <x:v>21.671</x:v>
       </x:c>
       <x:c r="E499" s="0">
-        <x:v>16.19</x:v>
+        <x:v>16.67</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:5">
       <x:c r="A500" s="1">
-        <x:v>45244.9246527778</x:v>
+        <x:v>45271.9244444444</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C500" s="0">
-        <x:v>1.98</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D500" s="0">
-        <x:v>19.669</x:v>
+        <x:v>21.827</x:v>
       </x:c>
       <x:c r="E500" s="0">
-        <x:v>15.13</x:v>
+        <x:v>16.79</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:5">
       <x:c r="A501" s="1">
-        <x:v>45233.880162037</x:v>
+        <x:v>45268.935625</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C501" s="0">
-        <x:v>1.75</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D501" s="0">
-        <x:v>20.865</x:v>
+        <x:v>22.386</x:v>
       </x:c>
       <x:c r="E501" s="0">
-        <x:v>16.05</x:v>
+        <x:v>17.22</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:5">
       <x:c r="A502" s="1">
-        <x:v>45232.8820833333</x:v>
+        <x:v>45267.9261574074</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C502" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D502" s="0">
-        <x:v>20.839</x:v>
+        <x:v>22.568</x:v>
       </x:c>
       <x:c r="E502" s="0">
-        <x:v>16.03</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:5">
       <x:c r="A503" s="1">
-        <x:v>45232.8820833333</x:v>
+        <x:v>45266.9284143519</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C503" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D503" s="0">
-        <x:v>20.839</x:v>
+        <x:v>22.568</x:v>
       </x:c>
       <x:c r="E503" s="0">
-        <x:v>16.03</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:5">
       <x:c r="A504" s="1">
-        <x:v>45231.8818865741</x:v>
+        <x:v>45265.9407291667</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C504" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D504" s="0">
-        <x:v>20.774</x:v>
+        <x:v>22.789</x:v>
       </x:c>
       <x:c r="E504" s="0">
-        <x:v>15.98</x:v>
+        <x:v>17.53</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:5">
       <x:c r="A505" s="1">
-        <x:v>45230.885</x:v>
+        <x:v>45261.9243981481</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C505" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D505" s="0">
-        <x:v>20.943</x:v>
+        <x:v>22.867</x:v>
       </x:c>
       <x:c r="E505" s="0">
-        <x:v>16.11</x:v>
+        <x:v>17.59</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:5">
       <x:c r="A506" s="1">
-        <x:v>45229.8817013889</x:v>
+        <x:v>45260.9313657407</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C506" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D506" s="0">
-        <x:v>21.229</x:v>
+        <x:v>22.867</x:v>
       </x:c>
       <x:c r="E506" s="0">
-        <x:v>16.33</x:v>
+        <x:v>17.59</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:5">
       <x:c r="A507" s="1">
-        <x:v>45226.9269907407</x:v>
+        <x:v>45259.9292939815</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C507" s="0">
-        <x:v>1.81</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D507" s="0">
-        <x:v>21.229</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E507" s="0">
-        <x:v>16.33</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:5">
       <x:c r="A508" s="1">
-        <x:v>45225.9248263889</x:v>
+        <x:v>45258.9274074074</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C508" s="0">
-        <x:v>1.82</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D508" s="0">
-        <x:v>21.177</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E508" s="0">
-        <x:v>16.29</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:5">
       <x:c r="A509" s="1">
-        <x:v>45224.9293634259</x:v>
+        <x:v>45257.9259259259</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C509" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D509" s="0">
-        <x:v>21.528</x:v>
+        <x:v>21.541</x:v>
       </x:c>
       <x:c r="E509" s="0">
-        <x:v>16.56</x:v>
+        <x:v>16.57</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:5">
       <x:c r="A510" s="1">
-        <x:v>45223.9280787037</x:v>
+        <x:v>45254.8079976852</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C510" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D510" s="0">
-        <x:v>21.528</x:v>
+        <x:v>21.099</x:v>
       </x:c>
       <x:c r="E510" s="0">
-        <x:v>16.56</x:v>
+        <x:v>16.23</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:5">
       <x:c r="A511" s="1">
-        <x:v>45222.9264236111</x:v>
+        <x:v>45252.9264351852</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C511" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D511" s="0">
-        <x:v>21.515</x:v>
+        <x:v>21.047</x:v>
       </x:c>
       <x:c r="E511" s="0">
-        <x:v>16.55</x:v>
+        <x:v>16.19</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:5">
       <x:c r="A512" s="1">
-        <x:v>45219.9264236111</x:v>
+        <x:v>45244.9246527778</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C512" s="0">
-        <x:v>1.64</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D512" s="0">
-        <x:v>21.957</x:v>
+        <x:v>19.669</x:v>
       </x:c>
       <x:c r="E512" s="0">
-        <x:v>16.89</x:v>
+        <x:v>15.13</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:5">
       <x:c r="A513" s="1">
-        <x:v>45218.9218287037</x:v>
+        <x:v>45233.880162037</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C513" s="0">
-        <x:v>1.72</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D513" s="0">
-        <x:v>21.502</x:v>
+        <x:v>20.865</x:v>
       </x:c>
       <x:c r="E513" s="0">
-        <x:v>16.54</x:v>
+        <x:v>16.05</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:5">
       <x:c r="A514" s="1">
-        <x:v>45217.9234722222</x:v>
+        <x:v>45232.8820833333</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C514" s="0">
-        <x:v>1.75</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D514" s="0">
-        <x:v>21.502</x:v>
+        <x:v>20.839</x:v>
       </x:c>
       <x:c r="E514" s="0">
-        <x:v>16.54</x:v>
+        <x:v>16.03</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:5">
       <x:c r="A515" s="1">
-        <x:v>45216.9224652778</x:v>
+        <x:v>45232.8820833333</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C515" s="0">
-        <x:v>1.78</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D515" s="0">
-        <x:v>21.346</x:v>
+        <x:v>20.839</x:v>
       </x:c>
       <x:c r="E515" s="0">
-        <x:v>16.42</x:v>
+        <x:v>16.03</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:5">
       <x:c r="A516" s="1">
-        <x:v>45215.9261805556</x:v>
+        <x:v>45231.8818865741</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C516" s="0">
-        <x:v>2.02</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D516" s="0">
-        <x:v>20.553</x:v>
+        <x:v>20.774</x:v>
       </x:c>
       <x:c r="E516" s="0">
-        <x:v>15.81</x:v>
+        <x:v>15.98</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:5">
       <x:c r="A517" s="1">
-        <x:v>45212.9247337963</x:v>
+        <x:v>45230.885</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C517" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D517" s="0">
-        <x:v>19.682</x:v>
+        <x:v>20.943</x:v>
       </x:c>
       <x:c r="E517" s="0">
-        <x:v>15.14</x:v>
+        <x:v>16.11</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:5">
       <x:c r="A518" s="1">
-        <x:v>45211.9241550926</x:v>
+        <x:v>45229.8817013889</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C518" s="0">
-        <x:v>2.32</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D518" s="0">
-        <x:v>19.786</x:v>
+        <x:v>21.229</x:v>
       </x:c>
       <x:c r="E518" s="0">
-        <x:v>15.22</x:v>
+        <x:v>16.33</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:5">
       <x:c r="A519" s="1">
-        <x:v>45210.9266898148</x:v>
+        <x:v>45226.9269907407</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C519" s="0">
-        <x:v>2.28</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D519" s="0">
-        <x:v>19.448</x:v>
+        <x:v>21.229</x:v>
       </x:c>
       <x:c r="E519" s="0">
-        <x:v>14.96</x:v>
+        <x:v>16.33</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:5">
       <x:c r="A520" s="1">
-        <x:v>45209.9225925926</x:v>
+        <x:v>45225.9248263889</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C520" s="0">
-        <x:v>2.4</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D520" s="0">
-        <x:v>19.448</x:v>
+        <x:v>21.177</x:v>
       </x:c>
       <x:c r="E520" s="0">
-        <x:v>14.96</x:v>
+        <x:v>16.29</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:5">
       <x:c r="A521" s="1">
-        <x:v>45208.9235532407</x:v>
+        <x:v>45224.9293634259</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C521" s="0">
-        <x:v>2.46</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D521" s="0">
-        <x:v>19.305</x:v>
+        <x:v>21.528</x:v>
       </x:c>
       <x:c r="E521" s="0">
-        <x:v>14.85</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:5">
       <x:c r="A522" s="1">
-        <x:v>45205.9329050926</x:v>
+        <x:v>45223.9280787037</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C522" s="0">
-        <x:v>2.6</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D522" s="0">
-        <x:v>18.681</x:v>
+        <x:v>21.528</x:v>
       </x:c>
       <x:c r="E522" s="0">
-        <x:v>14.37</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:5">
       <x:c r="A523" s="1">
-        <x:v>45204.9305092593</x:v>
+        <x:v>45222.9264236111</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C523" s="0">
-        <x:v>2.71</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D523" s="0">
-        <x:v>18.46</x:v>
+        <x:v>21.515</x:v>
       </x:c>
       <x:c r="E523" s="0">
-        <x:v>14.2</x:v>
+        <x:v>16.55</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:5">
       <x:c r="A524" s="1">
-        <x:v>45203.9277083333</x:v>
+        <x:v>45219.9264236111</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C524" s="0">
-        <x:v>2.81</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D524" s="0">
-        <x:v>18.46</x:v>
+        <x:v>21.957</x:v>
       </x:c>
       <x:c r="E524" s="0">
-        <x:v>14.2</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:5">
       <x:c r="A525" s="1">
-        <x:v>45203.9277083333</x:v>
+        <x:v>45218.9218287037</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C525" s="0">
-        <x:v>2.81</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="D525" s="0">
-        <x:v>18.46</x:v>
+        <x:v>21.502</x:v>
       </x:c>
       <x:c r="E525" s="0">
-        <x:v>14.2</x:v>
+        <x:v>16.54</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:5">
       <x:c r="A526" s="1">
-        <x:v>45202.9255208333</x:v>
+        <x:v>45217.9234722222</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C526" s="0">
-        <x:v>2.82</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D526" s="0">
-        <x:v>18.499</x:v>
+        <x:v>21.502</x:v>
       </x:c>
       <x:c r="E526" s="0">
-        <x:v>14.23</x:v>
+        <x:v>16.54</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:5">
       <x:c r="A527" s="1">
-        <x:v>45201.9270486111</x:v>
+        <x:v>45216.9224652778</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C527" s="0">
-        <x:v>2.79</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D527" s="0">
-        <x:v>18.499</x:v>
+        <x:v>21.346</x:v>
       </x:c>
       <x:c r="E527" s="0">
-        <x:v>14.23</x:v>
+        <x:v>16.42</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:5">
       <x:c r="A528" s="1">
-        <x:v>45198.9240625</x:v>
+        <x:v>45215.9261805556</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C528" s="0">
-        <x:v>2.62</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D528" s="0">
-        <x:v>18.915</x:v>
+        <x:v>20.553</x:v>
       </x:c>
       <x:c r="E528" s="0">
-        <x:v>14.55</x:v>
+        <x:v>15.81</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:5">
       <x:c r="A529" s="1">
-        <x:v>45197.9237152778</x:v>
+        <x:v>45212.9247337963</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C529" s="0">
-        <x:v>2.61</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D529" s="0">
-        <x:v>19.032</x:v>
+        <x:v>19.682</x:v>
       </x:c>
       <x:c r="E529" s="0">
-        <x:v>14.64</x:v>
+        <x:v>15.14</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:5">
       <x:c r="A530" s="1">
-        <x:v>45196.9243055556</x:v>
+        <x:v>45211.9241550926</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C530" s="0">
-        <x:v>2.57</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D530" s="0">
-        <x:v>19.032</x:v>
+        <x:v>19.786</x:v>
       </x:c>
       <x:c r="E530" s="0">
-        <x:v>14.64</x:v>
+        <x:v>15.22</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:5">
       <x:c r="A531" s="1">
-        <x:v>45195.9233101852</x:v>
+        <x:v>45210.9266898148</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C531" s="0">
-        <x:v>2.31</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D531" s="0">
-        <x:v>19.773</x:v>
+        <x:v>19.448</x:v>
       </x:c>
       <x:c r="E531" s="0">
-        <x:v>15.21</x:v>
+        <x:v>14.96</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:5">
       <x:c r="A532" s="1">
-        <x:v>45194.935787037</x:v>
+        <x:v>45209.9225925926</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C532" s="0">
-        <x:v>2.17</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D532" s="0">
-        <x:v>20.527</x:v>
+        <x:v>19.448</x:v>
       </x:c>
       <x:c r="E532" s="0">
-        <x:v>15.79</x:v>
+        <x:v>14.96</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:5">
       <x:c r="A533" s="1">
-        <x:v>45191.9257986111</x:v>
+        <x:v>45208.9235532407</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C533" s="0">
-        <x:v>2.07</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D533" s="0">
-        <x:v>20.527</x:v>
+        <x:v>19.305</x:v>
       </x:c>
       <x:c r="E533" s="0">
-        <x:v>15.79</x:v>
+        <x:v>14.85</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:5">
       <x:c r="A534" s="1">
-        <x:v>45190.9234027778</x:v>
+        <x:v>45205.9329050926</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C534" s="0">
-        <x:v>1.98</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D534" s="0">
-        <x:v>20.839</x:v>
+        <x:v>18.681</x:v>
       </x:c>
       <x:c r="E534" s="0">
-        <x:v>16.03</x:v>
+        <x:v>14.37</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:5">
       <x:c r="A535" s="1">
-        <x:v>45189.9258101852</x:v>
+        <x:v>45204.9305092593</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C535" s="0">
-        <x:v>1.85</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D535" s="0">
-        <x:v>21.229</x:v>
+        <x:v>18.46</x:v>
       </x:c>
       <x:c r="E535" s="0">
-        <x:v>16.33</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:5">
       <x:c r="A536" s="1">
-        <x:v>45188.9232060185</x:v>
+        <x:v>45203.9277083333</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C536" s="0">
-        <x:v>1.88</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D536" s="0">
-        <x:v>21.229</x:v>
+        <x:v>18.46</x:v>
       </x:c>
       <x:c r="E536" s="0">
-        <x:v>16.33</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:5">
       <x:c r="A537" s="1">
-        <x:v>45187.9256018518</x:v>
+        <x:v>45203.9277083333</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C537" s="0">
-        <x:v>1.76</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D537" s="0">
-        <x:v>21.632</x:v>
+        <x:v>18.46</x:v>
       </x:c>
       <x:c r="E537" s="0">
-        <x:v>16.64</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:5">
       <x:c r="A538" s="1">
-        <x:v>45184.9348958333</x:v>
+        <x:v>45202.9255208333</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C538" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="D538" s="0">
-        <x:v>21.632</x:v>
+        <x:v>18.499</x:v>
       </x:c>
       <x:c r="E538" s="0">
-        <x:v>16.64</x:v>
+        <x:v>14.23</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:5">
       <x:c r="A539" s="1">
-        <x:v>45183.9222453704</x:v>
+        <x:v>45201.9270486111</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C539" s="0">
-        <x:v>1.88</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D539" s="0">
-        <x:v>20.956</x:v>
+        <x:v>18.499</x:v>
       </x:c>
       <x:c r="E539" s="0">
-        <x:v>16.12</x:v>
+        <x:v>14.23</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:5">
       <x:c r="A540" s="1">
-        <x:v>45182.9262152778</x:v>
+        <x:v>45198.9240625</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C540" s="0">
-        <x:v>1.96</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D540" s="0">
-        <x:v>20.865</x:v>
+        <x:v>18.915</x:v>
       </x:c>
       <x:c r="E540" s="0">
-        <x:v>16.05</x:v>
+        <x:v>14.55</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:5">
       <x:c r="A541" s="1">
-        <x:v>45181.9272569444</x:v>
+        <x:v>45197.9237152778</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C541" s="0">
-        <x:v>1.98</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D541" s="0">
-        <x:v>20.891</x:v>
+        <x:v>19.032</x:v>
       </x:c>
       <x:c r="E541" s="0">
-        <x:v>16.07</x:v>
+        <x:v>14.64</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:5">
       <x:c r="A542" s="1">
-        <x:v>45180.9246759259</x:v>
+        <x:v>45196.9243055556</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C542" s="0">
-        <x:v>1.97</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D542" s="0">
-        <x:v>20.891</x:v>
+        <x:v>19.032</x:v>
       </x:c>
       <x:c r="E542" s="0">
-        <x:v>16.07</x:v>
+        <x:v>14.64</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:5">
       <x:c r="A543" s="1">
-        <x:v>45177.9257986111</x:v>
+        <x:v>45195.9233101852</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C543" s="0">
-        <x:v>2.09</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D543" s="0">
-        <x:v>20.527</x:v>
+        <x:v>19.773</x:v>
       </x:c>
       <x:c r="E543" s="0">
-        <x:v>15.79</x:v>
+        <x:v>15.21</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:5">
       <x:c r="A544" s="1">
-        <x:v>45176.9232175926</x:v>
+        <x:v>45194.935787037</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C544" s="0">
-        <x:v>2.08</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D544" s="0">
-        <x:v>20.592</x:v>
+        <x:v>20.527</x:v>
       </x:c>
       <x:c r="E544" s="0">
-        <x:v>15.84</x:v>
+        <x:v>15.79</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:5">
       <x:c r="A545" s="1">
-        <x:v>45175.9268865741</x:v>
+        <x:v>45191.9257986111</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C545" s="0">
-        <x:v>2.06</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D545" s="0">
-        <x:v>20.592</x:v>
+        <x:v>20.527</x:v>
       </x:c>
       <x:c r="E545" s="0">
-        <x:v>15.84</x:v>
+        <x:v>15.79</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:5">
       <x:c r="A546" s="1">
-        <x:v>45174.9250462963</x:v>
+        <x:v>45190.9234027778</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C546" s="0">
-        <x:v>2.03</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D546" s="0">
-        <x:v>20.696</x:v>
+        <x:v>20.839</x:v>
       </x:c>
       <x:c r="E546" s="0">
-        <x:v>15.92</x:v>
+        <x:v>16.03</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:5">
       <x:c r="A547" s="1">
-        <x:v>45170.923599537</x:v>
+        <x:v>45189.9258101852</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C547" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D547" s="0">
-        <x:v>20.956</x:v>
+        <x:v>21.229</x:v>
       </x:c>
       <x:c r="E547" s="0">
-        <x:v>16.12</x:v>
+        <x:v>16.33</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:5">
       <x:c r="A548" s="1">
-        <x:v>45169.9249421296</x:v>
+        <x:v>45188.9232060185</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C548" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D548" s="0">
-        <x:v>21.255</x:v>
+        <x:v>21.229</x:v>
       </x:c>
       <x:c r="E548" s="0">
-        <x:v>16.35</x:v>
+        <x:v>16.33</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:5">
       <x:c r="A549" s="1">
-        <x:v>45168.9229050926</x:v>
+        <x:v>45187.9256018518</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C549" s="0">
-        <x:v>1.87</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D549" s="0">
-        <x:v>21.242</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E549" s="0">
-        <x:v>16.34</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:5">
       <x:c r="A550" s="1">
-        <x:v>45167.9230902778</x:v>
+        <x:v>45184.9348958333</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C550" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D550" s="0">
-        <x:v>21.242</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E550" s="0">
-        <x:v>16.34</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:5">
       <x:c r="A551" s="1">
-        <x:v>45166.9299074074</x:v>
+        <x:v>45183.9222453704</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C551" s="0">
-        <x:v>1.96</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D551" s="0">
-        <x:v>21.047</x:v>
+        <x:v>20.956</x:v>
       </x:c>
       <x:c r="E551" s="0">
-        <x:v>16.19</x:v>
+        <x:v>16.12</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:5">
       <x:c r="A552" s="1">
-        <x:v>45163.9260416667</x:v>
+        <x:v>45182.9262152778</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C552" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D552" s="0">
-        <x:v>20.683</x:v>
+        <x:v>20.865</x:v>
       </x:c>
       <x:c r="E552" s="0">
-        <x:v>15.91</x:v>
+        <x:v>16.05</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:5">
       <x:c r="A553" s="1">
-        <x:v>45162.9230787037</x:v>
+        <x:v>45181.9272569444</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C553" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D553" s="0">
-        <x:v>20.943</x:v>
+        <x:v>20.891</x:v>
       </x:c>
       <x:c r="E553" s="0">
-        <x:v>16.11</x:v>
+        <x:v>16.07</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:5">
       <x:c r="A554" s="1">
-        <x:v>45161.9244675926</x:v>
+        <x:v>45180.9246759259</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C554" s="0">
-        <x:v>1.99</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D554" s="0">
-        <x:v>20.592</x:v>
+        <x:v>20.891</x:v>
       </x:c>
       <x:c r="E554" s="0">
-        <x:v>15.84</x:v>
+        <x:v>16.07</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:5">
       <x:c r="A555" s="1">
-        <x:v>45160.9242361111</x:v>
+        <x:v>45177.9257986111</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C555" s="0">
-        <x:v>2.1</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D555" s="0">
-        <x:v>20.592</x:v>
+        <x:v>20.527</x:v>
       </x:c>
       <x:c r="E555" s="0">
-        <x:v>15.84</x:v>
+        <x:v>15.79</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:5">
       <x:c r="A556" s="1">
-        <x:v>45159.9246527778</x:v>
+        <x:v>45176.9232175926</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C556" s="0">
-        <x:v>2.16</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D556" s="0">
-        <x:v>20.41</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E556" s="0">
-        <x:v>15.7</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:5">
       <x:c r="A557" s="1">
-        <x:v>45156.9241666667</x:v>
+        <x:v>45175.9268865741</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C557" s="0">
-        <x:v>2.19</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D557" s="0">
-        <x:v>20.358</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E557" s="0">
-        <x:v>15.66</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:5">
       <x:c r="A558" s="1">
-        <x:v>45155.9269212963</x:v>
+        <x:v>45174.9250462963</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C558" s="0">
-        <x:v>2.17</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D558" s="0">
-        <x:v>20.482</x:v>
+        <x:v>20.696</x:v>
       </x:c>
       <x:c r="E558" s="0">
-        <x:v>15.755</x:v>
+        <x:v>15.92</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:5">
       <x:c r="A559" s="1">
-        <x:v>45154.9237037037</x:v>
+        <x:v>45170.923599537</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C559" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D559" s="0">
-        <x:v>20.826</x:v>
+        <x:v>20.956</x:v>
       </x:c>
       <x:c r="E559" s="0">
-        <x:v>16.02</x:v>
+        <x:v>16.12</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:5">
       <x:c r="A560" s="1">
-        <x:v>45153.9260069444</x:v>
+        <x:v>45169.9249421296</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C560" s="0">
-        <x:v>2.03</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D560" s="0">
-        <x:v>21.671</x:v>
+        <x:v>21.255</x:v>
       </x:c>
       <x:c r="E560" s="0">
-        <x:v>16.67</x:v>
+        <x:v>16.35</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:5">
       <x:c r="A561" s="1">
-        <x:v>45152.9223842593</x:v>
+        <x:v>45168.9229050926</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C561" s="0">
-        <x:v>1.82</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D561" s="0">
-        <x:v>21.983</x:v>
+        <x:v>21.242</x:v>
       </x:c>
       <x:c r="E561" s="0">
-        <x:v>16.91</x:v>
+        <x:v>16.34</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:5">
       <x:c r="A562" s="1">
-        <x:v>45149.928287037</x:v>
+        <x:v>45167.9230902778</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C562" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D562" s="0">
-        <x:v>21.658</x:v>
+        <x:v>21.242</x:v>
       </x:c>
       <x:c r="E562" s="0">
-        <x:v>16.66</x:v>
+        <x:v>16.34</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:5">
       <x:c r="A563" s="1">
-        <x:v>45148.9246990741</x:v>
+        <x:v>45166.9299074074</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C563" s="0">
-        <x:v>1.82</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D563" s="0">
-        <x:v>21.424</x:v>
+        <x:v>21.047</x:v>
       </x:c>
       <x:c r="E563" s="0">
-        <x:v>16.48</x:v>
+        <x:v>16.19</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:5">
       <x:c r="A564" s="1">
-        <x:v>45147.9264814815</x:v>
+        <x:v>45163.9260416667</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C564" s="0">
-        <x:v>1.88</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D564" s="0">
-        <x:v>21.424</x:v>
+        <x:v>20.683</x:v>
       </x:c>
       <x:c r="E564" s="0">
-        <x:v>16.48</x:v>
+        <x:v>15.91</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:5">
       <x:c r="A565" s="1">
-        <x:v>45146.9298032407</x:v>
+        <x:v>45162.9230787037</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C565" s="0">
-        <x:v>1.89</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D565" s="0">
-        <x:v>21.45</x:v>
+        <x:v>20.943</x:v>
       </x:c>
       <x:c r="E565" s="0">
-        <x:v>16.5</x:v>
+        <x:v>16.11</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:5">
       <x:c r="A566" s="1">
-        <x:v>45145.9271875</x:v>
+        <x:v>45161.9244675926</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C566" s="0">
-        <x:v>1.87</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D566" s="0">
-        <x:v>21.437</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E566" s="0">
-        <x:v>16.49</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:5">
       <x:c r="A567" s="1">
-        <x:v>45142.9239930556</x:v>
+        <x:v>45160.9242361111</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C567" s="0">
-        <x:v>1.87</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D567" s="0">
-        <x:v>21.203</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E567" s="0">
-        <x:v>16.31</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:5">
       <x:c r="A568" s="1">
-        <x:v>45141.9269791667</x:v>
+        <x:v>45159.9246527778</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C568" s="0">
-        <x:v>1.94</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D568" s="0">
-        <x:v>21.502</x:v>
+        <x:v>20.41</x:v>
       </x:c>
       <x:c r="E568" s="0">
-        <x:v>16.54</x:v>
+        <x:v>15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:5">
       <x:c r="A569" s="1">
-        <x:v>45140.9285648148</x:v>
+        <x:v>45156.9241666667</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C569" s="0">
-        <x:v>1.86</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D569" s="0">
-        <x:v>22.139</x:v>
+        <x:v>20.358</x:v>
       </x:c>
       <x:c r="E569" s="0">
-        <x:v>17.03</x:v>
+        <x:v>15.66</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:5">
       <x:c r="A570" s="1">
-        <x:v>45139.9230671296</x:v>
+        <x:v>45155.9269212963</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C570" s="0">
-        <x:v>1.71</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D570" s="0">
-        <x:v>22.477</x:v>
+        <x:v>20.482</x:v>
       </x:c>
       <x:c r="E570" s="0">
-        <x:v>17.29</x:v>
+        <x:v>15.755</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:5">
       <x:c r="A571" s="1">
-        <x:v>45138.9233449074</x:v>
+        <x:v>45154.9237037037</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C571" s="0">
-        <x:v>1.64</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D571" s="0">
-        <x:v>22.477</x:v>
+        <x:v>20.826</x:v>
       </x:c>
       <x:c r="E571" s="0">
-        <x:v>17.29</x:v>
+        <x:v>16.02</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:5">
       <x:c r="A572" s="1">
-        <x:v>45135.9241087963</x:v>
+        <x:v>45153.9260069444</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C572" s="0">
-        <x:v>1.73</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D572" s="0">
-        <x:v>22.074</x:v>
+        <x:v>21.671</x:v>
       </x:c>
       <x:c r="E572" s="0">
-        <x:v>16.98</x:v>
+        <x:v>16.67</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:5">
       <x:c r="A573" s="1">
-        <x:v>45134.9268171296</x:v>
+        <x:v>45152.9223842593</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C573" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D573" s="0">
-        <x:v>22.425</x:v>
+        <x:v>21.983</x:v>
       </x:c>
       <x:c r="E573" s="0">
-        <x:v>17.25</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:5">
       <x:c r="A574" s="1">
-        <x:v>45133.9234375</x:v>
+        <x:v>45149.928287037</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C574" s="0">
-        <x:v>1.66</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D574" s="0">
-        <x:v>22.789</x:v>
+        <x:v>21.658</x:v>
       </x:c>
       <x:c r="E574" s="0">
-        <x:v>17.53</x:v>
+        <x:v>16.66</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:5">
       <x:c r="A575" s="1">
-        <x:v>45132.9249768518</x:v>
+        <x:v>45148.9246990741</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C575" s="0">
-        <x:v>1.58</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D575" s="0">
-        <x:v>22.594</x:v>
+        <x:v>21.424</x:v>
       </x:c>
       <x:c r="E575" s="0">
-        <x:v>17.38</x:v>
+        <x:v>16.48</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:5">
       <x:c r="A576" s="1">
-        <x:v>45131.924224537</x:v>
+        <x:v>45147.9264814815</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C576" s="0">
-        <x:v>1.62</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D576" s="0">
-        <x:v>22.62</x:v>
+        <x:v>21.424</x:v>
       </x:c>
       <x:c r="E576" s="0">
-        <x:v>17.4</x:v>
+        <x:v>16.48</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:5">
       <x:c r="A577" s="1">
-        <x:v>45128.9254976852</x:v>
+        <x:v>45146.9298032407</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C577" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D577" s="0">
-        <x:v>22.62</x:v>
+        <x:v>21.45</x:v>
       </x:c>
       <x:c r="E577" s="0">
-        <x:v>17.4</x:v>
+        <x:v>16.5</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:5">
       <x:c r="A578" s="1">
-        <x:v>45127.9287847222</x:v>
+        <x:v>45145.9271875</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C578" s="0">
-        <x:v>1.65</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D578" s="0">
-        <x:v>22.945</x:v>
+        <x:v>21.437</x:v>
       </x:c>
       <x:c r="E578" s="0">
-        <x:v>17.65</x:v>
+        <x:v>16.49</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:5">
       <x:c r="A579" s="1">
-        <x:v>45126.9251041667</x:v>
+        <x:v>45142.9239930556</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C579" s="0">
-        <x:v>1.55</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D579" s="0">
-        <x:v>22.945</x:v>
+        <x:v>21.203</x:v>
       </x:c>
       <x:c r="E579" s="0">
-        <x:v>17.65</x:v>
+        <x:v>16.31</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:5">
       <x:c r="A580" s="1">
-        <x:v>45125.941875</x:v>
+        <x:v>45141.9269791667</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C580" s="0">
-        <x:v>1.55</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D580" s="0">
-        <x:v>22.945</x:v>
+        <x:v>21.502</x:v>
       </x:c>
       <x:c r="E580" s="0">
-        <x:v>17.65</x:v>
+        <x:v>16.54</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:5">
       <x:c r="A581" s="1">
-        <x:v>45124.9220486111</x:v>
+        <x:v>45140.9285648148</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C581" s="0">
-        <x:v>1.63</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D581" s="0">
-        <x:v>22.568</x:v>
+        <x:v>22.139</x:v>
       </x:c>
       <x:c r="E581" s="0">
-        <x:v>17.36</x:v>
+        <x:v>17.03</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:5">
       <x:c r="A582" s="1">
-        <x:v>45121.9280787037</x:v>
+        <x:v>45139.9230671296</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C582" s="0">
-        <x:v>1.63</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D582" s="0">
-        <x:v>22.555</x:v>
+        <x:v>22.477</x:v>
       </x:c>
       <x:c r="E582" s="0">
-        <x:v>17.35</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:5">
       <x:c r="A583" s="1">
-        <x:v>45120.9246412037</x:v>
+        <x:v>45138.9233449074</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C583" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D583" s="0">
-        <x:v>22.724</x:v>
+        <x:v>22.477</x:v>
       </x:c>
       <x:c r="E583" s="0">
-        <x:v>17.48</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:5">
       <x:c r="A584" s="1">
-        <x:v>45119.9228472222</x:v>
+        <x:v>45135.9241087963</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C584" s="0">
-        <x:v>1.6</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D584" s="0">
-        <x:v>21.723</x:v>
+        <x:v>22.074</x:v>
       </x:c>
       <x:c r="E584" s="0">
-        <x:v>16.71</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:5">
       <x:c r="A585" s="1">
-        <x:v>45118.9245138889</x:v>
+        <x:v>45134.9268171296</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C585" s="0">
-        <x:v>1.85</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D585" s="0">
-        <x:v>21.723</x:v>
+        <x:v>22.425</x:v>
       </x:c>
       <x:c r="E585" s="0">
-        <x:v>16.71</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:5">
       <x:c r="A586" s="1">
-        <x:v>45114.92375</x:v>
+        <x:v>45133.9234375</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C586" s="0">
-        <x:v>1.98</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D586" s="0">
-        <x:v>21.242</x:v>
+        <x:v>22.789</x:v>
       </x:c>
       <x:c r="E586" s="0">
-        <x:v>16.34</x:v>
+        <x:v>17.53</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:5">
       <x:c r="A587" s="1">
-        <x:v>45113.9230439815</x:v>
+        <x:v>45132.9249768518</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C587" s="0">
-        <x:v>2.02</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D587" s="0">
-        <x:v>21.086</x:v>
+        <x:v>22.594</x:v>
       </x:c>
       <x:c r="E587" s="0">
-        <x:v>16.22</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:5">
       <x:c r="A588" s="1">
-        <x:v>45112.9232175926</x:v>
+        <x:v>45131.924224537</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C588" s="0">
-        <x:v>1.86</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D588" s="0">
-        <x:v>22.217</x:v>
+        <x:v>22.62</x:v>
       </x:c>
       <x:c r="E588" s="0">
-        <x:v>17.09</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:5">
       <x:c r="A589" s="1">
-        <x:v>45110.8096064815</x:v>
+        <x:v>45128.9254976852</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C589" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D589" s="0">
-        <x:v>22.009</x:v>
+        <x:v>22.62</x:v>
       </x:c>
       <x:c r="E589" s="0">
-        <x:v>16.93</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:5">
       <x:c r="A590" s="1">
-        <x:v>45107.9253356481</x:v>
+        <x:v>45127.9287847222</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C590" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D590" s="0">
-        <x:v>21.619</x:v>
+        <x:v>22.945</x:v>
       </x:c>
       <x:c r="E590" s="0">
-        <x:v>16.63</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:5">
       <x:c r="A591" s="1">
-        <x:v>45106.9274537037</x:v>
+        <x:v>45126.9251041667</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C591" s="0">
-        <x:v>1.89</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D591" s="0">
-        <x:v>21.58</x:v>
+        <x:v>22.945</x:v>
       </x:c>
       <x:c r="E591" s="0">
-        <x:v>16.6</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:5">
       <x:c r="A592" s="1">
-        <x:v>45105.9278125</x:v>
+        <x:v>45125.941875</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C592" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D592" s="0">
-        <x:v>21.58</x:v>
+        <x:v>22.945</x:v>
       </x:c>
       <x:c r="E592" s="0">
-        <x:v>16.6</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:5">
       <x:c r="A593" s="1">
-        <x:v>45104.9254861111</x:v>
+        <x:v>45124.9220486111</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C593" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D593" s="0">
-        <x:v>21.658</x:v>
+        <x:v>22.568</x:v>
       </x:c>
       <x:c r="E593" s="0">
-        <x:v>16.66</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:5">
       <x:c r="A594" s="1">
-        <x:v>45103.927337963</x:v>
+        <x:v>45121.9280787037</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C594" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D594" s="0">
-        <x:v>21.541</x:v>
+        <x:v>22.555</x:v>
       </x:c>
       <x:c r="E594" s="0">
-        <x:v>16.57</x:v>
+        <x:v>17.35</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:5">
       <x:c r="A595" s="1">
-        <x:v>45100.9375925926</x:v>
+        <x:v>45120.9246412037</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C595" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D595" s="0">
-        <x:v>21.398</x:v>
+        <x:v>22.724</x:v>
       </x:c>
       <x:c r="E595" s="0">
-        <x:v>16.46</x:v>
+        <x:v>17.48</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:5">
       <x:c r="A596" s="1">
-        <x:v>45099.9302083333</x:v>
+        <x:v>45119.9228472222</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C596" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D596" s="0">
-        <x:v>21.333</x:v>
+        <x:v>21.723</x:v>
       </x:c>
       <x:c r="E596" s="0">
-        <x:v>16.41</x:v>
+        <x:v>16.71</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:5">
       <x:c r="A597" s="1">
-        <x:v>45098.9316782407</x:v>
+        <x:v>45118.9245138889</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C597" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D597" s="0">
-        <x:v>20.865</x:v>
+        <x:v>21.723</x:v>
       </x:c>
       <x:c r="E597" s="0">
-        <x:v>16.05</x:v>
+        <x:v>16.71</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:5">
       <x:c r="A598" s="1">
-        <x:v>45097.9234143519</x:v>
+        <x:v>45114.92375</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C598" s="0">
-        <x:v>2.1</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D598" s="0">
-        <x:v>20.865</x:v>
+        <x:v>21.242</x:v>
       </x:c>
       <x:c r="E598" s="0">
-        <x:v>16.05</x:v>
+        <x:v>16.34</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:5">
       <x:c r="A599" s="1">
-        <x:v>45093.9268981482</x:v>
+        <x:v>45113.9230439815</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C599" s="0">
-        <x:v>1.88</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D599" s="0">
-        <x:v>21.437</x:v>
+        <x:v>21.086</x:v>
       </x:c>
       <x:c r="E599" s="0">
-        <x:v>16.49</x:v>
+        <x:v>16.22</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:5">
       <x:c r="A600" s="1">
-        <x:v>45092.9228240741</x:v>
+        <x:v>45112.9232175926</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C600" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D600" s="0">
-        <x:v>21.437</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E600" s="0">
-        <x:v>16.49</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:5">
       <x:c r="A601" s="1">
-        <x:v>45091.9300810185</x:v>
+        <x:v>45110.8096064815</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C601" s="0">
-        <x:v>1.86</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D601" s="0">
-        <x:v>21.853</x:v>
+        <x:v>22.009</x:v>
       </x:c>
       <x:c r="E601" s="0">
-        <x:v>16.81</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:5">
       <x:c r="A602" s="1">
-        <x:v>45090.9281134259</x:v>
+        <x:v>45107.9253356481</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C602" s="0">
-        <x:v>1.85</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D602" s="0">
-        <x:v>21.97</x:v>
+        <x:v>21.619</x:v>
       </x:c>
       <x:c r="E602" s="0">
-        <x:v>16.9</x:v>
+        <x:v>16.63</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:5">
       <x:c r="A603" s="1">
-        <x:v>45089.9262615741</x:v>
+        <x:v>45106.9274537037</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C603" s="0">
-        <x:v>1.82</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D603" s="0">
-        <x:v>21.97</x:v>
+        <x:v>21.58</x:v>
       </x:c>
       <x:c r="E603" s="0">
-        <x:v>16.9</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:5">
       <x:c r="A604" s="1">
-        <x:v>45086.9233449074</x:v>
+        <x:v>45105.9278125</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C604" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D604" s="0">
-        <x:v>22.087</x:v>
+        <x:v>21.58</x:v>
       </x:c>
       <x:c r="E604" s="0">
-        <x:v>16.99</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:5">
       <x:c r="A605" s="1">
-        <x:v>45085.9244328704</x:v>
+        <x:v>45104.9254861111</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C605" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D605" s="0">
-        <x:v>22.074</x:v>
+        <x:v>21.658</x:v>
       </x:c>
       <x:c r="E605" s="0">
-        <x:v>16.98</x:v>
+        <x:v>16.66</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:5">
       <x:c r="A606" s="1">
-        <x:v>45084.9239236111</x:v>
+        <x:v>45103.927337963</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C606" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D606" s="0">
-        <x:v>22.269</x:v>
+        <x:v>21.541</x:v>
       </x:c>
       <x:c r="E606" s="0">
-        <x:v>17.13</x:v>
+        <x:v>16.57</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:5">
       <x:c r="A607" s="1">
-        <x:v>45083.9221296296</x:v>
+        <x:v>45100.9375925926</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C607" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D607" s="0">
-        <x:v>22.269</x:v>
+        <x:v>21.398</x:v>
       </x:c>
       <x:c r="E607" s="0">
-        <x:v>17.13</x:v>
+        <x:v>16.46</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:5">
       <x:c r="A608" s="1">
-        <x:v>45082.9230671296</x:v>
+        <x:v>45099.9302083333</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C608" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D608" s="0">
-        <x:v>22.347</x:v>
+        <x:v>21.333</x:v>
       </x:c>
       <x:c r="E608" s="0">
-        <x:v>17.19</x:v>
+        <x:v>16.41</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:5">
       <x:c r="A609" s="1">
-        <x:v>45079.9291435185</x:v>
+        <x:v>45098.9316782407</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C609" s="0">
-        <x:v>1.69</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D609" s="0">
-        <x:v>22.685</x:v>
+        <x:v>20.865</x:v>
       </x:c>
       <x:c r="E609" s="0">
-        <x:v>17.45</x:v>
+        <x:v>16.05</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:5">
       <x:c r="A610" s="1">
-        <x:v>45078.9253356481</x:v>
+        <x:v>45097.9234143519</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C610" s="0">
-        <x:v>1.65</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D610" s="0">
-        <x:v>22.685</x:v>
+        <x:v>20.865</x:v>
       </x:c>
       <x:c r="E610" s="0">
-        <x:v>17.45</x:v>
+        <x:v>16.05</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:5">
       <x:c r="A611" s="1">
-        <x:v>45077.9240277778</x:v>
+        <x:v>45093.9268981482</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C611" s="0">
-        <x:v>1.83</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D611" s="0">
-        <x:v>21.814</x:v>
+        <x:v>21.437</x:v>
       </x:c>
       <x:c r="E611" s="0">
-        <x:v>16.78</x:v>
+        <x:v>16.49</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:5">
       <x:c r="A612" s="1">
-        <x:v>45076.9235648148</x:v>
+        <x:v>45092.9228240741</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C612" s="0">
-        <x:v>1.87</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D612" s="0">
-        <x:v>22.087</x:v>
+        <x:v>21.437</x:v>
       </x:c>
       <x:c r="E612" s="0">
-        <x:v>16.99</x:v>
+        <x:v>16.49</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:5">
       <x:c r="A613" s="1">
-        <x:v>45072.9248958333</x:v>
+        <x:v>45091.9300810185</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C613" s="0">
-        <x:v>1.83</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D613" s="0">
-        <x:v>22.217</x:v>
+        <x:v>21.853</x:v>
       </x:c>
       <x:c r="E613" s="0">
-        <x:v>17.09</x:v>
+        <x:v>16.81</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:5">
       <x:c r="A614" s="1">
-        <x:v>45071.9270833333</x:v>
+        <x:v>45090.9281134259</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C614" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D614" s="0">
-        <x:v>22.217</x:v>
+        <x:v>21.97</x:v>
       </x:c>
       <x:c r="E614" s="0">
-        <x:v>17.09</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:5">
       <x:c r="A615" s="1">
-        <x:v>45070.9251157407</x:v>
+        <x:v>45089.9262615741</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C615" s="0">
-        <x:v>1.68</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D615" s="0">
-        <x:v>22.724</x:v>
+        <x:v>21.97</x:v>
       </x:c>
       <x:c r="E615" s="0">
-        <x:v>17.48</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:5">
       <x:c r="A616" s="1">
-        <x:v>45069.9265625</x:v>
+        <x:v>45086.9233449074</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C616" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D616" s="0">
-        <x:v>23.127</x:v>
+        <x:v>22.087</x:v>
       </x:c>
       <x:c r="E616" s="0">
-        <x:v>17.79</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:5">
       <x:c r="A617" s="1">
-        <x:v>45068.9327546296</x:v>
+        <x:v>45085.9244328704</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C617" s="0">
-        <x:v>1.6</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D617" s="0">
-        <x:v>23.127</x:v>
+        <x:v>22.074</x:v>
       </x:c>
       <x:c r="E617" s="0">
-        <x:v>17.79</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:5">
       <x:c r="A618" s="1">
-        <x:v>45065.9228587963</x:v>
+        <x:v>45084.9239236111</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C618" s="0">
-        <x:v>1.58</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D618" s="0">
-        <x:v>23.153</x:v>
+        <x:v>22.269</x:v>
       </x:c>
       <x:c r="E618" s="0">
-        <x:v>17.81</x:v>
+        <x:v>17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:5">
       <x:c r="A619" s="1">
-        <x:v>45064.9229513889</x:v>
+        <x:v>45083.9221296296</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C619" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D619" s="0">
-        <x:v>23.959</x:v>
+        <x:v>22.269</x:v>
       </x:c>
       <x:c r="E619" s="0">
-        <x:v>18.43</x:v>
+        <x:v>17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:5">
       <x:c r="A620" s="1">
-        <x:v>45063.9266550926</x:v>
+        <x:v>45082.9230671296</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C620" s="0">
-        <x:v>1.44</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D620" s="0">
-        <x:v>24.388</x:v>
+        <x:v>22.347</x:v>
       </x:c>
       <x:c r="E620" s="0">
-        <x:v>18.76</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:5">
       <x:c r="A621" s="1">
-        <x:v>45062.9223032407</x:v>
+        <x:v>45079.9291435185</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C621" s="0">
-        <x:v>1.37</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D621" s="0">
-        <x:v>24.388</x:v>
+        <x:v>22.685</x:v>
       </x:c>
       <x:c r="E621" s="0">
-        <x:v>18.76</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:5">
       <x:c r="A622" s="1">
-        <x:v>45061.9242592593</x:v>
+        <x:v>45078.9253356481</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C622" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D622" s="0">
-        <x:v>25.155</x:v>
+        <x:v>22.685</x:v>
       </x:c>
       <x:c r="E622" s="0">
-        <x:v>19.35</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:5">
       <x:c r="A623" s="1">
-        <x:v>45058.9231018519</x:v>
+        <x:v>45077.9240277778</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C623" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D623" s="0">
-        <x:v>24.739</x:v>
+        <x:v>21.814</x:v>
       </x:c>
       <x:c r="E623" s="0">
-        <x:v>19.03</x:v>
+        <x:v>16.78</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:5">
       <x:c r="A624" s="1">
-        <x:v>45057.923587963</x:v>
+        <x:v>45076.9235648148</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C624" s="0">
-        <x:v>1.32</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D624" s="0">
-        <x:v>25.701</x:v>
+        <x:v>22.087</x:v>
       </x:c>
       <x:c r="E624" s="0">
-        <x:v>19.77</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:5">
       <x:c r="A625" s="1">
-        <x:v>45056.9222916667</x:v>
+        <x:v>45072.9248958333</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C625" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D625" s="0">
-        <x:v>25.72</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E625" s="0">
-        <x:v>19.785</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:5">
       <x:c r="A626" s="1">
-        <x:v>45055.9247337963</x:v>
+        <x:v>45071.9270833333</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C626" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D626" s="0">
-        <x:v>25.805</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E626" s="0">
-        <x:v>19.85</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:5">
       <x:c r="A627" s="1">
-        <x:v>45054.9227199074</x:v>
+        <x:v>45070.9251157407</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C627" s="0">
-        <x:v>1.17</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D627" s="0">
-        <x:v>26.26</x:v>
+        <x:v>22.724</x:v>
       </x:c>
       <x:c r="E627" s="0">
-        <x:v>20.2</x:v>
+        <x:v>17.48</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:5">
       <x:c r="A628" s="1">
-        <x:v>45051.9236805556</x:v>
+        <x:v>45069.9265625</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C628" s="0">
-        <x:v>1.11</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D628" s="0">
-        <x:v>26.559</x:v>
+        <x:v>23.127</x:v>
       </x:c>
       <x:c r="E628" s="0">
-        <x:v>20.43</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:5">
       <x:c r="A629" s="1">
-        <x:v>45050.9235648148</x:v>
+        <x:v>45068.9327546296</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C629" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D629" s="0">
-        <x:v>25.974</x:v>
+        <x:v>23.127</x:v>
       </x:c>
       <x:c r="E629" s="0">
-        <x:v>19.98</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:5">
       <x:c r="A630" s="1">
-        <x:v>45049.9224768519</x:v>
+        <x:v>45065.9228587963</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C630" s="0">
-        <x:v>1.15</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D630" s="0">
-        <x:v>25.974</x:v>
+        <x:v>23.153</x:v>
       </x:c>
       <x:c r="E630" s="0">
-        <x:v>19.98</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:5">
       <x:c r="A631" s="1">
-        <x:v>45048.9299189815</x:v>
+        <x:v>45064.9229513889</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C631" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D631" s="0">
-        <x:v>24.752</x:v>
+        <x:v>23.959</x:v>
       </x:c>
       <x:c r="E631" s="0">
-        <x:v>19.04</x:v>
+        <x:v>18.43</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:5">
       <x:c r="A632" s="1">
-        <x:v>45044.9284606481</x:v>
+        <x:v>45063.9266550926</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C632" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D632" s="0">
-        <x:v>24.752</x:v>
+        <x:v>24.388</x:v>
       </x:c>
       <x:c r="E632" s="0">
-        <x:v>19.04</x:v>
+        <x:v>18.76</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:5">
       <x:c r="A633" s="1">
-        <x:v>45043.9249074074</x:v>
+        <x:v>45062.9223032407</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C633" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D633" s="0">
-        <x:v>24.921</x:v>
+        <x:v>24.388</x:v>
       </x:c>
       <x:c r="E633" s="0">
-        <x:v>19.17</x:v>
+        <x:v>18.76</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:5">
       <x:c r="A634" s="1">
-        <x:v>45042.9284606481</x:v>
+        <x:v>45061.9242592593</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C634" s="0">
-        <x:v>1.35</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D634" s="0">
-        <x:v>24.687</x:v>
+        <x:v>25.155</x:v>
       </x:c>
       <x:c r="E634" s="0">
-        <x:v>18.99</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:5">
       <x:c r="A635" s="1">
-        <x:v>45041.9275462963</x:v>
+        <x:v>45058.9231018519</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C635" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D635" s="0">
-        <x:v>24.791</x:v>
+        <x:v>24.739</x:v>
       </x:c>
       <x:c r="E635" s="0">
-        <x:v>19.07</x:v>
+        <x:v>19.03</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:5">
       <x:c r="A636" s="1">
-        <x:v>45040.9281712963</x:v>
+        <x:v>45057.923587963</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C636" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D636" s="0">
-        <x:v>24.791</x:v>
+        <x:v>25.701</x:v>
       </x:c>
       <x:c r="E636" s="0">
-        <x:v>19.07</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:5">
       <x:c r="A637" s="1">
-        <x:v>45037.9259143519</x:v>
+        <x:v>45056.9222916667</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C637" s="0">
-        <x:v>1.33</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D637" s="0">
-        <x:v>24.96</x:v>
+        <x:v>25.72</x:v>
       </x:c>
       <x:c r="E637" s="0">
-        <x:v>19.2</x:v>
+        <x:v>19.785</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:5">
       <x:c r="A638" s="1">
-        <x:v>45036.9263078704</x:v>
+        <x:v>45055.9247337963</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C638" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D638" s="0">
-        <x:v>24.96</x:v>
+        <x:v>25.805</x:v>
       </x:c>
       <x:c r="E638" s="0">
-        <x:v>19.2</x:v>
+        <x:v>19.85</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:5">
       <x:c r="A639" s="1">
-        <x:v>45035.9235532407</x:v>
+        <x:v>45054.9227199074</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C639" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D639" s="0">
-        <x:v>25.012</x:v>
+        <x:v>26.26</x:v>
       </x:c>
       <x:c r="E639" s="0">
-        <x:v>19.24</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:5">
       <x:c r="A640" s="1">
-        <x:v>45034.9318402778</x:v>
+        <x:v>45051.9236805556</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C640" s="0">
-        <x:v>1.26</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D640" s="0">
-        <x:v>25.246</x:v>
+        <x:v>26.559</x:v>
       </x:c>
       <x:c r="E640" s="0">
-        <x:v>19.42</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:5">
       <x:c r="A641" s="1">
-        <x:v>45033.9299074074</x:v>
+        <x:v>45050.9235648148</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C641" s="0">
-        <x:v>1.27</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D641" s="0">
-        <x:v>25.181</x:v>
+        <x:v>25.974</x:v>
       </x:c>
       <x:c r="E641" s="0">
-        <x:v>19.37</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:5">
       <x:c r="A642" s="1">
-        <x:v>45030.9262268519</x:v>
+        <x:v>45049.9224768519</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C642" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D642" s="0">
-        <x:v>26.065</x:v>
+        <x:v>25.974</x:v>
       </x:c>
       <x:c r="E642" s="0">
-        <x:v>20.05</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:5">
       <x:c r="A643" s="1">
-        <x:v>45029.9222685185</x:v>
+        <x:v>45048.9299189815</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C643" s="0">
-        <x:v>1.15</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D643" s="0">
-        <x:v>25.519</x:v>
+        <x:v>24.752</x:v>
       </x:c>
       <x:c r="E643" s="0">
-        <x:v>19.63</x:v>
+        <x:v>19.04</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:5">
       <x:c r="A644" s="1">
-        <x:v>45028.9214583333</x:v>
+        <x:v>45044.9284606481</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C644" s="0">
-        <x:v>1.23</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D644" s="0">
-        <x:v>25.519</x:v>
+        <x:v>24.752</x:v>
       </x:c>
       <x:c r="E644" s="0">
-        <x:v>19.63</x:v>
+        <x:v>19.04</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:5">
       <x:c r="A645" s="1">
-        <x:v>45027.9227893519</x:v>
+        <x:v>45043.9249074074</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C645" s="0">
-        <x:v>1.27</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D645" s="0">
-        <x:v>25.649</x:v>
+        <x:v>24.921</x:v>
       </x:c>
       <x:c r="E645" s="0">
-        <x:v>19.73</x:v>
+        <x:v>19.17</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:5">
       <x:c r="A646" s="1">
-        <x:v>45022.9261689815</x:v>
+        <x:v>45042.9284606481</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C646" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D646" s="0">
-        <x:v>25.584</x:v>
+        <x:v>24.687</x:v>
       </x:c>
       <x:c r="E646" s="0">
-        <x:v>19.68</x:v>
+        <x:v>18.99</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:5">
       <x:c r="A647" s="1">
-        <x:v>45021.9270949074</x:v>
+        <x:v>45041.9275462963</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C647" s="0">
-        <x:v>1.22</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D647" s="0">
-        <x:v>25.506</x:v>
+        <x:v>24.791</x:v>
       </x:c>
       <x:c r="E647" s="0">
-        <x:v>19.62</x:v>
+        <x:v>19.07</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:5">
       <x:c r="A648" s="1">
-        <x:v>45020.9220717593</x:v>
+        <x:v>45040.9281712963</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C648" s="0">
-        <x:v>1.23</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D648" s="0">
-        <x:v>24.427</x:v>
+        <x:v>24.791</x:v>
       </x:c>
       <x:c r="E648" s="0">
-        <x:v>18.79</x:v>
+        <x:v>19.07</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:5">
       <x:c r="A649" s="1">
-        <x:v>45019.9280787037</x:v>
+        <x:v>45037.9259143519</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C649" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D649" s="0">
-        <x:v>24.427</x:v>
+        <x:v>24.96</x:v>
       </x:c>
       <x:c r="E649" s="0">
-        <x:v>18.79</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:5">
       <x:c r="A650" s="1">
-        <x:v>45016.9234490741</x:v>
+        <x:v>45036.9263078704</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C650" s="0">
-        <x:v>1.47</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D650" s="0">
-        <x:v>24.141</x:v>
+        <x:v>24.96</x:v>
       </x:c>
       <x:c r="E650" s="0">
-        <x:v>18.57</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:5">
       <x:c r="A651" s="1">
-        <x:v>45015.9242013889</x:v>
+        <x:v>45035.9235532407</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C651" s="0">
-        <x:v>1.46</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D651" s="0">
-        <x:v>24.102</x:v>
+        <x:v>25.012</x:v>
       </x:c>
       <x:c r="E651" s="0">
-        <x:v>18.54</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:5">
       <x:c r="A652" s="1">
-        <x:v>45014.9236226852</x:v>
+        <x:v>45034.9318402778</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C652" s="0">
-        <x:v>1.47</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D652" s="0">
-        <x:v>24.258</x:v>
+        <x:v>25.246</x:v>
       </x:c>
       <x:c r="E652" s="0">
-        <x:v>18.66</x:v>
+        <x:v>19.42</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:5">
       <x:c r="A653" s="1">
-        <x:v>45013.9251157407</x:v>
+        <x:v>45033.9299074074</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C653" s="0">
-        <x:v>1.44</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D653" s="0">
-        <x:v>24.05</x:v>
+        <x:v>25.181</x:v>
       </x:c>
       <x:c r="E653" s="0">
-        <x:v>18.5</x:v>
+        <x:v>19.37</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:5">
       <x:c r="A654" s="1">
-        <x:v>45012.9251388889</x:v>
+        <x:v>45030.9262268519</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C654" s="0">
-        <x:v>1.48</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D654" s="0">
-        <x:v>24.05</x:v>
+        <x:v>26.065</x:v>
       </x:c>
       <x:c r="E654" s="0">
-        <x:v>18.5</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:5">
       <x:c r="A655" s="1">
-        <x:v>45009.8955902778</x:v>
+        <x:v>45029.9222685185</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C655" s="0">
-        <x:v>1.48</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D655" s="0">
-        <x:v>23.79</x:v>
+        <x:v>25.519</x:v>
       </x:c>
       <x:c r="E655" s="0">
-        <x:v>18.3</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:5">
       <x:c r="A656" s="1">
-        <x:v>45008.8924189815</x:v>
+        <x:v>45028.9214583333</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C656" s="0">
-        <x:v>1.53</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D656" s="0">
-        <x:v>23.4</x:v>
+        <x:v>25.519</x:v>
       </x:c>
       <x:c r="E656" s="0">
-        <x:v>18</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:5">
       <x:c r="A657" s="1">
-        <x:v>45007.891099537</x:v>
+        <x:v>45027.9227893519</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C657" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D657" s="0">
-        <x:v>22.997</x:v>
+        <x:v>25.649</x:v>
       </x:c>
       <x:c r="E657" s="0">
-        <x:v>17.69</x:v>
+        <x:v>19.73</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:5">
       <x:c r="A658" s="1">
-        <x:v>45006.8937615741</x:v>
+        <x:v>45022.9261689815</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C658" s="0">
-        <x:v>1.7</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D658" s="0">
-        <x:v>23.712</x:v>
+        <x:v>25.584</x:v>
       </x:c>
       <x:c r="E658" s="0">
-        <x:v>18.24</x:v>
+        <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:5">
       <x:c r="A659" s="1">
-        <x:v>45005.895625</x:v>
+        <x:v>45021.9270949074</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C659" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D659" s="0">
-        <x:v>23.556</x:v>
+        <x:v>25.506</x:v>
       </x:c>
       <x:c r="E659" s="0">
-        <x:v>18.12</x:v>
+        <x:v>19.62</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:5">
       <x:c r="A660" s="1">
-        <x:v>45002.9076041667</x:v>
+        <x:v>45020.9220717593</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C660" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D660" s="0">
-        <x:v>22.62</x:v>
+        <x:v>24.427</x:v>
       </x:c>
       <x:c r="E660" s="0">
-        <x:v>17.4</x:v>
+        <x:v>18.79</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:5">
       <x:c r="A661" s="1">
-        <x:v>45001.8912152778</x:v>
+        <x:v>45019.9280787037</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C661" s="0">
-        <x:v>1.81</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D661" s="0">
-        <x:v>22.724</x:v>
+        <x:v>24.427</x:v>
       </x:c>
       <x:c r="E661" s="0">
-        <x:v>17.48</x:v>
+        <x:v>18.79</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:5">
       <x:c r="A662" s="1">
-        <x:v>45000.8956597222</x:v>
+        <x:v>45016.9234490741</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C662" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D662" s="0">
-        <x:v>22.191</x:v>
+        <x:v>24.141</x:v>
       </x:c>
       <x:c r="E662" s="0">
-        <x:v>17.07</x:v>
+        <x:v>18.57</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:5">
       <x:c r="A663" s="1">
-        <x:v>44999.9072916667</x:v>
+        <x:v>45015.9242013889</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C663" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D663" s="0">
-        <x:v>22.191</x:v>
+        <x:v>24.102</x:v>
       </x:c>
       <x:c r="E663" s="0">
-        <x:v>17.07</x:v>
+        <x:v>18.54</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:5">
       <x:c r="A664" s="1">
-        <x:v>44998.8918865741</x:v>
+        <x:v>45014.9236226852</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C664" s="0">
-        <x:v>1.94</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D664" s="0">
-        <x:v>20.683</x:v>
+        <x:v>24.258</x:v>
       </x:c>
       <x:c r="E664" s="0">
-        <x:v>15.91</x:v>
+        <x:v>18.66</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:5">
       <x:c r="A665" s="1">
-        <x:v>44995.9281944444</x:v>
+        <x:v>45013.9251157407</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C665" s="0">
-        <x:v>2.45</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D665" s="0">
-        <x:v>20.683</x:v>
+        <x:v>24.05</x:v>
       </x:c>
       <x:c r="E665" s="0">
-        <x:v>15.91</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:5">
       <x:c r="A666" s="1">
-        <x:v>44994.9301851852</x:v>
+        <x:v>45012.9251388889</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C666" s="0">
-        <x:v>2.62</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D666" s="0">
-        <x:v>20.241</x:v>
+        <x:v>24.05</x:v>
       </x:c>
       <x:c r="E666" s="0">
-        <x:v>15.57</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:5">
       <x:c r="A667" s="1">
-        <x:v>44993.923912037</x:v>
+        <x:v>45009.8955902778</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C667" s="0">
-        <x:v>2.6</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D667" s="0">
-        <x:v>20.501</x:v>
+        <x:v>23.79</x:v>
       </x:c>
       <x:c r="E667" s="0">
-        <x:v>15.77</x:v>
+        <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:5">
       <x:c r="A668" s="1">
-        <x:v>44992.9295023148</x:v>
+        <x:v>45008.8924189815</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C668" s="0">
-        <x:v>2.52</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D668" s="0">
-        <x:v>21.19</x:v>
+        <x:v>23.4</x:v>
       </x:c>
       <x:c r="E668" s="0">
-        <x:v>16.3</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:5">
       <x:c r="A669" s="1">
-        <x:v>44991.9215393519</x:v>
+        <x:v>45007.891099537</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C669" s="0">
-        <x:v>2.3</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D669" s="0">
-        <x:v>21.19</x:v>
+        <x:v>22.997</x:v>
       </x:c>
       <x:c r="E669" s="0">
-        <x:v>16.3</x:v>
+        <x:v>17.69</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:5">
       <x:c r="A670" s="1">
-        <x:v>44988.9270138889</x:v>
+        <x:v>45006.8937615741</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C670" s="0">
-        <x:v>2.21</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D670" s="0">
-        <x:v>21.476</x:v>
+        <x:v>23.712</x:v>
       </x:c>
       <x:c r="E670" s="0">
-        <x:v>16.52</x:v>
+        <x:v>18.24</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:5">
       <x:c r="A671" s="1">
-        <x:v>44987.9272800926</x:v>
+        <x:v>45005.895625</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C671" s="0">
-        <x:v>2.27</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D671" s="0">
-        <x:v>21.203</x:v>
+        <x:v>23.556</x:v>
       </x:c>
       <x:c r="E671" s="0">
-        <x:v>16.31</x:v>
+        <x:v>18.12</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:5">
       <x:c r="A672" s="1">
-        <x:v>44986.9261458333</x:v>
+        <x:v>45002.9076041667</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C672" s="0">
-        <x:v>2.29</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D672" s="0">
-        <x:v>20.956</x:v>
+        <x:v>22.62</x:v>
       </x:c>
       <x:c r="E672" s="0">
-        <x:v>16.12</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:5">
       <x:c r="A673" s="1">
-        <x:v>44985.9265393519</x:v>
+        <x:v>45001.8912152778</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C673" s="0">
-        <x:v>2.38</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D673" s="0">
-        <x:v>20.761</x:v>
+        <x:v>22.724</x:v>
       </x:c>
       <x:c r="E673" s="0">
-        <x:v>15.97</x:v>
+        <x:v>17.48</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:5">
       <x:c r="A674" s="1">
-        <x:v>44984.9265162037</x:v>
+        <x:v>45000.8956597222</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C674" s="0">
-        <x:v>2.45</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D674" s="0">
-        <x:v>20.761</x:v>
+        <x:v>22.191</x:v>
       </x:c>
       <x:c r="E674" s="0">
-        <x:v>15.97</x:v>
+        <x:v>17.07</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:5">
       <x:c r="A675" s="1">
-        <x:v>44981.9241898148</x:v>
+        <x:v>44999.9072916667</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C675" s="0">
-        <x:v>2.48</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D675" s="0">
-        <x:v>20.891</x:v>
+        <x:v>22.191</x:v>
       </x:c>
       <x:c r="E675" s="0">
-        <x:v>16.07</x:v>
+        <x:v>17.07</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:5">
       <x:c r="A676" s="1">
-        <x:v>44980.9237384259</x:v>
+        <x:v>44998.8918865741</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C676" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D676" s="0">
-        <x:v>21.073</x:v>
+        <x:v>20.683</x:v>
       </x:c>
       <x:c r="E676" s="0">
-        <x:v>16.21</x:v>
+        <x:v>15.91</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:5">
       <x:c r="A677" s="1">
-        <x:v>44979.9268518519</x:v>
+        <x:v>44995.9281944444</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C677" s="0">
-        <x:v>2.38</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D677" s="0">
-        <x:v>21.567</x:v>
+        <x:v>20.683</x:v>
       </x:c>
       <x:c r="E677" s="0">
-        <x:v>16.59</x:v>
+        <x:v>15.91</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:5">
       <x:c r="A678" s="1">
-        <x:v>44978.9221759259</x:v>
+        <x:v>44994.9301851852</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C678" s="0">
-        <x:v>2.23</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D678" s="0">
-        <x:v>21.567</x:v>
+        <x:v>20.241</x:v>
       </x:c>
       <x:c r="E678" s="0">
-        <x:v>16.59</x:v>
+        <x:v>15.57</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:5">
       <x:c r="A679" s="1">
-        <x:v>44974.9223958333</x:v>
+        <x:v>44993.923912037</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C679" s="0">
-        <x:v>2.17</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D679" s="0">
-        <x:v>21.762</x:v>
+        <x:v>20.501</x:v>
       </x:c>
       <x:c r="E679" s="0">
-        <x:v>16.74</x:v>
+        <x:v>15.77</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:5">
       <x:c r="A680" s="1">
-        <x:v>44973.9220949074</x:v>
+        <x:v>44992.9295023148</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C680" s="0">
-        <x:v>2.09</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D680" s="0">
-        <x:v>22.334</x:v>
+        <x:v>21.19</x:v>
       </x:c>
       <x:c r="E680" s="0">
-        <x:v>17.18</x:v>
+        <x:v>16.3</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:5">
       <x:c r="A681" s="1">
-        <x:v>44972.9220949074</x:v>
+        <x:v>44991.9215393519</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C681" s="0">
-        <x:v>2.01</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D681" s="0">
-        <x:v>23.153</x:v>
+        <x:v>21.19</x:v>
       </x:c>
       <x:c r="E681" s="0">
-        <x:v>17.81</x:v>
+        <x:v>16.3</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:5">
       <x:c r="A682" s="1">
-        <x:v>44971.9238078704</x:v>
+        <x:v>44988.9270138889</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C682" s="0">
-        <x:v>1.81</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D682" s="0">
-        <x:v>23.309</x:v>
+        <x:v>21.476</x:v>
       </x:c>
       <x:c r="E682" s="0">
-        <x:v>17.93</x:v>
+        <x:v>16.52</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:5">
       <x:c r="A683" s="1">
-        <x:v>44970.9237847222</x:v>
+        <x:v>44987.9272800926</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C683" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D683" s="0">
-        <x:v>23.309</x:v>
+        <x:v>21.203</x:v>
       </x:c>
       <x:c r="E683" s="0">
-        <x:v>17.93</x:v>
+        <x:v>16.31</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:5">
       <x:c r="A684" s="1">
-        <x:v>44967.9242708333</x:v>
+        <x:v>44986.9261458333</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C684" s="0">
-        <x:v>1.77</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D684" s="0">
-        <x:v>23.153</x:v>
+        <x:v>20.956</x:v>
       </x:c>
       <x:c r="E684" s="0">
-        <x:v>17.81</x:v>
+        <x:v>16.12</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:5">
       <x:c r="A685" s="1">
-        <x:v>44966.9234722222</x:v>
+        <x:v>44985.9265393519</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C685" s="0">
-        <x:v>1.81</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D685" s="0">
-        <x:v>23.842</x:v>
+        <x:v>20.761</x:v>
       </x:c>
       <x:c r="E685" s="0">
-        <x:v>18.34</x:v>
+        <x:v>15.97</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:5">
       <x:c r="A686" s="1">
-        <x:v>44965.9259490741</x:v>
+        <x:v>44984.9265162037</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C686" s="0">
-        <x:v>1.67</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D686" s="0">
-        <x:v>24.05</x:v>
+        <x:v>20.761</x:v>
       </x:c>
       <x:c r="E686" s="0">
-        <x:v>18.5</x:v>
+        <x:v>15.97</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:5">
       <x:c r="A687" s="1">
-        <x:v>44964.9229166667</x:v>
+        <x:v>44981.9241898148</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C687" s="0">
-        <x:v>1.62</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D687" s="0">
-        <x:v>24.05</x:v>
+        <x:v>20.891</x:v>
       </x:c>
       <x:c r="E687" s="0">
-        <x:v>18.5</x:v>
+        <x:v>16.07</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:5">
       <x:c r="A688" s="1">
-        <x:v>44963.9254166667</x:v>
+        <x:v>44980.9237384259</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C688" s="0">
-        <x:v>1.66</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D688" s="0">
-        <x:v>23.816</x:v>
+        <x:v>21.073</x:v>
       </x:c>
       <x:c r="E688" s="0">
-        <x:v>18.32</x:v>
+        <x:v>16.21</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:5">
       <x:c r="A689" s="1">
-        <x:v>44960.9231712963</x:v>
+        <x:v>44979.9268518519</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C689" s="0">
-        <x:v>1.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D689" s="0">
-        <x:v>25.22</x:v>
+        <x:v>21.567</x:v>
       </x:c>
       <x:c r="E689" s="0">
-        <x:v>19.4</x:v>
+        <x:v>16.59</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:5">
       <x:c r="A690" s="1">
-        <x:v>44959.9253935185</x:v>
+        <x:v>44978.9221759259</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C690" s="0">
-        <x:v>1.43</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D690" s="0">
-        <x:v>25.948</x:v>
+        <x:v>21.567</x:v>
       </x:c>
       <x:c r="E690" s="0">
-        <x:v>19.96</x:v>
+        <x:v>16.59</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:5">
       <x:c r="A691" s="1">
-        <x:v>44958.9216550926</x:v>
+        <x:v>44974.9223958333</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C691" s="0">
-        <x:v>1.32</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D691" s="0">
-        <x:v>25.415</x:v>
+        <x:v>21.762</x:v>
       </x:c>
       <x:c r="E691" s="0">
-        <x:v>19.55</x:v>
+        <x:v>16.74</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:5">
       <x:c r="A692" s="1">
-        <x:v>44957.9252083333</x:v>
+        <x:v>44973.9220949074</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C692" s="0">
-        <x:v>1.41</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D692" s="0">
-        <x:v>25.415</x:v>
+        <x:v>22.334</x:v>
       </x:c>
       <x:c r="E692" s="0">
-        <x:v>19.55</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:5">
       <x:c r="A693" s="1">
-        <x:v>44956.9259837963</x:v>
+        <x:v>44972.9220949074</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C693" s="0">
-        <x:v>1.42</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D693" s="0">
-        <x:v>25.571</x:v>
+        <x:v>23.153</x:v>
       </x:c>
       <x:c r="E693" s="0">
-        <x:v>19.67</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:5">
       <x:c r="A694" s="1">
-        <x:v>44953.9230324074</x:v>
+        <x:v>44971.9238078704</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C694" s="0">
-        <x:v>1.38</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D694" s="0">
-        <x:v>25.571</x:v>
+        <x:v>23.309</x:v>
       </x:c>
       <x:c r="E694" s="0">
-        <x:v>19.67</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:5">
       <x:c r="A695" s="1">
-        <x:v>44952.9223726852</x:v>
+        <x:v>44970.9237847222</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C695" s="0">
-        <x:v>1.37</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D695" s="0">
-        <x:v>25.61</x:v>
+        <x:v>23.309</x:v>
       </x:c>
       <x:c r="E695" s="0">
-        <x:v>19.7</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:5">
       <x:c r="A696" s="1">
-        <x:v>44951.9219328704</x:v>
+        <x:v>44967.9242708333</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C696" s="0">
-        <x:v>1.36</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D696" s="0">
-        <x:v>25.727</x:v>
+        <x:v>23.153</x:v>
       </x:c>
       <x:c r="E696" s="0">
-        <x:v>19.79</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:5">
       <x:c r="A697" s="1">
-        <x:v>44950.9260763889</x:v>
+        <x:v>44966.9234722222</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C697" s="0">
-        <x:v>1.44</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D697" s="0">
-        <x:v>25.246</x:v>
+        <x:v>23.842</x:v>
       </x:c>
       <x:c r="E697" s="0">
-        <x:v>19.42</x:v>
+        <x:v>18.34</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:5">
       <x:c r="A698" s="1">
-        <x:v>44946.9220717593</x:v>
+        <x:v>44965.9259490741</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C698" s="0">
-        <x:v>1.48</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D698" s="0">
-        <x:v>24.999</x:v>
+        <x:v>24.05</x:v>
       </x:c>
       <x:c r="E698" s="0">
-        <x:v>19.23</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:5">
       <x:c r="A699" s="1">
-        <x:v>44945.9225694444</x:v>
+        <x:v>44964.9229166667</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C699" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D699" s="0">
-        <x:v>23.894</x:v>
+        <x:v>24.05</x:v>
       </x:c>
       <x:c r="E699" s="0">
-        <x:v>18.38</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:5">
       <x:c r="A700" s="1">
-        <x:v>44944.9229166667</x:v>
+        <x:v>44963.9254166667</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C700" s="0">
-        <x:v>1.7</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D700" s="0">
-        <x:v>23.894</x:v>
+        <x:v>23.816</x:v>
       </x:c>
       <x:c r="E700" s="0">
-        <x:v>18.38</x:v>
+        <x:v>18.32</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:5">
       <x:c r="A701" s="1">
-        <x:v>44943.932349537</x:v>
+        <x:v>44960.9231712963</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C701" s="0">
-        <x:v>1.6</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D701" s="0">
-        <x:v>25.532</x:v>
+        <x:v>25.22</x:v>
       </x:c>
       <x:c r="E701" s="0">
-        <x:v>19.64</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:5">
       <x:c r="A702" s="1">
-        <x:v>44939.9231481481</x:v>
+        <x:v>44959.9253935185</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C702" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D702" s="0">
-        <x:v>25.532</x:v>
+        <x:v>25.948</x:v>
       </x:c>
       <x:c r="E702" s="0">
-        <x:v>19.64</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:5">
       <x:c r="A703" s="1">
-        <x:v>44938.9231828704</x:v>
+        <x:v>44958.9216550926</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C703" s="0">
-        <x:v>1.46</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D703" s="0">
-        <x:v>25.259</x:v>
+        <x:v>25.415</x:v>
       </x:c>
       <x:c r="E703" s="0">
-        <x:v>19.43</x:v>
+        <x:v>19.55</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:5">
       <x:c r="A704" s="1">
-        <x:v>44937.9231481481</x:v>
+        <x:v>44957.9252083333</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C704" s="0">
-        <x:v>1.51</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D704" s="0">
-        <x:v>25.207</x:v>
+        <x:v>25.415</x:v>
       </x:c>
       <x:c r="E704" s="0">
-        <x:v>19.39</x:v>
+        <x:v>19.55</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:5">
       <x:c r="A705" s="1">
-        <x:v>44936.9230092593</x:v>
+        <x:v>44956.9259837963</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C705" s="0">
-        <x:v>1.47</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D705" s="0">
-        <x:v>25.207</x:v>
+        <x:v>25.571</x:v>
       </x:c>
       <x:c r="E705" s="0">
-        <x:v>19.39</x:v>
+        <x:v>19.67</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:5">
       <x:c r="A706" s="1">
-        <x:v>44935.9248842593</x:v>
+        <x:v>44953.9230324074</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C706" s="0">
-        <x:v>1.57</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D706" s="0">
-        <x:v>24.661</x:v>
+        <x:v>25.571</x:v>
       </x:c>
       <x:c r="E706" s="0">
-        <x:v>18.97</x:v>
+        <x:v>19.67</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:5">
       <x:c r="A707" s="1">
-        <x:v>44932.9235416667</x:v>
+        <x:v>44952.9223726852</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C707" s="0">
-        <x:v>1.55</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D707" s="0">
-        <x:v>24.752</x:v>
+        <x:v>25.61</x:v>
       </x:c>
       <x:c r="E707" s="0">
-        <x:v>19.04</x:v>
+        <x:v>19.7</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:5">
       <x:c r="A708" s="1">
-        <x:v>44931.9233333333</x:v>
+        <x:v>44951.9219328704</x:v>
       </x:c>
       <x:c r="B708" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C708" s="0">
-        <x:v>1.62</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D708" s="0">
-        <x:v>24.544</x:v>
+        <x:v>25.727</x:v>
       </x:c>
       <x:c r="E708" s="0">
-        <x:v>18.88</x:v>
+        <x:v>19.79</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:5">
       <x:c r="A709" s="1">
-        <x:v>44930.9272569444</x:v>
+        <x:v>44950.9260763889</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C709" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D709" s="0">
-        <x:v>23.179</x:v>
+        <x:v>25.246</x:v>
       </x:c>
       <x:c r="E709" s="0">
-        <x:v>17.83</x:v>
+        <x:v>19.42</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:5">
       <x:c r="A710" s="1">
-        <x:v>44929.9240509259</x:v>
+        <x:v>44946.9220717593</x:v>
       </x:c>
       <x:c r="B710" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C710" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D710" s="0">
-        <x:v>23.179</x:v>
+        <x:v>24.999</x:v>
       </x:c>
       <x:c r="E710" s="0">
-        <x:v>17.83</x:v>
+        <x:v>19.23</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:5">
       <x:c r="A711" s="1">
-        <x:v>44925.9212615741</x:v>
+        <x:v>44945.9225694444</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C711" s="0">
-        <x:v>2.18</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D711" s="0">
-        <x:v>22.334</x:v>
+        <x:v>23.894</x:v>
       </x:c>
       <x:c r="E711" s="0">
-        <x:v>17.18</x:v>
+        <x:v>18.38</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:5">
       <x:c r="A712" s="1">
-        <x:v>44924.9225</x:v>
+        <x:v>44944.9229166667</x:v>
       </x:c>
       <x:c r="B712" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C712" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D712" s="0">
-        <x:v>22.425</x:v>
+        <x:v>23.894</x:v>
       </x:c>
       <x:c r="E712" s="0">
-        <x:v>17.25</x:v>
+        <x:v>18.38</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:5">
       <x:c r="A713" s="1">
-        <x:v>44923.9264814815</x:v>
+        <x:v>44943.932349537</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C713" s="0">
-        <x:v>2.17</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D713" s="0">
-        <x:v>23.101</x:v>
+        <x:v>25.532</x:v>
       </x:c>
       <x:c r="E713" s="0">
-        <x:v>17.77</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:5">
       <x:c r="A714" s="1">
-        <x:v>44922.9365046296</x:v>
+        <x:v>44939.9231481481</x:v>
       </x:c>
       <x:c r="B714" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C714" s="0">
-        <x:v>1.98</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D714" s="0">
-        <x:v>23.101</x:v>
+        <x:v>25.532</x:v>
       </x:c>
       <x:c r="E714" s="0">
-        <x:v>17.77</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:5">
       <x:c r="A715" s="1">
-        <x:v>44918.9228587963</x:v>
+        <x:v>44938.9231828704</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C715" s="0">
-        <x:v>2.12</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D715" s="0">
-        <x:v>22.607</x:v>
+        <x:v>25.259</x:v>
       </x:c>
       <x:c r="E715" s="0">
-        <x:v>17.39</x:v>
+        <x:v>19.43</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:5">
       <x:c r="A716" s="1">
-        <x:v>44917.9233796296</x:v>
+        <x:v>44937.9231481481</x:v>
       </x:c>
       <x:c r="B716" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C716" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D716" s="0">
-        <x:v>22.49</x:v>
+        <x:v>25.207</x:v>
       </x:c>
       <x:c r="E716" s="0">
-        <x:v>17.3</x:v>
+        <x:v>19.39</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:5">
       <x:c r="A717" s="1">
-        <x:v>44916.9282291667</x:v>
+        <x:v>44936.9230092593</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C717" s="0">
-        <x:v>2.08</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D717" s="0">
-        <x:v>22.75</x:v>
+        <x:v>25.207</x:v>
       </x:c>
       <x:c r="E717" s="0">
-        <x:v>17.5</x:v>
+        <x:v>19.39</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:5">
       <x:c r="A718" s="1">
-        <x:v>44915.9287962963</x:v>
+        <x:v>44935.9248842593</x:v>
       </x:c>
       <x:c r="B718" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C718" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D718" s="0">
-        <x:v>22.464</x:v>
+        <x:v>24.661</x:v>
       </x:c>
       <x:c r="E718" s="0">
-        <x:v>17.28</x:v>
+        <x:v>18.97</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:5">
       <x:c r="A719" s="1">
-        <x:v>44914.9249189815</x:v>
+        <x:v>44932.9235416667</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C719" s="0">
-        <x:v>2.49</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D719" s="0">
-        <x:v>21.97</x:v>
+        <x:v>24.752</x:v>
       </x:c>
       <x:c r="E719" s="0">
-        <x:v>16.9</x:v>
+        <x:v>19.04</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:5">
       <x:c r="A720" s="1">
-        <x:v>44911.923287037</x:v>
+        <x:v>44931.9233333333</x:v>
       </x:c>
       <x:c r="B720" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C720" s="0">
-        <x:v>2.34</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D720" s="0">
-        <x:v>21.97</x:v>
+        <x:v>24.544</x:v>
       </x:c>
       <x:c r="E720" s="0">
-        <x:v>16.9</x:v>
+        <x:v>18.88</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:5">
       <x:c r="A721" s="1">
-        <x:v>44910.9218634259</x:v>
+        <x:v>44930.9272569444</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C721" s="0">
-        <x:v>2.45</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D721" s="0">
-        <x:v>21.645</x:v>
+        <x:v>23.179</x:v>
       </x:c>
       <x:c r="E721" s="0">
-        <x:v>16.65</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:5">
       <x:c r="A722" s="1">
-        <x:v>44909.9251273148</x:v>
+        <x:v>44929.9240509259</x:v>
       </x:c>
       <x:c r="B722" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C722" s="0">
-        <x:v>2.17</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D722" s="0">
-        <x:v>22.672</x:v>
+        <x:v>23.179</x:v>
       </x:c>
       <x:c r="E722" s="0">
-        <x:v>17.44</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:5">
       <x:c r="A723" s="1">
-        <x:v>44908.9217708333</x:v>
+        <x:v>44925.9212615741</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C723" s="0">
-        <x:v>2.15</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D723" s="0">
-        <x:v>22.672</x:v>
+        <x:v>22.334</x:v>
       </x:c>
       <x:c r="E723" s="0">
-        <x:v>17.44</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:5">
       <x:c r="A724" s="1">
-        <x:v>44907.9238773148</x:v>
+        <x:v>44924.9225</x:v>
       </x:c>
       <x:c r="B724" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C724" s="0">
-        <x:v>2.46</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D724" s="0">
-        <x:v>21.554</x:v>
+        <x:v>22.425</x:v>
       </x:c>
       <x:c r="E724" s="0">
-        <x:v>16.58</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:5">
       <x:c r="A725" s="1">
-        <x:v>44904.9276967593</x:v>
+        <x:v>44923.9264814815</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C725" s="0">
-        <x:v>2.53</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D725" s="0">
-        <x:v>21.84</x:v>
+        <x:v>23.101</x:v>
       </x:c>
       <x:c r="E725" s="0">
-        <x:v>16.8</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:5">
       <x:c r="A726" s="1">
-        <x:v>44903.921875</x:v>
+        <x:v>44922.9365046296</x:v>
       </x:c>
       <x:c r="B726" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C726" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D726" s="0">
-        <x:v>21.918</x:v>
+        <x:v>23.101</x:v>
       </x:c>
       <x:c r="E726" s="0">
-        <x:v>16.86</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:5">
       <x:c r="A727" s="1">
-        <x:v>44902.9218287037</x:v>
+        <x:v>44918.9228587963</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C727" s="0">
-        <x:v>2.41</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D727" s="0">
-        <x:v>21.385</x:v>
+        <x:v>22.607</x:v>
       </x:c>
       <x:c r="E727" s="0">
-        <x:v>16.45</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:5">
       <x:c r="A728" s="1">
-        <x:v>44901.9282638889</x:v>
+        <x:v>44917.9233796296</x:v>
       </x:c>
       <x:c r="B728" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C728" s="0">
-        <x:v>2.6</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D728" s="0">
-        <x:v>21.476</x:v>
+        <x:v>22.49</x:v>
       </x:c>
       <x:c r="E728" s="0">
-        <x:v>16.52</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:5">
       <x:c r="A729" s="1">
-        <x:v>44900.9356134259</x:v>
+        <x:v>44916.9282291667</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C729" s="0">
-        <x:v>2.57</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D729" s="0">
-        <x:v>22.074</x:v>
+        <x:v>22.75</x:v>
       </x:c>
       <x:c r="E729" s="0">
-        <x:v>16.98</x:v>
+        <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:5">
       <x:c r="A730" s="1">
-        <x:v>44897.9224074074</x:v>
+        <x:v>44915.9287962963</x:v>
       </x:c>
       <x:c r="B730" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C730" s="0">
-        <x:v>2.37</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D730" s="0">
-        <x:v>22.217</x:v>
+        <x:v>22.464</x:v>
       </x:c>
       <x:c r="E730" s="0">
-        <x:v>17.09</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:5">
       <x:c r="A731" s="1">
-        <x:v>44896.9220949074</x:v>
+        <x:v>44914.9249189815</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C731" s="0">
-        <x:v>2.33</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D731" s="0">
-        <x:v>22.217</x:v>
+        <x:v>21.97</x:v>
       </x:c>
       <x:c r="E731" s="0">
-        <x:v>17.09</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:5">
       <x:c r="A732" s="1">
-        <x:v>44895.9223032407</x:v>
+        <x:v>44911.923287037</x:v>
       </x:c>
       <x:c r="B732" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C732" s="0">
-        <x:v>2.71</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D732" s="0">
-        <x:v>20.631</x:v>
+        <x:v>21.97</x:v>
       </x:c>
       <x:c r="E732" s="0">
-        <x:v>15.87</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:5">
       <x:c r="A733" s="1">
-        <x:v>44894.9220138889</x:v>
+        <x:v>44910.9218634259</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C733" s="0">
-        <x:v>2.96</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D733" s="0">
-        <x:v>20.631</x:v>
+        <x:v>21.645</x:v>
       </x:c>
       <x:c r="E733" s="0">
-        <x:v>15.87</x:v>
+        <x:v>16.65</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:5">
       <x:c r="A734" s="1">
-        <x:v>44893.9222106481</x:v>
+        <x:v>44909.9251273148</x:v>
       </x:c>
       <x:c r="B734" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C734" s="0">
-        <x:v>3.29</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D734" s="0">
-        <x:v>20.15</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E734" s="0">
-        <x:v>15.5</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:5">
       <x:c r="A735" s="1">
-        <x:v>44890.9319907407</x:v>
+        <x:v>44908.9217708333</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C735" s="0">
-        <x:v>3</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D735" s="0">
-        <x:v>21.099</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E735" s="0">
-        <x:v>16.23</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:5">
       <x:c r="A736" s="1">
-        <x:v>44888.9315277778</x:v>
+        <x:v>44907.9238773148</x:v>
       </x:c>
       <x:c r="B736" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C736" s="0">
-        <x:v>2.89</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D736" s="0">
-        <x:v>20.813</x:v>
+        <x:v>21.554</x:v>
       </x:c>
       <x:c r="E736" s="0">
-        <x:v>16.01</x:v>
+        <x:v>16.58</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:5">
       <x:c r="A737" s="1">
-        <x:v>44887.9264467593</x:v>
+        <x:v>44904.9276967593</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C737" s="0">
-        <x:v>3.01</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D737" s="0">
-        <x:v>19.955</x:v>
+        <x:v>21.84</x:v>
       </x:c>
       <x:c r="E737" s="0">
-        <x:v>15.35</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:5">
       <x:c r="A738" s="1">
-        <x:v>44886.9239814815</x:v>
+        <x:v>44903.921875</x:v>
       </x:c>
       <x:c r="B738" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C738" s="0">
-        <x:v>3.45</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D738" s="0">
-        <x:v>20.306</x:v>
+        <x:v>21.918</x:v>
       </x:c>
       <x:c r="E738" s="0">
-        <x:v>15.62</x:v>
+        <x:v>16.86</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:5">
       <x:c r="A739" s="1">
-        <x:v>44883.9223842593</x:v>
+        <x:v>44902.9218287037</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C739" s="0">
-        <x:v>3.28</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="D739" s="0">
-        <x:v>20.241</x:v>
+        <x:v>21.385</x:v>
       </x:c>
       <x:c r="E739" s="0">
-        <x:v>15.57</x:v>
+        <x:v>16.45</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:5">
       <x:c r="A740" s="1">
-        <x:v>44882.921099537</x:v>
+        <x:v>44901.9282638889</x:v>
       </x:c>
       <x:c r="B740" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C740" s="0">
-        <x:v>3.31</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D740" s="0">
-        <x:v>20.527</x:v>
+        <x:v>21.476</x:v>
       </x:c>
       <x:c r="E740" s="0">
-        <x:v>15.79</x:v>
+        <x:v>16.52</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:5">
       <x:c r="A741" s="1">
-        <x:v>44881.9232407407</x:v>
+        <x:v>44900.9356134259</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C741" s="0">
-        <x:v>3.18</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D741" s="0">
-        <x:v>20.8</x:v>
+        <x:v>22.074</x:v>
       </x:c>
       <x:c r="E741" s="0">
-        <x:v>16</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:5">
       <x:c r="A742" s="1">
-        <x:v>44880.9231018519</x:v>
+        <x:v>44897.9224074074</x:v>
       </x:c>
       <x:c r="B742" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C742" s="0">
-        <x:v>3.06</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D742" s="0">
-        <x:v>21.047</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E742" s="0">
-        <x:v>16.19</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:5">
       <x:c r="A743" s="1">
-        <x:v>44879.9295601852</x:v>
+        <x:v>44896.9220949074</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C743" s="0">
-        <x:v>2.95</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D743" s="0">
-        <x:v>21.372</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E743" s="0">
-        <x:v>16.44</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:5">
       <x:c r="A744" s="1">
-        <x:v>44876.9222337963</x:v>
+        <x:v>44895.9223032407</x:v>
       </x:c>
       <x:c r="B744" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C744" s="0">
-        <x:v>2.82</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D744" s="0">
-        <x:v>21.372</x:v>
+        <x:v>20.631</x:v>
       </x:c>
       <x:c r="E744" s="0">
-        <x:v>16.44</x:v>
+        <x:v>15.87</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:5">
       <x:c r="A745" s="1">
-        <x:v>44875.9342592593</x:v>
+        <x:v>44894.9220138889</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C745" s="0">
-        <x:v>2.83</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D745" s="0">
-        <x:v>21.359</x:v>
+        <x:v>20.631</x:v>
       </x:c>
       <x:c r="E745" s="0">
-        <x:v>16.43</x:v>
+        <x:v>15.87</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:5">
       <x:c r="A746" s="1">
-        <x:v>44874.9244097222</x:v>
+        <x:v>44893.9222106481</x:v>
       </x:c>
       <x:c r="B746" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C746" s="0">
-        <x:v>3.58</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D746" s="0">
-        <x:v>20.293</x:v>
+        <x:v>20.15</x:v>
       </x:c>
       <x:c r="E746" s="0">
-        <x:v>15.61</x:v>
+        <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:5">
       <x:c r="A747" s="1">
-        <x:v>44873.9284490741</x:v>
+        <x:v>44890.9319907407</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C747" s="0">
-        <x:v>3.41</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D747" s="0">
-        <x:v>18.941</x:v>
+        <x:v>21.099</x:v>
       </x:c>
       <x:c r="E747" s="0">
-        <x:v>14.57</x:v>
+        <x:v>16.23</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:5">
       <x:c r="A748" s="1">
-        <x:v>44872.9247222222</x:v>
+        <x:v>44888.9315277778</x:v>
       </x:c>
       <x:c r="B748" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C748" s="0">
-        <x:v>4.34</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D748" s="0">
-        <x:v>18.941</x:v>
+        <x:v>20.813</x:v>
       </x:c>
       <x:c r="E748" s="0">
-        <x:v>14.57</x:v>
+        <x:v>16.01</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:5">
       <x:c r="A749" s="1">
-        <x:v>44868.8963888889</x:v>
+        <x:v>44887.9264467593</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C749" s="0">
-        <x:v>6.53</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D749" s="0">
-        <x:v>18.642</x:v>
+        <x:v>19.955</x:v>
       </x:c>
       <x:c r="E749" s="0">
-        <x:v>14.34</x:v>
+        <x:v>15.35</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:5">
       <x:c r="A750" s="1">
-        <x:v>44867</x:v>
+        <x:v>44886.9239814815</x:v>
       </x:c>
       <x:c r="B750" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C750" s="0">
+        <x:v>3.45</x:v>
+      </x:c>
+      <x:c r="D750" s="0">
+        <x:v>20.306</x:v>
+      </x:c>
       <x:c r="E750" s="0">
-        <x:v>15.03</x:v>
+        <x:v>15.62</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:5">
       <x:c r="A751" s="1">
-        <x:v>44866</x:v>
+        <x:v>44883.9223842593</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C751" s="0">
+        <x:v>3.28</x:v>
+      </x:c>
+      <x:c r="D751" s="0">
+        <x:v>20.241</x:v>
+      </x:c>
       <x:c r="E751" s="0">
-        <x:v>15.03</x:v>
+        <x:v>15.57</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:5">
       <x:c r="A752" s="1">
-        <x:v>44865</x:v>
+        <x:v>44882.921099537</x:v>
       </x:c>
       <x:c r="B752" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C752" s="0">
+        <x:v>3.31</x:v>
+      </x:c>
+      <x:c r="D752" s="0">
+        <x:v>20.527</x:v>
+      </x:c>
       <x:c r="E752" s="0">
-        <x:v>15.48</x:v>
+        <x:v>15.79</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:5">
       <x:c r="A753" s="1">
-        <x:v>44864</x:v>
+        <x:v>44881.9232407407</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C753" s="0">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="D753" s="0">
+        <x:v>20.8</x:v>
+      </x:c>
       <x:c r="E753" s="0">
-        <x:v>15.48</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:5">
       <x:c r="A754" s="1">
-        <x:v>44863</x:v>
+        <x:v>44880.9231018519</x:v>
       </x:c>
       <x:c r="B754" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C754" s="0">
+        <x:v>3.06</x:v>
+      </x:c>
+      <x:c r="D754" s="0">
+        <x:v>21.047</x:v>
+      </x:c>
       <x:c r="E754" s="0">
-        <x:v>15.48</x:v>
+        <x:v>16.19</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:5">
       <x:c r="A755" s="1">
-        <x:v>44862</x:v>
+        <x:v>44879.9295601852</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C755" s="0">
+        <x:v>2.95</x:v>
+      </x:c>
+      <x:c r="D755" s="0">
+        <x:v>21.372</x:v>
+      </x:c>
       <x:c r="E755" s="0">
-        <x:v>15.26</x:v>
+        <x:v>16.44</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:5">
       <x:c r="A756" s="1">
-        <x:v>44861</x:v>
+        <x:v>44876.9222337963</x:v>
       </x:c>
       <x:c r="B756" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C756" s="0">
+        <x:v>2.82</x:v>
+      </x:c>
+      <x:c r="D756" s="0">
+        <x:v>21.372</x:v>
+      </x:c>
       <x:c r="E756" s="0">
-        <x:v>15.26</x:v>
+        <x:v>16.44</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:5">
       <x:c r="A757" s="1">
-        <x:v>44860</x:v>
+        <x:v>44875.9342592593</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C757" s="0">
+        <x:v>2.83</x:v>
+      </x:c>
+      <x:c r="D757" s="0">
+        <x:v>21.359</x:v>
+      </x:c>
       <x:c r="E757" s="0">
-        <x:v>15.26</x:v>
+        <x:v>16.43</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:5">
       <x:c r="A758" s="1">
-        <x:v>44859</x:v>
+        <x:v>44874.9244097222</x:v>
       </x:c>
       <x:c r="B758" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C758" s="0">
+        <x:v>3.58</x:v>
+      </x:c>
+      <x:c r="D758" s="0">
+        <x:v>20.293</x:v>
+      </x:c>
       <x:c r="E758" s="0">
-        <x:v>15.05</x:v>
+        <x:v>15.61</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:5">
       <x:c r="A759" s="1">
-        <x:v>44858</x:v>
+        <x:v>44873.9284490741</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C759" s="0">
+        <x:v>3.41</x:v>
+      </x:c>
+      <x:c r="D759" s="0">
+        <x:v>18.941</x:v>
+      </x:c>
       <x:c r="E759" s="0">
-        <x:v>14.51</x:v>
+        <x:v>14.57</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:5">
       <x:c r="A760" s="1">
-        <x:v>44857</x:v>
+        <x:v>44872.9247222222</x:v>
       </x:c>
       <x:c r="B760" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C760" s="0">
+        <x:v>4.34</x:v>
+      </x:c>
+      <x:c r="D760" s="0">
+        <x:v>18.941</x:v>
+      </x:c>
       <x:c r="E760" s="0">
-        <x:v>14.51</x:v>
+        <x:v>14.57</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:5">
       <x:c r="A761" s="1">
-        <x:v>44856</x:v>
+        <x:v>44868.8963888889</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C761" s="0">
+        <x:v>6.53</x:v>
+      </x:c>
+      <x:c r="D761" s="0">
+        <x:v>18.642</x:v>
+      </x:c>
       <x:c r="E761" s="0">
-        <x:v>14.51</x:v>
+        <x:v>14.34</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:5">
       <x:c r="A762" s="1">
-        <x:v>44855</x:v>
+        <x:v>44867</x:v>
       </x:c>
       <x:c r="B762" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E762" s="0">
-        <x:v>14.45</x:v>
+        <x:v>15.03</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:5">
       <x:c r="A763" s="1">
-        <x:v>44854</x:v>
+        <x:v>44866</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E763" s="0">
-        <x:v>14.45</x:v>
+        <x:v>15.03</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:5">
       <x:c r="A764" s="1">
-        <x:v>44853</x:v>
+        <x:v>44865</x:v>
       </x:c>
       <x:c r="B764" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E764" s="0">
-        <x:v>14.61</x:v>
+        <x:v>15.48</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:5">
       <x:c r="A765" s="1">
-        <x:v>44852</x:v>
+        <x:v>44864</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E765" s="0">
-        <x:v>14.61</x:v>
+        <x:v>15.48</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:5">
       <x:c r="A766" s="1">
-        <x:v>44851</x:v>
+        <x:v>44863</x:v>
       </x:c>
       <x:c r="B766" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E766" s="0">
-        <x:v>14.16</x:v>
+        <x:v>15.48</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:5">
       <x:c r="A767" s="1">
-        <x:v>44850</x:v>
+        <x:v>44862</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E767" s="0">
-        <x:v>14.16</x:v>
+        <x:v>15.26</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:5">
       <x:c r="A768" s="1">
-        <x:v>44849</x:v>
+        <x:v>44861</x:v>
       </x:c>
       <x:c r="B768" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E768" s="0">
-        <x:v>14.16</x:v>
+        <x:v>15.26</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:5">
       <x:c r="A769" s="1">
-        <x:v>44848</x:v>
+        <x:v>44860</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E769" s="0">
-        <x:v>15.06</x:v>
+        <x:v>15.26</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:5">
       <x:c r="A770" s="1">
-        <x:v>44847</x:v>
+        <x:v>44859</x:v>
       </x:c>
       <x:c r="B770" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E770" s="0">
-        <x:v>15.01</x:v>
+        <x:v>15.05</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:5">
       <x:c r="A771" s="1">
-        <x:v>44846</x:v>
+        <x:v>44858</x:v>
       </x:c>
       <x:c r="B771" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E771" s="0">
-        <x:v>15.01</x:v>
+        <x:v>14.51</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:5">
       <x:c r="A772" s="1">
-        <x:v>44845</x:v>
+        <x:v>44857</x:v>
       </x:c>
       <x:c r="B772" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E772" s="0">
-        <x:v>15.27</x:v>
+        <x:v>14.51</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:5">
       <x:c r="A773" s="1">
-        <x:v>44844</x:v>
+        <x:v>44856</x:v>
       </x:c>
       <x:c r="B773" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E773" s="0">
-        <x:v>16.15</x:v>
+        <x:v>14.51</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:5">
       <x:c r="A774" s="1">
-        <x:v>44841</x:v>
+        <x:v>44855</x:v>
       </x:c>
       <x:c r="B774" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E774" s="0">
-        <x:v>15.9</x:v>
+        <x:v>14.45</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:5">
       <x:c r="A775" s="1">
-        <x:v>44839</x:v>
+        <x:v>44854</x:v>
       </x:c>
       <x:c r="B775" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E775" s="0">
-        <x:v>15.92</x:v>
+        <x:v>14.45</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:5">
       <x:c r="A776" s="1">
-        <x:v>44838</x:v>
+        <x:v>44853</x:v>
       </x:c>
       <x:c r="B776" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E776" s="0">
-        <x:v>15.92</x:v>
+        <x:v>14.61</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:5">
       <x:c r="A777" s="1">
-        <x:v>44837</x:v>
+        <x:v>44852</x:v>
       </x:c>
       <x:c r="B777" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E777" s="0">
-        <x:v>15.5</x:v>
+        <x:v>14.61</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:5">
       <x:c r="A778" s="1">
-        <x:v>44833</x:v>
+        <x:v>44851</x:v>
       </x:c>
       <x:c r="B778" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E778" s="0">
-        <x:v>14.19</x:v>
+        <x:v>14.16</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:5">
       <x:c r="A779" s="1">
-        <x:v>44832</x:v>
+        <x:v>44850</x:v>
       </x:c>
       <x:c r="B779" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E779" s="0">
-        <x:v>14.19</x:v>
+        <x:v>14.16</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:5">
       <x:c r="A780" s="1">
-        <x:v>44831</x:v>
+        <x:v>44849</x:v>
       </x:c>
       <x:c r="B780" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E780" s="0">
-        <x:v>14.19</x:v>
+        <x:v>14.16</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:5">
       <x:c r="A781" s="1">
-        <x:v>44830</x:v>
+        <x:v>44848</x:v>
       </x:c>
       <x:c r="B781" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E781" s="0">
-        <x:v>14.48</x:v>
+        <x:v>15.06</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:5">
       <x:c r="A782" s="1">
-        <x:v>44827</x:v>
+        <x:v>44847</x:v>
       </x:c>
       <x:c r="B782" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E782" s="0">
-        <x:v>15.18</x:v>
+        <x:v>15.01</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:5">
       <x:c r="A783" s="1">
-        <x:v>44826</x:v>
+        <x:v>44846</x:v>
       </x:c>
       <x:c r="B783" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E783" s="0">
-        <x:v>15.05</x:v>
+        <x:v>15.01</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:5">
       <x:c r="A784" s="1">
-        <x:v>44825</x:v>
+        <x:v>44845</x:v>
       </x:c>
       <x:c r="B784" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E784" s="0">
-        <x:v>15.05</x:v>
+        <x:v>15.27</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:5">
       <x:c r="A785" s="1">
-        <x:v>44824</x:v>
+        <x:v>44844</x:v>
       </x:c>
       <x:c r="B785" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E785" s="0">
-        <x:v>15.3</x:v>
+        <x:v>16.15</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:5">
       <x:c r="A786" s="1">
-        <x:v>44823</x:v>
+        <x:v>44841</x:v>
       </x:c>
       <x:c r="B786" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E786" s="0">
-        <x:v>15.3</x:v>
+        <x:v>15.9</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:5">
       <x:c r="A787" s="1">
-        <x:v>44821</x:v>
+        <x:v>44839</x:v>
       </x:c>
       <x:c r="B787" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E787" s="0">
-        <x:v>15.3</x:v>
+        <x:v>15.92</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:5">
       <x:c r="A788" s="1">
-        <x:v>44820</x:v>
+        <x:v>44838</x:v>
       </x:c>
       <x:c r="B788" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E788" s="0">
-        <x:v>15.14</x:v>
+        <x:v>15.92</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:5">
       <x:c r="A789" s="1">
-        <x:v>44819</x:v>
+        <x:v>44837</x:v>
       </x:c>
       <x:c r="B789" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E789" s="0">
-        <x:v>15.55</x:v>
+        <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:5">
       <x:c r="A790" s="1">
-        <x:v>44818</x:v>
+        <x:v>44833</x:v>
       </x:c>
       <x:c r="B790" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E790" s="0">
-        <x:v>15.96</x:v>
+        <x:v>14.19</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:5">
       <x:c r="A791" s="1">
-        <x:v>44817</x:v>
+        <x:v>44832</x:v>
       </x:c>
       <x:c r="B791" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E791" s="0">
-        <x:v>15.61</x:v>
+        <x:v>14.19</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:5">
       <x:c r="A792" s="1">
-        <x:v>44816</x:v>
+        <x:v>44831</x:v>
       </x:c>
       <x:c r="B792" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E792" s="0">
-        <x:v>15.61</x:v>
+        <x:v>14.19</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:5">
       <x:c r="A793" s="1">
-        <x:v>44815</x:v>
+        <x:v>44830</x:v>
       </x:c>
       <x:c r="B793" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E793" s="0">
-        <x:v>15.61</x:v>
+        <x:v>14.48</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:5">
       <x:c r="A794" s="1">
-        <x:v>44814</x:v>
+        <x:v>44827</x:v>
       </x:c>
       <x:c r="B794" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E794" s="0">
-        <x:v>15.61</x:v>
+        <x:v>15.18</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:5">
       <x:c r="A795" s="1">
-        <x:v>44813</x:v>
+        <x:v>44826</x:v>
       </x:c>
       <x:c r="B795" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E795" s="0">
-        <x:v>15.36</x:v>
+        <x:v>15.05</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:5">
       <x:c r="A796" s="1">
-        <x:v>44812</x:v>
+        <x:v>44825</x:v>
       </x:c>
       <x:c r="B796" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E796" s="0">
-        <x:v>15.36</x:v>
+        <x:v>15.05</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:5">
       <x:c r="A797" s="1">
-        <x:v>44811</x:v>
+        <x:v>44824</x:v>
       </x:c>
       <x:c r="B797" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E797" s="0">
-        <x:v>14.9</x:v>
+        <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:5">
       <x:c r="A798" s="1">
-        <x:v>44810</x:v>
+        <x:v>44823</x:v>
       </x:c>
       <x:c r="B798" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E798" s="0">
-        <x:v>14.59</x:v>
+        <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:5">
       <x:c r="A799" s="1">
-        <x:v>44809</x:v>
+        <x:v>44821</x:v>
       </x:c>
       <x:c r="B799" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E799" s="0">
-        <x:v>14.59</x:v>
+        <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:5">
       <x:c r="A800" s="1">
-        <x:v>44807</x:v>
+        <x:v>44820</x:v>
       </x:c>
       <x:c r="B800" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E800" s="0">
-        <x:v>14.59</x:v>
+        <x:v>15.14</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:5">
       <x:c r="A801" s="1">
-        <x:v>44806</x:v>
+        <x:v>44819</x:v>
       </x:c>
       <x:c r="B801" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E801" s="0">
-        <x:v>14.59</x:v>
+        <x:v>15.55</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:5">
       <x:c r="A802" s="1">
-        <x:v>44805</x:v>
+        <x:v>44818</x:v>
       </x:c>
       <x:c r="B802" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E802" s="0">
-        <x:v>15.35</x:v>
+        <x:v>15.96</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:5">
       <x:c r="A803" s="1">
-        <x:v>44804</x:v>
+        <x:v>44817</x:v>
       </x:c>
       <x:c r="B803" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E803" s="0">
-        <x:v>15.35</x:v>
+        <x:v>15.61</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:5">
       <x:c r="A804" s="1">
-        <x:v>44803</x:v>
+        <x:v>44816</x:v>
       </x:c>
       <x:c r="B804" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E804" s="0">
-        <x:v>15.35</x:v>
+        <x:v>15.61</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:5">
       <x:c r="A805" s="1">
-        <x:v>44802</x:v>
+        <x:v>44815</x:v>
       </x:c>
       <x:c r="B805" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E805" s="0">
-        <x:v>16.37</x:v>
+        <x:v>15.61</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:5">
       <x:c r="A806" s="1">
-        <x:v>44801</x:v>
+        <x:v>44814</x:v>
       </x:c>
       <x:c r="B806" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E806" s="0">
-        <x:v>16.37</x:v>
+        <x:v>15.61</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:5">
       <x:c r="A807" s="1">
-        <x:v>44800</x:v>
+        <x:v>44813</x:v>
       </x:c>
       <x:c r="B807" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E807" s="0">
-        <x:v>16.37</x:v>
+        <x:v>15.36</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:5">
       <x:c r="A808" s="1">
-        <x:v>44799</x:v>
+        <x:v>44812</x:v>
       </x:c>
       <x:c r="B808" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E808" s="0">
-        <x:v>16.35</x:v>
+        <x:v>15.36</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:5">
       <x:c r="A809" s="1">
-        <x:v>44798</x:v>
+        <x:v>44811</x:v>
       </x:c>
       <x:c r="B809" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E809" s="0">
-        <x:v>16.21</x:v>
+        <x:v>14.9</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:5">
       <x:c r="A810" s="1">
-        <x:v>44797</x:v>
+        <x:v>44810</x:v>
       </x:c>
       <x:c r="B810" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E810" s="0">
-        <x:v>16.21</x:v>
+        <x:v>14.59</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:5">
       <x:c r="A811" s="1">
-        <x:v>44796</x:v>
+        <x:v>44809</x:v>
       </x:c>
       <x:c r="B811" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E811" s="0">
-        <x:v>16.17</x:v>
+        <x:v>14.59</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:5">
       <x:c r="A812" s="1">
-        <x:v>44795</x:v>
+        <x:v>44807</x:v>
       </x:c>
       <x:c r="B812" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E812" s="0">
-        <x:v>16.41</x:v>
+        <x:v>14.59</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:5">
       <x:c r="A813" s="1">
-        <x:v>44794</x:v>
+        <x:v>44806</x:v>
       </x:c>
       <x:c r="B813" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E813" s="0">
-        <x:v>16.41</x:v>
+        <x:v>14.59</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:5">
       <x:c r="A814" s="1">
-        <x:v>44792</x:v>
+        <x:v>44805</x:v>
       </x:c>
       <x:c r="B814" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E814" s="0">
-        <x:v>16.45</x:v>
+        <x:v>15.35</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:5">
       <x:c r="A815" s="1">
-        <x:v>44791</x:v>
+        <x:v>44804</x:v>
       </x:c>
       <x:c r="B815" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E815" s="0">
-        <x:v>16.85</x:v>
+        <x:v>15.35</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:5">
       <x:c r="A816" s="1">
-        <x:v>44790</x:v>
+        <x:v>44803</x:v>
       </x:c>
       <x:c r="B816" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E816" s="0">
-        <x:v>16.74</x:v>
+        <x:v>15.35</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:5">
       <x:c r="A817" s="1">
-        <x:v>44789</x:v>
+        <x:v>44802</x:v>
       </x:c>
       <x:c r="B817" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E817" s="0">
-        <x:v>16.74</x:v>
+        <x:v>16.37</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:5">
       <x:c r="A818" s="1">
-        <x:v>44788</x:v>
+        <x:v>44801</x:v>
       </x:c>
       <x:c r="B818" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E818" s="0">
-        <x:v>16.4</x:v>
+        <x:v>16.37</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:5">
       <x:c r="A819" s="1">
-        <x:v>44787</x:v>
+        <x:v>44800</x:v>
       </x:c>
       <x:c r="B819" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E819" s="0">
-        <x:v>16.4</x:v>
+        <x:v>16.37</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:5">
       <x:c r="A820" s="1">
-        <x:v>44786</x:v>
+        <x:v>44799</x:v>
       </x:c>
       <x:c r="B820" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E820" s="0">
-        <x:v>16.4</x:v>
+        <x:v>16.35</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:5">
       <x:c r="A821" s="1">
-        <x:v>44785</x:v>
+        <x:v>44798</x:v>
       </x:c>
       <x:c r="B821" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E821" s="0">
-        <x:v>16.53</x:v>
+        <x:v>16.21</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:5">
       <x:c r="A822" s="1">
-        <x:v>44784</x:v>
+        <x:v>44797</x:v>
       </x:c>
       <x:c r="B822" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E822" s="0">
-        <x:v>16.53</x:v>
+        <x:v>16.21</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:5">
       <x:c r="A823" s="1">
-        <x:v>44783</x:v>
+        <x:v>44796</x:v>
       </x:c>
       <x:c r="B823" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E823" s="0">
-        <x:v>16.2</x:v>
+        <x:v>16.17</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:5">
       <x:c r="A824" s="1">
+        <x:v>44795</x:v>
+      </x:c>
+      <x:c r="B824" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E824" s="0">
+        <x:v>16.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="825" spans="1:5">
+      <x:c r="A825" s="1">
+        <x:v>44794</x:v>
+      </x:c>
+      <x:c r="B825" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E825" s="0">
+        <x:v>16.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="826" spans="1:5">
+      <x:c r="A826" s="1">
+        <x:v>44792</x:v>
+      </x:c>
+      <x:c r="B826" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E826" s="0">
+        <x:v>16.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="827" spans="1:5">
+      <x:c r="A827" s="1">
+        <x:v>44791</x:v>
+      </x:c>
+      <x:c r="B827" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E827" s="0">
+        <x:v>16.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="828" spans="1:5">
+      <x:c r="A828" s="1">
+        <x:v>44790</x:v>
+      </x:c>
+      <x:c r="B828" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E828" s="0">
+        <x:v>16.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="829" spans="1:5">
+      <x:c r="A829" s="1">
+        <x:v>44789</x:v>
+      </x:c>
+      <x:c r="B829" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E829" s="0">
+        <x:v>16.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="830" spans="1:5">
+      <x:c r="A830" s="1">
+        <x:v>44788</x:v>
+      </x:c>
+      <x:c r="B830" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E830" s="0">
+        <x:v>16.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="831" spans="1:5">
+      <x:c r="A831" s="1">
+        <x:v>44787</x:v>
+      </x:c>
+      <x:c r="B831" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E831" s="0">
+        <x:v>16.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="832" spans="1:5">
+      <x:c r="A832" s="1">
+        <x:v>44786</x:v>
+      </x:c>
+      <x:c r="B832" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E832" s="0">
+        <x:v>16.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="833" spans="1:5">
+      <x:c r="A833" s="1">
+        <x:v>44785</x:v>
+      </x:c>
+      <x:c r="B833" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E833" s="0">
+        <x:v>16.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="834" spans="1:5">
+      <x:c r="A834" s="1">
+        <x:v>44784</x:v>
+      </x:c>
+      <x:c r="B834" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E834" s="0">
+        <x:v>16.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="835" spans="1:5">
+      <x:c r="A835" s="1">
+        <x:v>44783</x:v>
+      </x:c>
+      <x:c r="B835" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E835" s="0">
+        <x:v>16.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="836" spans="1:5">
+      <x:c r="A836" s="1">
         <x:v>44782</x:v>
       </x:c>
-      <x:c r="B824" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="E824" s="0">
+      <x:c r="B836" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E836" s="0">
         <x:v>15.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>