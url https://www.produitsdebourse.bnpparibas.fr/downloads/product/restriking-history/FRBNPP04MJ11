--- v3 (2026-01-16)
+++ v4 (2026-02-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64e65c1b2d81483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6759c0a22a6f445dbd55c3861d65ee53.psmdcp" Id="Ra319b6efe3fe425e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R241c901dfbee4b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26b4d6ce4aa64ad18a7bb5d9aadeb370.psmdcp" Id="R47be15adff1742c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP04MJ11</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,13808 +390,14114 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E836"/>
+  <x:dimension ref="A1:E854"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46037.9281134259</x:v>
+        <x:v>46066.9254861111</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>64.532</x:v>
+        <x:v>62.283</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>49.64</x:v>
+        <x:v>47.91</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46036.927349537</x:v>
+        <x:v>46065.9253587963</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>64.935</x:v>
+        <x:v>58.994</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>49.95</x:v>
+        <x:v>45.38</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46035.9279976852</x:v>
+        <x:v>46064.9256365741</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>64.623</x:v>
+        <x:v>61.932</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>49.71</x:v>
+        <x:v>47.64</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46034.927974537</x:v>
+        <x:v>46063.9255208333</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>63.739</x:v>
+        <x:v>61.035</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>49.03</x:v>
+        <x:v>46.95</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46031.9291087963</x:v>
+        <x:v>46062.9247569444</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>62.153</x:v>
+        <x:v>60.619</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>47.81</x:v>
+        <x:v>46.63</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46030.9271064815</x:v>
+        <x:v>46058.9255324074</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>61.672</x:v>
+        <x:v>57.161</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>47.44</x:v>
+        <x:v>43.97</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46029.9279398148</x:v>
+        <x:v>46057.9258564815</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>61.451</x:v>
+        <x:v>61.568</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>47.27</x:v>
+        <x:v>47.36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46028.9271643519</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>62.062</x:v>
+        <x:v>61.789</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>47.74</x:v>
+        <x:v>47.53</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46027.9295949074</x:v>
+        <x:v>46055.9254398148</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>59.462</x:v>
+        <x:v>60.359</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>45.74</x:v>
+        <x:v>46.43</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46024.9272453704</x:v>
+        <x:v>46051.9256481481</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>57.304</x:v>
+        <x:v>67.665</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>44.08</x:v>
+        <x:v>52.05</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46021.927025463</x:v>
+        <x:v>46050.9251736111</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>57.512</x:v>
+        <x:v>68.874</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>44.24</x:v>
+        <x:v>52.98</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46020.9274074074</x:v>
+        <x:v>46049.9250231481</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>57.226</x:v>
+        <x:v>67.821</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>44.02</x:v>
+        <x:v>52.17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46014.9278125</x:v>
+        <x:v>46048.9247916667</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>59.319</x:v>
+        <x:v>66.677</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>45.63</x:v>
+        <x:v>51.29</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46045.9251736111</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>59.267</x:v>
+        <x:v>66.404</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>45.59</x:v>
+        <x:v>51.08</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46044.9246180556</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>58.149</x:v>
+        <x:v>64.012</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>44.73</x:v>
+        <x:v>49.24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46009.930775463</x:v>
+        <x:v>46043.925474537</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>57.031</x:v>
+        <x:v>63.791</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>43.87</x:v>
+        <x:v>49.07</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46008.927662037</x:v>
+        <x:v>46042.9279050926</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>56.641</x:v>
+        <x:v>65.013</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>43.57</x:v>
+        <x:v>50.01</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46007.9278356481</x:v>
+        <x:v>46038.9244097222</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>55.809</x:v>
+        <x:v>63.349</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>42.93</x:v>
+        <x:v>48.73</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46006.9271412037</x:v>
+        <x:v>46037.9281134259</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>56.342</x:v>
+        <x:v>64.532</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>43.34</x:v>
+        <x:v>49.64</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46003.9269791667</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>56.017</x:v>
+        <x:v>64.935</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>43.09</x:v>
+        <x:v>49.95</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46002.9321064815</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>56.095</x:v>
+        <x:v>64.623</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>43.15</x:v>
+        <x:v>49.71</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46001.9271180556</x:v>
+        <x:v>46034.927974537</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>54.288</x:v>
+        <x:v>63.739</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>41.76</x:v>
+        <x:v>49.03</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46000.9276273148</x:v>
+        <x:v>46031.9291087963</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>53.183</x:v>
+        <x:v>62.153</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>40.91</x:v>
+        <x:v>47.81</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45996.930787037</x:v>
+        <x:v>46030.9271064815</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>53.352</x:v>
+        <x:v>61.672</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>41.04</x:v>
+        <x:v>47.44</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45995.9303935185</x:v>
+        <x:v>46029.9279398148</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>53.183</x:v>
+        <x:v>61.451</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>40.91</x:v>
+        <x:v>47.27</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45994.9277430556</x:v>
+        <x:v>46028.9271643519</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>52.65</x:v>
+        <x:v>62.062</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>40.5</x:v>
+        <x:v>47.74</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45993.9304050926</x:v>
+        <x:v>46027.9295949074</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>53.339</x:v>
+        <x:v>59.462</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>41.03</x:v>
+        <x:v>45.74</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45992.9296759259</x:v>
+        <x:v>46024.9272453704</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>55.029</x:v>
+        <x:v>57.304</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>42.33</x:v>
+        <x:v>44.08</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45989.8197453704</x:v>
+        <x:v>46021.927025463</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>53.567</x:v>
+        <x:v>57.512</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>41.34</x:v>
+        <x:v>44.24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45989.3082638889</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>53.099</x:v>
+        <x:v>57.226</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>40.98</x:v>
+        <x:v>44.02</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45987.9266435185</x:v>
+        <x:v>46014.9278125</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>53.274</x:v>
+        <x:v>59.319</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>40.98</x:v>
+        <x:v>45.63</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45986.9249305556</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>50.856</x:v>
+        <x:v>59.267</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>39.12</x:v>
+        <x:v>45.59</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45982.9249768518</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>47.515</x:v>
+        <x:v>58.149</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>36.55</x:v>
+        <x:v>44.73</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45981.9258796296</x:v>
+        <x:v>46009.930775463</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>46.8</x:v>
+        <x:v>57.031</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>36</x:v>
+        <x:v>43.87</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45980.9264583333</x:v>
+        <x:v>46008.927662037</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>49.049</x:v>
+        <x:v>56.641</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>37.73</x:v>
+        <x:v>43.57</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45979.9258564815</x:v>
+        <x:v>46007.9278356481</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>49.062</x:v>
+        <x:v>55.809</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>37.74</x:v>
+        <x:v>42.93</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45978.9281828704</x:v>
+        <x:v>46006.9271412037</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>48.048</x:v>
+        <x:v>56.342</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>36.96</x:v>
+        <x:v>43.34</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45975.925775463</x:v>
+        <x:v>46003.9269791667</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>48.139</x:v>
+        <x:v>56.017</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>37.03</x:v>
+        <x:v>43.09</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45974.9248958333</x:v>
+        <x:v>46002.9321064815</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>47.346</x:v>
+        <x:v>56.095</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>36.42</x:v>
+        <x:v>43.15</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45973.9253009259</x:v>
+        <x:v>46001.9271180556</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>48.529</x:v>
+        <x:v>54.288</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>37.33</x:v>
+        <x:v>41.76</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45972.9253703704</x:v>
+        <x:v>46000.9276273148</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>46.553</x:v>
+        <x:v>53.183</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>35.81</x:v>
+        <x:v>40.91</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45971.9254050926</x:v>
+        <x:v>45996.930787037</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>45.292</x:v>
+        <x:v>53.352</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>34.84</x:v>
+        <x:v>41.04</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45968.9254976852</x:v>
+        <x:v>45995.9303935185</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>43.017</x:v>
+        <x:v>53.183</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>33.09</x:v>
+        <x:v>40.91</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45967.9277662037</x:v>
+        <x:v>45994.9277430556</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>42.315</x:v>
+        <x:v>52.65</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>32.55</x:v>
+        <x:v>40.5</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45966.9253240741</x:v>
+        <x:v>45993.9304050926</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>42.627</x:v>
+        <x:v>53.339</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>32.79</x:v>
+        <x:v>41.03</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45965.9237731481</x:v>
+        <x:v>45992.9296759259</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>41.171</x:v>
+        <x:v>55.029</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>31.67</x:v>
+        <x:v>42.33</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45964.9228587963</x:v>
+        <x:v>45989.8197453704</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>42.978</x:v>
+        <x:v>53.567</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>33.06</x:v>
+        <x:v>41.34</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45961.8819907407</x:v>
+        <x:v>45989.3082638889</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>42.64</x:v>
+        <x:v>53.099</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>32.8</x:v>
+        <x:v>40.98</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45960.8841435185</x:v>
+        <x:v>45987.9266435185</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>43.01</x:v>
+        <x:v>53.274</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>33.085</x:v>
+        <x:v>40.98</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45959.8897800926</x:v>
+        <x:v>45986.9249305556</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>41.665</x:v>
+        <x:v>50.856</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>32.05</x:v>
+        <x:v>39.12</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45958.8875</x:v>
+        <x:v>45982.9249768518</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>41.418</x:v>
+        <x:v>47.515</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>31.86</x:v>
+        <x:v>36.55</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45957.8876157407</x:v>
+        <x:v>45981.9258796296</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>41.392</x:v>
+        <x:v>46.8</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>31.84</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45954.9259143519</x:v>
+        <x:v>45980.9264583333</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>42.224</x:v>
+        <x:v>49.049</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>32.48</x:v>
+        <x:v>37.73</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45953.9278935185</x:v>
+        <x:v>45979.9258564815</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>41.535</x:v>
+        <x:v>49.062</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>31.95</x:v>
+        <x:v>37.74</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45952.9304398148</x:v>
+        <x:v>45978.9281828704</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>40.989</x:v>
+        <x:v>48.048</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>31.53</x:v>
+        <x:v>36.96</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45951.9269212963</x:v>
+        <x:v>45975.925775463</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>40.956</x:v>
+        <x:v>48.139</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>31.505</x:v>
+        <x:v>37.03</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45950.9289583333</x:v>
+        <x:v>45974.9248958333</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>45.149</x:v>
+        <x:v>47.346</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>34.73</x:v>
+        <x:v>36.42</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45947.9300694444</x:v>
+        <x:v>45973.9253009259</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>43.329</x:v>
+        <x:v>48.529</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>33.33</x:v>
+        <x:v>37.33</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45946.9261921296</x:v>
+        <x:v>45972.9253703704</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>46.345</x:v>
+        <x:v>46.553</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>35.65</x:v>
+        <x:v>35.81</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45945.9257060185</x:v>
+        <x:v>45971.9254050926</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>45.084</x:v>
+        <x:v>45.292</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>34.68</x:v>
+        <x:v>34.84</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45944.9308449074</x:v>
+        <x:v>45968.9254976852</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>43.29</x:v>
+        <x:v>43.017</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>33.3</x:v>
+        <x:v>33.09</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45943.926712963</x:v>
+        <x:v>45967.9277662037</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>43.446</x:v>
+        <x:v>42.315</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>33.42</x:v>
+        <x:v>32.55</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45940.9234837963</x:v>
+        <x:v>45966.9253240741</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>42.562</x:v>
+        <x:v>42.627</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>32.74</x:v>
+        <x:v>32.79</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45938.9270601852</x:v>
+        <x:v>45965.9237731481</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>44.07</x:v>
+        <x:v>41.171</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>33.9</x:v>
+        <x:v>31.67</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45937.9282175926</x:v>
+        <x:v>45964.9228587963</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>43.186</x:v>
+        <x:v>42.978</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>33.22</x:v>
+        <x:v>33.06</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45961.8819907407</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>44.239</x:v>
+        <x:v>42.64</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>34.03</x:v>
+        <x:v>32.8</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45933.9288888889</x:v>
+        <x:v>45960.8841435185</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>44.135</x:v>
+        <x:v>43.01</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>33.95</x:v>
+        <x:v>33.085</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45932.9250347222</x:v>
+        <x:v>45959.8897800926</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>44.096</x:v>
+        <x:v>41.665</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>33.92</x:v>
+        <x:v>32.05</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45931.9293634259</x:v>
+        <x:v>45958.8875</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>43.823</x:v>
+        <x:v>41.418</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>33.71</x:v>
+        <x:v>31.86</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45930.9338773148</x:v>
+        <x:v>45957.8876157407</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>42.601</x:v>
+        <x:v>41.392</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>32.77</x:v>
+        <x:v>31.84</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45929.9323842593</x:v>
+        <x:v>45954.9259143519</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>43.082</x:v>
+        <x:v>42.224</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>33.14</x:v>
+        <x:v>32.48</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45926.9299537037</x:v>
+        <x:v>45953.9278935185</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>44.824</x:v>
+        <x:v>41.535</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>34.48</x:v>
+        <x:v>31.95</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45925.9293865741</x:v>
+        <x:v>45952.9304398148</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>44.538</x:v>
+        <x:v>40.989</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>34.26</x:v>
+        <x:v>31.53</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45924.9296990741</x:v>
+        <x:v>45951.9269212963</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>43.641</x:v>
+        <x:v>40.956</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>33.57</x:v>
+        <x:v>31.505</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45923.925162037</x:v>
+        <x:v>45950.9289583333</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
         <x:v>0.05</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>44.902</x:v>
+        <x:v>45.149</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>34.54</x:v>
+        <x:v>34.73</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45922.9267013889</x:v>
+        <x:v>45947.9300694444</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>45.968</x:v>
+        <x:v>43.329</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>35.36</x:v>
+        <x:v>33.33</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45919.934224537</x:v>
+        <x:v>45946.9261921296</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>42.887</x:v>
+        <x:v>46.345</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>32.99</x:v>
+        <x:v>35.65</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45918.9265277778</x:v>
+        <x:v>45945.9257060185</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>39.091</x:v>
+        <x:v>45.084</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>30.07</x:v>
+        <x:v>34.68</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45917.9271180556</x:v>
+        <x:v>45944.9308449074</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>38.324</x:v>
+        <x:v>43.29</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>29.48</x:v>
+        <x:v>33.3</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45943.926712963</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>37.492</x:v>
+        <x:v>43.446</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>28.84</x:v>
+        <x:v>33.42</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45915.9270601852</x:v>
+        <x:v>45940.9234837963</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>37.739</x:v>
+        <x:v>42.562</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>29.03</x:v>
+        <x:v>32.74</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45912.9234837963</x:v>
+        <x:v>45938.9270601852</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>37.739</x:v>
+        <x:v>44.07</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>29.03</x:v>
+        <x:v>33.9</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45911.9251388889</x:v>
+        <x:v>45937.9282175926</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>38.22</x:v>
+        <x:v>43.186</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>29.4</x:v>
+        <x:v>33.22</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45910.9240625</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>38.324</x:v>
+        <x:v>44.239</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>29.48</x:v>
+        <x:v>34.03</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45909.924537037</x:v>
+        <x:v>45933.9288888889</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>37.908</x:v>
+        <x:v>44.135</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>29.16</x:v>
+        <x:v>33.95</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45908.9240277778</x:v>
+        <x:v>45932.9250347222</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>37.687</x:v>
+        <x:v>44.096</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>28.99</x:v>
+        <x:v>33.92</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45905.9285648148</x:v>
+        <x:v>45931.9293634259</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>36.933</x:v>
+        <x:v>43.823</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>28.41</x:v>
+        <x:v>33.71</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45904.9245601852</x:v>
+        <x:v>45930.9338773148</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>35.399</x:v>
+        <x:v>42.601</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>27.23</x:v>
+        <x:v>32.77</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45903.9235763889</x:v>
+        <x:v>45929.9323842593</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>35.256</x:v>
+        <x:v>43.082</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>27.12</x:v>
+        <x:v>33.14</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45902.9238541667</x:v>
+        <x:v>45926.9299537037</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>35.009</x:v>
+        <x:v>44.824</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>26.93</x:v>
+        <x:v>34.48</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45898.9303935185</x:v>
+        <x:v>45925.9293865741</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>34.469</x:v>
+        <x:v>44.538</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>26.63</x:v>
+        <x:v>34.26</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45898.3268518519</x:v>
+        <x:v>45924.9296990741</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>34.014</x:v>
+        <x:v>43.641</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>26.28</x:v>
+        <x:v>33.57</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45923.925162037</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>34.164</x:v>
+        <x:v>44.902</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>26.28</x:v>
+        <x:v>34.54</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45896.924837963</x:v>
+        <x:v>45922.9267013889</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>34.359</x:v>
+        <x:v>45.968</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>26.43</x:v>
+        <x:v>35.36</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45919.934224537</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>34.801</x:v>
+        <x:v>42.887</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>26.77</x:v>
+        <x:v>32.99</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45894.9239351852</x:v>
+        <x:v>45918.9265277778</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>34.164</x:v>
+        <x:v>39.091</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>26.28</x:v>
+        <x:v>30.07</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45891.9252083333</x:v>
+        <x:v>45917.9271180556</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>34.06</x:v>
+        <x:v>38.324</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>26.2</x:v>
+        <x:v>29.48</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45890.9257060185</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>33.189</x:v>
+        <x:v>37.492</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>25.53</x:v>
+        <x:v>28.84</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45889.9243287037</x:v>
+        <x:v>45915.9270601852</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>32.292</x:v>
+        <x:v>37.739</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>24.84</x:v>
+        <x:v>29.03</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45888.9238194444</x:v>
+        <x:v>45912.9234837963</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>31.161</x:v>
+        <x:v>37.739</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>23.97</x:v>
+        <x:v>29.03</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45887.9246180556</x:v>
+        <x:v>45911.9251388889</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>31.538</x:v>
+        <x:v>38.22</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>24.26</x:v>
+        <x:v>29.4</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45884.9247800926</x:v>
+        <x:v>45910.9240625</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>31.33</x:v>
+        <x:v>38.324</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>24.1</x:v>
+        <x:v>29.48</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45883.9240393518</x:v>
+        <x:v>45909.924537037</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>30.706</x:v>
+        <x:v>37.908</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>23.62</x:v>
+        <x:v>29.16</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45908.9240277778</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>31.018</x:v>
+        <x:v>37.687</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>23.86</x:v>
+        <x:v>28.99</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45881.9233912037</x:v>
+        <x:v>45905.9285648148</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>30.55</x:v>
+        <x:v>36.933</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>23.5</x:v>
+        <x:v>28.41</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45880.9236111111</x:v>
+        <x:v>45904.9245601852</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>29.692</x:v>
+        <x:v>35.399</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>22.84</x:v>
+        <x:v>27.23</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45877.9331828704</x:v>
+        <x:v>45903.9235763889</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>30.459</x:v>
+        <x:v>35.256</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>23.43</x:v>
+        <x:v>27.12</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45876.9384953704</x:v>
+        <x:v>45902.9238541667</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>29.991</x:v>
+        <x:v>35.009</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>23.07</x:v>
+        <x:v>26.93</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45875.9344097222</x:v>
+        <x:v>45898.9303935185</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>29.549</x:v>
+        <x:v>34.469</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>22.73</x:v>
+        <x:v>26.63</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45898.3268518519</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>29.302</x:v>
+        <x:v>34.014</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>22.54</x:v>
+        <x:v>26.28</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45873.931400463</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>28.834</x:v>
+        <x:v>34.164</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>22.18</x:v>
+        <x:v>26.28</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45870.9273842593</x:v>
+        <x:v>45896.924837963</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>27.781</x:v>
+        <x:v>34.359</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>21.37</x:v>
+        <x:v>26.43</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45869.9244560185</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>27.456</x:v>
+        <x:v>34.801</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>21.12</x:v>
+        <x:v>26.77</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45868.9255439815</x:v>
+        <x:v>45894.9239351852</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>27.43</x:v>
+        <x:v>34.164</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>21.1</x:v>
+        <x:v>26.28</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45867.9289467593</x:v>
+        <x:v>45891.9252083333</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>27.95</x:v>
+        <x:v>34.06</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>21.5</x:v>
+        <x:v>26.2</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45866.9278009259</x:v>
+        <x:v>45890.9257060185</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>27.833</x:v>
+        <x:v>33.189</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>21.41</x:v>
+        <x:v>25.53</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45863.9269212963</x:v>
+        <x:v>45889.9243287037</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>28.262</x:v>
+        <x:v>32.292</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>21.74</x:v>
+        <x:v>24.84</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45862.9246180556</x:v>
+        <x:v>45888.9238194444</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>28.002</x:v>
+        <x:v>31.161</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>21.54</x:v>
+        <x:v>23.97</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45861.926412037</x:v>
+        <x:v>45887.9246180556</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>28.119</x:v>
+        <x:v>31.538</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>21.63</x:v>
+        <x:v>24.26</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45860.9261226852</x:v>
+        <x:v>45884.9247800926</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>28.262</x:v>
+        <x:v>31.33</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>21.74</x:v>
+        <x:v>24.1</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45859.9272800926</x:v>
+        <x:v>45883.9240393518</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>27.703</x:v>
+        <x:v>30.706</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>21.31</x:v>
+        <x:v>23.62</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45856.9492013889</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>26.949</x:v>
+        <x:v>31.018</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>20.73</x:v>
+        <x:v>23.86</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45855.9327893518</x:v>
+        <x:v>45881.9233912037</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>27.053</x:v>
+        <x:v>30.55</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>20.81</x:v>
+        <x:v>23.5</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45854.9360185185</x:v>
+        <x:v>45880.9236111111</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>27.586</x:v>
+        <x:v>29.692</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>21.22</x:v>
+        <x:v>22.84</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45853.9275925926</x:v>
+        <x:v>45877.9331828704</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>27.339</x:v>
+        <x:v>30.459</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>21.03</x:v>
+        <x:v>23.43</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45852.9328819444</x:v>
+        <x:v>45876.9384953704</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>27.612</x:v>
+        <x:v>29.991</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>21.24</x:v>
+        <x:v>23.07</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45849.9250347222</x:v>
+        <x:v>45875.9344097222</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>27.586</x:v>
+        <x:v>29.549</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>21.22</x:v>
+        <x:v>22.73</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45848.9261805556</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>27.391</x:v>
+        <x:v>29.302</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>21.07</x:v>
+        <x:v>22.54</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45847.925787037</x:v>
+        <x:v>45873.931400463</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>27.17</x:v>
+        <x:v>28.834</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>20.9</x:v>
+        <x:v>22.18</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45846.924849537</x:v>
+        <x:v>45870.9273842593</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>26.949</x:v>
+        <x:v>27.781</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>20.73</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45845.9274884259</x:v>
+        <x:v>45869.9244560185</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>28.08</x:v>
+        <x:v>27.456</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>21.6</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45841.8023611111</x:v>
+        <x:v>45868.9255439815</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>27.898</x:v>
+        <x:v>27.43</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>21.46</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45840.9304282407</x:v>
+        <x:v>45867.9289467593</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>27.586</x:v>
+        <x:v>27.95</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>21.22</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45839.9249768518</x:v>
+        <x:v>45866.9278009259</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>27.105</x:v>
+        <x:v>27.833</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>20.85</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45863.9269212963</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>27.066</x:v>
+        <x:v>28.262</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>20.82</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45835.9281828704</x:v>
+        <x:v>45862.9246180556</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>26.598</x:v>
+        <x:v>28.002</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>20.46</x:v>
+        <x:v>21.54</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45834.9274074074</x:v>
+        <x:v>45861.926412037</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>27.56</x:v>
+        <x:v>28.119</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>21.2</x:v>
+        <x:v>21.63</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45833.9267824074</x:v>
+        <x:v>45860.9261226852</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>27.131</x:v>
+        <x:v>28.262</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>20.87</x:v>
+        <x:v>21.74</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45832.9265740741</x:v>
+        <x:v>45859.9272800926</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>26.878</x:v>
+        <x:v>27.703</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>20.675</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45831.9246643518</x:v>
+        <x:v>45856.9492013889</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>27.534</x:v>
+        <x:v>26.949</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>21.18</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45828.9428935185</x:v>
+        <x:v>45855.9327893518</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>27.222</x:v>
+        <x:v>27.053</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>20.94</x:v>
+        <x:v>20.81</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45826.9303587963</x:v>
+        <x:v>45854.9360185185</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>27.469</x:v>
+        <x:v>27.586</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>21.13</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45825.9254050926</x:v>
+        <x:v>45853.9275925926</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>27.755</x:v>
+        <x:v>27.339</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>21.35</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45824.9235416667</x:v>
+        <x:v>45852.9328819444</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
         <x:v>0.28</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>27.833</x:v>
+        <x:v>27.612</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>21.41</x:v>
+        <x:v>21.24</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45821.9252546296</x:v>
+        <x:v>45849.9250347222</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>28.067</x:v>
+        <x:v>27.586</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>21.59</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45820.9288657407</x:v>
+        <x:v>45848.9261805556</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>27.209</x:v>
+        <x:v>27.391</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>20.93</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45819.923587963</x:v>
+        <x:v>45847.925787037</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>26.312</x:v>
+        <x:v>27.17</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>20.24</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45818.9234490741</x:v>
+        <x:v>45846.924849537</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>26.052</x:v>
+        <x:v>26.949</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>20.04</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45817.9249189815</x:v>
+        <x:v>45845.9274884259</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>26.403</x:v>
+        <x:v>28.08</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>20.31</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45814.9278935185</x:v>
+        <x:v>45841.8023611111</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>25.766</x:v>
+        <x:v>27.898</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>19.82</x:v>
+        <x:v>21.46</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45813.93125</x:v>
+        <x:v>45840.9304282407</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>26.039</x:v>
+        <x:v>27.586</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>20.03</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45812.9289583333</x:v>
+        <x:v>45839.9249768518</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>26.182</x:v>
+        <x:v>27.105</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>20.14</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45811.9361805556</x:v>
+        <x:v>45838.9258564815</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>26.117</x:v>
+        <x:v>27.066</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>20.09</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45810.9414583333</x:v>
+        <x:v>45835.9281828704</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>26.416</x:v>
+        <x:v>26.598</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>20.32</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45800.9242476852</x:v>
+        <x:v>45834.9274074074</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>24.791</x:v>
+        <x:v>27.56</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>19.07</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45799.9262847222</x:v>
+        <x:v>45833.9267824074</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>24.271</x:v>
+        <x:v>27.131</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>18.67</x:v>
+        <x:v>20.87</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45798.9249421296</x:v>
+        <x:v>45832.9265740741</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>24.466</x:v>
+        <x:v>26.878</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>18.82</x:v>
+        <x:v>20.675</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45797.9233796296</x:v>
+        <x:v>45831.9246643518</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>24.271</x:v>
+        <x:v>27.534</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>18.67</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45796.9244560185</x:v>
+        <x:v>45828.9428935185</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>23.66</x:v>
+        <x:v>27.222</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>18.2</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45793.9259490741</x:v>
+        <x:v>45826.9303587963</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>23.179</x:v>
+        <x:v>27.469</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>17.83</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45792.9360069444</x:v>
+        <x:v>45825.9254050926</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>23.335</x:v>
+        <x:v>27.755</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>17.95</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45791.9275231482</x:v>
+        <x:v>45824.9235416667</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>22.919</x:v>
+        <x:v>27.833</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>17.63</x:v>
+        <x:v>21.41</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45790.9286689815</x:v>
+        <x:v>45821.9252546296</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>23.608</x:v>
+        <x:v>28.067</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>18.16</x:v>
+        <x:v>21.59</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45789.9278240741</x:v>
+        <x:v>45820.9288657407</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>23.699</x:v>
+        <x:v>27.209</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>18.23</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45786.9253819444</x:v>
+        <x:v>45819.923587963</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>25.298</x:v>
+        <x:v>26.312</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>19.46</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45785.9240046296</x:v>
+        <x:v>45818.9234490741</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>24.518</x:v>
+        <x:v>26.052</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>18.86</x:v>
+        <x:v>20.04</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45784.9235300926</x:v>
+        <x:v>45817.9249189815</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>25.22</x:v>
+        <x:v>26.403</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>19.4</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45783.9247916667</x:v>
+        <x:v>45814.9278935185</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>24.999</x:v>
+        <x:v>25.766</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>19.23</x:v>
+        <x:v>19.82</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45782.9244560185</x:v>
+        <x:v>45813.93125</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>24.232</x:v>
+        <x:v>26.039</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>18.64</x:v>
+        <x:v>20.03</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45779.9288773148</x:v>
+        <x:v>45812.9289583333</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>23.933</x:v>
+        <x:v>26.182</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>18.41</x:v>
+        <x:v>20.14</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45777.9324305556</x:v>
+        <x:v>45811.9361805556</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>24.752</x:v>
+        <x:v>26.117</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>19.04</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45776.9248611111</x:v>
+        <x:v>45810.9414583333</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>24.57</x:v>
+        <x:v>26.416</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>18.9</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45775.9312962963</x:v>
+        <x:v>45800.9242476852</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>25.09</x:v>
+        <x:v>24.791</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>19.3</x:v>
+        <x:v>19.07</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45772.9278819444</x:v>
+        <x:v>45799.9262847222</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>24.765</x:v>
+        <x:v>24.271</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>19.05</x:v>
+        <x:v>18.67</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45771.9286458333</x:v>
+        <x:v>45798.9249421296</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>25.233</x:v>
+        <x:v>24.466</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>19.41</x:v>
+        <x:v>18.82</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45770.9298148148</x:v>
+        <x:v>45797.9233796296</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
         <x:v>0.45</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>24.778</x:v>
+        <x:v>24.271</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>19.06</x:v>
+        <x:v>18.67</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45769.9290972222</x:v>
+        <x:v>45796.9244560185</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>25.961</x:v>
+        <x:v>23.66</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>19.97</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45764.9308333333</x:v>
+        <x:v>45793.9259490741</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>26.221</x:v>
+        <x:v>23.179</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>20.17</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45763.9303472222</x:v>
+        <x:v>45792.9360069444</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>26.845</x:v>
+        <x:v>23.335</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>20.65</x:v>
+        <x:v>17.95</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45762.9291087963</x:v>
+        <x:v>45791.9275231482</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>26.416</x:v>
+        <x:v>22.919</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>20.32</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45761.9296412037</x:v>
+        <x:v>45790.9286689815</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>26.533</x:v>
+        <x:v>23.608</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>20.41</x:v>
+        <x:v>18.16</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45758.925474537</x:v>
+        <x:v>45789.9278240741</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>26.767</x:v>
+        <x:v>23.699</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>20.59</x:v>
+        <x:v>18.23</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45757.9250347222</x:v>
+        <x:v>45786.9253819444</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>25.012</x:v>
+        <x:v>25.298</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>19.24</x:v>
+        <x:v>19.46</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45756.9251041667</x:v>
+        <x:v>45785.9240046296</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>24.44</x:v>
+        <x:v>24.518</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>18.8</x:v>
+        <x:v>18.86</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45755.9267476852</x:v>
+        <x:v>45784.9235300926</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>22.776</x:v>
+        <x:v>25.22</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>17.52</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45754.9257060185</x:v>
+        <x:v>45783.9247916667</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>22.932</x:v>
+        <x:v>24.999</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>17.64</x:v>
+        <x:v>19.23</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45751.9453240741</x:v>
+        <x:v>45782.9244560185</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>22.971</x:v>
+        <x:v>24.232</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>17.67</x:v>
+        <x:v>18.64</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45750.9256481481</x:v>
+        <x:v>45779.9288773148</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>25.194</x:v>
+        <x:v>23.933</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>19.38</x:v>
+        <x:v>18.41</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45748.9242476852</x:v>
+        <x:v>45777.9324305556</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>25.558</x:v>
+        <x:v>24.752</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>19.66</x:v>
+        <x:v>19.04</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45747.9264351852</x:v>
+        <x:v>45776.9248611111</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>25.272</x:v>
+        <x:v>24.57</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>19.44</x:v>
+        <x:v>18.9</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45744.8839467593</x:v>
+        <x:v>45775.9312962963</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>24.882</x:v>
+        <x:v>25.09</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>19.14</x:v>
+        <x:v>19.3</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45743.887974537</x:v>
+        <x:v>45772.9278819444</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>25.428</x:v>
+        <x:v>24.765</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>19.56</x:v>
+        <x:v>19.05</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45742.8862731481</x:v>
+        <x:v>45771.9286458333</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>25.103</x:v>
+        <x:v>25.233</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>19.31</x:v>
+        <x:v>19.41</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45741.8885069444</x:v>
+        <x:v>45770.9298148148</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>25.155</x:v>
+        <x:v>24.778</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>19.35</x:v>
+        <x:v>19.06</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45740.8886574074</x:v>
+        <x:v>45769.9290972222</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>24.557</x:v>
+        <x:v>25.961</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>18.89</x:v>
+        <x:v>19.97</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45737.893287037</x:v>
+        <x:v>45764.9308333333</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>24.531</x:v>
+        <x:v>26.221</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>18.87</x:v>
+        <x:v>20.17</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45736.891875</x:v>
+        <x:v>45763.9303472222</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>25.064</x:v>
+        <x:v>26.845</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>19.28</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45735.8917708333</x:v>
+        <x:v>45762.9291087963</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>25.207</x:v>
+        <x:v>26.416</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>19.39</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45734.8849421296</x:v>
+        <x:v>45761.9296412037</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>25.129</x:v>
+        <x:v>26.533</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>19.33</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45733.8858217593</x:v>
+        <x:v>45758.925474537</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>24.934</x:v>
+        <x:v>26.767</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>19.18</x:v>
+        <x:v>20.59</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45730.891087963</x:v>
+        <x:v>45757.9250347222</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>24.349</x:v>
+        <x:v>25.012</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>18.78</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45729.9202083333</x:v>
+        <x:v>45756.9251041667</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>24.349</x:v>
+        <x:v>24.44</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>0</x:v>
+        <x:v>18.8</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45728.8941435185</x:v>
+        <x:v>45755.9267476852</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>23.842</x:v>
+        <x:v>22.776</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>0</x:v>
+        <x:v>17.52</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45727.8961458333</x:v>
+        <x:v>45754.9257060185</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>23.985</x:v>
+        <x:v>22.932</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>18.45</x:v>
+        <x:v>17.64</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45726.8938888889</x:v>
+        <x:v>45751.9453240741</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>24.18</x:v>
+        <x:v>22.971</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>18.6</x:v>
+        <x:v>17.67</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45723.9237847222</x:v>
+        <x:v>45750.9256481481</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>23.998</x:v>
+        <x:v>25.194</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>18.46</x:v>
+        <x:v>19.38</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45722.9231944444</x:v>
+        <x:v>45748.9242476852</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>23.998</x:v>
+        <x:v>25.558</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>18.46</x:v>
+        <x:v>19.66</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45721.926875</x:v>
+        <x:v>45747.9264351852</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>23.049</x:v>
+        <x:v>25.272</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>17.73</x:v>
+        <x:v>19.44</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45720.9246412037</x:v>
+        <x:v>45744.8839467593</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>22.997</x:v>
+        <x:v>24.882</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>17.69</x:v>
+        <x:v>19.14</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45719.9237268519</x:v>
+        <x:v>45743.887974537</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>23.075</x:v>
+        <x:v>25.428</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>17.75</x:v>
+        <x:v>19.56</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45716.9269328704</x:v>
+        <x:v>45742.8862731481</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>23.127</x:v>
+        <x:v>25.103</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>17.79</x:v>
+        <x:v>19.31</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45716.3362962963</x:v>
+        <x:v>45741.8885069444</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>23.127</x:v>
+        <x:v>25.155</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>17.79</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45715.92375</x:v>
+        <x:v>45740.8886574074</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>23.985</x:v>
+        <x:v>24.557</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>18.45</x:v>
+        <x:v>18.89</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45714.9285300926</x:v>
+        <x:v>45737.893287037</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>23.504</x:v>
+        <x:v>24.531</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>18.08</x:v>
+        <x:v>18.87</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45713.9239236111</x:v>
+        <x:v>45736.891875</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>23.751</x:v>
+        <x:v>25.064</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>18.27</x:v>
+        <x:v>19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45712.9269097222</x:v>
+        <x:v>45735.8917708333</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>23.79</x:v>
+        <x:v>25.207</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>18.3</x:v>
+        <x:v>19.39</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45709.9265162037</x:v>
+        <x:v>45734.8849421296</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>24.466</x:v>
+        <x:v>25.129</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>18.82</x:v>
+        <x:v>19.33</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45708.9231712963</x:v>
+        <x:v>45733.8858217593</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>24.414</x:v>
+        <x:v>24.934</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>18.78</x:v>
+        <x:v>19.18</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45707.9353356482</x:v>
+        <x:v>45730.891087963</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>23.868</x:v>
+        <x:v>24.349</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>18.36</x:v>
+        <x:v>18.78</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45706.929375</x:v>
+        <x:v>45729.9202083333</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>23.322</x:v>
+        <x:v>24.349</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>17.94</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45702.9275694444</x:v>
+        <x:v>45728.8941435185</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>23.972</x:v>
+        <x:v>23.842</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>18.44</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45700.925474537</x:v>
+        <x:v>45727.8961458333</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>22.191</x:v>
+        <x:v>23.985</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>17.07</x:v>
+        <x:v>18.45</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45699.9276157407</x:v>
+        <x:v>45726.8938888889</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>22.672</x:v>
+        <x:v>24.18</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>17.44</x:v>
+        <x:v>18.6</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45698.9262384259</x:v>
+        <x:v>45723.9237847222</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>22.672</x:v>
+        <x:v>23.998</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>17.44</x:v>
+        <x:v>18.46</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45695.9359953704</x:v>
+        <x:v>45722.9231944444</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>22.334</x:v>
+        <x:v>23.998</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>17.18</x:v>
+        <x:v>18.46</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45694.9237152778</x:v>
+        <x:v>45721.926875</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>22.295</x:v>
+        <x:v>23.049</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>17.15</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45693.9253356481</x:v>
+        <x:v>45720.9246412037</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>22.295</x:v>
+        <x:v>22.997</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>17.15</x:v>
+        <x:v>17.69</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45692.9271180556</x:v>
+        <x:v>45719.9237268519</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>21.71</x:v>
+        <x:v>23.075</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>16.7</x:v>
+        <x:v>17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45691.928125</x:v>
+        <x:v>45716.9269328704</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>21.528</x:v>
+        <x:v>23.127</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>16.56</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45688.9467476852</x:v>
+        <x:v>45716.3362962963</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>21.281</x:v>
+        <x:v>23.127</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>16.37</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45687.9293402778</x:v>
+        <x:v>45715.92375</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>21.541</x:v>
+        <x:v>23.985</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>16.57</x:v>
+        <x:v>18.45</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45686.9239814815</x:v>
+        <x:v>45714.9285300926</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>20.748</x:v>
+        <x:v>23.504</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>15.96</x:v>
+        <x:v>18.08</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45685.9323032407</x:v>
+        <x:v>45713.9239236111</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>20.748</x:v>
+        <x:v>23.751</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>15.96</x:v>
+        <x:v>18.27</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45681.9228125</x:v>
+        <x:v>45712.9269097222</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>20.969</x:v>
+        <x:v>23.79</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>16.13</x:v>
+        <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45679.9244212963</x:v>
+        <x:v>45709.9265162037</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>1</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>20.501</x:v>
+        <x:v>24.466</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>15.77</x:v>
+        <x:v>18.82</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45678.9235069444</x:v>
+        <x:v>45708.9231712963</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>20.754</x:v>
+        <x:v>24.414</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>15.965</x:v>
+        <x:v>18.78</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45674.9244907407</x:v>
+        <x:v>45707.9353356482</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>20.8</x:v>
+        <x:v>23.868</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>16</x:v>
+        <x:v>18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45673.9255902778</x:v>
+        <x:v>45706.929375</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>1</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>20.475</x:v>
+        <x:v>23.322</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>15.75</x:v>
+        <x:v>17.94</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45672.9260532407</x:v>
+        <x:v>45702.9275694444</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>0.98</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>20.592</x:v>
+        <x:v>23.972</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>15.84</x:v>
+        <x:v>18.44</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45671.9241203704</x:v>
+        <x:v>45700.925474537</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>1.03</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>20.254</x:v>
+        <x:v>22.191</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>15.58</x:v>
+        <x:v>17.07</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45670.9315162037</x:v>
+        <x:v>45699.9276157407</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>1.06</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>20.085</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>15.45</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45667.9296990741</x:v>
+        <x:v>45698.9262384259</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>20.436</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>15.72</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45665.9257986111</x:v>
+        <x:v>45695.9359953704</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>20.592</x:v>
+        <x:v>22.334</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>15.84</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45664.9260532407</x:v>
+        <x:v>45694.9237152778</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>1.04</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>20.241</x:v>
+        <x:v>22.295</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>15.57</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45663.923287037</x:v>
+        <x:v>45693.9253356481</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>1.05</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>20.15</x:v>
+        <x:v>22.295</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>15.5</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45660.9250462963</x:v>
+        <x:v>45692.9271180556</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>20.592</x:v>
+        <x:v>21.71</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>15.84</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45659.9244791667</x:v>
+        <x:v>45691.928125</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>20.761</x:v>
+        <x:v>21.528</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>15.97</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45656.9242476852</x:v>
+        <x:v>45688.9467476852</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>20.098</x:v>
+        <x:v>21.281</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>15.46</x:v>
+        <x:v>16.37</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45653.9297569444</x:v>
+        <x:v>45687.9293402778</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>1.02</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>20.384</x:v>
+        <x:v>21.541</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>15.68</x:v>
+        <x:v>16.57</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45649.9279976852</x:v>
+        <x:v>45686.9239814815</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>1.04</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>20.267</x:v>
+        <x:v>20.748</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>15.59</x:v>
+        <x:v>15.96</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45646.9391666667</x:v>
+        <x:v>45685.9323032407</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>20.098</x:v>
+        <x:v>20.748</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>15.46</x:v>
+        <x:v>15.96</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45646.9253009259</x:v>
+        <x:v>45681.9228125</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>20.098</x:v>
+        <x:v>20.969</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>15.46</x:v>
+        <x:v>16.13</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45645.9285648148</x:v>
+        <x:v>45679.9244212963</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>1.12</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>19.799</x:v>
+        <x:v>20.501</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>15.23</x:v>
+        <x:v>15.77</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45644.9406134259</x:v>
+        <x:v>45678.9235069444</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>1.06</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>20.163</x:v>
+        <x:v>20.754</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>15.51</x:v>
+        <x:v>15.965</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45643.9374074074</x:v>
+        <x:v>45674.9244907407</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>21.112</x:v>
+        <x:v>20.8</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>16.24</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45642.9331712963</x:v>
+        <x:v>45673.9255902778</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>21.255</x:v>
+        <x:v>20.475</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>16.35</x:v>
+        <x:v>15.75</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45639.9310532407</x:v>
+        <x:v>45672.9260532407</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>21.814</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>16.78</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45638.9302314815</x:v>
+        <x:v>45671.9241203704</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>0.79</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>22.321</x:v>
+        <x:v>20.254</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>17.17</x:v>
+        <x:v>15.58</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45637.9259722222</x:v>
+        <x:v>45670.9315162037</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>0.74</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>22.919</x:v>
+        <x:v>20.085</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>17.63</x:v>
+        <x:v>15.45</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45636.9246296296</x:v>
+        <x:v>45667.9296990741</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>0.81</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>22.282</x:v>
+        <x:v>20.436</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>17.14</x:v>
+        <x:v>15.72</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45635.9293055556</x:v>
+        <x:v>45665.9257986111</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>22.204</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>17.08</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45632.9301851852</x:v>
+        <x:v>45664.9260532407</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>0.86</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>21.801</x:v>
+        <x:v>20.241</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>16.77</x:v>
+        <x:v>15.57</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45631.9230671296</x:v>
+        <x:v>45663.923287037</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>0.83</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>22.035</x:v>
+        <x:v>20.15</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>16.95</x:v>
+        <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45630.9239699074</x:v>
+        <x:v>45660.9250462963</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>22.581</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>17.37</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45628.9241435185</x:v>
+        <x:v>45659.9244791667</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>22.373</x:v>
+        <x:v>20.761</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>17.21</x:v>
+        <x:v>15.97</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45625.8309375</x:v>
+        <x:v>45656.9242476852</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>0.76</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>22.737</x:v>
+        <x:v>20.098</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>17.49</x:v>
+        <x:v>15.46</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45625.334537037</x:v>
+        <x:v>45653.9297569444</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>0.74</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>22.841</x:v>
+        <x:v>20.384</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>17.57</x:v>
+        <x:v>15.68</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45623.9383796296</x:v>
+        <x:v>45649.9279976852</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>0.77</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>22.841</x:v>
+        <x:v>20.267</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>17.57</x:v>
+        <x:v>15.59</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45622.9256365741</x:v>
+        <x:v>45646.9391666667</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>0.77</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>22.828</x:v>
+        <x:v>20.098</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>17.56</x:v>
+        <x:v>15.46</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45621.9280324074</x:v>
+        <x:v>45646.9253009259</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>0.75</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>22.984</x:v>
+        <x:v>20.098</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>17.68</x:v>
+        <x:v>15.46</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45618.9262037037</x:v>
+        <x:v>45645.9285648148</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>0.69</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>23.686</x:v>
+        <x:v>19.799</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>18.22</x:v>
+        <x:v>15.23</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45617.9238078704</x:v>
+        <x:v>45644.9406134259</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>0.7</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>23.556</x:v>
+        <x:v>20.163</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>18.12</x:v>
+        <x:v>15.51</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45616.9246643518</x:v>
+        <x:v>45643.9374074074</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>23.257</x:v>
+        <x:v>21.112</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>17.89</x:v>
+        <x:v>16.24</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45615.9253240741</x:v>
+        <x:v>45642.9331712963</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>23.036</x:v>
+        <x:v>21.255</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>17.72</x:v>
+        <x:v>16.35</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45614.9241898148</x:v>
+        <x:v>45639.9310532407</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>22.36</x:v>
+        <x:v>21.814</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>17.2</x:v>
+        <x:v>16.78</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45611.9274189815</x:v>
+        <x:v>45638.9302314815</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>21.645</x:v>
+        <x:v>22.321</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>16.65</x:v>
+        <x:v>17.17</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45610.9252430556</x:v>
+        <x:v>45637.9259722222</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>21.905</x:v>
+        <x:v>22.919</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>16.85</x:v>
+        <x:v>17.63</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45609.9228703704</x:v>
+        <x:v>45636.9246296296</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>21.827</x:v>
+        <x:v>22.282</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>16.79</x:v>
+        <x:v>17.14</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45608.9378240741</x:v>
+        <x:v>45635.9293055556</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>22.126</x:v>
+        <x:v>22.204</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>17.02</x:v>
+        <x:v>17.08</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45607.9260532407</x:v>
+        <x:v>45632.9301851852</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>22.62</x:v>
+        <x:v>21.801</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>17.4</x:v>
+        <x:v>16.77</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45604.925625</x:v>
+        <x:v>45631.9230671296</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>23.92</x:v>
+        <x:v>22.035</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>18.4</x:v>
+        <x:v>16.95</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45603.923900463</x:v>
+        <x:v>45630.9239699074</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>24.024</x:v>
+        <x:v>22.581</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>18.48</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45602.9256597222</x:v>
+        <x:v>45628.9241435185</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>23.959</x:v>
+        <x:v>22.373</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>18.43</x:v>
+        <x:v>17.21</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45601.9256134259</x:v>
+        <x:v>45625.8309375</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>24.544</x:v>
+        <x:v>22.737</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>18.88</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45600.9294560185</x:v>
+        <x:v>45625.334537037</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>24.57</x:v>
+        <x:v>22.841</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>18.9</x:v>
+        <x:v>17.57</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45597.8878356482</x:v>
+        <x:v>45623.9383796296</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>24.765</x:v>
+        <x:v>22.841</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>19.05</x:v>
+        <x:v>17.57</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45596.8871064815</x:v>
+        <x:v>45622.9256365741</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>25.116</x:v>
+        <x:v>22.828</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>19.32</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45595.8839930556</x:v>
+        <x:v>45621.9280324074</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>26.065</x:v>
+        <x:v>22.984</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>20.05</x:v>
+        <x:v>17.68</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45594.8862962963</x:v>
+        <x:v>45618.9262037037</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>26.358</x:v>
+        <x:v>23.686</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>20.275</x:v>
+        <x:v>18.22</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45593.8878240741</x:v>
+        <x:v>45617.9238078704</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>25.987</x:v>
+        <x:v>23.556</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>19.99</x:v>
+        <x:v>18.12</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45590.9259027778</x:v>
+        <x:v>45616.9246643518</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>25.493</x:v>
+        <x:v>23.257</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>19.61</x:v>
+        <x:v>17.89</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45589.9268402778</x:v>
+        <x:v>45615.9253240741</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>26.416</x:v>
+        <x:v>23.036</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>20.32</x:v>
+        <x:v>17.72</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45588.9251041667</x:v>
+        <x:v>45614.9241898148</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>27.04</x:v>
+        <x:v>22.36</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>20.8</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45587.928599537</x:v>
+        <x:v>45611.9274189815</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>27.547</x:v>
+        <x:v>21.645</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>21.19</x:v>
+        <x:v>16.65</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45586.9257291667</x:v>
+        <x:v>45610.9252430556</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>27.118</x:v>
+        <x:v>21.905</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>20.86</x:v>
+        <x:v>16.85</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45582.9403240741</x:v>
+        <x:v>45609.9228703704</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>26.442</x:v>
+        <x:v>21.827</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>20.34</x:v>
+        <x:v>16.79</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45580.9392939815</x:v>
+        <x:v>45608.9378240741</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>26.273</x:v>
+        <x:v>22.126</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>20.21</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45579.9269444444</x:v>
+        <x:v>45607.9260532407</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>25.974</x:v>
+        <x:v>22.62</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>19.98</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45576.9277430556</x:v>
+        <x:v>45604.925625</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>25.987</x:v>
+        <x:v>23.92</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>19.99</x:v>
+        <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45575.9297800926</x:v>
+        <x:v>45603.923900463</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>26.091</x:v>
+        <x:v>24.024</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>20.07</x:v>
+        <x:v>18.48</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45574.9233217593</x:v>
+        <x:v>45602.9256597222</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>25.558</x:v>
+        <x:v>23.959</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>19.66</x:v>
+        <x:v>18.43</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45573.922662037</x:v>
+        <x:v>45601.9256134259</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>25.558</x:v>
+        <x:v>24.544</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>19.66</x:v>
+        <x:v>18.88</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45572.9229398148</x:v>
+        <x:v>45600.9294560185</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>25.844</x:v>
+        <x:v>24.57</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>19.88</x:v>
+        <x:v>18.9</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45569.9240046296</x:v>
+        <x:v>45597.8878356482</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>26.143</x:v>
+        <x:v>24.765</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>20.11</x:v>
+        <x:v>19.05</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45568.9236111111</x:v>
+        <x:v>45596.8871064815</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>25.805</x:v>
+        <x:v>25.116</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>19.85</x:v>
+        <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45567.9237384259</x:v>
+        <x:v>45595.8839930556</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
         <x:v>0.54</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>26.234</x:v>
+        <x:v>26.065</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>20.18</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45566.9237268519</x:v>
+        <x:v>45594.8862962963</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>26.39</x:v>
+        <x:v>26.358</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>20.3</x:v>
+        <x:v>20.275</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45565.9305208333</x:v>
+        <x:v>45593.8878240741</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>25.857</x:v>
+        <x:v>25.987</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>19.89</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45562.9249074074</x:v>
+        <x:v>45590.9259027778</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>0.54</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>26.299</x:v>
+        <x:v>25.493</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>20.23</x:v>
+        <x:v>19.61</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45561.9241666667</x:v>
+        <x:v>45589.9268402778</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>27.313</x:v>
+        <x:v>26.416</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>21.01</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45560.924224537</x:v>
+        <x:v>45588.9251041667</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>0.51</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>26.91</x:v>
+        <x:v>27.04</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>20.7</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45559.9250810185</x:v>
+        <x:v>45587.928599537</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>26.559</x:v>
+        <x:v>27.547</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>20.43</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45558.928125</x:v>
+        <x:v>45586.9257291667</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>26.273</x:v>
+        <x:v>27.118</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>20.21</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45555.928912037</x:v>
+        <x:v>45582.9403240741</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
         <x:v>0.53</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>26.494</x:v>
+        <x:v>26.442</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>20.38</x:v>
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45554.925</x:v>
+        <x:v>45580.9392939815</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
         <x:v>0.54</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>26.312</x:v>
+        <x:v>26.273</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>20.24</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45553.9238194444</x:v>
+        <x:v>45579.9269444444</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
         <x:v>0.56</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>26.078</x:v>
+        <x:v>25.974</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>20.06</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45552.9224652778</x:v>
+        <x:v>45576.9277430556</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>26.624</x:v>
+        <x:v>25.987</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>20.48</x:v>
+        <x:v>19.99</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45551.9244097222</x:v>
+        <x:v>45575.9297800926</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>26.676</x:v>
+        <x:v>26.091</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>20.52</x:v>
+        <x:v>20.07</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45548.9281134259</x:v>
+        <x:v>45574.9233217593</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>27.092</x:v>
+        <x:v>25.558</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>20.84</x:v>
+        <x:v>19.66</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45547.9299421296</x:v>
+        <x:v>45573.922662037</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>26.754</x:v>
+        <x:v>25.558</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>20.58</x:v>
+        <x:v>19.66</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45546.9262615741</x:v>
+        <x:v>45572.9229398148</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>25.48</x:v>
+        <x:v>25.844</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>19.6</x:v>
+        <x:v>19.88</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45545.9253125</x:v>
+        <x:v>45569.9240046296</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>25.48</x:v>
+        <x:v>26.143</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>19.6</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45544.9243518518</x:v>
+        <x:v>45568.9236111111</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>25.07</x:v>
+        <x:v>25.805</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>19.285</x:v>
+        <x:v>19.85</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45541.9263078704</x:v>
+        <x:v>45567.9237384259</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>25.298</x:v>
+        <x:v>26.234</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>19.46</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45540.9253240741</x:v>
+        <x:v>45566.9237268519</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>25.298</x:v>
+        <x:v>26.39</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>19.46</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45539.9231597222</x:v>
+        <x:v>45565.9305208333</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>25.116</x:v>
+        <x:v>25.857</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>19.32</x:v>
+        <x:v>19.89</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45534.9322569444</x:v>
+        <x:v>45562.9249074074</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>26.416</x:v>
+        <x:v>26.299</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>20.32</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45534.3328935185</x:v>
+        <x:v>45561.9241666667</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>26.416</x:v>
+        <x:v>27.313</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>20.32</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45533.9305324074</x:v>
+        <x:v>45560.924224537</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>25.935</x:v>
+        <x:v>26.91</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>19.95</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45532.9225694444</x:v>
+        <x:v>45559.9250810185</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>26.585</x:v>
+        <x:v>26.559</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>20.45</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45531.9246064815</x:v>
+        <x:v>45558.928125</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
         <x:v>0.55</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>26.611</x:v>
+        <x:v>26.273</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>20.47</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45530.9242708333</x:v>
+        <x:v>45555.928912037</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>26.65</x:v>
+        <x:v>26.494</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>20.5</x:v>
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45527.9240393518</x:v>
+        <x:v>45554.925</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
         <x:v>0.54</x:v>
       </x:c>
       <x:c r="D335" s="0">
         <x:v>26.312</x:v>
       </x:c>
       <x:c r="E335" s="0">
         <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45526.9254398148</x:v>
+        <x:v>45553.9238194444</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
         <x:v>0.56</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>26.806</x:v>
+        <x:v>26.078</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>20.62</x:v>
+        <x:v>20.06</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45525.9231597222</x:v>
+        <x:v>45552.9224652778</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
         <x:v>0.53</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>26.533</x:v>
+        <x:v>26.624</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>20.41</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45524.9227430556</x:v>
+        <x:v>45551.9244097222</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>26.533</x:v>
+        <x:v>26.676</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>20.41</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45523.924525463</x:v>
+        <x:v>45548.9281134259</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>25.623</x:v>
+        <x:v>27.092</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>19.71</x:v>
+        <x:v>20.84</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45520.933125</x:v>
+        <x:v>45547.9299421296</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>25.623</x:v>
+        <x:v>26.754</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>19.71</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45519.9274074074</x:v>
+        <x:v>45546.9262615741</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>24.908</x:v>
+        <x:v>25.48</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>19.16</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45518.9341203704</x:v>
+        <x:v>45545.9253125</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>24.869</x:v>
+        <x:v>25.48</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>19.13</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45517.9317361111</x:v>
+        <x:v>45544.9243518518</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>24.687</x:v>
+        <x:v>25.07</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>18.99</x:v>
+        <x:v>19.285</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45516.9274305556</x:v>
+        <x:v>45541.9263078704</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>22.633</x:v>
+        <x:v>25.298</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>17.41</x:v>
+        <x:v>19.46</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45513.9300231481</x:v>
+        <x:v>45540.9253240741</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>22.542</x:v>
+        <x:v>25.298</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>17.34</x:v>
+        <x:v>19.46</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45512.9330671296</x:v>
+        <x:v>45539.9231597222</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>21.853</x:v>
+        <x:v>25.116</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>16.81</x:v>
+        <x:v>19.32</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45511.9284490741</x:v>
+        <x:v>45534.9322569444</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>1.06</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>22.607</x:v>
+        <x:v>26.416</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>17.39</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45510.9307986111</x:v>
+        <x:v>45534.3328935185</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>22.607</x:v>
+        <x:v>26.416</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>17.39</x:v>
+        <x:v>20.32</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45509.9291087963</x:v>
+        <x:v>45533.9305324074</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>1</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>22.334</x:v>
+        <x:v>25.935</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>17.18</x:v>
+        <x:v>19.95</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45506.9321064815</x:v>
+        <x:v>45532.9225694444</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>23.712</x:v>
+        <x:v>26.585</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>18.24</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45505.9289236111</x:v>
+        <x:v>45531.9246064815</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>24.063</x:v>
+        <x:v>26.611</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>18.51</x:v>
+        <x:v>20.47</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45504.9306712963</x:v>
+        <x:v>45530.9242708333</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>23.582</x:v>
+        <x:v>26.65</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>18.14</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45503.9262847222</x:v>
+        <x:v>45527.9240393518</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>23.361</x:v>
+        <x:v>26.312</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>17.97</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45502.9221759259</x:v>
+        <x:v>45526.9254398148</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>23.127</x:v>
+        <x:v>26.806</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>17.79</x:v>
+        <x:v>20.62</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45499.9227314815</x:v>
+        <x:v>45525.9231597222</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>23.036</x:v>
+        <x:v>26.533</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>17.72</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45498.9226273148</x:v>
+        <x:v>45524.9227430556</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>23.998</x:v>
+        <x:v>26.533</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>18.46</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45497.9293055556</x:v>
+        <x:v>45523.924525463</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>0.82</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>24.141</x:v>
+        <x:v>25.623</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>18.57</x:v>
+        <x:v>19.71</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45496.9226273148</x:v>
+        <x:v>45520.933125</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>23.868</x:v>
+        <x:v>25.623</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>18.36</x:v>
+        <x:v>19.71</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45495.9267361111</x:v>
+        <x:v>45519.9274074074</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>23.907</x:v>
+        <x:v>24.908</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>18.39</x:v>
+        <x:v>19.16</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45492.9245833333</x:v>
+        <x:v>45518.9341203704</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>24.102</x:v>
+        <x:v>24.869</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>18.54</x:v>
+        <x:v>19.13</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45491.9233449074</x:v>
+        <x:v>45517.9317361111</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>24.102</x:v>
+        <x:v>24.687</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>18.54</x:v>
+        <x:v>18.99</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45490.9301967593</x:v>
+        <x:v>45516.9274305556</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>25.025</x:v>
+        <x:v>22.633</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>19.25</x:v>
+        <x:v>17.41</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45489.9229282407</x:v>
+        <x:v>45513.9300231481</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>23.868</x:v>
+        <x:v>22.542</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>18.36</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45488.9233564815</x:v>
+        <x:v>45512.9330671296</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>23.868</x:v>
+        <x:v>21.853</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>18.36</x:v>
+        <x:v>16.81</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45485.9236805556</x:v>
+        <x:v>45511.9284490741</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>0.83</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>23.569</x:v>
+        <x:v>22.607</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>18.13</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45484.9257060185</x:v>
+        <x:v>45510.9307986111</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>23.114</x:v>
+        <x:v>22.607</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>17.78</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45483.9237847222</x:v>
+        <x:v>45509.9291087963</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>0.94</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>22.672</x:v>
+        <x:v>22.334</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>17.44</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45482.9236805556</x:v>
+        <x:v>45506.9321064815</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>1</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>22.594</x:v>
+        <x:v>23.712</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>17.38</x:v>
+        <x:v>18.24</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45481.9248842593</x:v>
+        <x:v>45505.9289236111</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>22.672</x:v>
+        <x:v>24.063</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>17.44</x:v>
+        <x:v>18.51</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45478.9320949074</x:v>
+        <x:v>45504.9306712963</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>22.49</x:v>
+        <x:v>23.582</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>17.3</x:v>
+        <x:v>18.14</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45476.8021064815</x:v>
+        <x:v>45503.9262847222</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>1.02</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>21.606</x:v>
+        <x:v>23.361</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>16.62</x:v>
+        <x:v>17.97</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45475.9273611111</x:v>
+        <x:v>45502.9221759259</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>21.528</x:v>
+        <x:v>23.127</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>16.56</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45474.9266087963</x:v>
+        <x:v>45499.9227314815</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>21.528</x:v>
+        <x:v>23.036</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>16.56</x:v>
+        <x:v>17.72</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45471.9307638889</x:v>
+        <x:v>45498.9226273148</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>1.15</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>21.892</x:v>
+        <x:v>23.998</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>16.84</x:v>
+        <x:v>18.46</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45470.9297916667</x:v>
+        <x:v>45497.9293055556</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>21.84</x:v>
+        <x:v>24.141</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>16.8</x:v>
+        <x:v>18.57</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45469.9290046296</x:v>
+        <x:v>45496.9226273148</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>21.567</x:v>
+        <x:v>23.868</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>16.59</x:v>
+        <x:v>18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45468.9344328704</x:v>
+        <x:v>45495.9267361111</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>21.736</x:v>
+        <x:v>23.907</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>16.72</x:v>
+        <x:v>18.39</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45467.9280324074</x:v>
+        <x:v>45492.9245833333</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>1.14</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>21.528</x:v>
+        <x:v>24.102</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>16.56</x:v>
+        <x:v>18.54</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45464.9262615741</x:v>
+        <x:v>45491.9233449074</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>22.048</x:v>
+        <x:v>24.102</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>16.96</x:v>
+        <x:v>18.54</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45463.926087963</x:v>
+        <x:v>45490.9301967593</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>1.09</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>21.333</x:v>
+        <x:v>25.025</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>16.41</x:v>
+        <x:v>19.25</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45461.9263194444</x:v>
+        <x:v>45489.9229282407</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>20.982</x:v>
+        <x:v>23.868</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>16.14</x:v>
+        <x:v>18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45460.9266087963</x:v>
+        <x:v>45488.9233564815</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>20.839</x:v>
+        <x:v>23.868</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>16.03</x:v>
+        <x:v>18.36</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45457.9238888889</x:v>
+        <x:v>45485.9236805556</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>20.839</x:v>
+        <x:v>23.569</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>16.03</x:v>
+        <x:v>18.13</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45456.9228819444</x:v>
+        <x:v>45484.9257060185</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>21.314</x:v>
+        <x:v>23.114</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>16.395</x:v>
+        <x:v>17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45455.9238078704</x:v>
+        <x:v>45483.9237847222</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>1.22</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>21.034</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>16.18</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45454.9233912037</x:v>
+        <x:v>45482.9236805556</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>1.27</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>21.385</x:v>
+        <x:v>22.594</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>16.45</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45453.9238888889</x:v>
+        <x:v>45481.9248842593</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>21.385</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>16.45</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45450.9295833333</x:v>
+        <x:v>45478.9320949074</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>22.516</x:v>
+        <x:v>22.49</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>17.32</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45449.9242592593</x:v>
+        <x:v>45476.8021064815</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>1.06</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>21.71</x:v>
+        <x:v>21.606</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>16.7</x:v>
+        <x:v>16.62</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45448.9222916667</x:v>
+        <x:v>45475.9273611111</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>1.2</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>21.71</x:v>
+        <x:v>21.528</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>16.7</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45447.9233680556</x:v>
+        <x:v>45474.9266087963</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>1.24</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>21.437</x:v>
+        <x:v>21.528</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>16.49</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45446.9240277778</x:v>
+        <x:v>45471.9307638889</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>22.217</x:v>
+        <x:v>21.892</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>17.09</x:v>
+        <x:v>16.84</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45443.930462963</x:v>
+        <x:v>45470.9297916667</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>1.14</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>22.243</x:v>
+        <x:v>21.84</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>17.11</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45442.9278703704</x:v>
+        <x:v>45469.9290046296</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>1.15</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>22.243</x:v>
+        <x:v>21.567</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>17.11</x:v>
+        <x:v>16.59</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45441.9287037037</x:v>
+        <x:v>45468.9344328704</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
-        <x:v>1.19</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>21.996</x:v>
+        <x:v>21.736</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>16.92</x:v>
+        <x:v>16.72</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45440.9253935185</x:v>
+        <x:v>45467.9280324074</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>1.09</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>22.126</x:v>
+        <x:v>21.528</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>17.02</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45436.9254398148</x:v>
+        <x:v>45464.9262615741</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>22.022</x:v>
+        <x:v>22.048</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>16.94</x:v>
+        <x:v>16.96</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45435.9233912037</x:v>
+        <x:v>45463.926087963</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>1.19</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>22.477</x:v>
+        <x:v>21.333</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>17.29</x:v>
+        <x:v>16.41</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45434.9226157407</x:v>
+        <x:v>45461.9263194444</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>1.12</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>23.14</x:v>
+        <x:v>20.982</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>17.8</x:v>
+        <x:v>16.14</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45433.9224305556</x:v>
+        <x:v>45460.9266087963</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>1.04</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>23.14</x:v>
+        <x:v>20.839</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>17.8</x:v>
+        <x:v>16.03</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45432.9216666667</x:v>
+        <x:v>45457.9238888889</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>1.01</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>23.296</x:v>
+        <x:v>20.839</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>17.92</x:v>
+        <x:v>16.03</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45429.9267708333</x:v>
+        <x:v>45456.9228819444</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>1.02</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>22.776</x:v>
+        <x:v>21.314</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>17.52</x:v>
+        <x:v>16.395</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45428.928900463</x:v>
+        <x:v>45455.9238078704</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>1.09</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>22.646</x:v>
+        <x:v>21.034</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>17.42</x:v>
+        <x:v>16.18</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45427.9284837963</x:v>
+        <x:v>45454.9233912037</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>1.11</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>22.646</x:v>
+        <x:v>21.385</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>17.42</x:v>
+        <x:v>16.45</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45426.9281365741</x:v>
+        <x:v>45453.9238888889</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>1.16</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>22.022</x:v>
+        <x:v>21.385</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>16.94</x:v>
+        <x:v>16.45</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45425.9293634259</x:v>
+        <x:v>45450.9295833333</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>1.2</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>22.009</x:v>
+        <x:v>22.516</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>16.93</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45422.9236342593</x:v>
+        <x:v>45449.9242592593</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>1.2</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>22.009</x:v>
+        <x:v>21.71</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>16.93</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45421.9229861111</x:v>
+        <x:v>45448.9222916667</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>22.139</x:v>
+        <x:v>21.71</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>17.03</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45420.9241087963</x:v>
+        <x:v>45447.9233680556</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>21.762</x:v>
+        <x:v>21.437</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>16.74</x:v>
+        <x:v>16.49</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45419.9260416667</x:v>
+        <x:v>45446.9240277778</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>21.762</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>16.74</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45418.9291203704</x:v>
+        <x:v>45443.930462963</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>1.26</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>21.632</x:v>
+        <x:v>22.243</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>16.64</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45415.9288425926</x:v>
+        <x:v>45442.9278703704</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>21.632</x:v>
+        <x:v>22.243</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>16.64</x:v>
+        <x:v>17.11</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45414.9243634259</x:v>
+        <x:v>45441.9287037037</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>21.632</x:v>
+        <x:v>21.996</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>16.64</x:v>
+        <x:v>16.92</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
-        <x:v>45412.9266319444</x:v>
+        <x:v>45440.9253935185</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C414" s="0">
-        <x:v>1.27</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D414" s="0">
-        <x:v>22.516</x:v>
+        <x:v>22.126</x:v>
       </x:c>
       <x:c r="E414" s="0">
-        <x:v>17.32</x:v>
+        <x:v>17.02</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5">
       <x:c r="A415" s="1">
-        <x:v>45411.9247106481</x:v>
+        <x:v>45436.9254398148</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C415" s="0">
-        <x:v>1.13</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D415" s="0">
-        <x:v>22.217</x:v>
+        <x:v>22.022</x:v>
       </x:c>
       <x:c r="E415" s="0">
-        <x:v>17.09</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5">
       <x:c r="A416" s="1">
-        <x:v>45408.9314699074</x:v>
+        <x:v>45435.9233912037</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C416" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D416" s="0">
-        <x:v>22.217</x:v>
+        <x:v>22.477</x:v>
       </x:c>
       <x:c r="E416" s="0">
-        <x:v>17.09</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5">
       <x:c r="A417" s="1">
-        <x:v>45407.9436226852</x:v>
+        <x:v>45434.9226157407</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C417" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D417" s="0">
-        <x:v>21.476</x:v>
+        <x:v>23.14</x:v>
       </x:c>
       <x:c r="E417" s="0">
-        <x:v>16.52</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5">
       <x:c r="A418" s="1">
-        <x:v>45406.9296875</x:v>
+        <x:v>45433.9224305556</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C418" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D418" s="0">
-        <x:v>21.684</x:v>
+        <x:v>23.14</x:v>
       </x:c>
       <x:c r="E418" s="0">
-        <x:v>16.68</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5">
       <x:c r="A419" s="1">
-        <x:v>45405.9324768518</x:v>
+        <x:v>45432.9216666667</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C419" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D419" s="0">
-        <x:v>21.684</x:v>
+        <x:v>23.296</x:v>
       </x:c>
       <x:c r="E419" s="0">
-        <x:v>16.68</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5">
       <x:c r="A420" s="1">
-        <x:v>45404.9330092593</x:v>
+        <x:v>45429.9267708333</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C420" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D420" s="0">
-        <x:v>22.23</x:v>
+        <x:v>22.776</x:v>
       </x:c>
       <x:c r="E420" s="0">
-        <x:v>17.1</x:v>
+        <x:v>17.52</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5">
       <x:c r="A421" s="1">
-        <x:v>45401.9231597222</x:v>
+        <x:v>45428.928900463</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C421" s="0">
-        <x:v>1.2</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D421" s="0">
-        <x:v>22.074</x:v>
+        <x:v>22.646</x:v>
       </x:c>
       <x:c r="E421" s="0">
-        <x:v>16.98</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5">
       <x:c r="A422" s="1">
-        <x:v>45400.9236342593</x:v>
+        <x:v>45427.9284837963</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C422" s="0">
-        <x:v>1.22</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D422" s="0">
-        <x:v>21.71</x:v>
+        <x:v>22.646</x:v>
       </x:c>
       <x:c r="E422" s="0">
-        <x:v>16.7</x:v>
+        <x:v>17.42</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5">
       <x:c r="A423" s="1">
-        <x:v>45399.9245023148</x:v>
+        <x:v>45426.9281365741</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C423" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D423" s="0">
-        <x:v>21.71</x:v>
+        <x:v>22.022</x:v>
       </x:c>
       <x:c r="E423" s="0">
-        <x:v>16.7</x:v>
+        <x:v>16.94</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5">
       <x:c r="A424" s="1">
-        <x:v>45398.9235416667</x:v>
+        <x:v>45425.9293634259</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C424" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D424" s="0">
-        <x:v>22.581</x:v>
+        <x:v>22.009</x:v>
       </x:c>
       <x:c r="E424" s="0">
-        <x:v>17.37</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5">
       <x:c r="A425" s="1">
-        <x:v>45397.9234027778</x:v>
+        <x:v>45422.9236342593</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C425" s="0">
-        <x:v>1.16</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D425" s="0">
-        <x:v>22.581</x:v>
+        <x:v>22.009</x:v>
       </x:c>
       <x:c r="E425" s="0">
-        <x:v>17.37</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5">
       <x:c r="A426" s="1">
-        <x:v>45394.9242824074</x:v>
+        <x:v>45421.9229861111</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C426" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D426" s="0">
-        <x:v>23.452</x:v>
+        <x:v>22.139</x:v>
       </x:c>
       <x:c r="E426" s="0">
-        <x:v>18.04</x:v>
+        <x:v>17.03</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5">
       <x:c r="A427" s="1">
-        <x:v>45393.9239699074</x:v>
+        <x:v>45420.9241087963</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C427" s="0">
-        <x:v>1.04</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D427" s="0">
-        <x:v>23.283</x:v>
+        <x:v>21.762</x:v>
       </x:c>
       <x:c r="E427" s="0">
-        <x:v>17.91</x:v>
+        <x:v>16.74</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5">
       <x:c r="A428" s="1">
-        <x:v>45392.9226967593</x:v>
+        <x:v>45419.9260416667</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C428" s="0">
-        <x:v>1.06</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D428" s="0">
-        <x:v>23.283</x:v>
+        <x:v>21.762</x:v>
       </x:c>
       <x:c r="E428" s="0">
-        <x:v>17.91</x:v>
+        <x:v>16.74</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5">
       <x:c r="A429" s="1">
-        <x:v>45391.9264930556</x:v>
+        <x:v>45418.9291203704</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C429" s="0">
-        <x:v>1.04</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D429" s="0">
-        <x:v>23.01</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E429" s="0">
-        <x:v>17.7</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5">
       <x:c r="A430" s="1">
-        <x:v>45390.9248958333</x:v>
+        <x:v>45415.9288425926</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C430" s="0">
-        <x:v>1.1</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D430" s="0">
-        <x:v>23.01</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E430" s="0">
-        <x:v>17.7</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5">
       <x:c r="A431" s="1">
-        <x:v>45387.9235069444</x:v>
+        <x:v>45414.9243634259</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C431" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D431" s="0">
-        <x:v>23.218</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E431" s="0">
-        <x:v>17.86</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5">
       <x:c r="A432" s="1">
-        <x:v>45386.9250115741</x:v>
+        <x:v>45412.9266319444</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C432" s="0">
-        <x:v>1.17</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D432" s="0">
-        <x:v>21.632</x:v>
+        <x:v>22.516</x:v>
       </x:c>
       <x:c r="E432" s="0">
-        <x:v>16.64</x:v>
+        <x:v>17.32</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5">
       <x:c r="A433" s="1">
-        <x:v>45385.9232175926</x:v>
+        <x:v>45411.9247106481</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C433" s="0">
-        <x:v>1.16</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D433" s="0">
-        <x:v>21.632</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E433" s="0">
-        <x:v>16.64</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5">
       <x:c r="A434" s="1">
-        <x:v>45384.9259143519</x:v>
+        <x:v>45408.9314699074</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C434" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D434" s="0">
-        <x:v>21.632</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E434" s="0">
-        <x:v>16.64</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5">
       <x:c r="A435" s="1">
-        <x:v>45379.8836574074</x:v>
+        <x:v>45407.9436226852</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C435" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D435" s="0">
-        <x:v>21.073</x:v>
+        <x:v>21.476</x:v>
       </x:c>
       <x:c r="E435" s="0">
-        <x:v>16.21</x:v>
+        <x:v>16.52</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5">
       <x:c r="A436" s="1">
-        <x:v>45378.8831828704</x:v>
+        <x:v>45406.9296875</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C436" s="0">
-        <x:v>1.45</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D436" s="0">
-        <x:v>20.176</x:v>
+        <x:v>21.684</x:v>
       </x:c>
       <x:c r="E436" s="0">
-        <x:v>15.52</x:v>
+        <x:v>16.68</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5">
       <x:c r="A437" s="1">
-        <x:v>45377.8826388889</x:v>
+        <x:v>45405.9324768518</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C437" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D437" s="0">
-        <x:v>20.241</x:v>
+        <x:v>21.684</x:v>
       </x:c>
       <x:c r="E437" s="0">
-        <x:v>15.57</x:v>
+        <x:v>16.68</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5">
       <x:c r="A438" s="1">
-        <x:v>45376.8828703704</x:v>
+        <x:v>45404.9330092593</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C438" s="0">
-        <x:v>1.66</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D438" s="0">
-        <x:v>20.241</x:v>
+        <x:v>22.23</x:v>
       </x:c>
       <x:c r="E438" s="0">
-        <x:v>15.57</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5">
       <x:c r="A439" s="1">
-        <x:v>45373.8831365741</x:v>
+        <x:v>45401.9231597222</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C439" s="0">
-        <x:v>1.67</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D439" s="0">
-        <x:v>20.176</x:v>
+        <x:v>22.074</x:v>
       </x:c>
       <x:c r="E439" s="0">
-        <x:v>15.52</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5">
       <x:c r="A440" s="1">
-        <x:v>45372.884375</x:v>
+        <x:v>45400.9236342593</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C440" s="0">
-        <x:v>1.58</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D440" s="0">
-        <x:v>20.553</x:v>
+        <x:v>21.71</x:v>
       </x:c>
       <x:c r="E440" s="0">
-        <x:v>15.81</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5">
       <x:c r="A441" s="1">
-        <x:v>45362.893599537</x:v>
+        <x:v>45399.9245023148</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C441" s="0">
-        <x:v>1.58</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D441" s="0">
-        <x:v>20.488</x:v>
+        <x:v>21.71</x:v>
       </x:c>
       <x:c r="E441" s="0">
-        <x:v>15.76</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5">
       <x:c r="A442" s="1">
-        <x:v>45359.9310416667</x:v>
+        <x:v>45398.9235416667</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C442" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D442" s="0">
-        <x:v>20.488</x:v>
+        <x:v>22.581</x:v>
       </x:c>
       <x:c r="E442" s="0">
-        <x:v>15.76</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5">
       <x:c r="A443" s="1">
-        <x:v>45358.9292013889</x:v>
+        <x:v>45397.9234027778</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C443" s="0">
-        <x:v>1.57</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D443" s="0">
-        <x:v>20.423</x:v>
+        <x:v>22.581</x:v>
       </x:c>
       <x:c r="E443" s="0">
-        <x:v>15.71</x:v>
+        <x:v>17.37</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5">
       <x:c r="A444" s="1">
-        <x:v>45357.9246527778</x:v>
+        <x:v>45394.9242824074</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C444" s="0">
-        <x:v>1.63</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D444" s="0">
-        <x:v>20.189</x:v>
+        <x:v>23.452</x:v>
       </x:c>
       <x:c r="E444" s="0">
-        <x:v>15.53</x:v>
+        <x:v>18.04</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5">
       <x:c r="A445" s="1">
-        <x:v>45356.9297916667</x:v>
+        <x:v>45393.9239699074</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C445" s="0">
-        <x:v>1.69</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D445" s="0">
-        <x:v>20.098</x:v>
+        <x:v>23.283</x:v>
       </x:c>
       <x:c r="E445" s="0">
-        <x:v>15.46</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5">
       <x:c r="A446" s="1">
-        <x:v>45355.92625</x:v>
+        <x:v>45392.9226967593</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C446" s="0">
-        <x:v>1.71</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D446" s="0">
-        <x:v>20.098</x:v>
+        <x:v>23.283</x:v>
       </x:c>
       <x:c r="E446" s="0">
-        <x:v>15.46</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5">
       <x:c r="A447" s="1">
-        <x:v>45351.9256481481</x:v>
+        <x:v>45391.9264930556</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C447" s="0">
-        <x:v>2.02</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D447" s="0">
-        <x:v>19.058</x:v>
+        <x:v>23.01</x:v>
       </x:c>
       <x:c r="E447" s="0">
-        <x:v>14.66</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5">
       <x:c r="A448" s="1">
-        <x:v>45350.923599537</x:v>
+        <x:v>45390.9248958333</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C448" s="0">
-        <x:v>2.17</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D448" s="0">
-        <x:v>18.863</x:v>
+        <x:v>23.01</x:v>
       </x:c>
       <x:c r="E448" s="0">
-        <x:v>14.51</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5">
       <x:c r="A449" s="1">
-        <x:v>45349.9222916667</x:v>
+        <x:v>45387.9235069444</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C449" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D449" s="0">
-        <x:v>19.045</x:v>
+        <x:v>23.218</x:v>
       </x:c>
       <x:c r="E449" s="0">
-        <x:v>14.65</x:v>
+        <x:v>17.86</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5">
       <x:c r="A450" s="1">
-        <x:v>45348.9284375</x:v>
+        <x:v>45386.9250115741</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C450" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D450" s="0">
-        <x:v>19.162</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E450" s="0">
-        <x:v>14.74</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5">
       <x:c r="A451" s="1">
-        <x:v>45345.9261805556</x:v>
+        <x:v>45385.9232175926</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C451" s="0">
-        <x:v>2.03</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D451" s="0">
-        <x:v>18.707</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E451" s="0">
-        <x:v>14.39</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5">
       <x:c r="A452" s="1">
-        <x:v>45344.9259259259</x:v>
+        <x:v>45384.9259143519</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C452" s="0">
-        <x:v>2.19</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D452" s="0">
-        <x:v>19.175</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E452" s="0">
-        <x:v>14.75</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5">
       <x:c r="A453" s="1">
-        <x:v>45343.9245486111</x:v>
+        <x:v>45379.8836574074</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C453" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D453" s="0">
-        <x:v>19.149</x:v>
+        <x:v>21.073</x:v>
       </x:c>
       <x:c r="E453" s="0">
-        <x:v>14.73</x:v>
+        <x:v>16.21</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5">
       <x:c r="A454" s="1">
-        <x:v>45342.9239236111</x:v>
+        <x:v>45378.8831828704</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C454" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D454" s="0">
-        <x:v>19.045</x:v>
+        <x:v>20.176</x:v>
       </x:c>
       <x:c r="E454" s="0">
-        <x:v>14.65</x:v>
+        <x:v>15.52</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5">
       <x:c r="A455" s="1">
-        <x:v>45338.9307523148</x:v>
+        <x:v>45377.8826388889</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C455" s="0">
-        <x:v>2.08</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D455" s="0">
-        <x:v>18.98</x:v>
+        <x:v>20.241</x:v>
       </x:c>
       <x:c r="E455" s="0">
-        <x:v>14.6</x:v>
+        <x:v>15.57</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5">
       <x:c r="A456" s="1">
-        <x:v>45337.9415393519</x:v>
+        <x:v>45376.8828703704</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C456" s="0">
-        <x:v>2.1</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D456" s="0">
-        <x:v>18.278</x:v>
+        <x:v>20.241</x:v>
       </x:c>
       <x:c r="E456" s="0">
-        <x:v>14.06</x:v>
+        <x:v>15.57</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5">
       <x:c r="A457" s="1">
-        <x:v>45336.9321759259</x:v>
+        <x:v>45373.8831365741</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C457" s="0">
-        <x:v>2.37</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D457" s="0">
-        <x:v>18.278</x:v>
+        <x:v>20.176</x:v>
       </x:c>
       <x:c r="E457" s="0">
-        <x:v>14.06</x:v>
+        <x:v>15.52</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5">
       <x:c r="A458" s="1">
-        <x:v>45335.9339699074</x:v>
+        <x:v>45372.884375</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C458" s="0">
-        <x:v>2.33</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D458" s="0">
-        <x:v>19.149</x:v>
+        <x:v>20.553</x:v>
       </x:c>
       <x:c r="E458" s="0">
-        <x:v>14.73</x:v>
+        <x:v>15.81</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5">
       <x:c r="A459" s="1">
-        <x:v>45334.9284259259</x:v>
+        <x:v>45362.893599537</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C459" s="0">
-        <x:v>2.08</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D459" s="0">
-        <x:v>19.149</x:v>
+        <x:v>20.488</x:v>
       </x:c>
       <x:c r="E459" s="0">
-        <x:v>14.73</x:v>
+        <x:v>15.76</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5">
       <x:c r="A460" s="1">
-        <x:v>45331.9230324074</x:v>
+        <x:v>45359.9310416667</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C460" s="0">
-        <x:v>2.1</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D460" s="0">
-        <x:v>19.266</x:v>
+        <x:v>20.488</x:v>
       </x:c>
       <x:c r="E460" s="0">
-        <x:v>14.82</x:v>
+        <x:v>15.76</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5">
       <x:c r="A461" s="1">
-        <x:v>45330.9229050926</x:v>
+        <x:v>45358.9292013889</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C461" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D461" s="0">
-        <x:v>19.409</x:v>
+        <x:v>20.423</x:v>
       </x:c>
       <x:c r="E461" s="0">
-        <x:v>14.93</x:v>
+        <x:v>15.71</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5">
       <x:c r="A462" s="1">
-        <x:v>45329.9234259259</x:v>
+        <x:v>45357.9246527778</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C462" s="0">
-        <x:v>2</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D462" s="0">
-        <x:v>19.539</x:v>
+        <x:v>20.189</x:v>
       </x:c>
       <x:c r="E462" s="0">
-        <x:v>15.03</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5">
       <x:c r="A463" s="1">
-        <x:v>45328.9222453704</x:v>
+        <x:v>45356.9297916667</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C463" s="0">
-        <x:v>1.96</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D463" s="0">
-        <x:v>19.721</x:v>
+        <x:v>20.098</x:v>
       </x:c>
       <x:c r="E463" s="0">
-        <x:v>15.17</x:v>
+        <x:v>15.46</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:5">
       <x:c r="A464" s="1">
-        <x:v>45327.9236921296</x:v>
+        <x:v>45355.92625</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C464" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D464" s="0">
-        <x:v>20.033</x:v>
+        <x:v>20.098</x:v>
       </x:c>
       <x:c r="E464" s="0">
-        <x:v>15.41</x:v>
+        <x:v>15.46</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:5">
       <x:c r="A465" s="1">
-        <x:v>45324.9260300926</x:v>
+        <x:v>45351.9256481481</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C465" s="0">
-        <x:v>1.82</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D465" s="0">
-        <x:v>20.657</x:v>
+        <x:v>19.058</x:v>
       </x:c>
       <x:c r="E465" s="0">
-        <x:v>15.89</x:v>
+        <x:v>14.66</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:5">
       <x:c r="A466" s="1">
-        <x:v>45323.9260069444</x:v>
+        <x:v>45350.923599537</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C466" s="0">
-        <x:v>1.66</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D466" s="0">
-        <x:v>20.657</x:v>
+        <x:v>18.863</x:v>
       </x:c>
       <x:c r="E466" s="0">
-        <x:v>15.89</x:v>
+        <x:v>14.51</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:5">
       <x:c r="A467" s="1">
-        <x:v>45322.9228703704</x:v>
+        <x:v>45349.9222916667</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C467" s="0">
-        <x:v>1.76</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D467" s="0">
-        <x:v>20.384</x:v>
+        <x:v>19.045</x:v>
       </x:c>
       <x:c r="E467" s="0">
-        <x:v>15.68</x:v>
+        <x:v>14.65</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:5">
       <x:c r="A468" s="1">
-        <x:v>45321.9410069444</x:v>
+        <x:v>45348.9284375</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C468" s="0">
-        <x:v>1.74</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D468" s="0">
-        <x:v>20.41</x:v>
+        <x:v>19.162</x:v>
       </x:c>
       <x:c r="E468" s="0">
-        <x:v>15.7</x:v>
+        <x:v>14.74</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:5">
       <x:c r="A469" s="1">
-        <x:v>45320.9269560185</x:v>
+        <x:v>45345.9261805556</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C469" s="0">
-        <x:v>1.73</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D469" s="0">
-        <x:v>20.189</x:v>
+        <x:v>18.707</x:v>
       </x:c>
       <x:c r="E469" s="0">
-        <x:v>15.53</x:v>
+        <x:v>14.39</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:5">
       <x:c r="A470" s="1">
-        <x:v>45317.9266550926</x:v>
+        <x:v>45344.9259259259</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C470" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D470" s="0">
-        <x:v>20.189</x:v>
+        <x:v>19.175</x:v>
       </x:c>
       <x:c r="E470" s="0">
-        <x:v>15.53</x:v>
+        <x:v>14.75</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:5">
       <x:c r="A471" s="1">
-        <x:v>45316.9261342593</x:v>
+        <x:v>45343.9245486111</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C471" s="0">
-        <x:v>1.76</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D471" s="0">
-        <x:v>20.189</x:v>
+        <x:v>19.149</x:v>
       </x:c>
       <x:c r="E471" s="0">
-        <x:v>15.53</x:v>
+        <x:v>14.73</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:5">
       <x:c r="A472" s="1">
-        <x:v>45315.9284375</x:v>
+        <x:v>45342.9239236111</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C472" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D472" s="0">
-        <x:v>20.189</x:v>
+        <x:v>19.045</x:v>
       </x:c>
       <x:c r="E472" s="0">
-        <x:v>15.53</x:v>
+        <x:v>14.65</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:5">
       <x:c r="A473" s="1">
-        <x:v>45314.9281018519</x:v>
+        <x:v>45338.9307523148</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C473" s="0">
-        <x:v>1.64</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D473" s="0">
-        <x:v>20.267</x:v>
+        <x:v>18.98</x:v>
       </x:c>
       <x:c r="E473" s="0">
-        <x:v>15.59</x:v>
+        <x:v>14.6</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5">
       <x:c r="A474" s="1">
-        <x:v>45313.928599537</x:v>
+        <x:v>45337.9415393519</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C474" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D474" s="0">
-        <x:v>20.267</x:v>
+        <x:v>18.278</x:v>
       </x:c>
       <x:c r="E474" s="0">
-        <x:v>15.59</x:v>
+        <x:v>14.06</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5">
       <x:c r="A475" s="1">
-        <x:v>45310.9221643519</x:v>
+        <x:v>45336.9321759259</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C475" s="0">
-        <x:v>1.77</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D475" s="0">
-        <x:v>20.189</x:v>
+        <x:v>18.278</x:v>
       </x:c>
       <x:c r="E475" s="0">
-        <x:v>15.53</x:v>
+        <x:v>14.06</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5">
       <x:c r="A476" s="1">
-        <x:v>45309.9226851852</x:v>
+        <x:v>45335.9339699074</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C476" s="0">
-        <x:v>1.79</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D476" s="0">
-        <x:v>20.228</x:v>
+        <x:v>19.149</x:v>
       </x:c>
       <x:c r="E476" s="0">
-        <x:v>15.56</x:v>
+        <x:v>14.73</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5">
       <x:c r="A477" s="1">
-        <x:v>45308.9233217593</x:v>
+        <x:v>45334.9284259259</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C477" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D477" s="0">
-        <x:v>20.228</x:v>
+        <x:v>19.149</x:v>
       </x:c>
       <x:c r="E477" s="0">
-        <x:v>15.56</x:v>
+        <x:v>14.73</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:5">
       <x:c r="A478" s="1">
-        <x:v>45307.9222222222</x:v>
+        <x:v>45331.9230324074</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C478" s="0">
-        <x:v>1.66</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D478" s="0">
-        <x:v>20.748</x:v>
+        <x:v>19.266</x:v>
       </x:c>
       <x:c r="E478" s="0">
-        <x:v>15.96</x:v>
+        <x:v>14.82</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:5">
       <x:c r="A479" s="1">
-        <x:v>45303.9228125</x:v>
+        <x:v>45330.9229050926</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C479" s="0">
-        <x:v>1.29</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D479" s="0">
-        <x:v>22.295</x:v>
+        <x:v>19.409</x:v>
       </x:c>
       <x:c r="E479" s="0">
-        <x:v>17.15</x:v>
+        <x:v>14.93</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:5">
       <x:c r="A480" s="1">
-        <x:v>45302.9369907407</x:v>
+        <x:v>45329.9234259259</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C480" s="0">
-        <x:v>1.41</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D480" s="0">
-        <x:v>22.295</x:v>
+        <x:v>19.539</x:v>
       </x:c>
       <x:c r="E480" s="0">
-        <x:v>17.15</x:v>
+        <x:v>15.03</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:5">
       <x:c r="A481" s="1">
-        <x:v>45301.926712963</x:v>
+        <x:v>45328.9222453704</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C481" s="0">
-        <x:v>1.36</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D481" s="0">
-        <x:v>22.542</x:v>
+        <x:v>19.721</x:v>
       </x:c>
       <x:c r="E481" s="0">
-        <x:v>17.34</x:v>
+        <x:v>15.17</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:5">
       <x:c r="A482" s="1">
-        <x:v>45300.9303125</x:v>
+        <x:v>45327.9236921296</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C482" s="0">
-        <x:v>1.35</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D482" s="0">
-        <x:v>22.62</x:v>
+        <x:v>20.033</x:v>
       </x:c>
       <x:c r="E482" s="0">
-        <x:v>17.4</x:v>
+        <x:v>15.41</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:5">
       <x:c r="A483" s="1">
-        <x:v>45299.9237847222</x:v>
+        <x:v>45324.9260300926</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C483" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D483" s="0">
-        <x:v>22.737</x:v>
+        <x:v>20.657</x:v>
       </x:c>
       <x:c r="E483" s="0">
-        <x:v>17.49</x:v>
+        <x:v>15.89</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:5">
       <x:c r="A484" s="1">
-        <x:v>45296.9255324074</x:v>
+        <x:v>45323.9260069444</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C484" s="0">
-        <x:v>1.33</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D484" s="0">
-        <x:v>22.737</x:v>
+        <x:v>20.657</x:v>
       </x:c>
       <x:c r="E484" s="0">
-        <x:v>17.49</x:v>
+        <x:v>15.89</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:5">
       <x:c r="A485" s="1">
-        <x:v>45295.9240162037</x:v>
+        <x:v>45322.9228703704</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C485" s="0">
-        <x:v>1.36</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D485" s="0">
-        <x:v>22.529</x:v>
+        <x:v>20.384</x:v>
       </x:c>
       <x:c r="E485" s="0">
-        <x:v>17.33</x:v>
+        <x:v>15.68</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:5">
       <x:c r="A486" s="1">
-        <x:v>45294.9246990741</x:v>
+        <x:v>45321.9410069444</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C486" s="0">
-        <x:v>1.36</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D486" s="0">
-        <x:v>23.244</x:v>
+        <x:v>20.41</x:v>
       </x:c>
       <x:c r="E486" s="0">
-        <x:v>17.88</x:v>
+        <x:v>15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:5">
       <x:c r="A487" s="1">
-        <x:v>45293.9248842593</x:v>
+        <x:v>45320.9269560185</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C487" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D487" s="0">
-        <x:v>23.517</x:v>
+        <x:v>20.189</x:v>
       </x:c>
       <x:c r="E487" s="0">
-        <x:v>18.09</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:5">
       <x:c r="A488" s="1">
-        <x:v>45289.9231365741</x:v>
+        <x:v>45317.9266550926</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C488" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D488" s="0">
-        <x:v>23.517</x:v>
+        <x:v>20.189</x:v>
       </x:c>
       <x:c r="E488" s="0">
-        <x:v>18.09</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:5">
       <x:c r="A489" s="1">
-        <x:v>45288.9222916667</x:v>
+        <x:v>45316.9261342593</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C489" s="0">
-        <x:v>1.2</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D489" s="0">
-        <x:v>24.011</x:v>
+        <x:v>20.189</x:v>
       </x:c>
       <x:c r="E489" s="0">
-        <x:v>18.47</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:5">
       <x:c r="A490" s="1">
-        <x:v>45287.9289583333</x:v>
+        <x:v>45315.9284375</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C490" s="0">
-        <x:v>1.13</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D490" s="0">
-        <x:v>23.608</x:v>
+        <x:v>20.189</x:v>
       </x:c>
       <x:c r="E490" s="0">
-        <x:v>18.16</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:5">
       <x:c r="A491" s="1">
-        <x:v>45282.9304976852</x:v>
+        <x:v>45314.9281018519</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C491" s="0">
-        <x:v>1.19</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D491" s="0">
-        <x:v>23.608</x:v>
+        <x:v>20.267</x:v>
       </x:c>
       <x:c r="E491" s="0">
-        <x:v>18.16</x:v>
+        <x:v>15.59</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:5">
       <x:c r="A492" s="1">
-        <x:v>45281.9287731481</x:v>
+        <x:v>45313.928599537</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C492" s="0">
-        <x:v>1.23</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D492" s="0">
-        <x:v>23.101</x:v>
+        <x:v>20.267</x:v>
       </x:c>
       <x:c r="E492" s="0">
-        <x:v>17.77</x:v>
+        <x:v>15.59</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:5">
       <x:c r="A493" s="1">
-        <x:v>45280.9229398148</x:v>
+        <x:v>45310.9221643519</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C493" s="0">
-        <x:v>1.27</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D493" s="0">
-        <x:v>23.517</x:v>
+        <x:v>20.189</x:v>
       </x:c>
       <x:c r="E493" s="0">
-        <x:v>18.09</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:5">
       <x:c r="A494" s="1">
-        <x:v>45279.9272106482</x:v>
+        <x:v>45309.9226851852</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C494" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D494" s="0">
-        <x:v>23.049</x:v>
+        <x:v>20.228</x:v>
       </x:c>
       <x:c r="E494" s="0">
-        <x:v>17.73</x:v>
+        <x:v>15.56</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:5">
       <x:c r="A495" s="1">
-        <x:v>45278.9285069444</x:v>
+        <x:v>45308.9233217593</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C495" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D495" s="0">
-        <x:v>22.763</x:v>
+        <x:v>20.228</x:v>
       </x:c>
       <x:c r="E495" s="0">
-        <x:v>17.51</x:v>
+        <x:v>15.56</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:5">
       <x:c r="A496" s="1">
-        <x:v>45275.9232291667</x:v>
+        <x:v>45307.9222222222</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C496" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D496" s="0">
-        <x:v>22.763</x:v>
+        <x:v>20.748</x:v>
       </x:c>
       <x:c r="E496" s="0">
-        <x:v>17.51</x:v>
+        <x:v>15.96</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:5">
       <x:c r="A497" s="1">
-        <x:v>45274.9234027778</x:v>
+        <x:v>45303.9228125</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C497" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D497" s="0">
-        <x:v>22.659</x:v>
+        <x:v>22.295</x:v>
       </x:c>
       <x:c r="E497" s="0">
-        <x:v>17.43</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:5">
       <x:c r="A498" s="1">
-        <x:v>45273.9260300926</x:v>
+        <x:v>45302.9369907407</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C498" s="0">
-        <x:v>1.35</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D498" s="0">
-        <x:v>21.242</x:v>
+        <x:v>22.295</x:v>
       </x:c>
       <x:c r="E498" s="0">
-        <x:v>16.34</x:v>
+        <x:v>17.15</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:5">
       <x:c r="A499" s="1">
-        <x:v>45272.9224537037</x:v>
+        <x:v>45301.926712963</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C499" s="0">
-        <x:v>1.69</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D499" s="0">
-        <x:v>21.671</x:v>
+        <x:v>22.542</x:v>
       </x:c>
       <x:c r="E499" s="0">
-        <x:v>16.67</x:v>
+        <x:v>17.34</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:5">
       <x:c r="A500" s="1">
-        <x:v>45271.9244444444</x:v>
+        <x:v>45300.9303125</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C500" s="0">
-        <x:v>1.6</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D500" s="0">
-        <x:v>21.827</x:v>
+        <x:v>22.62</x:v>
       </x:c>
       <x:c r="E500" s="0">
-        <x:v>16.79</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:5">
       <x:c r="A501" s="1">
-        <x:v>45268.935625</x:v>
+        <x:v>45299.9237847222</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C501" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D501" s="0">
-        <x:v>22.386</x:v>
+        <x:v>22.737</x:v>
       </x:c>
       <x:c r="E501" s="0">
-        <x:v>17.22</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:5">
       <x:c r="A502" s="1">
-        <x:v>45267.9261574074</x:v>
+        <x:v>45296.9255324074</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C502" s="0">
-        <x:v>1.45</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D502" s="0">
-        <x:v>22.568</x:v>
+        <x:v>22.737</x:v>
       </x:c>
       <x:c r="E502" s="0">
-        <x:v>17.36</x:v>
+        <x:v>17.49</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:5">
       <x:c r="A503" s="1">
-        <x:v>45266.9284143519</x:v>
+        <x:v>45295.9240162037</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C503" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D503" s="0">
-        <x:v>22.568</x:v>
+        <x:v>22.529</x:v>
       </x:c>
       <x:c r="E503" s="0">
-        <x:v>17.36</x:v>
+        <x:v>17.33</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:5">
       <x:c r="A504" s="1">
-        <x:v>45265.9407291667</x:v>
+        <x:v>45294.9246990741</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C504" s="0">
-        <x:v>1.4</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D504" s="0">
-        <x:v>22.789</x:v>
+        <x:v>23.244</x:v>
       </x:c>
       <x:c r="E504" s="0">
-        <x:v>17.53</x:v>
+        <x:v>17.88</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:5">
       <x:c r="A505" s="1">
-        <x:v>45261.9243981481</x:v>
+        <x:v>45293.9248842593</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C505" s="0">
-        <x:v>1.33</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D505" s="0">
-        <x:v>22.867</x:v>
+        <x:v>23.517</x:v>
       </x:c>
       <x:c r="E505" s="0">
-        <x:v>17.59</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:5">
       <x:c r="A506" s="1">
-        <x:v>45260.9313657407</x:v>
+        <x:v>45289.9231365741</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C506" s="0">
-        <x:v>1.36</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D506" s="0">
-        <x:v>22.867</x:v>
+        <x:v>23.517</x:v>
       </x:c>
       <x:c r="E506" s="0">
-        <x:v>17.59</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:5">
       <x:c r="A507" s="1">
-        <x:v>45259.9292939815</x:v>
+        <x:v>45288.9222916667</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C507" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D507" s="0">
-        <x:v>22.672</x:v>
+        <x:v>24.011</x:v>
       </x:c>
       <x:c r="E507" s="0">
-        <x:v>17.44</x:v>
+        <x:v>18.47</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:5">
       <x:c r="A508" s="1">
-        <x:v>45258.9274074074</x:v>
+        <x:v>45287.9289583333</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C508" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D508" s="0">
-        <x:v>22.672</x:v>
+        <x:v>23.608</x:v>
       </x:c>
       <x:c r="E508" s="0">
-        <x:v>17.44</x:v>
+        <x:v>18.16</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:5">
       <x:c r="A509" s="1">
-        <x:v>45257.9259259259</x:v>
+        <x:v>45282.9304976852</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C509" s="0">
-        <x:v>1.68</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D509" s="0">
-        <x:v>21.541</x:v>
+        <x:v>23.608</x:v>
       </x:c>
       <x:c r="E509" s="0">
-        <x:v>16.57</x:v>
+        <x:v>18.16</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:5">
       <x:c r="A510" s="1">
-        <x:v>45254.8079976852</x:v>
+        <x:v>45281.9287731481</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C510" s="0">
-        <x:v>1.8</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D510" s="0">
-        <x:v>21.099</x:v>
+        <x:v>23.101</x:v>
       </x:c>
       <x:c r="E510" s="0">
-        <x:v>16.23</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:5">
       <x:c r="A511" s="1">
-        <x:v>45252.9264351852</x:v>
+        <x:v>45280.9229398148</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C511" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D511" s="0">
-        <x:v>21.047</x:v>
+        <x:v>23.517</x:v>
       </x:c>
       <x:c r="E511" s="0">
-        <x:v>16.19</x:v>
+        <x:v>18.09</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:5">
       <x:c r="A512" s="1">
-        <x:v>45244.9246527778</x:v>
+        <x:v>45279.9272106482</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C512" s="0">
-        <x:v>1.98</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D512" s="0">
-        <x:v>19.669</x:v>
+        <x:v>23.049</x:v>
       </x:c>
       <x:c r="E512" s="0">
-        <x:v>15.13</x:v>
+        <x:v>17.73</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:5">
       <x:c r="A513" s="1">
-        <x:v>45233.880162037</x:v>
+        <x:v>45278.9285069444</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C513" s="0">
-        <x:v>1.75</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D513" s="0">
-        <x:v>20.865</x:v>
+        <x:v>22.763</x:v>
       </x:c>
       <x:c r="E513" s="0">
-        <x:v>16.05</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:5">
       <x:c r="A514" s="1">
-        <x:v>45232.8820833333</x:v>
+        <x:v>45275.9232291667</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C514" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D514" s="0">
-        <x:v>20.839</x:v>
+        <x:v>22.763</x:v>
       </x:c>
       <x:c r="E514" s="0">
-        <x:v>16.03</x:v>
+        <x:v>17.51</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:5">
       <x:c r="A515" s="1">
-        <x:v>45232.8820833333</x:v>
+        <x:v>45274.9234027778</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C515" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D515" s="0">
-        <x:v>20.839</x:v>
+        <x:v>22.659</x:v>
       </x:c>
       <x:c r="E515" s="0">
-        <x:v>16.03</x:v>
+        <x:v>17.43</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:5">
       <x:c r="A516" s="1">
-        <x:v>45231.8818865741</x:v>
+        <x:v>45273.9260300926</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C516" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D516" s="0">
-        <x:v>20.774</x:v>
+        <x:v>21.242</x:v>
       </x:c>
       <x:c r="E516" s="0">
-        <x:v>15.98</x:v>
+        <x:v>16.34</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:5">
       <x:c r="A517" s="1">
-        <x:v>45230.885</x:v>
+        <x:v>45272.9224537037</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C517" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D517" s="0">
-        <x:v>20.943</x:v>
+        <x:v>21.671</x:v>
       </x:c>
       <x:c r="E517" s="0">
-        <x:v>16.11</x:v>
+        <x:v>16.67</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:5">
       <x:c r="A518" s="1">
-        <x:v>45229.8817013889</x:v>
+        <x:v>45271.9244444444</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C518" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D518" s="0">
-        <x:v>21.229</x:v>
+        <x:v>21.827</x:v>
       </x:c>
       <x:c r="E518" s="0">
-        <x:v>16.33</x:v>
+        <x:v>16.79</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:5">
       <x:c r="A519" s="1">
-        <x:v>45226.9269907407</x:v>
+        <x:v>45268.935625</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C519" s="0">
-        <x:v>1.81</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D519" s="0">
-        <x:v>21.229</x:v>
+        <x:v>22.386</x:v>
       </x:c>
       <x:c r="E519" s="0">
-        <x:v>16.33</x:v>
+        <x:v>17.22</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:5">
       <x:c r="A520" s="1">
-        <x:v>45225.9248263889</x:v>
+        <x:v>45267.9261574074</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C520" s="0">
-        <x:v>1.82</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D520" s="0">
-        <x:v>21.177</x:v>
+        <x:v>22.568</x:v>
       </x:c>
       <x:c r="E520" s="0">
-        <x:v>16.29</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:5">
       <x:c r="A521" s="1">
-        <x:v>45224.9293634259</x:v>
+        <x:v>45266.9284143519</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C521" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D521" s="0">
-        <x:v>21.528</x:v>
+        <x:v>22.568</x:v>
       </x:c>
       <x:c r="E521" s="0">
-        <x:v>16.56</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:5">
       <x:c r="A522" s="1">
-        <x:v>45223.9280787037</x:v>
+        <x:v>45265.9407291667</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C522" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D522" s="0">
-        <x:v>21.528</x:v>
+        <x:v>22.789</x:v>
       </x:c>
       <x:c r="E522" s="0">
-        <x:v>16.56</x:v>
+        <x:v>17.53</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:5">
       <x:c r="A523" s="1">
-        <x:v>45222.9264236111</x:v>
+        <x:v>45261.9243981481</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C523" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D523" s="0">
-        <x:v>21.515</x:v>
+        <x:v>22.867</x:v>
       </x:c>
       <x:c r="E523" s="0">
-        <x:v>16.55</x:v>
+        <x:v>17.59</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:5">
       <x:c r="A524" s="1">
-        <x:v>45219.9264236111</x:v>
+        <x:v>45260.9313657407</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C524" s="0">
-        <x:v>1.64</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D524" s="0">
-        <x:v>21.957</x:v>
+        <x:v>22.867</x:v>
       </x:c>
       <x:c r="E524" s="0">
-        <x:v>16.89</x:v>
+        <x:v>17.59</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:5">
       <x:c r="A525" s="1">
-        <x:v>45218.9218287037</x:v>
+        <x:v>45259.9292939815</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C525" s="0">
-        <x:v>1.72</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D525" s="0">
-        <x:v>21.502</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E525" s="0">
-        <x:v>16.54</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:5">
       <x:c r="A526" s="1">
-        <x:v>45217.9234722222</x:v>
+        <x:v>45258.9274074074</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C526" s="0">
-        <x:v>1.75</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D526" s="0">
-        <x:v>21.502</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E526" s="0">
-        <x:v>16.54</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:5">
       <x:c r="A527" s="1">
-        <x:v>45216.9224652778</x:v>
+        <x:v>45257.9259259259</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C527" s="0">
-        <x:v>1.78</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D527" s="0">
-        <x:v>21.346</x:v>
+        <x:v>21.541</x:v>
       </x:c>
       <x:c r="E527" s="0">
-        <x:v>16.42</x:v>
+        <x:v>16.57</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:5">
       <x:c r="A528" s="1">
-        <x:v>45215.9261805556</x:v>
+        <x:v>45254.8079976852</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C528" s="0">
-        <x:v>2.02</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D528" s="0">
-        <x:v>20.553</x:v>
+        <x:v>21.099</x:v>
       </x:c>
       <x:c r="E528" s="0">
-        <x:v>15.81</x:v>
+        <x:v>16.23</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:5">
       <x:c r="A529" s="1">
-        <x:v>45212.9247337963</x:v>
+        <x:v>45252.9264351852</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C529" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D529" s="0">
-        <x:v>19.682</x:v>
+        <x:v>21.047</x:v>
       </x:c>
       <x:c r="E529" s="0">
-        <x:v>15.14</x:v>
+        <x:v>16.19</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:5">
       <x:c r="A530" s="1">
-        <x:v>45211.9241550926</x:v>
+        <x:v>45244.9246527778</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C530" s="0">
-        <x:v>2.32</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D530" s="0">
-        <x:v>19.786</x:v>
+        <x:v>19.669</x:v>
       </x:c>
       <x:c r="E530" s="0">
-        <x:v>15.22</x:v>
+        <x:v>15.13</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:5">
       <x:c r="A531" s="1">
-        <x:v>45210.9266898148</x:v>
+        <x:v>45233.880162037</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C531" s="0">
-        <x:v>2.28</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D531" s="0">
-        <x:v>19.448</x:v>
+        <x:v>20.865</x:v>
       </x:c>
       <x:c r="E531" s="0">
-        <x:v>14.96</x:v>
+        <x:v>16.05</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:5">
       <x:c r="A532" s="1">
-        <x:v>45209.9225925926</x:v>
+        <x:v>45232.8820833333</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C532" s="0">
-        <x:v>2.4</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D532" s="0">
-        <x:v>19.448</x:v>
+        <x:v>20.839</x:v>
       </x:c>
       <x:c r="E532" s="0">
-        <x:v>14.96</x:v>
+        <x:v>16.03</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:5">
       <x:c r="A533" s="1">
-        <x:v>45208.9235532407</x:v>
+        <x:v>45232.8820833333</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C533" s="0">
-        <x:v>2.46</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D533" s="0">
-        <x:v>19.305</x:v>
+        <x:v>20.839</x:v>
       </x:c>
       <x:c r="E533" s="0">
-        <x:v>14.85</x:v>
+        <x:v>16.03</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:5">
       <x:c r="A534" s="1">
-        <x:v>45205.9329050926</x:v>
+        <x:v>45231.8818865741</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C534" s="0">
-        <x:v>2.6</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D534" s="0">
-        <x:v>18.681</x:v>
+        <x:v>20.774</x:v>
       </x:c>
       <x:c r="E534" s="0">
-        <x:v>14.37</x:v>
+        <x:v>15.98</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:5">
       <x:c r="A535" s="1">
-        <x:v>45204.9305092593</x:v>
+        <x:v>45230.885</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C535" s="0">
-        <x:v>2.71</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D535" s="0">
-        <x:v>18.46</x:v>
+        <x:v>20.943</x:v>
       </x:c>
       <x:c r="E535" s="0">
-        <x:v>14.2</x:v>
+        <x:v>16.11</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:5">
       <x:c r="A536" s="1">
-        <x:v>45203.9277083333</x:v>
+        <x:v>45229.8817013889</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C536" s="0">
-        <x:v>2.81</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D536" s="0">
-        <x:v>18.46</x:v>
+        <x:v>21.229</x:v>
       </x:c>
       <x:c r="E536" s="0">
-        <x:v>14.2</x:v>
+        <x:v>16.33</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:5">
       <x:c r="A537" s="1">
-        <x:v>45203.9277083333</x:v>
+        <x:v>45226.9269907407</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C537" s="0">
-        <x:v>2.81</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D537" s="0">
-        <x:v>18.46</x:v>
+        <x:v>21.229</x:v>
       </x:c>
       <x:c r="E537" s="0">
-        <x:v>14.2</x:v>
+        <x:v>16.33</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:5">
       <x:c r="A538" s="1">
-        <x:v>45202.9255208333</x:v>
+        <x:v>45225.9248263889</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C538" s="0">
-        <x:v>2.82</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D538" s="0">
-        <x:v>18.499</x:v>
+        <x:v>21.177</x:v>
       </x:c>
       <x:c r="E538" s="0">
-        <x:v>14.23</x:v>
+        <x:v>16.29</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:5">
       <x:c r="A539" s="1">
-        <x:v>45201.9270486111</x:v>
+        <x:v>45224.9293634259</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C539" s="0">
-        <x:v>2.79</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D539" s="0">
-        <x:v>18.499</x:v>
+        <x:v>21.528</x:v>
       </x:c>
       <x:c r="E539" s="0">
-        <x:v>14.23</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:5">
       <x:c r="A540" s="1">
-        <x:v>45198.9240625</x:v>
+        <x:v>45223.9280787037</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C540" s="0">
-        <x:v>2.62</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D540" s="0">
-        <x:v>18.915</x:v>
+        <x:v>21.528</x:v>
       </x:c>
       <x:c r="E540" s="0">
-        <x:v>14.55</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:5">
       <x:c r="A541" s="1">
-        <x:v>45197.9237152778</x:v>
+        <x:v>45222.9264236111</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C541" s="0">
-        <x:v>2.61</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D541" s="0">
-        <x:v>19.032</x:v>
+        <x:v>21.515</x:v>
       </x:c>
       <x:c r="E541" s="0">
-        <x:v>14.64</x:v>
+        <x:v>16.55</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:5">
       <x:c r="A542" s="1">
-        <x:v>45196.9243055556</x:v>
+        <x:v>45219.9264236111</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C542" s="0">
-        <x:v>2.57</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D542" s="0">
-        <x:v>19.032</x:v>
+        <x:v>21.957</x:v>
       </x:c>
       <x:c r="E542" s="0">
-        <x:v>14.64</x:v>
+        <x:v>16.89</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:5">
       <x:c r="A543" s="1">
-        <x:v>45195.9233101852</x:v>
+        <x:v>45218.9218287037</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C543" s="0">
-        <x:v>2.31</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="D543" s="0">
-        <x:v>19.773</x:v>
+        <x:v>21.502</x:v>
       </x:c>
       <x:c r="E543" s="0">
-        <x:v>15.21</x:v>
+        <x:v>16.54</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:5">
       <x:c r="A544" s="1">
-        <x:v>45194.935787037</x:v>
+        <x:v>45217.9234722222</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C544" s="0">
-        <x:v>2.17</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D544" s="0">
-        <x:v>20.527</x:v>
+        <x:v>21.502</x:v>
       </x:c>
       <x:c r="E544" s="0">
-        <x:v>15.79</x:v>
+        <x:v>16.54</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:5">
       <x:c r="A545" s="1">
-        <x:v>45191.9257986111</x:v>
+        <x:v>45216.9224652778</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C545" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D545" s="0">
-        <x:v>20.527</x:v>
+        <x:v>21.346</x:v>
       </x:c>
       <x:c r="E545" s="0">
-        <x:v>15.79</x:v>
+        <x:v>16.42</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:5">
       <x:c r="A546" s="1">
-        <x:v>45190.9234027778</x:v>
+        <x:v>45215.9261805556</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C546" s="0">
-        <x:v>1.98</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D546" s="0">
-        <x:v>20.839</x:v>
+        <x:v>20.553</x:v>
       </x:c>
       <x:c r="E546" s="0">
-        <x:v>16.03</x:v>
+        <x:v>15.81</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:5">
       <x:c r="A547" s="1">
-        <x:v>45189.9258101852</x:v>
+        <x:v>45212.9247337963</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C547" s="0">
-        <x:v>1.85</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D547" s="0">
-        <x:v>21.229</x:v>
+        <x:v>19.682</x:v>
       </x:c>
       <x:c r="E547" s="0">
-        <x:v>16.33</x:v>
+        <x:v>15.14</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:5">
       <x:c r="A548" s="1">
-        <x:v>45188.9232060185</x:v>
+        <x:v>45211.9241550926</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C548" s="0">
-        <x:v>1.88</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D548" s="0">
-        <x:v>21.229</x:v>
+        <x:v>19.786</x:v>
       </x:c>
       <x:c r="E548" s="0">
-        <x:v>16.33</x:v>
+        <x:v>15.22</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:5">
       <x:c r="A549" s="1">
-        <x:v>45187.9256018518</x:v>
+        <x:v>45210.9266898148</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C549" s="0">
-        <x:v>1.76</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D549" s="0">
-        <x:v>21.632</x:v>
+        <x:v>19.448</x:v>
       </x:c>
       <x:c r="E549" s="0">
-        <x:v>16.64</x:v>
+        <x:v>14.96</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:5">
       <x:c r="A550" s="1">
-        <x:v>45184.9348958333</x:v>
+        <x:v>45209.9225925926</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C550" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D550" s="0">
-        <x:v>21.632</x:v>
+        <x:v>19.448</x:v>
       </x:c>
       <x:c r="E550" s="0">
-        <x:v>16.64</x:v>
+        <x:v>14.96</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:5">
       <x:c r="A551" s="1">
-        <x:v>45183.9222453704</x:v>
+        <x:v>45208.9235532407</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C551" s="0">
-        <x:v>1.88</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D551" s="0">
-        <x:v>20.956</x:v>
+        <x:v>19.305</x:v>
       </x:c>
       <x:c r="E551" s="0">
-        <x:v>16.12</x:v>
+        <x:v>14.85</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:5">
       <x:c r="A552" s="1">
-        <x:v>45182.9262152778</x:v>
+        <x:v>45205.9329050926</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C552" s="0">
-        <x:v>1.96</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D552" s="0">
-        <x:v>20.865</x:v>
+        <x:v>18.681</x:v>
       </x:c>
       <x:c r="E552" s="0">
-        <x:v>16.05</x:v>
+        <x:v>14.37</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:5">
       <x:c r="A553" s="1">
-        <x:v>45181.9272569444</x:v>
+        <x:v>45204.9305092593</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C553" s="0">
-        <x:v>1.98</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D553" s="0">
-        <x:v>20.891</x:v>
+        <x:v>18.46</x:v>
       </x:c>
       <x:c r="E553" s="0">
-        <x:v>16.07</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:5">
       <x:c r="A554" s="1">
-        <x:v>45180.9246759259</x:v>
+        <x:v>45203.9277083333</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C554" s="0">
-        <x:v>1.97</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D554" s="0">
-        <x:v>20.891</x:v>
+        <x:v>18.46</x:v>
       </x:c>
       <x:c r="E554" s="0">
-        <x:v>16.07</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:5">
       <x:c r="A555" s="1">
-        <x:v>45177.9257986111</x:v>
+        <x:v>45203.9277083333</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C555" s="0">
-        <x:v>2.09</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D555" s="0">
-        <x:v>20.527</x:v>
+        <x:v>18.46</x:v>
       </x:c>
       <x:c r="E555" s="0">
-        <x:v>15.79</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:5">
       <x:c r="A556" s="1">
-        <x:v>45176.9232175926</x:v>
+        <x:v>45202.9255208333</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C556" s="0">
-        <x:v>2.08</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="D556" s="0">
-        <x:v>20.592</x:v>
+        <x:v>18.499</x:v>
       </x:c>
       <x:c r="E556" s="0">
-        <x:v>15.84</x:v>
+        <x:v>14.23</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:5">
       <x:c r="A557" s="1">
-        <x:v>45175.9268865741</x:v>
+        <x:v>45201.9270486111</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C557" s="0">
-        <x:v>2.06</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D557" s="0">
-        <x:v>20.592</x:v>
+        <x:v>18.499</x:v>
       </x:c>
       <x:c r="E557" s="0">
-        <x:v>15.84</x:v>
+        <x:v>14.23</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:5">
       <x:c r="A558" s="1">
-        <x:v>45174.9250462963</x:v>
+        <x:v>45198.9240625</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C558" s="0">
-        <x:v>2.03</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D558" s="0">
-        <x:v>20.696</x:v>
+        <x:v>18.915</x:v>
       </x:c>
       <x:c r="E558" s="0">
-        <x:v>15.92</x:v>
+        <x:v>14.55</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:5">
       <x:c r="A559" s="1">
-        <x:v>45170.923599537</x:v>
+        <x:v>45197.9237152778</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C559" s="0">
-        <x:v>1.95</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D559" s="0">
-        <x:v>20.956</x:v>
+        <x:v>19.032</x:v>
       </x:c>
       <x:c r="E559" s="0">
-        <x:v>16.12</x:v>
+        <x:v>14.64</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:5">
       <x:c r="A560" s="1">
-        <x:v>45169.9249421296</x:v>
+        <x:v>45196.9243055556</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C560" s="0">
-        <x:v>1.92</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D560" s="0">
-        <x:v>21.255</x:v>
+        <x:v>19.032</x:v>
       </x:c>
       <x:c r="E560" s="0">
-        <x:v>16.35</x:v>
+        <x:v>14.64</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:5">
       <x:c r="A561" s="1">
-        <x:v>45168.9229050926</x:v>
+        <x:v>45195.9233101852</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C561" s="0">
-        <x:v>1.87</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D561" s="0">
-        <x:v>21.242</x:v>
+        <x:v>19.773</x:v>
       </x:c>
       <x:c r="E561" s="0">
-        <x:v>16.34</x:v>
+        <x:v>15.21</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:5">
       <x:c r="A562" s="1">
-        <x:v>45167.9230902778</x:v>
+        <x:v>45194.935787037</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C562" s="0">
-        <x:v>1.91</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D562" s="0">
-        <x:v>21.242</x:v>
+        <x:v>20.527</x:v>
       </x:c>
       <x:c r="E562" s="0">
-        <x:v>16.34</x:v>
+        <x:v>15.79</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:5">
       <x:c r="A563" s="1">
-        <x:v>45166.9299074074</x:v>
+        <x:v>45191.9257986111</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C563" s="0">
-        <x:v>1.96</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D563" s="0">
-        <x:v>21.047</x:v>
+        <x:v>20.527</x:v>
       </x:c>
       <x:c r="E563" s="0">
-        <x:v>16.19</x:v>
+        <x:v>15.79</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:5">
       <x:c r="A564" s="1">
-        <x:v>45163.9260416667</x:v>
+        <x:v>45190.9234027778</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C564" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D564" s="0">
-        <x:v>20.683</x:v>
+        <x:v>20.839</x:v>
       </x:c>
       <x:c r="E564" s="0">
-        <x:v>15.91</x:v>
+        <x:v>16.03</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:5">
       <x:c r="A565" s="1">
-        <x:v>45162.9230787037</x:v>
+        <x:v>45189.9258101852</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C565" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D565" s="0">
-        <x:v>20.943</x:v>
+        <x:v>21.229</x:v>
       </x:c>
       <x:c r="E565" s="0">
-        <x:v>16.11</x:v>
+        <x:v>16.33</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:5">
       <x:c r="A566" s="1">
-        <x:v>45161.9244675926</x:v>
+        <x:v>45188.9232060185</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C566" s="0">
-        <x:v>1.99</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D566" s="0">
-        <x:v>20.592</x:v>
+        <x:v>21.229</x:v>
       </x:c>
       <x:c r="E566" s="0">
-        <x:v>15.84</x:v>
+        <x:v>16.33</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:5">
       <x:c r="A567" s="1">
-        <x:v>45160.9242361111</x:v>
+        <x:v>45187.9256018518</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C567" s="0">
-        <x:v>2.1</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D567" s="0">
-        <x:v>20.592</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E567" s="0">
-        <x:v>15.84</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:5">
       <x:c r="A568" s="1">
-        <x:v>45159.9246527778</x:v>
+        <x:v>45184.9348958333</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C568" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D568" s="0">
-        <x:v>20.41</x:v>
+        <x:v>21.632</x:v>
       </x:c>
       <x:c r="E568" s="0">
-        <x:v>15.7</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:5">
       <x:c r="A569" s="1">
-        <x:v>45156.9241666667</x:v>
+        <x:v>45183.9222453704</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C569" s="0">
-        <x:v>2.19</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D569" s="0">
-        <x:v>20.358</x:v>
+        <x:v>20.956</x:v>
       </x:c>
       <x:c r="E569" s="0">
-        <x:v>15.66</x:v>
+        <x:v>16.12</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:5">
       <x:c r="A570" s="1">
-        <x:v>45155.9269212963</x:v>
+        <x:v>45182.9262152778</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C570" s="0">
-        <x:v>2.17</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D570" s="0">
-        <x:v>20.482</x:v>
+        <x:v>20.865</x:v>
       </x:c>
       <x:c r="E570" s="0">
-        <x:v>15.755</x:v>
+        <x:v>16.05</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:5">
       <x:c r="A571" s="1">
-        <x:v>45154.9237037037</x:v>
+        <x:v>45181.9272569444</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C571" s="0">
-        <x:v>2.13</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D571" s="0">
-        <x:v>20.826</x:v>
+        <x:v>20.891</x:v>
       </x:c>
       <x:c r="E571" s="0">
-        <x:v>16.02</x:v>
+        <x:v>16.07</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:5">
       <x:c r="A572" s="1">
-        <x:v>45153.9260069444</x:v>
+        <x:v>45180.9246759259</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C572" s="0">
-        <x:v>2.03</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D572" s="0">
-        <x:v>21.671</x:v>
+        <x:v>20.891</x:v>
       </x:c>
       <x:c r="E572" s="0">
-        <x:v>16.67</x:v>
+        <x:v>16.07</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:5">
       <x:c r="A573" s="1">
-        <x:v>45152.9223842593</x:v>
+        <x:v>45177.9257986111</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C573" s="0">
-        <x:v>1.82</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D573" s="0">
-        <x:v>21.983</x:v>
+        <x:v>20.527</x:v>
       </x:c>
       <x:c r="E573" s="0">
-        <x:v>16.91</x:v>
+        <x:v>15.79</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:5">
       <x:c r="A574" s="1">
-        <x:v>45149.928287037</x:v>
+        <x:v>45176.9232175926</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C574" s="0">
-        <x:v>1.74</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D574" s="0">
-        <x:v>21.658</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E574" s="0">
-        <x:v>16.66</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:5">
       <x:c r="A575" s="1">
-        <x:v>45148.9246990741</x:v>
+        <x:v>45175.9268865741</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C575" s="0">
-        <x:v>1.82</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D575" s="0">
-        <x:v>21.424</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E575" s="0">
-        <x:v>16.48</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:5">
       <x:c r="A576" s="1">
-        <x:v>45147.9264814815</x:v>
+        <x:v>45174.9250462963</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C576" s="0">
-        <x:v>1.88</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D576" s="0">
-        <x:v>21.424</x:v>
+        <x:v>20.696</x:v>
       </x:c>
       <x:c r="E576" s="0">
-        <x:v>16.48</x:v>
+        <x:v>15.92</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:5">
       <x:c r="A577" s="1">
-        <x:v>45146.9298032407</x:v>
+        <x:v>45170.923599537</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C577" s="0">
-        <x:v>1.89</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D577" s="0">
-        <x:v>21.45</x:v>
+        <x:v>20.956</x:v>
       </x:c>
       <x:c r="E577" s="0">
-        <x:v>16.5</x:v>
+        <x:v>16.12</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:5">
       <x:c r="A578" s="1">
-        <x:v>45145.9271875</x:v>
+        <x:v>45169.9249421296</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C578" s="0">
-        <x:v>1.87</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D578" s="0">
-        <x:v>21.437</x:v>
+        <x:v>21.255</x:v>
       </x:c>
       <x:c r="E578" s="0">
-        <x:v>16.49</x:v>
+        <x:v>16.35</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:5">
       <x:c r="A579" s="1">
-        <x:v>45142.9239930556</x:v>
+        <x:v>45168.9229050926</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C579" s="0">
         <x:v>1.87</x:v>
       </x:c>
       <x:c r="D579" s="0">
-        <x:v>21.203</x:v>
+        <x:v>21.242</x:v>
       </x:c>
       <x:c r="E579" s="0">
-        <x:v>16.31</x:v>
+        <x:v>16.34</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:5">
       <x:c r="A580" s="1">
-        <x:v>45141.9269791667</x:v>
+        <x:v>45167.9230902778</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C580" s="0">
-        <x:v>1.94</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D580" s="0">
-        <x:v>21.502</x:v>
+        <x:v>21.242</x:v>
       </x:c>
       <x:c r="E580" s="0">
-        <x:v>16.54</x:v>
+        <x:v>16.34</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:5">
       <x:c r="A581" s="1">
-        <x:v>45140.9285648148</x:v>
+        <x:v>45166.9299074074</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C581" s="0">
-        <x:v>1.86</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D581" s="0">
-        <x:v>22.139</x:v>
+        <x:v>21.047</x:v>
       </x:c>
       <x:c r="E581" s="0">
-        <x:v>17.03</x:v>
+        <x:v>16.19</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:5">
       <x:c r="A582" s="1">
-        <x:v>45139.9230671296</x:v>
+        <x:v>45163.9260416667</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C582" s="0">
-        <x:v>1.71</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D582" s="0">
-        <x:v>22.477</x:v>
+        <x:v>20.683</x:v>
       </x:c>
       <x:c r="E582" s="0">
-        <x:v>17.29</x:v>
+        <x:v>15.91</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:5">
       <x:c r="A583" s="1">
-        <x:v>45138.9233449074</x:v>
+        <x:v>45162.9230787037</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C583" s="0">
-        <x:v>1.64</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D583" s="0">
-        <x:v>22.477</x:v>
+        <x:v>20.943</x:v>
       </x:c>
       <x:c r="E583" s="0">
-        <x:v>17.29</x:v>
+        <x:v>16.11</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:5">
       <x:c r="A584" s="1">
-        <x:v>45135.9241087963</x:v>
+        <x:v>45161.9244675926</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C584" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D584" s="0">
-        <x:v>22.074</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E584" s="0">
-        <x:v>16.98</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:5">
       <x:c r="A585" s="1">
-        <x:v>45134.9268171296</x:v>
+        <x:v>45160.9242361111</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C585" s="0">
-        <x:v>1.79</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D585" s="0">
-        <x:v>22.425</x:v>
+        <x:v>20.592</x:v>
       </x:c>
       <x:c r="E585" s="0">
-        <x:v>17.25</x:v>
+        <x:v>15.84</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:5">
       <x:c r="A586" s="1">
-        <x:v>45133.9234375</x:v>
+        <x:v>45159.9246527778</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C586" s="0">
-        <x:v>1.66</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D586" s="0">
-        <x:v>22.789</x:v>
+        <x:v>20.41</x:v>
       </x:c>
       <x:c r="E586" s="0">
-        <x:v>17.53</x:v>
+        <x:v>15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:5">
       <x:c r="A587" s="1">
-        <x:v>45132.9249768518</x:v>
+        <x:v>45156.9241666667</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C587" s="0">
-        <x:v>1.58</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D587" s="0">
-        <x:v>22.594</x:v>
+        <x:v>20.358</x:v>
       </x:c>
       <x:c r="E587" s="0">
-        <x:v>17.38</x:v>
+        <x:v>15.66</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:5">
       <x:c r="A588" s="1">
-        <x:v>45131.924224537</x:v>
+        <x:v>45155.9269212963</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C588" s="0">
-        <x:v>1.62</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D588" s="0">
-        <x:v>22.62</x:v>
+        <x:v>20.482</x:v>
       </x:c>
       <x:c r="E588" s="0">
-        <x:v>17.4</x:v>
+        <x:v>15.755</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:5">
       <x:c r="A589" s="1">
-        <x:v>45128.9254976852</x:v>
+        <x:v>45154.9237037037</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C589" s="0">
-        <x:v>1.61</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="D589" s="0">
-        <x:v>22.62</x:v>
+        <x:v>20.826</x:v>
       </x:c>
       <x:c r="E589" s="0">
-        <x:v>17.4</x:v>
+        <x:v>16.02</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:5">
       <x:c r="A590" s="1">
-        <x:v>45127.9287847222</x:v>
+        <x:v>45153.9260069444</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C590" s="0">
-        <x:v>1.65</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D590" s="0">
-        <x:v>22.945</x:v>
+        <x:v>21.671</x:v>
       </x:c>
       <x:c r="E590" s="0">
-        <x:v>17.65</x:v>
+        <x:v>16.67</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:5">
       <x:c r="A591" s="1">
-        <x:v>45126.9251041667</x:v>
+        <x:v>45152.9223842593</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C591" s="0">
-        <x:v>1.55</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D591" s="0">
-        <x:v>22.945</x:v>
+        <x:v>21.983</x:v>
       </x:c>
       <x:c r="E591" s="0">
-        <x:v>17.65</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:5">
       <x:c r="A592" s="1">
-        <x:v>45125.941875</x:v>
+        <x:v>45149.928287037</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C592" s="0">
-        <x:v>1.55</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D592" s="0">
-        <x:v>22.945</x:v>
+        <x:v>21.658</x:v>
       </x:c>
       <x:c r="E592" s="0">
-        <x:v>17.65</x:v>
+        <x:v>16.66</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:5">
       <x:c r="A593" s="1">
-        <x:v>45124.9220486111</x:v>
+        <x:v>45148.9246990741</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C593" s="0">
-        <x:v>1.63</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D593" s="0">
-        <x:v>22.568</x:v>
+        <x:v>21.424</x:v>
       </x:c>
       <x:c r="E593" s="0">
-        <x:v>17.36</x:v>
+        <x:v>16.48</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:5">
       <x:c r="A594" s="1">
-        <x:v>45121.9280787037</x:v>
+        <x:v>45147.9264814815</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C594" s="0">
-        <x:v>1.63</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D594" s="0">
-        <x:v>22.555</x:v>
+        <x:v>21.424</x:v>
       </x:c>
       <x:c r="E594" s="0">
-        <x:v>17.35</x:v>
+        <x:v>16.48</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:5">
       <x:c r="A595" s="1">
-        <x:v>45120.9246412037</x:v>
+        <x:v>45146.9298032407</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C595" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D595" s="0">
-        <x:v>22.724</x:v>
+        <x:v>21.45</x:v>
       </x:c>
       <x:c r="E595" s="0">
-        <x:v>17.48</x:v>
+        <x:v>16.5</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:5">
       <x:c r="A596" s="1">
-        <x:v>45119.9228472222</x:v>
+        <x:v>45145.9271875</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C596" s="0">
-        <x:v>1.6</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D596" s="0">
-        <x:v>21.723</x:v>
+        <x:v>21.437</x:v>
       </x:c>
       <x:c r="E596" s="0">
-        <x:v>16.71</x:v>
+        <x:v>16.49</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:5">
       <x:c r="A597" s="1">
-        <x:v>45118.9245138889</x:v>
+        <x:v>45142.9239930556</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C597" s="0">
-        <x:v>1.85</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D597" s="0">
-        <x:v>21.723</x:v>
+        <x:v>21.203</x:v>
       </x:c>
       <x:c r="E597" s="0">
-        <x:v>16.71</x:v>
+        <x:v>16.31</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:5">
       <x:c r="A598" s="1">
-        <x:v>45114.92375</x:v>
+        <x:v>45141.9269791667</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C598" s="0">
-        <x:v>1.98</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D598" s="0">
-        <x:v>21.242</x:v>
+        <x:v>21.502</x:v>
       </x:c>
       <x:c r="E598" s="0">
-        <x:v>16.34</x:v>
+        <x:v>16.54</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:5">
       <x:c r="A599" s="1">
-        <x:v>45113.9230439815</x:v>
+        <x:v>45140.9285648148</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C599" s="0">
-        <x:v>2.02</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D599" s="0">
-        <x:v>21.086</x:v>
+        <x:v>22.139</x:v>
       </x:c>
       <x:c r="E599" s="0">
-        <x:v>16.22</x:v>
+        <x:v>17.03</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:5">
       <x:c r="A600" s="1">
-        <x:v>45112.9232175926</x:v>
+        <x:v>45139.9230671296</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C600" s="0">
-        <x:v>1.86</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D600" s="0">
-        <x:v>22.217</x:v>
+        <x:v>22.477</x:v>
       </x:c>
       <x:c r="E600" s="0">
-        <x:v>17.09</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:5">
       <x:c r="A601" s="1">
-        <x:v>45110.8096064815</x:v>
+        <x:v>45138.9233449074</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C601" s="0">
-        <x:v>1.74</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D601" s="0">
-        <x:v>22.009</x:v>
+        <x:v>22.477</x:v>
       </x:c>
       <x:c r="E601" s="0">
-        <x:v>16.93</x:v>
+        <x:v>17.29</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:5">
       <x:c r="A602" s="1">
-        <x:v>45107.9253356481</x:v>
+        <x:v>45135.9241087963</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C602" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D602" s="0">
-        <x:v>21.619</x:v>
+        <x:v>22.074</x:v>
       </x:c>
       <x:c r="E602" s="0">
-        <x:v>16.63</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:5">
       <x:c r="A603" s="1">
-        <x:v>45106.9274537037</x:v>
+        <x:v>45134.9268171296</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C603" s="0">
-        <x:v>1.89</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D603" s="0">
-        <x:v>21.58</x:v>
+        <x:v>22.425</x:v>
       </x:c>
       <x:c r="E603" s="0">
-        <x:v>16.6</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:5">
       <x:c r="A604" s="1">
-        <x:v>45105.9278125</x:v>
+        <x:v>45133.9234375</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C604" s="0">
-        <x:v>1.9</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D604" s="0">
-        <x:v>21.58</x:v>
+        <x:v>22.789</x:v>
       </x:c>
       <x:c r="E604" s="0">
-        <x:v>16.6</x:v>
+        <x:v>17.53</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:5">
       <x:c r="A605" s="1">
-        <x:v>45104.9254861111</x:v>
+        <x:v>45132.9249768518</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C605" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D605" s="0">
-        <x:v>21.658</x:v>
+        <x:v>22.594</x:v>
       </x:c>
       <x:c r="E605" s="0">
-        <x:v>16.66</x:v>
+        <x:v>17.38</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:5">
       <x:c r="A606" s="1">
-        <x:v>45103.927337963</x:v>
+        <x:v>45131.924224537</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C606" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D606" s="0">
-        <x:v>21.541</x:v>
+        <x:v>22.62</x:v>
       </x:c>
       <x:c r="E606" s="0">
-        <x:v>16.57</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:5">
       <x:c r="A607" s="1">
-        <x:v>45100.9375925926</x:v>
+        <x:v>45128.9254976852</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C607" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D607" s="0">
-        <x:v>21.398</x:v>
+        <x:v>22.62</x:v>
       </x:c>
       <x:c r="E607" s="0">
-        <x:v>16.46</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:5">
       <x:c r="A608" s="1">
-        <x:v>45099.9302083333</x:v>
+        <x:v>45127.9287847222</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C608" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D608" s="0">
-        <x:v>21.333</x:v>
+        <x:v>22.945</x:v>
       </x:c>
       <x:c r="E608" s="0">
-        <x:v>16.41</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:5">
       <x:c r="A609" s="1">
-        <x:v>45098.9316782407</x:v>
+        <x:v>45126.9251041667</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C609" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D609" s="0">
-        <x:v>20.865</x:v>
+        <x:v>22.945</x:v>
       </x:c>
       <x:c r="E609" s="0">
-        <x:v>16.05</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:5">
       <x:c r="A610" s="1">
-        <x:v>45097.9234143519</x:v>
+        <x:v>45125.941875</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C610" s="0">
-        <x:v>2.1</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D610" s="0">
-        <x:v>20.865</x:v>
+        <x:v>22.945</x:v>
       </x:c>
       <x:c r="E610" s="0">
-        <x:v>16.05</x:v>
+        <x:v>17.65</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:5">
       <x:c r="A611" s="1">
-        <x:v>45093.9268981482</x:v>
+        <x:v>45124.9220486111</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C611" s="0">
-        <x:v>1.88</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D611" s="0">
-        <x:v>21.437</x:v>
+        <x:v>22.568</x:v>
       </x:c>
       <x:c r="E611" s="0">
-        <x:v>16.49</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:5">
       <x:c r="A612" s="1">
-        <x:v>45092.9228240741</x:v>
+        <x:v>45121.9280787037</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C612" s="0">
-        <x:v>1.95</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D612" s="0">
-        <x:v>21.437</x:v>
+        <x:v>22.555</x:v>
       </x:c>
       <x:c r="E612" s="0">
-        <x:v>16.49</x:v>
+        <x:v>17.35</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:5">
       <x:c r="A613" s="1">
-        <x:v>45091.9300810185</x:v>
+        <x:v>45120.9246412037</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C613" s="0">
-        <x:v>1.86</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D613" s="0">
-        <x:v>21.853</x:v>
+        <x:v>22.724</x:v>
       </x:c>
       <x:c r="E613" s="0">
-        <x:v>16.81</x:v>
+        <x:v>17.48</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:5">
       <x:c r="A614" s="1">
-        <x:v>45090.9281134259</x:v>
+        <x:v>45119.9228472222</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C614" s="0">
-        <x:v>1.85</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D614" s="0">
-        <x:v>21.97</x:v>
+        <x:v>21.723</x:v>
       </x:c>
       <x:c r="E614" s="0">
-        <x:v>16.9</x:v>
+        <x:v>16.71</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:5">
       <x:c r="A615" s="1">
-        <x:v>45089.9262615741</x:v>
+        <x:v>45118.9245138889</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C615" s="0">
-        <x:v>1.82</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D615" s="0">
-        <x:v>21.97</x:v>
+        <x:v>21.723</x:v>
       </x:c>
       <x:c r="E615" s="0">
-        <x:v>16.9</x:v>
+        <x:v>16.71</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:5">
       <x:c r="A616" s="1">
-        <x:v>45086.9233449074</x:v>
+        <x:v>45114.92375</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C616" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D616" s="0">
-        <x:v>22.087</x:v>
+        <x:v>21.242</x:v>
       </x:c>
       <x:c r="E616" s="0">
-        <x:v>16.99</x:v>
+        <x:v>16.34</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:5">
       <x:c r="A617" s="1">
-        <x:v>45085.9244328704</x:v>
+        <x:v>45113.9230439815</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C617" s="0">
-        <x:v>1.74</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D617" s="0">
-        <x:v>22.074</x:v>
+        <x:v>21.086</x:v>
       </x:c>
       <x:c r="E617" s="0">
-        <x:v>16.98</x:v>
+        <x:v>16.22</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:5">
       <x:c r="A618" s="1">
-        <x:v>45084.9239236111</x:v>
+        <x:v>45112.9232175926</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C618" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D618" s="0">
-        <x:v>22.269</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E618" s="0">
-        <x:v>17.13</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:5">
       <x:c r="A619" s="1">
-        <x:v>45083.9221296296</x:v>
+        <x:v>45110.8096064815</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C619" s="0">
         <x:v>1.74</x:v>
       </x:c>
       <x:c r="D619" s="0">
-        <x:v>22.269</x:v>
+        <x:v>22.009</x:v>
       </x:c>
       <x:c r="E619" s="0">
-        <x:v>17.13</x:v>
+        <x:v>16.93</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:5">
       <x:c r="A620" s="1">
-        <x:v>45082.9230671296</x:v>
+        <x:v>45107.9253356481</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C620" s="0">
-        <x:v>1.73</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D620" s="0">
-        <x:v>22.347</x:v>
+        <x:v>21.619</x:v>
       </x:c>
       <x:c r="E620" s="0">
-        <x:v>17.19</x:v>
+        <x:v>16.63</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:5">
       <x:c r="A621" s="1">
-        <x:v>45079.9291435185</x:v>
+        <x:v>45106.9274537037</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C621" s="0">
-        <x:v>1.69</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D621" s="0">
-        <x:v>22.685</x:v>
+        <x:v>21.58</x:v>
       </x:c>
       <x:c r="E621" s="0">
-        <x:v>17.45</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:5">
       <x:c r="A622" s="1">
-        <x:v>45078.9253356481</x:v>
+        <x:v>45105.9278125</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C622" s="0">
-        <x:v>1.65</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D622" s="0">
-        <x:v>22.685</x:v>
+        <x:v>21.58</x:v>
       </x:c>
       <x:c r="E622" s="0">
-        <x:v>17.45</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:5">
       <x:c r="A623" s="1">
-        <x:v>45077.9240277778</x:v>
+        <x:v>45104.9254861111</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C623" s="0">
-        <x:v>1.83</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D623" s="0">
-        <x:v>21.814</x:v>
+        <x:v>21.658</x:v>
       </x:c>
       <x:c r="E623" s="0">
-        <x:v>16.78</x:v>
+        <x:v>16.66</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:5">
       <x:c r="A624" s="1">
-        <x:v>45076.9235648148</x:v>
+        <x:v>45103.927337963</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C624" s="0">
-        <x:v>1.87</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D624" s="0">
-        <x:v>22.087</x:v>
+        <x:v>21.541</x:v>
       </x:c>
       <x:c r="E624" s="0">
-        <x:v>16.99</x:v>
+        <x:v>16.57</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:5">
       <x:c r="A625" s="1">
-        <x:v>45072.9248958333</x:v>
+        <x:v>45100.9375925926</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C625" s="0">
-        <x:v>1.83</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D625" s="0">
-        <x:v>22.217</x:v>
+        <x:v>21.398</x:v>
       </x:c>
       <x:c r="E625" s="0">
-        <x:v>17.09</x:v>
+        <x:v>16.46</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:5">
       <x:c r="A626" s="1">
-        <x:v>45071.9270833333</x:v>
+        <x:v>45099.9302083333</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C626" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D626" s="0">
-        <x:v>22.217</x:v>
+        <x:v>21.333</x:v>
       </x:c>
       <x:c r="E626" s="0">
-        <x:v>17.09</x:v>
+        <x:v>16.41</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:5">
       <x:c r="A627" s="1">
-        <x:v>45070.9251157407</x:v>
+        <x:v>45098.9316782407</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C627" s="0">
-        <x:v>1.68</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D627" s="0">
-        <x:v>22.724</x:v>
+        <x:v>20.865</x:v>
       </x:c>
       <x:c r="E627" s="0">
-        <x:v>17.48</x:v>
+        <x:v>16.05</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:5">
       <x:c r="A628" s="1">
-        <x:v>45069.9265625</x:v>
+        <x:v>45097.9234143519</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C628" s="0">
-        <x:v>1.61</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D628" s="0">
-        <x:v>23.127</x:v>
+        <x:v>20.865</x:v>
       </x:c>
       <x:c r="E628" s="0">
-        <x:v>17.79</x:v>
+        <x:v>16.05</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:5">
       <x:c r="A629" s="1">
-        <x:v>45068.9327546296</x:v>
+        <x:v>45093.9268981482</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C629" s="0">
-        <x:v>1.6</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D629" s="0">
-        <x:v>23.127</x:v>
+        <x:v>21.437</x:v>
       </x:c>
       <x:c r="E629" s="0">
-        <x:v>17.79</x:v>
+        <x:v>16.49</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:5">
       <x:c r="A630" s="1">
-        <x:v>45065.9228587963</x:v>
+        <x:v>45092.9228240741</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C630" s="0">
-        <x:v>1.58</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D630" s="0">
-        <x:v>23.153</x:v>
+        <x:v>21.437</x:v>
       </x:c>
       <x:c r="E630" s="0">
-        <x:v>17.81</x:v>
+        <x:v>16.49</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:5">
       <x:c r="A631" s="1">
-        <x:v>45064.9229513889</x:v>
+        <x:v>45091.9300810185</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C631" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D631" s="0">
-        <x:v>23.959</x:v>
+        <x:v>21.853</x:v>
       </x:c>
       <x:c r="E631" s="0">
-        <x:v>18.43</x:v>
+        <x:v>16.81</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:5">
       <x:c r="A632" s="1">
-        <x:v>45063.9266550926</x:v>
+        <x:v>45090.9281134259</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C632" s="0">
-        <x:v>1.44</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D632" s="0">
-        <x:v>24.388</x:v>
+        <x:v>21.97</x:v>
       </x:c>
       <x:c r="E632" s="0">
-        <x:v>18.76</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:5">
       <x:c r="A633" s="1">
-        <x:v>45062.9223032407</x:v>
+        <x:v>45089.9262615741</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C633" s="0">
-        <x:v>1.37</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D633" s="0">
-        <x:v>24.388</x:v>
+        <x:v>21.97</x:v>
       </x:c>
       <x:c r="E633" s="0">
-        <x:v>18.76</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:5">
       <x:c r="A634" s="1">
-        <x:v>45061.9242592593</x:v>
+        <x:v>45086.9233449074</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C634" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D634" s="0">
-        <x:v>25.155</x:v>
+        <x:v>22.087</x:v>
       </x:c>
       <x:c r="E634" s="0">
-        <x:v>19.35</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:5">
       <x:c r="A635" s="1">
-        <x:v>45058.9231018519</x:v>
+        <x:v>45085.9244328704</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C635" s="0">
-        <x:v>1.29</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D635" s="0">
-        <x:v>24.739</x:v>
+        <x:v>22.074</x:v>
       </x:c>
       <x:c r="E635" s="0">
-        <x:v>19.03</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:5">
       <x:c r="A636" s="1">
-        <x:v>45057.923587963</x:v>
+        <x:v>45084.9239236111</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C636" s="0">
-        <x:v>1.32</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D636" s="0">
-        <x:v>25.701</x:v>
+        <x:v>22.269</x:v>
       </x:c>
       <x:c r="E636" s="0">
-        <x:v>19.77</x:v>
+        <x:v>17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:5">
       <x:c r="A637" s="1">
-        <x:v>45056.9222916667</x:v>
+        <x:v>45083.9221296296</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C637" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D637" s="0">
-        <x:v>25.72</x:v>
+        <x:v>22.269</x:v>
       </x:c>
       <x:c r="E637" s="0">
-        <x:v>19.785</x:v>
+        <x:v>17.13</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:5">
       <x:c r="A638" s="1">
-        <x:v>45055.9247337963</x:v>
+        <x:v>45082.9230671296</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C638" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D638" s="0">
-        <x:v>25.805</x:v>
+        <x:v>22.347</x:v>
       </x:c>
       <x:c r="E638" s="0">
-        <x:v>19.85</x:v>
+        <x:v>17.19</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:5">
       <x:c r="A639" s="1">
-        <x:v>45054.9227199074</x:v>
+        <x:v>45079.9291435185</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C639" s="0">
-        <x:v>1.17</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D639" s="0">
-        <x:v>26.26</x:v>
+        <x:v>22.685</x:v>
       </x:c>
       <x:c r="E639" s="0">
-        <x:v>20.2</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:5">
       <x:c r="A640" s="1">
-        <x:v>45051.9236805556</x:v>
+        <x:v>45078.9253356481</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C640" s="0">
-        <x:v>1.11</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D640" s="0">
-        <x:v>26.559</x:v>
+        <x:v>22.685</x:v>
       </x:c>
       <x:c r="E640" s="0">
-        <x:v>20.43</x:v>
+        <x:v>17.45</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:5">
       <x:c r="A641" s="1">
-        <x:v>45050.9235648148</x:v>
+        <x:v>45077.9240277778</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C641" s="0">
-        <x:v>1.07</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D641" s="0">
-        <x:v>25.974</x:v>
+        <x:v>21.814</x:v>
       </x:c>
       <x:c r="E641" s="0">
-        <x:v>19.98</x:v>
+        <x:v>16.78</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:5">
       <x:c r="A642" s="1">
-        <x:v>45049.9224768519</x:v>
+        <x:v>45076.9235648148</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C642" s="0">
-        <x:v>1.15</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D642" s="0">
-        <x:v>25.974</x:v>
+        <x:v>22.087</x:v>
       </x:c>
       <x:c r="E642" s="0">
-        <x:v>19.98</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:5">
       <x:c r="A643" s="1">
-        <x:v>45048.9299189815</x:v>
+        <x:v>45072.9248958333</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C643" s="0">
-        <x:v>1.18</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D643" s="0">
-        <x:v>24.752</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E643" s="0">
-        <x:v>19.04</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:5">
       <x:c r="A644" s="1">
-        <x:v>45044.9284606481</x:v>
+        <x:v>45071.9270833333</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C644" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D644" s="0">
-        <x:v>24.752</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E644" s="0">
-        <x:v>19.04</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:5">
       <x:c r="A645" s="1">
-        <x:v>45043.9249074074</x:v>
+        <x:v>45070.9251157407</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C645" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D645" s="0">
-        <x:v>24.921</x:v>
+        <x:v>22.724</x:v>
       </x:c>
       <x:c r="E645" s="0">
-        <x:v>19.17</x:v>
+        <x:v>17.48</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:5">
       <x:c r="A646" s="1">
-        <x:v>45042.9284606481</x:v>
+        <x:v>45069.9265625</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C646" s="0">
-        <x:v>1.35</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D646" s="0">
-        <x:v>24.687</x:v>
+        <x:v>23.127</x:v>
       </x:c>
       <x:c r="E646" s="0">
-        <x:v>18.99</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:5">
       <x:c r="A647" s="1">
-        <x:v>45041.9275462963</x:v>
+        <x:v>45068.9327546296</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C647" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D647" s="0">
-        <x:v>24.791</x:v>
+        <x:v>23.127</x:v>
       </x:c>
       <x:c r="E647" s="0">
-        <x:v>19.07</x:v>
+        <x:v>17.79</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:5">
       <x:c r="A648" s="1">
-        <x:v>45040.9281712963</x:v>
+        <x:v>45065.9228587963</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C648" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D648" s="0">
-        <x:v>24.791</x:v>
+        <x:v>23.153</x:v>
       </x:c>
       <x:c r="E648" s="0">
-        <x:v>19.07</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:5">
       <x:c r="A649" s="1">
-        <x:v>45037.9259143519</x:v>
+        <x:v>45064.9229513889</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C649" s="0">
-        <x:v>1.33</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D649" s="0">
-        <x:v>24.96</x:v>
+        <x:v>23.959</x:v>
       </x:c>
       <x:c r="E649" s="0">
-        <x:v>19.2</x:v>
+        <x:v>18.43</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:5">
       <x:c r="A650" s="1">
-        <x:v>45036.9263078704</x:v>
+        <x:v>45063.9266550926</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C650" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D650" s="0">
-        <x:v>24.96</x:v>
+        <x:v>24.388</x:v>
       </x:c>
       <x:c r="E650" s="0">
-        <x:v>19.2</x:v>
+        <x:v>18.76</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:5">
       <x:c r="A651" s="1">
-        <x:v>45035.9235532407</x:v>
+        <x:v>45062.9223032407</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C651" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D651" s="0">
-        <x:v>25.012</x:v>
+        <x:v>24.388</x:v>
       </x:c>
       <x:c r="E651" s="0">
-        <x:v>19.24</x:v>
+        <x:v>18.76</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:5">
       <x:c r="A652" s="1">
-        <x:v>45034.9318402778</x:v>
+        <x:v>45061.9242592593</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C652" s="0">
-        <x:v>1.26</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D652" s="0">
-        <x:v>25.246</x:v>
+        <x:v>25.155</x:v>
       </x:c>
       <x:c r="E652" s="0">
-        <x:v>19.42</x:v>
+        <x:v>19.35</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:5">
       <x:c r="A653" s="1">
-        <x:v>45033.9299074074</x:v>
+        <x:v>45058.9231018519</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C653" s="0">
-        <x:v>1.27</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D653" s="0">
-        <x:v>25.181</x:v>
+        <x:v>24.739</x:v>
       </x:c>
       <x:c r="E653" s="0">
-        <x:v>19.37</x:v>
+        <x:v>19.03</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:5">
       <x:c r="A654" s="1">
-        <x:v>45030.9262268519</x:v>
+        <x:v>45057.923587963</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C654" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D654" s="0">
-        <x:v>26.065</x:v>
+        <x:v>25.701</x:v>
       </x:c>
       <x:c r="E654" s="0">
-        <x:v>20.05</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:5">
       <x:c r="A655" s="1">
-        <x:v>45029.9222685185</x:v>
+        <x:v>45056.9222916667</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C655" s="0">
-        <x:v>1.15</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D655" s="0">
-        <x:v>25.519</x:v>
+        <x:v>25.72</x:v>
       </x:c>
       <x:c r="E655" s="0">
-        <x:v>19.63</x:v>
+        <x:v>19.785</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:5">
       <x:c r="A656" s="1">
-        <x:v>45028.9214583333</x:v>
+        <x:v>45055.9247337963</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C656" s="0">
-        <x:v>1.23</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D656" s="0">
-        <x:v>25.519</x:v>
+        <x:v>25.805</x:v>
       </x:c>
       <x:c r="E656" s="0">
-        <x:v>19.63</x:v>
+        <x:v>19.85</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:5">
       <x:c r="A657" s="1">
-        <x:v>45027.9227893519</x:v>
+        <x:v>45054.9227199074</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C657" s="0">
-        <x:v>1.27</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D657" s="0">
-        <x:v>25.649</x:v>
+        <x:v>26.26</x:v>
       </x:c>
       <x:c r="E657" s="0">
-        <x:v>19.73</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:5">
       <x:c r="A658" s="1">
-        <x:v>45022.9261689815</x:v>
+        <x:v>45051.9236805556</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C658" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D658" s="0">
-        <x:v>25.584</x:v>
+        <x:v>26.559</x:v>
       </x:c>
       <x:c r="E658" s="0">
-        <x:v>19.68</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:5">
       <x:c r="A659" s="1">
-        <x:v>45021.9270949074</x:v>
+        <x:v>45050.9235648148</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C659" s="0">
-        <x:v>1.22</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D659" s="0">
-        <x:v>25.506</x:v>
+        <x:v>25.974</x:v>
       </x:c>
       <x:c r="E659" s="0">
-        <x:v>19.62</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:5">
       <x:c r="A660" s="1">
-        <x:v>45020.9220717593</x:v>
+        <x:v>45049.9224768519</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C660" s="0">
-        <x:v>1.23</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D660" s="0">
-        <x:v>24.427</x:v>
+        <x:v>25.974</x:v>
       </x:c>
       <x:c r="E660" s="0">
-        <x:v>18.79</x:v>
+        <x:v>19.98</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:5">
       <x:c r="A661" s="1">
-        <x:v>45019.9280787037</x:v>
+        <x:v>45048.9299189815</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C661" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D661" s="0">
-        <x:v>24.427</x:v>
+        <x:v>24.752</x:v>
       </x:c>
       <x:c r="E661" s="0">
-        <x:v>18.79</x:v>
+        <x:v>19.04</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:5">
       <x:c r="A662" s="1">
-        <x:v>45016.9234490741</x:v>
+        <x:v>45044.9284606481</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C662" s="0">
-        <x:v>1.47</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D662" s="0">
-        <x:v>24.141</x:v>
+        <x:v>24.752</x:v>
       </x:c>
       <x:c r="E662" s="0">
-        <x:v>18.57</x:v>
+        <x:v>19.04</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:5">
       <x:c r="A663" s="1">
-        <x:v>45015.9242013889</x:v>
+        <x:v>45043.9249074074</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C663" s="0">
-        <x:v>1.46</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D663" s="0">
-        <x:v>24.102</x:v>
+        <x:v>24.921</x:v>
       </x:c>
       <x:c r="E663" s="0">
-        <x:v>18.54</x:v>
+        <x:v>19.17</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:5">
       <x:c r="A664" s="1">
-        <x:v>45014.9236226852</x:v>
+        <x:v>45042.9284606481</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C664" s="0">
-        <x:v>1.47</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D664" s="0">
-        <x:v>24.258</x:v>
+        <x:v>24.687</x:v>
       </x:c>
       <x:c r="E664" s="0">
-        <x:v>18.66</x:v>
+        <x:v>18.99</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:5">
       <x:c r="A665" s="1">
-        <x:v>45013.9251157407</x:v>
+        <x:v>45041.9275462963</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C665" s="0">
-        <x:v>1.44</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D665" s="0">
-        <x:v>24.05</x:v>
+        <x:v>24.791</x:v>
       </x:c>
       <x:c r="E665" s="0">
-        <x:v>18.5</x:v>
+        <x:v>19.07</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:5">
       <x:c r="A666" s="1">
-        <x:v>45012.9251388889</x:v>
+        <x:v>45040.9281712963</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C666" s="0">
-        <x:v>1.48</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D666" s="0">
-        <x:v>24.05</x:v>
+        <x:v>24.791</x:v>
       </x:c>
       <x:c r="E666" s="0">
-        <x:v>18.5</x:v>
+        <x:v>19.07</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:5">
       <x:c r="A667" s="1">
-        <x:v>45009.8955902778</x:v>
+        <x:v>45037.9259143519</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C667" s="0">
-        <x:v>1.48</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D667" s="0">
-        <x:v>23.79</x:v>
+        <x:v>24.96</x:v>
       </x:c>
       <x:c r="E667" s="0">
-        <x:v>18.3</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:5">
       <x:c r="A668" s="1">
-        <x:v>45008.8924189815</x:v>
+        <x:v>45036.9263078704</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C668" s="0">
-        <x:v>1.53</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D668" s="0">
-        <x:v>23.4</x:v>
+        <x:v>24.96</x:v>
       </x:c>
       <x:c r="E668" s="0">
-        <x:v>18</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:5">
       <x:c r="A669" s="1">
-        <x:v>45007.891099537</x:v>
+        <x:v>45035.9235532407</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C669" s="0">
-        <x:v>1.61</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D669" s="0">
-        <x:v>22.997</x:v>
+        <x:v>25.012</x:v>
       </x:c>
       <x:c r="E669" s="0">
-        <x:v>17.69</x:v>
+        <x:v>19.24</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:5">
       <x:c r="A670" s="1">
-        <x:v>45006.8937615741</x:v>
+        <x:v>45034.9318402778</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C670" s="0">
-        <x:v>1.7</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D670" s="0">
-        <x:v>23.712</x:v>
+        <x:v>25.246</x:v>
       </x:c>
       <x:c r="E670" s="0">
-        <x:v>18.24</x:v>
+        <x:v>19.42</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:5">
       <x:c r="A671" s="1">
-        <x:v>45005.895625</x:v>
+        <x:v>45033.9299074074</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C671" s="0">
-        <x:v>1.56</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D671" s="0">
-        <x:v>23.556</x:v>
+        <x:v>25.181</x:v>
       </x:c>
       <x:c r="E671" s="0">
-        <x:v>18.12</x:v>
+        <x:v>19.37</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:5">
       <x:c r="A672" s="1">
-        <x:v>45002.9076041667</x:v>
+        <x:v>45030.9262268519</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C672" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D672" s="0">
-        <x:v>22.62</x:v>
+        <x:v>26.065</x:v>
       </x:c>
       <x:c r="E672" s="0">
-        <x:v>17.4</x:v>
+        <x:v>20.05</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:5">
       <x:c r="A673" s="1">
-        <x:v>45001.8912152778</x:v>
+        <x:v>45029.9222685185</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C673" s="0">
-        <x:v>1.81</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D673" s="0">
-        <x:v>22.724</x:v>
+        <x:v>25.519</x:v>
       </x:c>
       <x:c r="E673" s="0">
-        <x:v>17.48</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:5">
       <x:c r="A674" s="1">
-        <x:v>45000.8956597222</x:v>
+        <x:v>45028.9214583333</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C674" s="0">
-        <x:v>1.79</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D674" s="0">
-        <x:v>22.191</x:v>
+        <x:v>25.519</x:v>
       </x:c>
       <x:c r="E674" s="0">
-        <x:v>17.07</x:v>
+        <x:v>19.63</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:5">
       <x:c r="A675" s="1">
-        <x:v>44999.9072916667</x:v>
+        <x:v>45027.9227893519</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C675" s="0">
-        <x:v>1.92</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D675" s="0">
-        <x:v>22.191</x:v>
+        <x:v>25.649</x:v>
       </x:c>
       <x:c r="E675" s="0">
-        <x:v>17.07</x:v>
+        <x:v>19.73</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:5">
       <x:c r="A676" s="1">
-        <x:v>44998.8918865741</x:v>
+        <x:v>45022.9261689815</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C676" s="0">
-        <x:v>1.94</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D676" s="0">
-        <x:v>20.683</x:v>
+        <x:v>25.584</x:v>
       </x:c>
       <x:c r="E676" s="0">
-        <x:v>15.91</x:v>
+        <x:v>19.68</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:5">
       <x:c r="A677" s="1">
-        <x:v>44995.9281944444</x:v>
+        <x:v>45021.9270949074</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C677" s="0">
-        <x:v>2.45</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D677" s="0">
-        <x:v>20.683</x:v>
+        <x:v>25.506</x:v>
       </x:c>
       <x:c r="E677" s="0">
-        <x:v>15.91</x:v>
+        <x:v>19.62</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:5">
       <x:c r="A678" s="1">
-        <x:v>44994.9301851852</x:v>
+        <x:v>45020.9220717593</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C678" s="0">
-        <x:v>2.62</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D678" s="0">
-        <x:v>20.241</x:v>
+        <x:v>24.427</x:v>
       </x:c>
       <x:c r="E678" s="0">
-        <x:v>15.57</x:v>
+        <x:v>18.79</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:5">
       <x:c r="A679" s="1">
-        <x:v>44993.923912037</x:v>
+        <x:v>45019.9280787037</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C679" s="0">
-        <x:v>2.6</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D679" s="0">
-        <x:v>20.501</x:v>
+        <x:v>24.427</x:v>
       </x:c>
       <x:c r="E679" s="0">
-        <x:v>15.77</x:v>
+        <x:v>18.79</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:5">
       <x:c r="A680" s="1">
-        <x:v>44992.9295023148</x:v>
+        <x:v>45016.9234490741</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C680" s="0">
-        <x:v>2.52</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D680" s="0">
-        <x:v>21.19</x:v>
+        <x:v>24.141</x:v>
       </x:c>
       <x:c r="E680" s="0">
-        <x:v>16.3</x:v>
+        <x:v>18.57</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:5">
       <x:c r="A681" s="1">
-        <x:v>44991.9215393519</x:v>
+        <x:v>45015.9242013889</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C681" s="0">
-        <x:v>2.3</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D681" s="0">
-        <x:v>21.19</x:v>
+        <x:v>24.102</x:v>
       </x:c>
       <x:c r="E681" s="0">
-        <x:v>16.3</x:v>
+        <x:v>18.54</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:5">
       <x:c r="A682" s="1">
-        <x:v>44988.9270138889</x:v>
+        <x:v>45014.9236226852</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C682" s="0">
-        <x:v>2.21</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D682" s="0">
-        <x:v>21.476</x:v>
+        <x:v>24.258</x:v>
       </x:c>
       <x:c r="E682" s="0">
-        <x:v>16.52</x:v>
+        <x:v>18.66</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:5">
       <x:c r="A683" s="1">
-        <x:v>44987.9272800926</x:v>
+        <x:v>45013.9251157407</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C683" s="0">
-        <x:v>2.27</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D683" s="0">
-        <x:v>21.203</x:v>
+        <x:v>24.05</x:v>
       </x:c>
       <x:c r="E683" s="0">
-        <x:v>16.31</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:5">
       <x:c r="A684" s="1">
-        <x:v>44986.9261458333</x:v>
+        <x:v>45012.9251388889</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C684" s="0">
-        <x:v>2.29</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D684" s="0">
-        <x:v>20.956</x:v>
+        <x:v>24.05</x:v>
       </x:c>
       <x:c r="E684" s="0">
-        <x:v>16.12</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:5">
       <x:c r="A685" s="1">
-        <x:v>44985.9265393519</x:v>
+        <x:v>45009.8955902778</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C685" s="0">
-        <x:v>2.38</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D685" s="0">
-        <x:v>20.761</x:v>
+        <x:v>23.79</x:v>
       </x:c>
       <x:c r="E685" s="0">
-        <x:v>15.97</x:v>
+        <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:5">
       <x:c r="A686" s="1">
-        <x:v>44984.9265162037</x:v>
+        <x:v>45008.8924189815</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C686" s="0">
-        <x:v>2.45</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D686" s="0">
-        <x:v>20.761</x:v>
+        <x:v>23.4</x:v>
       </x:c>
       <x:c r="E686" s="0">
-        <x:v>15.97</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:5">
       <x:c r="A687" s="1">
-        <x:v>44981.9241898148</x:v>
+        <x:v>45007.891099537</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C687" s="0">
-        <x:v>2.48</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D687" s="0">
-        <x:v>20.891</x:v>
+        <x:v>22.997</x:v>
       </x:c>
       <x:c r="E687" s="0">
-        <x:v>16.07</x:v>
+        <x:v>17.69</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:5">
       <x:c r="A688" s="1">
-        <x:v>44980.9237384259</x:v>
+        <x:v>45006.8937615741</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C688" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D688" s="0">
-        <x:v>21.073</x:v>
+        <x:v>23.712</x:v>
       </x:c>
       <x:c r="E688" s="0">
-        <x:v>16.21</x:v>
+        <x:v>18.24</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:5">
       <x:c r="A689" s="1">
-        <x:v>44979.9268518519</x:v>
+        <x:v>45005.895625</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C689" s="0">
-        <x:v>2.38</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D689" s="0">
-        <x:v>21.567</x:v>
+        <x:v>23.556</x:v>
       </x:c>
       <x:c r="E689" s="0">
-        <x:v>16.59</x:v>
+        <x:v>18.12</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:5">
       <x:c r="A690" s="1">
-        <x:v>44978.9221759259</x:v>
+        <x:v>45002.9076041667</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C690" s="0">
-        <x:v>2.23</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D690" s="0">
-        <x:v>21.567</x:v>
+        <x:v>22.62</x:v>
       </x:c>
       <x:c r="E690" s="0">
-        <x:v>16.59</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:5">
       <x:c r="A691" s="1">
-        <x:v>44974.9223958333</x:v>
+        <x:v>45001.8912152778</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C691" s="0">
-        <x:v>2.17</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D691" s="0">
-        <x:v>21.762</x:v>
+        <x:v>22.724</x:v>
       </x:c>
       <x:c r="E691" s="0">
-        <x:v>16.74</x:v>
+        <x:v>17.48</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:5">
       <x:c r="A692" s="1">
-        <x:v>44973.9220949074</x:v>
+        <x:v>45000.8956597222</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C692" s="0">
-        <x:v>2.09</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D692" s="0">
-        <x:v>22.334</x:v>
+        <x:v>22.191</x:v>
       </x:c>
       <x:c r="E692" s="0">
-        <x:v>17.18</x:v>
+        <x:v>17.07</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:5">
       <x:c r="A693" s="1">
-        <x:v>44972.9220949074</x:v>
+        <x:v>44999.9072916667</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C693" s="0">
-        <x:v>2.01</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D693" s="0">
-        <x:v>23.153</x:v>
+        <x:v>22.191</x:v>
       </x:c>
       <x:c r="E693" s="0">
-        <x:v>17.81</x:v>
+        <x:v>17.07</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:5">
       <x:c r="A694" s="1">
-        <x:v>44971.9238078704</x:v>
+        <x:v>44998.8918865741</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C694" s="0">
-        <x:v>1.81</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D694" s="0">
-        <x:v>23.309</x:v>
+        <x:v>20.683</x:v>
       </x:c>
       <x:c r="E694" s="0">
-        <x:v>17.93</x:v>
+        <x:v>15.91</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:5">
       <x:c r="A695" s="1">
-        <x:v>44970.9237847222</x:v>
+        <x:v>44995.9281944444</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C695" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D695" s="0">
-        <x:v>23.309</x:v>
+        <x:v>20.683</x:v>
       </x:c>
       <x:c r="E695" s="0">
-        <x:v>17.93</x:v>
+        <x:v>15.91</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:5">
       <x:c r="A696" s="1">
-        <x:v>44967.9242708333</x:v>
+        <x:v>44994.9301851852</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C696" s="0">
-        <x:v>1.77</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D696" s="0">
-        <x:v>23.153</x:v>
+        <x:v>20.241</x:v>
       </x:c>
       <x:c r="E696" s="0">
-        <x:v>17.81</x:v>
+        <x:v>15.57</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:5">
       <x:c r="A697" s="1">
-        <x:v>44966.9234722222</x:v>
+        <x:v>44993.923912037</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C697" s="0">
-        <x:v>1.81</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D697" s="0">
-        <x:v>23.842</x:v>
+        <x:v>20.501</x:v>
       </x:c>
       <x:c r="E697" s="0">
-        <x:v>18.34</x:v>
+        <x:v>15.77</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:5">
       <x:c r="A698" s="1">
-        <x:v>44965.9259490741</x:v>
+        <x:v>44992.9295023148</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C698" s="0">
-        <x:v>1.67</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D698" s="0">
-        <x:v>24.05</x:v>
+        <x:v>21.19</x:v>
       </x:c>
       <x:c r="E698" s="0">
-        <x:v>18.5</x:v>
+        <x:v>16.3</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:5">
       <x:c r="A699" s="1">
-        <x:v>44964.9229166667</x:v>
+        <x:v>44991.9215393519</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C699" s="0">
-        <x:v>1.62</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D699" s="0">
-        <x:v>24.05</x:v>
+        <x:v>21.19</x:v>
       </x:c>
       <x:c r="E699" s="0">
-        <x:v>18.5</x:v>
+        <x:v>16.3</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:5">
       <x:c r="A700" s="1">
-        <x:v>44963.9254166667</x:v>
+        <x:v>44988.9270138889</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C700" s="0">
-        <x:v>1.66</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D700" s="0">
-        <x:v>23.816</x:v>
+        <x:v>21.476</x:v>
       </x:c>
       <x:c r="E700" s="0">
-        <x:v>18.32</x:v>
+        <x:v>16.52</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:5">
       <x:c r="A701" s="1">
-        <x:v>44960.9231712963</x:v>
+        <x:v>44987.9272800926</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C701" s="0">
-        <x:v>1.67</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D701" s="0">
-        <x:v>25.22</x:v>
+        <x:v>21.203</x:v>
       </x:c>
       <x:c r="E701" s="0">
-        <x:v>19.4</x:v>
+        <x:v>16.31</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:5">
       <x:c r="A702" s="1">
-        <x:v>44959.9253935185</x:v>
+        <x:v>44986.9261458333</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C702" s="0">
-        <x:v>1.43</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D702" s="0">
-        <x:v>25.948</x:v>
+        <x:v>20.956</x:v>
       </x:c>
       <x:c r="E702" s="0">
-        <x:v>19.96</x:v>
+        <x:v>16.12</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:5">
       <x:c r="A703" s="1">
-        <x:v>44958.9216550926</x:v>
+        <x:v>44985.9265393519</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C703" s="0">
-        <x:v>1.32</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D703" s="0">
-        <x:v>25.415</x:v>
+        <x:v>20.761</x:v>
       </x:c>
       <x:c r="E703" s="0">
-        <x:v>19.55</x:v>
+        <x:v>15.97</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:5">
       <x:c r="A704" s="1">
-        <x:v>44957.9252083333</x:v>
+        <x:v>44984.9265162037</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C704" s="0">
-        <x:v>1.41</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D704" s="0">
-        <x:v>25.415</x:v>
+        <x:v>20.761</x:v>
       </x:c>
       <x:c r="E704" s="0">
-        <x:v>19.55</x:v>
+        <x:v>15.97</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:5">
       <x:c r="A705" s="1">
-        <x:v>44956.9259837963</x:v>
+        <x:v>44981.9241898148</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C705" s="0">
-        <x:v>1.42</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="D705" s="0">
-        <x:v>25.571</x:v>
+        <x:v>20.891</x:v>
       </x:c>
       <x:c r="E705" s="0">
-        <x:v>19.67</x:v>
+        <x:v>16.07</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:5">
       <x:c r="A706" s="1">
-        <x:v>44953.9230324074</x:v>
+        <x:v>44980.9237384259</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C706" s="0">
-        <x:v>1.38</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D706" s="0">
-        <x:v>25.571</x:v>
+        <x:v>21.073</x:v>
       </x:c>
       <x:c r="E706" s="0">
-        <x:v>19.67</x:v>
+        <x:v>16.21</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:5">
       <x:c r="A707" s="1">
-        <x:v>44952.9223726852</x:v>
+        <x:v>44979.9268518519</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C707" s="0">
-        <x:v>1.37</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D707" s="0">
-        <x:v>25.61</x:v>
+        <x:v>21.567</x:v>
       </x:c>
       <x:c r="E707" s="0">
-        <x:v>19.7</x:v>
+        <x:v>16.59</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:5">
       <x:c r="A708" s="1">
-        <x:v>44951.9219328704</x:v>
+        <x:v>44978.9221759259</x:v>
       </x:c>
       <x:c r="B708" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C708" s="0">
-        <x:v>1.36</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D708" s="0">
-        <x:v>25.727</x:v>
+        <x:v>21.567</x:v>
       </x:c>
       <x:c r="E708" s="0">
-        <x:v>19.79</x:v>
+        <x:v>16.59</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:5">
       <x:c r="A709" s="1">
-        <x:v>44950.9260763889</x:v>
+        <x:v>44974.9223958333</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C709" s="0">
-        <x:v>1.44</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D709" s="0">
-        <x:v>25.246</x:v>
+        <x:v>21.762</x:v>
       </x:c>
       <x:c r="E709" s="0">
-        <x:v>19.42</x:v>
+        <x:v>16.74</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:5">
       <x:c r="A710" s="1">
-        <x:v>44946.9220717593</x:v>
+        <x:v>44973.9220949074</x:v>
       </x:c>
       <x:c r="B710" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C710" s="0">
-        <x:v>1.48</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D710" s="0">
-        <x:v>24.999</x:v>
+        <x:v>22.334</x:v>
       </x:c>
       <x:c r="E710" s="0">
-        <x:v>19.23</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:5">
       <x:c r="A711" s="1">
-        <x:v>44945.9225694444</x:v>
+        <x:v>44972.9220949074</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C711" s="0">
-        <x:v>1.61</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D711" s="0">
-        <x:v>23.894</x:v>
+        <x:v>23.153</x:v>
       </x:c>
       <x:c r="E711" s="0">
-        <x:v>18.38</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:5">
       <x:c r="A712" s="1">
-        <x:v>44944.9229166667</x:v>
+        <x:v>44971.9238078704</x:v>
       </x:c>
       <x:c r="B712" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C712" s="0">
-        <x:v>1.7</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D712" s="0">
-        <x:v>23.894</x:v>
+        <x:v>23.309</x:v>
       </x:c>
       <x:c r="E712" s="0">
-        <x:v>18.38</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:5">
       <x:c r="A713" s="1">
-        <x:v>44943.932349537</x:v>
+        <x:v>44970.9237847222</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C713" s="0">
-        <x:v>1.6</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D713" s="0">
-        <x:v>25.532</x:v>
+        <x:v>23.309</x:v>
       </x:c>
       <x:c r="E713" s="0">
-        <x:v>19.64</x:v>
+        <x:v>17.93</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:5">
       <x:c r="A714" s="1">
-        <x:v>44939.9231481481</x:v>
+        <x:v>44967.9242708333</x:v>
       </x:c>
       <x:c r="B714" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C714" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D714" s="0">
-        <x:v>25.532</x:v>
+        <x:v>23.153</x:v>
       </x:c>
       <x:c r="E714" s="0">
-        <x:v>19.64</x:v>
+        <x:v>17.81</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:5">
       <x:c r="A715" s="1">
-        <x:v>44938.9231828704</x:v>
+        <x:v>44966.9234722222</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C715" s="0">
-        <x:v>1.46</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D715" s="0">
-        <x:v>25.259</x:v>
+        <x:v>23.842</x:v>
       </x:c>
       <x:c r="E715" s="0">
-        <x:v>19.43</x:v>
+        <x:v>18.34</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:5">
       <x:c r="A716" s="1">
-        <x:v>44937.9231481481</x:v>
+        <x:v>44965.9259490741</x:v>
       </x:c>
       <x:c r="B716" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C716" s="0">
-        <x:v>1.51</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D716" s="0">
-        <x:v>25.207</x:v>
+        <x:v>24.05</x:v>
       </x:c>
       <x:c r="E716" s="0">
-        <x:v>19.39</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:5">
       <x:c r="A717" s="1">
-        <x:v>44936.9230092593</x:v>
+        <x:v>44964.9229166667</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C717" s="0">
-        <x:v>1.47</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D717" s="0">
-        <x:v>25.207</x:v>
+        <x:v>24.05</x:v>
       </x:c>
       <x:c r="E717" s="0">
-        <x:v>19.39</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:5">
       <x:c r="A718" s="1">
-        <x:v>44935.9248842593</x:v>
+        <x:v>44963.9254166667</x:v>
       </x:c>
       <x:c r="B718" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C718" s="0">
-        <x:v>1.57</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D718" s="0">
-        <x:v>24.661</x:v>
+        <x:v>23.816</x:v>
       </x:c>
       <x:c r="E718" s="0">
-        <x:v>18.97</x:v>
+        <x:v>18.32</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:5">
       <x:c r="A719" s="1">
-        <x:v>44932.9235416667</x:v>
+        <x:v>44960.9231712963</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C719" s="0">
-        <x:v>1.55</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D719" s="0">
-        <x:v>24.752</x:v>
+        <x:v>25.22</x:v>
       </x:c>
       <x:c r="E719" s="0">
-        <x:v>19.04</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:5">
       <x:c r="A720" s="1">
-        <x:v>44931.9233333333</x:v>
+        <x:v>44959.9253935185</x:v>
       </x:c>
       <x:c r="B720" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C720" s="0">
-        <x:v>1.62</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D720" s="0">
-        <x:v>24.544</x:v>
+        <x:v>25.948</x:v>
       </x:c>
       <x:c r="E720" s="0">
-        <x:v>18.88</x:v>
+        <x:v>19.96</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:5">
       <x:c r="A721" s="1">
-        <x:v>44930.9272569444</x:v>
+        <x:v>44958.9216550926</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C721" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D721" s="0">
-        <x:v>23.179</x:v>
+        <x:v>25.415</x:v>
       </x:c>
       <x:c r="E721" s="0">
-        <x:v>17.83</x:v>
+        <x:v>19.55</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:5">
       <x:c r="A722" s="1">
-        <x:v>44929.9240509259</x:v>
+        <x:v>44957.9252083333</x:v>
       </x:c>
       <x:c r="B722" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C722" s="0">
-        <x:v>1.93</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D722" s="0">
-        <x:v>23.179</x:v>
+        <x:v>25.415</x:v>
       </x:c>
       <x:c r="E722" s="0">
-        <x:v>17.83</x:v>
+        <x:v>19.55</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:5">
       <x:c r="A723" s="1">
-        <x:v>44925.9212615741</x:v>
+        <x:v>44956.9259837963</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C723" s="0">
-        <x:v>2.18</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D723" s="0">
-        <x:v>22.334</x:v>
+        <x:v>25.571</x:v>
       </x:c>
       <x:c r="E723" s="0">
-        <x:v>17.18</x:v>
+        <x:v>19.67</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:5">
       <x:c r="A724" s="1">
-        <x:v>44924.9225</x:v>
+        <x:v>44953.9230324074</x:v>
       </x:c>
       <x:c r="B724" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C724" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D724" s="0">
-        <x:v>22.425</x:v>
+        <x:v>25.571</x:v>
       </x:c>
       <x:c r="E724" s="0">
-        <x:v>17.25</x:v>
+        <x:v>19.67</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:5">
       <x:c r="A725" s="1">
-        <x:v>44923.9264814815</x:v>
+        <x:v>44952.9223726852</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C725" s="0">
-        <x:v>2.17</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D725" s="0">
-        <x:v>23.101</x:v>
+        <x:v>25.61</x:v>
       </x:c>
       <x:c r="E725" s="0">
-        <x:v>17.77</x:v>
+        <x:v>19.7</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:5">
       <x:c r="A726" s="1">
-        <x:v>44922.9365046296</x:v>
+        <x:v>44951.9219328704</x:v>
       </x:c>
       <x:c r="B726" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C726" s="0">
-        <x:v>1.98</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D726" s="0">
-        <x:v>23.101</x:v>
+        <x:v>25.727</x:v>
       </x:c>
       <x:c r="E726" s="0">
-        <x:v>17.77</x:v>
+        <x:v>19.79</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:5">
       <x:c r="A727" s="1">
-        <x:v>44918.9228587963</x:v>
+        <x:v>44950.9260763889</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C727" s="0">
-        <x:v>2.12</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D727" s="0">
-        <x:v>22.607</x:v>
+        <x:v>25.246</x:v>
       </x:c>
       <x:c r="E727" s="0">
-        <x:v>17.39</x:v>
+        <x:v>19.42</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:5">
       <x:c r="A728" s="1">
-        <x:v>44917.9233796296</x:v>
+        <x:v>44946.9220717593</x:v>
       </x:c>
       <x:c r="B728" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C728" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D728" s="0">
-        <x:v>22.49</x:v>
+        <x:v>24.999</x:v>
       </x:c>
       <x:c r="E728" s="0">
-        <x:v>17.3</x:v>
+        <x:v>19.23</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:5">
       <x:c r="A729" s="1">
-        <x:v>44916.9282291667</x:v>
+        <x:v>44945.9225694444</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C729" s="0">
-        <x:v>2.08</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D729" s="0">
-        <x:v>22.75</x:v>
+        <x:v>23.894</x:v>
       </x:c>
       <x:c r="E729" s="0">
-        <x:v>17.5</x:v>
+        <x:v>18.38</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:5">
       <x:c r="A730" s="1">
-        <x:v>44915.9287962963</x:v>
+        <x:v>44944.9229166667</x:v>
       </x:c>
       <x:c r="B730" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C730" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D730" s="0">
-        <x:v>22.464</x:v>
+        <x:v>23.894</x:v>
       </x:c>
       <x:c r="E730" s="0">
-        <x:v>17.28</x:v>
+        <x:v>18.38</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:5">
       <x:c r="A731" s="1">
-        <x:v>44914.9249189815</x:v>
+        <x:v>44943.932349537</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C731" s="0">
-        <x:v>2.49</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D731" s="0">
-        <x:v>21.97</x:v>
+        <x:v>25.532</x:v>
       </x:c>
       <x:c r="E731" s="0">
-        <x:v>16.9</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:5">
       <x:c r="A732" s="1">
-        <x:v>44911.923287037</x:v>
+        <x:v>44939.9231481481</x:v>
       </x:c>
       <x:c r="B732" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C732" s="0">
-        <x:v>2.34</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D732" s="0">
-        <x:v>21.97</x:v>
+        <x:v>25.532</x:v>
       </x:c>
       <x:c r="E732" s="0">
-        <x:v>16.9</x:v>
+        <x:v>19.64</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:5">
       <x:c r="A733" s="1">
-        <x:v>44910.9218634259</x:v>
+        <x:v>44938.9231828704</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C733" s="0">
-        <x:v>2.45</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D733" s="0">
-        <x:v>21.645</x:v>
+        <x:v>25.259</x:v>
       </x:c>
       <x:c r="E733" s="0">
-        <x:v>16.65</x:v>
+        <x:v>19.43</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:5">
       <x:c r="A734" s="1">
-        <x:v>44909.9251273148</x:v>
+        <x:v>44937.9231481481</x:v>
       </x:c>
       <x:c r="B734" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C734" s="0">
-        <x:v>2.17</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D734" s="0">
-        <x:v>22.672</x:v>
+        <x:v>25.207</x:v>
       </x:c>
       <x:c r="E734" s="0">
-        <x:v>17.44</x:v>
+        <x:v>19.39</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:5">
       <x:c r="A735" s="1">
-        <x:v>44908.9217708333</x:v>
+        <x:v>44936.9230092593</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C735" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D735" s="0">
-        <x:v>22.672</x:v>
+        <x:v>25.207</x:v>
       </x:c>
       <x:c r="E735" s="0">
-        <x:v>17.44</x:v>
+        <x:v>19.39</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:5">
       <x:c r="A736" s="1">
-        <x:v>44907.9238773148</x:v>
+        <x:v>44935.9248842593</x:v>
       </x:c>
       <x:c r="B736" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C736" s="0">
-        <x:v>2.46</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D736" s="0">
-        <x:v>21.554</x:v>
+        <x:v>24.661</x:v>
       </x:c>
       <x:c r="E736" s="0">
-        <x:v>16.58</x:v>
+        <x:v>18.97</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:5">
       <x:c r="A737" s="1">
-        <x:v>44904.9276967593</x:v>
+        <x:v>44932.9235416667</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C737" s="0">
-        <x:v>2.53</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D737" s="0">
-        <x:v>21.84</x:v>
+        <x:v>24.752</x:v>
       </x:c>
       <x:c r="E737" s="0">
-        <x:v>16.8</x:v>
+        <x:v>19.04</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:5">
       <x:c r="A738" s="1">
-        <x:v>44903.921875</x:v>
+        <x:v>44931.9233333333</x:v>
       </x:c>
       <x:c r="B738" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C738" s="0">
-        <x:v>2.44</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D738" s="0">
-        <x:v>21.918</x:v>
+        <x:v>24.544</x:v>
       </x:c>
       <x:c r="E738" s="0">
-        <x:v>16.86</x:v>
+        <x:v>18.88</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:5">
       <x:c r="A739" s="1">
-        <x:v>44902.9218287037</x:v>
+        <x:v>44930.9272569444</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C739" s="0">
-        <x:v>2.41</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D739" s="0">
-        <x:v>21.385</x:v>
+        <x:v>23.179</x:v>
       </x:c>
       <x:c r="E739" s="0">
-        <x:v>16.45</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:5">
       <x:c r="A740" s="1">
-        <x:v>44901.9282638889</x:v>
+        <x:v>44929.9240509259</x:v>
       </x:c>
       <x:c r="B740" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C740" s="0">
-        <x:v>2.6</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D740" s="0">
-        <x:v>21.476</x:v>
+        <x:v>23.179</x:v>
       </x:c>
       <x:c r="E740" s="0">
-        <x:v>16.52</x:v>
+        <x:v>17.83</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:5">
       <x:c r="A741" s="1">
-        <x:v>44900.9356134259</x:v>
+        <x:v>44925.9212615741</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C741" s="0">
-        <x:v>2.57</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D741" s="0">
-        <x:v>22.074</x:v>
+        <x:v>22.334</x:v>
       </x:c>
       <x:c r="E741" s="0">
-        <x:v>16.98</x:v>
+        <x:v>17.18</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:5">
       <x:c r="A742" s="1">
-        <x:v>44897.9224074074</x:v>
+        <x:v>44924.9225</x:v>
       </x:c>
       <x:c r="B742" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C742" s="0">
-        <x:v>2.37</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D742" s="0">
-        <x:v>22.217</x:v>
+        <x:v>22.425</x:v>
       </x:c>
       <x:c r="E742" s="0">
-        <x:v>17.09</x:v>
+        <x:v>17.25</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:5">
       <x:c r="A743" s="1">
-        <x:v>44896.9220949074</x:v>
+        <x:v>44923.9264814815</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C743" s="0">
-        <x:v>2.33</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D743" s="0">
-        <x:v>22.217</x:v>
+        <x:v>23.101</x:v>
       </x:c>
       <x:c r="E743" s="0">
-        <x:v>17.09</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:5">
       <x:c r="A744" s="1">
-        <x:v>44895.9223032407</x:v>
+        <x:v>44922.9365046296</x:v>
       </x:c>
       <x:c r="B744" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C744" s="0">
-        <x:v>2.71</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D744" s="0">
-        <x:v>20.631</x:v>
+        <x:v>23.101</x:v>
       </x:c>
       <x:c r="E744" s="0">
-        <x:v>15.87</x:v>
+        <x:v>17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:5">
       <x:c r="A745" s="1">
-        <x:v>44894.9220138889</x:v>
+        <x:v>44918.9228587963</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C745" s="0">
-        <x:v>2.96</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D745" s="0">
-        <x:v>20.631</x:v>
+        <x:v>22.607</x:v>
       </x:c>
       <x:c r="E745" s="0">
-        <x:v>15.87</x:v>
+        <x:v>17.39</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:5">
       <x:c r="A746" s="1">
-        <x:v>44893.9222106481</x:v>
+        <x:v>44917.9233796296</x:v>
       </x:c>
       <x:c r="B746" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C746" s="0">
-        <x:v>3.29</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D746" s="0">
-        <x:v>20.15</x:v>
+        <x:v>22.49</x:v>
       </x:c>
       <x:c r="E746" s="0">
-        <x:v>15.5</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:5">
       <x:c r="A747" s="1">
-        <x:v>44890.9319907407</x:v>
+        <x:v>44916.9282291667</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C747" s="0">
-        <x:v>3</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D747" s="0">
-        <x:v>21.099</x:v>
+        <x:v>22.75</x:v>
       </x:c>
       <x:c r="E747" s="0">
-        <x:v>16.23</x:v>
+        <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:5">
       <x:c r="A748" s="1">
-        <x:v>44888.9315277778</x:v>
+        <x:v>44915.9287962963</x:v>
       </x:c>
       <x:c r="B748" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C748" s="0">
-        <x:v>2.89</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D748" s="0">
-        <x:v>20.813</x:v>
+        <x:v>22.464</x:v>
       </x:c>
       <x:c r="E748" s="0">
-        <x:v>16.01</x:v>
+        <x:v>17.28</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:5">
       <x:c r="A749" s="1">
-        <x:v>44887.9264467593</x:v>
+        <x:v>44914.9249189815</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C749" s="0">
-        <x:v>3.01</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D749" s="0">
-        <x:v>19.955</x:v>
+        <x:v>21.97</x:v>
       </x:c>
       <x:c r="E749" s="0">
-        <x:v>15.35</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:5">
       <x:c r="A750" s="1">
-        <x:v>44886.9239814815</x:v>
+        <x:v>44911.923287037</x:v>
       </x:c>
       <x:c r="B750" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C750" s="0">
-        <x:v>3.45</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D750" s="0">
-        <x:v>20.306</x:v>
+        <x:v>21.97</x:v>
       </x:c>
       <x:c r="E750" s="0">
-        <x:v>15.62</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:5">
       <x:c r="A751" s="1">
-        <x:v>44883.9223842593</x:v>
+        <x:v>44910.9218634259</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C751" s="0">
-        <x:v>3.28</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D751" s="0">
-        <x:v>20.241</x:v>
+        <x:v>21.645</x:v>
       </x:c>
       <x:c r="E751" s="0">
-        <x:v>15.57</x:v>
+        <x:v>16.65</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:5">
       <x:c r="A752" s="1">
-        <x:v>44882.921099537</x:v>
+        <x:v>44909.9251273148</x:v>
       </x:c>
       <x:c r="B752" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C752" s="0">
-        <x:v>3.31</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D752" s="0">
-        <x:v>20.527</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E752" s="0">
-        <x:v>15.79</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:5">
       <x:c r="A753" s="1">
-        <x:v>44881.9232407407</x:v>
+        <x:v>44908.9217708333</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C753" s="0">
-        <x:v>3.18</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D753" s="0">
-        <x:v>20.8</x:v>
+        <x:v>22.672</x:v>
       </x:c>
       <x:c r="E753" s="0">
-        <x:v>16</x:v>
+        <x:v>17.44</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:5">
       <x:c r="A754" s="1">
-        <x:v>44880.9231018519</x:v>
+        <x:v>44907.9238773148</x:v>
       </x:c>
       <x:c r="B754" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C754" s="0">
-        <x:v>3.06</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D754" s="0">
-        <x:v>21.047</x:v>
+        <x:v>21.554</x:v>
       </x:c>
       <x:c r="E754" s="0">
-        <x:v>16.19</x:v>
+        <x:v>16.58</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:5">
       <x:c r="A755" s="1">
-        <x:v>44879.9295601852</x:v>
+        <x:v>44904.9276967593</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C755" s="0">
-        <x:v>2.95</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D755" s="0">
-        <x:v>21.372</x:v>
+        <x:v>21.84</x:v>
       </x:c>
       <x:c r="E755" s="0">
-        <x:v>16.44</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:5">
       <x:c r="A756" s="1">
-        <x:v>44876.9222337963</x:v>
+        <x:v>44903.921875</x:v>
       </x:c>
       <x:c r="B756" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C756" s="0">
-        <x:v>2.82</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D756" s="0">
-        <x:v>21.372</x:v>
+        <x:v>21.918</x:v>
       </x:c>
       <x:c r="E756" s="0">
-        <x:v>16.44</x:v>
+        <x:v>16.86</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:5">
       <x:c r="A757" s="1">
-        <x:v>44875.9342592593</x:v>
+        <x:v>44902.9218287037</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C757" s="0">
-        <x:v>2.83</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="D757" s="0">
-        <x:v>21.359</x:v>
+        <x:v>21.385</x:v>
       </x:c>
       <x:c r="E757" s="0">
-        <x:v>16.43</x:v>
+        <x:v>16.45</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:5">
       <x:c r="A758" s="1">
-        <x:v>44874.9244097222</x:v>
+        <x:v>44901.9282638889</x:v>
       </x:c>
       <x:c r="B758" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C758" s="0">
-        <x:v>3.58</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D758" s="0">
-        <x:v>20.293</x:v>
+        <x:v>21.476</x:v>
       </x:c>
       <x:c r="E758" s="0">
-        <x:v>15.61</x:v>
+        <x:v>16.52</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:5">
       <x:c r="A759" s="1">
-        <x:v>44873.9284490741</x:v>
+        <x:v>44900.9356134259</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C759" s="0">
-        <x:v>3.41</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D759" s="0">
-        <x:v>18.941</x:v>
+        <x:v>22.074</x:v>
       </x:c>
       <x:c r="E759" s="0">
-        <x:v>14.57</x:v>
+        <x:v>16.98</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:5">
       <x:c r="A760" s="1">
-        <x:v>44872.9247222222</x:v>
+        <x:v>44897.9224074074</x:v>
       </x:c>
       <x:c r="B760" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C760" s="0">
-        <x:v>4.34</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D760" s="0">
-        <x:v>18.941</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E760" s="0">
-        <x:v>14.57</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:5">
       <x:c r="A761" s="1">
-        <x:v>44868.8963888889</x:v>
+        <x:v>44896.9220949074</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C761" s="0">
-        <x:v>6.53</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D761" s="0">
-        <x:v>18.642</x:v>
+        <x:v>22.217</x:v>
       </x:c>
       <x:c r="E761" s="0">
-        <x:v>14.34</x:v>
+        <x:v>17.09</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:5">
       <x:c r="A762" s="1">
-        <x:v>44867</x:v>
+        <x:v>44895.9223032407</x:v>
       </x:c>
       <x:c r="B762" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C762" s="0">
+        <x:v>2.71</x:v>
+      </x:c>
+      <x:c r="D762" s="0">
+        <x:v>20.631</x:v>
+      </x:c>
       <x:c r="E762" s="0">
-        <x:v>15.03</x:v>
+        <x:v>15.87</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:5">
       <x:c r="A763" s="1">
-        <x:v>44866</x:v>
+        <x:v>44894.9220138889</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C763" s="0">
+        <x:v>2.96</x:v>
+      </x:c>
+      <x:c r="D763" s="0">
+        <x:v>20.631</x:v>
+      </x:c>
       <x:c r="E763" s="0">
-        <x:v>15.03</x:v>
+        <x:v>15.87</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:5">
       <x:c r="A764" s="1">
-        <x:v>44865</x:v>
+        <x:v>44893.9222106481</x:v>
       </x:c>
       <x:c r="B764" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C764" s="0">
+        <x:v>3.29</x:v>
+      </x:c>
+      <x:c r="D764" s="0">
+        <x:v>20.15</x:v>
+      </x:c>
       <x:c r="E764" s="0">
-        <x:v>15.48</x:v>
+        <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:5">
       <x:c r="A765" s="1">
-        <x:v>44864</x:v>
+        <x:v>44890.9319907407</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C765" s="0">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="D765" s="0">
+        <x:v>21.099</x:v>
+      </x:c>
       <x:c r="E765" s="0">
-        <x:v>15.48</x:v>
+        <x:v>16.23</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:5">
       <x:c r="A766" s="1">
-        <x:v>44863</x:v>
+        <x:v>44888.9315277778</x:v>
       </x:c>
       <x:c r="B766" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C766" s="0">
+        <x:v>2.89</x:v>
+      </x:c>
+      <x:c r="D766" s="0">
+        <x:v>20.813</x:v>
+      </x:c>
       <x:c r="E766" s="0">
-        <x:v>15.48</x:v>
+        <x:v>16.01</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:5">
       <x:c r="A767" s="1">
-        <x:v>44862</x:v>
+        <x:v>44887.9264467593</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C767" s="0">
+        <x:v>3.01</x:v>
+      </x:c>
+      <x:c r="D767" s="0">
+        <x:v>19.955</x:v>
+      </x:c>
       <x:c r="E767" s="0">
-        <x:v>15.26</x:v>
+        <x:v>15.35</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:5">
       <x:c r="A768" s="1">
-        <x:v>44861</x:v>
+        <x:v>44886.9239814815</x:v>
       </x:c>
       <x:c r="B768" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C768" s="0">
+        <x:v>3.45</x:v>
+      </x:c>
+      <x:c r="D768" s="0">
+        <x:v>20.306</x:v>
+      </x:c>
       <x:c r="E768" s="0">
-        <x:v>15.26</x:v>
+        <x:v>15.62</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:5">
       <x:c r="A769" s="1">
-        <x:v>44860</x:v>
+        <x:v>44883.9223842593</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C769" s="0">
+        <x:v>3.28</x:v>
+      </x:c>
+      <x:c r="D769" s="0">
+        <x:v>20.241</x:v>
+      </x:c>
       <x:c r="E769" s="0">
-        <x:v>15.26</x:v>
+        <x:v>15.57</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:5">
       <x:c r="A770" s="1">
-        <x:v>44859</x:v>
+        <x:v>44882.921099537</x:v>
       </x:c>
       <x:c r="B770" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C770" s="0">
+        <x:v>3.31</x:v>
+      </x:c>
+      <x:c r="D770" s="0">
+        <x:v>20.527</x:v>
+      </x:c>
       <x:c r="E770" s="0">
-        <x:v>15.05</x:v>
+        <x:v>15.79</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:5">
       <x:c r="A771" s="1">
-        <x:v>44858</x:v>
+        <x:v>44881.9232407407</x:v>
       </x:c>
       <x:c r="B771" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C771" s="0">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="D771" s="0">
+        <x:v>20.8</x:v>
+      </x:c>
       <x:c r="E771" s="0">
-        <x:v>14.51</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:5">
       <x:c r="A772" s="1">
-        <x:v>44857</x:v>
+        <x:v>44880.9231018519</x:v>
       </x:c>
       <x:c r="B772" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C772" s="0">
+        <x:v>3.06</x:v>
+      </x:c>
+      <x:c r="D772" s="0">
+        <x:v>21.047</x:v>
+      </x:c>
       <x:c r="E772" s="0">
-        <x:v>14.51</x:v>
+        <x:v>16.19</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:5">
       <x:c r="A773" s="1">
-        <x:v>44856</x:v>
+        <x:v>44879.9295601852</x:v>
       </x:c>
       <x:c r="B773" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C773" s="0">
+        <x:v>2.95</x:v>
+      </x:c>
+      <x:c r="D773" s="0">
+        <x:v>21.372</x:v>
+      </x:c>
       <x:c r="E773" s="0">
-        <x:v>14.51</x:v>
+        <x:v>16.44</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:5">
       <x:c r="A774" s="1">
-        <x:v>44855</x:v>
+        <x:v>44876.9222337963</x:v>
       </x:c>
       <x:c r="B774" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C774" s="0">
+        <x:v>2.82</x:v>
+      </x:c>
+      <x:c r="D774" s="0">
+        <x:v>21.372</x:v>
+      </x:c>
       <x:c r="E774" s="0">
-        <x:v>14.45</x:v>
+        <x:v>16.44</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:5">
       <x:c r="A775" s="1">
-        <x:v>44854</x:v>
+        <x:v>44875.9342592593</x:v>
       </x:c>
       <x:c r="B775" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C775" s="0">
+        <x:v>2.83</x:v>
+      </x:c>
+      <x:c r="D775" s="0">
+        <x:v>21.359</x:v>
+      </x:c>
       <x:c r="E775" s="0">
-        <x:v>14.45</x:v>
+        <x:v>16.43</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:5">
       <x:c r="A776" s="1">
-        <x:v>44853</x:v>
+        <x:v>44874.9244097222</x:v>
       </x:c>
       <x:c r="B776" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C776" s="0">
+        <x:v>3.58</x:v>
+      </x:c>
+      <x:c r="D776" s="0">
+        <x:v>20.293</x:v>
+      </x:c>
       <x:c r="E776" s="0">
-        <x:v>14.61</x:v>
+        <x:v>15.61</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:5">
       <x:c r="A777" s="1">
-        <x:v>44852</x:v>
+        <x:v>44873.9284490741</x:v>
       </x:c>
       <x:c r="B777" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C777" s="0">
+        <x:v>3.41</x:v>
+      </x:c>
+      <x:c r="D777" s="0">
+        <x:v>18.941</x:v>
+      </x:c>
       <x:c r="E777" s="0">
-        <x:v>14.61</x:v>
+        <x:v>14.57</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:5">
       <x:c r="A778" s="1">
-        <x:v>44851</x:v>
+        <x:v>44872.9247222222</x:v>
       </x:c>
       <x:c r="B778" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C778" s="0">
+        <x:v>4.34</x:v>
+      </x:c>
+      <x:c r="D778" s="0">
+        <x:v>18.941</x:v>
+      </x:c>
       <x:c r="E778" s="0">
-        <x:v>14.16</x:v>
+        <x:v>14.57</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:5">
       <x:c r="A779" s="1">
-        <x:v>44850</x:v>
+        <x:v>44868.8963888889</x:v>
       </x:c>
       <x:c r="B779" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C779" s="0">
+        <x:v>6.53</x:v>
+      </x:c>
+      <x:c r="D779" s="0">
+        <x:v>18.642</x:v>
+      </x:c>
       <x:c r="E779" s="0">
-        <x:v>14.16</x:v>
+        <x:v>14.34</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:5">
       <x:c r="A780" s="1">
-        <x:v>44849</x:v>
+        <x:v>44867</x:v>
       </x:c>
       <x:c r="B780" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E780" s="0">
-        <x:v>14.16</x:v>
+        <x:v>15.03</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:5">
       <x:c r="A781" s="1">
-        <x:v>44848</x:v>
+        <x:v>44866</x:v>
       </x:c>
       <x:c r="B781" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E781" s="0">
-        <x:v>15.06</x:v>
+        <x:v>15.03</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:5">
       <x:c r="A782" s="1">
-        <x:v>44847</x:v>
+        <x:v>44865</x:v>
       </x:c>
       <x:c r="B782" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E782" s="0">
-        <x:v>15.01</x:v>
+        <x:v>15.48</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:5">
       <x:c r="A783" s="1">
-        <x:v>44846</x:v>
+        <x:v>44864</x:v>
       </x:c>
       <x:c r="B783" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E783" s="0">
-        <x:v>15.01</x:v>
+        <x:v>15.48</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:5">
       <x:c r="A784" s="1">
-        <x:v>44845</x:v>
+        <x:v>44863</x:v>
       </x:c>
       <x:c r="B784" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E784" s="0">
-        <x:v>15.27</x:v>
+        <x:v>15.48</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:5">
       <x:c r="A785" s="1">
-        <x:v>44844</x:v>
+        <x:v>44862</x:v>
       </x:c>
       <x:c r="B785" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E785" s="0">
-        <x:v>16.15</x:v>
+        <x:v>15.26</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:5">
       <x:c r="A786" s="1">
-        <x:v>44841</x:v>
+        <x:v>44861</x:v>
       </x:c>
       <x:c r="B786" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E786" s="0">
-        <x:v>15.9</x:v>
+        <x:v>15.26</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:5">
       <x:c r="A787" s="1">
-        <x:v>44839</x:v>
+        <x:v>44860</x:v>
       </x:c>
       <x:c r="B787" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E787" s="0">
-        <x:v>15.92</x:v>
+        <x:v>15.26</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:5">
       <x:c r="A788" s="1">
-        <x:v>44838</x:v>
+        <x:v>44859</x:v>
       </x:c>
       <x:c r="B788" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E788" s="0">
-        <x:v>15.92</x:v>
+        <x:v>15.05</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:5">
       <x:c r="A789" s="1">
-        <x:v>44837</x:v>
+        <x:v>44858</x:v>
       </x:c>
       <x:c r="B789" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E789" s="0">
-        <x:v>15.5</x:v>
+        <x:v>14.51</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:5">
       <x:c r="A790" s="1">
-        <x:v>44833</x:v>
+        <x:v>44857</x:v>
       </x:c>
       <x:c r="B790" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E790" s="0">
-        <x:v>14.19</x:v>
+        <x:v>14.51</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:5">
       <x:c r="A791" s="1">
-        <x:v>44832</x:v>
+        <x:v>44856</x:v>
       </x:c>
       <x:c r="B791" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E791" s="0">
-        <x:v>14.19</x:v>
+        <x:v>14.51</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:5">
       <x:c r="A792" s="1">
-        <x:v>44831</x:v>
+        <x:v>44855</x:v>
       </x:c>
       <x:c r="B792" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E792" s="0">
-        <x:v>14.19</x:v>
+        <x:v>14.45</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:5">
       <x:c r="A793" s="1">
-        <x:v>44830</x:v>
+        <x:v>44854</x:v>
       </x:c>
       <x:c r="B793" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E793" s="0">
-        <x:v>14.48</x:v>
+        <x:v>14.45</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:5">
       <x:c r="A794" s="1">
-        <x:v>44827</x:v>
+        <x:v>44853</x:v>
       </x:c>
       <x:c r="B794" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E794" s="0">
-        <x:v>15.18</x:v>
+        <x:v>14.61</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:5">
       <x:c r="A795" s="1">
-        <x:v>44826</x:v>
+        <x:v>44852</x:v>
       </x:c>
       <x:c r="B795" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E795" s="0">
-        <x:v>15.05</x:v>
+        <x:v>14.61</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:5">
       <x:c r="A796" s="1">
-        <x:v>44825</x:v>
+        <x:v>44851</x:v>
       </x:c>
       <x:c r="B796" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E796" s="0">
-        <x:v>15.05</x:v>
+        <x:v>14.16</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:5">
       <x:c r="A797" s="1">
-        <x:v>44824</x:v>
+        <x:v>44850</x:v>
       </x:c>
       <x:c r="B797" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E797" s="0">
-        <x:v>15.3</x:v>
+        <x:v>14.16</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:5">
       <x:c r="A798" s="1">
-        <x:v>44823</x:v>
+        <x:v>44849</x:v>
       </x:c>
       <x:c r="B798" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E798" s="0">
-        <x:v>15.3</x:v>
+        <x:v>14.16</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:5">
       <x:c r="A799" s="1">
-        <x:v>44821</x:v>
+        <x:v>44848</x:v>
       </x:c>
       <x:c r="B799" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E799" s="0">
-        <x:v>15.3</x:v>
+        <x:v>15.06</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:5">
       <x:c r="A800" s="1">
-        <x:v>44820</x:v>
+        <x:v>44847</x:v>
       </x:c>
       <x:c r="B800" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E800" s="0">
-        <x:v>15.14</x:v>
+        <x:v>15.01</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:5">
       <x:c r="A801" s="1">
-        <x:v>44819</x:v>
+        <x:v>44846</x:v>
       </x:c>
       <x:c r="B801" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E801" s="0">
-        <x:v>15.55</x:v>
+        <x:v>15.01</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:5">
       <x:c r="A802" s="1">
-        <x:v>44818</x:v>
+        <x:v>44845</x:v>
       </x:c>
       <x:c r="B802" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E802" s="0">
-        <x:v>15.96</x:v>
+        <x:v>15.27</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:5">
       <x:c r="A803" s="1">
-        <x:v>44817</x:v>
+        <x:v>44844</x:v>
       </x:c>
       <x:c r="B803" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E803" s="0">
-        <x:v>15.61</x:v>
+        <x:v>16.15</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:5">
       <x:c r="A804" s="1">
-        <x:v>44816</x:v>
+        <x:v>44841</x:v>
       </x:c>
       <x:c r="B804" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E804" s="0">
-        <x:v>15.61</x:v>
+        <x:v>15.9</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:5">
       <x:c r="A805" s="1">
-        <x:v>44815</x:v>
+        <x:v>44839</x:v>
       </x:c>
       <x:c r="B805" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E805" s="0">
-        <x:v>15.61</x:v>
+        <x:v>15.92</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:5">
       <x:c r="A806" s="1">
-        <x:v>44814</x:v>
+        <x:v>44838</x:v>
       </x:c>
       <x:c r="B806" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E806" s="0">
-        <x:v>15.61</x:v>
+        <x:v>15.92</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:5">
       <x:c r="A807" s="1">
-        <x:v>44813</x:v>
+        <x:v>44837</x:v>
       </x:c>
       <x:c r="B807" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E807" s="0">
-        <x:v>15.36</x:v>
+        <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:5">
       <x:c r="A808" s="1">
-        <x:v>44812</x:v>
+        <x:v>44833</x:v>
       </x:c>
       <x:c r="B808" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E808" s="0">
-        <x:v>15.36</x:v>
+        <x:v>14.19</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:5">
       <x:c r="A809" s="1">
-        <x:v>44811</x:v>
+        <x:v>44832</x:v>
       </x:c>
       <x:c r="B809" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E809" s="0">
-        <x:v>14.9</x:v>
+        <x:v>14.19</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:5">
       <x:c r="A810" s="1">
-        <x:v>44810</x:v>
+        <x:v>44831</x:v>
       </x:c>
       <x:c r="B810" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E810" s="0">
-        <x:v>14.59</x:v>
+        <x:v>14.19</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:5">
       <x:c r="A811" s="1">
-        <x:v>44809</x:v>
+        <x:v>44830</x:v>
       </x:c>
       <x:c r="B811" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E811" s="0">
-        <x:v>14.59</x:v>
+        <x:v>14.48</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:5">
       <x:c r="A812" s="1">
-        <x:v>44807</x:v>
+        <x:v>44827</x:v>
       </x:c>
       <x:c r="B812" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E812" s="0">
-        <x:v>14.59</x:v>
+        <x:v>15.18</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:5">
       <x:c r="A813" s="1">
-        <x:v>44806</x:v>
+        <x:v>44826</x:v>
       </x:c>
       <x:c r="B813" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E813" s="0">
-        <x:v>14.59</x:v>
+        <x:v>15.05</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:5">
       <x:c r="A814" s="1">
-        <x:v>44805</x:v>
+        <x:v>44825</x:v>
       </x:c>
       <x:c r="B814" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E814" s="0">
-        <x:v>15.35</x:v>
+        <x:v>15.05</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:5">
       <x:c r="A815" s="1">
-        <x:v>44804</x:v>
+        <x:v>44824</x:v>
       </x:c>
       <x:c r="B815" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E815" s="0">
-        <x:v>15.35</x:v>
+        <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:5">
       <x:c r="A816" s="1">
-        <x:v>44803</x:v>
+        <x:v>44823</x:v>
       </x:c>
       <x:c r="B816" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E816" s="0">
-        <x:v>15.35</x:v>
+        <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:5">
       <x:c r="A817" s="1">
-        <x:v>44802</x:v>
+        <x:v>44821</x:v>
       </x:c>
       <x:c r="B817" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E817" s="0">
-        <x:v>16.37</x:v>
+        <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:5">
       <x:c r="A818" s="1">
-        <x:v>44801</x:v>
+        <x:v>44820</x:v>
       </x:c>
       <x:c r="B818" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E818" s="0">
-        <x:v>16.37</x:v>
+        <x:v>15.14</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:5">
       <x:c r="A819" s="1">
-        <x:v>44800</x:v>
+        <x:v>44819</x:v>
       </x:c>
       <x:c r="B819" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E819" s="0">
-        <x:v>16.37</x:v>
+        <x:v>15.55</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:5">
       <x:c r="A820" s="1">
-        <x:v>44799</x:v>
+        <x:v>44818</x:v>
       </x:c>
       <x:c r="B820" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E820" s="0">
-        <x:v>16.35</x:v>
+        <x:v>15.96</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:5">
       <x:c r="A821" s="1">
-        <x:v>44798</x:v>
+        <x:v>44817</x:v>
       </x:c>
       <x:c r="B821" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E821" s="0">
-        <x:v>16.21</x:v>
+        <x:v>15.61</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:5">
       <x:c r="A822" s="1">
-        <x:v>44797</x:v>
+        <x:v>44816</x:v>
       </x:c>
       <x:c r="B822" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E822" s="0">
-        <x:v>16.21</x:v>
+        <x:v>15.61</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:5">
       <x:c r="A823" s="1">
-        <x:v>44796</x:v>
+        <x:v>44815</x:v>
       </x:c>
       <x:c r="B823" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E823" s="0">
-        <x:v>16.17</x:v>
+        <x:v>15.61</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:5">
       <x:c r="A824" s="1">
-        <x:v>44795</x:v>
+        <x:v>44814</x:v>
       </x:c>
       <x:c r="B824" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E824" s="0">
-        <x:v>16.41</x:v>
+        <x:v>15.61</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:5">
       <x:c r="A825" s="1">
-        <x:v>44794</x:v>
+        <x:v>44813</x:v>
       </x:c>
       <x:c r="B825" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E825" s="0">
-        <x:v>16.41</x:v>
+        <x:v>15.36</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:5">
       <x:c r="A826" s="1">
-        <x:v>44792</x:v>
+        <x:v>44812</x:v>
       </x:c>
       <x:c r="B826" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E826" s="0">
-        <x:v>16.45</x:v>
+        <x:v>15.36</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:5">
       <x:c r="A827" s="1">
-        <x:v>44791</x:v>
+        <x:v>44811</x:v>
       </x:c>
       <x:c r="B827" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E827" s="0">
-        <x:v>16.85</x:v>
+        <x:v>14.9</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:5">
       <x:c r="A828" s="1">
-        <x:v>44790</x:v>
+        <x:v>44810</x:v>
       </x:c>
       <x:c r="B828" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E828" s="0">
-        <x:v>16.74</x:v>
+        <x:v>14.59</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:5">
       <x:c r="A829" s="1">
-        <x:v>44789</x:v>
+        <x:v>44809</x:v>
       </x:c>
       <x:c r="B829" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E829" s="0">
-        <x:v>16.74</x:v>
+        <x:v>14.59</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:5">
       <x:c r="A830" s="1">
-        <x:v>44788</x:v>
+        <x:v>44807</x:v>
       </x:c>
       <x:c r="B830" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E830" s="0">
-        <x:v>16.4</x:v>
+        <x:v>14.59</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:5">
       <x:c r="A831" s="1">
-        <x:v>44787</x:v>
+        <x:v>44806</x:v>
       </x:c>
       <x:c r="B831" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E831" s="0">
-        <x:v>16.4</x:v>
+        <x:v>14.59</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:5">
       <x:c r="A832" s="1">
-        <x:v>44786</x:v>
+        <x:v>44805</x:v>
       </x:c>
       <x:c r="B832" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E832" s="0">
-        <x:v>16.4</x:v>
+        <x:v>15.35</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:5">
       <x:c r="A833" s="1">
-        <x:v>44785</x:v>
+        <x:v>44804</x:v>
       </x:c>
       <x:c r="B833" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E833" s="0">
-        <x:v>16.53</x:v>
+        <x:v>15.35</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:5">
       <x:c r="A834" s="1">
-        <x:v>44784</x:v>
+        <x:v>44803</x:v>
       </x:c>
       <x:c r="B834" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E834" s="0">
-        <x:v>16.53</x:v>
+        <x:v>15.35</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:5">
       <x:c r="A835" s="1">
-        <x:v>44783</x:v>
+        <x:v>44802</x:v>
       </x:c>
       <x:c r="B835" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E835" s="0">
-        <x:v>16.2</x:v>
+        <x:v>16.37</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:5">
       <x:c r="A836" s="1">
+        <x:v>44801</x:v>
+      </x:c>
+      <x:c r="B836" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E836" s="0">
+        <x:v>16.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="837" spans="1:5">
+      <x:c r="A837" s="1">
+        <x:v>44800</x:v>
+      </x:c>
+      <x:c r="B837" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E837" s="0">
+        <x:v>16.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="838" spans="1:5">
+      <x:c r="A838" s="1">
+        <x:v>44799</x:v>
+      </x:c>
+      <x:c r="B838" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E838" s="0">
+        <x:v>16.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="839" spans="1:5">
+      <x:c r="A839" s="1">
+        <x:v>44798</x:v>
+      </x:c>
+      <x:c r="B839" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E839" s="0">
+        <x:v>16.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="840" spans="1:5">
+      <x:c r="A840" s="1">
+        <x:v>44797</x:v>
+      </x:c>
+      <x:c r="B840" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E840" s="0">
+        <x:v>16.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="841" spans="1:5">
+      <x:c r="A841" s="1">
+        <x:v>44796</x:v>
+      </x:c>
+      <x:c r="B841" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E841" s="0">
+        <x:v>16.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="842" spans="1:5">
+      <x:c r="A842" s="1">
+        <x:v>44795</x:v>
+      </x:c>
+      <x:c r="B842" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E842" s="0">
+        <x:v>16.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="843" spans="1:5">
+      <x:c r="A843" s="1">
+        <x:v>44794</x:v>
+      </x:c>
+      <x:c r="B843" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E843" s="0">
+        <x:v>16.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="844" spans="1:5">
+      <x:c r="A844" s="1">
+        <x:v>44792</x:v>
+      </x:c>
+      <x:c r="B844" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E844" s="0">
+        <x:v>16.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="845" spans="1:5">
+      <x:c r="A845" s="1">
+        <x:v>44791</x:v>
+      </x:c>
+      <x:c r="B845" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E845" s="0">
+        <x:v>16.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="846" spans="1:5">
+      <x:c r="A846" s="1">
+        <x:v>44790</x:v>
+      </x:c>
+      <x:c r="B846" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E846" s="0">
+        <x:v>16.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="847" spans="1:5">
+      <x:c r="A847" s="1">
+        <x:v>44789</x:v>
+      </x:c>
+      <x:c r="B847" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E847" s="0">
+        <x:v>16.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="848" spans="1:5">
+      <x:c r="A848" s="1">
+        <x:v>44788</x:v>
+      </x:c>
+      <x:c r="B848" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E848" s="0">
+        <x:v>16.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="849" spans="1:5">
+      <x:c r="A849" s="1">
+        <x:v>44787</x:v>
+      </x:c>
+      <x:c r="B849" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E849" s="0">
+        <x:v>16.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="850" spans="1:5">
+      <x:c r="A850" s="1">
+        <x:v>44786</x:v>
+      </x:c>
+      <x:c r="B850" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E850" s="0">
+        <x:v>16.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="851" spans="1:5">
+      <x:c r="A851" s="1">
+        <x:v>44785</x:v>
+      </x:c>
+      <x:c r="B851" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E851" s="0">
+        <x:v>16.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="852" spans="1:5">
+      <x:c r="A852" s="1">
+        <x:v>44784</x:v>
+      </x:c>
+      <x:c r="B852" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E852" s="0">
+        <x:v>16.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="853" spans="1:5">
+      <x:c r="A853" s="1">
+        <x:v>44783</x:v>
+      </x:c>
+      <x:c r="B853" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E853" s="0">
+        <x:v>16.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="854" spans="1:5">
+      <x:c r="A854" s="1">
         <x:v>44782</x:v>
       </x:c>
-      <x:c r="B836" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="E836" s="0">
+      <x:c r="B854" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E854" s="0">
         <x:v>15.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>