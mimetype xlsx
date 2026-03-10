--- v0 (2025-12-15)
+++ v1 (2026-03-10)
@@ -1,138 +1,127 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fae4390eaa74737" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c235da6064c04e2c9afc78a5100c51e6.psmdcp" Id="R4a97e1d895c74491" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c08bfa4d77e44a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/76c1b16978834bfebd220b8205e510c9.psmdcp" Id="R0c21b8daf4674f55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP03P3X7</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
     <x:t>Reset type</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Cash value </x:t>
   </x:si>
   <x:si>
     <x:t>Reset threshold</x:t>
   </x:si>
   <x:si>
     <x:t>Reference price (last reset)</x:t>
   </x:si>
-  <x:si>
-[...1 lines deleted...]
-  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:numFmts count="2">
+  <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
-    <x:numFmt numFmtId="164" formatCode="dd-MM-yyyy HH:mm"/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="1">
     <x:border diagonalUp="0" diagonalDown="0">
       <x:left style="none">
         <x:color rgb="FF000000"/>
       </x:left>
       <x:right style="none">
         <x:color rgb="FF000000"/>
       </x:right>
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
-  <x:cellStyleXfs count="2">
+  <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="2">
+  <x:cellXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
-      <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-[...2 lines deleted...]
-    <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -390,14337 +379,81 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E920"/>
+  <x:dimension ref="A1:E2"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
-      </x:c>
-[...14254 lines deleted...]
-        <x:v>14567.23</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>