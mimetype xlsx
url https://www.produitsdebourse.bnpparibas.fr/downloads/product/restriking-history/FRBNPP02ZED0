--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R579cedb7a01d41d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/602d1e1b3eaf4436ae2c76ed76fee9b4.psmdcp" Id="Ra81d67c045f247f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6bec04ea34845a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ce0b3a259a76409380cc4c91441d967e.psmdcp" Id="R02a3f6f531294477" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP02ZED0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,16287 +390,16763 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E1051"/>
+  <x:dimension ref="A1:E1079"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45938.7624652778</x:v>
+        <x:v>45961.8178587963</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>135.1</x:v>
+        <x:v>145.04</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>193</x:v>
+        <x:v>207.2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45938.741099537</x:v>
+        <x:v>45961.7663078704</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>135.1</x:v>
+        <x:v>145.04</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>193</x:v>
+        <x:v>207.2</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45937.7621875</x:v>
+        <x:v>45961.7596296296</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>137.9</x:v>
+        <x:v>145.04</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>197</x:v>
+        <x:v>207.2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45937.7408564815</x:v>
+        <x:v>45961.7416435185</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>137.9</x:v>
+        <x:v>145.04</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>197</x:v>
+        <x:v>207.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45936.7575231481</x:v>
+        <x:v>45960.7713657407</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>138.845</x:v>
+        <x:v>144.76</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>198.35</x:v>
+        <x:v>206.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45936.7406365741</x:v>
+        <x:v>45960.7414583333</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>138.845</x:v>
+        <x:v>144.76</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>198.35</x:v>
+        <x:v>206.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45933.7560416667</x:v>
+        <x:v>45959.763599537</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>139.02</x:v>
+        <x:v>146.23</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>198.6</x:v>
+        <x:v>208.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45933.7405324074</x:v>
+        <x:v>45959.741724537</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>139.02</x:v>
+        <x:v>146.23</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>198.6</x:v>
+        <x:v>208.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45932.7410648148</x:v>
+        <x:v>45958.741412037</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>133.105</x:v>
+        <x:v>146.37</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>190.15</x:v>
+        <x:v>209.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45931.7405092593</x:v>
+        <x:v>45957.7416435185</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>130.13</x:v>
+        <x:v>147.14</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>185.9</x:v>
+        <x:v>210.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45930.7402430556</x:v>
+        <x:v>45954.7428819444</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>120.435</x:v>
+        <x:v>148.12</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>172.05</x:v>
+        <x:v>211.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45929.7405902778</x:v>
+        <x:v>45953.774849537</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>119.735</x:v>
+        <x:v>148.05</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>171.05</x:v>
+        <x:v>211.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45926.7405902778</x:v>
+        <x:v>45953.7428703704</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>120.085</x:v>
+        <x:v>148.05</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>171.55</x:v>
+        <x:v>211.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45925.7404513889</x:v>
+        <x:v>45952.760787037</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>122.15</x:v>
+        <x:v>148.54</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>174.5</x:v>
+        <x:v>212.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45924.7580439815</x:v>
+        <x:v>45952.7425115741</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>126.91</x:v>
+        <x:v>148.54</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>181.3</x:v>
+        <x:v>212.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45923.7566087963</x:v>
+        <x:v>45951.7420949074</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>131.04</x:v>
+        <x:v>147.91</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>187.2</x:v>
+        <x:v>211.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45923.7480902778</x:v>
+        <x:v>45950.8196759259</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>131.04</x:v>
+        <x:v>145.18</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>187.2</x:v>
+        <x:v>207.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45922.7577199074</x:v>
+        <x:v>45947.7632291667</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>129.395</x:v>
+        <x:v>141.82</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>184.85</x:v>
+        <x:v>202.6</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45922.7480902778</x:v>
+        <x:v>45946.7603009259</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>129.395</x:v>
+        <x:v>142.73</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>184.85</x:v>
+        <x:v>203.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45919.7476967593</x:v>
+        <x:v>45946.7415393519</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>130.2</x:v>
+        <x:v>142.73</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>186</x:v>
+        <x:v>203.9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45918.7597800926</x:v>
+        <x:v>45945.768900463</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>129.36</x:v>
+        <x:v>130.165</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>184.8</x:v>
+        <x:v>185.95</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45918.7477314815</x:v>
+        <x:v>45944.769375</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>129.36</x:v>
+        <x:v>127.995</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>184.8</x:v>
+        <x:v>182.85</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45917.7474537037</x:v>
+        <x:v>45944.7417708333</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>124.215</x:v>
+        <x:v>127.995</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>177.45</x:v>
+        <x:v>182.85</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45916.7474074074</x:v>
+        <x:v>45943.7465509259</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>122.71</x:v>
+        <x:v>130.97</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>175.3</x:v>
+        <x:v>187.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45915.7474768519</x:v>
+        <x:v>45940.7627662037</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>121.695</x:v>
+        <x:v>131.32</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>173.85</x:v>
+        <x:v>187.6</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45912.7594675926</x:v>
+        <x:v>45940.7458912037</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>118.755</x:v>
+        <x:v>131.32</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>169.65</x:v>
+        <x:v>187.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45912.7478472222</x:v>
+        <x:v>45939.7571527778</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>118.755</x:v>
+        <x:v>134.05</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>169.65</x:v>
+        <x:v>191.5</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45911.7587384259</x:v>
+        <x:v>45939.744212963</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>118.475</x:v>
+        <x:v>134.05</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>169.25</x:v>
+        <x:v>191.5</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45911.7477662037</x:v>
+        <x:v>45938.7624652778</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>118.475</x:v>
+        <x:v>135.1</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>169.25</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45910.7475347222</x:v>
+        <x:v>45938.741099537</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>122.29</x:v>
+        <x:v>135.1</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>174.7</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45909.7477199074</x:v>
+        <x:v>45937.7621875</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>122.71</x:v>
+        <x:v>137.9</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>175.3</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45908.7485416667</x:v>
+        <x:v>45937.7408564815</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>121.905</x:v>
+        <x:v>137.9</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>174.15</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45905.7752893519</x:v>
+        <x:v>45936.7575231481</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>121.625</x:v>
+        <x:v>138.845</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>173.75</x:v>
+        <x:v>198.35</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45905.7480902778</x:v>
+        <x:v>45936.7406365741</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>121.625</x:v>
+        <x:v>138.845</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>173.75</x:v>
+        <x:v>198.35</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45904.7480092593</x:v>
+        <x:v>45933.7560416667</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>119.665</x:v>
+        <x:v>139.02</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>170.95</x:v>
+        <x:v>198.6</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45903.7601041667</x:v>
+        <x:v>45933.7405324074</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>121.975</x:v>
+        <x:v>139.02</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>174.25</x:v>
+        <x:v>198.6</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45903.7473842593</x:v>
+        <x:v>45932.7410648148</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>121.975</x:v>
+        <x:v>133.105</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>174.25</x:v>
+        <x:v>190.15</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45902.7617824074</x:v>
+        <x:v>45931.7405092593</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>120.785</x:v>
+        <x:v>130.13</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>172.55</x:v>
+        <x:v>185.9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45902.7473842593</x:v>
+        <x:v>45930.7402430556</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>120.785</x:v>
+        <x:v>120.435</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>172.55</x:v>
+        <x:v>172.05</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45901.7594212963</x:v>
+        <x:v>45929.7405902778</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>124.53</x:v>
+        <x:v>119.735</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>177.9</x:v>
+        <x:v>171.05</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45901.7474305556</x:v>
+        <x:v>45926.7405902778</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>124.53</x:v>
+        <x:v>120.085</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>177.9</x:v>
+        <x:v>171.55</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45898.7479861111</x:v>
+        <x:v>45925.7404513889</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>122.43</x:v>
+        <x:v>122.15</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>174.9</x:v>
+        <x:v>174.5</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45897.7576851852</x:v>
+        <x:v>45924.7580439815</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>122.325</x:v>
+        <x:v>126.91</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>174.75</x:v>
+        <x:v>181.3</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45897.7475925926</x:v>
+        <x:v>45923.7566087963</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>122.325</x:v>
+        <x:v>131.04</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>174.75</x:v>
+        <x:v>187.2</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45896.7598726852</x:v>
+        <x:v>45923.7480902778</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>122.15</x:v>
+        <x:v>131.04</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>174.5</x:v>
+        <x:v>187.2</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45895.7575347222</x:v>
+        <x:v>45922.7577199074</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>122.675</x:v>
+        <x:v>129.395</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>175.25</x:v>
+        <x:v>184.85</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45895.7478703704</x:v>
+        <x:v>45922.7480902778</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>122.675</x:v>
+        <x:v>129.395</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>175.25</x:v>
+        <x:v>184.85</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45894.7569675926</x:v>
+        <x:v>45919.7476967593</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>122.395</x:v>
+        <x:v>130.2</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>174.85</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45894.7474421296</x:v>
+        <x:v>45918.7597800926</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>122.395</x:v>
+        <x:v>129.36</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>174.85</x:v>
+        <x:v>184.8</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45891.7477893519</x:v>
+        <x:v>45918.7477314815</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>124.495</x:v>
+        <x:v>129.36</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>177.85</x:v>
+        <x:v>184.8</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45890.7565972222</x:v>
+        <x:v>45917.7474537037</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>123.41</x:v>
+        <x:v>124.215</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>176.3</x:v>
+        <x:v>177.45</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45890.7477199074</x:v>
+        <x:v>45916.7474074074</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>123.41</x:v>
+        <x:v>122.71</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>176.3</x:v>
+        <x:v>175.3</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45889.7593402778</x:v>
+        <x:v>45915.7474768519</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>125.58</x:v>
+        <x:v>121.695</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>179.4</x:v>
+        <x:v>173.85</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45888.7478472222</x:v>
+        <x:v>45912.7594675926</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>125.51</x:v>
+        <x:v>118.755</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>179.3</x:v>
+        <x:v>169.65</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45887.7583101852</x:v>
+        <x:v>45912.7478472222</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>124.25</x:v>
+        <x:v>118.755</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>177.5</x:v>
+        <x:v>169.65</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45887.7476736111</x:v>
+        <x:v>45911.7587384259</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>124.25</x:v>
+        <x:v>118.475</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>177.5</x:v>
+        <x:v>169.25</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45884.7578240741</x:v>
+        <x:v>45911.7477662037</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>124.18</x:v>
+        <x:v>118.475</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>177.4</x:v>
+        <x:v>169.25</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45884.7474768519</x:v>
+        <x:v>45910.7475347222</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>124.18</x:v>
+        <x:v>122.29</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>177.4</x:v>
+        <x:v>174.7</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45883.7578125</x:v>
+        <x:v>45909.7477199074</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>123.9</x:v>
+        <x:v>122.71</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>177</x:v>
+        <x:v>175.3</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45883.7478935185</x:v>
+        <x:v>45908.7485416667</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>123.9</x:v>
+        <x:v>121.905</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>177</x:v>
+        <x:v>174.15</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45882.7607986111</x:v>
+        <x:v>45905.7752893519</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>123.2</x:v>
+        <x:v>121.625</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>176</x:v>
+        <x:v>173.75</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45882.7479861111</x:v>
+        <x:v>45905.7480902778</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>123.2</x:v>
+        <x:v>121.625</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>176</x:v>
+        <x:v>173.75</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45881.7571990741</x:v>
+        <x:v>45904.7480092593</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>123.97</x:v>
+        <x:v>119.665</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>177.1</x:v>
+        <x:v>170.95</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45881.7473958333</x:v>
+        <x:v>45903.7601041667</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>124.25</x:v>
+        <x:v>121.975</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>177.5</x:v>
+        <x:v>174.25</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45880.7587152778</x:v>
+        <x:v>45903.7473842593</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>118.51</x:v>
+        <x:v>121.975</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>169.3</x:v>
+        <x:v>174.25</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45880.7478240741</x:v>
+        <x:v>45902.7617824074</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>118.51</x:v>
+        <x:v>120.785</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>169.3</x:v>
+        <x:v>172.55</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45877.7474537037</x:v>
+        <x:v>45902.7473842593</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>116.795</x:v>
+        <x:v>120.785</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>166.85</x:v>
+        <x:v>172.55</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45876.747962963</x:v>
+        <x:v>45901.7594212963</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>117.32</x:v>
+        <x:v>124.53</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>167.6</x:v>
+        <x:v>177.9</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45875.7593981481</x:v>
+        <x:v>45901.7474305556</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>115.885</x:v>
+        <x:v>124.53</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>165.55</x:v>
+        <x:v>177.9</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45875.7478356482</x:v>
+        <x:v>45898.7479861111</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>115.885</x:v>
+        <x:v>122.43</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>165.55</x:v>
+        <x:v>174.9</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45874.7580787037</x:v>
+        <x:v>45897.7576851852</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>118.93</x:v>
+        <x:v>122.325</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>169.9</x:v>
+        <x:v>174.75</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45873.7608680556</x:v>
+        <x:v>45897.7475925926</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>119</x:v>
+        <x:v>122.325</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>170</x:v>
+        <x:v>174.75</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45873.7479398148</x:v>
+        <x:v>45896.7598726852</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>119</x:v>
+        <x:v>122.15</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>170</x:v>
+        <x:v>174.5</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45870.7602199074</x:v>
+        <x:v>45895.7575347222</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>120.155</x:v>
+        <x:v>122.675</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>171.65</x:v>
+        <x:v>175.25</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45870.7474768519</x:v>
+        <x:v>45895.7478703704</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>120.155</x:v>
+        <x:v>122.675</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>171.65</x:v>
+        <x:v>175.25</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45869.7477777778</x:v>
+        <x:v>45894.7569675926</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>123.2</x:v>
+        <x:v>122.395</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>176</x:v>
+        <x:v>174.85</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45868.7573032407</x:v>
+        <x:v>45894.7474421296</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>124.53</x:v>
+        <x:v>122.395</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>177.9</x:v>
+        <x:v>174.85</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45868.7478935185</x:v>
+        <x:v>45891.7477893519</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>124.53</x:v>
+        <x:v>124.495</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>177.9</x:v>
+        <x:v>177.85</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45867.7584259259</x:v>
+        <x:v>45890.7565972222</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>125.685</x:v>
+        <x:v>123.41</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>179.55</x:v>
+        <x:v>176.3</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45867.7473726852</x:v>
+        <x:v>45890.7477199074</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>125.685</x:v>
+        <x:v>123.41</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>179.55</x:v>
+        <x:v>176.3</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45866.758275463</x:v>
+        <x:v>45889.7593402778</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>123.13</x:v>
+        <x:v>125.58</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>175.9</x:v>
+        <x:v>179.4</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45866.747962963</x:v>
+        <x:v>45888.7478472222</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>123.13</x:v>
+        <x:v>125.51</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>175.9</x:v>
+        <x:v>179.3</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45863.7567939815</x:v>
+        <x:v>45887.7583101852</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>122.5</x:v>
+        <x:v>124.25</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>175</x:v>
+        <x:v>177.5</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45862.7627430556</x:v>
+        <x:v>45887.7476736111</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>122.675</x:v>
+        <x:v>124.25</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>175.25</x:v>
+        <x:v>177.5</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45862.7478356482</x:v>
+        <x:v>45884.7578240741</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>122.675</x:v>
+        <x:v>124.18</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>175.25</x:v>
+        <x:v>177.4</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45861.7586921296</x:v>
+        <x:v>45884.7474768519</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>120.995</x:v>
+        <x:v>124.18</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>172.85</x:v>
+        <x:v>177.4</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45861.7478935185</x:v>
+        <x:v>45883.7578125</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>120.995</x:v>
+        <x:v>123.9</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>172.85</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45860.7479976852</x:v>
+        <x:v>45883.7478935185</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>122.5</x:v>
+        <x:v>123.9</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45859.7478009259</x:v>
+        <x:v>45882.7607986111</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>133.315</x:v>
+        <x:v>123.2</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>190.45</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45856.7473726852</x:v>
+        <x:v>45882.7479861111</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>133.245</x:v>
+        <x:v>123.2</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>190.35</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45855.7569444444</x:v>
+        <x:v>45881.7571990741</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>135.03</x:v>
+        <x:v>123.97</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>192.9</x:v>
+        <x:v>177.1</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45854.9360185185</x:v>
+        <x:v>45881.7473958333</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>136.045</x:v>
+        <x:v>124.25</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>194.35</x:v>
+        <x:v>177.5</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45854.7691782407</x:v>
+        <x:v>45880.7587152778</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>136.045</x:v>
+        <x:v>118.51</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>194.35</x:v>
+        <x:v>169.3</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45853.7615625</x:v>
+        <x:v>45880.7478240741</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>137.55</x:v>
+        <x:v>118.51</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>196.5</x:v>
+        <x:v>169.3</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45852.7625462963</x:v>
+        <x:v>45877.7474537037</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>137.305</x:v>
+        <x:v>116.795</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>196.15</x:v>
+        <x:v>166.85</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45849.7864467593</x:v>
+        <x:v>45876.747962963</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>142.59</x:v>
+        <x:v>117.32</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>203.7</x:v>
+        <x:v>167.6</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45848.7618055556</x:v>
+        <x:v>45875.7593981481</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>143.99</x:v>
+        <x:v>115.885</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>205.7</x:v>
+        <x:v>165.55</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45847.7591435185</x:v>
+        <x:v>45875.7478356482</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>140.28</x:v>
+        <x:v>115.885</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>200.4</x:v>
+        <x:v>165.55</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45846.7607523148</x:v>
+        <x:v>45874.7580787037</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>140.98</x:v>
+        <x:v>118.93</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>201.4</x:v>
+        <x:v>169.9</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45845.7574421296</x:v>
+        <x:v>45873.7608680556</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>140.14</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>200.2</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45842.7613657407</x:v>
+        <x:v>45873.7479398148</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>142.73</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>203.9</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45841.7610763889</x:v>
+        <x:v>45870.7602199074</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>142.8</x:v>
+        <x:v>120.155</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>204</x:v>
+        <x:v>171.65</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45840.9304282407</x:v>
+        <x:v>45870.7474768519</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>143.57</x:v>
+        <x:v>120.155</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>205.1</x:v>
+        <x:v>171.65</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45839.7591550926</x:v>
+        <x:v>45869.7477777778</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>142.45</x:v>
+        <x:v>123.2</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>203.5</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45838.7567824074</x:v>
+        <x:v>45868.7573032407</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>141.96</x:v>
+        <x:v>124.53</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>202.8</x:v>
+        <x:v>177.9</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45835.7579861111</x:v>
+        <x:v>45868.7478935185</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>143.22</x:v>
+        <x:v>124.53</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>204.6</x:v>
+        <x:v>177.9</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45834.7579166667</x:v>
+        <x:v>45867.7584259259</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>142.66</x:v>
+        <x:v>125.685</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>203.8</x:v>
+        <x:v>179.55</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45833.7638078704</x:v>
+        <x:v>45867.7473726852</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>139.09</x:v>
+        <x:v>125.685</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>198.7</x:v>
+        <x:v>179.55</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45832.757974537</x:v>
+        <x:v>45866.758275463</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>139.51</x:v>
+        <x:v>123.13</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>199.3</x:v>
+        <x:v>175.9</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45831.759837963</x:v>
+        <x:v>45866.747962963</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>136.395</x:v>
+        <x:v>123.13</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>194.85</x:v>
+        <x:v>175.9</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45828.7626041667</x:v>
+        <x:v>45863.7567939815</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>140.84</x:v>
+        <x:v>122.5</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>201.2</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45827.7613657407</x:v>
+        <x:v>45862.7627430556</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>141.68</x:v>
+        <x:v>122.675</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>202.4</x:v>
+        <x:v>175.25</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45826.7621759259</x:v>
+        <x:v>45862.7478356482</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>137.935</x:v>
+        <x:v>122.675</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>197.05</x:v>
+        <x:v>175.25</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45825.7634259259</x:v>
+        <x:v>45861.7586921296</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>138.46</x:v>
+        <x:v>120.995</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>197.8</x:v>
+        <x:v>172.85</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45824.7587962963</x:v>
+        <x:v>45861.7478935185</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>143.08</x:v>
+        <x:v>120.995</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>204.4</x:v>
+        <x:v>172.85</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45821.7600694444</x:v>
+        <x:v>45860.7479976852</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>139.335</x:v>
+        <x:v>122.5</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>199.05</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45820.7827662037</x:v>
+        <x:v>45859.7478009259</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>142.1</x:v>
+        <x:v>133.315</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>203</x:v>
+        <x:v>190.45</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45819.7603819444</x:v>
+        <x:v>45856.7473726852</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>141.54</x:v>
+        <x:v>133.245</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>202.2</x:v>
+        <x:v>190.35</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45818.7603240741</x:v>
+        <x:v>45855.7569444444</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>139.16</x:v>
+        <x:v>135.03</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>198.8</x:v>
+        <x:v>192.9</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45817.7587268519</x:v>
+        <x:v>45854.9360185185</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>135.87</x:v>
+        <x:v>136.045</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>194.1</x:v>
+        <x:v>194.35</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45814.7597453704</x:v>
+        <x:v>45854.7691782407</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>135.555</x:v>
+        <x:v>136.045</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>193.65</x:v>
+        <x:v>194.35</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45813.7588194444</x:v>
+        <x:v>45853.7615625</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>135.695</x:v>
+        <x:v>137.55</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>193.85</x:v>
+        <x:v>196.5</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45812.7669791667</x:v>
+        <x:v>45852.7625462963</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>135.59</x:v>
+        <x:v>137.305</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>193.7</x:v>
+        <x:v>196.15</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45811.9361805556</x:v>
+        <x:v>45849.7864467593</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>132.72</x:v>
+        <x:v>142.59</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>189.6</x:v>
+        <x:v>203.7</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45811.7585763889</x:v>
+        <x:v>45848.7618055556</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>132.72</x:v>
+        <x:v>143.99</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>189.6</x:v>
+        <x:v>205.7</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45810.9414583333</x:v>
+        <x:v>45847.7591435185</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>132.65</x:v>
+        <x:v>140.28</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>189.5</x:v>
+        <x:v>200.4</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45810.7576388889</x:v>
+        <x:v>45846.7607523148</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>132.65</x:v>
+        <x:v>140.98</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>189.5</x:v>
+        <x:v>201.4</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45803.758912037</x:v>
+        <x:v>45845.7574421296</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>135.555</x:v>
+        <x:v>140.14</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>193.65</x:v>
+        <x:v>200.2</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45800.759525463</x:v>
+        <x:v>45842.7613657407</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>133.525</x:v>
+        <x:v>142.73</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>190.75</x:v>
+        <x:v>203.9</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45799.7595138889</x:v>
+        <x:v>45841.7610763889</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>136.92</x:v>
+        <x:v>142.8</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>195.6</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45798.764212963</x:v>
+        <x:v>45840.9304282407</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>138.775</x:v>
+        <x:v>143.57</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>198.25</x:v>
+        <x:v>205.1</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45797.7621759259</x:v>
+        <x:v>45839.7591550926</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>140</x:v>
+        <x:v>142.45</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>200</x:v>
+        <x:v>203.5</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45796.7617013889</x:v>
+        <x:v>45838.7567824074</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>141.05</x:v>
+        <x:v>141.96</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>201.5</x:v>
+        <x:v>202.8</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45793.7569675926</x:v>
+        <x:v>45835.7579861111</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>140.28</x:v>
+        <x:v>143.22</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>200.4</x:v>
+        <x:v>204.6</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45792.7607638889</x:v>
+        <x:v>45834.7579166667</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>138.705</x:v>
+        <x:v>142.66</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>198.15</x:v>
+        <x:v>203.8</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45791.7641666667</x:v>
+        <x:v>45833.7638078704</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>141.68</x:v>
+        <x:v>139.09</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>202.4</x:v>
+        <x:v>198.7</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45790.7569560185</x:v>
+        <x:v>45832.757974537</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>142.8</x:v>
+        <x:v>139.51</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>204</x:v>
+        <x:v>199.3</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45789.7604166667</x:v>
+        <x:v>45831.759837963</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>142.17</x:v>
+        <x:v>136.395</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>203.1</x:v>
+        <x:v>194.85</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45786.7590277778</x:v>
+        <x:v>45828.7626041667</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>141.75</x:v>
+        <x:v>140.84</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>202.5</x:v>
+        <x:v>201.2</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45785.757662037</x:v>
+        <x:v>45827.7613657407</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>142.17</x:v>
+        <x:v>141.68</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>203.1</x:v>
+        <x:v>202.4</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45784.7685300926</x:v>
+        <x:v>45826.7621759259</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>142.1</x:v>
+        <x:v>137.935</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>203</x:v>
+        <x:v>197.05</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45783.7611458333</x:v>
+        <x:v>45825.7634259259</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>148.4</x:v>
+        <x:v>138.46</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>212</x:v>
+        <x:v>197.8</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45782.7990856481</x:v>
+        <x:v>45824.7587962963</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>149.24</x:v>
+        <x:v>143.08</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>213.2</x:v>
+        <x:v>204.4</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45782.7613310185</x:v>
+        <x:v>45821.7600694444</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>149.24</x:v>
+        <x:v>139.335</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>213.2</x:v>
+        <x:v>199.05</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45779.7593402778</x:v>
+        <x:v>45820.7827662037</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>148.05</x:v>
+        <x:v>142.1</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>211.5</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45777.7615046296</x:v>
+        <x:v>45819.7603819444</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>144.34</x:v>
+        <x:v>141.54</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>206.2</x:v>
+        <x:v>202.2</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45776.7598726852</x:v>
+        <x:v>45818.7603240741</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>143.5</x:v>
+        <x:v>139.16</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>205</x:v>
+        <x:v>198.8</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45775.760162037</x:v>
+        <x:v>45817.7587268519</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>140.42</x:v>
+        <x:v>135.87</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>200.6</x:v>
+        <x:v>194.1</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45772.7647106481</x:v>
+        <x:v>45814.7597453704</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>140.84</x:v>
+        <x:v>135.555</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>201.2</x:v>
+        <x:v>193.65</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45771.7646180556</x:v>
+        <x:v>45813.7588194444</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>140.91</x:v>
+        <x:v>135.695</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>201.3</x:v>
+        <x:v>193.85</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45770.7699421296</x:v>
+        <x:v>45812.7669791667</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>140.91</x:v>
+        <x:v>135.59</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>201.3</x:v>
+        <x:v>193.7</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45769.7600925926</x:v>
+        <x:v>45811.9361805556</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>136.15</x:v>
+        <x:v>132.72</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>194.5</x:v>
+        <x:v>189.6</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45764.7627546296</x:v>
+        <x:v>45811.7585763889</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>131.005</x:v>
+        <x:v>132.72</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>187.15</x:v>
+        <x:v>189.6</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45763.7624189815</x:v>
+        <x:v>45810.9414583333</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>133.945</x:v>
+        <x:v>132.65</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>191.35</x:v>
+        <x:v>189.5</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45762.7597800926</x:v>
+        <x:v>45810.7576388889</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>121.03</x:v>
+        <x:v>132.65</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>172.9</x:v>
+        <x:v>189.5</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45761.7605787037</x:v>
+        <x:v>45803.758912037</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>119</x:v>
+        <x:v>135.555</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>170</x:v>
+        <x:v>193.65</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45758.7870138889</x:v>
+        <x:v>45800.759525463</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>113.855</x:v>
+        <x:v>133.525</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>162.65</x:v>
+        <x:v>190.75</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45757.76875</x:v>
+        <x:v>45799.7595138889</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>109.865</x:v>
+        <x:v>136.92</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>156.95</x:v>
+        <x:v>195.6</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45756.7571990741</x:v>
+        <x:v>45798.764212963</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>108.92</x:v>
+        <x:v>138.775</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>155.6</x:v>
+        <x:v>198.25</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45755.7790625</x:v>
+        <x:v>45797.7621759259</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>114.835</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>164.05</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45754.7628356482</x:v>
+        <x:v>45796.7617013889</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>107.03</x:v>
+        <x:v>141.05</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>152.9</x:v>
+        <x:v>201.5</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45751.759212963</x:v>
+        <x:v>45793.7569675926</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>115.15</x:v>
+        <x:v>140.28</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>164.5</x:v>
+        <x:v>200.4</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45750.763599537</x:v>
+        <x:v>45792.7607638889</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>120.995</x:v>
+        <x:v>138.705</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>172.85</x:v>
+        <x:v>198.15</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45749.7615162037</x:v>
+        <x:v>45791.7641666667</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>126.218</x:v>
+        <x:v>141.68</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>181.15</x:v>
+        <x:v>202.4</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45749.3305787037</x:v>
+        <x:v>45790.7569560185</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>127.268</x:v>
+        <x:v>142.8</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>182.65</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45748.7585416667</x:v>
+        <x:v>45789.7604166667</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>127.855</x:v>
+        <x:v>142.17</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>182.65</x:v>
+        <x:v>203.1</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45747.7615856481</x:v>
+        <x:v>45786.7590277778</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>127.645</x:v>
+        <x:v>141.75</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>182.35</x:v>
+        <x:v>202.5</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45744.7643518519</x:v>
+        <x:v>45785.757662037</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>129.955</x:v>
+        <x:v>142.17</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>185.65</x:v>
+        <x:v>203.1</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45743.7674421296</x:v>
+        <x:v>45784.7685300926</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>129.5</x:v>
+        <x:v>142.1</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>185</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45742.7590046296</x:v>
+        <x:v>45783.7611458333</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>129.045</x:v>
+        <x:v>148.4</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>184.35</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45741.7595833333</x:v>
+        <x:v>45782.7990856481</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>135.17</x:v>
+        <x:v>149.24</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>193.1</x:v>
+        <x:v>213.2</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45740.7636689815</x:v>
+        <x:v>45782.7613310185</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>136.43</x:v>
+        <x:v>149.24</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>194.9</x:v>
+        <x:v>213.2</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45737.7594328704</x:v>
+        <x:v>45779.7593402778</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>136.36</x:v>
+        <x:v>148.05</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>194.8</x:v>
+        <x:v>211.5</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45736.7631944444</x:v>
+        <x:v>45777.7615046296</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>137.025</x:v>
+        <x:v>144.34</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>195.75</x:v>
+        <x:v>206.2</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45735.758275463</x:v>
+        <x:v>45776.7598726852</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>138.81</x:v>
+        <x:v>143.5</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>198.3</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45734.7603240741</x:v>
+        <x:v>45775.760162037</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>140.98</x:v>
+        <x:v>140.42</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>201.4</x:v>
+        <x:v>200.6</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45733.7571527778</x:v>
+        <x:v>45772.7647106481</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>140.14</x:v>
+        <x:v>140.84</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>200.2</x:v>
+        <x:v>201.2</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45730.7613194444</x:v>
+        <x:v>45771.7646180556</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>135.625</x:v>
+        <x:v>140.91</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>195.65</x:v>
+        <x:v>201.3</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45729.7592476852</x:v>
+        <x:v>45770.7699421296</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>135.625</x:v>
+        <x:v>140.91</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>0</x:v>
+        <x:v>201.3</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45728.7584953704</x:v>
+        <x:v>45769.7600925926</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>136.36</x:v>
+        <x:v>136.15</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>0</x:v>
+        <x:v>194.5</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45727.7600925926</x:v>
+        <x:v>45764.7627546296</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>130.2</x:v>
+        <x:v>131.005</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>186</x:v>
+        <x:v>187.15</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45726.7683912037</x:v>
+        <x:v>45763.7624189815</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>135.17</x:v>
+        <x:v>133.945</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>193.1</x:v>
+        <x:v>191.35</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45723.7597453704</x:v>
+        <x:v>45762.7597800926</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>137.935</x:v>
+        <x:v>121.03</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>197.05</x:v>
+        <x:v>172.9</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45722.7590856481</x:v>
+        <x:v>45761.7605787037</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>136.15</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>194.5</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45721.7633217593</x:v>
+        <x:v>45758.7870138889</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>132.895</x:v>
+        <x:v>113.855</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>189.85</x:v>
+        <x:v>162.65</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45720.7599652778</x:v>
+        <x:v>45757.76875</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>137.97</x:v>
+        <x:v>109.865</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>197.1</x:v>
+        <x:v>156.95</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45719.7600694444</x:v>
+        <x:v>45756.7571990741</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>139.3</x:v>
+        <x:v>108.92</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>199</x:v>
+        <x:v>155.6</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45716.7600810185</x:v>
+        <x:v>45755.7790625</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>139.055</x:v>
+        <x:v>114.835</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>198.65</x:v>
+        <x:v>164.05</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45715.7570138889</x:v>
+        <x:v>45754.7628356482</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>142.66</x:v>
+        <x:v>107.03</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>203.8</x:v>
+        <x:v>152.9</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45714.7742361111</x:v>
+        <x:v>45751.759212963</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>140.49</x:v>
+        <x:v>115.15</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>200.7</x:v>
+        <x:v>164.5</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45713.7590277778</x:v>
+        <x:v>45750.763599537</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>143.08</x:v>
+        <x:v>120.995</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>204.4</x:v>
+        <x:v>172.85</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45712.7659837963</x:v>
+        <x:v>45749.7615162037</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>143.08</x:v>
+        <x:v>126.218</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>204.4</x:v>
+        <x:v>181.15</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45709.7638425926</x:v>
+        <x:v>45749.3305787037</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>146.02</x:v>
+        <x:v>127.268</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>208.6</x:v>
+        <x:v>182.65</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45708.7618055556</x:v>
+        <x:v>45748.7585416667</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>142.66</x:v>
+        <x:v>127.855</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>203.8</x:v>
+        <x:v>182.65</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45707.7576967593</x:v>
+        <x:v>45747.7615856481</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>144.27</x:v>
+        <x:v>127.645</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>206.1</x:v>
+        <x:v>182.35</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45706.7623611111</x:v>
+        <x:v>45744.7643518519</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>146.02</x:v>
+        <x:v>129.955</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>208.6</x:v>
+        <x:v>185.65</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45705.7592592593</x:v>
+        <x:v>45743.7674421296</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>147.7</x:v>
+        <x:v>129.5</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>211</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45702.7667592593</x:v>
+        <x:v>45742.7590046296</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>149.8</x:v>
+        <x:v>129.045</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>214</x:v>
+        <x:v>184.35</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45701.7653125</x:v>
+        <x:v>45741.7595833333</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>148.89</x:v>
+        <x:v>135.17</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>212.7</x:v>
+        <x:v>193.1</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45700.762650463</x:v>
+        <x:v>45740.7636689815</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>148.33</x:v>
+        <x:v>136.43</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>211.9</x:v>
+        <x:v>194.9</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45699.7633796296</x:v>
+        <x:v>45737.7594328704</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>148.26</x:v>
+        <x:v>136.36</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>211.8</x:v>
+        <x:v>194.8</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45698.7616782407</x:v>
+        <x:v>45736.7631944444</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>148.05</x:v>
+        <x:v>137.025</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>211.5</x:v>
+        <x:v>195.75</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45695.7610532407</x:v>
+        <x:v>45735.758275463</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>149.24</x:v>
+        <x:v>138.81</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>213.2</x:v>
+        <x:v>198.3</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45694.7633912037</x:v>
+        <x:v>45734.7603240741</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>150.57</x:v>
+        <x:v>140.98</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>215.1</x:v>
+        <x:v>201.4</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45693.7707060185</x:v>
+        <x:v>45733.7571527778</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>150.57</x:v>
+        <x:v>140.14</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>215.1</x:v>
+        <x:v>200.2</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45692.7817939815</x:v>
+        <x:v>45730.7613194444</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>150.29</x:v>
+        <x:v>135.625</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>214.7</x:v>
+        <x:v>195.65</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45691.928125</x:v>
+        <x:v>45729.7592476852</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>153.72</x:v>
+        <x:v>135.625</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>219.6</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45691.7626157407</x:v>
+        <x:v>45728.7584953704</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>153.72</x:v>
+        <x:v>136.36</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>219.6</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45688.7599421296</x:v>
+        <x:v>45727.7600925926</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>156.38</x:v>
+        <x:v>130.2</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>223.4</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45687.7639583333</x:v>
+        <x:v>45726.7683912037</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>157.78</x:v>
+        <x:v>135.17</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>225.4</x:v>
+        <x:v>193.1</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45686.76375</x:v>
+        <x:v>45723.7597453704</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>157.43</x:v>
+        <x:v>137.935</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>224.9</x:v>
+        <x:v>197.05</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45685.9323032407</x:v>
+        <x:v>45722.7590856481</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>157.85</x:v>
+        <x:v>136.15</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>225.5</x:v>
+        <x:v>194.5</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45685.7621990741</x:v>
+        <x:v>45721.7633217593</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>157.85</x:v>
+        <x:v>132.895</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>225.5</x:v>
+        <x:v>189.85</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45684.7611111111</x:v>
+        <x:v>45720.7599652778</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>146.16</x:v>
+        <x:v>137.97</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>208.8</x:v>
+        <x:v>197.1</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45681.7681018518</x:v>
+        <x:v>45719.7600694444</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>145.88</x:v>
+        <x:v>139.3</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>208.4</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45679.759537037</x:v>
+        <x:v>45716.7600810185</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>144.06</x:v>
+        <x:v>139.055</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>205.8</x:v>
+        <x:v>198.65</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45678.7595023148</x:v>
+        <x:v>45715.7570138889</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>142.73</x:v>
+        <x:v>142.66</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>203.9</x:v>
+        <x:v>203.8</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45677.7651041667</x:v>
+        <x:v>45714.7742361111</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>140.28</x:v>
+        <x:v>140.49</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>200.4</x:v>
+        <x:v>200.7</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45674.7630671296</x:v>
+        <x:v>45713.7590277778</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>137.9</x:v>
+        <x:v>143.08</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>197</x:v>
+        <x:v>204.4</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45673.7629513889</x:v>
+        <x:v>45712.7659837963</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>138.915</x:v>
+        <x:v>143.08</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>198.45</x:v>
+        <x:v>204.4</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45672.7645486111</x:v>
+        <x:v>45709.7638425926</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>140.63</x:v>
+        <x:v>146.02</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>200.9</x:v>
+        <x:v>208.6</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45671.7791666667</x:v>
+        <x:v>45708.7618055556</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>141.4</x:v>
+        <x:v>142.66</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>202</x:v>
+        <x:v>203.8</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45670.7590856481</x:v>
+        <x:v>45707.7576967593</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>142.66</x:v>
+        <x:v>144.27</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>203.8</x:v>
+        <x:v>206.1</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45667.7626157407</x:v>
+        <x:v>45706.7623611111</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>140.42</x:v>
+        <x:v>146.02</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>200.6</x:v>
+        <x:v>208.6</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45666.7588541667</x:v>
+        <x:v>45705.7592592593</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>139.475</x:v>
+        <x:v>147.7</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>199.25</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45665.7753240741</x:v>
+        <x:v>45702.7667592593</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>138.705</x:v>
+        <x:v>149.8</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>198.15</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45664.7606365741</x:v>
+        <x:v>45701.7653125</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>138.775</x:v>
+        <x:v>148.89</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>198.25</x:v>
+        <x:v>212.7</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45663.7687384259</x:v>
+        <x:v>45700.762650463</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>134.96</x:v>
+        <x:v>148.33</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>192.8</x:v>
+        <x:v>211.9</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45660.7612152778</x:v>
+        <x:v>45699.7633796296</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>126.84</x:v>
+        <x:v>148.26</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>181.2</x:v>
+        <x:v>211.8</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45659.7570949074</x:v>
+        <x:v>45698.7616782407</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>129.57</x:v>
+        <x:v>148.05</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>185.1</x:v>
+        <x:v>211.5</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45656.7590856481</x:v>
+        <x:v>45695.7610532407</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>128.975</x:v>
+        <x:v>149.24</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>184.25</x:v>
+        <x:v>213.2</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45653.7594212963</x:v>
+        <x:v>45694.7633912037</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>131.11</x:v>
+        <x:v>150.57</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>187.3</x:v>
+        <x:v>215.1</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45649.7573148148</x:v>
+        <x:v>45693.7707060185</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>130.06</x:v>
+        <x:v>150.57</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>185.8</x:v>
+        <x:v>215.1</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45646.7607291667</x:v>
+        <x:v>45692.7817939815</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>129.64</x:v>
+        <x:v>150.29</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>185.2</x:v>
+        <x:v>214.7</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45645.7575925926</x:v>
+        <x:v>45691.928125</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>129.5</x:v>
+        <x:v>153.72</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>185</x:v>
+        <x:v>219.6</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45644.7668402778</x:v>
+        <x:v>45691.7626157407</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>131.81</x:v>
+        <x:v>153.72</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>188.3</x:v>
+        <x:v>219.6</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45643.7697106482</x:v>
+        <x:v>45688.7599421296</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>130.48</x:v>
+        <x:v>156.38</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>186.4</x:v>
+        <x:v>223.4</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45642.7680902778</x:v>
+        <x:v>45687.7639583333</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>134.155</x:v>
+        <x:v>157.78</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>191.65</x:v>
+        <x:v>225.4</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45638.763287037</x:v>
+        <x:v>45686.76375</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>136.29</x:v>
+        <x:v>157.43</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>194.7</x:v>
+        <x:v>224.9</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45637.7962962963</x:v>
+        <x:v>45685.9323032407</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>134.925</x:v>
+        <x:v>157.85</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>192.75</x:v>
+        <x:v>225.5</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45636.7680208333</x:v>
+        <x:v>45685.7621990741</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>134.295</x:v>
+        <x:v>157.85</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>191.85</x:v>
+        <x:v>225.5</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45635.7600578704</x:v>
+        <x:v>45684.7611111111</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>129.045</x:v>
+        <x:v>146.16</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>184.35</x:v>
+        <x:v>208.8</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45632.7600810185</x:v>
+        <x:v>45681.7681018518</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>125.86</x:v>
+        <x:v>145.88</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>179.8</x:v>
+        <x:v>208.4</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45631.7586342593</x:v>
+        <x:v>45679.759537037</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>122.675</x:v>
+        <x:v>144.06</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>175.25</x:v>
+        <x:v>205.8</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45630.7638657407</x:v>
+        <x:v>45678.7595023148</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>126.595</x:v>
+        <x:v>142.73</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>180.85</x:v>
+        <x:v>203.9</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45629.7659490741</x:v>
+        <x:v>45677.7651041667</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>124.635</x:v>
+        <x:v>140.28</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>178.05</x:v>
+        <x:v>200.4</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45628.7705092593</x:v>
+        <x:v>45674.7630671296</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>126.56</x:v>
+        <x:v>137.9</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>180.8</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45625.7597916667</x:v>
+        <x:v>45673.7629513889</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>126.245</x:v>
+        <x:v>138.915</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>180.35</x:v>
+        <x:v>198.45</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45624.7724074074</x:v>
+        <x:v>45672.7645486111</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>126.77</x:v>
+        <x:v>140.63</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>181.1</x:v>
+        <x:v>200.9</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45623.7602546296</x:v>
+        <x:v>45671.7791666667</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>126</x:v>
+        <x:v>141.4</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>180</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45622.7714814815</x:v>
+        <x:v>45670.7590856481</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>125.37</x:v>
+        <x:v>142.66</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>179.1</x:v>
+        <x:v>203.8</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45621.76375</x:v>
+        <x:v>45667.7626157407</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>124.88</x:v>
+        <x:v>140.42</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>178.4</x:v>
+        <x:v>200.6</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45618.785150463</x:v>
+        <x:v>45666.7588541667</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>122.5</x:v>
+        <x:v>139.475</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>175</x:v>
+        <x:v>199.25</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45617.7602662037</x:v>
+        <x:v>45665.7753240741</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>118.02</x:v>
+        <x:v>138.705</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>168.6</x:v>
+        <x:v>198.15</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45616.7634259259</x:v>
+        <x:v>45664.7606365741</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>117.635</x:v>
+        <x:v>138.775</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>168.05</x:v>
+        <x:v>198.25</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45615.7578587963</x:v>
+        <x:v>45663.7687384259</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>117.495</x:v>
+        <x:v>134.96</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>167.85</x:v>
+        <x:v>192.8</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45614.9241898148</x:v>
+        <x:v>45660.7612152778</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>117.11</x:v>
+        <x:v>126.84</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>167.3</x:v>
+        <x:v>181.2</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45614.7648842593</x:v>
+        <x:v>45659.7570949074</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>117.11</x:v>
+        <x:v>129.57</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>167.3</x:v>
+        <x:v>185.1</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45611.7686458333</x:v>
+        <x:v>45656.7590856481</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>119.875</x:v>
+        <x:v>128.975</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>171.25</x:v>
+        <x:v>184.25</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45610.7625</x:v>
+        <x:v>45653.7594212963</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>128.485</x:v>
+        <x:v>131.11</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>183.55</x:v>
+        <x:v>187.3</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45609.7625810185</x:v>
+        <x:v>45649.7573148148</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>127.75</x:v>
+        <x:v>130.06</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>182.5</x:v>
+        <x:v>185.8</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45608.7779282407</x:v>
+        <x:v>45646.7607291667</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>129.92</x:v>
+        <x:v>129.64</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>185.6</x:v>
+        <x:v>185.2</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45607.759224537</x:v>
+        <x:v>45645.7575925926</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>128.31</x:v>
+        <x:v>129.5</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>183.3</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45604.7572800926</x:v>
+        <x:v>45644.7668402778</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>127.19</x:v>
+        <x:v>131.81</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>181.7</x:v>
+        <x:v>188.3</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45603.7594444444</x:v>
+        <x:v>45643.7697106482</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>129.08</x:v>
+        <x:v>130.48</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>184.4</x:v>
+        <x:v>186.4</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45602.758900463</x:v>
+        <x:v>45642.7680902778</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>127.365</x:v>
+        <x:v>134.155</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>181.95</x:v>
+        <x:v>191.65</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45601.7576967593</x:v>
+        <x:v>45638.763287037</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>132.3</x:v>
+        <x:v>136.29</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>189</x:v>
+        <x:v>194.7</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45600.7605555556</x:v>
+        <x:v>45637.7962962963</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>133.28</x:v>
+        <x:v>134.925</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>190.4</x:v>
+        <x:v>192.75</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45597.7588078704</x:v>
+        <x:v>45636.7680208333</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>134.4</x:v>
+        <x:v>134.295</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>192</x:v>
+        <x:v>191.85</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45596.7617013889</x:v>
+        <x:v>45635.7600578704</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>128.31</x:v>
+        <x:v>129.045</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>183.3</x:v>
+        <x:v>184.35</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45595.7568981481</x:v>
+        <x:v>45632.7600810185</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>128.8</x:v>
+        <x:v>125.86</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>184</x:v>
+        <x:v>179.8</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45594.7605324074</x:v>
+        <x:v>45631.7586342593</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>130.235</x:v>
+        <x:v>122.675</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>186.05</x:v>
+        <x:v>175.25</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45593.7741898148</x:v>
+        <x:v>45630.7638657407</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>133.525</x:v>
+        <x:v>126.595</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>190.75</x:v>
+        <x:v>180.85</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45590.7682638889</x:v>
+        <x:v>45629.7659490741</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>132.16</x:v>
+        <x:v>124.635</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>188.8</x:v>
+        <x:v>178.05</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45589.7589351852</x:v>
+        <x:v>45628.7705092593</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>134.68</x:v>
+        <x:v>126.56</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>192.4</x:v>
+        <x:v>180.8</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45588.7684259259</x:v>
+        <x:v>45625.7597916667</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>137.2</x:v>
+        <x:v>126.245</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>196</x:v>
+        <x:v>180.35</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45587.7587152778</x:v>
+        <x:v>45624.7724074074</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>138.985</x:v>
+        <x:v>126.77</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>198.55</x:v>
+        <x:v>181.1</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45586.7589236111</x:v>
+        <x:v>45623.7602546296</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>139.23</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>198.9</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45583.7648726852</x:v>
+        <x:v>45622.7714814815</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>148.33</x:v>
+        <x:v>125.37</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>211.9</x:v>
+        <x:v>179.1</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45581.7578703704</x:v>
+        <x:v>45621.76375</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>123.725</x:v>
+        <x:v>124.88</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>176.75</x:v>
+        <x:v>178.4</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45580.7602546296</x:v>
+        <x:v>45618.785150463</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>129.465</x:v>
+        <x:v>122.5</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>184.95</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45579.7583101852</x:v>
+        <x:v>45617.7602662037</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>134.05</x:v>
+        <x:v>118.02</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>191.5</x:v>
+        <x:v>168.6</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45576.7678935185</x:v>
+        <x:v>45616.7634259259</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>131.74</x:v>
+        <x:v>117.635</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>188.2</x:v>
+        <x:v>168.05</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45575.7565625</x:v>
+        <x:v>45615.7578587963</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>129.57</x:v>
+        <x:v>117.495</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>185.1</x:v>
+        <x:v>167.85</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45574.7611111111</x:v>
+        <x:v>45614.9241898148</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>127.785</x:v>
+        <x:v>117.11</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>182.55</x:v>
+        <x:v>167.3</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45573.7605787037</x:v>
+        <x:v>45614.7648842593</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>127.75</x:v>
+        <x:v>117.11</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>182.5</x:v>
+        <x:v>167.3</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45572.7566087963</x:v>
+        <x:v>45611.7686458333</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>127.295</x:v>
+        <x:v>119.875</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>181.85</x:v>
+        <x:v>171.25</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45569.7642013889</x:v>
+        <x:v>45610.7625</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>127.295</x:v>
+        <x:v>128.485</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>181.85</x:v>
+        <x:v>183.55</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45568.765474537</x:v>
+        <x:v>45609.7625810185</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>125.79</x:v>
+        <x:v>127.75</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>179.7</x:v>
+        <x:v>182.5</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45567.7655324074</x:v>
+        <x:v>45608.7779282407</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>127.33</x:v>
+        <x:v>129.92</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>181.9</x:v>
+        <x:v>185.6</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45566.7561226852</x:v>
+        <x:v>45607.759224537</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>129.115</x:v>
+        <x:v>128.31</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>184.45</x:v>
+        <x:v>183.3</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45565.7591319444</x:v>
+        <x:v>45604.7572800926</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>131.425</x:v>
+        <x:v>127.19</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>187.75</x:v>
+        <x:v>181.7</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45562.7587268519</x:v>
+        <x:v>45603.7594444444</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>134.26</x:v>
+        <x:v>129.08</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>191.8</x:v>
+        <x:v>184.4</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45561.7609606481</x:v>
+        <x:v>45602.758900463</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>128.765</x:v>
+        <x:v>127.365</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>183.95</x:v>
+        <x:v>181.95</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45560.7716550926</x:v>
+        <x:v>45601.7576967593</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>119.245</x:v>
+        <x:v>132.3</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>170.35</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45559.7597106481</x:v>
+        <x:v>45600.7605555556</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>120.4</x:v>
+        <x:v>133.28</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>172</x:v>
+        <x:v>190.4</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45558.7541782407</x:v>
+        <x:v>45597.7588078704</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>120.68</x:v>
+        <x:v>134.4</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>172.4</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45555.7577777778</x:v>
+        <x:v>45596.7617013889</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>120.05</x:v>
+        <x:v>128.31</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>171.5</x:v>
+        <x:v>183.3</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45554.7555787037</x:v>
+        <x:v>45595.7568981481</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>126.91</x:v>
+        <x:v>128.8</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>181.3</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45553.7544560185</x:v>
+        <x:v>45594.7605324074</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>125.755</x:v>
+        <x:v>130.235</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>179.65</x:v>
+        <x:v>186.05</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45552.7566087963</x:v>
+        <x:v>45593.7741898148</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>127.05</x:v>
+        <x:v>133.525</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>181.5</x:v>
+        <x:v>190.75</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45551.7525578704</x:v>
+        <x:v>45590.7682638889</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>127.68</x:v>
+        <x:v>132.16</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>182.4</x:v>
+        <x:v>188.8</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45548.7578125</x:v>
+        <x:v>45589.7589351852</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>129.36</x:v>
+        <x:v>134.68</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>184.8</x:v>
+        <x:v>192.4</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45547.7526736111</x:v>
+        <x:v>45588.7684259259</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>130.9</x:v>
+        <x:v>137.2</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>187</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45546.750625</x:v>
+        <x:v>45587.7587152778</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>132.02</x:v>
+        <x:v>138.985</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>188.6</x:v>
+        <x:v>198.55</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45546.750625</x:v>
+        <x:v>45586.7589236111</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>132.825</x:v>
+        <x:v>139.23</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>189.75</x:v>
+        <x:v>198.9</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45545.7516087963</x:v>
+        <x:v>45583.7648726852</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>132.02</x:v>
+        <x:v>148.33</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>188.6</x:v>
+        <x:v>211.9</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45544.7531597222</x:v>
+        <x:v>45581.7578703704</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>132.125</x:v>
+        <x:v>123.725</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>188.75</x:v>
+        <x:v>176.75</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45541.7748726852</x:v>
+        <x:v>45580.7602546296</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>121.975</x:v>
+        <x:v>129.465</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>174.25</x:v>
+        <x:v>184.95</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45540.7513310185</x:v>
+        <x:v>45579.7583101852</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>121.975</x:v>
+        <x:v>134.05</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>174.25</x:v>
+        <x:v>191.5</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45539.7505324074</x:v>
+        <x:v>45576.7678935185</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>121.415</x:v>
+        <x:v>131.74</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>173.45</x:v>
+        <x:v>188.2</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45538.7613888889</x:v>
+        <x:v>45575.7565625</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>122.29</x:v>
+        <x:v>129.57</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>174.7</x:v>
+        <x:v>185.1</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45537.7586689815</x:v>
+        <x:v>45574.7611111111</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>121.625</x:v>
+        <x:v>127.785</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>173.75</x:v>
+        <x:v>182.55</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45534.758900463</x:v>
+        <x:v>45573.7605787037</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>128.59</x:v>
+        <x:v>127.75</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>183.7</x:v>
+        <x:v>182.5</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45533.7650694444</x:v>
+        <x:v>45572.7566087963</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>128.59</x:v>
+        <x:v>127.295</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>183.7</x:v>
+        <x:v>181.85</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45532.7509375</x:v>
+        <x:v>45569.7642013889</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>126.42</x:v>
+        <x:v>127.295</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>180.6</x:v>
+        <x:v>181.85</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45531.7522800926</x:v>
+        <x:v>45568.765474537</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>124.04</x:v>
+        <x:v>125.79</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>177.2</x:v>
+        <x:v>179.7</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45530.7534490741</x:v>
+        <x:v>45567.7655324074</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>124.04</x:v>
+        <x:v>127.33</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>177.2</x:v>
+        <x:v>181.9</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45527.7533333333</x:v>
+        <x:v>45566.7561226852</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>122.78</x:v>
+        <x:v>129.115</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>175.4</x:v>
+        <x:v>184.45</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45526.7495601852</x:v>
+        <x:v>45565.7591319444</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>122.78</x:v>
+        <x:v>131.425</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>175.4</x:v>
+        <x:v>187.75</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45525.7531828704</x:v>
+        <x:v>45562.7587268519</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>119.21</x:v>
+        <x:v>134.26</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>170.3</x:v>
+        <x:v>191.8</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45524.7573263889</x:v>
+        <x:v>45561.7609606481</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>119.21</x:v>
+        <x:v>128.765</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>170.3</x:v>
+        <x:v>183.95</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45523.7507407407</x:v>
+        <x:v>45560.7716550926</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>120.925</x:v>
+        <x:v>119.245</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>172.75</x:v>
+        <x:v>170.35</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45520.7526273148</x:v>
+        <x:v>45559.7597106481</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>120.925</x:v>
+        <x:v>120.4</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>172.75</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45519.7847800926</x:v>
+        <x:v>45558.7541782407</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>119.875</x:v>
+        <x:v>120.68</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>171.25</x:v>
+        <x:v>172.4</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45518.7549652778</x:v>
+        <x:v>45555.7577777778</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>120.785</x:v>
+        <x:v>120.05</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>172.55</x:v>
+        <x:v>171.5</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45517.7494212963</x:v>
+        <x:v>45554.7555787037</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>120.785</x:v>
+        <x:v>126.91</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>172.55</x:v>
+        <x:v>181.3</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45516.7503935185</x:v>
+        <x:v>45553.7544560185</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>122.5</x:v>
+        <x:v>125.755</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>175</x:v>
+        <x:v>179.65</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45513.7535416667</x:v>
+        <x:v>45552.7566087963</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>122.5</x:v>
+        <x:v>127.05</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>175</x:v>
+        <x:v>181.5</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45512.7519560185</x:v>
+        <x:v>45551.7525578704</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>122.92</x:v>
+        <x:v>127.68</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>175.6</x:v>
+        <x:v>182.4</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45511.7528472222</x:v>
+        <x:v>45548.7578125</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>120.33</x:v>
+        <x:v>129.36</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>171.9</x:v>
+        <x:v>184.8</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45510.771087963</x:v>
+        <x:v>45547.7526736111</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>120.33</x:v>
+        <x:v>130.9</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>171.9</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45509.7565856481</x:v>
+        <x:v>45546.750625</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>120.61</x:v>
+        <x:v>132.02</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>172.3</x:v>
+        <x:v>188.6</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45506.7579282407</x:v>
+        <x:v>45546.750625</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>128.905</x:v>
+        <x:v>132.825</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>184.15</x:v>
+        <x:v>189.75</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45505.7519791667</x:v>
+        <x:v>45545.7516087963</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>129.465</x:v>
+        <x:v>132.02</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>184.95</x:v>
+        <x:v>188.6</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45504.7537615741</x:v>
+        <x:v>45544.7531597222</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>125.475</x:v>
+        <x:v>132.125</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>179.25</x:v>
+        <x:v>188.75</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45503.7497800926</x:v>
+        <x:v>45541.7748726852</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>125.475</x:v>
+        <x:v>121.975</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>179.25</x:v>
+        <x:v>174.25</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45502.7520949074</x:v>
+        <x:v>45540.7513310185</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>121.695</x:v>
+        <x:v>121.975</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>173.85</x:v>
+        <x:v>174.25</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45499.7499421296</x:v>
+        <x:v>45539.7505324074</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>121.695</x:v>
+        <x:v>121.415</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>173.85</x:v>
+        <x:v>173.45</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45498.7519328704</x:v>
+        <x:v>45538.7613888889</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>114.975</x:v>
+        <x:v>122.29</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>164.25</x:v>
+        <x:v>174.7</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45497.7532638889</x:v>
+        <x:v>45537.7586689815</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>113.155</x:v>
+        <x:v>121.625</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>161.65</x:v>
+        <x:v>173.75</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45496.7497106481</x:v>
+        <x:v>45534.758900463</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>111.3</x:v>
+        <x:v>128.59</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>159</x:v>
+        <x:v>183.7</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45495.7515393519</x:v>
+        <x:v>45533.7650694444</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>101.745</x:v>
+        <x:v>128.59</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>145.35</x:v>
+        <x:v>183.7</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45492.7568402778</x:v>
+        <x:v>45532.7509375</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>122.85</x:v>
+        <x:v>126.42</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>175.5</x:v>
+        <x:v>180.6</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45491.7527777778</x:v>
+        <x:v>45531.7522800926</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>122.85</x:v>
+        <x:v>124.04</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>175.5</x:v>
+        <x:v>177.2</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45490.7537152778</x:v>
+        <x:v>45530.7534490741</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>119.105</x:v>
+        <x:v>124.04</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>170.15</x:v>
+        <x:v>177.2</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45489.7499189815</x:v>
+        <x:v>45527.7533333333</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>119.105</x:v>
+        <x:v>122.78</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>170.15</x:v>
+        <x:v>175.4</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45488.7521990741</x:v>
+        <x:v>45526.7495601852</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>117.425</x:v>
+        <x:v>122.78</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>167.75</x:v>
+        <x:v>175.4</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45485.7526851852</x:v>
+        <x:v>45525.7531828704</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>117.915</x:v>
+        <x:v>119.21</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>168.45</x:v>
+        <x:v>170.3</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45484.7509259259</x:v>
+        <x:v>45524.7573263889</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>117.915</x:v>
+        <x:v>119.21</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>168.45</x:v>
+        <x:v>170.3</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45483.7515625</x:v>
+        <x:v>45523.7507407407</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>112.385</x:v>
+        <x:v>120.925</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>160.55</x:v>
+        <x:v>172.75</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45482.7511111111</x:v>
+        <x:v>45520.7526273148</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>109.9</x:v>
+        <x:v>120.925</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>157</x:v>
+        <x:v>172.75</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45481.7519328704</x:v>
+        <x:v>45519.7847800926</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>111.16</x:v>
+        <x:v>119.875</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>158.8</x:v>
+        <x:v>171.25</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45478.7523726852</x:v>
+        <x:v>45518.7549652778</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>108.465</x:v>
+        <x:v>120.785</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>154.95</x:v>
+        <x:v>172.55</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45477.7563425926</x:v>
+        <x:v>45517.7494212963</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>108.465</x:v>
+        <x:v>120.785</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>154.95</x:v>
+        <x:v>172.55</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45476.7534606481</x:v>
+        <x:v>45516.7503935185</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>104.405</x:v>
+        <x:v>122.5</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>149.15</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45475.7574537037</x:v>
+        <x:v>45513.7535416667</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>104.405</x:v>
+        <x:v>122.5</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>149.15</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45474.7653356481</x:v>
+        <x:v>45512.7519560185</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>102.69</x:v>
+        <x:v>122.92</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>146.7</x:v>
+        <x:v>175.6</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45471.7527199074</x:v>
+        <x:v>45511.7528472222</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>107.905</x:v>
+        <x:v>120.33</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>154.15</x:v>
+        <x:v>171.9</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45470.7518055556</x:v>
+        <x:v>45510.771087963</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>107.905</x:v>
+        <x:v>120.33</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>154.15</x:v>
+        <x:v>171.9</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45469.7561226852</x:v>
+        <x:v>45509.7565856481</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>110.145</x:v>
+        <x:v>120.61</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>157.35</x:v>
+        <x:v>172.3</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45468.765150463</x:v>
+        <x:v>45506.7579282407</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>111.615</x:v>
+        <x:v>128.905</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>159.45</x:v>
+        <x:v>184.15</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45467.7595717593</x:v>
+        <x:v>45505.7519791667</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>110.18</x:v>
+        <x:v>129.465</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>157.4</x:v>
+        <x:v>184.95</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45464.7598842593</x:v>
+        <x:v>45504.7537615741</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>109.725</x:v>
+        <x:v>125.475</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>156.75</x:v>
+        <x:v>179.25</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45463.7555439815</x:v>
+        <x:v>45503.7497800926</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>109.725</x:v>
+        <x:v>125.475</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>156.75</x:v>
+        <x:v>179.25</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45462.7592361111</x:v>
+        <x:v>45502.7520949074</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>124.145</x:v>
+        <x:v>121.695</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>177.35</x:v>
+        <x:v>173.85</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45461.749849537</x:v>
+        <x:v>45499.7499421296</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>124.145</x:v>
+        <x:v>121.695</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>177.35</x:v>
+        <x:v>173.85</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45460.7520833333</x:v>
+        <x:v>45498.7519328704</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>125.125</x:v>
+        <x:v>114.975</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>178.75</x:v>
+        <x:v>164.25</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45457.7537847222</x:v>
+        <x:v>45497.7532638889</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>125.125</x:v>
+        <x:v>113.155</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>178.75</x:v>
+        <x:v>161.65</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45456.7544097222</x:v>
+        <x:v>45496.7497106481</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>127.54</x:v>
+        <x:v>111.3</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>182.2</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45455.7563310185</x:v>
+        <x:v>45495.7515393519</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>132.79</x:v>
+        <x:v>101.745</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>189.7</x:v>
+        <x:v>145.35</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45454.7545486111</x:v>
+        <x:v>45492.7568402778</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>132.79</x:v>
+        <x:v>122.85</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>189.7</x:v>
+        <x:v>175.5</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45453.755462963</x:v>
+        <x:v>45491.7527777778</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>129.815</x:v>
+        <x:v>122.85</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>185.45</x:v>
+        <x:v>175.5</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45450.7637152778</x:v>
+        <x:v>45490.7537152778</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>129.255</x:v>
+        <x:v>119.105</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>184.65</x:v>
+        <x:v>170.15</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45449.7531134259</x:v>
+        <x:v>45489.7499189815</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>130.445</x:v>
+        <x:v>119.105</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>186.35</x:v>
+        <x:v>170.15</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45448.7574537037</x:v>
+        <x:v>45488.7521990741</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>129.08</x:v>
+        <x:v>117.425</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>184.4</x:v>
+        <x:v>167.75</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45447.7543171296</x:v>
+        <x:v>45485.7526851852</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>125.51</x:v>
+        <x:v>117.915</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>179.3</x:v>
+        <x:v>168.45</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45446.7530208333</x:v>
+        <x:v>45484.7509259259</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>127.085</x:v>
+        <x:v>117.915</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>181.55</x:v>
+        <x:v>168.45</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45443.7519907407</x:v>
+        <x:v>45483.7515625</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>127.855</x:v>
+        <x:v>112.385</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>182.65</x:v>
+        <x:v>160.55</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45442.7578240741</x:v>
+        <x:v>45482.7511111111</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>128.205</x:v>
+        <x:v>109.9</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>183.15</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45441.7499421296</x:v>
+        <x:v>45481.7519328704</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>129.08</x:v>
+        <x:v>111.16</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>184.4</x:v>
+        <x:v>158.8</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45440.7590162037</x:v>
+        <x:v>45478.7523726852</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>131.355</x:v>
+        <x:v>108.465</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>187.65</x:v>
+        <x:v>154.95</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45439.7628819444</x:v>
+        <x:v>45477.7563425926</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>134.785</x:v>
+        <x:v>108.465</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>192.55</x:v>
+        <x:v>154.95</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45436.7528935185</x:v>
+        <x:v>45476.7534606481</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>134.505</x:v>
+        <x:v>104.405</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>192.15</x:v>
+        <x:v>149.15</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45435.756099537</x:v>
+        <x:v>45475.7574537037</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>137.165</x:v>
+        <x:v>104.405</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>195.95</x:v>
+        <x:v>149.15</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45434.7503587963</x:v>
+        <x:v>45474.7653356481</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>137.165</x:v>
+        <x:v>102.69</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>195.95</x:v>
+        <x:v>146.7</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45433.7539930556</x:v>
+        <x:v>45471.7527199074</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>135.8</x:v>
+        <x:v>107.905</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>194</x:v>
+        <x:v>154.15</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45432.7536689815</x:v>
+        <x:v>45470.7518055556</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>136.955</x:v>
+        <x:v>107.905</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>195.65</x:v>
+        <x:v>154.15</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45429.7605208333</x:v>
+        <x:v>45469.7561226852</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>143.99</x:v>
+        <x:v>110.145</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>205.7</x:v>
+        <x:v>157.35</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45428.7605208333</x:v>
+        <x:v>45468.765150463</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>150.5</x:v>
+        <x:v>111.615</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>215</x:v>
+        <x:v>159.45</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45427.7498032407</x:v>
+        <x:v>45467.7595717593</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>150.5</x:v>
+        <x:v>110.18</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>215</x:v>
+        <x:v>157.4</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45426.7551157407</x:v>
+        <x:v>45464.7598842593</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>142.52</x:v>
+        <x:v>109.725</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>203.6</x:v>
+        <x:v>156.75</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45425.7516666667</x:v>
+        <x:v>45463.7555439815</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>143.99</x:v>
+        <x:v>109.725</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>205.7</x:v>
+        <x:v>156.75</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45422.7512268519</x:v>
+        <x:v>45462.7592361111</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>143.99</x:v>
+        <x:v>124.145</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>205.7</x:v>
+        <x:v>177.35</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45421.8100578704</x:v>
+        <x:v>45461.749849537</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>145.39</x:v>
+        <x:v>124.145</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>207.7</x:v>
+        <x:v>177.35</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45421.7512037037</x:v>
+        <x:v>45460.7520833333</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>145.39</x:v>
+        <x:v>125.125</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>207.7</x:v>
+        <x:v>178.75</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45420.748587963</x:v>
+        <x:v>45457.7537847222</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>145.74</x:v>
+        <x:v>125.125</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>208.2</x:v>
+        <x:v>178.75</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45419.7551273148</x:v>
+        <x:v>45456.7544097222</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>145.74</x:v>
+        <x:v>127.54</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>208.2</x:v>
+        <x:v>182.2</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45418.7545601852</x:v>
+        <x:v>45455.7563310185</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>144.2</x:v>
+        <x:v>132.79</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>206</x:v>
+        <x:v>189.7</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45415.7563310185</x:v>
+        <x:v>45454.7545486111</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>145.81</x:v>
+        <x:v>132.79</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>208.3</x:v>
+        <x:v>189.7</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45414.7534953704</x:v>
+        <x:v>45453.755462963</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>144.13</x:v>
+        <x:v>129.815</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>205.9</x:v>
+        <x:v>185.45</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45412.7544791667</x:v>
+        <x:v>45450.7637152778</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>142.1</x:v>
+        <x:v>129.255</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>203</x:v>
+        <x:v>184.65</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45411.7837615741</x:v>
+        <x:v>45449.7531134259</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>145.81</x:v>
+        <x:v>130.445</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>208.3</x:v>
+        <x:v>186.35</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45408.7482291667</x:v>
+        <x:v>45448.7574537037</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>145.81</x:v>
+        <x:v>129.08</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>208.3</x:v>
+        <x:v>184.4</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45407.7556828704</x:v>
+        <x:v>45447.7543171296</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>142.38</x:v>
+        <x:v>125.51</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>203.4</x:v>
+        <x:v>179.3</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45406.7657638889</x:v>
+        <x:v>45446.7530208333</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>146.09</x:v>
+        <x:v>127.085</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>208.7</x:v>
+        <x:v>181.55</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45405.756875</x:v>
+        <x:v>45443.7519907407</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>146.09</x:v>
+        <x:v>127.855</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>208.7</x:v>
+        <x:v>182.65</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45404.7572569444</x:v>
+        <x:v>45442.7578240741</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>140.42</x:v>
+        <x:v>128.205</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>200.6</x:v>
+        <x:v>183.15</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45401.7980555556</x:v>
+        <x:v>45441.7499421296</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>146.72</x:v>
+        <x:v>129.08</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>209.6</x:v>
+        <x:v>184.4</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45400.7584143519</x:v>
+        <x:v>45440.7590162037</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>146.72</x:v>
+        <x:v>131.355</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>209.6</x:v>
+        <x:v>187.65</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45399.7646643519</x:v>
+        <x:v>45439.7628819444</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>174.02</x:v>
+        <x:v>134.785</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>248.6</x:v>
+        <x:v>192.55</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
-        <x:v>45398.7542361111</x:v>
+        <x:v>45436.7528935185</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C414" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D414" s="0">
-        <x:v>176.75</x:v>
+        <x:v>134.505</x:v>
       </x:c>
       <x:c r="E414" s="0">
-        <x:v>252.5</x:v>
+        <x:v>192.15</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5">
       <x:c r="A415" s="1">
-        <x:v>45397.7515740741</x:v>
+        <x:v>45435.756099537</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C415" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D415" s="0">
-        <x:v>178.22</x:v>
+        <x:v>137.165</x:v>
       </x:c>
       <x:c r="E415" s="0">
-        <x:v>254.6</x:v>
+        <x:v>195.95</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5">
       <x:c r="A416" s="1">
-        <x:v>45394.7513773148</x:v>
+        <x:v>45434.7503587963</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C416" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D416" s="0">
-        <x:v>175.42</x:v>
+        <x:v>137.165</x:v>
       </x:c>
       <x:c r="E416" s="0">
-        <x:v>250.6</x:v>
+        <x:v>195.95</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5">
       <x:c r="A417" s="1">
-        <x:v>45393.7591203704</x:v>
+        <x:v>45433.7539930556</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C417" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D417" s="0">
-        <x:v>176.89</x:v>
+        <x:v>135.8</x:v>
       </x:c>
       <x:c r="E417" s="0">
-        <x:v>252.7</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5">
       <x:c r="A418" s="1">
-        <x:v>45392.7661458333</x:v>
+        <x:v>45432.7536689815</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C418" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D418" s="0">
-        <x:v>176.89</x:v>
+        <x:v>136.955</x:v>
       </x:c>
       <x:c r="E418" s="0">
-        <x:v>252.7</x:v>
+        <x:v>195.65</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5">
       <x:c r="A419" s="1">
-        <x:v>45391.7577662037</x:v>
+        <x:v>45429.7605208333</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C419" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D419" s="0">
-        <x:v>178.43</x:v>
+        <x:v>143.99</x:v>
       </x:c>
       <x:c r="E419" s="0">
-        <x:v>254.9</x:v>
+        <x:v>205.7</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5">
       <x:c r="A420" s="1">
-        <x:v>45390.7571990741</x:v>
+        <x:v>45428.7605208333</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C420" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D420" s="0">
-        <x:v>178.43</x:v>
+        <x:v>150.5</x:v>
       </x:c>
       <x:c r="E420" s="0">
-        <x:v>254.9</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5">
       <x:c r="A421" s="1">
-        <x:v>45387.7545138889</x:v>
+        <x:v>45427.7498032407</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C421" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D421" s="0">
-        <x:v>176.33</x:v>
+        <x:v>150.5</x:v>
       </x:c>
       <x:c r="E421" s="0">
-        <x:v>251.9</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5">
       <x:c r="A422" s="1">
-        <x:v>45386.7581944444</x:v>
+        <x:v>45426.7551157407</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C422" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D422" s="0">
-        <x:v>185.01</x:v>
+        <x:v>142.52</x:v>
       </x:c>
       <x:c r="E422" s="0">
-        <x:v>264.3</x:v>
+        <x:v>203.6</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5">
       <x:c r="A423" s="1">
-        <x:v>45385.7621990741</x:v>
+        <x:v>45425.7516666667</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C423" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D423" s="0">
-        <x:v>185.01</x:v>
+        <x:v>143.99</x:v>
       </x:c>
       <x:c r="E423" s="0">
-        <x:v>264.3</x:v>
+        <x:v>205.7</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5">
       <x:c r="A424" s="1">
-        <x:v>45384.7594907407</x:v>
+        <x:v>45422.7512268519</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C424" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D424" s="0">
-        <x:v>185.01</x:v>
+        <x:v>143.99</x:v>
       </x:c>
       <x:c r="E424" s="0">
-        <x:v>264.3</x:v>
+        <x:v>205.7</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5">
       <x:c r="A425" s="1">
-        <x:v>45379.7524421296</x:v>
+        <x:v>45421.8100578704</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C425" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D425" s="0">
-        <x:v>185.01</x:v>
+        <x:v>145.39</x:v>
       </x:c>
       <x:c r="E425" s="0">
-        <x:v>264.3</x:v>
+        <x:v>207.7</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5">
       <x:c r="A426" s="1">
-        <x:v>45378.751875</x:v>
+        <x:v>45421.7512037037</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C426" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D426" s="0">
-        <x:v>183.61</x:v>
+        <x:v>145.39</x:v>
       </x:c>
       <x:c r="E426" s="0">
-        <x:v>262.3</x:v>
+        <x:v>207.7</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5">
       <x:c r="A427" s="1">
-        <x:v>45377.7508912037</x:v>
+        <x:v>45420.748587963</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C427" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D427" s="0">
-        <x:v>187.18</x:v>
+        <x:v>145.74</x:v>
       </x:c>
       <x:c r="E427" s="0">
-        <x:v>267.4</x:v>
+        <x:v>208.2</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5">
       <x:c r="A428" s="1">
-        <x:v>45376.7573611111</x:v>
+        <x:v>45419.7551273148</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C428" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D428" s="0">
-        <x:v>189.84</x:v>
+        <x:v>145.74</x:v>
       </x:c>
       <x:c r="E428" s="0">
-        <x:v>271.2</x:v>
+        <x:v>208.2</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5">
       <x:c r="A429" s="1">
-        <x:v>45373.7548148148</x:v>
+        <x:v>45418.7545601852</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C429" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D429" s="0">
-        <x:v>196</x:v>
+        <x:v>144.2</x:v>
       </x:c>
       <x:c r="E429" s="0">
-        <x:v>280</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5">
       <x:c r="A430" s="1">
-        <x:v>45372.7580555556</x:v>
+        <x:v>45415.7563310185</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C430" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D430" s="0">
-        <x:v>193.27</x:v>
+        <x:v>145.81</x:v>
       </x:c>
       <x:c r="E430" s="0">
-        <x:v>276.1</x:v>
+        <x:v>208.3</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5">
       <x:c r="A431" s="1">
-        <x:v>45363.7500347222</x:v>
+        <x:v>45414.7534953704</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C431" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D431" s="0">
-        <x:v>191.73</x:v>
+        <x:v>144.13</x:v>
       </x:c>
       <x:c r="E431" s="0">
-        <x:v>273.9</x:v>
+        <x:v>205.9</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5">
       <x:c r="A432" s="1">
-        <x:v>45362.7530902778</x:v>
+        <x:v>45412.7544791667</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C432" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D432" s="0">
-        <x:v>189.35</x:v>
+        <x:v>142.1</x:v>
       </x:c>
       <x:c r="E432" s="0">
-        <x:v>270.5</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5">
       <x:c r="A433" s="1">
-        <x:v>45359.7548958333</x:v>
+        <x:v>45411.7837615741</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C433" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D433" s="0">
-        <x:v>188.93</x:v>
+        <x:v>145.81</x:v>
       </x:c>
       <x:c r="E433" s="0">
-        <x:v>269.9</x:v>
+        <x:v>208.3</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5">
       <x:c r="A434" s="1">
-        <x:v>45358.7546990741</x:v>
+        <x:v>45408.7482291667</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C434" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D434" s="0">
-        <x:v>180.95</x:v>
+        <x:v>145.81</x:v>
       </x:c>
       <x:c r="E434" s="0">
-        <x:v>258.5</x:v>
+        <x:v>208.3</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5">
       <x:c r="A435" s="1">
-        <x:v>45357.7533449074</x:v>
+        <x:v>45407.7556828704</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C435" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D435" s="0">
-        <x:v>180.95</x:v>
+        <x:v>142.38</x:v>
       </x:c>
       <x:c r="E435" s="0">
-        <x:v>258.5</x:v>
+        <x:v>203.4</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5">
       <x:c r="A436" s="1">
-        <x:v>45356.7547222222</x:v>
+        <x:v>45406.7657638889</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C436" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D436" s="0">
-        <x:v>176.19</x:v>
+        <x:v>146.09</x:v>
       </x:c>
       <x:c r="E436" s="0">
-        <x:v>251.7</x:v>
+        <x:v>208.7</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5">
       <x:c r="A437" s="1">
-        <x:v>45355.7464814815</x:v>
+        <x:v>45405.756875</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C437" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D437" s="0">
-        <x:v>175.21</x:v>
+        <x:v>146.09</x:v>
       </x:c>
       <x:c r="E437" s="0">
-        <x:v>250.3</x:v>
+        <x:v>208.7</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5">
       <x:c r="A438" s="1">
-        <x:v>45352.7526157407</x:v>
+        <x:v>45404.7572569444</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C438" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D438" s="0">
-        <x:v>177.17</x:v>
+        <x:v>140.42</x:v>
       </x:c>
       <x:c r="E438" s="0">
-        <x:v>253.1</x:v>
+        <x:v>200.6</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5">
       <x:c r="A439" s="1">
-        <x:v>45351.7475115741</x:v>
+        <x:v>45401.7980555556</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C439" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D439" s="0">
-        <x:v>178.01</x:v>
+        <x:v>146.72</x:v>
       </x:c>
       <x:c r="E439" s="0">
-        <x:v>254.3</x:v>
+        <x:v>209.6</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5">
       <x:c r="A440" s="1">
-        <x:v>45350.7516550926</x:v>
+        <x:v>45400.7584143519</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C440" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D440" s="0">
-        <x:v>174.3</x:v>
+        <x:v>146.72</x:v>
       </x:c>
       <x:c r="E440" s="0">
-        <x:v>249</x:v>
+        <x:v>209.6</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5">
       <x:c r="A441" s="1">
-        <x:v>45349.7512731481</x:v>
+        <x:v>45399.7646643519</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C441" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D441" s="0">
-        <x:v>172.48</x:v>
+        <x:v>174.02</x:v>
       </x:c>
       <x:c r="E441" s="0">
-        <x:v>246.4</x:v>
+        <x:v>248.6</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5">
       <x:c r="A442" s="1">
-        <x:v>45348.9284375</x:v>
+        <x:v>45398.7542361111</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C442" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D442" s="0">
-        <x:v>175.84</x:v>
+        <x:v>176.75</x:v>
       </x:c>
       <x:c r="E442" s="0">
-        <x:v>251.2</x:v>
+        <x:v>252.5</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5">
       <x:c r="A443" s="1">
-        <x:v>45348.7735763889</x:v>
+        <x:v>45397.7515740741</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C443" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D443" s="0">
-        <x:v>175.84</x:v>
+        <x:v>178.22</x:v>
       </x:c>
       <x:c r="E443" s="0">
-        <x:v>251.2</x:v>
+        <x:v>254.6</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5">
       <x:c r="A444" s="1">
-        <x:v>45348.7571875</x:v>
+        <x:v>45394.7513773148</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C444" s="0">
         <x:v>0.14</x:v>
       </x:c>
       <x:c r="D444" s="0">
-        <x:v>175.84</x:v>
+        <x:v>175.42</x:v>
       </x:c>
       <x:c r="E444" s="0">
-        <x:v>251.2</x:v>
+        <x:v>250.6</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5">
       <x:c r="A445" s="1">
-        <x:v>45345.7522337963</x:v>
+        <x:v>45393.7591203704</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C445" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D445" s="0">
-        <x:v>175.84</x:v>
+        <x:v>176.89</x:v>
       </x:c>
       <x:c r="E445" s="0">
-        <x:v>251.2</x:v>
+        <x:v>252.7</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5">
       <x:c r="A446" s="1">
-        <x:v>45344.7578240741</x:v>
+        <x:v>45392.7661458333</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C446" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D446" s="0">
-        <x:v>174.02</x:v>
+        <x:v>176.89</x:v>
       </x:c>
       <x:c r="E446" s="0">
-        <x:v>248.6</x:v>
+        <x:v>252.7</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5">
       <x:c r="A447" s="1">
-        <x:v>45343.7646412037</x:v>
+        <x:v>45391.7577662037</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C447" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D447" s="0">
-        <x:v>174.51</x:v>
+        <x:v>178.43</x:v>
       </x:c>
       <x:c r="E447" s="0">
-        <x:v>249.3</x:v>
+        <x:v>254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5">
       <x:c r="A448" s="1">
-        <x:v>45342.7526967593</x:v>
+        <x:v>45390.7571990741</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C448" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D448" s="0">
-        <x:v>174.51</x:v>
+        <x:v>178.43</x:v>
       </x:c>
       <x:c r="E448" s="0">
-        <x:v>249.3</x:v>
+        <x:v>254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5">
       <x:c r="A449" s="1">
-        <x:v>45341.7513657407</x:v>
+        <x:v>45387.7545138889</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C449" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D449" s="0">
-        <x:v>178.99</x:v>
+        <x:v>176.33</x:v>
       </x:c>
       <x:c r="E449" s="0">
-        <x:v>255.7</x:v>
+        <x:v>251.9</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5">
       <x:c r="A450" s="1">
-        <x:v>45338.7552662037</x:v>
+        <x:v>45386.7581944444</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C450" s="0">
         <x:v>0.16</x:v>
       </x:c>
       <x:c r="D450" s="0">
-        <x:v>177.66</x:v>
+        <x:v>185.01</x:v>
       </x:c>
       <x:c r="E450" s="0">
-        <x:v>253.8</x:v>
+        <x:v>264.3</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5">
       <x:c r="A451" s="1">
-        <x:v>45337.7599074074</x:v>
+        <x:v>45385.7621990741</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C451" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D451" s="0">
-        <x:v>168.63</x:v>
+        <x:v>185.01</x:v>
       </x:c>
       <x:c r="E451" s="0">
-        <x:v>240.9</x:v>
+        <x:v>264.3</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5">
       <x:c r="A452" s="1">
-        <x:v>45336.7470949074</x:v>
+        <x:v>45384.7594907407</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C452" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D452" s="0">
-        <x:v>168.63</x:v>
+        <x:v>185.01</x:v>
       </x:c>
       <x:c r="E452" s="0">
-        <x:v>240.9</x:v>
+        <x:v>264.3</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5">
       <x:c r="A453" s="1">
-        <x:v>45335.7500810185</x:v>
+        <x:v>45379.7524421296</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C453" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D453" s="0">
-        <x:v>168.14</x:v>
+        <x:v>185.01</x:v>
       </x:c>
       <x:c r="E453" s="0">
-        <x:v>240.2</x:v>
+        <x:v>264.3</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5">
       <x:c r="A454" s="1">
-        <x:v>45334.7513425926</x:v>
+        <x:v>45378.751875</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C454" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D454" s="0">
-        <x:v>170.1</x:v>
+        <x:v>183.61</x:v>
       </x:c>
       <x:c r="E454" s="0">
-        <x:v>243</x:v>
+        <x:v>262.3</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5">
       <x:c r="A455" s="1">
-        <x:v>45331.7583333333</x:v>
+        <x:v>45377.7508912037</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C455" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D455" s="0">
-        <x:v>175.84</x:v>
+        <x:v>187.18</x:v>
       </x:c>
       <x:c r="E455" s="0">
-        <x:v>251.2</x:v>
+        <x:v>267.4</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5">
       <x:c r="A456" s="1">
-        <x:v>45330.7579398148</x:v>
+        <x:v>45376.7573611111</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C456" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D456" s="0">
-        <x:v>176.26</x:v>
+        <x:v>189.84</x:v>
       </x:c>
       <x:c r="E456" s="0">
-        <x:v>251.8</x:v>
+        <x:v>271.2</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5">
       <x:c r="A457" s="1">
-        <x:v>45329.7549421296</x:v>
+        <x:v>45373.7548148148</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C457" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D457" s="0">
-        <x:v>175.7</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E457" s="0">
-        <x:v>251</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5">
       <x:c r="A458" s="1">
-        <x:v>45328.7533333333</x:v>
+        <x:v>45372.7580555556</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C458" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D458" s="0">
-        <x:v>173.25</x:v>
+        <x:v>193.27</x:v>
       </x:c>
       <x:c r="E458" s="0">
-        <x:v>247.5</x:v>
+        <x:v>276.1</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5">
       <x:c r="A459" s="1">
-        <x:v>45327.7502314815</x:v>
+        <x:v>45363.7500347222</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C459" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D459" s="0">
-        <x:v>173.25</x:v>
+        <x:v>191.73</x:v>
       </x:c>
       <x:c r="E459" s="0">
-        <x:v>247.5</x:v>
+        <x:v>273.9</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5">
       <x:c r="A460" s="1">
-        <x:v>45324.7529513889</x:v>
+        <x:v>45362.7530902778</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C460" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D460" s="0">
-        <x:v>173.74</x:v>
+        <x:v>189.35</x:v>
       </x:c>
       <x:c r="E460" s="0">
-        <x:v>248.2</x:v>
+        <x:v>270.5</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5">
       <x:c r="A461" s="1">
-        <x:v>45323.7530671296</x:v>
+        <x:v>45359.7548958333</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C461" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D461" s="0">
-        <x:v>173.74</x:v>
+        <x:v>188.93</x:v>
       </x:c>
       <x:c r="E461" s="0">
-        <x:v>248.2</x:v>
+        <x:v>269.9</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5">
       <x:c r="A462" s="1">
-        <x:v>45322.7527083333</x:v>
+        <x:v>45358.7546990741</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C462" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D462" s="0">
-        <x:v>175.84</x:v>
+        <x:v>180.95</x:v>
       </x:c>
       <x:c r="E462" s="0">
-        <x:v>251.2</x:v>
+        <x:v>258.5</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5">
       <x:c r="A463" s="1">
-        <x:v>45321.7434143519</x:v>
+        <x:v>45357.7533449074</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C463" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D463" s="0">
-        <x:v>167.23</x:v>
+        <x:v>180.95</x:v>
       </x:c>
       <x:c r="E463" s="0">
-        <x:v>238.9</x:v>
+        <x:v>258.5</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:5">
       <x:c r="A464" s="1">
-        <x:v>45320.7512384259</x:v>
+        <x:v>45356.7547222222</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C464" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D464" s="0">
-        <x:v>167.51</x:v>
+        <x:v>176.19</x:v>
       </x:c>
       <x:c r="E464" s="0">
-        <x:v>239.3</x:v>
+        <x:v>251.7</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:5">
       <x:c r="A465" s="1">
-        <x:v>45317.7470949074</x:v>
+        <x:v>45355.7464814815</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C465" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D465" s="0">
-        <x:v>168.98</x:v>
+        <x:v>175.21</x:v>
       </x:c>
       <x:c r="E465" s="0">
-        <x:v>241.4</x:v>
+        <x:v>250.3</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:5">
       <x:c r="A466" s="1">
-        <x:v>45316.7524305556</x:v>
+        <x:v>45352.7526157407</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C466" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D466" s="0">
-        <x:v>159.25</x:v>
+        <x:v>177.17</x:v>
       </x:c>
       <x:c r="E466" s="0">
-        <x:v>227.5</x:v>
+        <x:v>253.1</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:5">
       <x:c r="A467" s="1">
-        <x:v>45315.7568055556</x:v>
+        <x:v>45351.7475115741</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C467" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D467" s="0">
-        <x:v>156.03</x:v>
+        <x:v>178.01</x:v>
       </x:c>
       <x:c r="E467" s="0">
-        <x:v>222.9</x:v>
+        <x:v>254.3</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:5">
       <x:c r="A468" s="1">
-        <x:v>45314.7547569444</x:v>
+        <x:v>45350.7516550926</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C468" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D468" s="0">
-        <x:v>156.03</x:v>
+        <x:v>174.3</x:v>
       </x:c>
       <x:c r="E468" s="0">
-        <x:v>222.9</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:5">
       <x:c r="A469" s="1">
-        <x:v>45313.762650463</x:v>
+        <x:v>45349.7512731481</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C469" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D469" s="0">
-        <x:v>157.01</x:v>
+        <x:v>172.48</x:v>
       </x:c>
       <x:c r="E469" s="0">
-        <x:v>224.3</x:v>
+        <x:v>246.4</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:5">
       <x:c r="A470" s="1">
-        <x:v>45310.7491550926</x:v>
+        <x:v>45348.9284375</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C470" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D470" s="0">
-        <x:v>154.91</x:v>
+        <x:v>175.84</x:v>
       </x:c>
       <x:c r="E470" s="0">
-        <x:v>221.3</x:v>
+        <x:v>251.2</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:5">
       <x:c r="A471" s="1">
-        <x:v>45309.7474537037</x:v>
+        <x:v>45348.7735763889</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C471" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D471" s="0">
-        <x:v>153.44</x:v>
+        <x:v>175.84</x:v>
       </x:c>
       <x:c r="E471" s="0">
-        <x:v>219.2</x:v>
+        <x:v>251.2</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:5">
       <x:c r="A472" s="1">
-        <x:v>45308.7508217593</x:v>
+        <x:v>45348.7571875</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C472" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D472" s="0">
-        <x:v>154.77</x:v>
+        <x:v>175.84</x:v>
       </x:c>
       <x:c r="E472" s="0">
-        <x:v>221.1</x:v>
+        <x:v>251.2</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:5">
       <x:c r="A473" s="1">
-        <x:v>45307.7510648148</x:v>
+        <x:v>45345.7522337963</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C473" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D473" s="0">
-        <x:v>158.48</x:v>
+        <x:v>175.84</x:v>
       </x:c>
       <x:c r="E473" s="0">
-        <x:v>226.4</x:v>
+        <x:v>251.2</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5">
       <x:c r="A474" s="1">
-        <x:v>45306.746724537</x:v>
+        <x:v>45344.7578240741</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C474" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D474" s="0">
-        <x:v>162.12</x:v>
+        <x:v>174.02</x:v>
       </x:c>
       <x:c r="E474" s="0">
-        <x:v>231.6</x:v>
+        <x:v>248.6</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5">
       <x:c r="A475" s="1">
-        <x:v>45303.7600810185</x:v>
+        <x:v>45343.7646412037</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C475" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D475" s="0">
-        <x:v>164.64</x:v>
+        <x:v>174.51</x:v>
       </x:c>
       <x:c r="E475" s="0">
-        <x:v>235.2</x:v>
+        <x:v>249.3</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5">
       <x:c r="A476" s="1">
-        <x:v>45302.7519907407</x:v>
+        <x:v>45342.7526967593</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C476" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D476" s="0">
-        <x:v>164.64</x:v>
+        <x:v>174.51</x:v>
       </x:c>
       <x:c r="E476" s="0">
-        <x:v>235.2</x:v>
+        <x:v>249.3</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5">
       <x:c r="A477" s="1">
-        <x:v>45301.7540162037</x:v>
+        <x:v>45341.7513657407</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C477" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D477" s="0">
-        <x:v>165.62</x:v>
+        <x:v>178.99</x:v>
       </x:c>
       <x:c r="E477" s="0">
-        <x:v>236.6</x:v>
+        <x:v>255.7</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:5">
       <x:c r="A478" s="1">
-        <x:v>45300.7495138889</x:v>
+        <x:v>45338.7552662037</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C478" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D478" s="0">
-        <x:v>169.54</x:v>
+        <x:v>177.66</x:v>
       </x:c>
       <x:c r="E478" s="0">
-        <x:v>242.2</x:v>
+        <x:v>253.8</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:5">
       <x:c r="A479" s="1">
-        <x:v>45299.7520833333</x:v>
+        <x:v>45337.7599074074</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C479" s="0">
         <x:v>0.14</x:v>
       </x:c>
       <x:c r="D479" s="0">
-        <x:v>166.18</x:v>
+        <x:v>168.63</x:v>
       </x:c>
       <x:c r="E479" s="0">
-        <x:v>237.4</x:v>
+        <x:v>240.9</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:5">
       <x:c r="A480" s="1">
-        <x:v>45296.7575115741</x:v>
+        <x:v>45336.7470949074</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C480" s="0">
         <x:v>0.14</x:v>
       </x:c>
       <x:c r="D480" s="0">
-        <x:v>167.16</x:v>
+        <x:v>168.63</x:v>
       </x:c>
       <x:c r="E480" s="0">
-        <x:v>238.8</x:v>
+        <x:v>240.9</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:5">
       <x:c r="A481" s="1">
-        <x:v>45295.7561342593</x:v>
+        <x:v>45335.7500810185</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C481" s="0">
         <x:v>0.14</x:v>
       </x:c>
       <x:c r="D481" s="0">
-        <x:v>170.94</x:v>
+        <x:v>168.14</x:v>
       </x:c>
       <x:c r="E481" s="0">
-        <x:v>244.2</x:v>
+        <x:v>240.2</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:5">
       <x:c r="A482" s="1">
-        <x:v>45294.7523726852</x:v>
+        <x:v>45334.7513425926</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C482" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D482" s="0">
-        <x:v>170.94</x:v>
+        <x:v>170.1</x:v>
       </x:c>
       <x:c r="E482" s="0">
-        <x:v>244.2</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:5">
       <x:c r="A483" s="1">
-        <x:v>45293.7531481481</x:v>
+        <x:v>45331.7583333333</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C483" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D483" s="0">
-        <x:v>167.65</x:v>
+        <x:v>175.84</x:v>
       </x:c>
       <x:c r="E483" s="0">
-        <x:v>239.5</x:v>
+        <x:v>251.2</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:5">
       <x:c r="A484" s="1">
-        <x:v>45289.7503125</x:v>
+        <x:v>45330.7579398148</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C484" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D484" s="0">
-        <x:v>167.65</x:v>
+        <x:v>176.26</x:v>
       </x:c>
       <x:c r="E484" s="0">
-        <x:v>239.5</x:v>
+        <x:v>251.8</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:5">
       <x:c r="A485" s="1">
-        <x:v>45288.7523726852</x:v>
+        <x:v>45329.7549421296</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C485" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D485" s="0">
-        <x:v>167.58</x:v>
+        <x:v>175.7</x:v>
       </x:c>
       <x:c r="E485" s="0">
-        <x:v>239.4</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:5">
       <x:c r="A486" s="1">
-        <x:v>45287.7513657407</x:v>
+        <x:v>45328.7533333333</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C486" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D486" s="0">
-        <x:v>167.58</x:v>
+        <x:v>173.25</x:v>
       </x:c>
       <x:c r="E486" s="0">
-        <x:v>239.4</x:v>
+        <x:v>247.5</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:5">
       <x:c r="A487" s="1">
-        <x:v>45282.7519444444</x:v>
+        <x:v>45327.7502314815</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C487" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D487" s="0">
-        <x:v>169.75</x:v>
+        <x:v>173.25</x:v>
       </x:c>
       <x:c r="E487" s="0">
-        <x:v>242.5</x:v>
+        <x:v>247.5</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:5">
       <x:c r="A488" s="1">
-        <x:v>45281.7536226852</x:v>
+        <x:v>45324.7529513889</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C488" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D488" s="0">
-        <x:v>169.75</x:v>
+        <x:v>173.74</x:v>
       </x:c>
       <x:c r="E488" s="0">
-        <x:v>242.5</x:v>
+        <x:v>248.2</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:5">
       <x:c r="A489" s="1">
-        <x:v>45280.7567939815</x:v>
+        <x:v>45323.7530671296</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C489" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D489" s="0">
-        <x:v>170.1</x:v>
+        <x:v>173.74</x:v>
       </x:c>
       <x:c r="E489" s="0">
-        <x:v>243</x:v>
+        <x:v>248.2</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:5">
       <x:c r="A490" s="1">
-        <x:v>45279.7563425926</x:v>
+        <x:v>45322.7527083333</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C490" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D490" s="0">
-        <x:v>163.1</x:v>
+        <x:v>175.84</x:v>
       </x:c>
       <x:c r="E490" s="0">
-        <x:v>233</x:v>
+        <x:v>251.2</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:5">
       <x:c r="A491" s="1">
-        <x:v>45278.7578819444</x:v>
+        <x:v>45321.7434143519</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C491" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D491" s="0">
-        <x:v>161.77</x:v>
+        <x:v>167.23</x:v>
       </x:c>
       <x:c r="E491" s="0">
-        <x:v>231.1</x:v>
+        <x:v>238.9</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:5">
       <x:c r="A492" s="1">
-        <x:v>45275.7521643518</x:v>
+        <x:v>45320.7512384259</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C492" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D492" s="0">
-        <x:v>161.77</x:v>
+        <x:v>167.51</x:v>
       </x:c>
       <x:c r="E492" s="0">
-        <x:v>231.1</x:v>
+        <x:v>239.3</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:5">
       <x:c r="A493" s="1">
-        <x:v>45274.7542824074</x:v>
+        <x:v>45317.7470949074</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C493" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D493" s="0">
-        <x:v>146.65</x:v>
+        <x:v>168.98</x:v>
       </x:c>
       <x:c r="E493" s="0">
-        <x:v>209.5</x:v>
+        <x:v>241.4</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:5">
       <x:c r="A494" s="1">
-        <x:v>45273.7529398148</x:v>
+        <x:v>45316.7524305556</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C494" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D494" s="0">
-        <x:v>146.65</x:v>
+        <x:v>159.25</x:v>
       </x:c>
       <x:c r="E494" s="0">
-        <x:v>209.5</x:v>
+        <x:v>227.5</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:5">
       <x:c r="A495" s="1">
-        <x:v>45272.7470138889</x:v>
+        <x:v>45315.7568055556</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C495" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D495" s="0">
-        <x:v>146.3</x:v>
+        <x:v>156.03</x:v>
       </x:c>
       <x:c r="E495" s="0">
-        <x:v>209</x:v>
+        <x:v>222.9</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:5">
       <x:c r="A496" s="1">
-        <x:v>45271.7501967593</x:v>
+        <x:v>45314.7547569444</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C496" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D496" s="0">
-        <x:v>146.16</x:v>
+        <x:v>156.03</x:v>
       </x:c>
       <x:c r="E496" s="0">
-        <x:v>208.8</x:v>
+        <x:v>222.9</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:5">
       <x:c r="A497" s="1">
-        <x:v>45268.7520023148</x:v>
+        <x:v>45313.762650463</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C497" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D497" s="0">
-        <x:v>143.36</x:v>
+        <x:v>157.01</x:v>
       </x:c>
       <x:c r="E497" s="0">
-        <x:v>204.8</x:v>
+        <x:v>224.3</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:5">
       <x:c r="A498" s="1">
-        <x:v>45267.7503240741</x:v>
+        <x:v>45310.7491550926</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C498" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D498" s="0">
-        <x:v>142.17</x:v>
+        <x:v>154.91</x:v>
       </x:c>
       <x:c r="E498" s="0">
-        <x:v>203.1</x:v>
+        <x:v>221.3</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:5">
       <x:c r="A499" s="1">
-        <x:v>45266.7516550926</x:v>
+        <x:v>45309.7474537037</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C499" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D499" s="0">
-        <x:v>143.99</x:v>
+        <x:v>153.44</x:v>
       </x:c>
       <x:c r="E499" s="0">
-        <x:v>205.7</x:v>
+        <x:v>219.2</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:5">
       <x:c r="A500" s="1">
-        <x:v>45265.7685532407</x:v>
+        <x:v>45308.7508217593</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C500" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D500" s="0">
-        <x:v>137.76</x:v>
+        <x:v>154.77</x:v>
       </x:c>
       <x:c r="E500" s="0">
-        <x:v>196.8</x:v>
+        <x:v>221.1</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:5">
       <x:c r="A501" s="1">
-        <x:v>45264.7788310185</x:v>
+        <x:v>45307.7510648148</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C501" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D501" s="0">
-        <x:v>140.42</x:v>
+        <x:v>158.48</x:v>
       </x:c>
       <x:c r="E501" s="0">
-        <x:v>200.6</x:v>
+        <x:v>226.4</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:5">
       <x:c r="A502" s="1">
-        <x:v>45261.7605555556</x:v>
+        <x:v>45306.746724537</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C502" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D502" s="0">
-        <x:v>141.4</x:v>
+        <x:v>162.12</x:v>
       </x:c>
       <x:c r="E502" s="0">
-        <x:v>202</x:v>
+        <x:v>231.6</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:5">
       <x:c r="A503" s="1">
-        <x:v>45260.7764351852</x:v>
+        <x:v>45303.7600810185</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C503" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D503" s="0">
-        <x:v>144.48</x:v>
+        <x:v>164.64</x:v>
       </x:c>
       <x:c r="E503" s="0">
-        <x:v>206.4</x:v>
+        <x:v>235.2</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:5">
       <x:c r="A504" s="1">
-        <x:v>45259.7665162037</x:v>
+        <x:v>45302.7519907407</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C504" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D504" s="0">
-        <x:v>139.475</x:v>
+        <x:v>164.64</x:v>
       </x:c>
       <x:c r="E504" s="0">
-        <x:v>199.25</x:v>
+        <x:v>235.2</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:5">
       <x:c r="A505" s="1">
-        <x:v>45258.7540856482</x:v>
+        <x:v>45301.7540162037</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C505" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D505" s="0">
-        <x:v>139.475</x:v>
+        <x:v>165.62</x:v>
       </x:c>
       <x:c r="E505" s="0">
-        <x:v>199.25</x:v>
+        <x:v>236.6</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:5">
       <x:c r="A506" s="1">
-        <x:v>45257.7614814815</x:v>
+        <x:v>45300.7495138889</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C506" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D506" s="0">
-        <x:v>140.91</x:v>
+        <x:v>169.54</x:v>
       </x:c>
       <x:c r="E506" s="0">
-        <x:v>201.3</x:v>
+        <x:v>242.2</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:5">
       <x:c r="A507" s="1">
-        <x:v>45254.7598958333</x:v>
+        <x:v>45299.7520833333</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C507" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D507" s="0">
-        <x:v>142.38</x:v>
+        <x:v>166.18</x:v>
       </x:c>
       <x:c r="E507" s="0">
-        <x:v>203.4</x:v>
+        <x:v>237.4</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:5">
       <x:c r="A508" s="1">
-        <x:v>45253.7554861111</x:v>
+        <x:v>45296.7575115741</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C508" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D508" s="0">
-        <x:v>142.52</x:v>
+        <x:v>167.16</x:v>
       </x:c>
       <x:c r="E508" s="0">
-        <x:v>203.6</x:v>
+        <x:v>238.8</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:5">
       <x:c r="A509" s="1">
-        <x:v>45252.7540625</x:v>
+        <x:v>45295.7561342593</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C509" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D509" s="0">
-        <x:v>141.75</x:v>
+        <x:v>170.94</x:v>
       </x:c>
       <x:c r="E509" s="0">
-        <x:v>202.5</x:v>
+        <x:v>244.2</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:5">
       <x:c r="A510" s="1">
-        <x:v>45251.7512615741</x:v>
+        <x:v>45294.7523726852</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C510" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D510" s="0">
-        <x:v>140.77</x:v>
+        <x:v>170.94</x:v>
       </x:c>
       <x:c r="E510" s="0">
-        <x:v>201.1</x:v>
+        <x:v>244.2</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:5">
       <x:c r="A511" s="1">
-        <x:v>45250.752962963</x:v>
+        <x:v>45293.7531481481</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C511" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D511" s="0">
-        <x:v>140.35</x:v>
+        <x:v>167.65</x:v>
       </x:c>
       <x:c r="E511" s="0">
-        <x:v>200.5</x:v>
+        <x:v>239.5</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:5">
       <x:c r="A512" s="1">
-        <x:v>45247.7545023148</x:v>
+        <x:v>45289.7503125</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C512" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D512" s="0">
-        <x:v>138.985</x:v>
+        <x:v>167.65</x:v>
       </x:c>
       <x:c r="E512" s="0">
-        <x:v>198.55</x:v>
+        <x:v>239.5</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:5">
       <x:c r="A513" s="1">
-        <x:v>45246.7562731481</x:v>
+        <x:v>45288.7523726852</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C513" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D513" s="0">
-        <x:v>138.985</x:v>
+        <x:v>167.58</x:v>
       </x:c>
       <x:c r="E513" s="0">
-        <x:v>198.55</x:v>
+        <x:v>239.4</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:5">
       <x:c r="A514" s="1">
-        <x:v>45245.7564699074</x:v>
+        <x:v>45287.7513657407</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C514" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D514" s="0">
-        <x:v>140.49</x:v>
+        <x:v>167.58</x:v>
       </x:c>
       <x:c r="E514" s="0">
-        <x:v>200.7</x:v>
+        <x:v>239.4</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:5">
       <x:c r="A515" s="1">
-        <x:v>45244.7502199074</x:v>
+        <x:v>45282.7519444444</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C515" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D515" s="0">
-        <x:v>137.865</x:v>
+        <x:v>169.75</x:v>
       </x:c>
       <x:c r="E515" s="0">
-        <x:v>196.95</x:v>
+        <x:v>242.5</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:5">
       <x:c r="A516" s="1">
-        <x:v>45243.752337963</x:v>
+        <x:v>45281.7536226852</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C516" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D516" s="0">
-        <x:v>127.295</x:v>
+        <x:v>169.75</x:v>
       </x:c>
       <x:c r="E516" s="0">
-        <x:v>181.85</x:v>
+        <x:v>242.5</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:5">
       <x:c r="A517" s="1">
-        <x:v>45240.7502199074</x:v>
+        <x:v>45280.7567939815</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C517" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D517" s="0">
-        <x:v>129.5</x:v>
+        <x:v>170.1</x:v>
       </x:c>
       <x:c r="E517" s="0">
-        <x:v>185</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:5">
       <x:c r="A518" s="1">
-        <x:v>45239.7483912037</x:v>
+        <x:v>45279.7563425926</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C518" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D518" s="0">
-        <x:v>133.315</x:v>
+        <x:v>163.1</x:v>
       </x:c>
       <x:c r="E518" s="0">
-        <x:v>190.45</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:5">
       <x:c r="A519" s="1">
-        <x:v>45238.7534722222</x:v>
+        <x:v>45278.7578819444</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C519" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D519" s="0">
-        <x:v>130.13</x:v>
+        <x:v>161.77</x:v>
       </x:c>
       <x:c r="E519" s="0">
-        <x:v>185.9</x:v>
+        <x:v>231.1</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:5">
       <x:c r="A520" s="1">
-        <x:v>45237.7527430556</x:v>
+        <x:v>45275.7521643518</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C520" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D520" s="0">
-        <x:v>130.13</x:v>
+        <x:v>161.77</x:v>
       </x:c>
       <x:c r="E520" s="0">
-        <x:v>185.9</x:v>
+        <x:v>231.1</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:5">
       <x:c r="A521" s="1">
-        <x:v>45236.7575694444</x:v>
+        <x:v>45274.7542824074</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C521" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D521" s="0">
-        <x:v>130.725</x:v>
+        <x:v>146.65</x:v>
       </x:c>
       <x:c r="E521" s="0">
-        <x:v>186.75</x:v>
+        <x:v>209.5</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:5">
       <x:c r="A522" s="1">
-        <x:v>45233.7476967593</x:v>
+        <x:v>45273.7529398148</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C522" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D522" s="0">
-        <x:v>131.215</x:v>
+        <x:v>146.65</x:v>
       </x:c>
       <x:c r="E522" s="0">
-        <x:v>187.45</x:v>
+        <x:v>209.5</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:5">
       <x:c r="A523" s="1">
-        <x:v>45232.7608449074</x:v>
+        <x:v>45272.7470138889</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C523" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D523" s="0">
-        <x:v>128.87</x:v>
+        <x:v>146.3</x:v>
       </x:c>
       <x:c r="E523" s="0">
-        <x:v>184.1</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:5">
       <x:c r="A524" s="1">
-        <x:v>45232.7608449074</x:v>
+        <x:v>45271.7501967593</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C524" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D524" s="0">
-        <x:v>128.87</x:v>
+        <x:v>146.16</x:v>
       </x:c>
       <x:c r="E524" s="0">
-        <x:v>184.1</x:v>
+        <x:v>208.8</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:5">
       <x:c r="A525" s="1">
-        <x:v>45231.7564930556</x:v>
+        <x:v>45268.7520023148</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C525" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D525" s="0">
-        <x:v>126.105</x:v>
+        <x:v>143.36</x:v>
       </x:c>
       <x:c r="E525" s="0">
-        <x:v>180.15</x:v>
+        <x:v>204.8</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:5">
       <x:c r="A526" s="1">
-        <x:v>45230.7504861111</x:v>
+        <x:v>45267.7503240741</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C526" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D526" s="0">
-        <x:v>123.585</x:v>
+        <x:v>142.17</x:v>
       </x:c>
       <x:c r="E526" s="0">
-        <x:v>176.55</x:v>
+        <x:v>203.1</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:5">
       <x:c r="A527" s="1">
-        <x:v>45229.7656712963</x:v>
+        <x:v>45266.7516550926</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C527" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D527" s="0">
-        <x:v>113.4</x:v>
+        <x:v>143.99</x:v>
       </x:c>
       <x:c r="E527" s="0">
-        <x:v>162</x:v>
+        <x:v>205.7</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:5">
       <x:c r="A528" s="1">
-        <x:v>45226.7533564815</x:v>
+        <x:v>45265.7685532407</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C528" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D528" s="0">
-        <x:v>115.885</x:v>
+        <x:v>137.76</x:v>
       </x:c>
       <x:c r="E528" s="0">
-        <x:v>165.55</x:v>
+        <x:v>196.8</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:5">
       <x:c r="A529" s="1">
-        <x:v>45225.7507060185</x:v>
+        <x:v>45264.7788310185</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C529" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D529" s="0">
-        <x:v>115.5</x:v>
+        <x:v>140.42</x:v>
       </x:c>
       <x:c r="E529" s="0">
-        <x:v>165</x:v>
+        <x:v>200.6</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:5">
       <x:c r="A530" s="1">
-        <x:v>45224.7517013889</x:v>
+        <x:v>45261.7605555556</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C530" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D530" s="0">
-        <x:v>122.99</x:v>
+        <x:v>141.4</x:v>
       </x:c>
       <x:c r="E530" s="0">
-        <x:v>175.7</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:5">
       <x:c r="A531" s="1">
-        <x:v>45223.7526967593</x:v>
+        <x:v>45260.7764351852</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C531" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D531" s="0">
-        <x:v>122.99</x:v>
+        <x:v>144.48</x:v>
       </x:c>
       <x:c r="E531" s="0">
-        <x:v>175.7</x:v>
+        <x:v>206.4</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:5">
       <x:c r="A532" s="1">
-        <x:v>45222.7532060185</x:v>
+        <x:v>45259.7665162037</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C532" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D532" s="0">
-        <x:v>121.345</x:v>
+        <x:v>139.475</x:v>
       </x:c>
       <x:c r="E532" s="0">
-        <x:v>173.35</x:v>
+        <x:v>199.25</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:5">
       <x:c r="A533" s="1">
-        <x:v>45219.7522453704</x:v>
+        <x:v>45258.7540856482</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C533" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D533" s="0">
-        <x:v>124.985</x:v>
+        <x:v>139.475</x:v>
       </x:c>
       <x:c r="E533" s="0">
-        <x:v>178.55</x:v>
+        <x:v>199.25</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:5">
       <x:c r="A534" s="1">
-        <x:v>45218.7612384259</x:v>
+        <x:v>45257.7614814815</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C534" s="0">
         <x:v>0.09</x:v>
       </x:c>
       <x:c r="D534" s="0">
-        <x:v>130.55</x:v>
+        <x:v>140.91</x:v>
       </x:c>
       <x:c r="E534" s="0">
-        <x:v>186.5</x:v>
+        <x:v>201.3</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:5">
       <x:c r="A535" s="1">
-        <x:v>45217.7537384259</x:v>
+        <x:v>45254.7598958333</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C535" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D535" s="0">
-        <x:v>130.55</x:v>
+        <x:v>142.38</x:v>
       </x:c>
       <x:c r="E535" s="0">
-        <x:v>186.5</x:v>
+        <x:v>203.4</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:5">
       <x:c r="A536" s="1">
-        <x:v>45216.7554513889</x:v>
+        <x:v>45253.7554861111</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C536" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D536" s="0">
-        <x:v>133.35</x:v>
+        <x:v>142.52</x:v>
       </x:c>
       <x:c r="E536" s="0">
-        <x:v>190.5</x:v>
+        <x:v>203.6</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:5">
       <x:c r="A537" s="1">
-        <x:v>45215.7518171296</x:v>
+        <x:v>45252.7540625</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C537" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D537" s="0">
-        <x:v>132.02</x:v>
+        <x:v>141.75</x:v>
       </x:c>
       <x:c r="E537" s="0">
-        <x:v>188.6</x:v>
+        <x:v>202.5</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:5">
       <x:c r="A538" s="1">
-        <x:v>45212.7884027778</x:v>
+        <x:v>45251.7512615741</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C538" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D538" s="0">
-        <x:v>157.43</x:v>
+        <x:v>140.77</x:v>
       </x:c>
       <x:c r="E538" s="0">
-        <x:v>224.9</x:v>
+        <x:v>201.1</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:5">
       <x:c r="A539" s="1">
-        <x:v>45211.7548958333</x:v>
+        <x:v>45250.752962963</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C539" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D539" s="0">
-        <x:v>157.43</x:v>
+        <x:v>140.35</x:v>
       </x:c>
       <x:c r="E539" s="0">
-        <x:v>224.9</x:v>
+        <x:v>200.5</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:5">
       <x:c r="A540" s="1">
-        <x:v>45210.7564814815</x:v>
+        <x:v>45247.7545023148</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C540" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D540" s="0">
-        <x:v>161.77</x:v>
+        <x:v>138.985</x:v>
       </x:c>
       <x:c r="E540" s="0">
-        <x:v>231.1</x:v>
+        <x:v>198.55</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:5">
       <x:c r="A541" s="1">
-        <x:v>45209.7528356481</x:v>
+        <x:v>45246.7562731481</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C541" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D541" s="0">
-        <x:v>161.77</x:v>
+        <x:v>138.985</x:v>
       </x:c>
       <x:c r="E541" s="0">
-        <x:v>231.1</x:v>
+        <x:v>198.55</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:5">
       <x:c r="A542" s="1">
-        <x:v>45208.7536458333</x:v>
+        <x:v>45245.7564699074</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C542" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D542" s="0">
-        <x:v>156.03</x:v>
+        <x:v>140.49</x:v>
       </x:c>
       <x:c r="E542" s="0">
-        <x:v>222.9</x:v>
+        <x:v>200.7</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:5">
       <x:c r="A543" s="1">
-        <x:v>45205.7512384259</x:v>
+        <x:v>45244.7502199074</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C543" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D543" s="0">
-        <x:v>160.16</x:v>
+        <x:v>137.865</x:v>
       </x:c>
       <x:c r="E543" s="0">
-        <x:v>228.8</x:v>
+        <x:v>196.95</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:5">
       <x:c r="A544" s="1">
-        <x:v>45204.7553472222</x:v>
+        <x:v>45243.752337963</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C544" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D544" s="0">
-        <x:v>157.29</x:v>
+        <x:v>127.295</x:v>
       </x:c>
       <x:c r="E544" s="0">
-        <x:v>224.7</x:v>
+        <x:v>181.85</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:5">
       <x:c r="A545" s="1">
-        <x:v>45203.7640393519</x:v>
+        <x:v>45240.7502199074</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C545" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D545" s="0">
-        <x:v>157.29</x:v>
+        <x:v>129.5</x:v>
       </x:c>
       <x:c r="E545" s="0">
-        <x:v>224.7</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:5">
       <x:c r="A546" s="1">
-        <x:v>45203.7640393519</x:v>
+        <x:v>45239.7483912037</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C546" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D546" s="0">
-        <x:v>157.29</x:v>
+        <x:v>133.315</x:v>
       </x:c>
       <x:c r="E546" s="0">
-        <x:v>224.7</x:v>
+        <x:v>190.45</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:5">
       <x:c r="A547" s="1">
-        <x:v>45202.7512962963</x:v>
+        <x:v>45238.7534722222</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C547" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D547" s="0">
-        <x:v>157.01</x:v>
+        <x:v>130.13</x:v>
       </x:c>
       <x:c r="E547" s="0">
-        <x:v>224.3</x:v>
+        <x:v>185.9</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:5">
       <x:c r="A548" s="1">
-        <x:v>45201.7528240741</x:v>
+        <x:v>45237.7527430556</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C548" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D548" s="0">
-        <x:v>157.08</x:v>
+        <x:v>130.13</x:v>
       </x:c>
       <x:c r="E548" s="0">
-        <x:v>224.4</x:v>
+        <x:v>185.9</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:5">
       <x:c r="A549" s="1">
-        <x:v>45198.7708333333</x:v>
+        <x:v>45236.7575694444</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C549" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D549" s="0">
-        <x:v>158.2</x:v>
+        <x:v>130.725</x:v>
       </x:c>
       <x:c r="E549" s="0">
-        <x:v>226</x:v>
+        <x:v>186.75</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:5">
       <x:c r="A550" s="1">
-        <x:v>45197.7528819444</x:v>
+        <x:v>45233.7476967593</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C550" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D550" s="0">
-        <x:v>154.56</x:v>
+        <x:v>131.215</x:v>
       </x:c>
       <x:c r="E550" s="0">
-        <x:v>220.8</x:v>
+        <x:v>187.45</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:5">
       <x:c r="A551" s="1">
-        <x:v>45196.7547685185</x:v>
+        <x:v>45232.7608449074</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C551" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D551" s="0">
-        <x:v>155.4</x:v>
+        <x:v>128.87</x:v>
       </x:c>
       <x:c r="E551" s="0">
-        <x:v>222</x:v>
+        <x:v>184.1</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:5">
       <x:c r="A552" s="1">
-        <x:v>45195.7570138889</x:v>
+        <x:v>45232.7608449074</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C552" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D552" s="0">
-        <x:v>158.41</x:v>
+        <x:v>128.87</x:v>
       </x:c>
       <x:c r="E552" s="0">
-        <x:v>226.3</x:v>
+        <x:v>184.1</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:5">
       <x:c r="A553" s="1">
-        <x:v>45194.7532175926</x:v>
+        <x:v>45231.7564930556</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C553" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D553" s="0">
-        <x:v>160.86</x:v>
+        <x:v>126.105</x:v>
       </x:c>
       <x:c r="E553" s="0">
-        <x:v>229.8</x:v>
+        <x:v>180.15</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:5">
       <x:c r="A554" s="1">
-        <x:v>45191.7530671296</x:v>
+        <x:v>45230.7504861111</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C554" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D554" s="0">
-        <x:v>160.86</x:v>
+        <x:v>123.585</x:v>
       </x:c>
       <x:c r="E554" s="0">
-        <x:v>229.8</x:v>
+        <x:v>176.55</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:5">
       <x:c r="A555" s="1">
-        <x:v>45190.7625462963</x:v>
+        <x:v>45229.7656712963</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C555" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D555" s="0">
-        <x:v>162.4</x:v>
+        <x:v>113.4</x:v>
       </x:c>
       <x:c r="E555" s="0">
-        <x:v>232</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:5">
       <x:c r="A556" s="1">
-        <x:v>45189.7532638889</x:v>
+        <x:v>45226.7533564815</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C556" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D556" s="0">
-        <x:v>164.71</x:v>
+        <x:v>115.885</x:v>
       </x:c>
       <x:c r="E556" s="0">
-        <x:v>235.3</x:v>
+        <x:v>165.55</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:5">
       <x:c r="A557" s="1">
-        <x:v>45188.7544328704</x:v>
+        <x:v>45225.7507060185</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C557" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D557" s="0">
-        <x:v>164.71</x:v>
+        <x:v>115.5</x:v>
       </x:c>
       <x:c r="E557" s="0">
-        <x:v>235.3</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:5">
       <x:c r="A558" s="1">
-        <x:v>45187.7522106481</x:v>
+        <x:v>45224.7517013889</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C558" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D558" s="0">
-        <x:v>172.34</x:v>
+        <x:v>122.99</x:v>
       </x:c>
       <x:c r="E558" s="0">
-        <x:v>246.2</x:v>
+        <x:v>175.7</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:5">
       <x:c r="A559" s="1">
-        <x:v>45184.7562152778</x:v>
+        <x:v>45223.7526967593</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C559" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D559" s="0">
-        <x:v>177.73</x:v>
+        <x:v>122.99</x:v>
       </x:c>
       <x:c r="E559" s="0">
-        <x:v>253.9</x:v>
+        <x:v>175.7</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:5">
       <x:c r="A560" s="1">
-        <x:v>45183.7549768519</x:v>
+        <x:v>45222.7532060185</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C560" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D560" s="0">
-        <x:v>173.53</x:v>
+        <x:v>121.345</x:v>
       </x:c>
       <x:c r="E560" s="0">
-        <x:v>247.9</x:v>
+        <x:v>173.35</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:5">
       <x:c r="A561" s="1">
-        <x:v>45182.7550231482</x:v>
+        <x:v>45219.7522453704</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C561" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D561" s="0">
-        <x:v>173.53</x:v>
+        <x:v>124.985</x:v>
       </x:c>
       <x:c r="E561" s="0">
-        <x:v>247.9</x:v>
+        <x:v>178.55</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:5">
       <x:c r="A562" s="1">
-        <x:v>45181.7546412037</x:v>
+        <x:v>45218.7612384259</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C562" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D562" s="0">
-        <x:v>174.86</x:v>
+        <x:v>130.55</x:v>
       </x:c>
       <x:c r="E562" s="0">
-        <x:v>249.8</x:v>
+        <x:v>186.5</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:5">
       <x:c r="A563" s="1">
-        <x:v>45180.7560648148</x:v>
+        <x:v>45217.7537384259</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C563" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D563" s="0">
-        <x:v>182.56</x:v>
+        <x:v>130.55</x:v>
       </x:c>
       <x:c r="E563" s="0">
-        <x:v>260.8</x:v>
+        <x:v>186.5</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:5">
       <x:c r="A564" s="1">
-        <x:v>45177.7505439815</x:v>
+        <x:v>45216.7554513889</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C564" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D564" s="0">
-        <x:v>185.15</x:v>
+        <x:v>133.35</x:v>
       </x:c>
       <x:c r="E564" s="0">
-        <x:v>264.5</x:v>
+        <x:v>190.5</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:5">
       <x:c r="A565" s="1">
-        <x:v>45175.7517592593</x:v>
+        <x:v>45215.7518171296</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C565" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D565" s="0">
-        <x:v>183.68</x:v>
+        <x:v>132.02</x:v>
       </x:c>
       <x:c r="E565" s="0">
-        <x:v>262.4</x:v>
+        <x:v>188.6</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:5">
       <x:c r="A566" s="1">
-        <x:v>45174.7518055556</x:v>
+        <x:v>45212.7884027778</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C566" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D566" s="0">
-        <x:v>181.65</x:v>
+        <x:v>157.43</x:v>
       </x:c>
       <x:c r="E566" s="0">
-        <x:v>259.5</x:v>
+        <x:v>224.9</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:5">
       <x:c r="A567" s="1">
-        <x:v>45173.7521296296</x:v>
+        <x:v>45211.7548958333</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C567" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D567" s="0">
-        <x:v>184.03</x:v>
+        <x:v>157.43</x:v>
       </x:c>
       <x:c r="E567" s="0">
-        <x:v>262.9</x:v>
+        <x:v>224.9</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:5">
       <x:c r="A568" s="1">
-        <x:v>45170.7515856481</x:v>
+        <x:v>45210.7564814815</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C568" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D568" s="0">
-        <x:v>184.31</x:v>
+        <x:v>161.77</x:v>
       </x:c>
       <x:c r="E568" s="0">
-        <x:v>263.3</x:v>
+        <x:v>231.1</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:5">
       <x:c r="A569" s="1">
-        <x:v>45169.7536226852</x:v>
+        <x:v>45209.7528356481</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C569" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D569" s="0">
-        <x:v>181.16</x:v>
+        <x:v>161.77</x:v>
       </x:c>
       <x:c r="E569" s="0">
-        <x:v>258.8</x:v>
+        <x:v>231.1</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:5">
       <x:c r="A570" s="1">
-        <x:v>45168.7584375</x:v>
+        <x:v>45208.7536458333</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C570" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D570" s="0">
-        <x:v>181.16</x:v>
+        <x:v>156.03</x:v>
       </x:c>
       <x:c r="E570" s="0">
-        <x:v>258.8</x:v>
+        <x:v>222.9</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:5">
       <x:c r="A571" s="1">
-        <x:v>45167.7547800926</x:v>
+        <x:v>45205.7512384259</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C571" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D571" s="0">
-        <x:v>179.69</x:v>
+        <x:v>160.16</x:v>
       </x:c>
       <x:c r="E571" s="0">
-        <x:v>256.7</x:v>
+        <x:v>228.8</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:5">
       <x:c r="A572" s="1">
-        <x:v>45166.7542476852</x:v>
+        <x:v>45204.7553472222</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C572" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D572" s="0">
-        <x:v>177.45</x:v>
+        <x:v>157.29</x:v>
       </x:c>
       <x:c r="E572" s="0">
-        <x:v>253.5</x:v>
+        <x:v>224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:5">
       <x:c r="A573" s="1">
-        <x:v>45163.7523726852</x:v>
+        <x:v>45203.7640393519</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C573" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D573" s="0">
-        <x:v>173.95</x:v>
+        <x:v>157.29</x:v>
       </x:c>
       <x:c r="E573" s="0">
-        <x:v>248.5</x:v>
+        <x:v>224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:5">
       <x:c r="A574" s="1">
-        <x:v>45162.7675694444</x:v>
+        <x:v>45203.7640393519</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C574" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D574" s="0">
-        <x:v>178.22</x:v>
+        <x:v>157.29</x:v>
       </x:c>
       <x:c r="E574" s="0">
-        <x:v>254.6</x:v>
+        <x:v>224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:5">
       <x:c r="A575" s="1">
-        <x:v>45161.7511689815</x:v>
+        <x:v>45202.7512962963</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C575" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D575" s="0">
-        <x:v>178.22</x:v>
+        <x:v>157.01</x:v>
       </x:c>
       <x:c r="E575" s="0">
-        <x:v>254.6</x:v>
+        <x:v>224.3</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:5">
       <x:c r="A576" s="1">
-        <x:v>45160.7514351852</x:v>
+        <x:v>45201.7528240741</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C576" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D576" s="0">
-        <x:v>173.88</x:v>
+        <x:v>157.08</x:v>
       </x:c>
       <x:c r="E576" s="0">
-        <x:v>248.4</x:v>
+        <x:v>224.4</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:5">
       <x:c r="A577" s="1">
-        <x:v>45159.7553703704</x:v>
+        <x:v>45198.7708333333</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C577" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D577" s="0">
-        <x:v>170.94</x:v>
+        <x:v>158.2</x:v>
       </x:c>
       <x:c r="E577" s="0">
-        <x:v>244.2</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:5">
       <x:c r="A578" s="1">
-        <x:v>45156.7550347222</x:v>
+        <x:v>45197.7528819444</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C578" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D578" s="0">
-        <x:v>178.71</x:v>
+        <x:v>154.56</x:v>
       </x:c>
       <x:c r="E578" s="0">
-        <x:v>255.3</x:v>
+        <x:v>220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:5">
       <x:c r="A579" s="1">
-        <x:v>45155.7556134259</x:v>
+        <x:v>45196.7547685185</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C579" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D579" s="0">
-        <x:v>182.56</x:v>
+        <x:v>155.4</x:v>
       </x:c>
       <x:c r="E579" s="0">
-        <x:v>260.8</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:5">
       <x:c r="A580" s="1">
-        <x:v>45154.754224537</x:v>
+        <x:v>45195.7570138889</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C580" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D580" s="0">
-        <x:v>183.68</x:v>
+        <x:v>158.41</x:v>
       </x:c>
       <x:c r="E580" s="0">
-        <x:v>262.4</x:v>
+        <x:v>226.3</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:5">
       <x:c r="A581" s="1">
-        <x:v>45153.7541087963</x:v>
+        <x:v>45194.7532175926</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C581" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D581" s="0">
-        <x:v>186.34</x:v>
+        <x:v>160.86</x:v>
       </x:c>
       <x:c r="E581" s="0">
-        <x:v>266.2</x:v>
+        <x:v>229.8</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:5">
       <x:c r="A582" s="1">
-        <x:v>45152.75375</x:v>
+        <x:v>45191.7530671296</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C582" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D582" s="0">
-        <x:v>185.99</x:v>
+        <x:v>160.86</x:v>
       </x:c>
       <x:c r="E582" s="0">
-        <x:v>265.7</x:v>
+        <x:v>229.8</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:5">
       <x:c r="A583" s="1">
-        <x:v>45149.754212963</x:v>
+        <x:v>45190.7625462963</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C583" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D583" s="0">
-        <x:v>189.42</x:v>
+        <x:v>162.4</x:v>
       </x:c>
       <x:c r="E583" s="0">
-        <x:v>270.6</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:5">
       <x:c r="A584" s="1">
-        <x:v>45148.7531134259</x:v>
+        <x:v>45189.7532638889</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C584" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D584" s="0">
-        <x:v>187.32</x:v>
+        <x:v>164.71</x:v>
       </x:c>
       <x:c r="E584" s="0">
-        <x:v>267.6</x:v>
+        <x:v>235.3</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:5">
       <x:c r="A585" s="1">
-        <x:v>45147.7536689815</x:v>
+        <x:v>45188.7544328704</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C585" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D585" s="0">
-        <x:v>187.32</x:v>
+        <x:v>164.71</x:v>
       </x:c>
       <x:c r="E585" s="0">
-        <x:v>267.6</x:v>
+        <x:v>235.3</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:5">
       <x:c r="A586" s="1">
-        <x:v>45146.7524884259</x:v>
+        <x:v>45187.7522106481</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C586" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D586" s="0">
-        <x:v>183.47</x:v>
+        <x:v>172.34</x:v>
       </x:c>
       <x:c r="E586" s="0">
-        <x:v>262.1</x:v>
+        <x:v>246.2</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:5">
       <x:c r="A587" s="1">
-        <x:v>45145.7509490741</x:v>
+        <x:v>45184.7562152778</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C587" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D587" s="0">
-        <x:v>185.99</x:v>
+        <x:v>177.73</x:v>
       </x:c>
       <x:c r="E587" s="0">
-        <x:v>265.7</x:v>
+        <x:v>253.9</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:5">
       <x:c r="A588" s="1">
-        <x:v>45142.7541087963</x:v>
+        <x:v>45183.7549768519</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C588" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D588" s="0">
-        <x:v>189.35</x:v>
+        <x:v>173.53</x:v>
       </x:c>
       <x:c r="E588" s="0">
-        <x:v>270.5</x:v>
+        <x:v>247.9</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:5">
       <x:c r="A589" s="1">
-        <x:v>45141.7489699074</x:v>
+        <x:v>45182.7550231482</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C589" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D589" s="0">
-        <x:v>189.35</x:v>
+        <x:v>173.53</x:v>
       </x:c>
       <x:c r="E589" s="0">
-        <x:v>270.5</x:v>
+        <x:v>247.9</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:5">
       <x:c r="A590" s="1">
-        <x:v>45140.7521759259</x:v>
+        <x:v>45181.7546412037</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C590" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D590" s="0">
-        <x:v>187.25</x:v>
+        <x:v>174.86</x:v>
       </x:c>
       <x:c r="E590" s="0">
-        <x:v>267.5</x:v>
+        <x:v>249.8</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:5">
       <x:c r="A591" s="1">
-        <x:v>45139.7460185185</x:v>
+        <x:v>45180.7560648148</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C591" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D591" s="0">
-        <x:v>189.28</x:v>
+        <x:v>182.56</x:v>
       </x:c>
       <x:c r="E591" s="0">
-        <x:v>270.4</x:v>
+        <x:v>260.8</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:5">
       <x:c r="A592" s="1">
-        <x:v>45138.7504050926</x:v>
+        <x:v>45177.7505439815</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C592" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D592" s="0">
-        <x:v>199.15</x:v>
+        <x:v>185.15</x:v>
       </x:c>
       <x:c r="E592" s="0">
-        <x:v>284.5</x:v>
+        <x:v>264.5</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:5">
       <x:c r="A593" s="1">
-        <x:v>45135.7571759259</x:v>
+        <x:v>45175.7517592593</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C593" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D593" s="0">
-        <x:v>197.61</x:v>
+        <x:v>183.68</x:v>
       </x:c>
       <x:c r="E593" s="0">
-        <x:v>282.3</x:v>
+        <x:v>262.4</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:5">
       <x:c r="A594" s="1">
-        <x:v>45134.7515162037</x:v>
+        <x:v>45174.7518055556</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C594" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D594" s="0">
-        <x:v>195.65</x:v>
+        <x:v>181.65</x:v>
       </x:c>
       <x:c r="E594" s="0">
-        <x:v>279.5</x:v>
+        <x:v>259.5</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:5">
       <x:c r="A595" s="1">
-        <x:v>45133.7546064815</x:v>
+        <x:v>45173.7521296296</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C595" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D595" s="0">
-        <x:v>189.35</x:v>
+        <x:v>184.03</x:v>
       </x:c>
       <x:c r="E595" s="0">
-        <x:v>270.5</x:v>
+        <x:v>262.9</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:5">
       <x:c r="A596" s="1">
-        <x:v>45132.752037037</x:v>
+        <x:v>45170.7515856481</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C596" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D596" s="0">
-        <x:v>189.35</x:v>
+        <x:v>184.31</x:v>
       </x:c>
       <x:c r="E596" s="0">
-        <x:v>270.5</x:v>
+        <x:v>263.3</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:5">
       <x:c r="A597" s="1">
-        <x:v>45131.7596527778</x:v>
+        <x:v>45169.7536226852</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C597" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D597" s="0">
-        <x:v>190.4</x:v>
+        <x:v>181.16</x:v>
       </x:c>
       <x:c r="E597" s="0">
-        <x:v>272</x:v>
+        <x:v>258.8</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:5">
       <x:c r="A598" s="1">
-        <x:v>45128.7522453704</x:v>
+        <x:v>45168.7584375</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C598" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D598" s="0">
-        <x:v>190.4</x:v>
+        <x:v>181.16</x:v>
       </x:c>
       <x:c r="E598" s="0">
-        <x:v>272</x:v>
+        <x:v>258.8</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:5">
       <x:c r="A599" s="1">
-        <x:v>45127.7508449074</x:v>
+        <x:v>45167.7547800926</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C599" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D599" s="0">
-        <x:v>166.32</x:v>
+        <x:v>179.69</x:v>
       </x:c>
       <x:c r="E599" s="0">
-        <x:v>237.6</x:v>
+        <x:v>256.7</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:5">
       <x:c r="A600" s="1">
-        <x:v>45126.7644907407</x:v>
+        <x:v>45166.7542476852</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C600" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D600" s="0">
-        <x:v>166.32</x:v>
+        <x:v>177.45</x:v>
       </x:c>
       <x:c r="E600" s="0">
-        <x:v>237.6</x:v>
+        <x:v>253.5</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:5">
       <x:c r="A601" s="1">
-        <x:v>45125.7531712963</x:v>
+        <x:v>45163.7523726852</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C601" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D601" s="0">
-        <x:v>164.08</x:v>
+        <x:v>173.95</x:v>
       </x:c>
       <x:c r="E601" s="0">
-        <x:v>234.4</x:v>
+        <x:v>248.5</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:5">
       <x:c r="A602" s="1">
-        <x:v>45124.7522800926</x:v>
+        <x:v>45162.7675694444</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C602" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D602" s="0">
-        <x:v>160.37</x:v>
+        <x:v>178.22</x:v>
       </x:c>
       <x:c r="E602" s="0">
-        <x:v>229.1</x:v>
+        <x:v>254.6</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:5">
       <x:c r="A603" s="1">
-        <x:v>45121.7538310185</x:v>
+        <x:v>45161.7511689815</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C603" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D603" s="0">
-        <x:v>161.28</x:v>
+        <x:v>178.22</x:v>
       </x:c>
       <x:c r="E603" s="0">
-        <x:v>230.4</x:v>
+        <x:v>254.6</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:5">
       <x:c r="A604" s="1">
-        <x:v>45120.7550231482</x:v>
+        <x:v>45160.7514351852</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C604" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D604" s="0">
-        <x:v>158.34</x:v>
+        <x:v>173.88</x:v>
       </x:c>
       <x:c r="E604" s="0">
-        <x:v>226.2</x:v>
+        <x:v>248.4</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:5">
       <x:c r="A605" s="1">
-        <x:v>45119.7525694444</x:v>
+        <x:v>45159.7553703704</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C605" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D605" s="0">
-        <x:v>156.8</x:v>
+        <x:v>170.94</x:v>
       </x:c>
       <x:c r="E605" s="0">
-        <x:v>224</x:v>
+        <x:v>244.2</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:5">
       <x:c r="A606" s="1">
-        <x:v>45118.7531944444</x:v>
+        <x:v>45156.7550347222</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C606" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D606" s="0">
-        <x:v>156.8</x:v>
+        <x:v>178.71</x:v>
       </x:c>
       <x:c r="E606" s="0">
-        <x:v>224</x:v>
+        <x:v>255.3</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:5">
       <x:c r="A607" s="1">
-        <x:v>45117.7562731481</x:v>
+        <x:v>45155.7556134259</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C607" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D607" s="0">
-        <x:v>156.52</x:v>
+        <x:v>182.56</x:v>
       </x:c>
       <x:c r="E607" s="0">
-        <x:v>223.6</x:v>
+        <x:v>260.8</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:5">
       <x:c r="A608" s="1">
-        <x:v>45114.7533912037</x:v>
+        <x:v>45154.754224537</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C608" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D608" s="0">
-        <x:v>156.52</x:v>
+        <x:v>183.68</x:v>
       </x:c>
       <x:c r="E608" s="0">
-        <x:v>223.6</x:v>
+        <x:v>262.4</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:5">
       <x:c r="A609" s="1">
-        <x:v>45113.7492361111</x:v>
+        <x:v>45153.7541087963</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C609" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D609" s="0">
-        <x:v>156.87</x:v>
+        <x:v>186.34</x:v>
       </x:c>
       <x:c r="E609" s="0">
-        <x:v>224.1</x:v>
+        <x:v>266.2</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:5">
       <x:c r="A610" s="1">
-        <x:v>45112.7498032407</x:v>
+        <x:v>45152.75375</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C610" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D610" s="0">
-        <x:v>161.28</x:v>
+        <x:v>185.99</x:v>
       </x:c>
       <x:c r="E610" s="0">
-        <x:v>230.4</x:v>
+        <x:v>265.7</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:5">
       <x:c r="A611" s="1">
-        <x:v>45111.7460300926</x:v>
+        <x:v>45149.754212963</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C611" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D611" s="0">
-        <x:v>160.79</x:v>
+        <x:v>189.42</x:v>
       </x:c>
       <x:c r="E611" s="0">
-        <x:v>229.7</x:v>
+        <x:v>270.6</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:5">
       <x:c r="A612" s="1">
-        <x:v>45110.7479050926</x:v>
+        <x:v>45148.7531134259</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C612" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D612" s="0">
-        <x:v>160.09</x:v>
+        <x:v>187.32</x:v>
       </x:c>
       <x:c r="E612" s="0">
-        <x:v>228.7</x:v>
+        <x:v>267.6</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:5">
       <x:c r="A613" s="1">
-        <x:v>45107.751712963</x:v>
+        <x:v>45147.7536689815</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C613" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D613" s="0">
-        <x:v>160.09</x:v>
+        <x:v>187.32</x:v>
       </x:c>
       <x:c r="E613" s="0">
-        <x:v>228.7</x:v>
+        <x:v>267.6</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:5">
       <x:c r="A614" s="1">
-        <x:v>45106.7615162037</x:v>
+        <x:v>45146.7524884259</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C614" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D614" s="0">
-        <x:v>155.33</x:v>
+        <x:v>183.47</x:v>
       </x:c>
       <x:c r="E614" s="0">
-        <x:v>221.9</x:v>
+        <x:v>262.1</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:5">
       <x:c r="A615" s="1">
-        <x:v>45105.7529166667</x:v>
+        <x:v>45145.7509490741</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C615" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D615" s="0">
-        <x:v>155.33</x:v>
+        <x:v>185.99</x:v>
       </x:c>
       <x:c r="E615" s="0">
-        <x:v>221.9</x:v>
+        <x:v>265.7</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:5">
       <x:c r="A616" s="1">
-        <x:v>45104.7594328704</x:v>
+        <x:v>45142.7541087963</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C616" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D616" s="0">
-        <x:v>148.47</x:v>
+        <x:v>189.35</x:v>
       </x:c>
       <x:c r="E616" s="0">
-        <x:v>212.1</x:v>
+        <x:v>270.5</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:5">
       <x:c r="A617" s="1">
-        <x:v>45103.7484606481</x:v>
+        <x:v>45141.7489699074</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C617" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D617" s="0">
-        <x:v>158.41</x:v>
+        <x:v>189.35</x:v>
       </x:c>
       <x:c r="E617" s="0">
-        <x:v>226.3</x:v>
+        <x:v>270.5</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:5">
       <x:c r="A618" s="1">
-        <x:v>45100.7546990741</x:v>
+        <x:v>45140.7521759259</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C618" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D618" s="0">
-        <x:v>162.05</x:v>
+        <x:v>187.25</x:v>
       </x:c>
       <x:c r="E618" s="0">
-        <x:v>231.5</x:v>
+        <x:v>267.5</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:5">
       <x:c r="A619" s="1">
-        <x:v>45099.7634953704</x:v>
+        <x:v>45139.7460185185</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C619" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D619" s="0">
-        <x:v>168.84</x:v>
+        <x:v>189.28</x:v>
       </x:c>
       <x:c r="E619" s="0">
-        <x:v>241.2</x:v>
+        <x:v>270.4</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:5">
       <x:c r="A620" s="1">
-        <x:v>45098.7453240741</x:v>
+        <x:v>45138.7504050926</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C620" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D620" s="0">
-        <x:v>163.17</x:v>
+        <x:v>199.15</x:v>
       </x:c>
       <x:c r="E620" s="0">
-        <x:v>233.1</x:v>
+        <x:v>284.5</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:5">
       <x:c r="A621" s="1">
-        <x:v>45097.7472569444</x:v>
+        <x:v>45135.7571759259</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C621" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D621" s="0">
-        <x:v>166.88</x:v>
+        <x:v>197.61</x:v>
       </x:c>
       <x:c r="E621" s="0">
-        <x:v>238.4</x:v>
+        <x:v>282.3</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:5">
       <x:c r="A622" s="1">
-        <x:v>45096.7479282407</x:v>
+        <x:v>45134.7515162037</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C622" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D622" s="0">
-        <x:v>168.77</x:v>
+        <x:v>195.65</x:v>
       </x:c>
       <x:c r="E622" s="0">
-        <x:v>241.1</x:v>
+        <x:v>279.5</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:5">
       <x:c r="A623" s="1">
-        <x:v>45093.753599537</x:v>
+        <x:v>45133.7546064815</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C623" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D623" s="0">
-        <x:v>193.55</x:v>
+        <x:v>189.35</x:v>
       </x:c>
       <x:c r="E623" s="0">
-        <x:v>276.5</x:v>
+        <x:v>270.5</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:5">
       <x:c r="A624" s="1">
-        <x:v>45092.7633333333</x:v>
+        <x:v>45132.752037037</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C624" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D624" s="0">
-        <x:v>192.01</x:v>
+        <x:v>189.35</x:v>
       </x:c>
       <x:c r="E624" s="0">
-        <x:v>274.3</x:v>
+        <x:v>270.5</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:5">
       <x:c r="A625" s="1">
-        <x:v>45091.7621875</x:v>
+        <x:v>45131.7596527778</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C625" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D625" s="0">
-        <x:v>190.82</x:v>
+        <x:v>190.4</x:v>
       </x:c>
       <x:c r="E625" s="0">
-        <x:v>272.6</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:5">
       <x:c r="A626" s="1">
-        <x:v>45090.747974537</x:v>
+        <x:v>45128.7522453704</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C626" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D626" s="0">
-        <x:v>190.82</x:v>
+        <x:v>190.4</x:v>
       </x:c>
       <x:c r="E626" s="0">
-        <x:v>272.6</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:5">
       <x:c r="A627" s="1">
-        <x:v>45089.7484375</x:v>
+        <x:v>45127.7508449074</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C627" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D627" s="0">
-        <x:v>190.54</x:v>
+        <x:v>166.32</x:v>
       </x:c>
       <x:c r="E627" s="0">
-        <x:v>272.2</x:v>
+        <x:v>237.6</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:5">
       <x:c r="A628" s="1">
-        <x:v>45086.7506134259</x:v>
+        <x:v>45126.7644907407</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C628" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D628" s="0">
-        <x:v>185.92</x:v>
+        <x:v>166.32</x:v>
       </x:c>
       <x:c r="E628" s="0">
-        <x:v>265.6</x:v>
+        <x:v>237.6</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:5">
       <x:c r="A629" s="1">
-        <x:v>45085.7543171296</x:v>
+        <x:v>45125.7531712963</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C629" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D629" s="0">
-        <x:v>188.58</x:v>
+        <x:v>164.08</x:v>
       </x:c>
       <x:c r="E629" s="0">
-        <x:v>269.4</x:v>
+        <x:v>234.4</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:5">
       <x:c r="A630" s="1">
-        <x:v>45084.7496527778</x:v>
+        <x:v>45124.7522800926</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C630" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D630" s="0">
-        <x:v>188.58</x:v>
+        <x:v>160.37</x:v>
       </x:c>
       <x:c r="E630" s="0">
-        <x:v>269.4</x:v>
+        <x:v>229.1</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:5">
       <x:c r="A631" s="1">
-        <x:v>45083.7446643518</x:v>
+        <x:v>45121.7538310185</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C631" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D631" s="0">
-        <x:v>189.91</x:v>
+        <x:v>161.28</x:v>
       </x:c>
       <x:c r="E631" s="0">
-        <x:v>271.3</x:v>
+        <x:v>230.4</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:5">
       <x:c r="A632" s="1">
-        <x:v>45082.7459375</x:v>
+        <x:v>45120.7550231482</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C632" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D632" s="0">
-        <x:v>184.87</x:v>
+        <x:v>158.34</x:v>
       </x:c>
       <x:c r="E632" s="0">
-        <x:v>264.1</x:v>
+        <x:v>226.2</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:5">
       <x:c r="A633" s="1">
-        <x:v>45079.7409027778</x:v>
+        <x:v>45119.7525694444</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C633" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D633" s="0">
-        <x:v>185.5</x:v>
+        <x:v>156.8</x:v>
       </x:c>
       <x:c r="E633" s="0">
-        <x:v>265</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:5">
       <x:c r="A634" s="1">
-        <x:v>45078.7429282407</x:v>
+        <x:v>45118.7531944444</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C634" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D634" s="0">
-        <x:v>177.31</x:v>
+        <x:v>156.8</x:v>
       </x:c>
       <x:c r="E634" s="0">
-        <x:v>253.3</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:5">
       <x:c r="A635" s="1">
-        <x:v>45077.7395833333</x:v>
+        <x:v>45117.7562731481</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C635" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D635" s="0">
-        <x:v>171.92</x:v>
+        <x:v>156.52</x:v>
       </x:c>
       <x:c r="E635" s="0">
-        <x:v>245.6</x:v>
+        <x:v>223.6</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:5">
       <x:c r="A636" s="1">
-        <x:v>45076.7481712963</x:v>
+        <x:v>45114.7533912037</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C636" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D636" s="0">
-        <x:v>172.41</x:v>
+        <x:v>156.52</x:v>
       </x:c>
       <x:c r="E636" s="0">
-        <x:v>246.3</x:v>
+        <x:v>223.6</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:5">
       <x:c r="A637" s="1">
-        <x:v>45075.7469444444</x:v>
+        <x:v>45113.7492361111</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C637" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D637" s="0">
-        <x:v>172.41</x:v>
+        <x:v>156.87</x:v>
       </x:c>
       <x:c r="E637" s="0">
-        <x:v>246.3</x:v>
+        <x:v>224.1</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:5">
       <x:c r="A638" s="1">
-        <x:v>45072.7369791667</x:v>
+        <x:v>45112.7498032407</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C638" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D638" s="0">
-        <x:v>171.22</x:v>
+        <x:v>161.28</x:v>
       </x:c>
       <x:c r="E638" s="0">
-        <x:v>244.6</x:v>
+        <x:v>230.4</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:5">
       <x:c r="A639" s="1">
-        <x:v>45071.7489236111</x:v>
+        <x:v>45111.7460300926</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C639" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D639" s="0">
-        <x:v>170.31</x:v>
+        <x:v>160.79</x:v>
       </x:c>
       <x:c r="E639" s="0">
-        <x:v>243.3</x:v>
+        <x:v>229.7</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:5">
       <x:c r="A640" s="1">
-        <x:v>45070.7458333333</x:v>
+        <x:v>45110.7479050926</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C640" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D640" s="0">
-        <x:v>171.15</x:v>
+        <x:v>160.09</x:v>
       </x:c>
       <x:c r="E640" s="0">
-        <x:v>244.5</x:v>
+        <x:v>228.7</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:5">
       <x:c r="A641" s="1">
-        <x:v>45069.7517708333</x:v>
+        <x:v>45107.751712963</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C641" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D641" s="0">
-        <x:v>171.5</x:v>
+        <x:v>160.09</x:v>
       </x:c>
       <x:c r="E641" s="0">
-        <x:v>245</x:v>
+        <x:v>228.7</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:5">
       <x:c r="A642" s="1">
-        <x:v>45068.7463773148</x:v>
+        <x:v>45106.7615162037</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C642" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D642" s="0">
-        <x:v>171.5</x:v>
+        <x:v>155.33</x:v>
       </x:c>
       <x:c r="E642" s="0">
-        <x:v>245</x:v>
+        <x:v>221.9</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:5">
       <x:c r="A643" s="1">
-        <x:v>45065.748125</x:v>
+        <x:v>45105.7529166667</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C643" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D643" s="0">
-        <x:v>171.85</x:v>
+        <x:v>155.33</x:v>
       </x:c>
       <x:c r="E643" s="0">
-        <x:v>245.5</x:v>
+        <x:v>221.9</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:5">
       <x:c r="A644" s="1">
-        <x:v>45064.7451157407</x:v>
+        <x:v>45104.7594328704</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C644" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D644" s="0">
-        <x:v>170.31</x:v>
+        <x:v>148.47</x:v>
       </x:c>
       <x:c r="E644" s="0">
-        <x:v>243.3</x:v>
+        <x:v>212.1</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:5">
       <x:c r="A645" s="1">
-        <x:v>45063.7487268519</x:v>
+        <x:v>45103.7484606481</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C645" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D645" s="0">
-        <x:v>170.1</x:v>
+        <x:v>158.41</x:v>
       </x:c>
       <x:c r="E645" s="0">
-        <x:v>243</x:v>
+        <x:v>226.3</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:5">
       <x:c r="A646" s="1">
-        <x:v>45062.7486226852</x:v>
+        <x:v>45100.7546990741</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C646" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D646" s="0">
-        <x:v>170.1</x:v>
+        <x:v>162.05</x:v>
       </x:c>
       <x:c r="E646" s="0">
-        <x:v>243</x:v>
+        <x:v>231.5</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:5">
       <x:c r="A647" s="1">
-        <x:v>45061.7469212963</x:v>
+        <x:v>45099.7634953704</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C647" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D647" s="0">
-        <x:v>171.99</x:v>
+        <x:v>168.84</x:v>
       </x:c>
       <x:c r="E647" s="0">
-        <x:v>245.7</x:v>
+        <x:v>241.2</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:5">
       <x:c r="A648" s="1">
-        <x:v>45058.7462731482</x:v>
+        <x:v>45098.7453240741</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C648" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D648" s="0">
-        <x:v>172.41</x:v>
+        <x:v>163.17</x:v>
       </x:c>
       <x:c r="E648" s="0">
-        <x:v>246.3</x:v>
+        <x:v>233.1</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:5">
       <x:c r="A649" s="1">
-        <x:v>45057.7482175926</x:v>
+        <x:v>45097.7472569444</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C649" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D649" s="0">
-        <x:v>172.97</x:v>
+        <x:v>166.88</x:v>
       </x:c>
       <x:c r="E649" s="0">
-        <x:v>247.1</x:v>
+        <x:v>238.4</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:5">
       <x:c r="A650" s="1">
-        <x:v>45056.7499074074</x:v>
+        <x:v>45096.7479282407</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C650" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D650" s="0">
-        <x:v>172.97</x:v>
+        <x:v>168.77</x:v>
       </x:c>
       <x:c r="E650" s="0">
-        <x:v>247.1</x:v>
+        <x:v>241.1</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:5">
       <x:c r="A651" s="1">
-        <x:v>45055.746099537</x:v>
+        <x:v>45093.753599537</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C651" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D651" s="0">
-        <x:v>172.13</x:v>
+        <x:v>193.55</x:v>
       </x:c>
       <x:c r="E651" s="0">
-        <x:v>245.9</x:v>
+        <x:v>276.5</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:5">
       <x:c r="A652" s="1">
-        <x:v>45054.7458101852</x:v>
+        <x:v>45092.7633333333</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C652" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D652" s="0">
-        <x:v>177.52</x:v>
+        <x:v>192.01</x:v>
       </x:c>
       <x:c r="E652" s="0">
-        <x:v>253.6</x:v>
+        <x:v>274.3</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:5">
       <x:c r="A653" s="1">
-        <x:v>45051.7446064815</x:v>
+        <x:v>45091.7621875</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C653" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D653" s="0">
-        <x:v>178.92</x:v>
+        <x:v>190.82</x:v>
       </x:c>
       <x:c r="E653" s="0">
-        <x:v>255.6</x:v>
+        <x:v>272.6</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:5">
       <x:c r="A654" s="1">
-        <x:v>45050.7371064815</x:v>
+        <x:v>45090.747974537</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C654" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D654" s="0">
-        <x:v>177.8</x:v>
+        <x:v>190.82</x:v>
       </x:c>
       <x:c r="E654" s="0">
-        <x:v>254</x:v>
+        <x:v>272.6</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:5">
       <x:c r="A655" s="1">
-        <x:v>45049.7488773148</x:v>
+        <x:v>45089.7484375</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C655" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D655" s="0">
-        <x:v>177.8</x:v>
+        <x:v>190.54</x:v>
       </x:c>
       <x:c r="E655" s="0">
-        <x:v>254</x:v>
+        <x:v>272.2</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:5">
       <x:c r="A656" s="1">
-        <x:v>45048.7455555556</x:v>
+        <x:v>45086.7506134259</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C656" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D656" s="0">
-        <x:v>168.63</x:v>
+        <x:v>185.92</x:v>
       </x:c>
       <x:c r="E656" s="0">
-        <x:v>240.9</x:v>
+        <x:v>265.6</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:5">
       <x:c r="A657" s="1">
-        <x:v>45044.746400463</x:v>
+        <x:v>45085.7543171296</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C657" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D657" s="0">
-        <x:v>169.75</x:v>
+        <x:v>188.58</x:v>
       </x:c>
       <x:c r="E657" s="0">
-        <x:v>242.5</x:v>
+        <x:v>269.4</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:5">
       <x:c r="A658" s="1">
-        <x:v>45043.7502083333</x:v>
+        <x:v>45084.7496527778</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C658" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D658" s="0">
-        <x:v>170.8</x:v>
+        <x:v>188.58</x:v>
       </x:c>
       <x:c r="E658" s="0">
-        <x:v>244</x:v>
+        <x:v>269.4</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:5">
       <x:c r="A659" s="1">
-        <x:v>45042.7405555556</x:v>
+        <x:v>45083.7446643518</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C659" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D659" s="0">
-        <x:v>168</x:v>
+        <x:v>189.91</x:v>
       </x:c>
       <x:c r="E659" s="0">
-        <x:v>240</x:v>
+        <x:v>271.3</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:5">
       <x:c r="A660" s="1">
-        <x:v>45041.7420486111</x:v>
+        <x:v>45082.7459375</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C660" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D660" s="0">
-        <x:v>168.98</x:v>
+        <x:v>184.87</x:v>
       </x:c>
       <x:c r="E660" s="0">
-        <x:v>241.4</x:v>
+        <x:v>264.1</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:5">
       <x:c r="A661" s="1">
-        <x:v>45040.7477199074</x:v>
+        <x:v>45079.7409027778</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C661" s="0">
         <x:v>0.35</x:v>
       </x:c>
       <x:c r="D661" s="0">
-        <x:v>182.56</x:v>
+        <x:v>185.5</x:v>
       </x:c>
       <x:c r="E661" s="0">
-        <x:v>260.8</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:5">
       <x:c r="A662" s="1">
-        <x:v>45037.7457060185</x:v>
+        <x:v>45078.7429282407</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C662" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D662" s="0">
         <x:v>177.31</x:v>
       </x:c>
       <x:c r="E662" s="0">
         <x:v>253.3</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:5">
       <x:c r="A663" s="1">
-        <x:v>45036.7464351852</x:v>
+        <x:v>45077.7395833333</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C663" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D663" s="0">
-        <x:v>177.94</x:v>
+        <x:v>171.92</x:v>
       </x:c>
       <x:c r="E663" s="0">
-        <x:v>254.2</x:v>
+        <x:v>245.6</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:5">
       <x:c r="A664" s="1">
-        <x:v>45035.747650463</x:v>
+        <x:v>45076.7481712963</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C664" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D664" s="0">
-        <x:v>195.3</x:v>
+        <x:v>172.41</x:v>
       </x:c>
       <x:c r="E664" s="0">
-        <x:v>279</x:v>
+        <x:v>246.3</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:5">
       <x:c r="A665" s="1">
-        <x:v>45034.7515740741</x:v>
+        <x:v>45075.7469444444</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C665" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D665" s="0">
-        <x:v>198.8</x:v>
+        <x:v>172.41</x:v>
       </x:c>
       <x:c r="E665" s="0">
-        <x:v>284</x:v>
+        <x:v>246.3</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:5">
       <x:c r="A666" s="1">
-        <x:v>45033.7470833333</x:v>
+        <x:v>45072.7369791667</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C666" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D666" s="0">
-        <x:v>199.43</x:v>
+        <x:v>171.22</x:v>
       </x:c>
       <x:c r="E666" s="0">
-        <x:v>284.9</x:v>
+        <x:v>244.6</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:5">
       <x:c r="A667" s="1">
-        <x:v>45030.7486689815</x:v>
+        <x:v>45071.7489236111</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C667" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D667" s="0">
-        <x:v>202.72</x:v>
+        <x:v>170.31</x:v>
       </x:c>
       <x:c r="E667" s="0">
-        <x:v>289.6</x:v>
+        <x:v>243.3</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:5">
       <x:c r="A668" s="1">
-        <x:v>45029.7530092593</x:v>
+        <x:v>45070.7458333333</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C668" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D668" s="0">
-        <x:v>201.25</x:v>
+        <x:v>171.15</x:v>
       </x:c>
       <x:c r="E668" s="0">
-        <x:v>287.5</x:v>
+        <x:v>244.5</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:5">
       <x:c r="A669" s="1">
-        <x:v>45028.7462731482</x:v>
+        <x:v>45069.7517708333</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C669" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D669" s="0">
-        <x:v>200.83</x:v>
+        <x:v>171.5</x:v>
       </x:c>
       <x:c r="E669" s="0">
-        <x:v>286.9</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:5">
       <x:c r="A670" s="1">
-        <x:v>45027.7613541667</x:v>
+        <x:v>45068.7463773148</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C670" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D670" s="0">
-        <x:v>201.6</x:v>
+        <x:v>171.5</x:v>
       </x:c>
       <x:c r="E670" s="0">
-        <x:v>288</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:5">
       <x:c r="A671" s="1">
-        <x:v>45022.7411458333</x:v>
+        <x:v>45065.748125</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C671" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D671" s="0">
-        <x:v>201.6</x:v>
+        <x:v>171.85</x:v>
       </x:c>
       <x:c r="E671" s="0">
-        <x:v>288</x:v>
+        <x:v>245.5</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:5">
       <x:c r="A672" s="1">
-        <x:v>45021.7524652778</x:v>
+        <x:v>45064.7451157407</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C672" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D672" s="0">
-        <x:v>190.61</x:v>
+        <x:v>170.31</x:v>
       </x:c>
       <x:c r="E672" s="0">
-        <x:v>272.3</x:v>
+        <x:v>243.3</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:5">
       <x:c r="A673" s="1">
-        <x:v>45020.7467824074</x:v>
+        <x:v>45063.7487268519</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C673" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D673" s="0">
-        <x:v>190.61</x:v>
+        <x:v>170.1</x:v>
       </x:c>
       <x:c r="E673" s="0">
-        <x:v>272.3</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:5">
       <x:c r="A674" s="1">
-        <x:v>45019.7386805556</x:v>
+        <x:v>45062.7486226852</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C674" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D674" s="0">
-        <x:v>190.89</x:v>
+        <x:v>170.1</x:v>
       </x:c>
       <x:c r="E674" s="0">
-        <x:v>272.7</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:5">
       <x:c r="A675" s="1">
-        <x:v>45019.7386805556</x:v>
+        <x:v>45061.7469212963</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C675" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D675" s="0">
-        <x:v>197.4</x:v>
+        <x:v>171.99</x:v>
       </x:c>
       <x:c r="E675" s="0">
-        <x:v>282</x:v>
+        <x:v>245.7</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:5">
       <x:c r="A676" s="1">
-        <x:v>45016.7507638889</x:v>
+        <x:v>45058.7462731482</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C676" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D676" s="0">
-        <x:v>197.4</x:v>
+        <x:v>172.41</x:v>
       </x:c>
       <x:c r="E676" s="0">
-        <x:v>282</x:v>
+        <x:v>246.3</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:5">
       <x:c r="A677" s="1">
-        <x:v>45015.7424884259</x:v>
+        <x:v>45057.7482175926</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C677" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D677" s="0">
-        <x:v>216.02</x:v>
+        <x:v>172.97</x:v>
       </x:c>
       <x:c r="E677" s="0">
-        <x:v>308.6</x:v>
+        <x:v>247.1</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:5">
       <x:c r="A678" s="1">
-        <x:v>45014.7423032407</x:v>
+        <x:v>45056.7499074074</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C678" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D678" s="0">
-        <x:v>210</x:v>
+        <x:v>172.97</x:v>
       </x:c>
       <x:c r="E678" s="0">
-        <x:v>300</x:v>
+        <x:v>247.1</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:5">
       <x:c r="A679" s="1">
-        <x:v>45013.7541087963</x:v>
+        <x:v>45055.746099537</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C679" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D679" s="0">
-        <x:v>214.41</x:v>
+        <x:v>172.13</x:v>
       </x:c>
       <x:c r="E679" s="0">
-        <x:v>306.3</x:v>
+        <x:v>245.9</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:5">
       <x:c r="A680" s="1">
-        <x:v>45012.7597800926</x:v>
+        <x:v>45054.7458101852</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C680" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D680" s="0">
-        <x:v>214.41</x:v>
+        <x:v>177.52</x:v>
       </x:c>
       <x:c r="E680" s="0">
-        <x:v>306.3</x:v>
+        <x:v>253.6</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:5">
       <x:c r="A681" s="1">
-        <x:v>45009.7532175926</x:v>
+        <x:v>45051.7446064815</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C681" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D681" s="0">
-        <x:v>211.19</x:v>
+        <x:v>178.92</x:v>
       </x:c>
       <x:c r="E681" s="0">
-        <x:v>301.7</x:v>
+        <x:v>255.6</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:5">
       <x:c r="A682" s="1">
-        <x:v>45008.7463773148</x:v>
+        <x:v>45050.7371064815</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C682" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D682" s="0">
-        <x:v>210.35</x:v>
+        <x:v>177.8</x:v>
       </x:c>
       <x:c r="E682" s="0">
-        <x:v>300.5</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:5">
       <x:c r="A683" s="1">
-        <x:v>45007.7511689815</x:v>
+        <x:v>45049.7488773148</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C683" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D683" s="0">
-        <x:v>213.22</x:v>
+        <x:v>177.8</x:v>
       </x:c>
       <x:c r="E683" s="0">
-        <x:v>304.6</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:5">
       <x:c r="A684" s="1">
-        <x:v>45006.7508333333</x:v>
+        <x:v>45048.7455555556</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C684" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D684" s="0">
-        <x:v>213.99</x:v>
+        <x:v>168.63</x:v>
       </x:c>
       <x:c r="E684" s="0">
-        <x:v>305.7</x:v>
+        <x:v>240.9</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:5">
       <x:c r="A685" s="1">
-        <x:v>45005.747025463</x:v>
+        <x:v>45044.746400463</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C685" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D685" s="0">
-        <x:v>210.42</x:v>
+        <x:v>169.75</x:v>
       </x:c>
       <x:c r="E685" s="0">
-        <x:v>300.6</x:v>
+        <x:v>242.5</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:5">
       <x:c r="A686" s="1">
-        <x:v>45002.7519791667</x:v>
+        <x:v>45043.7502083333</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C686" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D686" s="0">
-        <x:v>211.26</x:v>
+        <x:v>170.8</x:v>
       </x:c>
       <x:c r="E686" s="0">
-        <x:v>301.8</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:5">
       <x:c r="A687" s="1">
-        <x:v>45001.7502314815</x:v>
+        <x:v>45042.7405555556</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C687" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D687" s="0">
-        <x:v>213.08</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E687" s="0">
-        <x:v>304.4</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:5">
       <x:c r="A688" s="1">
-        <x:v>45000.7559606481</x:v>
+        <x:v>45041.7420486111</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C688" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D688" s="0">
-        <x:v>215.53</x:v>
+        <x:v>168.98</x:v>
       </x:c>
       <x:c r="E688" s="0">
-        <x:v>307.9</x:v>
+        <x:v>241.4</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:5">
       <x:c r="A689" s="1">
-        <x:v>44999.7466435185</x:v>
+        <x:v>45040.7477199074</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C689" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D689" s="0">
-        <x:v>215.53</x:v>
+        <x:v>182.56</x:v>
       </x:c>
       <x:c r="E689" s="0">
-        <x:v>307.9</x:v>
+        <x:v>260.8</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:5">
       <x:c r="A690" s="1">
-        <x:v>44998.7491898148</x:v>
+        <x:v>45037.7457060185</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C690" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D690" s="0">
-        <x:v>213.92</x:v>
+        <x:v>177.31</x:v>
       </x:c>
       <x:c r="E690" s="0">
-        <x:v>305.6</x:v>
+        <x:v>253.3</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:5">
       <x:c r="A691" s="1">
-        <x:v>44995.7481018519</x:v>
+        <x:v>45036.7464351852</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C691" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D691" s="0">
-        <x:v>215.11</x:v>
+        <x:v>177.94</x:v>
       </x:c>
       <x:c r="E691" s="0">
-        <x:v>307.3</x:v>
+        <x:v>254.2</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:5">
       <x:c r="A692" s="1">
-        <x:v>44994.7473032407</x:v>
+        <x:v>45035.747650463</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C692" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D692" s="0">
-        <x:v>217.42</x:v>
+        <x:v>195.3</x:v>
       </x:c>
       <x:c r="E692" s="0">
-        <x:v>310.6</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:5">
       <x:c r="A693" s="1">
-        <x:v>44993.7607291667</x:v>
+        <x:v>45034.7515740741</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C693" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D693" s="0">
-        <x:v>217.91</x:v>
+        <x:v>198.8</x:v>
       </x:c>
       <x:c r="E693" s="0">
-        <x:v>311.3</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:5">
       <x:c r="A694" s="1">
-        <x:v>44992.75</x:v>
+        <x:v>45033.7470833333</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C694" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D694" s="0">
-        <x:v>217.91</x:v>
+        <x:v>199.43</x:v>
       </x:c>
       <x:c r="E694" s="0">
-        <x:v>311.3</x:v>
+        <x:v>284.9</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:5">
       <x:c r="A695" s="1">
-        <x:v>44991.7461342593</x:v>
+        <x:v>45030.7486689815</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C695" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D695" s="0">
-        <x:v>218.68</x:v>
+        <x:v>202.72</x:v>
       </x:c>
       <x:c r="E695" s="0">
-        <x:v>312.4</x:v>
+        <x:v>289.6</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:5">
       <x:c r="A696" s="1">
-        <x:v>44988.7519907407</x:v>
+        <x:v>45029.7530092593</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C696" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D696" s="0">
-        <x:v>218.26</x:v>
+        <x:v>201.25</x:v>
       </x:c>
       <x:c r="E696" s="0">
-        <x:v>311.8</x:v>
+        <x:v>287.5</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:5">
       <x:c r="A697" s="1">
-        <x:v>44987.7469328704</x:v>
+        <x:v>45028.7462731482</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C697" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D697" s="0">
-        <x:v>217.07</x:v>
+        <x:v>200.83</x:v>
       </x:c>
       <x:c r="E697" s="0">
-        <x:v>310.1</x:v>
+        <x:v>286.9</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:5">
       <x:c r="A698" s="1">
-        <x:v>44986.7389351852</x:v>
+        <x:v>45027.7613541667</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C698" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D698" s="0">
-        <x:v>214.34</x:v>
+        <x:v>201.6</x:v>
       </x:c>
       <x:c r="E698" s="0">
-        <x:v>306.2</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:5">
       <x:c r="A699" s="1">
-        <x:v>44985.7456134259</x:v>
+        <x:v>45022.7411458333</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C699" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D699" s="0">
-        <x:v>216.09</x:v>
+        <x:v>201.6</x:v>
       </x:c>
       <x:c r="E699" s="0">
-        <x:v>308.7</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:5">
       <x:c r="A700" s="1">
-        <x:v>44984.7576851852</x:v>
+        <x:v>45021.7524652778</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C700" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D700" s="0">
-        <x:v>224.42</x:v>
+        <x:v>190.61</x:v>
       </x:c>
       <x:c r="E700" s="0">
-        <x:v>320.6</x:v>
+        <x:v>272.3</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:5">
       <x:c r="A701" s="1">
-        <x:v>44981.7524074074</x:v>
+        <x:v>45020.7467824074</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C701" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D701" s="0">
-        <x:v>230.02</x:v>
+        <x:v>190.61</x:v>
       </x:c>
       <x:c r="E701" s="0">
-        <x:v>328.6</x:v>
+        <x:v>272.3</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:5">
       <x:c r="A702" s="1">
-        <x:v>44980.745474537</x:v>
+        <x:v>45019.7386805556</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C702" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D702" s="0">
-        <x:v>230.02</x:v>
+        <x:v>190.89</x:v>
       </x:c>
       <x:c r="E702" s="0">
-        <x:v>328.6</x:v>
+        <x:v>272.7</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:5">
       <x:c r="A703" s="1">
-        <x:v>44979.7465277778</x:v>
+        <x:v>45019.7386805556</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C703" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D703" s="0">
-        <x:v>228.13</x:v>
+        <x:v>197.4</x:v>
       </x:c>
       <x:c r="E703" s="0">
-        <x:v>325.9</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:5">
       <x:c r="A704" s="1">
-        <x:v>44978.7574189815</x:v>
+        <x:v>45016.7507638889</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C704" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D704" s="0">
-        <x:v>232.33</x:v>
+        <x:v>197.4</x:v>
       </x:c>
       <x:c r="E704" s="0">
-        <x:v>331.9</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:5">
       <x:c r="A705" s="1">
-        <x:v>44977.7591550926</x:v>
+        <x:v>45015.7424884259</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C705" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D705" s="0">
-        <x:v>233.1</x:v>
+        <x:v>216.02</x:v>
       </x:c>
       <x:c r="E705" s="0">
-        <x:v>333</x:v>
+        <x:v>308.6</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:5">
       <x:c r="A706" s="1">
-        <x:v>44974.7454861111</x:v>
+        <x:v>45014.7423032407</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C706" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D706" s="0">
-        <x:v>231.42</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E706" s="0">
-        <x:v>330.6</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:5">
       <x:c r="A707" s="1">
-        <x:v>44973.7564930556</x:v>
+        <x:v>45013.7541087963</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C707" s="0">
-        <x:v>0.82</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D707" s="0">
-        <x:v>233.8</x:v>
+        <x:v>214.41</x:v>
       </x:c>
       <x:c r="E707" s="0">
-        <x:v>334</x:v>
+        <x:v>306.3</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:5">
       <x:c r="A708" s="1">
-        <x:v>44972.7463194444</x:v>
+        <x:v>45012.7597800926</x:v>
       </x:c>
       <x:c r="B708" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C708" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D708" s="0">
-        <x:v>237.86</x:v>
+        <x:v>214.41</x:v>
       </x:c>
       <x:c r="E708" s="0">
-        <x:v>339.8</x:v>
+        <x:v>306.3</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:5">
       <x:c r="A709" s="1">
-        <x:v>44971.7593634259</x:v>
+        <x:v>45009.7532175926</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C709" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D709" s="0">
-        <x:v>243.25</x:v>
+        <x:v>211.19</x:v>
       </x:c>
       <x:c r="E709" s="0">
-        <x:v>347.5</x:v>
+        <x:v>301.7</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:5">
       <x:c r="A710" s="1">
-        <x:v>44970.7523611111</x:v>
+        <x:v>45008.7463773148</x:v>
       </x:c>
       <x:c r="B710" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C710" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D710" s="0">
-        <x:v>243.25</x:v>
+        <x:v>210.35</x:v>
       </x:c>
       <x:c r="E710" s="0">
-        <x:v>347.5</x:v>
+        <x:v>300.5</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:5">
       <x:c r="A711" s="1">
-        <x:v>44967.7612152778</x:v>
+        <x:v>45007.7511689815</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C711" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D711" s="0">
-        <x:v>238.7</x:v>
+        <x:v>213.22</x:v>
       </x:c>
       <x:c r="E711" s="0">
-        <x:v>341</x:v>
+        <x:v>304.6</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:5">
       <x:c r="A712" s="1">
-        <x:v>44966.7488425926</x:v>
+        <x:v>45006.7508333333</x:v>
       </x:c>
       <x:c r="B712" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C712" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D712" s="0">
-        <x:v>240.73</x:v>
+        <x:v>213.99</x:v>
       </x:c>
       <x:c r="E712" s="0">
-        <x:v>343.9</x:v>
+        <x:v>305.7</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:5">
       <x:c r="A713" s="1">
-        <x:v>44965.752337963</x:v>
+        <x:v>45005.747025463</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C713" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D713" s="0">
-        <x:v>240.66</x:v>
+        <x:v>210.42</x:v>
       </x:c>
       <x:c r="E713" s="0">
-        <x:v>343.8</x:v>
+        <x:v>300.6</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:5">
       <x:c r="A714" s="1">
-        <x:v>44964.7567824074</x:v>
+        <x:v>45002.7519791667</x:v>
       </x:c>
       <x:c r="B714" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C714" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D714" s="0">
-        <x:v>244.58</x:v>
+        <x:v>211.26</x:v>
       </x:c>
       <x:c r="E714" s="0">
-        <x:v>349.4</x:v>
+        <x:v>301.8</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:5">
       <x:c r="A715" s="1">
-        <x:v>44963.7552430556</x:v>
+        <x:v>45001.7502314815</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C715" s="0">
-        <x:v>0.98</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D715" s="0">
-        <x:v>247.1</x:v>
+        <x:v>213.08</x:v>
       </x:c>
       <x:c r="E715" s="0">
-        <x:v>353</x:v>
+        <x:v>304.4</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:5">
       <x:c r="A716" s="1">
-        <x:v>44960.7459837963</x:v>
+        <x:v>45000.7559606481</x:v>
       </x:c>
       <x:c r="B716" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C716" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D716" s="0">
-        <x:v>243.39</x:v>
+        <x:v>215.53</x:v>
       </x:c>
       <x:c r="E716" s="0">
-        <x:v>347.7</x:v>
+        <x:v>307.9</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:5">
       <x:c r="A717" s="1">
-        <x:v>44959.7480208333</x:v>
+        <x:v>44999.7466435185</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C717" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D717" s="0">
-        <x:v>242.48</x:v>
+        <x:v>215.53</x:v>
       </x:c>
       <x:c r="E717" s="0">
-        <x:v>346.4</x:v>
+        <x:v>307.9</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:5">
       <x:c r="A718" s="1">
-        <x:v>44958.7567592593</x:v>
+        <x:v>44998.7491898148</x:v>
       </x:c>
       <x:c r="B718" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C718" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D718" s="0">
-        <x:v>227.08</x:v>
+        <x:v>213.92</x:v>
       </x:c>
       <x:c r="E718" s="0">
-        <x:v>324.4</x:v>
+        <x:v>305.6</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:5">
       <x:c r="A719" s="1">
-        <x:v>44957.745474537</x:v>
+        <x:v>44995.7481018519</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C719" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D719" s="0">
-        <x:v>223.23</x:v>
+        <x:v>215.11</x:v>
       </x:c>
       <x:c r="E719" s="0">
-        <x:v>318.9</x:v>
+        <x:v>307.3</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:5">
       <x:c r="A720" s="1">
-        <x:v>44956.7558217593</x:v>
+        <x:v>44994.7473032407</x:v>
       </x:c>
       <x:c r="B720" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C720" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D720" s="0">
-        <x:v>226.45</x:v>
+        <x:v>217.42</x:v>
       </x:c>
       <x:c r="E720" s="0">
-        <x:v>323.5</x:v>
+        <x:v>310.6</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:5">
       <x:c r="A721" s="1">
-        <x:v>44953.7466087963</x:v>
+        <x:v>44993.7607291667</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C721" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D721" s="0">
-        <x:v>226.45</x:v>
+        <x:v>217.91</x:v>
       </x:c>
       <x:c r="E721" s="0">
-        <x:v>323.5</x:v>
+        <x:v>311.3</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:5">
       <x:c r="A722" s="1">
-        <x:v>44952.7452430556</x:v>
+        <x:v>44992.75</x:v>
       </x:c>
       <x:c r="B722" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C722" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D722" s="0">
-        <x:v>229.39</x:v>
+        <x:v>217.91</x:v>
       </x:c>
       <x:c r="E722" s="0">
-        <x:v>327.7</x:v>
+        <x:v>311.3</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:5">
       <x:c r="A723" s="1">
-        <x:v>44951.7480208333</x:v>
+        <x:v>44991.7461342593</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C723" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D723" s="0">
-        <x:v>213.64</x:v>
+        <x:v>218.68</x:v>
       </x:c>
       <x:c r="E723" s="0">
-        <x:v>305.2</x:v>
+        <x:v>312.4</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:5">
       <x:c r="A724" s="1">
-        <x:v>44950.7528125</x:v>
+        <x:v>44988.7519907407</x:v>
       </x:c>
       <x:c r="B724" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C724" s="0">
         <x:v>0.66</x:v>
       </x:c>
       <x:c r="D724" s="0">
-        <x:v>214.2</x:v>
+        <x:v>218.26</x:v>
       </x:c>
       <x:c r="E724" s="0">
-        <x:v>306</x:v>
+        <x:v>311.8</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:5">
       <x:c r="A725" s="1">
-        <x:v>44946.7468865741</x:v>
+        <x:v>44987.7469328704</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C725" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D725" s="0">
-        <x:v>221.06</x:v>
+        <x:v>217.07</x:v>
       </x:c>
       <x:c r="E725" s="0">
-        <x:v>315.8</x:v>
+        <x:v>310.1</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:5">
       <x:c r="A726" s="1">
-        <x:v>44945.7520138889</x:v>
+        <x:v>44986.7389351852</x:v>
       </x:c>
       <x:c r="B726" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C726" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D726" s="0">
-        <x:v>224.14</x:v>
+        <x:v>214.34</x:v>
       </x:c>
       <x:c r="E726" s="0">
-        <x:v>320.2</x:v>
+        <x:v>306.2</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:5">
       <x:c r="A727" s="1">
-        <x:v>44944.7462962963</x:v>
+        <x:v>44985.7456134259</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C727" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D727" s="0">
-        <x:v>224.14</x:v>
+        <x:v>216.09</x:v>
       </x:c>
       <x:c r="E727" s="0">
-        <x:v>320.2</x:v>
+        <x:v>308.7</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:5">
       <x:c r="A728" s="1">
-        <x:v>44943.7458449074</x:v>
+        <x:v>44984.7576851852</x:v>
       </x:c>
       <x:c r="B728" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C728" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D728" s="0">
-        <x:v>224.07</x:v>
+        <x:v>224.42</x:v>
       </x:c>
       <x:c r="E728" s="0">
-        <x:v>320.1</x:v>
+        <x:v>320.6</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:5">
       <x:c r="A729" s="1">
-        <x:v>44942.7461342593</x:v>
+        <x:v>44981.7524074074</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C729" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D729" s="0">
-        <x:v>226.17</x:v>
+        <x:v>230.02</x:v>
       </x:c>
       <x:c r="E729" s="0">
-        <x:v>323.1</x:v>
+        <x:v>328.6</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:5">
       <x:c r="A730" s="1">
-        <x:v>44939.7462384259</x:v>
+        <x:v>44980.745474537</x:v>
       </x:c>
       <x:c r="B730" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C730" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D730" s="0">
-        <x:v>223.16</x:v>
+        <x:v>230.02</x:v>
       </x:c>
       <x:c r="E730" s="0">
-        <x:v>318.8</x:v>
+        <x:v>328.6</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:5">
       <x:c r="A731" s="1">
-        <x:v>44938.7521180556</x:v>
+        <x:v>44979.7465277778</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C731" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D731" s="0">
-        <x:v>221.9</x:v>
+        <x:v>228.13</x:v>
       </x:c>
       <x:c r="E731" s="0">
-        <x:v>317</x:v>
+        <x:v>325.9</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:5">
       <x:c r="A732" s="1">
-        <x:v>44937.7495601852</x:v>
+        <x:v>44978.7574189815</x:v>
       </x:c>
       <x:c r="B732" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C732" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D732" s="0">
-        <x:v>220.01</x:v>
+        <x:v>232.33</x:v>
       </x:c>
       <x:c r="E732" s="0">
-        <x:v>314.3</x:v>
+        <x:v>331.9</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:5">
       <x:c r="A733" s="1">
-        <x:v>44936.7481365741</x:v>
+        <x:v>44977.7591550926</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C733" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D733" s="0">
-        <x:v>205.94</x:v>
+        <x:v>233.1</x:v>
       </x:c>
       <x:c r="E733" s="0">
-        <x:v>294.2</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:5">
       <x:c r="A734" s="1">
-        <x:v>44935.7597337963</x:v>
+        <x:v>44974.7454861111</x:v>
       </x:c>
       <x:c r="B734" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C734" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D734" s="0">
-        <x:v>205.66</x:v>
+        <x:v>231.42</x:v>
       </x:c>
       <x:c r="E734" s="0">
-        <x:v>293.8</x:v>
+        <x:v>330.6</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:5">
       <x:c r="A735" s="1">
-        <x:v>44932.7459722222</x:v>
+        <x:v>44973.7564930556</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C735" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D735" s="0">
-        <x:v>201.81</x:v>
+        <x:v>233.8</x:v>
       </x:c>
       <x:c r="E735" s="0">
-        <x:v>288.3</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:5">
       <x:c r="A736" s="1">
-        <x:v>44931.7502314815</x:v>
+        <x:v>44972.7463194444</x:v>
       </x:c>
       <x:c r="B736" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C736" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D736" s="0">
-        <x:v>209.79</x:v>
+        <x:v>237.86</x:v>
       </x:c>
       <x:c r="E736" s="0">
-        <x:v>299.7</x:v>
+        <x:v>339.8</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:5">
       <x:c r="A737" s="1">
-        <x:v>44930.742037037</x:v>
+        <x:v>44971.7593634259</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C737" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D737" s="0">
-        <x:v>210.91</x:v>
+        <x:v>243.25</x:v>
       </x:c>
       <x:c r="E737" s="0">
-        <x:v>301.3</x:v>
+        <x:v>347.5</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:5">
       <x:c r="A738" s="1">
-        <x:v>44929.7460185185</x:v>
+        <x:v>44970.7523611111</x:v>
       </x:c>
       <x:c r="B738" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C738" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D738" s="0">
-        <x:v>207.06</x:v>
+        <x:v>243.25</x:v>
       </x:c>
       <x:c r="E738" s="0">
-        <x:v>295.8</x:v>
+        <x:v>347.5</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:5">
       <x:c r="A739" s="1">
-        <x:v>44928.7424421296</x:v>
+        <x:v>44967.7612152778</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C739" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D739" s="0">
-        <x:v>205.94</x:v>
+        <x:v>238.7</x:v>
       </x:c>
       <x:c r="E739" s="0">
-        <x:v>294.2</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:5">
       <x:c r="A740" s="1">
-        <x:v>44925.7528587963</x:v>
+        <x:v>44966.7488425926</x:v>
       </x:c>
       <x:c r="B740" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C740" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D740" s="0">
-        <x:v>211.75</x:v>
+        <x:v>240.73</x:v>
       </x:c>
       <x:c r="E740" s="0">
-        <x:v>302.5</x:v>
+        <x:v>343.9</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:5">
       <x:c r="A741" s="1">
-        <x:v>44924.7483680556</x:v>
+        <x:v>44965.752337963</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C741" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D741" s="0">
-        <x:v>217.35</x:v>
+        <x:v>240.66</x:v>
       </x:c>
       <x:c r="E741" s="0">
-        <x:v>310.5</x:v>
+        <x:v>343.8</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:5">
       <x:c r="A742" s="1">
-        <x:v>44923.7489583333</x:v>
+        <x:v>44964.7567824074</x:v>
       </x:c>
       <x:c r="B742" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C742" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D742" s="0">
-        <x:v>211.19</x:v>
+        <x:v>244.58</x:v>
       </x:c>
       <x:c r="E742" s="0">
-        <x:v>301.7</x:v>
+        <x:v>349.4</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:5">
       <x:c r="A743" s="1">
-        <x:v>44922.7451736111</x:v>
+        <x:v>44963.7552430556</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C743" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D743" s="0">
-        <x:v>210</x:v>
+        <x:v>247.1</x:v>
       </x:c>
       <x:c r="E743" s="0">
-        <x:v>300</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:5">
       <x:c r="A744" s="1">
-        <x:v>44918.745625</x:v>
+        <x:v>44960.7459837963</x:v>
       </x:c>
       <x:c r="B744" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C744" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D744" s="0">
-        <x:v>210.98</x:v>
+        <x:v>243.39</x:v>
       </x:c>
       <x:c r="E744" s="0">
-        <x:v>301.4</x:v>
+        <x:v>347.7</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:5">
       <x:c r="A745" s="1">
-        <x:v>44917.7504976852</x:v>
+        <x:v>44959.7480208333</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C745" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D745" s="0">
-        <x:v>209.37</x:v>
+        <x:v>242.48</x:v>
       </x:c>
       <x:c r="E745" s="0">
-        <x:v>299.1</x:v>
+        <x:v>346.4</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:5">
       <x:c r="A746" s="1">
-        <x:v>44916.7388773148</x:v>
+        <x:v>44958.7567592593</x:v>
       </x:c>
       <x:c r="B746" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C746" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D746" s="0">
-        <x:v>210</x:v>
+        <x:v>227.08</x:v>
       </x:c>
       <x:c r="E746" s="0">
-        <x:v>300</x:v>
+        <x:v>324.4</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:5">
       <x:c r="A747" s="1">
-        <x:v>44915.7464351852</x:v>
+        <x:v>44957.745474537</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C747" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D747" s="0">
-        <x:v>206.01</x:v>
+        <x:v>223.23</x:v>
       </x:c>
       <x:c r="E747" s="0">
-        <x:v>294.3</x:v>
+        <x:v>318.9</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:5">
       <x:c r="A748" s="1">
-        <x:v>44914.7470833333</x:v>
+        <x:v>44956.7558217593</x:v>
       </x:c>
       <x:c r="B748" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C748" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D748" s="0">
-        <x:v>208.11</x:v>
+        <x:v>226.45</x:v>
       </x:c>
       <x:c r="E748" s="0">
-        <x:v>297.3</x:v>
+        <x:v>323.5</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:5">
       <x:c r="A749" s="1">
-        <x:v>44911.7485532407</x:v>
+        <x:v>44953.7466087963</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C749" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D749" s="0">
-        <x:v>212.73</x:v>
+        <x:v>226.45</x:v>
       </x:c>
       <x:c r="E749" s="0">
-        <x:v>303.9</x:v>
+        <x:v>323.5</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:5">
       <x:c r="A750" s="1">
-        <x:v>44910.7534027778</x:v>
+        <x:v>44952.7452430556</x:v>
       </x:c>
       <x:c r="B750" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C750" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D750" s="0">
-        <x:v>220.43</x:v>
+        <x:v>229.39</x:v>
       </x:c>
       <x:c r="E750" s="0">
-        <x:v>314.9</x:v>
+        <x:v>327.7</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:5">
       <x:c r="A751" s="1">
-        <x:v>44909.7494907407</x:v>
+        <x:v>44951.7480208333</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C751" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D751" s="0">
-        <x:v>229.95</x:v>
+        <x:v>213.64</x:v>
       </x:c>
       <x:c r="E751" s="0">
-        <x:v>328.5</x:v>
+        <x:v>305.2</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:5">
       <x:c r="A752" s="1">
-        <x:v>44908.7461458333</x:v>
+        <x:v>44950.7528125</x:v>
       </x:c>
       <x:c r="B752" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C752" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D752" s="0">
-        <x:v>228.41</x:v>
+        <x:v>214.2</x:v>
       </x:c>
       <x:c r="E752" s="0">
-        <x:v>326.3</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:5">
       <x:c r="A753" s="1">
-        <x:v>44907.7480555556</x:v>
+        <x:v>44946.7468865741</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C753" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D753" s="0">
-        <x:v>219.59</x:v>
+        <x:v>221.06</x:v>
       </x:c>
       <x:c r="E753" s="0">
-        <x:v>313.7</x:v>
+        <x:v>315.8</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:5">
       <x:c r="A754" s="1">
-        <x:v>44904.7509837963</x:v>
+        <x:v>44945.7520138889</x:v>
       </x:c>
       <x:c r="B754" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C754" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D754" s="0">
-        <x:v>219.59</x:v>
+        <x:v>224.14</x:v>
       </x:c>
       <x:c r="E754" s="0">
-        <x:v>313.7</x:v>
+        <x:v>320.2</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:5">
       <x:c r="A755" s="1">
-        <x:v>44903.7475231482</x:v>
+        <x:v>44944.7462962963</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C755" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D755" s="0">
-        <x:v>221.62</x:v>
+        <x:v>224.14</x:v>
       </x:c>
       <x:c r="E755" s="0">
-        <x:v>316.6</x:v>
+        <x:v>320.2</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:5">
       <x:c r="A756" s="1">
-        <x:v>44902.7506828704</x:v>
+        <x:v>44943.7458449074</x:v>
       </x:c>
       <x:c r="B756" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C756" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D756" s="0">
-        <x:v>222.81</x:v>
+        <x:v>224.07</x:v>
       </x:c>
       <x:c r="E756" s="0">
-        <x:v>318.3</x:v>
+        <x:v>320.1</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:5">
       <x:c r="A757" s="1">
-        <x:v>44901.7459953704</x:v>
+        <x:v>44942.7461342593</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C757" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D757" s="0">
-        <x:v>228.13</x:v>
+        <x:v>226.17</x:v>
       </x:c>
       <x:c r="E757" s="0">
-        <x:v>325.9</x:v>
+        <x:v>323.1</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:5">
       <x:c r="A758" s="1">
-        <x:v>44900.7463310185</x:v>
+        <x:v>44939.7462384259</x:v>
       </x:c>
       <x:c r="B758" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C758" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D758" s="0">
-        <x:v>236.04</x:v>
+        <x:v>223.16</x:v>
       </x:c>
       <x:c r="E758" s="0">
-        <x:v>337.2</x:v>
+        <x:v>318.8</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:5">
       <x:c r="A759" s="1">
-        <x:v>44897.7455208333</x:v>
+        <x:v>44938.7521180556</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C759" s="0">
-        <x:v>0.97</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D759" s="0">
-        <x:v>237.93</x:v>
+        <x:v>221.9</x:v>
       </x:c>
       <x:c r="E759" s="0">
-        <x:v>339.9</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:5">
       <x:c r="A760" s="1">
-        <x:v>44896.7544560185</x:v>
+        <x:v>44937.7495601852</x:v>
       </x:c>
       <x:c r="B760" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C760" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D760" s="0">
-        <x:v>240.03</x:v>
+        <x:v>220.01</x:v>
       </x:c>
       <x:c r="E760" s="0">
-        <x:v>342.9</x:v>
+        <x:v>314.3</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:5">
       <x:c r="A761" s="1">
-        <x:v>44895.7468865741</x:v>
+        <x:v>44936.7481365741</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C761" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D761" s="0">
-        <x:v>226.31</x:v>
+        <x:v>205.94</x:v>
       </x:c>
       <x:c r="E761" s="0">
-        <x:v>323.3</x:v>
+        <x:v>294.2</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:5">
       <x:c r="A762" s="1">
-        <x:v>44894.7487615741</x:v>
+        <x:v>44935.7597337963</x:v>
       </x:c>
       <x:c r="B762" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C762" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D762" s="0">
-        <x:v>220.99</x:v>
+        <x:v>205.66</x:v>
       </x:c>
       <x:c r="E762" s="0">
-        <x:v>315.7</x:v>
+        <x:v>293.8</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:5">
       <x:c r="A763" s="1">
-        <x:v>44893.7375347222</x:v>
+        <x:v>44932.7459722222</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C763" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D763" s="0">
-        <x:v>231.77</x:v>
+        <x:v>201.81</x:v>
       </x:c>
       <x:c r="E763" s="0">
-        <x:v>331.1</x:v>
+        <x:v>288.3</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:5">
       <x:c r="A764" s="1">
-        <x:v>44890.741087963</x:v>
+        <x:v>44931.7502314815</x:v>
       </x:c>
       <x:c r="B764" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C764" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D764" s="0">
-        <x:v>238.14</x:v>
+        <x:v>209.79</x:v>
       </x:c>
       <x:c r="E764" s="0">
-        <x:v>340.2</x:v>
+        <x:v>299.7</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:5">
       <x:c r="A765" s="1">
-        <x:v>44889.7516782407</x:v>
+        <x:v>44930.742037037</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C765" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D765" s="0">
-        <x:v>235.97</x:v>
+        <x:v>210.91</x:v>
       </x:c>
       <x:c r="E765" s="0">
-        <x:v>337.1</x:v>
+        <x:v>301.3</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:5">
       <x:c r="A766" s="1">
-        <x:v>44888.7560300926</x:v>
+        <x:v>44929.7460185185</x:v>
       </x:c>
       <x:c r="B766" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C766" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D766" s="0">
-        <x:v>229.39</x:v>
+        <x:v>207.06</x:v>
       </x:c>
       <x:c r="E766" s="0">
-        <x:v>327.7</x:v>
+        <x:v>295.8</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:5">
       <x:c r="A767" s="1">
-        <x:v>44887.7480902778</x:v>
+        <x:v>44928.7424421296</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C767" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D767" s="0">
-        <x:v>231.14</x:v>
+        <x:v>205.94</x:v>
       </x:c>
       <x:c r="E767" s="0">
-        <x:v>330.2</x:v>
+        <x:v>294.2</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:5">
       <x:c r="A768" s="1">
-        <x:v>44886.7467592593</x:v>
+        <x:v>44925.7528587963</x:v>
       </x:c>
       <x:c r="B768" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C768" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D768" s="0">
-        <x:v>231.14</x:v>
+        <x:v>211.75</x:v>
       </x:c>
       <x:c r="E768" s="0">
-        <x:v>330.2</x:v>
+        <x:v>302.5</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:5">
       <x:c r="A769" s="1">
-        <x:v>44883.7526041667</x:v>
+        <x:v>44924.7483680556</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C769" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D769" s="0">
-        <x:v>230.72</x:v>
+        <x:v>217.35</x:v>
       </x:c>
       <x:c r="E769" s="0">
-        <x:v>329.6</x:v>
+        <x:v>310.5</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:5">
       <x:c r="A770" s="1">
-        <x:v>44882.7455902778</x:v>
+        <x:v>44923.7489583333</x:v>
       </x:c>
       <x:c r="B770" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C770" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D770" s="0">
-        <x:v>230.72</x:v>
+        <x:v>211.19</x:v>
       </x:c>
       <x:c r="E770" s="0">
-        <x:v>329.6</x:v>
+        <x:v>301.7</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:5">
       <x:c r="A771" s="1">
-        <x:v>44881.7462384259</x:v>
+        <x:v>44922.7451736111</x:v>
       </x:c>
       <x:c r="B771" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C771" s="0">
-        <x:v>0.97</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D771" s="0">
-        <x:v>235.9</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E771" s="0">
-        <x:v>337</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:5">
       <x:c r="A772" s="1">
-        <x:v>44880.7410069444</x:v>
+        <x:v>44918.745625</x:v>
       </x:c>
       <x:c r="B772" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C772" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D772" s="0">
-        <x:v>246.33</x:v>
+        <x:v>210.98</x:v>
       </x:c>
       <x:c r="E772" s="0">
-        <x:v>351.9</x:v>
+        <x:v>301.4</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:5">
       <x:c r="A773" s="1">
-        <x:v>44879.7455324074</x:v>
+        <x:v>44917.7504976852</x:v>
       </x:c>
       <x:c r="B773" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C773" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D773" s="0">
-        <x:v>250.18</x:v>
+        <x:v>209.37</x:v>
       </x:c>
       <x:c r="E773" s="0">
-        <x:v>357.4</x:v>
+        <x:v>299.1</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:5">
       <x:c r="A774" s="1">
-        <x:v>44876.7461805556</x:v>
+        <x:v>44916.7388773148</x:v>
       </x:c>
       <x:c r="B774" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C774" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D774" s="0">
-        <x:v>247.66</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E774" s="0">
-        <x:v>353.8</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:5">
       <x:c r="A775" s="1">
-        <x:v>44875.7482175926</x:v>
+        <x:v>44915.7464351852</x:v>
       </x:c>
       <x:c r="B775" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C775" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D775" s="0">
-        <x:v>242.97</x:v>
+        <x:v>206.01</x:v>
       </x:c>
       <x:c r="E775" s="0">
-        <x:v>347.1</x:v>
+        <x:v>294.3</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:5">
       <x:c r="A776" s="1">
-        <x:v>44874.7451736111</x:v>
+        <x:v>44914.7470833333</x:v>
       </x:c>
       <x:c r="B776" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C776" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D776" s="0">
-        <x:v>228.69</x:v>
+        <x:v>208.11</x:v>
       </x:c>
       <x:c r="E776" s="0">
-        <x:v>326.7</x:v>
+        <x:v>297.3</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:5">
       <x:c r="A777" s="1">
-        <x:v>44873.745625</x:v>
+        <x:v>44911.7485532407</x:v>
       </x:c>
       <x:c r="B777" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C777" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D777" s="0">
-        <x:v>227.36</x:v>
+        <x:v>212.73</x:v>
       </x:c>
       <x:c r="E777" s="0">
-        <x:v>324.8</x:v>
+        <x:v>303.9</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:5">
       <x:c r="A778" s="1">
-        <x:v>44872.7415856481</x:v>
+        <x:v>44910.7534027778</x:v>
       </x:c>
       <x:c r="B778" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C778" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D778" s="0">
-        <x:v>216.86</x:v>
+        <x:v>220.43</x:v>
       </x:c>
       <x:c r="E778" s="0">
-        <x:v>309.8</x:v>
+        <x:v>314.9</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:5">
       <x:c r="A779" s="1">
-        <x:v>44869.7386805556</x:v>
+        <x:v>44909.7494907407</x:v>
       </x:c>
       <x:c r="B779" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C779" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D779" s="0">
-        <x:v>214.62</x:v>
+        <x:v>229.95</x:v>
       </x:c>
       <x:c r="E779" s="0">
-        <x:v>306.6</x:v>
+        <x:v>328.5</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:5">
       <x:c r="A780" s="1">
-        <x:v>44868.8963888889</x:v>
+        <x:v>44908.7461458333</x:v>
       </x:c>
       <x:c r="B780" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C780" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D780" s="0">
-        <x:v>220.5</x:v>
+        <x:v>228.41</x:v>
       </x:c>
       <x:c r="E780" s="0">
-        <x:v>315</x:v>
+        <x:v>326.3</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:5">
       <x:c r="A781" s="1">
-        <x:v>44867</x:v>
+        <x:v>44907.7480555556</x:v>
       </x:c>
       <x:c r="B781" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C781" s="0">
+        <x:v>0.79</x:v>
+      </x:c>
+      <x:c r="D781" s="0">
+        <x:v>219.59</x:v>
+      </x:c>
       <x:c r="E781" s="0">
-        <x:v>314</x:v>
+        <x:v>313.7</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:5">
       <x:c r="A782" s="1">
-        <x:v>44866</x:v>
+        <x:v>44904.7509837963</x:v>
       </x:c>
       <x:c r="B782" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C782" s="0">
+        <x:v>0.75</x:v>
+      </x:c>
+      <x:c r="D782" s="0">
+        <x:v>219.59</x:v>
+      </x:c>
       <x:c r="E782" s="0">
-        <x:v>321.2</x:v>
+        <x:v>313.7</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:5">
       <x:c r="A783" s="1">
-        <x:v>44865</x:v>
+        <x:v>44903.7475231482</x:v>
       </x:c>
       <x:c r="B783" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C783" s="0">
+        <x:v>0.77</x:v>
+      </x:c>
+      <x:c r="D783" s="0">
+        <x:v>221.62</x:v>
+      </x:c>
       <x:c r="E783" s="0">
-        <x:v>323.5</x:v>
+        <x:v>316.6</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:5">
       <x:c r="A784" s="1">
-        <x:v>44864</x:v>
+        <x:v>44902.7506828704</x:v>
       </x:c>
       <x:c r="B784" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C784" s="0">
+        <x:v>0.79</x:v>
+      </x:c>
+      <x:c r="D784" s="0">
+        <x:v>222.81</x:v>
+      </x:c>
       <x:c r="E784" s="0">
-        <x:v>323.5</x:v>
+        <x:v>318.3</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:5">
       <x:c r="A785" s="1">
-        <x:v>44863</x:v>
+        <x:v>44901.7459953704</x:v>
       </x:c>
       <x:c r="B785" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C785" s="0">
+        <x:v>0.85</x:v>
+      </x:c>
+      <x:c r="D785" s="0">
+        <x:v>228.13</x:v>
+      </x:c>
       <x:c r="E785" s="0">
-        <x:v>323.5</x:v>
+        <x:v>325.9</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:5">
       <x:c r="A786" s="1">
-        <x:v>44862</x:v>
+        <x:v>44900.7463310185</x:v>
       </x:c>
       <x:c r="B786" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C786" s="0">
+        <x:v>0.94</x:v>
+      </x:c>
+      <x:c r="D786" s="0">
+        <x:v>236.04</x:v>
+      </x:c>
       <x:c r="E786" s="0">
-        <x:v>326</x:v>
+        <x:v>337.2</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:5">
       <x:c r="A787" s="1">
-        <x:v>44861</x:v>
+        <x:v>44897.7455208333</x:v>
       </x:c>
       <x:c r="B787" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C787" s="0">
+        <x:v>0.97</x:v>
+      </x:c>
+      <x:c r="D787" s="0">
+        <x:v>237.93</x:v>
+      </x:c>
       <x:c r="E787" s="0">
-        <x:v>329.2</x:v>
+        <x:v>339.9</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:5">
       <x:c r="A788" s="1">
-        <x:v>44860</x:v>
+        <x:v>44896.7544560185</x:v>
       </x:c>
       <x:c r="B788" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C788" s="0">
+        <x:v>0.99</x:v>
+      </x:c>
+      <x:c r="D788" s="0">
+        <x:v>240.03</x:v>
+      </x:c>
       <x:c r="E788" s="0">
-        <x:v>319.3</x:v>
+        <x:v>342.9</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:5">
       <x:c r="A789" s="1">
-        <x:v>44859</x:v>
+        <x:v>44895.7468865741</x:v>
       </x:c>
       <x:c r="B789" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C789" s="0">
+        <x:v>0.84</x:v>
+      </x:c>
+      <x:c r="D789" s="0">
+        <x:v>226.31</x:v>
+      </x:c>
       <x:c r="E789" s="0">
-        <x:v>305.5</x:v>
+        <x:v>323.3</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:5">
       <x:c r="A790" s="1">
-        <x:v>44858</x:v>
+        <x:v>44894.7487615741</x:v>
       </x:c>
       <x:c r="B790" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C790" s="0">
+        <x:v>0.78</x:v>
+      </x:c>
+      <x:c r="D790" s="0">
+        <x:v>220.99</x:v>
+      </x:c>
       <x:c r="E790" s="0">
-        <x:v>301.1</x:v>
+        <x:v>315.7</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:5">
       <x:c r="A791" s="1">
-        <x:v>44857</x:v>
+        <x:v>44893.7375347222</x:v>
       </x:c>
       <x:c r="B791" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C791" s="0">
+        <x:v>0.91</x:v>
+      </x:c>
+      <x:c r="D791" s="0">
+        <x:v>231.77</x:v>
+      </x:c>
       <x:c r="E791" s="0">
-        <x:v>301.1</x:v>
+        <x:v>331.1</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:5">
       <x:c r="A792" s="1">
-        <x:v>44856</x:v>
+        <x:v>44890.741087963</x:v>
       </x:c>
       <x:c r="B792" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C792" s="0">
+        <x:v>0.99</x:v>
+      </x:c>
+      <x:c r="D792" s="0">
+        <x:v>238.14</x:v>
+      </x:c>
       <x:c r="E792" s="0">
-        <x:v>301.1</x:v>
+        <x:v>340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:5">
       <x:c r="A793" s="1">
-        <x:v>44855</x:v>
+        <x:v>44889.7516782407</x:v>
       </x:c>
       <x:c r="B793" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C793" s="0">
+        <x:v>0.96</x:v>
+      </x:c>
+      <x:c r="D793" s="0">
+        <x:v>235.97</x:v>
+      </x:c>
       <x:c r="E793" s="0">
-        <x:v>303.7</x:v>
+        <x:v>337.1</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:5">
       <x:c r="A794" s="1">
-        <x:v>44854</x:v>
+        <x:v>44888.7560300926</x:v>
       </x:c>
       <x:c r="B794" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C794" s="0">
+        <x:v>0.89</x:v>
+      </x:c>
+      <x:c r="D794" s="0">
+        <x:v>229.39</x:v>
+      </x:c>
       <x:c r="E794" s="0">
-        <x:v>290</x:v>
+        <x:v>327.7</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:5">
       <x:c r="A795" s="1">
-        <x:v>44853</x:v>
+        <x:v>44887.7480902778</x:v>
       </x:c>
       <x:c r="B795" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C795" s="0">
+        <x:v>0.89</x:v>
+      </x:c>
+      <x:c r="D795" s="0">
+        <x:v>231.14</x:v>
+      </x:c>
       <x:c r="E795" s="0">
-        <x:v>348.2</x:v>
+        <x:v>330.2</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:5">
       <x:c r="A796" s="1">
-        <x:v>44852</x:v>
+        <x:v>44886.7467592593</x:v>
       </x:c>
       <x:c r="B796" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C796" s="0">
+        <x:v>0.91</x:v>
+      </x:c>
+      <x:c r="D796" s="0">
+        <x:v>231.14</x:v>
+      </x:c>
       <x:c r="E796" s="0">
-        <x:v>343.5</x:v>
+        <x:v>330.2</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:5">
       <x:c r="A797" s="1">
-        <x:v>44851</x:v>
+        <x:v>44883.7526041667</x:v>
       </x:c>
       <x:c r="B797" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C797" s="0">
+        <x:v>0.92</x:v>
+      </x:c>
+      <x:c r="D797" s="0">
+        <x:v>230.72</x:v>
+      </x:c>
       <x:c r="E797" s="0">
-        <x:v>337</x:v>
+        <x:v>329.6</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:5">
       <x:c r="A798" s="1">
-        <x:v>44850</x:v>
+        <x:v>44882.7455902778</x:v>
       </x:c>
       <x:c r="B798" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C798" s="0">
+        <x:v>0.91</x:v>
+      </x:c>
+      <x:c r="D798" s="0">
+        <x:v>230.72</x:v>
+      </x:c>
       <x:c r="E798" s="0">
-        <x:v>337</x:v>
+        <x:v>329.6</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:5">
       <x:c r="A799" s="1">
-        <x:v>44849</x:v>
+        <x:v>44881.7462384259</x:v>
       </x:c>
       <x:c r="B799" s="0" t="s">
         <x:v>6</x:v>
+      </x:c>
+      <x:c r="C799" s="0">
+        <x:v>0.97</x:v>
+      </x:c>
+      <x:c r="D799" s="0">
+        <x:v>235.9</x:v>
       </x:c>
       <x:c r="E799" s="0">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:5">
       <x:c r="A800" s="1">
-        <x:v>44848</x:v>
+        <x:v>44880.7410069444</x:v>
       </x:c>
       <x:c r="B800" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C800" s="0">
+        <x:v>1.11</x:v>
+      </x:c>
+      <x:c r="D800" s="0">
+        <x:v>246.33</x:v>
+      </x:c>
       <x:c r="E800" s="0">
-        <x:v>327</x:v>
+        <x:v>351.9</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:5">
       <x:c r="A801" s="1">
-        <x:v>44847</x:v>
+        <x:v>44879.7455324074</x:v>
       </x:c>
       <x:c r="B801" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C801" s="0">
+        <x:v>1.16</x:v>
+      </x:c>
+      <x:c r="D801" s="0">
+        <x:v>250.18</x:v>
+      </x:c>
       <x:c r="E801" s="0">
-        <x:v>322</x:v>
+        <x:v>357.4</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:5">
       <x:c r="A802" s="1">
-        <x:v>44846</x:v>
+        <x:v>44876.7461805556</x:v>
       </x:c>
       <x:c r="B802" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C802" s="0">
+        <x:v>1.13</x:v>
+      </x:c>
+      <x:c r="D802" s="0">
+        <x:v>247.66</x:v>
+      </x:c>
       <x:c r="E802" s="0">
-        <x:v>329.8</x:v>
+        <x:v>353.8</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:5">
       <x:c r="A803" s="1">
-        <x:v>44845</x:v>
+        <x:v>44875.7482175926</x:v>
       </x:c>
       <x:c r="B803" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C803" s="0">
+        <x:v>1.07</x:v>
+      </x:c>
+      <x:c r="D803" s="0">
+        <x:v>242.97</x:v>
+      </x:c>
       <x:c r="E803" s="0">
-        <x:v>328.6</x:v>
+        <x:v>347.1</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:5">
       <x:c r="A804" s="1">
-        <x:v>44844</x:v>
+        <x:v>44874.7451736111</x:v>
       </x:c>
       <x:c r="B804" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C804" s="0">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="D804" s="0">
+        <x:v>228.69</x:v>
+      </x:c>
       <x:c r="E804" s="0">
-        <x:v>337.8</x:v>
+        <x:v>326.7</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:5">
       <x:c r="A805" s="1">
-        <x:v>44841</x:v>
+        <x:v>44873.745625</x:v>
       </x:c>
       <x:c r="B805" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C805" s="0">
+        <x:v>0.89</x:v>
+      </x:c>
+      <x:c r="D805" s="0">
+        <x:v>227.36</x:v>
+      </x:c>
       <x:c r="E805" s="0">
-        <x:v>345.1</x:v>
+        <x:v>324.8</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:5">
       <x:c r="A806" s="1">
-        <x:v>44839</x:v>
+        <x:v>44872.7415856481</x:v>
       </x:c>
       <x:c r="B806" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C806" s="0">
+        <x:v>0.77</x:v>
+      </x:c>
+      <x:c r="D806" s="0">
+        <x:v>216.86</x:v>
+      </x:c>
       <x:c r="E806" s="0">
-        <x:v>350</x:v>
+        <x:v>309.8</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:5">
       <x:c r="A807" s="1">
-        <x:v>44838</x:v>
+        <x:v>44869.7386805556</x:v>
       </x:c>
       <x:c r="B807" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C807" s="0">
+        <x:v>0.75</x:v>
+      </x:c>
+      <x:c r="D807" s="0">
+        <x:v>214.62</x:v>
+      </x:c>
       <x:c r="E807" s="0">
-        <x:v>327.3</x:v>
+        <x:v>306.6</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:5">
       <x:c r="A808" s="1">
-        <x:v>44837</x:v>
+        <x:v>44868.8963888889</x:v>
       </x:c>
       <x:c r="B808" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C808" s="0">
+        <x:v>0.75</x:v>
+      </x:c>
+      <x:c r="D808" s="0">
+        <x:v>220.5</x:v>
+      </x:c>
       <x:c r="E808" s="0">
-        <x:v>317.1</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:5">
       <x:c r="A809" s="1">
-        <x:v>44833</x:v>
+        <x:v>44867</x:v>
       </x:c>
       <x:c r="B809" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E809" s="0">
-        <x:v>312.2</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:5">
       <x:c r="A810" s="1">
-        <x:v>44832</x:v>
+        <x:v>44866</x:v>
       </x:c>
       <x:c r="B810" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E810" s="0">
-        <x:v>311</x:v>
+        <x:v>321.2</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:5">
       <x:c r="A811" s="1">
-        <x:v>44831</x:v>
+        <x:v>44865</x:v>
       </x:c>
       <x:c r="B811" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E811" s="0">
-        <x:v>317.5</x:v>
+        <x:v>323.5</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:5">
       <x:c r="A812" s="1">
-        <x:v>44830</x:v>
+        <x:v>44864</x:v>
       </x:c>
       <x:c r="B812" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E812" s="0">
-        <x:v>314.1</x:v>
+        <x:v>323.5</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:5">
       <x:c r="A813" s="1">
-        <x:v>44827</x:v>
+        <x:v>44863</x:v>
       </x:c>
       <x:c r="B813" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E813" s="0">
-        <x:v>309.6</x:v>
+        <x:v>323.5</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:5">
       <x:c r="A814" s="1">
-        <x:v>44826</x:v>
+        <x:v>44862</x:v>
       </x:c>
       <x:c r="B814" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E814" s="0">
-        <x:v>330.7</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:5">
       <x:c r="A815" s="1">
-        <x:v>44825</x:v>
+        <x:v>44861</x:v>
       </x:c>
       <x:c r="B815" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E815" s="0">
-        <x:v>322.4</x:v>
+        <x:v>329.2</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:5">
       <x:c r="A816" s="1">
-        <x:v>44824</x:v>
+        <x:v>44860</x:v>
       </x:c>
       <x:c r="B816" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E816" s="0">
-        <x:v>335</x:v>
+        <x:v>319.3</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:5">
       <x:c r="A817" s="1">
-        <x:v>44823</x:v>
+        <x:v>44859</x:v>
       </x:c>
       <x:c r="B817" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E817" s="0">
-        <x:v>367</x:v>
+        <x:v>305.5</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:5">
       <x:c r="A818" s="1">
-        <x:v>44821</x:v>
+        <x:v>44858</x:v>
       </x:c>
       <x:c r="B818" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E818" s="0">
-        <x:v>367</x:v>
+        <x:v>301.1</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:5">
       <x:c r="A819" s="1">
-        <x:v>44820</x:v>
+        <x:v>44857</x:v>
       </x:c>
       <x:c r="B819" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E819" s="0">
-        <x:v>367</x:v>
+        <x:v>301.1</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:5">
       <x:c r="A820" s="1">
-        <x:v>44819</x:v>
+        <x:v>44856</x:v>
       </x:c>
       <x:c r="B820" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E820" s="0">
-        <x:v>373.9</x:v>
+        <x:v>301.1</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:5">
       <x:c r="A821" s="1">
-        <x:v>44818</x:v>
+        <x:v>44855</x:v>
       </x:c>
       <x:c r="B821" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E821" s="0">
-        <x:v>373.9</x:v>
+        <x:v>303.7</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:5">
       <x:c r="A822" s="1">
-        <x:v>44817</x:v>
+        <x:v>44854</x:v>
       </x:c>
       <x:c r="B822" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E822" s="0">
-        <x:v>385.9</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:5">
       <x:c r="A823" s="1">
-        <x:v>44816</x:v>
+        <x:v>44853</x:v>
       </x:c>
       <x:c r="B823" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E823" s="0">
-        <x:v>378.7</x:v>
+        <x:v>348.2</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:5">
       <x:c r="A824" s="1">
-        <x:v>44815</x:v>
+        <x:v>44852</x:v>
       </x:c>
       <x:c r="B824" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E824" s="0">
-        <x:v>378.7</x:v>
+        <x:v>343.5</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:5">
       <x:c r="A825" s="1">
-        <x:v>44814</x:v>
+        <x:v>44851</x:v>
       </x:c>
       <x:c r="B825" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E825" s="0">
-        <x:v>378.7</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:5">
       <x:c r="A826" s="1">
-        <x:v>44813</x:v>
+        <x:v>44850</x:v>
       </x:c>
       <x:c r="B826" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E826" s="0">
-        <x:v>378.7</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:5">
       <x:c r="A827" s="1">
-        <x:v>44812</x:v>
+        <x:v>44849</x:v>
       </x:c>
       <x:c r="B827" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E827" s="0">
-        <x:v>370</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:5">
       <x:c r="A828" s="1">
-        <x:v>44811</x:v>
+        <x:v>44848</x:v>
       </x:c>
       <x:c r="B828" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E828" s="0">
-        <x:v>371.3</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:5">
       <x:c r="A829" s="1">
-        <x:v>44810</x:v>
+        <x:v>44847</x:v>
       </x:c>
       <x:c r="B829" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E829" s="0">
-        <x:v>367.2</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:5">
       <x:c r="A830" s="1">
-        <x:v>44809</x:v>
+        <x:v>44846</x:v>
       </x:c>
       <x:c r="B830" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E830" s="0">
-        <x:v>369.5</x:v>
+        <x:v>329.8</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:5">
       <x:c r="A831" s="1">
-        <x:v>44807</x:v>
+        <x:v>44845</x:v>
       </x:c>
       <x:c r="B831" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E831" s="0">
-        <x:v>369.5</x:v>
+        <x:v>328.6</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:5">
       <x:c r="A832" s="1">
-        <x:v>44806</x:v>
+        <x:v>44844</x:v>
       </x:c>
       <x:c r="B832" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E832" s="0">
-        <x:v>361.4</x:v>
+        <x:v>337.8</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:5">
       <x:c r="A833" s="1">
-        <x:v>44805</x:v>
+        <x:v>44841</x:v>
       </x:c>
       <x:c r="B833" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E833" s="0">
-        <x:v>365.7</x:v>
+        <x:v>345.1</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:5">
       <x:c r="A834" s="1">
-        <x:v>44804</x:v>
+        <x:v>44839</x:v>
       </x:c>
       <x:c r="B834" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E834" s="0">
-        <x:v>368.1</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:5">
       <x:c r="A835" s="1">
-        <x:v>44803</x:v>
+        <x:v>44838</x:v>
       </x:c>
       <x:c r="B835" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E835" s="0">
-        <x:v>368.2</x:v>
+        <x:v>327.3</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:5">
       <x:c r="A836" s="1">
-        <x:v>44802</x:v>
+        <x:v>44837</x:v>
       </x:c>
       <x:c r="B836" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E836" s="0">
-        <x:v>378.4</x:v>
+        <x:v>317.1</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:5">
       <x:c r="A837" s="1">
-        <x:v>44801</x:v>
+        <x:v>44833</x:v>
       </x:c>
       <x:c r="B837" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E837" s="0">
-        <x:v>378.4</x:v>
+        <x:v>312.2</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:5">
       <x:c r="A838" s="1">
-        <x:v>44800</x:v>
+        <x:v>44832</x:v>
       </x:c>
       <x:c r="B838" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E838" s="0">
-        <x:v>378.4</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:5">
       <x:c r="A839" s="1">
-        <x:v>44799</x:v>
+        <x:v>44831</x:v>
       </x:c>
       <x:c r="B839" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E839" s="0">
-        <x:v>389</x:v>
+        <x:v>317.5</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:5">
       <x:c r="A840" s="1">
-        <x:v>44798</x:v>
+        <x:v>44830</x:v>
       </x:c>
       <x:c r="B840" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E840" s="0">
-        <x:v>386</x:v>
+        <x:v>314.1</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:5">
       <x:c r="A841" s="1">
-        <x:v>44797</x:v>
+        <x:v>44827</x:v>
       </x:c>
       <x:c r="B841" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E841" s="0">
-        <x:v>374.9</x:v>
+        <x:v>309.6</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:5">
       <x:c r="A842" s="1">
-        <x:v>44796</x:v>
+        <x:v>44826</x:v>
       </x:c>
       <x:c r="B842" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E842" s="0">
-        <x:v>382.5</x:v>
+        <x:v>330.7</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:5">
       <x:c r="A843" s="1">
-        <x:v>44795</x:v>
+        <x:v>44825</x:v>
       </x:c>
       <x:c r="B843" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E843" s="0">
-        <x:v>391.8</x:v>
+        <x:v>322.4</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:5">
       <x:c r="A844" s="1">
-        <x:v>44794</x:v>
+        <x:v>44824</x:v>
       </x:c>
       <x:c r="B844" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E844" s="0">
-        <x:v>391.8</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:5">
       <x:c r="A845" s="1">
-        <x:v>44792</x:v>
+        <x:v>44823</x:v>
       </x:c>
       <x:c r="B845" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E845" s="0">
-        <x:v>398.4</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:5">
       <x:c r="A846" s="1">
-        <x:v>44791</x:v>
+        <x:v>44821</x:v>
       </x:c>
       <x:c r="B846" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E846" s="0">
-        <x:v>398.4</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:5">
       <x:c r="A847" s="1">
-        <x:v>44790</x:v>
+        <x:v>44820</x:v>
       </x:c>
       <x:c r="B847" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E847" s="0">
-        <x:v>386.1</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:5">
       <x:c r="A848" s="1">
-        <x:v>44789</x:v>
+        <x:v>44819</x:v>
       </x:c>
       <x:c r="B848" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E848" s="0">
-        <x:v>386.1</x:v>
+        <x:v>373.9</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:5">
       <x:c r="A849" s="1">
-        <x:v>44788</x:v>
+        <x:v>44818</x:v>
       </x:c>
       <x:c r="B849" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E849" s="0">
-        <x:v>381.3</x:v>
+        <x:v>373.9</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:5">
       <x:c r="A850" s="1">
-        <x:v>44787</x:v>
+        <x:v>44817</x:v>
       </x:c>
       <x:c r="B850" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E850" s="0">
-        <x:v>381.3</x:v>
+        <x:v>385.9</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:5">
       <x:c r="A851" s="1">
-        <x:v>44786</x:v>
+        <x:v>44816</x:v>
       </x:c>
       <x:c r="B851" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E851" s="0">
-        <x:v>381.3</x:v>
+        <x:v>378.7</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:5">
       <x:c r="A852" s="1">
-        <x:v>44785</x:v>
+        <x:v>44815</x:v>
       </x:c>
       <x:c r="B852" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E852" s="0">
-        <x:v>387.4</x:v>
+        <x:v>378.7</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:5">
       <x:c r="A853" s="1">
-        <x:v>44784</x:v>
+        <x:v>44814</x:v>
       </x:c>
       <x:c r="B853" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E853" s="0">
-        <x:v>375.8</x:v>
+        <x:v>378.7</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:5">
       <x:c r="A854" s="1">
-        <x:v>44783</x:v>
+        <x:v>44813</x:v>
       </x:c>
       <x:c r="B854" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E854" s="0">
-        <x:v>369.4</x:v>
+        <x:v>378.7</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:5">
       <x:c r="A855" s="1">
-        <x:v>44782</x:v>
+        <x:v>44812</x:v>
       </x:c>
       <x:c r="B855" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E855" s="0">
-        <x:v>374.9</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:5">
       <x:c r="A856" s="1">
-        <x:v>44781</x:v>
+        <x:v>44811</x:v>
       </x:c>
       <x:c r="B856" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E856" s="0">
-        <x:v>385.7</x:v>
+        <x:v>371.3</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:5">
       <x:c r="A857" s="1">
-        <x:v>44780</x:v>
+        <x:v>44810</x:v>
       </x:c>
       <x:c r="B857" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E857" s="0">
-        <x:v>385.7</x:v>
+        <x:v>367.2</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:5">
       <x:c r="A858" s="1">
-        <x:v>44779</x:v>
+        <x:v>44809</x:v>
       </x:c>
       <x:c r="B858" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E858" s="0">
-        <x:v>385.7</x:v>
+        <x:v>369.5</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:5">
       <x:c r="A859" s="1">
-        <x:v>44778</x:v>
+        <x:v>44807</x:v>
       </x:c>
       <x:c r="B859" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E859" s="0">
-        <x:v>385.7</x:v>
+        <x:v>369.5</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:5">
       <x:c r="A860" s="1">
-        <x:v>44777</x:v>
+        <x:v>44806</x:v>
       </x:c>
       <x:c r="B860" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E860" s="0">
-        <x:v>383.8</x:v>
+        <x:v>361.4</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:5">
       <x:c r="A861" s="1">
-        <x:v>44776</x:v>
+        <x:v>44805</x:v>
       </x:c>
       <x:c r="B861" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E861" s="0">
-        <x:v>385.9</x:v>
+        <x:v>365.7</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:5">
       <x:c r="A862" s="1">
-        <x:v>44775</x:v>
+        <x:v>44804</x:v>
       </x:c>
       <x:c r="B862" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E862" s="0">
-        <x:v>390</x:v>
+        <x:v>368.1</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:5">
       <x:c r="A863" s="1">
-        <x:v>44774</x:v>
+        <x:v>44803</x:v>
       </x:c>
       <x:c r="B863" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E863" s="0">
-        <x:v>389.6</x:v>
+        <x:v>368.2</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:5">
       <x:c r="A864" s="1">
-        <x:v>44773</x:v>
+        <x:v>44802</x:v>
       </x:c>
       <x:c r="B864" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E864" s="0">
-        <x:v>389.6</x:v>
+        <x:v>378.4</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:5">
       <x:c r="A865" s="1">
-        <x:v>44771</x:v>
+        <x:v>44801</x:v>
       </x:c>
       <x:c r="B865" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E865" s="0">
-        <x:v>378.8</x:v>
+        <x:v>378.4</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:5">
       <x:c r="A866" s="1">
-        <x:v>44770</x:v>
+        <x:v>44800</x:v>
       </x:c>
       <x:c r="B866" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E866" s="0">
-        <x:v>366.9</x:v>
+        <x:v>378.4</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:5">
       <x:c r="A867" s="1">
-        <x:v>44769</x:v>
+        <x:v>44799</x:v>
       </x:c>
       <x:c r="B867" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E867" s="0">
-        <x:v>364.4</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:5">
       <x:c r="A868" s="1">
-        <x:v>44768</x:v>
+        <x:v>44798</x:v>
       </x:c>
       <x:c r="B868" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E868" s="0">
-        <x:v>359.6</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:5">
       <x:c r="A869" s="1">
-        <x:v>44767</x:v>
+        <x:v>44797</x:v>
       </x:c>
       <x:c r="B869" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E869" s="0">
-        <x:v>376.3</x:v>
+        <x:v>374.9</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:5">
       <x:c r="A870" s="1">
-        <x:v>44764</x:v>
+        <x:v>44796</x:v>
       </x:c>
       <x:c r="B870" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E870" s="0">
-        <x:v>368</x:v>
+        <x:v>382.5</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:5">
       <x:c r="A871" s="1">
-        <x:v>44763</x:v>
+        <x:v>44795</x:v>
       </x:c>
       <x:c r="B871" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E871" s="0">
-        <x:v>339.9</x:v>
+        <x:v>391.8</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:5">
       <x:c r="A872" s="1">
-        <x:v>44762</x:v>
+        <x:v>44794</x:v>
       </x:c>
       <x:c r="B872" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E872" s="0">
-        <x:v>327.4</x:v>
+        <x:v>391.8</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:5">
       <x:c r="A873" s="1">
-        <x:v>44761</x:v>
+        <x:v>44792</x:v>
       </x:c>
       <x:c r="B873" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E873" s="0">
-        <x:v>327.4</x:v>
+        <x:v>398.4</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:5">
       <x:c r="A874" s="1">
-        <x:v>44760</x:v>
+        <x:v>44791</x:v>
       </x:c>
       <x:c r="B874" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E874" s="0">
-        <x:v>342.8</x:v>
+        <x:v>398.4</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:5">
       <x:c r="A875" s="1">
-        <x:v>44759</x:v>
+        <x:v>44790</x:v>
       </x:c>
       <x:c r="B875" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E875" s="0">
-        <x:v>342.8</x:v>
+        <x:v>386.1</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:5">
       <x:c r="A876" s="1">
-        <x:v>44758</x:v>
+        <x:v>44789</x:v>
       </x:c>
       <x:c r="B876" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E876" s="0">
-        <x:v>342.8</x:v>
+        <x:v>386.1</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:5">
       <x:c r="A877" s="1">
-        <x:v>44757</x:v>
+        <x:v>44788</x:v>
       </x:c>
       <x:c r="B877" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E877" s="0">
-        <x:v>332.8</x:v>
+        <x:v>381.3</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:5">
       <x:c r="A878" s="1">
-        <x:v>44756</x:v>
+        <x:v>44787</x:v>
       </x:c>
       <x:c r="B878" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E878" s="0">
-        <x:v>336.1</x:v>
+        <x:v>381.3</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:5">
       <x:c r="A879" s="1">
-        <x:v>44755</x:v>
+        <x:v>44786</x:v>
       </x:c>
       <x:c r="B879" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E879" s="0">
-        <x:v>339.8</x:v>
+        <x:v>381.3</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:5">
       <x:c r="A880" s="1">
-        <x:v>44754</x:v>
+        <x:v>44785</x:v>
       </x:c>
       <x:c r="B880" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E880" s="0">
-        <x:v>343.3</x:v>
+        <x:v>387.4</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:5">
       <x:c r="A881" s="1">
-        <x:v>44753</x:v>
+        <x:v>44784</x:v>
       </x:c>
       <x:c r="B881" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E881" s="0">
-        <x:v>336.1</x:v>
+        <x:v>375.8</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:5">
       <x:c r="A882" s="1">
-        <x:v>44752</x:v>
+        <x:v>44783</x:v>
       </x:c>
       <x:c r="B882" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E882" s="0">
-        <x:v>336.1</x:v>
+        <x:v>369.4</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:5">
       <x:c r="A883" s="1">
-        <x:v>44751</x:v>
+        <x:v>44782</x:v>
       </x:c>
       <x:c r="B883" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E883" s="0">
-        <x:v>336.1</x:v>
+        <x:v>374.9</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:5">
       <x:c r="A884" s="1">
-        <x:v>44750</x:v>
+        <x:v>44781</x:v>
       </x:c>
       <x:c r="B884" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E884" s="0">
-        <x:v>325.8</x:v>
+        <x:v>385.7</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:5">
       <x:c r="A885" s="1">
-        <x:v>44746</x:v>
+        <x:v>44780</x:v>
       </x:c>
       <x:c r="B885" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E885" s="0">
-        <x:v>303.5</x:v>
+        <x:v>385.7</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:5">
       <x:c r="A886" s="1">
-        <x:v>44744</x:v>
+        <x:v>44779</x:v>
       </x:c>
       <x:c r="B886" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E886" s="0">
-        <x:v>303.5</x:v>
+        <x:v>385.7</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:5">
       <x:c r="A887" s="1">
-        <x:v>44742</x:v>
+        <x:v>44778</x:v>
       </x:c>
       <x:c r="B887" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E887" s="0">
-        <x:v>297.4</x:v>
+        <x:v>385.7</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:5">
       <x:c r="A888" s="1">
-        <x:v>44741</x:v>
+        <x:v>44777</x:v>
       </x:c>
       <x:c r="B888" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E888" s="0">
-        <x:v>303.5</x:v>
+        <x:v>383.8</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:5">
       <x:c r="A889" s="1">
-        <x:v>44739</x:v>
+        <x:v>44776</x:v>
       </x:c>
       <x:c r="B889" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E889" s="0">
-        <x:v>305.3</x:v>
+        <x:v>385.9</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:5">
       <x:c r="A890" s="1">
-        <x:v>44738</x:v>
+        <x:v>44775</x:v>
       </x:c>
       <x:c r="B890" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E890" s="0">
-        <x:v>305.3</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:5">
       <x:c r="A891" s="1">
-        <x:v>44737</x:v>
+        <x:v>44774</x:v>
       </x:c>
       <x:c r="B891" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E891" s="0">
-        <x:v>305.3</x:v>
+        <x:v>389.6</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:5">
       <x:c r="A892" s="1">
-        <x:v>44736</x:v>
+        <x:v>44773</x:v>
       </x:c>
       <x:c r="B892" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E892" s="0">
-        <x:v>285.1</x:v>
+        <x:v>389.6</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:5">
       <x:c r="A893" s="1">
-        <x:v>44735</x:v>
+        <x:v>44771</x:v>
       </x:c>
       <x:c r="B893" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E893" s="0">
-        <x:v>282.4</x:v>
+        <x:v>378.8</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:5">
       <x:c r="A894" s="1">
-        <x:v>44734</x:v>
+        <x:v>44770</x:v>
       </x:c>
       <x:c r="B894" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E894" s="0">
-        <x:v>276.7</x:v>
+        <x:v>366.9</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:5">
       <x:c r="A895" s="1">
-        <x:v>44733</x:v>
+        <x:v>44769</x:v>
       </x:c>
       <x:c r="B895" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E895" s="0">
-        <x:v>276.7</x:v>
+        <x:v>364.4</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:5">
       <x:c r="A896" s="1">
-        <x:v>44732</x:v>
+        <x:v>44768</x:v>
       </x:c>
       <x:c r="B896" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E896" s="0">
-        <x:v>288</x:v>
+        <x:v>359.6</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:5">
       <x:c r="A897" s="1">
-        <x:v>44731</x:v>
+        <x:v>44767</x:v>
       </x:c>
       <x:c r="B897" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E897" s="0">
-        <x:v>288</x:v>
+        <x:v>376.3</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:5">
       <x:c r="A898" s="1">
-        <x:v>44730</x:v>
+        <x:v>44764</x:v>
       </x:c>
       <x:c r="B898" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E898" s="0">
-        <x:v>288</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:5">
       <x:c r="A899" s="1">
-        <x:v>44729</x:v>
+        <x:v>44763</x:v>
       </x:c>
       <x:c r="B899" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E899" s="0">
-        <x:v>289.7</x:v>
+        <x:v>339.9</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:5">
       <x:c r="A900" s="1">
-        <x:v>44728</x:v>
+        <x:v>44762</x:v>
       </x:c>
       <x:c r="B900" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E900" s="0">
-        <x:v>301.3</x:v>
+        <x:v>327.4</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:5">
       <x:c r="A901" s="1">
-        <x:v>44727</x:v>
+        <x:v>44761</x:v>
       </x:c>
       <x:c r="B901" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E901" s="0">
-        <x:v>296.3</x:v>
+        <x:v>327.4</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:5">
       <x:c r="A902" s="1">
-        <x:v>44726</x:v>
+        <x:v>44760</x:v>
       </x:c>
       <x:c r="B902" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E902" s="0">
-        <x:v>303.7</x:v>
+        <x:v>342.8</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:5">
       <x:c r="A903" s="1">
-        <x:v>44725</x:v>
+        <x:v>44759</x:v>
       </x:c>
       <x:c r="B903" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E903" s="0">
-        <x:v>310.9</x:v>
+        <x:v>342.8</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:5">
       <x:c r="A904" s="1">
-        <x:v>44724</x:v>
+        <x:v>44758</x:v>
       </x:c>
       <x:c r="B904" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E904" s="0">
-        <x:v>310.9</x:v>
+        <x:v>342.8</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:5">
       <x:c r="A905" s="1">
-        <x:v>44723</x:v>
+        <x:v>44757</x:v>
       </x:c>
       <x:c r="B905" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E905" s="0">
-        <x:v>310.9</x:v>
+        <x:v>332.8</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:5">
       <x:c r="A906" s="1">
-        <x:v>44722</x:v>
+        <x:v>44756</x:v>
       </x:c>
       <x:c r="B906" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E906" s="0">
-        <x:v>320.2</x:v>
+        <x:v>336.1</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:5">
       <x:c r="A907" s="1">
-        <x:v>44721</x:v>
+        <x:v>44755</x:v>
       </x:c>
       <x:c r="B907" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E907" s="0">
-        <x:v>323.3</x:v>
+        <x:v>339.8</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:5">
       <x:c r="A908" s="1">
-        <x:v>44719</x:v>
+        <x:v>44754</x:v>
       </x:c>
       <x:c r="B908" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E908" s="0">
-        <x:v>320.7</x:v>
+        <x:v>343.3</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:5">
       <x:c r="A909" s="1">
-        <x:v>44718</x:v>
+        <x:v>44753</x:v>
       </x:c>
       <x:c r="B909" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E909" s="0">
-        <x:v>319.7</x:v>
+        <x:v>336.1</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:5">
       <x:c r="A910" s="1">
-        <x:v>44717</x:v>
+        <x:v>44752</x:v>
       </x:c>
       <x:c r="B910" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E910" s="0">
-        <x:v>319.7</x:v>
+        <x:v>336.1</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:5">
       <x:c r="A911" s="1">
-        <x:v>44716</x:v>
+        <x:v>44751</x:v>
       </x:c>
       <x:c r="B911" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E911" s="0">
-        <x:v>319.7</x:v>
+        <x:v>336.1</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:5">
       <x:c r="A912" s="1">
-        <x:v>44715</x:v>
+        <x:v>44750</x:v>
       </x:c>
       <x:c r="B912" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E912" s="0">
-        <x:v>321.2</x:v>
+        <x:v>325.8</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:5">
       <x:c r="A913" s="1">
-        <x:v>44714</x:v>
+        <x:v>44746</x:v>
       </x:c>
       <x:c r="B913" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E913" s="0">
-        <x:v>310.2</x:v>
+        <x:v>303.5</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:5">
       <x:c r="A914" s="1">
-        <x:v>44713</x:v>
+        <x:v>44744</x:v>
       </x:c>
       <x:c r="B914" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E914" s="0">
-        <x:v>321.1</x:v>
+        <x:v>303.5</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:5">
       <x:c r="A915" s="1">
-        <x:v>44712</x:v>
+        <x:v>44742</x:v>
       </x:c>
       <x:c r="B915" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E915" s="0">
-        <x:v>330.2</x:v>
+        <x:v>297.4</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:5">
       <x:c r="A916" s="1">
-        <x:v>44711</x:v>
+        <x:v>44741</x:v>
       </x:c>
       <x:c r="B916" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E916" s="0">
-        <x:v>321.5</x:v>
+        <x:v>303.5</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:5">
       <x:c r="A917" s="1">
-        <x:v>44710</x:v>
+        <x:v>44739</x:v>
       </x:c>
       <x:c r="B917" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E917" s="0">
-        <x:v>321.5</x:v>
+        <x:v>305.3</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:5">
       <x:c r="A918" s="1">
-        <x:v>44709</x:v>
+        <x:v>44738</x:v>
       </x:c>
       <x:c r="B918" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E918" s="0">
-        <x:v>321.5</x:v>
+        <x:v>305.3</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:5">
       <x:c r="A919" s="1">
-        <x:v>44708</x:v>
+        <x:v>44737</x:v>
       </x:c>
       <x:c r="B919" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E919" s="0">
-        <x:v>307.5</x:v>
+        <x:v>305.3</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:5">
       <x:c r="A920" s="1">
-        <x:v>44707</x:v>
+        <x:v>44736</x:v>
       </x:c>
       <x:c r="B920" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E920" s="0">
-        <x:v>307.6</x:v>
+        <x:v>285.1</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:5">
       <x:c r="A921" s="1">
-        <x:v>44706</x:v>
+        <x:v>44735</x:v>
       </x:c>
       <x:c r="B921" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E921" s="0">
-        <x:v>309.1</x:v>
+        <x:v>282.4</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:5">
       <x:c r="A922" s="1">
-        <x:v>44705</x:v>
+        <x:v>44734</x:v>
       </x:c>
       <x:c r="B922" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E922" s="0">
-        <x:v>311.3</x:v>
+        <x:v>276.7</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:5">
       <x:c r="A923" s="1">
-        <x:v>44704</x:v>
+        <x:v>44733</x:v>
       </x:c>
       <x:c r="B923" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E923" s="0">
-        <x:v>307.7</x:v>
+        <x:v>276.7</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:5">
       <x:c r="A924" s="1">
-        <x:v>44703</x:v>
+        <x:v>44732</x:v>
       </x:c>
       <x:c r="B924" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E924" s="0">
-        <x:v>307.7</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:5">
       <x:c r="A925" s="1">
-        <x:v>44702</x:v>
+        <x:v>44731</x:v>
       </x:c>
       <x:c r="B925" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E925" s="0">
-        <x:v>307.7</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:5">
       <x:c r="A926" s="1">
-        <x:v>44701</x:v>
+        <x:v>44730</x:v>
       </x:c>
       <x:c r="B926" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E926" s="0">
-        <x:v>302.3</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:5">
       <x:c r="A927" s="1">
-        <x:v>44700</x:v>
+        <x:v>44729</x:v>
       </x:c>
       <x:c r="B927" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E927" s="0">
-        <x:v>296.3</x:v>
+        <x:v>289.7</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:5">
       <x:c r="A928" s="1">
-        <x:v>44699</x:v>
+        <x:v>44728</x:v>
       </x:c>
       <x:c r="B928" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E928" s="0">
-        <x:v>303.3</x:v>
+        <x:v>301.3</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:5">
       <x:c r="A929" s="1">
-        <x:v>44698</x:v>
+        <x:v>44727</x:v>
       </x:c>
       <x:c r="B929" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E929" s="0">
-        <x:v>302.2</x:v>
+        <x:v>296.3</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:5">
       <x:c r="A930" s="1">
-        <x:v>44697</x:v>
+        <x:v>44726</x:v>
       </x:c>
       <x:c r="B930" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E930" s="0">
-        <x:v>282</x:v>
+        <x:v>303.7</x:v>
       </x:c>
     </x:row>
     <x:row r="931" spans="1:5">
       <x:c r="A931" s="1">
-        <x:v>44696</x:v>
+        <x:v>44725</x:v>
       </x:c>
       <x:c r="B931" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E931" s="0">
-        <x:v>282</x:v>
+        <x:v>310.9</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:5">
       <x:c r="A932" s="1">
-        <x:v>44695</x:v>
+        <x:v>44724</x:v>
       </x:c>
       <x:c r="B932" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E932" s="0">
-        <x:v>282</x:v>
+        <x:v>310.9</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:5">
       <x:c r="A933" s="1">
-        <x:v>44694</x:v>
+        <x:v>44723</x:v>
       </x:c>
       <x:c r="B933" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E933" s="0">
-        <x:v>282</x:v>
+        <x:v>310.9</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:5">
       <x:c r="A934" s="1">
-        <x:v>44693</x:v>
+        <x:v>44722</x:v>
       </x:c>
       <x:c r="B934" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E934" s="0">
-        <x:v>292.4</x:v>
+        <x:v>320.2</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:5">
       <x:c r="A935" s="1">
-        <x:v>44692</x:v>
+        <x:v>44721</x:v>
       </x:c>
       <x:c r="B935" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E935" s="0">
-        <x:v>287.7</x:v>
+        <x:v>323.3</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:5">
       <x:c r="A936" s="1">
-        <x:v>44690</x:v>
+        <x:v>44719</x:v>
       </x:c>
       <x:c r="B936" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E936" s="0">
-        <x:v>295.7</x:v>
+        <x:v>320.7</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:5">
       <x:c r="A937" s="1">
-        <x:v>44689</x:v>
+        <x:v>44718</x:v>
       </x:c>
       <x:c r="B937" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E937" s="0">
-        <x:v>295.7</x:v>
+        <x:v>319.7</x:v>
       </x:c>
     </x:row>
     <x:row r="938" spans="1:5">
       <x:c r="A938" s="1">
-        <x:v>44688</x:v>
+        <x:v>44717</x:v>
       </x:c>
       <x:c r="B938" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E938" s="0">
-        <x:v>295.7</x:v>
+        <x:v>319.7</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:5">
       <x:c r="A939" s="1">
-        <x:v>44687</x:v>
+        <x:v>44716</x:v>
       </x:c>
       <x:c r="B939" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E939" s="0">
-        <x:v>298.9</x:v>
+        <x:v>319.7</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:5">
       <x:c r="A940" s="1">
-        <x:v>44686</x:v>
+        <x:v>44715</x:v>
       </x:c>
       <x:c r="B940" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E940" s="0">
-        <x:v>299.6</x:v>
+        <x:v>321.2</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:5">
       <x:c r="A941" s="1">
-        <x:v>44685</x:v>
+        <x:v>44714</x:v>
       </x:c>
       <x:c r="B941" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E941" s="0">
-        <x:v>306.4</x:v>
+        <x:v>310.2</x:v>
       </x:c>
     </x:row>
     <x:row r="942" spans="1:5">
       <x:c r="A942" s="1">
-        <x:v>44684</x:v>
+        <x:v>44713</x:v>
       </x:c>
       <x:c r="B942" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E942" s="0">
-        <x:v>303</x:v>
+        <x:v>321.1</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:5">
       <x:c r="A943" s="1">
-        <x:v>44683</x:v>
+        <x:v>44712</x:v>
       </x:c>
       <x:c r="B943" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E943" s="0">
-        <x:v>312.9</x:v>
+        <x:v>330.2</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:5">
       <x:c r="A944" s="1">
-        <x:v>44682</x:v>
+        <x:v>44711</x:v>
       </x:c>
       <x:c r="B944" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E944" s="0">
-        <x:v>312.9</x:v>
+        <x:v>321.5</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:5">
       <x:c r="A945" s="1">
-        <x:v>44681</x:v>
+        <x:v>44710</x:v>
       </x:c>
       <x:c r="B945" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E945" s="0">
-        <x:v>312.9</x:v>
+        <x:v>321.5</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:5">
       <x:c r="A946" s="1">
-        <x:v>44680</x:v>
+        <x:v>44709</x:v>
       </x:c>
       <x:c r="B946" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E946" s="0">
-        <x:v>308.7</x:v>
+        <x:v>321.5</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:5">
       <x:c r="A947" s="1">
-        <x:v>44679</x:v>
+        <x:v>44708</x:v>
       </x:c>
       <x:c r="B947" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E947" s="0">
-        <x:v>298.2</x:v>
+        <x:v>307.5</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:5">
       <x:c r="A948" s="1">
-        <x:v>44678</x:v>
+        <x:v>44707</x:v>
       </x:c>
       <x:c r="B948" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E948" s="0">
-        <x:v>296.5</x:v>
+        <x:v>307.6</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:5">
       <x:c r="A949" s="1">
-        <x:v>44677</x:v>
+        <x:v>44706</x:v>
       </x:c>
       <x:c r="B949" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E949" s="0">
-        <x:v>310.1</x:v>
+        <x:v>309.1</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:5">
       <x:c r="A950" s="1">
-        <x:v>44676</x:v>
+        <x:v>44705</x:v>
       </x:c>
       <x:c r="B950" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E950" s="0">
-        <x:v>317.3</x:v>
+        <x:v>311.3</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:5">
       <x:c r="A951" s="1">
-        <x:v>44675</x:v>
+        <x:v>44704</x:v>
       </x:c>
       <x:c r="B951" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E951" s="0">
-        <x:v>317.3</x:v>
+        <x:v>307.7</x:v>
       </x:c>
     </x:row>
     <x:row r="952" spans="1:5">
       <x:c r="A952" s="1">
-        <x:v>44674</x:v>
+        <x:v>44703</x:v>
       </x:c>
       <x:c r="B952" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E952" s="0">
-        <x:v>317.3</x:v>
+        <x:v>307.7</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:5">
       <x:c r="A953" s="1">
-        <x:v>44673</x:v>
+        <x:v>44702</x:v>
       </x:c>
       <x:c r="B953" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E953" s="0">
-        <x:v>344.9</x:v>
+        <x:v>307.7</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:5">
       <x:c r="A954" s="1">
-        <x:v>44672</x:v>
+        <x:v>44701</x:v>
       </x:c>
       <x:c r="B954" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E954" s="0">
-        <x:v>342</x:v>
+        <x:v>302.3</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:5">
       <x:c r="A955" s="1">
-        <x:v>44671</x:v>
+        <x:v>44700</x:v>
       </x:c>
       <x:c r="B955" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E955" s="0">
-        <x:v>337.4</x:v>
+        <x:v>296.3</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:5">
       <x:c r="A956" s="1">
-        <x:v>44670</x:v>
+        <x:v>44699</x:v>
       </x:c>
       <x:c r="B956" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E956" s="0">
-        <x:v>341.7</x:v>
+        <x:v>303.3</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:5">
       <x:c r="A957" s="1">
-        <x:v>44669</x:v>
+        <x:v>44698</x:v>
       </x:c>
       <x:c r="B957" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E957" s="0">
-        <x:v>341.7</x:v>
+        <x:v>302.2</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:5">
       <x:c r="A958" s="1">
-        <x:v>44667</x:v>
+        <x:v>44697</x:v>
       </x:c>
       <x:c r="B958" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E958" s="0">
-        <x:v>341.7</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="959" spans="1:5">
       <x:c r="A959" s="1">
-        <x:v>44666</x:v>
+        <x:v>44696</x:v>
       </x:c>
       <x:c r="B959" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E959" s="0">
-        <x:v>341.7</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:5">
       <x:c r="A960" s="1">
-        <x:v>44665</x:v>
+        <x:v>44695</x:v>
       </x:c>
       <x:c r="B960" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E960" s="0">
-        <x:v>350</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:5">
       <x:c r="A961" s="1">
-        <x:v>44664</x:v>
+        <x:v>44694</x:v>
       </x:c>
       <x:c r="B961" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E961" s="0">
-        <x:v>354.6</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="962" spans="1:5">
       <x:c r="A962" s="1">
-        <x:v>44663</x:v>
+        <x:v>44693</x:v>
       </x:c>
       <x:c r="B962" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E962" s="0">
-        <x:v>359</x:v>
+        <x:v>292.4</x:v>
       </x:c>
     </x:row>
     <x:row r="963" spans="1:5">
       <x:c r="A963" s="1">
-        <x:v>44662</x:v>
+        <x:v>44692</x:v>
       </x:c>
       <x:c r="B963" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E963" s="0">
-        <x:v>373.7</x:v>
+        <x:v>287.7</x:v>
       </x:c>
     </x:row>
     <x:row r="964" spans="1:5">
       <x:c r="A964" s="1">
-        <x:v>44661</x:v>
+        <x:v>44690</x:v>
       </x:c>
       <x:c r="B964" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E964" s="0">
-        <x:v>373.7</x:v>
+        <x:v>295.7</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:5">
       <x:c r="A965" s="1">
-        <x:v>44660</x:v>
+        <x:v>44689</x:v>
       </x:c>
       <x:c r="B965" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E965" s="0">
-        <x:v>373.7</x:v>
+        <x:v>295.7</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:5">
       <x:c r="A966" s="1">
-        <x:v>44659</x:v>
+        <x:v>44688</x:v>
       </x:c>
       <x:c r="B966" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E966" s="0">
-        <x:v>393.5</x:v>
+        <x:v>295.7</x:v>
       </x:c>
     </x:row>
     <x:row r="967" spans="1:5">
       <x:c r="A967" s="1">
-        <x:v>44658</x:v>
+        <x:v>44687</x:v>
       </x:c>
       <x:c r="B967" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E967" s="0">
-        <x:v>390.3</x:v>
+        <x:v>298.9</x:v>
       </x:c>
     </x:row>
     <x:row r="968" spans="1:5">
       <x:c r="A968" s="1">
-        <x:v>44657</x:v>
+        <x:v>44686</x:v>
       </x:c>
       <x:c r="B968" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E968" s="0">
-        <x:v>395.8</x:v>
+        <x:v>299.6</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:5">
       <x:c r="A969" s="1">
-        <x:v>44656</x:v>
+        <x:v>44685</x:v>
       </x:c>
       <x:c r="B969" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E969" s="0">
-        <x:v>386.8</x:v>
+        <x:v>306.4</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:5">
       <x:c r="A970" s="1">
-        <x:v>44655</x:v>
+        <x:v>44684</x:v>
       </x:c>
       <x:c r="B970" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E970" s="0">
-        <x:v>380</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:5">
       <x:c r="A971" s="1">
-        <x:v>44654</x:v>
+        <x:v>44683</x:v>
       </x:c>
       <x:c r="B971" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E971" s="0">
-        <x:v>380</x:v>
+        <x:v>312.9</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:5">
       <x:c r="A972" s="1">
-        <x:v>44653</x:v>
+        <x:v>44682</x:v>
       </x:c>
       <x:c r="B972" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E972" s="0">
-        <x:v>380</x:v>
+        <x:v>312.9</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:5">
       <x:c r="A973" s="1">
-        <x:v>44652</x:v>
+        <x:v>44681</x:v>
       </x:c>
       <x:c r="B973" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E973" s="0">
-        <x:v>372.5</x:v>
+        <x:v>312.9</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:5">
       <x:c r="A974" s="1">
-        <x:v>44651</x:v>
+        <x:v>44680</x:v>
       </x:c>
       <x:c r="B974" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E974" s="0">
-        <x:v>380.7</x:v>
+        <x:v>308.7</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:5">
       <x:c r="A975" s="1">
-        <x:v>44650</x:v>
+        <x:v>44679</x:v>
       </x:c>
       <x:c r="B975" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E975" s="0">
-        <x:v>387.5</x:v>
+        <x:v>298.2</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:5">
       <x:c r="A976" s="1">
-        <x:v>44649</x:v>
+        <x:v>44678</x:v>
       </x:c>
       <x:c r="B976" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E976" s="0">
-        <x:v>365.6</x:v>
+        <x:v>296.5</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:5">
       <x:c r="A977" s="1">
-        <x:v>44648</x:v>
+        <x:v>44677</x:v>
       </x:c>
       <x:c r="B977" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E977" s="0">
-        <x:v>358.8</x:v>
+        <x:v>310.1</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:5">
       <x:c r="A978" s="1">
-        <x:v>44647</x:v>
+        <x:v>44676</x:v>
       </x:c>
       <x:c r="B978" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E978" s="0">
-        <x:v>358.8</x:v>
+        <x:v>317.3</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:5">
       <x:c r="A979" s="1">
-        <x:v>44646</x:v>
+        <x:v>44675</x:v>
       </x:c>
       <x:c r="B979" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E979" s="0">
-        <x:v>358.8</x:v>
+        <x:v>317.3</x:v>
       </x:c>
     </x:row>
     <x:row r="980" spans="1:5">
       <x:c r="A980" s="1">
-        <x:v>44645</x:v>
+        <x:v>44674</x:v>
       </x:c>
       <x:c r="B980" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E980" s="0">
-        <x:v>358.7</x:v>
+        <x:v>317.3</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:5">
       <x:c r="A981" s="1">
-        <x:v>44644</x:v>
+        <x:v>44673</x:v>
       </x:c>
       <x:c r="B981" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E981" s="0">
-        <x:v>362</x:v>
+        <x:v>344.9</x:v>
       </x:c>
     </x:row>
     <x:row r="982" spans="1:5">
       <x:c r="A982" s="1">
-        <x:v>44643</x:v>
+        <x:v>44672</x:v>
       </x:c>
       <x:c r="B982" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E982" s="0">
-        <x:v>362</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="983" spans="1:5">
       <x:c r="A983" s="1">
-        <x:v>44642</x:v>
+        <x:v>44671</x:v>
       </x:c>
       <x:c r="B983" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E983" s="0">
-        <x:v>362.7</x:v>
+        <x:v>337.4</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:5">
       <x:c r="A984" s="1">
-        <x:v>44641</x:v>
+        <x:v>44670</x:v>
       </x:c>
       <x:c r="B984" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E984" s="0">
-        <x:v>366.6</x:v>
+        <x:v>341.7</x:v>
       </x:c>
     </x:row>
     <x:row r="985" spans="1:5">
       <x:c r="A985" s="1">
-        <x:v>44640</x:v>
+        <x:v>44669</x:v>
       </x:c>
       <x:c r="B985" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E985" s="0">
-        <x:v>366.6</x:v>
+        <x:v>341.7</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:5">
       <x:c r="A986" s="1">
-        <x:v>44639</x:v>
+        <x:v>44667</x:v>
       </x:c>
       <x:c r="B986" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E986" s="0">
-        <x:v>366.6</x:v>
+        <x:v>341.7</x:v>
       </x:c>
     </x:row>
     <x:row r="987" spans="1:5">
       <x:c r="A987" s="1">
-        <x:v>44638</x:v>
+        <x:v>44666</x:v>
       </x:c>
       <x:c r="B987" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E987" s="0">
-        <x:v>354.7</x:v>
+        <x:v>341.7</x:v>
       </x:c>
     </x:row>
     <x:row r="988" spans="1:5">
       <x:c r="A988" s="1">
-        <x:v>44637</x:v>
+        <x:v>44665</x:v>
       </x:c>
       <x:c r="B988" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E988" s="0">
-        <x:v>351.2</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:5">
       <x:c r="A989" s="1">
-        <x:v>44636</x:v>
+        <x:v>44664</x:v>
       </x:c>
       <x:c r="B989" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E989" s="0">
-        <x:v>328.5</x:v>
+        <x:v>354.6</x:v>
       </x:c>
     </x:row>
     <x:row r="990" spans="1:5">
       <x:c r="A990" s="1">
-        <x:v>44635</x:v>
+        <x:v>44663</x:v>
       </x:c>
       <x:c r="B990" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E990" s="0">
-        <x:v>326.8</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="991" spans="1:5">
       <x:c r="A991" s="1">
-        <x:v>44634</x:v>
+        <x:v>44662</x:v>
       </x:c>
       <x:c r="B991" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E991" s="0">
-        <x:v>321.9</x:v>
+        <x:v>373.7</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:5">
       <x:c r="A992" s="1">
-        <x:v>44633</x:v>
+        <x:v>44661</x:v>
       </x:c>
       <x:c r="B992" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E992" s="0">
-        <x:v>321.9</x:v>
+        <x:v>373.7</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:5">
       <x:c r="A993" s="1">
-        <x:v>44632</x:v>
+        <x:v>44660</x:v>
       </x:c>
       <x:c r="B993" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E993" s="0">
-        <x:v>321.9</x:v>
+        <x:v>373.7</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:5">
       <x:c r="A994" s="1">
-        <x:v>44631</x:v>
+        <x:v>44659</x:v>
       </x:c>
       <x:c r="B994" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E994" s="0">
-        <x:v>316</x:v>
+        <x:v>393.5</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:5">
       <x:c r="A995" s="1">
-        <x:v>44630</x:v>
+        <x:v>44658</x:v>
       </x:c>
       <x:c r="B995" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E995" s="0">
-        <x:v>319.4</x:v>
+        <x:v>390.3</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:5">
       <x:c r="A996" s="1">
-        <x:v>44629</x:v>
+        <x:v>44657</x:v>
       </x:c>
       <x:c r="B996" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E996" s="0">
-        <x:v>295.5</x:v>
+        <x:v>395.8</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:5">
       <x:c r="A997" s="1">
-        <x:v>44628</x:v>
+        <x:v>44656</x:v>
       </x:c>
       <x:c r="B997" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E997" s="0">
-        <x:v>312.8</x:v>
+        <x:v>386.8</x:v>
       </x:c>
     </x:row>
     <x:row r="998" spans="1:5">
       <x:c r="A998" s="1">
-        <x:v>44627</x:v>
+        <x:v>44655</x:v>
       </x:c>
       <x:c r="B998" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E998" s="0">
-        <x:v>315</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:5">
       <x:c r="A999" s="1">
-        <x:v>44626</x:v>
+        <x:v>44654</x:v>
       </x:c>
       <x:c r="B999" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E999" s="0">
-        <x:v>315</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="1000" spans="1:5">
       <x:c r="A1000" s="1">
-        <x:v>44625</x:v>
+        <x:v>44653</x:v>
       </x:c>
       <x:c r="B1000" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1000" s="0">
-        <x:v>315</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="1001" spans="1:5">
       <x:c r="A1001" s="1">
-        <x:v>44624</x:v>
+        <x:v>44652</x:v>
       </x:c>
       <x:c r="B1001" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1001" s="0">
-        <x:v>330.3</x:v>
+        <x:v>372.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:5">
       <x:c r="A1002" s="1">
-        <x:v>44623</x:v>
+        <x:v>44651</x:v>
       </x:c>
       <x:c r="B1002" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1002" s="0">
-        <x:v>341.6</x:v>
+        <x:v>380.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:5">
       <x:c r="A1003" s="1">
-        <x:v>44622</x:v>
+        <x:v>44650</x:v>
       </x:c>
       <x:c r="B1003" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1003" s="0">
-        <x:v>344.6</x:v>
+        <x:v>387.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:5">
       <x:c r="A1004" s="1">
-        <x:v>44621</x:v>
+        <x:v>44649</x:v>
       </x:c>
       <x:c r="B1004" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1004" s="0">
-        <x:v>343.4</x:v>
+        <x:v>365.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:5">
       <x:c r="A1005" s="1">
-        <x:v>44620</x:v>
+        <x:v>44648</x:v>
       </x:c>
       <x:c r="B1005" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1005" s="0">
-        <x:v>340</x:v>
+        <x:v>358.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1006" spans="1:5">
       <x:c r="A1006" s="1">
-        <x:v>44619</x:v>
+        <x:v>44647</x:v>
       </x:c>
       <x:c r="B1006" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1006" s="0">
-        <x:v>340</x:v>
+        <x:v>358.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:5">
       <x:c r="A1007" s="1">
-        <x:v>44618</x:v>
+        <x:v>44646</x:v>
       </x:c>
       <x:c r="B1007" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1007" s="0">
-        <x:v>340</x:v>
+        <x:v>358.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:5">
       <x:c r="A1008" s="1">
-        <x:v>44617</x:v>
+        <x:v>44645</x:v>
       </x:c>
       <x:c r="B1008" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1008" s="0">
-        <x:v>334</x:v>
+        <x:v>358.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1009" spans="1:5">
       <x:c r="A1009" s="1">
-        <x:v>44616</x:v>
+        <x:v>44644</x:v>
       </x:c>
       <x:c r="B1009" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1009" s="0">
-        <x:v>332.6</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="1010" spans="1:5">
       <x:c r="A1010" s="1">
-        <x:v>44615</x:v>
+        <x:v>44643</x:v>
       </x:c>
       <x:c r="B1010" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1010" s="0">
-        <x:v>336.8</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="1011" spans="1:5">
       <x:c r="A1011" s="1">
-        <x:v>44614</x:v>
+        <x:v>44642</x:v>
       </x:c>
       <x:c r="B1011" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1011" s="0">
-        <x:v>330.3</x:v>
+        <x:v>362.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1012" spans="1:5">
       <x:c r="A1012" s="1">
-        <x:v>44613</x:v>
+        <x:v>44641</x:v>
       </x:c>
       <x:c r="B1012" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1012" s="0">
-        <x:v>331</x:v>
+        <x:v>366.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1013" spans="1:5">
       <x:c r="A1013" s="1">
-        <x:v>44612</x:v>
+        <x:v>44640</x:v>
       </x:c>
       <x:c r="B1013" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1013" s="0">
-        <x:v>331</x:v>
+        <x:v>366.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1014" spans="1:5">
       <x:c r="A1014" s="1">
-        <x:v>44611</x:v>
+        <x:v>44639</x:v>
       </x:c>
       <x:c r="B1014" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1014" s="0">
-        <x:v>331</x:v>
+        <x:v>366.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1015" spans="1:5">
       <x:c r="A1015" s="1">
-        <x:v>44610</x:v>
+        <x:v>44638</x:v>
       </x:c>
       <x:c r="B1015" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1015" s="0">
-        <x:v>353</x:v>
+        <x:v>354.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1016" spans="1:5">
       <x:c r="A1016" s="1">
-        <x:v>44609</x:v>
+        <x:v>44637</x:v>
       </x:c>
       <x:c r="B1016" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1016" s="0">
-        <x:v>356.2</x:v>
+        <x:v>351.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1017" spans="1:5">
       <x:c r="A1017" s="1">
-        <x:v>44608</x:v>
+        <x:v>44636</x:v>
       </x:c>
       <x:c r="B1017" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1017" s="0">
-        <x:v>363.5</x:v>
+        <x:v>328.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1018" spans="1:5">
       <x:c r="A1018" s="1">
-        <x:v>44607</x:v>
+        <x:v>44635</x:v>
       </x:c>
       <x:c r="B1018" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1018" s="0">
-        <x:v>352.4</x:v>
+        <x:v>326.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1019" spans="1:5">
       <x:c r="A1019" s="1">
-        <x:v>44606</x:v>
+        <x:v>44634</x:v>
       </x:c>
       <x:c r="B1019" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1019" s="0">
-        <x:v>362</x:v>
+        <x:v>321.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1020" spans="1:5">
       <x:c r="A1020" s="1">
-        <x:v>44605</x:v>
+        <x:v>44633</x:v>
       </x:c>
       <x:c r="B1020" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1020" s="0">
-        <x:v>362</x:v>
+        <x:v>321.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1021" spans="1:5">
       <x:c r="A1021" s="1">
-        <x:v>44604</x:v>
+        <x:v>44632</x:v>
       </x:c>
       <x:c r="B1021" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1021" s="0">
-        <x:v>362</x:v>
+        <x:v>321.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1022" spans="1:5">
       <x:c r="A1022" s="1">
-        <x:v>44603</x:v>
+        <x:v>44631</x:v>
       </x:c>
       <x:c r="B1022" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1022" s="0">
-        <x:v>371.5</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="1023" spans="1:5">
       <x:c r="A1023" s="1">
-        <x:v>44602</x:v>
+        <x:v>44630</x:v>
       </x:c>
       <x:c r="B1023" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1023" s="0">
-        <x:v>380.3</x:v>
+        <x:v>319.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1024" spans="1:5">
       <x:c r="A1024" s="1">
-        <x:v>44601</x:v>
+        <x:v>44629</x:v>
       </x:c>
       <x:c r="B1024" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1024" s="0">
-        <x:v>361.6</x:v>
+        <x:v>295.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1025" spans="1:5">
       <x:c r="A1025" s="1">
-        <x:v>44600</x:v>
+        <x:v>44628</x:v>
       </x:c>
       <x:c r="B1025" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1025" s="0">
-        <x:v>393.5</x:v>
+        <x:v>312.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1026" spans="1:5">
       <x:c r="A1026" s="1">
-        <x:v>44599</x:v>
+        <x:v>44627</x:v>
       </x:c>
       <x:c r="B1026" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1026" s="0">
-        <x:v>390.9</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="1027" spans="1:5">
       <x:c r="A1027" s="1">
-        <x:v>44598</x:v>
+        <x:v>44626</x:v>
       </x:c>
       <x:c r="B1027" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1027" s="0">
-        <x:v>390.9</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="1028" spans="1:5">
       <x:c r="A1028" s="1">
-        <x:v>44596</x:v>
+        <x:v>44625</x:v>
       </x:c>
       <x:c r="B1028" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1028" s="0">
-        <x:v>385.8</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="1029" spans="1:5">
       <x:c r="A1029" s="1">
-        <x:v>44595</x:v>
+        <x:v>44624</x:v>
       </x:c>
       <x:c r="B1029" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1029" s="0">
-        <x:v>392.9</x:v>
+        <x:v>330.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1030" spans="1:5">
       <x:c r="A1030" s="1">
-        <x:v>44594</x:v>
+        <x:v>44623</x:v>
       </x:c>
       <x:c r="B1030" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1030" s="0">
-        <x:v>388.6</x:v>
+        <x:v>341.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1031" spans="1:5">
       <x:c r="A1031" s="1">
-        <x:v>44593</x:v>
+        <x:v>44622</x:v>
       </x:c>
       <x:c r="B1031" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1031" s="0">
-        <x:v>387.1</x:v>
+        <x:v>344.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1032" spans="1:5">
       <x:c r="A1032" s="1">
-        <x:v>44592</x:v>
+        <x:v>44621</x:v>
       </x:c>
       <x:c r="B1032" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1032" s="0">
-        <x:v>380</x:v>
+        <x:v>343.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1033" spans="1:5">
       <x:c r="A1033" s="1">
-        <x:v>44591</x:v>
+        <x:v>44620</x:v>
       </x:c>
       <x:c r="B1033" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1033" s="0">
-        <x:v>380</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="1034" spans="1:5">
       <x:c r="A1034" s="1">
-        <x:v>44590</x:v>
+        <x:v>44619</x:v>
       </x:c>
       <x:c r="B1034" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1034" s="0">
-        <x:v>380</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="1035" spans="1:5">
       <x:c r="A1035" s="1">
-        <x:v>44589</x:v>
+        <x:v>44618</x:v>
       </x:c>
       <x:c r="B1035" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1035" s="0">
-        <x:v>366.3</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="1036" spans="1:5">
       <x:c r="A1036" s="1">
-        <x:v>44588</x:v>
+        <x:v>44617</x:v>
       </x:c>
       <x:c r="B1036" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1036" s="0">
-        <x:v>369</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="1037" spans="1:5">
       <x:c r="A1037" s="1">
-        <x:v>44587</x:v>
+        <x:v>44616</x:v>
       </x:c>
       <x:c r="B1037" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1037" s="0">
-        <x:v>360</x:v>
+        <x:v>332.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1038" spans="1:5">
       <x:c r="A1038" s="1">
-        <x:v>44586</x:v>
+        <x:v>44615</x:v>
       </x:c>
       <x:c r="B1038" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1038" s="0">
-        <x:v>368.8</x:v>
+        <x:v>336.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1039" spans="1:5">
       <x:c r="A1039" s="1">
-        <x:v>44585</x:v>
+        <x:v>44614</x:v>
       </x:c>
       <x:c r="B1039" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1039" s="0">
-        <x:v>377</x:v>
+        <x:v>330.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:5">
       <x:c r="A1040" s="1">
-        <x:v>44584</x:v>
+        <x:v>44613</x:v>
       </x:c>
       <x:c r="B1040" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1040" s="0">
-        <x:v>377</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="1041" spans="1:5">
       <x:c r="A1041" s="1">
-        <x:v>44582</x:v>
+        <x:v>44612</x:v>
       </x:c>
       <x:c r="B1041" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1041" s="0">
-        <x:v>383.5</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:5">
       <x:c r="A1042" s="1">
-        <x:v>44581</x:v>
+        <x:v>44611</x:v>
       </x:c>
       <x:c r="B1042" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1042" s="0">
-        <x:v>374.3</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:5">
       <x:c r="A1043" s="1">
-        <x:v>44580</x:v>
+        <x:v>44610</x:v>
       </x:c>
       <x:c r="B1043" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1043" s="0">
-        <x:v>364.1</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="1044" spans="1:5">
       <x:c r="A1044" s="1">
-        <x:v>44579</x:v>
+        <x:v>44609</x:v>
       </x:c>
       <x:c r="B1044" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1044" s="0">
-        <x:v>376.5</x:v>
+        <x:v>356.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1045" spans="1:5">
       <x:c r="A1045" s="1">
-        <x:v>44578</x:v>
+        <x:v>44608</x:v>
       </x:c>
       <x:c r="B1045" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1045" s="0">
-        <x:v>367</x:v>
+        <x:v>363.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1046" spans="1:5">
       <x:c r="A1046" s="1">
-        <x:v>44577</x:v>
+        <x:v>44607</x:v>
       </x:c>
       <x:c r="B1046" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1046" s="0">
-        <x:v>367</x:v>
+        <x:v>352.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1047" spans="1:5">
       <x:c r="A1047" s="1">
-        <x:v>44576</x:v>
+        <x:v>44606</x:v>
       </x:c>
       <x:c r="B1047" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1047" s="0">
-        <x:v>367</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="1048" spans="1:5">
       <x:c r="A1048" s="1">
-        <x:v>44575</x:v>
+        <x:v>44605</x:v>
       </x:c>
       <x:c r="B1048" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1048" s="0">
-        <x:v>386.9</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:5">
       <x:c r="A1049" s="1">
-        <x:v>44574</x:v>
+        <x:v>44604</x:v>
       </x:c>
       <x:c r="B1049" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1049" s="0">
-        <x:v>413.1</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:5">
       <x:c r="A1050" s="1">
-        <x:v>44573</x:v>
+        <x:v>44603</x:v>
       </x:c>
       <x:c r="B1050" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1050" s="0">
-        <x:v>408.3</x:v>
+        <x:v>371.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1051" spans="1:5">
       <x:c r="A1051" s="1">
+        <x:v>44602</x:v>
+      </x:c>
+      <x:c r="B1051" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1051" s="0">
+        <x:v>380.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1052" spans="1:5">
+      <x:c r="A1052" s="1">
+        <x:v>44601</x:v>
+      </x:c>
+      <x:c r="B1052" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1052" s="0">
+        <x:v>361.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1053" spans="1:5">
+      <x:c r="A1053" s="1">
+        <x:v>44600</x:v>
+      </x:c>
+      <x:c r="B1053" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1053" s="0">
+        <x:v>393.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1054" spans="1:5">
+      <x:c r="A1054" s="1">
+        <x:v>44599</x:v>
+      </x:c>
+      <x:c r="B1054" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1054" s="0">
+        <x:v>390.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1055" spans="1:5">
+      <x:c r="A1055" s="1">
+        <x:v>44598</x:v>
+      </x:c>
+      <x:c r="B1055" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1055" s="0">
+        <x:v>390.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1056" spans="1:5">
+      <x:c r="A1056" s="1">
+        <x:v>44596</x:v>
+      </x:c>
+      <x:c r="B1056" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1056" s="0">
+        <x:v>385.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1057" spans="1:5">
+      <x:c r="A1057" s="1">
+        <x:v>44595</x:v>
+      </x:c>
+      <x:c r="B1057" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1057" s="0">
+        <x:v>392.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1058" spans="1:5">
+      <x:c r="A1058" s="1">
+        <x:v>44594</x:v>
+      </x:c>
+      <x:c r="B1058" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1058" s="0">
+        <x:v>388.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1059" spans="1:5">
+      <x:c r="A1059" s="1">
+        <x:v>44593</x:v>
+      </x:c>
+      <x:c r="B1059" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1059" s="0">
+        <x:v>387.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1060" spans="1:5">
+      <x:c r="A1060" s="1">
+        <x:v>44592</x:v>
+      </x:c>
+      <x:c r="B1060" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1060" s="0">
+        <x:v>380</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1061" spans="1:5">
+      <x:c r="A1061" s="1">
+        <x:v>44591</x:v>
+      </x:c>
+      <x:c r="B1061" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1061" s="0">
+        <x:v>380</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1062" spans="1:5">
+      <x:c r="A1062" s="1">
+        <x:v>44590</x:v>
+      </x:c>
+      <x:c r="B1062" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1062" s="0">
+        <x:v>380</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1063" spans="1:5">
+      <x:c r="A1063" s="1">
+        <x:v>44589</x:v>
+      </x:c>
+      <x:c r="B1063" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1063" s="0">
+        <x:v>366.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1064" spans="1:5">
+      <x:c r="A1064" s="1">
+        <x:v>44588</x:v>
+      </x:c>
+      <x:c r="B1064" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1064" s="0">
+        <x:v>369</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1065" spans="1:5">
+      <x:c r="A1065" s="1">
+        <x:v>44587</x:v>
+      </x:c>
+      <x:c r="B1065" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1065" s="0">
+        <x:v>360</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1066" spans="1:5">
+      <x:c r="A1066" s="1">
+        <x:v>44586</x:v>
+      </x:c>
+      <x:c r="B1066" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1066" s="0">
+        <x:v>368.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1067" spans="1:5">
+      <x:c r="A1067" s="1">
+        <x:v>44585</x:v>
+      </x:c>
+      <x:c r="B1067" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1067" s="0">
+        <x:v>377</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1068" spans="1:5">
+      <x:c r="A1068" s="1">
+        <x:v>44584</x:v>
+      </x:c>
+      <x:c r="B1068" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1068" s="0">
+        <x:v>377</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1069" spans="1:5">
+      <x:c r="A1069" s="1">
+        <x:v>44582</x:v>
+      </x:c>
+      <x:c r="B1069" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1069" s="0">
+        <x:v>383.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1070" spans="1:5">
+      <x:c r="A1070" s="1">
+        <x:v>44581</x:v>
+      </x:c>
+      <x:c r="B1070" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1070" s="0">
+        <x:v>374.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1071" spans="1:5">
+      <x:c r="A1071" s="1">
+        <x:v>44580</x:v>
+      </x:c>
+      <x:c r="B1071" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1071" s="0">
+        <x:v>364.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1072" spans="1:5">
+      <x:c r="A1072" s="1">
+        <x:v>44579</x:v>
+      </x:c>
+      <x:c r="B1072" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1072" s="0">
+        <x:v>376.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1073" spans="1:5">
+      <x:c r="A1073" s="1">
+        <x:v>44578</x:v>
+      </x:c>
+      <x:c r="B1073" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1073" s="0">
+        <x:v>367</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1074" spans="1:5">
+      <x:c r="A1074" s="1">
+        <x:v>44577</x:v>
+      </x:c>
+      <x:c r="B1074" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1074" s="0">
+        <x:v>367</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1075" spans="1:5">
+      <x:c r="A1075" s="1">
+        <x:v>44576</x:v>
+      </x:c>
+      <x:c r="B1075" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1075" s="0">
+        <x:v>367</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1076" spans="1:5">
+      <x:c r="A1076" s="1">
+        <x:v>44575</x:v>
+      </x:c>
+      <x:c r="B1076" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1076" s="0">
+        <x:v>386.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1077" spans="1:5">
+      <x:c r="A1077" s="1">
+        <x:v>44574</x:v>
+      </x:c>
+      <x:c r="B1077" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1077" s="0">
+        <x:v>413.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1078" spans="1:5">
+      <x:c r="A1078" s="1">
+        <x:v>44573</x:v>
+      </x:c>
+      <x:c r="B1078" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1078" s="0">
+        <x:v>408.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1079" spans="1:5">
+      <x:c r="A1079" s="1">
         <x:v>44572</x:v>
       </x:c>
-      <x:c r="B1051" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="E1051" s="0">
+      <x:c r="B1079" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1079" s="0">
         <x:v>394.4</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>