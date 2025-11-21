--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6bec04ea34845a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ce0b3a259a76409380cc4c91441d967e.psmdcp" Id="R02a3f6f531294477" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R658039b23fb1415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1887bb05355546f0a7812a2d2f48658e.psmdcp" Id="R681da676888c4d00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP02ZED0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,16763 +390,17086 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E1079"/>
+  <x:dimension ref="A1:E1098"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45961.8178587963</x:v>
+        <x:v>45981.7416087963</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>145.04</x:v>
+        <x:v>130.34</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>207.2</x:v>
+        <x:v>186.2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45961.7663078704</x:v>
+        <x:v>45980.7414351852</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>145.04</x:v>
+        <x:v>129.5</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>207.2</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45961.7596296296</x:v>
+        <x:v>45979.7620949074</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>145.04</x:v>
+        <x:v>130.585</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>207.2</x:v>
+        <x:v>186.55</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45961.7416435185</x:v>
+        <x:v>45979.7413425926</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>145.04</x:v>
+        <x:v>130.585</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>207.2</x:v>
+        <x:v>186.55</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45960.7713657407</x:v>
+        <x:v>45978.7625578704</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>144.76</x:v>
+        <x:v>133.035</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>206.8</x:v>
+        <x:v>190.05</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45960.7414583333</x:v>
+        <x:v>45975.7665740741</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>144.76</x:v>
+        <x:v>134.96</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>206.8</x:v>
+        <x:v>192.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45959.763599537</x:v>
+        <x:v>45975.7415625</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>146.23</x:v>
+        <x:v>134.96</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>208.9</x:v>
+        <x:v>192.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45959.741724537</x:v>
+        <x:v>45974.7421527778</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>146.23</x:v>
+        <x:v>135.415</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>208.9</x:v>
+        <x:v>193.45</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45958.741412037</x:v>
+        <x:v>45973.7618287037</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>146.37</x:v>
+        <x:v>135.8</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>209.1</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45957.7416435185</x:v>
+        <x:v>45973.7424652778</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>147.14</x:v>
+        <x:v>135.8</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>210.2</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45954.7428819444</x:v>
+        <x:v>45972.7415856481</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>148.12</x:v>
+        <x:v>134.82</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>211.6</x:v>
+        <x:v>192.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45953.774849537</x:v>
+        <x:v>45968.7599652778</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>148.05</x:v>
+        <x:v>131.915</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>211.5</x:v>
+        <x:v>188.45</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45953.7428703704</x:v>
+        <x:v>45968.7419907407</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>148.05</x:v>
+        <x:v>131.915</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>211.5</x:v>
+        <x:v>188.45</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45952.760787037</x:v>
+        <x:v>45967.7415509259</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>148.54</x:v>
+        <x:v>133.28</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>212.2</x:v>
+        <x:v>190.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45952.7425115741</x:v>
+        <x:v>45966.7603935185</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>148.54</x:v>
+        <x:v>135.695</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>212.2</x:v>
+        <x:v>193.85</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45951.7420949074</x:v>
+        <x:v>45966.7414814815</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>147.91</x:v>
+        <x:v>135.695</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>211.3</x:v>
+        <x:v>193.85</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45950.8196759259</x:v>
+        <x:v>45965.7581597222</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>145.18</x:v>
+        <x:v>140.28</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>207.4</x:v>
+        <x:v>200.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45947.7632291667</x:v>
+        <x:v>45965.7416782407</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>141.82</x:v>
+        <x:v>140.28</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>202.6</x:v>
+        <x:v>200.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45946.7603009259</x:v>
+        <x:v>45964.7418171296</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>142.73</x:v>
+        <x:v>140.28</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>203.9</x:v>
+        <x:v>200.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45946.7415393519</x:v>
+        <x:v>45961.8178587963</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>142.73</x:v>
+        <x:v>145.04</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>203.9</x:v>
+        <x:v>207.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45945.768900463</x:v>
+        <x:v>45961.7663078704</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>130.165</x:v>
+        <x:v>145.04</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>185.95</x:v>
+        <x:v>207.2</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45944.769375</x:v>
+        <x:v>45961.7596296296</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>127.995</x:v>
+        <x:v>145.04</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>182.85</x:v>
+        <x:v>207.2</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45944.7417708333</x:v>
+        <x:v>45961.7416435185</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>127.995</x:v>
+        <x:v>145.04</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>182.85</x:v>
+        <x:v>207.2</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45943.7465509259</x:v>
+        <x:v>45960.7713657407</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>130.97</x:v>
+        <x:v>144.76</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>187.1</x:v>
+        <x:v>206.8</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45940.7627662037</x:v>
+        <x:v>45960.7414583333</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>131.32</x:v>
+        <x:v>144.76</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>187.6</x:v>
+        <x:v>206.8</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45940.7458912037</x:v>
+        <x:v>45959.763599537</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>131.32</x:v>
+        <x:v>146.23</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>187.6</x:v>
+        <x:v>208.9</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45939.7571527778</x:v>
+        <x:v>45959.741724537</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>134.05</x:v>
+        <x:v>146.23</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>191.5</x:v>
+        <x:v>208.9</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45939.744212963</x:v>
+        <x:v>45958.741412037</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>134.05</x:v>
+        <x:v>146.37</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>191.5</x:v>
+        <x:v>209.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45938.7624652778</x:v>
+        <x:v>45957.7416435185</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>135.1</x:v>
+        <x:v>147.14</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>193</x:v>
+        <x:v>210.2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45938.741099537</x:v>
+        <x:v>45954.7428819444</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>135.1</x:v>
+        <x:v>148.12</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>193</x:v>
+        <x:v>211.6</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45937.7621875</x:v>
+        <x:v>45953.774849537</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>137.9</x:v>
+        <x:v>148.05</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>197</x:v>
+        <x:v>211.5</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45937.7408564815</x:v>
+        <x:v>45953.7428703704</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>137.9</x:v>
+        <x:v>148.05</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>197</x:v>
+        <x:v>211.5</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45936.7575231481</x:v>
+        <x:v>45952.760787037</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>138.845</x:v>
+        <x:v>148.54</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>198.35</x:v>
+        <x:v>212.2</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45936.7406365741</x:v>
+        <x:v>45952.7425115741</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>138.845</x:v>
+        <x:v>148.54</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>198.35</x:v>
+        <x:v>212.2</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45933.7560416667</x:v>
+        <x:v>45951.7420949074</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>139.02</x:v>
+        <x:v>147.91</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>198.6</x:v>
+        <x:v>211.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45933.7405324074</x:v>
+        <x:v>45950.8196759259</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>139.02</x:v>
+        <x:v>145.18</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>198.6</x:v>
+        <x:v>207.4</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45932.7410648148</x:v>
+        <x:v>45947.7632291667</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>133.105</x:v>
+        <x:v>141.82</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>190.15</x:v>
+        <x:v>202.6</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45931.7405092593</x:v>
+        <x:v>45946.7603009259</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>130.13</x:v>
+        <x:v>142.73</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>185.9</x:v>
+        <x:v>203.9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45930.7402430556</x:v>
+        <x:v>45946.7415393519</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>120.435</x:v>
+        <x:v>142.73</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>172.05</x:v>
+        <x:v>203.9</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45929.7405902778</x:v>
+        <x:v>45945.768900463</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>119.735</x:v>
+        <x:v>130.165</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>171.05</x:v>
+        <x:v>185.95</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45926.7405902778</x:v>
+        <x:v>45944.769375</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>120.085</x:v>
+        <x:v>127.995</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>171.55</x:v>
+        <x:v>182.85</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45925.7404513889</x:v>
+        <x:v>45944.7417708333</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>122.15</x:v>
+        <x:v>127.995</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>174.5</x:v>
+        <x:v>182.85</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45924.7580439815</x:v>
+        <x:v>45943.7465509259</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>126.91</x:v>
+        <x:v>130.97</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>181.3</x:v>
+        <x:v>187.1</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45923.7566087963</x:v>
+        <x:v>45940.7627662037</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>131.04</x:v>
+        <x:v>131.32</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>187.2</x:v>
+        <x:v>187.6</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45923.7480902778</x:v>
+        <x:v>45940.7458912037</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>131.04</x:v>
+        <x:v>131.32</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>187.2</x:v>
+        <x:v>187.6</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45922.7577199074</x:v>
+        <x:v>45939.7571527778</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>129.395</x:v>
+        <x:v>134.05</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>184.85</x:v>
+        <x:v>191.5</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45922.7480902778</x:v>
+        <x:v>45939.744212963</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>129.395</x:v>
+        <x:v>134.05</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>184.85</x:v>
+        <x:v>191.5</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45919.7476967593</x:v>
+        <x:v>45938.7624652778</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>130.2</x:v>
+        <x:v>135.1</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>186</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45918.7597800926</x:v>
+        <x:v>45938.741099537</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>129.36</x:v>
+        <x:v>135.1</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>184.8</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45918.7477314815</x:v>
+        <x:v>45937.7621875</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>129.36</x:v>
+        <x:v>137.9</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>184.8</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45917.7474537037</x:v>
+        <x:v>45937.7408564815</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>124.215</x:v>
+        <x:v>137.9</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>177.45</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45916.7474074074</x:v>
+        <x:v>45936.7575231481</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>122.71</x:v>
+        <x:v>138.845</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>175.3</x:v>
+        <x:v>198.35</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45915.7474768519</x:v>
+        <x:v>45936.7406365741</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>121.695</x:v>
+        <x:v>138.845</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>173.85</x:v>
+        <x:v>198.35</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45912.7594675926</x:v>
+        <x:v>45933.7560416667</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>118.755</x:v>
+        <x:v>139.02</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>169.65</x:v>
+        <x:v>198.6</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45912.7478472222</x:v>
+        <x:v>45933.7405324074</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>118.755</x:v>
+        <x:v>139.02</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>169.65</x:v>
+        <x:v>198.6</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45911.7587384259</x:v>
+        <x:v>45932.7410648148</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>118.475</x:v>
+        <x:v>133.105</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>169.25</x:v>
+        <x:v>190.15</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45911.7477662037</x:v>
+        <x:v>45931.7405092593</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>118.475</x:v>
+        <x:v>130.13</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>169.25</x:v>
+        <x:v>185.9</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45910.7475347222</x:v>
+        <x:v>45930.7402430556</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>122.29</x:v>
+        <x:v>120.435</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>174.7</x:v>
+        <x:v>172.05</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45909.7477199074</x:v>
+        <x:v>45929.7405902778</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>122.71</x:v>
+        <x:v>119.735</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>175.3</x:v>
+        <x:v>171.05</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45908.7485416667</x:v>
+        <x:v>45926.7405902778</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>121.905</x:v>
+        <x:v>120.085</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>174.15</x:v>
+        <x:v>171.55</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45905.7752893519</x:v>
+        <x:v>45925.7404513889</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>121.625</x:v>
+        <x:v>122.15</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>173.75</x:v>
+        <x:v>174.5</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45905.7480902778</x:v>
+        <x:v>45924.7580439815</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>121.625</x:v>
+        <x:v>126.91</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>173.75</x:v>
+        <x:v>181.3</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45904.7480092593</x:v>
+        <x:v>45923.7566087963</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>119.665</x:v>
+        <x:v>131.04</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>170.95</x:v>
+        <x:v>187.2</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45903.7601041667</x:v>
+        <x:v>45923.7480902778</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>121.975</x:v>
+        <x:v>131.04</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>174.25</x:v>
+        <x:v>187.2</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45903.7473842593</x:v>
+        <x:v>45922.7577199074</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>121.975</x:v>
+        <x:v>129.395</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>174.25</x:v>
+        <x:v>184.85</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45902.7617824074</x:v>
+        <x:v>45922.7480902778</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>120.785</x:v>
+        <x:v>129.395</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>172.55</x:v>
+        <x:v>184.85</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45902.7473842593</x:v>
+        <x:v>45919.7476967593</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>120.785</x:v>
+        <x:v>130.2</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>172.55</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45901.7594212963</x:v>
+        <x:v>45918.7597800926</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>124.53</x:v>
+        <x:v>129.36</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>177.9</x:v>
+        <x:v>184.8</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45901.7474305556</x:v>
+        <x:v>45918.7477314815</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>124.53</x:v>
+        <x:v>129.36</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>177.9</x:v>
+        <x:v>184.8</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45898.7479861111</x:v>
+        <x:v>45917.7474537037</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>122.43</x:v>
+        <x:v>124.215</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>174.9</x:v>
+        <x:v>177.45</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45897.7576851852</x:v>
+        <x:v>45916.7474074074</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>122.325</x:v>
+        <x:v>122.71</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>174.75</x:v>
+        <x:v>175.3</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45897.7475925926</x:v>
+        <x:v>45915.7474768519</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>122.325</x:v>
+        <x:v>121.695</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>174.75</x:v>
+        <x:v>173.85</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45896.7598726852</x:v>
+        <x:v>45912.7594675926</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>122.15</x:v>
+        <x:v>118.755</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>174.5</x:v>
+        <x:v>169.65</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45895.7575347222</x:v>
+        <x:v>45912.7478472222</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>122.675</x:v>
+        <x:v>118.755</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>175.25</x:v>
+        <x:v>169.65</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45895.7478703704</x:v>
+        <x:v>45911.7587384259</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>122.675</x:v>
+        <x:v>118.475</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>175.25</x:v>
+        <x:v>169.25</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45894.7569675926</x:v>
+        <x:v>45911.7477662037</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>122.395</x:v>
+        <x:v>118.475</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>174.85</x:v>
+        <x:v>169.25</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45894.7474421296</x:v>
+        <x:v>45910.7475347222</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>122.395</x:v>
+        <x:v>122.29</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>174.85</x:v>
+        <x:v>174.7</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45891.7477893519</x:v>
+        <x:v>45909.7477199074</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>124.495</x:v>
+        <x:v>122.71</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>177.85</x:v>
+        <x:v>175.3</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45890.7565972222</x:v>
+        <x:v>45908.7485416667</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>123.41</x:v>
+        <x:v>121.905</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>176.3</x:v>
+        <x:v>174.15</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45890.7477199074</x:v>
+        <x:v>45905.7752893519</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>123.41</x:v>
+        <x:v>121.625</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>176.3</x:v>
+        <x:v>173.75</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45889.7593402778</x:v>
+        <x:v>45905.7480902778</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>125.58</x:v>
+        <x:v>121.625</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>179.4</x:v>
+        <x:v>173.75</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45888.7478472222</x:v>
+        <x:v>45904.7480092593</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>125.51</x:v>
+        <x:v>119.665</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>179.3</x:v>
+        <x:v>170.95</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45887.7583101852</x:v>
+        <x:v>45903.7601041667</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>124.25</x:v>
+        <x:v>121.975</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>177.5</x:v>
+        <x:v>174.25</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45887.7476736111</x:v>
+        <x:v>45903.7473842593</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>124.25</x:v>
+        <x:v>121.975</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>177.5</x:v>
+        <x:v>174.25</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45884.7578240741</x:v>
+        <x:v>45902.7617824074</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>124.18</x:v>
+        <x:v>120.785</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>177.4</x:v>
+        <x:v>172.55</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45884.7474768519</x:v>
+        <x:v>45902.7473842593</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>124.18</x:v>
+        <x:v>120.785</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>177.4</x:v>
+        <x:v>172.55</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45883.7578125</x:v>
+        <x:v>45901.7594212963</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>123.9</x:v>
+        <x:v>124.53</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>177</x:v>
+        <x:v>177.9</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45883.7478935185</x:v>
+        <x:v>45901.7474305556</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>123.9</x:v>
+        <x:v>124.53</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>177</x:v>
+        <x:v>177.9</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45882.7607986111</x:v>
+        <x:v>45898.7479861111</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>123.2</x:v>
+        <x:v>122.43</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>176</x:v>
+        <x:v>174.9</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45882.7479861111</x:v>
+        <x:v>45897.7576851852</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>123.2</x:v>
+        <x:v>122.325</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>176</x:v>
+        <x:v>174.75</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45881.7571990741</x:v>
+        <x:v>45897.7475925926</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>123.97</x:v>
+        <x:v>122.325</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>177.1</x:v>
+        <x:v>174.75</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45881.7473958333</x:v>
+        <x:v>45896.7598726852</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>124.25</x:v>
+        <x:v>122.15</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>177.5</x:v>
+        <x:v>174.5</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45880.7587152778</x:v>
+        <x:v>45895.7575347222</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>118.51</x:v>
+        <x:v>122.675</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>169.3</x:v>
+        <x:v>175.25</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45880.7478240741</x:v>
+        <x:v>45895.7478703704</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>118.51</x:v>
+        <x:v>122.675</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>169.3</x:v>
+        <x:v>175.25</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45877.7474537037</x:v>
+        <x:v>45894.7569675926</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>116.795</x:v>
+        <x:v>122.395</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>166.85</x:v>
+        <x:v>174.85</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45876.747962963</x:v>
+        <x:v>45894.7474421296</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>117.32</x:v>
+        <x:v>122.395</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>167.6</x:v>
+        <x:v>174.85</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45875.7593981481</x:v>
+        <x:v>45891.7477893519</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>115.885</x:v>
+        <x:v>124.495</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>165.55</x:v>
+        <x:v>177.85</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45875.7478356482</x:v>
+        <x:v>45890.7565972222</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>115.885</x:v>
+        <x:v>123.41</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>165.55</x:v>
+        <x:v>176.3</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45874.7580787037</x:v>
+        <x:v>45890.7477199074</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>118.93</x:v>
+        <x:v>123.41</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>169.9</x:v>
+        <x:v>176.3</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45873.7608680556</x:v>
+        <x:v>45889.7593402778</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>119</x:v>
+        <x:v>125.58</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>170</x:v>
+        <x:v>179.4</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45873.7479398148</x:v>
+        <x:v>45888.7478472222</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>119</x:v>
+        <x:v>125.51</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>170</x:v>
+        <x:v>179.3</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45870.7602199074</x:v>
+        <x:v>45887.7583101852</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>120.155</x:v>
+        <x:v>124.25</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>171.65</x:v>
+        <x:v>177.5</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45870.7474768519</x:v>
+        <x:v>45887.7476736111</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>120.155</x:v>
+        <x:v>124.25</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>171.65</x:v>
+        <x:v>177.5</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45869.7477777778</x:v>
+        <x:v>45884.7578240741</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>123.2</x:v>
+        <x:v>124.18</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>176</x:v>
+        <x:v>177.4</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45868.7573032407</x:v>
+        <x:v>45884.7474768519</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>124.53</x:v>
+        <x:v>124.18</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>177.9</x:v>
+        <x:v>177.4</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45868.7478935185</x:v>
+        <x:v>45883.7578125</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>124.53</x:v>
+        <x:v>123.9</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>177.9</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45867.7584259259</x:v>
+        <x:v>45883.7478935185</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>125.685</x:v>
+        <x:v>123.9</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>179.55</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45867.7473726852</x:v>
+        <x:v>45882.7607986111</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>125.685</x:v>
+        <x:v>123.2</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>179.55</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45866.758275463</x:v>
+        <x:v>45882.7479861111</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>123.13</x:v>
+        <x:v>123.2</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>175.9</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45866.747962963</x:v>
+        <x:v>45881.7571990741</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>123.13</x:v>
+        <x:v>123.97</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>175.9</x:v>
+        <x:v>177.1</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45863.7567939815</x:v>
+        <x:v>45881.7473958333</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>122.5</x:v>
+        <x:v>124.25</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>175</x:v>
+        <x:v>177.5</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45862.7627430556</x:v>
+        <x:v>45880.7587152778</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>122.675</x:v>
+        <x:v>118.51</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>175.25</x:v>
+        <x:v>169.3</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45862.7478356482</x:v>
+        <x:v>45880.7478240741</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>122.675</x:v>
+        <x:v>118.51</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>175.25</x:v>
+        <x:v>169.3</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45861.7586921296</x:v>
+        <x:v>45877.7474537037</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>120.995</x:v>
+        <x:v>116.795</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>172.85</x:v>
+        <x:v>166.85</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45861.7478935185</x:v>
+        <x:v>45876.747962963</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>120.995</x:v>
+        <x:v>117.32</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>172.85</x:v>
+        <x:v>167.6</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45860.7479976852</x:v>
+        <x:v>45875.7593981481</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>122.5</x:v>
+        <x:v>115.885</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>175</x:v>
+        <x:v>165.55</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45859.7478009259</x:v>
+        <x:v>45875.7478356482</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>133.315</x:v>
+        <x:v>115.885</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>190.45</x:v>
+        <x:v>165.55</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45856.7473726852</x:v>
+        <x:v>45874.7580787037</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>133.245</x:v>
+        <x:v>118.93</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>190.35</x:v>
+        <x:v>169.9</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45855.7569444444</x:v>
+        <x:v>45873.7608680556</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>135.03</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>192.9</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45854.9360185185</x:v>
+        <x:v>45873.7479398148</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>136.045</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>194.35</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45854.7691782407</x:v>
+        <x:v>45870.7602199074</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>136.045</x:v>
+        <x:v>120.155</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>194.35</x:v>
+        <x:v>171.65</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45853.7615625</x:v>
+        <x:v>45870.7474768519</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>137.55</x:v>
+        <x:v>120.155</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>196.5</x:v>
+        <x:v>171.65</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45852.7625462963</x:v>
+        <x:v>45869.7477777778</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>137.305</x:v>
+        <x:v>123.2</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>196.15</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45849.7864467593</x:v>
+        <x:v>45868.7573032407</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>142.59</x:v>
+        <x:v>124.53</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>203.7</x:v>
+        <x:v>177.9</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45848.7618055556</x:v>
+        <x:v>45868.7478935185</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>143.99</x:v>
+        <x:v>124.53</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>205.7</x:v>
+        <x:v>177.9</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45847.7591435185</x:v>
+        <x:v>45867.7584259259</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>140.28</x:v>
+        <x:v>125.685</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>200.4</x:v>
+        <x:v>179.55</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45846.7607523148</x:v>
+        <x:v>45867.7473726852</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>140.98</x:v>
+        <x:v>125.685</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>201.4</x:v>
+        <x:v>179.55</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45845.7574421296</x:v>
+        <x:v>45866.758275463</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>140.14</x:v>
+        <x:v>123.13</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>200.2</x:v>
+        <x:v>175.9</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45842.7613657407</x:v>
+        <x:v>45866.747962963</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>142.73</x:v>
+        <x:v>123.13</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>203.9</x:v>
+        <x:v>175.9</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45841.7610763889</x:v>
+        <x:v>45863.7567939815</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>142.8</x:v>
+        <x:v>122.5</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>204</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45840.9304282407</x:v>
+        <x:v>45862.7627430556</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>143.57</x:v>
+        <x:v>122.675</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>205.1</x:v>
+        <x:v>175.25</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45839.7591550926</x:v>
+        <x:v>45862.7478356482</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>142.45</x:v>
+        <x:v>122.675</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>203.5</x:v>
+        <x:v>175.25</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45838.7567824074</x:v>
+        <x:v>45861.7586921296</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>141.96</x:v>
+        <x:v>120.995</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>202.8</x:v>
+        <x:v>172.85</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45835.7579861111</x:v>
+        <x:v>45861.7478935185</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>143.22</x:v>
+        <x:v>120.995</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>204.6</x:v>
+        <x:v>172.85</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45834.7579166667</x:v>
+        <x:v>45860.7479976852</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>142.66</x:v>
+        <x:v>122.5</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>203.8</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45833.7638078704</x:v>
+        <x:v>45859.7478009259</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>139.09</x:v>
+        <x:v>133.315</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>198.7</x:v>
+        <x:v>190.45</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45832.757974537</x:v>
+        <x:v>45856.7473726852</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>139.51</x:v>
+        <x:v>133.245</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>199.3</x:v>
+        <x:v>190.35</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45831.759837963</x:v>
+        <x:v>45855.7569444444</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>136.395</x:v>
+        <x:v>135.03</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>194.85</x:v>
+        <x:v>192.9</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45828.7626041667</x:v>
+        <x:v>45854.9360185185</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>140.84</x:v>
+        <x:v>136.045</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>201.2</x:v>
+        <x:v>194.35</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45827.7613657407</x:v>
+        <x:v>45854.7691782407</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>141.68</x:v>
+        <x:v>136.045</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>202.4</x:v>
+        <x:v>194.35</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45826.7621759259</x:v>
+        <x:v>45853.7615625</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>137.935</x:v>
+        <x:v>137.55</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>197.05</x:v>
+        <x:v>196.5</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45825.7634259259</x:v>
+        <x:v>45852.7625462963</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>138.46</x:v>
+        <x:v>137.305</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>197.8</x:v>
+        <x:v>196.15</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45824.7587962963</x:v>
+        <x:v>45849.7864467593</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>143.08</x:v>
+        <x:v>142.59</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>204.4</x:v>
+        <x:v>203.7</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45821.7600694444</x:v>
+        <x:v>45848.7618055556</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>139.335</x:v>
+        <x:v>143.99</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>199.05</x:v>
+        <x:v>205.7</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45820.7827662037</x:v>
+        <x:v>45847.7591435185</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>142.1</x:v>
+        <x:v>140.28</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>203</x:v>
+        <x:v>200.4</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45819.7603819444</x:v>
+        <x:v>45846.7607523148</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>141.54</x:v>
+        <x:v>140.98</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>202.2</x:v>
+        <x:v>201.4</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45818.7603240741</x:v>
+        <x:v>45845.7574421296</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>139.16</x:v>
+        <x:v>140.14</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>198.8</x:v>
+        <x:v>200.2</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45817.7587268519</x:v>
+        <x:v>45842.7613657407</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>135.87</x:v>
+        <x:v>142.73</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>194.1</x:v>
+        <x:v>203.9</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45814.7597453704</x:v>
+        <x:v>45841.7610763889</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>135.555</x:v>
+        <x:v>142.8</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>193.65</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45813.7588194444</x:v>
+        <x:v>45840.9304282407</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>135.695</x:v>
+        <x:v>143.57</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>193.85</x:v>
+        <x:v>205.1</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45812.7669791667</x:v>
+        <x:v>45839.7591550926</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>135.59</x:v>
+        <x:v>142.45</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>193.7</x:v>
+        <x:v>203.5</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45811.9361805556</x:v>
+        <x:v>45838.7567824074</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>132.72</x:v>
+        <x:v>141.96</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>189.6</x:v>
+        <x:v>202.8</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45811.7585763889</x:v>
+        <x:v>45835.7579861111</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>132.72</x:v>
+        <x:v>143.22</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>189.6</x:v>
+        <x:v>204.6</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45810.9414583333</x:v>
+        <x:v>45834.7579166667</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>132.65</x:v>
+        <x:v>142.66</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>189.5</x:v>
+        <x:v>203.8</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45810.7576388889</x:v>
+        <x:v>45833.7638078704</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>132.65</x:v>
+        <x:v>139.09</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>189.5</x:v>
+        <x:v>198.7</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45803.758912037</x:v>
+        <x:v>45832.757974537</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>135.555</x:v>
+        <x:v>139.51</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>193.65</x:v>
+        <x:v>199.3</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45800.759525463</x:v>
+        <x:v>45831.759837963</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>133.525</x:v>
+        <x:v>136.395</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>190.75</x:v>
+        <x:v>194.85</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45799.7595138889</x:v>
+        <x:v>45828.7626041667</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>136.92</x:v>
+        <x:v>140.84</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>195.6</x:v>
+        <x:v>201.2</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45798.764212963</x:v>
+        <x:v>45827.7613657407</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>138.775</x:v>
+        <x:v>141.68</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>198.25</x:v>
+        <x:v>202.4</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45797.7621759259</x:v>
+        <x:v>45826.7621759259</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>140</x:v>
+        <x:v>137.935</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>200</x:v>
+        <x:v>197.05</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45796.7617013889</x:v>
+        <x:v>45825.7634259259</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>141.05</x:v>
+        <x:v>138.46</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>201.5</x:v>
+        <x:v>197.8</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45793.7569675926</x:v>
+        <x:v>45824.7587962963</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>140.28</x:v>
+        <x:v>143.08</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>200.4</x:v>
+        <x:v>204.4</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45792.7607638889</x:v>
+        <x:v>45821.7600694444</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>138.705</x:v>
+        <x:v>139.335</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>198.15</x:v>
+        <x:v>199.05</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45791.7641666667</x:v>
+        <x:v>45820.7827662037</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>141.68</x:v>
+        <x:v>142.1</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>202.4</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45790.7569560185</x:v>
+        <x:v>45819.7603819444</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>142.8</x:v>
+        <x:v>141.54</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>204</x:v>
+        <x:v>202.2</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45789.7604166667</x:v>
+        <x:v>45818.7603240741</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>142.17</x:v>
+        <x:v>139.16</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>203.1</x:v>
+        <x:v>198.8</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45786.7590277778</x:v>
+        <x:v>45817.7587268519</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>141.75</x:v>
+        <x:v>135.87</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>202.5</x:v>
+        <x:v>194.1</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45785.757662037</x:v>
+        <x:v>45814.7597453704</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>142.17</x:v>
+        <x:v>135.555</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>203.1</x:v>
+        <x:v>193.65</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45784.7685300926</x:v>
+        <x:v>45813.7588194444</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>142.1</x:v>
+        <x:v>135.695</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>203</x:v>
+        <x:v>193.85</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45783.7611458333</x:v>
+        <x:v>45812.7669791667</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>148.4</x:v>
+        <x:v>135.59</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>212</x:v>
+        <x:v>193.7</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45782.7990856481</x:v>
+        <x:v>45811.9361805556</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>149.24</x:v>
+        <x:v>132.72</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>213.2</x:v>
+        <x:v>189.6</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45782.7613310185</x:v>
+        <x:v>45811.7585763889</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>149.24</x:v>
+        <x:v>132.72</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>213.2</x:v>
+        <x:v>189.6</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45779.7593402778</x:v>
+        <x:v>45810.9414583333</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>148.05</x:v>
+        <x:v>132.65</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>211.5</x:v>
+        <x:v>189.5</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45777.7615046296</x:v>
+        <x:v>45810.7576388889</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>144.34</x:v>
+        <x:v>132.65</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>206.2</x:v>
+        <x:v>189.5</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45776.7598726852</x:v>
+        <x:v>45803.758912037</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>143.5</x:v>
+        <x:v>135.555</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>205</x:v>
+        <x:v>193.65</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45775.760162037</x:v>
+        <x:v>45800.759525463</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>140.42</x:v>
+        <x:v>133.525</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>200.6</x:v>
+        <x:v>190.75</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45772.7647106481</x:v>
+        <x:v>45799.7595138889</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>140.84</x:v>
+        <x:v>136.92</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>201.2</x:v>
+        <x:v>195.6</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45771.7646180556</x:v>
+        <x:v>45798.764212963</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>140.91</x:v>
+        <x:v>138.775</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>201.3</x:v>
+        <x:v>198.25</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45770.7699421296</x:v>
+        <x:v>45797.7621759259</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>140.91</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>201.3</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45769.7600925926</x:v>
+        <x:v>45796.7617013889</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>136.15</x:v>
+        <x:v>141.05</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>194.5</x:v>
+        <x:v>201.5</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45764.7627546296</x:v>
+        <x:v>45793.7569675926</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>131.005</x:v>
+        <x:v>140.28</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>187.15</x:v>
+        <x:v>200.4</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45763.7624189815</x:v>
+        <x:v>45792.7607638889</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>133.945</x:v>
+        <x:v>138.705</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>191.35</x:v>
+        <x:v>198.15</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45762.7597800926</x:v>
+        <x:v>45791.7641666667</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>121.03</x:v>
+        <x:v>141.68</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>172.9</x:v>
+        <x:v>202.4</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45761.7605787037</x:v>
+        <x:v>45790.7569560185</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>119</x:v>
+        <x:v>142.8</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>170</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45758.7870138889</x:v>
+        <x:v>45789.7604166667</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>113.855</x:v>
+        <x:v>142.17</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>162.65</x:v>
+        <x:v>203.1</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45757.76875</x:v>
+        <x:v>45786.7590277778</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>109.865</x:v>
+        <x:v>141.75</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>156.95</x:v>
+        <x:v>202.5</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45756.7571990741</x:v>
+        <x:v>45785.757662037</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>108.92</x:v>
+        <x:v>142.17</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>155.6</x:v>
+        <x:v>203.1</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45755.7790625</x:v>
+        <x:v>45784.7685300926</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>114.835</x:v>
+        <x:v>142.1</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>164.05</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45754.7628356482</x:v>
+        <x:v>45783.7611458333</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>107.03</x:v>
+        <x:v>148.4</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>152.9</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45751.759212963</x:v>
+        <x:v>45782.7990856481</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>115.15</x:v>
+        <x:v>149.24</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>164.5</x:v>
+        <x:v>213.2</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45750.763599537</x:v>
+        <x:v>45782.7613310185</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>120.995</x:v>
+        <x:v>149.24</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>172.85</x:v>
+        <x:v>213.2</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45749.7615162037</x:v>
+        <x:v>45779.7593402778</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>126.218</x:v>
+        <x:v>148.05</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>181.15</x:v>
+        <x:v>211.5</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45749.3305787037</x:v>
+        <x:v>45777.7615046296</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>127.268</x:v>
+        <x:v>144.34</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>182.65</x:v>
+        <x:v>206.2</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45748.7585416667</x:v>
+        <x:v>45776.7598726852</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>127.855</x:v>
+        <x:v>143.5</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>182.65</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45747.7615856481</x:v>
+        <x:v>45775.760162037</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>127.645</x:v>
+        <x:v>140.42</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>182.35</x:v>
+        <x:v>200.6</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45744.7643518519</x:v>
+        <x:v>45772.7647106481</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>129.955</x:v>
+        <x:v>140.84</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>185.65</x:v>
+        <x:v>201.2</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45743.7674421296</x:v>
+        <x:v>45771.7646180556</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>129.5</x:v>
+        <x:v>140.91</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>185</x:v>
+        <x:v>201.3</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45742.7590046296</x:v>
+        <x:v>45770.7699421296</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>129.045</x:v>
+        <x:v>140.91</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>184.35</x:v>
+        <x:v>201.3</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45741.7595833333</x:v>
+        <x:v>45769.7600925926</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>135.17</x:v>
+        <x:v>136.15</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>193.1</x:v>
+        <x:v>194.5</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45740.7636689815</x:v>
+        <x:v>45764.7627546296</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>136.43</x:v>
+        <x:v>131.005</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>194.9</x:v>
+        <x:v>187.15</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45737.7594328704</x:v>
+        <x:v>45763.7624189815</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>136.36</x:v>
+        <x:v>133.945</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>194.8</x:v>
+        <x:v>191.35</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45736.7631944444</x:v>
+        <x:v>45762.7597800926</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>137.025</x:v>
+        <x:v>121.03</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>195.75</x:v>
+        <x:v>172.9</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45735.758275463</x:v>
+        <x:v>45761.7605787037</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>138.81</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>198.3</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45734.7603240741</x:v>
+        <x:v>45758.7870138889</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>140.98</x:v>
+        <x:v>113.855</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>201.4</x:v>
+        <x:v>162.65</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45733.7571527778</x:v>
+        <x:v>45757.76875</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>140.14</x:v>
+        <x:v>109.865</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>200.2</x:v>
+        <x:v>156.95</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45730.7613194444</x:v>
+        <x:v>45756.7571990741</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>135.625</x:v>
+        <x:v>108.92</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>195.65</x:v>
+        <x:v>155.6</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45729.7592476852</x:v>
+        <x:v>45755.7790625</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>135.625</x:v>
+        <x:v>114.835</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>0</x:v>
+        <x:v>164.05</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45728.7584953704</x:v>
+        <x:v>45754.7628356482</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>136.36</x:v>
+        <x:v>107.03</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>0</x:v>
+        <x:v>152.9</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45727.7600925926</x:v>
+        <x:v>45751.759212963</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>130.2</x:v>
+        <x:v>115.15</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>186</x:v>
+        <x:v>164.5</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45726.7683912037</x:v>
+        <x:v>45750.763599537</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>135.17</x:v>
+        <x:v>120.995</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>193.1</x:v>
+        <x:v>172.85</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45723.7597453704</x:v>
+        <x:v>45749.7615162037</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>137.935</x:v>
+        <x:v>126.218</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>197.05</x:v>
+        <x:v>181.15</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45722.7590856481</x:v>
+        <x:v>45749.3305787037</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>136.15</x:v>
+        <x:v>127.268</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>194.5</x:v>
+        <x:v>182.65</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45721.7633217593</x:v>
+        <x:v>45748.7585416667</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>132.895</x:v>
+        <x:v>127.855</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>189.85</x:v>
+        <x:v>182.65</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45720.7599652778</x:v>
+        <x:v>45747.7615856481</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>137.97</x:v>
+        <x:v>127.645</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>197.1</x:v>
+        <x:v>182.35</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45719.7600694444</x:v>
+        <x:v>45744.7643518519</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>139.3</x:v>
+        <x:v>129.955</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>199</x:v>
+        <x:v>185.65</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45716.7600810185</x:v>
+        <x:v>45743.7674421296</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>139.055</x:v>
+        <x:v>129.5</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>198.65</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45715.7570138889</x:v>
+        <x:v>45742.7590046296</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>142.66</x:v>
+        <x:v>129.045</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>203.8</x:v>
+        <x:v>184.35</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45714.7742361111</x:v>
+        <x:v>45741.7595833333</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>140.49</x:v>
+        <x:v>135.17</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>200.7</x:v>
+        <x:v>193.1</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45713.7590277778</x:v>
+        <x:v>45740.7636689815</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>143.08</x:v>
+        <x:v>136.43</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>204.4</x:v>
+        <x:v>194.9</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45712.7659837963</x:v>
+        <x:v>45737.7594328704</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>143.08</x:v>
+        <x:v>136.36</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>204.4</x:v>
+        <x:v>194.8</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45709.7638425926</x:v>
+        <x:v>45736.7631944444</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>146.02</x:v>
+        <x:v>137.025</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>208.6</x:v>
+        <x:v>195.75</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45708.7618055556</x:v>
+        <x:v>45735.758275463</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>142.66</x:v>
+        <x:v>138.81</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>203.8</x:v>
+        <x:v>198.3</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45707.7576967593</x:v>
+        <x:v>45734.7603240741</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>144.27</x:v>
+        <x:v>140.98</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>206.1</x:v>
+        <x:v>201.4</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45706.7623611111</x:v>
+        <x:v>45733.7571527778</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>146.02</x:v>
+        <x:v>140.14</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>208.6</x:v>
+        <x:v>200.2</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45705.7592592593</x:v>
+        <x:v>45730.7613194444</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>147.7</x:v>
+        <x:v>135.625</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>211</x:v>
+        <x:v>195.65</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45702.7667592593</x:v>
+        <x:v>45729.7592476852</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>149.8</x:v>
+        <x:v>135.625</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>214</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45701.7653125</x:v>
+        <x:v>45728.7584953704</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>148.89</x:v>
+        <x:v>136.36</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>212.7</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45700.762650463</x:v>
+        <x:v>45727.7600925926</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>148.33</x:v>
+        <x:v>130.2</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>211.9</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45699.7633796296</x:v>
+        <x:v>45726.7683912037</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>148.26</x:v>
+        <x:v>135.17</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>211.8</x:v>
+        <x:v>193.1</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45698.7616782407</x:v>
+        <x:v>45723.7597453704</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>148.05</x:v>
+        <x:v>137.935</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>211.5</x:v>
+        <x:v>197.05</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45695.7610532407</x:v>
+        <x:v>45722.7590856481</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>149.24</x:v>
+        <x:v>136.15</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>213.2</x:v>
+        <x:v>194.5</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45694.7633912037</x:v>
+        <x:v>45721.7633217593</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>150.57</x:v>
+        <x:v>132.895</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>215.1</x:v>
+        <x:v>189.85</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45693.7707060185</x:v>
+        <x:v>45720.7599652778</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>150.57</x:v>
+        <x:v>137.97</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>215.1</x:v>
+        <x:v>197.1</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45692.7817939815</x:v>
+        <x:v>45719.7600694444</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>150.29</x:v>
+        <x:v>139.3</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>214.7</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45691.928125</x:v>
+        <x:v>45716.7600810185</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>153.72</x:v>
+        <x:v>139.055</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>219.6</x:v>
+        <x:v>198.65</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45691.7626157407</x:v>
+        <x:v>45715.7570138889</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>153.72</x:v>
+        <x:v>142.66</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>219.6</x:v>
+        <x:v>203.8</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45688.7599421296</x:v>
+        <x:v>45714.7742361111</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>156.38</x:v>
+        <x:v>140.49</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>223.4</x:v>
+        <x:v>200.7</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45687.7639583333</x:v>
+        <x:v>45713.7590277778</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>157.78</x:v>
+        <x:v>143.08</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>225.4</x:v>
+        <x:v>204.4</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45686.76375</x:v>
+        <x:v>45712.7659837963</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>157.43</x:v>
+        <x:v>143.08</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>224.9</x:v>
+        <x:v>204.4</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45685.9323032407</x:v>
+        <x:v>45709.7638425926</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>157.85</x:v>
+        <x:v>146.02</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>225.5</x:v>
+        <x:v>208.6</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45685.7621990741</x:v>
+        <x:v>45708.7618055556</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>157.85</x:v>
+        <x:v>142.66</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>225.5</x:v>
+        <x:v>203.8</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45684.7611111111</x:v>
+        <x:v>45707.7576967593</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>146.16</x:v>
+        <x:v>144.27</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>208.8</x:v>
+        <x:v>206.1</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45681.7681018518</x:v>
+        <x:v>45706.7623611111</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>145.88</x:v>
+        <x:v>146.02</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>208.4</x:v>
+        <x:v>208.6</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45679.759537037</x:v>
+        <x:v>45705.7592592593</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>144.06</x:v>
+        <x:v>147.7</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>205.8</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45678.7595023148</x:v>
+        <x:v>45702.7667592593</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>142.73</x:v>
+        <x:v>149.8</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>203.9</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45677.7651041667</x:v>
+        <x:v>45701.7653125</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>140.28</x:v>
+        <x:v>148.89</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>200.4</x:v>
+        <x:v>212.7</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45674.7630671296</x:v>
+        <x:v>45700.762650463</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>137.9</x:v>
+        <x:v>148.33</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>197</x:v>
+        <x:v>211.9</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45673.7629513889</x:v>
+        <x:v>45699.7633796296</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>138.915</x:v>
+        <x:v>148.26</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>198.45</x:v>
+        <x:v>211.8</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45672.7645486111</x:v>
+        <x:v>45698.7616782407</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>140.63</x:v>
+        <x:v>148.05</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>200.9</x:v>
+        <x:v>211.5</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45671.7791666667</x:v>
+        <x:v>45695.7610532407</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>141.4</x:v>
+        <x:v>149.24</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>202</x:v>
+        <x:v>213.2</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45670.7590856481</x:v>
+        <x:v>45694.7633912037</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>142.66</x:v>
+        <x:v>150.57</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>203.8</x:v>
+        <x:v>215.1</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45667.7626157407</x:v>
+        <x:v>45693.7707060185</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>140.42</x:v>
+        <x:v>150.57</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>200.6</x:v>
+        <x:v>215.1</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45666.7588541667</x:v>
+        <x:v>45692.7817939815</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>139.475</x:v>
+        <x:v>150.29</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>199.25</x:v>
+        <x:v>214.7</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45665.7753240741</x:v>
+        <x:v>45691.928125</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>138.705</x:v>
+        <x:v>153.72</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>198.15</x:v>
+        <x:v>219.6</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45664.7606365741</x:v>
+        <x:v>45691.7626157407</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>138.775</x:v>
+        <x:v>153.72</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>198.25</x:v>
+        <x:v>219.6</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45663.7687384259</x:v>
+        <x:v>45688.7599421296</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>134.96</x:v>
+        <x:v>156.38</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>192.8</x:v>
+        <x:v>223.4</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45660.7612152778</x:v>
+        <x:v>45687.7639583333</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>126.84</x:v>
+        <x:v>157.78</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>181.2</x:v>
+        <x:v>225.4</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45659.7570949074</x:v>
+        <x:v>45686.76375</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>129.57</x:v>
+        <x:v>157.43</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>185.1</x:v>
+        <x:v>224.9</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45656.7590856481</x:v>
+        <x:v>45685.9323032407</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>128.975</x:v>
+        <x:v>157.85</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>184.25</x:v>
+        <x:v>225.5</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45653.7594212963</x:v>
+        <x:v>45685.7621990741</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>131.11</x:v>
+        <x:v>157.85</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>187.3</x:v>
+        <x:v>225.5</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45649.7573148148</x:v>
+        <x:v>45684.7611111111</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>130.06</x:v>
+        <x:v>146.16</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>185.8</x:v>
+        <x:v>208.8</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45646.7607291667</x:v>
+        <x:v>45681.7681018518</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>129.64</x:v>
+        <x:v>145.88</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>185.2</x:v>
+        <x:v>208.4</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45645.7575925926</x:v>
+        <x:v>45679.759537037</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>129.5</x:v>
+        <x:v>144.06</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>185</x:v>
+        <x:v>205.8</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45644.7668402778</x:v>
+        <x:v>45678.7595023148</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>131.81</x:v>
+        <x:v>142.73</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>188.3</x:v>
+        <x:v>203.9</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45643.7697106482</x:v>
+        <x:v>45677.7651041667</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>130.48</x:v>
+        <x:v>140.28</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>186.4</x:v>
+        <x:v>200.4</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45642.7680902778</x:v>
+        <x:v>45674.7630671296</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>134.155</x:v>
+        <x:v>137.9</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>191.65</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45638.763287037</x:v>
+        <x:v>45673.7629513889</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>136.29</x:v>
+        <x:v>138.915</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>194.7</x:v>
+        <x:v>198.45</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45637.7962962963</x:v>
+        <x:v>45672.7645486111</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>134.925</x:v>
+        <x:v>140.63</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>192.75</x:v>
+        <x:v>200.9</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45636.7680208333</x:v>
+        <x:v>45671.7791666667</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>134.295</x:v>
+        <x:v>141.4</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>191.85</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45635.7600578704</x:v>
+        <x:v>45670.7590856481</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>129.045</x:v>
+        <x:v>142.66</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>184.35</x:v>
+        <x:v>203.8</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45632.7600810185</x:v>
+        <x:v>45667.7626157407</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>125.86</x:v>
+        <x:v>140.42</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>179.8</x:v>
+        <x:v>200.6</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45631.7586342593</x:v>
+        <x:v>45666.7588541667</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>122.675</x:v>
+        <x:v>139.475</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>175.25</x:v>
+        <x:v>199.25</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45630.7638657407</x:v>
+        <x:v>45665.7753240741</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>126.595</x:v>
+        <x:v>138.705</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>180.85</x:v>
+        <x:v>198.15</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45629.7659490741</x:v>
+        <x:v>45664.7606365741</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>124.635</x:v>
+        <x:v>138.775</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>178.05</x:v>
+        <x:v>198.25</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45628.7705092593</x:v>
+        <x:v>45663.7687384259</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>126.56</x:v>
+        <x:v>134.96</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>180.8</x:v>
+        <x:v>192.8</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45625.7597916667</x:v>
+        <x:v>45660.7612152778</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>126.245</x:v>
+        <x:v>126.84</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>180.35</x:v>
+        <x:v>181.2</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45624.7724074074</x:v>
+        <x:v>45659.7570949074</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>126.77</x:v>
+        <x:v>129.57</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>181.1</x:v>
+        <x:v>185.1</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45623.7602546296</x:v>
+        <x:v>45656.7590856481</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>126</x:v>
+        <x:v>128.975</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>180</x:v>
+        <x:v>184.25</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45622.7714814815</x:v>
+        <x:v>45653.7594212963</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>125.37</x:v>
+        <x:v>131.11</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>179.1</x:v>
+        <x:v>187.3</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45621.76375</x:v>
+        <x:v>45649.7573148148</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>124.88</x:v>
+        <x:v>130.06</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>178.4</x:v>
+        <x:v>185.8</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45618.785150463</x:v>
+        <x:v>45646.7607291667</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>122.5</x:v>
+        <x:v>129.64</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>175</x:v>
+        <x:v>185.2</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45617.7602662037</x:v>
+        <x:v>45645.7575925926</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>118.02</x:v>
+        <x:v>129.5</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>168.6</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45616.7634259259</x:v>
+        <x:v>45644.7668402778</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>117.635</x:v>
+        <x:v>131.81</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>168.05</x:v>
+        <x:v>188.3</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45615.7578587963</x:v>
+        <x:v>45643.7697106482</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>117.495</x:v>
+        <x:v>130.48</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>167.85</x:v>
+        <x:v>186.4</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45614.9241898148</x:v>
+        <x:v>45642.7680902778</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>117.11</x:v>
+        <x:v>134.155</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>167.3</x:v>
+        <x:v>191.65</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45614.7648842593</x:v>
+        <x:v>45638.763287037</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>117.11</x:v>
+        <x:v>136.29</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>167.3</x:v>
+        <x:v>194.7</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45611.7686458333</x:v>
+        <x:v>45637.7962962963</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>119.875</x:v>
+        <x:v>134.925</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>171.25</x:v>
+        <x:v>192.75</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45610.7625</x:v>
+        <x:v>45636.7680208333</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>128.485</x:v>
+        <x:v>134.295</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>183.55</x:v>
+        <x:v>191.85</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45609.7625810185</x:v>
+        <x:v>45635.7600578704</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>127.75</x:v>
+        <x:v>129.045</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>182.5</x:v>
+        <x:v>184.35</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45608.7779282407</x:v>
+        <x:v>45632.7600810185</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>129.92</x:v>
+        <x:v>125.86</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>185.6</x:v>
+        <x:v>179.8</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45607.759224537</x:v>
+        <x:v>45631.7586342593</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>128.31</x:v>
+        <x:v>122.675</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>183.3</x:v>
+        <x:v>175.25</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45604.7572800926</x:v>
+        <x:v>45630.7638657407</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>127.19</x:v>
+        <x:v>126.595</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>181.7</x:v>
+        <x:v>180.85</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45603.7594444444</x:v>
+        <x:v>45629.7659490741</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>129.08</x:v>
+        <x:v>124.635</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>184.4</x:v>
+        <x:v>178.05</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45602.758900463</x:v>
+        <x:v>45628.7705092593</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>127.365</x:v>
+        <x:v>126.56</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>181.95</x:v>
+        <x:v>180.8</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45601.7576967593</x:v>
+        <x:v>45625.7597916667</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>132.3</x:v>
+        <x:v>126.245</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>189</x:v>
+        <x:v>180.35</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45600.7605555556</x:v>
+        <x:v>45624.7724074074</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>133.28</x:v>
+        <x:v>126.77</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>190.4</x:v>
+        <x:v>181.1</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45597.7588078704</x:v>
+        <x:v>45623.7602546296</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>134.4</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>192</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45596.7617013889</x:v>
+        <x:v>45622.7714814815</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>128.31</x:v>
+        <x:v>125.37</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>183.3</x:v>
+        <x:v>179.1</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45595.7568981481</x:v>
+        <x:v>45621.76375</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>128.8</x:v>
+        <x:v>124.88</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>184</x:v>
+        <x:v>178.4</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45594.7605324074</x:v>
+        <x:v>45618.785150463</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>130.235</x:v>
+        <x:v>122.5</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>186.05</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45593.7741898148</x:v>
+        <x:v>45617.7602662037</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>133.525</x:v>
+        <x:v>118.02</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>190.75</x:v>
+        <x:v>168.6</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45590.7682638889</x:v>
+        <x:v>45616.7634259259</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>132.16</x:v>
+        <x:v>117.635</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>188.8</x:v>
+        <x:v>168.05</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45589.7589351852</x:v>
+        <x:v>45615.7578587963</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>134.68</x:v>
+        <x:v>117.495</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>192.4</x:v>
+        <x:v>167.85</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45588.7684259259</x:v>
+        <x:v>45614.9241898148</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>137.2</x:v>
+        <x:v>117.11</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>196</x:v>
+        <x:v>167.3</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45587.7587152778</x:v>
+        <x:v>45614.7648842593</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>138.985</x:v>
+        <x:v>117.11</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>198.55</x:v>
+        <x:v>167.3</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45586.7589236111</x:v>
+        <x:v>45611.7686458333</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>139.23</x:v>
+        <x:v>119.875</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>198.9</x:v>
+        <x:v>171.25</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45583.7648726852</x:v>
+        <x:v>45610.7625</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>148.33</x:v>
+        <x:v>128.485</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>211.9</x:v>
+        <x:v>183.55</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45581.7578703704</x:v>
+        <x:v>45609.7625810185</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>123.725</x:v>
+        <x:v>127.75</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>176.75</x:v>
+        <x:v>182.5</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45580.7602546296</x:v>
+        <x:v>45608.7779282407</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>129.465</x:v>
+        <x:v>129.92</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>184.95</x:v>
+        <x:v>185.6</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45579.7583101852</x:v>
+        <x:v>45607.759224537</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>134.05</x:v>
+        <x:v>128.31</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>191.5</x:v>
+        <x:v>183.3</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45576.7678935185</x:v>
+        <x:v>45604.7572800926</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>131.74</x:v>
+        <x:v>127.19</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>188.2</x:v>
+        <x:v>181.7</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45575.7565625</x:v>
+        <x:v>45603.7594444444</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>129.57</x:v>
+        <x:v>129.08</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>185.1</x:v>
+        <x:v>184.4</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45574.7611111111</x:v>
+        <x:v>45602.758900463</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>127.785</x:v>
+        <x:v>127.365</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>182.55</x:v>
+        <x:v>181.95</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45573.7605787037</x:v>
+        <x:v>45601.7576967593</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>127.75</x:v>
+        <x:v>132.3</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>182.5</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45572.7566087963</x:v>
+        <x:v>45600.7605555556</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>127.295</x:v>
+        <x:v>133.28</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>181.85</x:v>
+        <x:v>190.4</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45569.7642013889</x:v>
+        <x:v>45597.7588078704</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>127.295</x:v>
+        <x:v>134.4</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>181.85</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45568.765474537</x:v>
+        <x:v>45596.7617013889</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>125.79</x:v>
+        <x:v>128.31</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>179.7</x:v>
+        <x:v>183.3</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45567.7655324074</x:v>
+        <x:v>45595.7568981481</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>127.33</x:v>
+        <x:v>128.8</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>181.9</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45566.7561226852</x:v>
+        <x:v>45594.7605324074</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>129.115</x:v>
+        <x:v>130.235</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>184.45</x:v>
+        <x:v>186.05</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45565.7591319444</x:v>
+        <x:v>45593.7741898148</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>131.425</x:v>
+        <x:v>133.525</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>187.75</x:v>
+        <x:v>190.75</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45562.7587268519</x:v>
+        <x:v>45590.7682638889</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>134.26</x:v>
+        <x:v>132.16</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>191.8</x:v>
+        <x:v>188.8</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45561.7609606481</x:v>
+        <x:v>45589.7589351852</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>128.765</x:v>
+        <x:v>134.68</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>183.95</x:v>
+        <x:v>192.4</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45560.7716550926</x:v>
+        <x:v>45588.7684259259</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>119.245</x:v>
+        <x:v>137.2</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>170.35</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45559.7597106481</x:v>
+        <x:v>45587.7587152778</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>120.4</x:v>
+        <x:v>138.985</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>172</x:v>
+        <x:v>198.55</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45558.7541782407</x:v>
+        <x:v>45586.7589236111</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>120.68</x:v>
+        <x:v>139.23</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>172.4</x:v>
+        <x:v>198.9</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45555.7577777778</x:v>
+        <x:v>45583.7648726852</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>120.05</x:v>
+        <x:v>148.33</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>171.5</x:v>
+        <x:v>211.9</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45554.7555787037</x:v>
+        <x:v>45581.7578703704</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>126.91</x:v>
+        <x:v>123.725</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>181.3</x:v>
+        <x:v>176.75</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45553.7544560185</x:v>
+        <x:v>45580.7602546296</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>125.755</x:v>
+        <x:v>129.465</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>179.65</x:v>
+        <x:v>184.95</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45552.7566087963</x:v>
+        <x:v>45579.7583101852</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>127.05</x:v>
+        <x:v>134.05</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>181.5</x:v>
+        <x:v>191.5</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45551.7525578704</x:v>
+        <x:v>45576.7678935185</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>127.68</x:v>
+        <x:v>131.74</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>182.4</x:v>
+        <x:v>188.2</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45548.7578125</x:v>
+        <x:v>45575.7565625</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>129.36</x:v>
+        <x:v>129.57</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>184.8</x:v>
+        <x:v>185.1</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45547.7526736111</x:v>
+        <x:v>45574.7611111111</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>130.9</x:v>
+        <x:v>127.785</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>187</x:v>
+        <x:v>182.55</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45546.750625</x:v>
+        <x:v>45573.7605787037</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>132.02</x:v>
+        <x:v>127.75</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>188.6</x:v>
+        <x:v>182.5</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45546.750625</x:v>
+        <x:v>45572.7566087963</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>132.825</x:v>
+        <x:v>127.295</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>189.75</x:v>
+        <x:v>181.85</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45545.7516087963</x:v>
+        <x:v>45569.7642013889</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>132.02</x:v>
+        <x:v>127.295</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>188.6</x:v>
+        <x:v>181.85</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45544.7531597222</x:v>
+        <x:v>45568.765474537</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>132.125</x:v>
+        <x:v>125.79</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>188.75</x:v>
+        <x:v>179.7</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45541.7748726852</x:v>
+        <x:v>45567.7655324074</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>121.975</x:v>
+        <x:v>127.33</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>174.25</x:v>
+        <x:v>181.9</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45540.7513310185</x:v>
+        <x:v>45566.7561226852</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>121.975</x:v>
+        <x:v>129.115</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>174.25</x:v>
+        <x:v>184.45</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45539.7505324074</x:v>
+        <x:v>45565.7591319444</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>121.415</x:v>
+        <x:v>131.425</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>173.45</x:v>
+        <x:v>187.75</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45538.7613888889</x:v>
+        <x:v>45562.7587268519</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>122.29</x:v>
+        <x:v>134.26</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>174.7</x:v>
+        <x:v>191.8</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45537.7586689815</x:v>
+        <x:v>45561.7609606481</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>121.625</x:v>
+        <x:v>128.765</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>173.75</x:v>
+        <x:v>183.95</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45534.758900463</x:v>
+        <x:v>45560.7716550926</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>128.59</x:v>
+        <x:v>119.245</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>183.7</x:v>
+        <x:v>170.35</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45533.7650694444</x:v>
+        <x:v>45559.7597106481</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>128.59</x:v>
+        <x:v>120.4</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>183.7</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45532.7509375</x:v>
+        <x:v>45558.7541782407</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>126.42</x:v>
+        <x:v>120.68</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>180.6</x:v>
+        <x:v>172.4</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45531.7522800926</x:v>
+        <x:v>45555.7577777778</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>124.04</x:v>
+        <x:v>120.05</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>177.2</x:v>
+        <x:v>171.5</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45530.7534490741</x:v>
+        <x:v>45554.7555787037</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>124.04</x:v>
+        <x:v>126.91</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>177.2</x:v>
+        <x:v>181.3</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45527.7533333333</x:v>
+        <x:v>45553.7544560185</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>122.78</x:v>
+        <x:v>125.755</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>175.4</x:v>
+        <x:v>179.65</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45526.7495601852</x:v>
+        <x:v>45552.7566087963</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>122.78</x:v>
+        <x:v>127.05</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>175.4</x:v>
+        <x:v>181.5</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45525.7531828704</x:v>
+        <x:v>45551.7525578704</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>119.21</x:v>
+        <x:v>127.68</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>170.3</x:v>
+        <x:v>182.4</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45524.7573263889</x:v>
+        <x:v>45548.7578125</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>119.21</x:v>
+        <x:v>129.36</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>170.3</x:v>
+        <x:v>184.8</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45523.7507407407</x:v>
+        <x:v>45547.7526736111</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>120.925</x:v>
+        <x:v>130.9</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>172.75</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45520.7526273148</x:v>
+        <x:v>45546.750625</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>120.925</x:v>
+        <x:v>132.02</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>172.75</x:v>
+        <x:v>188.6</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45519.7847800926</x:v>
+        <x:v>45546.750625</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>119.875</x:v>
+        <x:v>132.825</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>171.25</x:v>
+        <x:v>189.75</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45518.7549652778</x:v>
+        <x:v>45545.7516087963</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>120.785</x:v>
+        <x:v>132.02</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>172.55</x:v>
+        <x:v>188.6</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45517.7494212963</x:v>
+        <x:v>45544.7531597222</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>120.785</x:v>
+        <x:v>132.125</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>172.55</x:v>
+        <x:v>188.75</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45516.7503935185</x:v>
+        <x:v>45541.7748726852</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>122.5</x:v>
+        <x:v>121.975</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>175</x:v>
+        <x:v>174.25</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45513.7535416667</x:v>
+        <x:v>45540.7513310185</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>122.5</x:v>
+        <x:v>121.975</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>175</x:v>
+        <x:v>174.25</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45512.7519560185</x:v>
+        <x:v>45539.7505324074</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>122.92</x:v>
+        <x:v>121.415</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>175.6</x:v>
+        <x:v>173.45</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45511.7528472222</x:v>
+        <x:v>45538.7613888889</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>120.33</x:v>
+        <x:v>122.29</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>171.9</x:v>
+        <x:v>174.7</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45510.771087963</x:v>
+        <x:v>45537.7586689815</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>120.33</x:v>
+        <x:v>121.625</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>171.9</x:v>
+        <x:v>173.75</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45509.7565856481</x:v>
+        <x:v>45534.758900463</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>120.61</x:v>
+        <x:v>128.59</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>172.3</x:v>
+        <x:v>183.7</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45506.7579282407</x:v>
+        <x:v>45533.7650694444</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>128.905</x:v>
+        <x:v>128.59</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>184.15</x:v>
+        <x:v>183.7</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45505.7519791667</x:v>
+        <x:v>45532.7509375</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>129.465</x:v>
+        <x:v>126.42</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>184.95</x:v>
+        <x:v>180.6</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45504.7537615741</x:v>
+        <x:v>45531.7522800926</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>125.475</x:v>
+        <x:v>124.04</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>179.25</x:v>
+        <x:v>177.2</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45503.7497800926</x:v>
+        <x:v>45530.7534490741</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>125.475</x:v>
+        <x:v>124.04</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>179.25</x:v>
+        <x:v>177.2</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45502.7520949074</x:v>
+        <x:v>45527.7533333333</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>121.695</x:v>
+        <x:v>122.78</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>173.85</x:v>
+        <x:v>175.4</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45499.7499421296</x:v>
+        <x:v>45526.7495601852</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>121.695</x:v>
+        <x:v>122.78</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>173.85</x:v>
+        <x:v>175.4</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45498.7519328704</x:v>
+        <x:v>45525.7531828704</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>114.975</x:v>
+        <x:v>119.21</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>164.25</x:v>
+        <x:v>170.3</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45497.7532638889</x:v>
+        <x:v>45524.7573263889</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>113.155</x:v>
+        <x:v>119.21</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>161.65</x:v>
+        <x:v>170.3</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45496.7497106481</x:v>
+        <x:v>45523.7507407407</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>111.3</x:v>
+        <x:v>120.925</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>159</x:v>
+        <x:v>172.75</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45495.7515393519</x:v>
+        <x:v>45520.7526273148</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>101.745</x:v>
+        <x:v>120.925</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>145.35</x:v>
+        <x:v>172.75</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45492.7568402778</x:v>
+        <x:v>45519.7847800926</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>122.85</x:v>
+        <x:v>119.875</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>175.5</x:v>
+        <x:v>171.25</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45491.7527777778</x:v>
+        <x:v>45518.7549652778</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>122.85</x:v>
+        <x:v>120.785</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>175.5</x:v>
+        <x:v>172.55</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45490.7537152778</x:v>
+        <x:v>45517.7494212963</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>119.105</x:v>
+        <x:v>120.785</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>170.15</x:v>
+        <x:v>172.55</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45489.7499189815</x:v>
+        <x:v>45516.7503935185</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>119.105</x:v>
+        <x:v>122.5</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>170.15</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45488.7521990741</x:v>
+        <x:v>45513.7535416667</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>117.425</x:v>
+        <x:v>122.5</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>167.75</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45485.7526851852</x:v>
+        <x:v>45512.7519560185</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>117.915</x:v>
+        <x:v>122.92</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>168.45</x:v>
+        <x:v>175.6</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45484.7509259259</x:v>
+        <x:v>45511.7528472222</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>117.915</x:v>
+        <x:v>120.33</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>168.45</x:v>
+        <x:v>171.9</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45483.7515625</x:v>
+        <x:v>45510.771087963</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>112.385</x:v>
+        <x:v>120.33</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>160.55</x:v>
+        <x:v>171.9</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45482.7511111111</x:v>
+        <x:v>45509.7565856481</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>109.9</x:v>
+        <x:v>120.61</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>157</x:v>
+        <x:v>172.3</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45481.7519328704</x:v>
+        <x:v>45506.7579282407</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>111.16</x:v>
+        <x:v>128.905</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>158.8</x:v>
+        <x:v>184.15</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45478.7523726852</x:v>
+        <x:v>45505.7519791667</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>108.465</x:v>
+        <x:v>129.465</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>154.95</x:v>
+        <x:v>184.95</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45477.7563425926</x:v>
+        <x:v>45504.7537615741</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>108.465</x:v>
+        <x:v>125.475</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>154.95</x:v>
+        <x:v>179.25</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45476.7534606481</x:v>
+        <x:v>45503.7497800926</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>104.405</x:v>
+        <x:v>125.475</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>149.15</x:v>
+        <x:v>179.25</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45475.7574537037</x:v>
+        <x:v>45502.7520949074</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>104.405</x:v>
+        <x:v>121.695</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>149.15</x:v>
+        <x:v>173.85</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45474.7653356481</x:v>
+        <x:v>45499.7499421296</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>102.69</x:v>
+        <x:v>121.695</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>146.7</x:v>
+        <x:v>173.85</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45471.7527199074</x:v>
+        <x:v>45498.7519328704</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>107.905</x:v>
+        <x:v>114.975</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>154.15</x:v>
+        <x:v>164.25</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45470.7518055556</x:v>
+        <x:v>45497.7532638889</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>107.905</x:v>
+        <x:v>113.155</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>154.15</x:v>
+        <x:v>161.65</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45469.7561226852</x:v>
+        <x:v>45496.7497106481</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>110.145</x:v>
+        <x:v>111.3</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>157.35</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45468.765150463</x:v>
+        <x:v>45495.7515393519</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>111.615</x:v>
+        <x:v>101.745</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>159.45</x:v>
+        <x:v>145.35</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45467.7595717593</x:v>
+        <x:v>45492.7568402778</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>110.18</x:v>
+        <x:v>122.85</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>157.4</x:v>
+        <x:v>175.5</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45464.7598842593</x:v>
+        <x:v>45491.7527777778</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>109.725</x:v>
+        <x:v>122.85</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>156.75</x:v>
+        <x:v>175.5</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45463.7555439815</x:v>
+        <x:v>45490.7537152778</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>109.725</x:v>
+        <x:v>119.105</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>156.75</x:v>
+        <x:v>170.15</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45462.7592361111</x:v>
+        <x:v>45489.7499189815</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>124.145</x:v>
+        <x:v>119.105</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>177.35</x:v>
+        <x:v>170.15</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45461.749849537</x:v>
+        <x:v>45488.7521990741</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>124.145</x:v>
+        <x:v>117.425</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>177.35</x:v>
+        <x:v>167.75</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45460.7520833333</x:v>
+        <x:v>45485.7526851852</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>125.125</x:v>
+        <x:v>117.915</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>178.75</x:v>
+        <x:v>168.45</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45457.7537847222</x:v>
+        <x:v>45484.7509259259</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>125.125</x:v>
+        <x:v>117.915</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>178.75</x:v>
+        <x:v>168.45</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45456.7544097222</x:v>
+        <x:v>45483.7515625</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>127.54</x:v>
+        <x:v>112.385</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>182.2</x:v>
+        <x:v>160.55</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45455.7563310185</x:v>
+        <x:v>45482.7511111111</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>132.79</x:v>
+        <x:v>109.9</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>189.7</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45454.7545486111</x:v>
+        <x:v>45481.7519328704</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>132.79</x:v>
+        <x:v>111.16</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>189.7</x:v>
+        <x:v>158.8</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45453.755462963</x:v>
+        <x:v>45478.7523726852</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>129.815</x:v>
+        <x:v>108.465</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>185.45</x:v>
+        <x:v>154.95</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45450.7637152778</x:v>
+        <x:v>45477.7563425926</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>129.255</x:v>
+        <x:v>108.465</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>184.65</x:v>
+        <x:v>154.95</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45449.7531134259</x:v>
+        <x:v>45476.7534606481</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>130.445</x:v>
+        <x:v>104.405</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>186.35</x:v>
+        <x:v>149.15</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45448.7574537037</x:v>
+        <x:v>45475.7574537037</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>129.08</x:v>
+        <x:v>104.405</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>184.4</x:v>
+        <x:v>149.15</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45447.7543171296</x:v>
+        <x:v>45474.7653356481</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>125.51</x:v>
+        <x:v>102.69</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>179.3</x:v>
+        <x:v>146.7</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45446.7530208333</x:v>
+        <x:v>45471.7527199074</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>127.085</x:v>
+        <x:v>107.905</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>181.55</x:v>
+        <x:v>154.15</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45443.7519907407</x:v>
+        <x:v>45470.7518055556</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>127.855</x:v>
+        <x:v>107.905</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>182.65</x:v>
+        <x:v>154.15</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45442.7578240741</x:v>
+        <x:v>45469.7561226852</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>128.205</x:v>
+        <x:v>110.145</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>183.15</x:v>
+        <x:v>157.35</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45441.7499421296</x:v>
+        <x:v>45468.765150463</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>129.08</x:v>
+        <x:v>111.615</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>184.4</x:v>
+        <x:v>159.45</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45440.7590162037</x:v>
+        <x:v>45467.7595717593</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>131.355</x:v>
+        <x:v>110.18</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>187.65</x:v>
+        <x:v>157.4</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45439.7628819444</x:v>
+        <x:v>45464.7598842593</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>134.785</x:v>
+        <x:v>109.725</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>192.55</x:v>
+        <x:v>156.75</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
-        <x:v>45436.7528935185</x:v>
+        <x:v>45463.7555439815</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C414" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D414" s="0">
-        <x:v>134.505</x:v>
+        <x:v>109.725</x:v>
       </x:c>
       <x:c r="E414" s="0">
-        <x:v>192.15</x:v>
+        <x:v>156.75</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5">
       <x:c r="A415" s="1">
-        <x:v>45435.756099537</x:v>
+        <x:v>45462.7592361111</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C415" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D415" s="0">
-        <x:v>137.165</x:v>
+        <x:v>124.145</x:v>
       </x:c>
       <x:c r="E415" s="0">
-        <x:v>195.95</x:v>
+        <x:v>177.35</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5">
       <x:c r="A416" s="1">
-        <x:v>45434.7503587963</x:v>
+        <x:v>45461.749849537</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C416" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D416" s="0">
-        <x:v>137.165</x:v>
+        <x:v>124.145</x:v>
       </x:c>
       <x:c r="E416" s="0">
-        <x:v>195.95</x:v>
+        <x:v>177.35</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5">
       <x:c r="A417" s="1">
-        <x:v>45433.7539930556</x:v>
+        <x:v>45460.7520833333</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C417" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D417" s="0">
-        <x:v>135.8</x:v>
+        <x:v>125.125</x:v>
       </x:c>
       <x:c r="E417" s="0">
-        <x:v>194</x:v>
+        <x:v>178.75</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5">
       <x:c r="A418" s="1">
-        <x:v>45432.7536689815</x:v>
+        <x:v>45457.7537847222</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C418" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D418" s="0">
-        <x:v>136.955</x:v>
+        <x:v>125.125</x:v>
       </x:c>
       <x:c r="E418" s="0">
-        <x:v>195.65</x:v>
+        <x:v>178.75</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5">
       <x:c r="A419" s="1">
-        <x:v>45429.7605208333</x:v>
+        <x:v>45456.7544097222</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C419" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D419" s="0">
-        <x:v>143.99</x:v>
+        <x:v>127.54</x:v>
       </x:c>
       <x:c r="E419" s="0">
-        <x:v>205.7</x:v>
+        <x:v>182.2</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5">
       <x:c r="A420" s="1">
-        <x:v>45428.7605208333</x:v>
+        <x:v>45455.7563310185</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C420" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D420" s="0">
-        <x:v>150.5</x:v>
+        <x:v>132.79</x:v>
       </x:c>
       <x:c r="E420" s="0">
-        <x:v>215</x:v>
+        <x:v>189.7</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5">
       <x:c r="A421" s="1">
-        <x:v>45427.7498032407</x:v>
+        <x:v>45454.7545486111</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C421" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D421" s="0">
-        <x:v>150.5</x:v>
+        <x:v>132.79</x:v>
       </x:c>
       <x:c r="E421" s="0">
-        <x:v>215</x:v>
+        <x:v>189.7</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5">
       <x:c r="A422" s="1">
-        <x:v>45426.7551157407</x:v>
+        <x:v>45453.755462963</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C422" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D422" s="0">
-        <x:v>142.52</x:v>
+        <x:v>129.815</x:v>
       </x:c>
       <x:c r="E422" s="0">
-        <x:v>203.6</x:v>
+        <x:v>185.45</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5">
       <x:c r="A423" s="1">
-        <x:v>45425.7516666667</x:v>
+        <x:v>45450.7637152778</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C423" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D423" s="0">
-        <x:v>143.99</x:v>
+        <x:v>129.255</x:v>
       </x:c>
       <x:c r="E423" s="0">
-        <x:v>205.7</x:v>
+        <x:v>184.65</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5">
       <x:c r="A424" s="1">
-        <x:v>45422.7512268519</x:v>
+        <x:v>45449.7531134259</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C424" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D424" s="0">
-        <x:v>143.99</x:v>
+        <x:v>130.445</x:v>
       </x:c>
       <x:c r="E424" s="0">
-        <x:v>205.7</x:v>
+        <x:v>186.35</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5">
       <x:c r="A425" s="1">
-        <x:v>45421.8100578704</x:v>
+        <x:v>45448.7574537037</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C425" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D425" s="0">
-        <x:v>145.39</x:v>
+        <x:v>129.08</x:v>
       </x:c>
       <x:c r="E425" s="0">
-        <x:v>207.7</x:v>
+        <x:v>184.4</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5">
       <x:c r="A426" s="1">
-        <x:v>45421.7512037037</x:v>
+        <x:v>45447.7543171296</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C426" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D426" s="0">
-        <x:v>145.39</x:v>
+        <x:v>125.51</x:v>
       </x:c>
       <x:c r="E426" s="0">
-        <x:v>207.7</x:v>
+        <x:v>179.3</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5">
       <x:c r="A427" s="1">
-        <x:v>45420.748587963</x:v>
+        <x:v>45446.7530208333</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C427" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D427" s="0">
-        <x:v>145.74</x:v>
+        <x:v>127.085</x:v>
       </x:c>
       <x:c r="E427" s="0">
-        <x:v>208.2</x:v>
+        <x:v>181.55</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5">
       <x:c r="A428" s="1">
-        <x:v>45419.7551273148</x:v>
+        <x:v>45443.7519907407</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C428" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D428" s="0">
-        <x:v>145.74</x:v>
+        <x:v>127.855</x:v>
       </x:c>
       <x:c r="E428" s="0">
-        <x:v>208.2</x:v>
+        <x:v>182.65</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5">
       <x:c r="A429" s="1">
-        <x:v>45418.7545601852</x:v>
+        <x:v>45442.7578240741</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C429" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D429" s="0">
-        <x:v>144.2</x:v>
+        <x:v>128.205</x:v>
       </x:c>
       <x:c r="E429" s="0">
-        <x:v>206</x:v>
+        <x:v>183.15</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5">
       <x:c r="A430" s="1">
-        <x:v>45415.7563310185</x:v>
+        <x:v>45441.7499421296</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C430" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D430" s="0">
-        <x:v>145.81</x:v>
+        <x:v>129.08</x:v>
       </x:c>
       <x:c r="E430" s="0">
-        <x:v>208.3</x:v>
+        <x:v>184.4</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5">
       <x:c r="A431" s="1">
-        <x:v>45414.7534953704</x:v>
+        <x:v>45440.7590162037</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C431" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D431" s="0">
-        <x:v>144.13</x:v>
+        <x:v>131.355</x:v>
       </x:c>
       <x:c r="E431" s="0">
-        <x:v>205.9</x:v>
+        <x:v>187.65</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5">
       <x:c r="A432" s="1">
-        <x:v>45412.7544791667</x:v>
+        <x:v>45439.7628819444</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C432" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D432" s="0">
-        <x:v>142.1</x:v>
+        <x:v>134.785</x:v>
       </x:c>
       <x:c r="E432" s="0">
-        <x:v>203</x:v>
+        <x:v>192.55</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5">
       <x:c r="A433" s="1">
-        <x:v>45411.7837615741</x:v>
+        <x:v>45436.7528935185</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C433" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D433" s="0">
-        <x:v>145.81</x:v>
+        <x:v>134.505</x:v>
       </x:c>
       <x:c r="E433" s="0">
-        <x:v>208.3</x:v>
+        <x:v>192.15</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5">
       <x:c r="A434" s="1">
-        <x:v>45408.7482291667</x:v>
+        <x:v>45435.756099537</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C434" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D434" s="0">
-        <x:v>145.81</x:v>
+        <x:v>137.165</x:v>
       </x:c>
       <x:c r="E434" s="0">
-        <x:v>208.3</x:v>
+        <x:v>195.95</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5">
       <x:c r="A435" s="1">
-        <x:v>45407.7556828704</x:v>
+        <x:v>45434.7503587963</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C435" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D435" s="0">
-        <x:v>142.38</x:v>
+        <x:v>137.165</x:v>
       </x:c>
       <x:c r="E435" s="0">
-        <x:v>203.4</x:v>
+        <x:v>195.95</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5">
       <x:c r="A436" s="1">
-        <x:v>45406.7657638889</x:v>
+        <x:v>45433.7539930556</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C436" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D436" s="0">
-        <x:v>146.09</x:v>
+        <x:v>135.8</x:v>
       </x:c>
       <x:c r="E436" s="0">
-        <x:v>208.7</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5">
       <x:c r="A437" s="1">
-        <x:v>45405.756875</x:v>
+        <x:v>45432.7536689815</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C437" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D437" s="0">
-        <x:v>146.09</x:v>
+        <x:v>136.955</x:v>
       </x:c>
       <x:c r="E437" s="0">
-        <x:v>208.7</x:v>
+        <x:v>195.65</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5">
       <x:c r="A438" s="1">
-        <x:v>45404.7572569444</x:v>
+        <x:v>45429.7605208333</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C438" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D438" s="0">
-        <x:v>140.42</x:v>
+        <x:v>143.99</x:v>
       </x:c>
       <x:c r="E438" s="0">
-        <x:v>200.6</x:v>
+        <x:v>205.7</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5">
       <x:c r="A439" s="1">
-        <x:v>45401.7980555556</x:v>
+        <x:v>45428.7605208333</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C439" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D439" s="0">
-        <x:v>146.72</x:v>
+        <x:v>150.5</x:v>
       </x:c>
       <x:c r="E439" s="0">
-        <x:v>209.6</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5">
       <x:c r="A440" s="1">
-        <x:v>45400.7584143519</x:v>
+        <x:v>45427.7498032407</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C440" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D440" s="0">
-        <x:v>146.72</x:v>
+        <x:v>150.5</x:v>
       </x:c>
       <x:c r="E440" s="0">
-        <x:v>209.6</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5">
       <x:c r="A441" s="1">
-        <x:v>45399.7646643519</x:v>
+        <x:v>45426.7551157407</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C441" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D441" s="0">
-        <x:v>174.02</x:v>
+        <x:v>142.52</x:v>
       </x:c>
       <x:c r="E441" s="0">
-        <x:v>248.6</x:v>
+        <x:v>203.6</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5">
       <x:c r="A442" s="1">
-        <x:v>45398.7542361111</x:v>
+        <x:v>45425.7516666667</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C442" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D442" s="0">
-        <x:v>176.75</x:v>
+        <x:v>143.99</x:v>
       </x:c>
       <x:c r="E442" s="0">
-        <x:v>252.5</x:v>
+        <x:v>205.7</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5">
       <x:c r="A443" s="1">
-        <x:v>45397.7515740741</x:v>
+        <x:v>45422.7512268519</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C443" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D443" s="0">
-        <x:v>178.22</x:v>
+        <x:v>143.99</x:v>
       </x:c>
       <x:c r="E443" s="0">
-        <x:v>254.6</x:v>
+        <x:v>205.7</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5">
       <x:c r="A444" s="1">
-        <x:v>45394.7513773148</x:v>
+        <x:v>45421.8100578704</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C444" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D444" s="0">
-        <x:v>175.42</x:v>
+        <x:v>145.39</x:v>
       </x:c>
       <x:c r="E444" s="0">
-        <x:v>250.6</x:v>
+        <x:v>207.7</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5">
       <x:c r="A445" s="1">
-        <x:v>45393.7591203704</x:v>
+        <x:v>45421.7512037037</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C445" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D445" s="0">
-        <x:v>176.89</x:v>
+        <x:v>145.39</x:v>
       </x:c>
       <x:c r="E445" s="0">
-        <x:v>252.7</x:v>
+        <x:v>207.7</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5">
       <x:c r="A446" s="1">
-        <x:v>45392.7661458333</x:v>
+        <x:v>45420.748587963</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C446" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D446" s="0">
-        <x:v>176.89</x:v>
+        <x:v>145.74</x:v>
       </x:c>
       <x:c r="E446" s="0">
-        <x:v>252.7</x:v>
+        <x:v>208.2</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5">
       <x:c r="A447" s="1">
-        <x:v>45391.7577662037</x:v>
+        <x:v>45419.7551273148</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C447" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D447" s="0">
-        <x:v>178.43</x:v>
+        <x:v>145.74</x:v>
       </x:c>
       <x:c r="E447" s="0">
-        <x:v>254.9</x:v>
+        <x:v>208.2</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5">
       <x:c r="A448" s="1">
-        <x:v>45390.7571990741</x:v>
+        <x:v>45418.7545601852</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C448" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D448" s="0">
-        <x:v>178.43</x:v>
+        <x:v>144.2</x:v>
       </x:c>
       <x:c r="E448" s="0">
-        <x:v>254.9</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5">
       <x:c r="A449" s="1">
-        <x:v>45387.7545138889</x:v>
+        <x:v>45415.7563310185</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C449" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D449" s="0">
-        <x:v>176.33</x:v>
+        <x:v>145.81</x:v>
       </x:c>
       <x:c r="E449" s="0">
-        <x:v>251.9</x:v>
+        <x:v>208.3</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5">
       <x:c r="A450" s="1">
-        <x:v>45386.7581944444</x:v>
+        <x:v>45414.7534953704</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C450" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D450" s="0">
-        <x:v>185.01</x:v>
+        <x:v>144.13</x:v>
       </x:c>
       <x:c r="E450" s="0">
-        <x:v>264.3</x:v>
+        <x:v>205.9</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5">
       <x:c r="A451" s="1">
-        <x:v>45385.7621990741</x:v>
+        <x:v>45412.7544791667</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C451" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D451" s="0">
-        <x:v>185.01</x:v>
+        <x:v>142.1</x:v>
       </x:c>
       <x:c r="E451" s="0">
-        <x:v>264.3</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5">
       <x:c r="A452" s="1">
-        <x:v>45384.7594907407</x:v>
+        <x:v>45411.7837615741</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C452" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D452" s="0">
-        <x:v>185.01</x:v>
+        <x:v>145.81</x:v>
       </x:c>
       <x:c r="E452" s="0">
-        <x:v>264.3</x:v>
+        <x:v>208.3</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5">
       <x:c r="A453" s="1">
-        <x:v>45379.7524421296</x:v>
+        <x:v>45408.7482291667</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C453" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D453" s="0">
-        <x:v>185.01</x:v>
+        <x:v>145.81</x:v>
       </x:c>
       <x:c r="E453" s="0">
-        <x:v>264.3</x:v>
+        <x:v>208.3</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5">
       <x:c r="A454" s="1">
-        <x:v>45378.751875</x:v>
+        <x:v>45407.7556828704</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C454" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D454" s="0">
-        <x:v>183.61</x:v>
+        <x:v>142.38</x:v>
       </x:c>
       <x:c r="E454" s="0">
-        <x:v>262.3</x:v>
+        <x:v>203.4</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5">
       <x:c r="A455" s="1">
-        <x:v>45377.7508912037</x:v>
+        <x:v>45406.7657638889</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C455" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D455" s="0">
-        <x:v>187.18</x:v>
+        <x:v>146.09</x:v>
       </x:c>
       <x:c r="E455" s="0">
-        <x:v>267.4</x:v>
+        <x:v>208.7</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5">
       <x:c r="A456" s="1">
-        <x:v>45376.7573611111</x:v>
+        <x:v>45405.756875</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C456" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D456" s="0">
-        <x:v>189.84</x:v>
+        <x:v>146.09</x:v>
       </x:c>
       <x:c r="E456" s="0">
-        <x:v>271.2</x:v>
+        <x:v>208.7</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5">
       <x:c r="A457" s="1">
-        <x:v>45373.7548148148</x:v>
+        <x:v>45404.7572569444</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C457" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D457" s="0">
-        <x:v>196</x:v>
+        <x:v>140.42</x:v>
       </x:c>
       <x:c r="E457" s="0">
-        <x:v>280</x:v>
+        <x:v>200.6</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5">
       <x:c r="A458" s="1">
-        <x:v>45372.7580555556</x:v>
+        <x:v>45401.7980555556</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C458" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D458" s="0">
-        <x:v>193.27</x:v>
+        <x:v>146.72</x:v>
       </x:c>
       <x:c r="E458" s="0">
-        <x:v>276.1</x:v>
+        <x:v>209.6</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5">
       <x:c r="A459" s="1">
-        <x:v>45363.7500347222</x:v>
+        <x:v>45400.7584143519</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C459" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D459" s="0">
-        <x:v>191.73</x:v>
+        <x:v>146.72</x:v>
       </x:c>
       <x:c r="E459" s="0">
-        <x:v>273.9</x:v>
+        <x:v>209.6</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5">
       <x:c r="A460" s="1">
-        <x:v>45362.7530902778</x:v>
+        <x:v>45399.7646643519</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C460" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D460" s="0">
-        <x:v>189.35</x:v>
+        <x:v>174.02</x:v>
       </x:c>
       <x:c r="E460" s="0">
-        <x:v>270.5</x:v>
+        <x:v>248.6</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5">
       <x:c r="A461" s="1">
-        <x:v>45359.7548958333</x:v>
+        <x:v>45398.7542361111</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C461" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D461" s="0">
-        <x:v>188.93</x:v>
+        <x:v>176.75</x:v>
       </x:c>
       <x:c r="E461" s="0">
-        <x:v>269.9</x:v>
+        <x:v>252.5</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5">
       <x:c r="A462" s="1">
-        <x:v>45358.7546990741</x:v>
+        <x:v>45397.7515740741</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C462" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D462" s="0">
-        <x:v>180.95</x:v>
+        <x:v>178.22</x:v>
       </x:c>
       <x:c r="E462" s="0">
-        <x:v>258.5</x:v>
+        <x:v>254.6</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5">
       <x:c r="A463" s="1">
-        <x:v>45357.7533449074</x:v>
+        <x:v>45394.7513773148</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C463" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D463" s="0">
-        <x:v>180.95</x:v>
+        <x:v>175.42</x:v>
       </x:c>
       <x:c r="E463" s="0">
-        <x:v>258.5</x:v>
+        <x:v>250.6</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:5">
       <x:c r="A464" s="1">
-        <x:v>45356.7547222222</x:v>
+        <x:v>45393.7591203704</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C464" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D464" s="0">
-        <x:v>176.19</x:v>
+        <x:v>176.89</x:v>
       </x:c>
       <x:c r="E464" s="0">
-        <x:v>251.7</x:v>
+        <x:v>252.7</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:5">
       <x:c r="A465" s="1">
-        <x:v>45355.7464814815</x:v>
+        <x:v>45392.7661458333</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C465" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D465" s="0">
-        <x:v>175.21</x:v>
+        <x:v>176.89</x:v>
       </x:c>
       <x:c r="E465" s="0">
-        <x:v>250.3</x:v>
+        <x:v>252.7</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:5">
       <x:c r="A466" s="1">
-        <x:v>45352.7526157407</x:v>
+        <x:v>45391.7577662037</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C466" s="0">
         <x:v>0.16</x:v>
       </x:c>
       <x:c r="D466" s="0">
-        <x:v>177.17</x:v>
+        <x:v>178.43</x:v>
       </x:c>
       <x:c r="E466" s="0">
-        <x:v>253.1</x:v>
+        <x:v>254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:5">
       <x:c r="A467" s="1">
-        <x:v>45351.7475115741</x:v>
+        <x:v>45390.7571990741</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C467" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D467" s="0">
-        <x:v>178.01</x:v>
+        <x:v>178.43</x:v>
       </x:c>
       <x:c r="E467" s="0">
-        <x:v>254.3</x:v>
+        <x:v>254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:5">
       <x:c r="A468" s="1">
-        <x:v>45350.7516550926</x:v>
+        <x:v>45387.7545138889</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C468" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D468" s="0">
-        <x:v>174.3</x:v>
+        <x:v>176.33</x:v>
       </x:c>
       <x:c r="E468" s="0">
-        <x:v>249</x:v>
+        <x:v>251.9</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:5">
       <x:c r="A469" s="1">
-        <x:v>45349.7512731481</x:v>
+        <x:v>45386.7581944444</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C469" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D469" s="0">
-        <x:v>172.48</x:v>
+        <x:v>185.01</x:v>
       </x:c>
       <x:c r="E469" s="0">
-        <x:v>246.4</x:v>
+        <x:v>264.3</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:5">
       <x:c r="A470" s="1">
-        <x:v>45348.9284375</x:v>
+        <x:v>45385.7621990741</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C470" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D470" s="0">
-        <x:v>175.84</x:v>
+        <x:v>185.01</x:v>
       </x:c>
       <x:c r="E470" s="0">
-        <x:v>251.2</x:v>
+        <x:v>264.3</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:5">
       <x:c r="A471" s="1">
-        <x:v>45348.7735763889</x:v>
+        <x:v>45384.7594907407</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C471" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D471" s="0">
-        <x:v>175.84</x:v>
+        <x:v>185.01</x:v>
       </x:c>
       <x:c r="E471" s="0">
-        <x:v>251.2</x:v>
+        <x:v>264.3</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:5">
       <x:c r="A472" s="1">
-        <x:v>45348.7571875</x:v>
+        <x:v>45379.7524421296</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C472" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D472" s="0">
-        <x:v>175.84</x:v>
+        <x:v>185.01</x:v>
       </x:c>
       <x:c r="E472" s="0">
-        <x:v>251.2</x:v>
+        <x:v>264.3</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:5">
       <x:c r="A473" s="1">
-        <x:v>45345.7522337963</x:v>
+        <x:v>45378.751875</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C473" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D473" s="0">
-        <x:v>175.84</x:v>
+        <x:v>183.61</x:v>
       </x:c>
       <x:c r="E473" s="0">
-        <x:v>251.2</x:v>
+        <x:v>262.3</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5">
       <x:c r="A474" s="1">
-        <x:v>45344.7578240741</x:v>
+        <x:v>45377.7508912037</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C474" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D474" s="0">
-        <x:v>174.02</x:v>
+        <x:v>187.18</x:v>
       </x:c>
       <x:c r="E474" s="0">
-        <x:v>248.6</x:v>
+        <x:v>267.4</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5">
       <x:c r="A475" s="1">
-        <x:v>45343.7646412037</x:v>
+        <x:v>45376.7573611111</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C475" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D475" s="0">
-        <x:v>174.51</x:v>
+        <x:v>189.84</x:v>
       </x:c>
       <x:c r="E475" s="0">
-        <x:v>249.3</x:v>
+        <x:v>271.2</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5">
       <x:c r="A476" s="1">
-        <x:v>45342.7526967593</x:v>
+        <x:v>45373.7548148148</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C476" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D476" s="0">
-        <x:v>174.51</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E476" s="0">
-        <x:v>249.3</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5">
       <x:c r="A477" s="1">
-        <x:v>45341.7513657407</x:v>
+        <x:v>45372.7580555556</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C477" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D477" s="0">
-        <x:v>178.99</x:v>
+        <x:v>193.27</x:v>
       </x:c>
       <x:c r="E477" s="0">
-        <x:v>255.7</x:v>
+        <x:v>276.1</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:5">
       <x:c r="A478" s="1">
-        <x:v>45338.7552662037</x:v>
+        <x:v>45363.7500347222</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C478" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D478" s="0">
-        <x:v>177.66</x:v>
+        <x:v>191.73</x:v>
       </x:c>
       <x:c r="E478" s="0">
-        <x:v>253.8</x:v>
+        <x:v>273.9</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:5">
       <x:c r="A479" s="1">
-        <x:v>45337.7599074074</x:v>
+        <x:v>45362.7530902778</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C479" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D479" s="0">
-        <x:v>168.63</x:v>
+        <x:v>189.35</x:v>
       </x:c>
       <x:c r="E479" s="0">
-        <x:v>240.9</x:v>
+        <x:v>270.5</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:5">
       <x:c r="A480" s="1">
-        <x:v>45336.7470949074</x:v>
+        <x:v>45359.7548958333</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C480" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D480" s="0">
-        <x:v>168.63</x:v>
+        <x:v>188.93</x:v>
       </x:c>
       <x:c r="E480" s="0">
-        <x:v>240.9</x:v>
+        <x:v>269.9</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:5">
       <x:c r="A481" s="1">
-        <x:v>45335.7500810185</x:v>
+        <x:v>45358.7546990741</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C481" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D481" s="0">
-        <x:v>168.14</x:v>
+        <x:v>180.95</x:v>
       </x:c>
       <x:c r="E481" s="0">
-        <x:v>240.2</x:v>
+        <x:v>258.5</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:5">
       <x:c r="A482" s="1">
-        <x:v>45334.7513425926</x:v>
+        <x:v>45357.7533449074</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C482" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D482" s="0">
-        <x:v>170.1</x:v>
+        <x:v>180.95</x:v>
       </x:c>
       <x:c r="E482" s="0">
-        <x:v>243</x:v>
+        <x:v>258.5</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:5">
       <x:c r="A483" s="1">
-        <x:v>45331.7583333333</x:v>
+        <x:v>45356.7547222222</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C483" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D483" s="0">
-        <x:v>175.84</x:v>
+        <x:v>176.19</x:v>
       </x:c>
       <x:c r="E483" s="0">
-        <x:v>251.2</x:v>
+        <x:v>251.7</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:5">
       <x:c r="A484" s="1">
-        <x:v>45330.7579398148</x:v>
+        <x:v>45355.7464814815</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C484" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D484" s="0">
-        <x:v>176.26</x:v>
+        <x:v>175.21</x:v>
       </x:c>
       <x:c r="E484" s="0">
-        <x:v>251.8</x:v>
+        <x:v>250.3</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:5">
       <x:c r="A485" s="1">
-        <x:v>45329.7549421296</x:v>
+        <x:v>45352.7526157407</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C485" s="0">
         <x:v>0.16</x:v>
       </x:c>
       <x:c r="D485" s="0">
-        <x:v>175.7</x:v>
+        <x:v>177.17</x:v>
       </x:c>
       <x:c r="E485" s="0">
-        <x:v>251</x:v>
+        <x:v>253.1</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:5">
       <x:c r="A486" s="1">
-        <x:v>45328.7533333333</x:v>
+        <x:v>45351.7475115741</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C486" s="0">
         <x:v>0.16</x:v>
       </x:c>
       <x:c r="D486" s="0">
-        <x:v>173.25</x:v>
+        <x:v>178.01</x:v>
       </x:c>
       <x:c r="E486" s="0">
-        <x:v>247.5</x:v>
+        <x:v>254.3</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:5">
       <x:c r="A487" s="1">
-        <x:v>45327.7502314815</x:v>
+        <x:v>45350.7516550926</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C487" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D487" s="0">
-        <x:v>173.25</x:v>
+        <x:v>174.3</x:v>
       </x:c>
       <x:c r="E487" s="0">
-        <x:v>247.5</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:5">
       <x:c r="A488" s="1">
-        <x:v>45324.7529513889</x:v>
+        <x:v>45349.7512731481</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C488" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D488" s="0">
-        <x:v>173.74</x:v>
+        <x:v>172.48</x:v>
       </x:c>
       <x:c r="E488" s="0">
-        <x:v>248.2</x:v>
+        <x:v>246.4</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:5">
       <x:c r="A489" s="1">
-        <x:v>45323.7530671296</x:v>
+        <x:v>45348.9284375</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C489" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D489" s="0">
-        <x:v>173.74</x:v>
+        <x:v>175.84</x:v>
       </x:c>
       <x:c r="E489" s="0">
-        <x:v>248.2</x:v>
+        <x:v>251.2</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:5">
       <x:c r="A490" s="1">
-        <x:v>45322.7527083333</x:v>
+        <x:v>45348.7735763889</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C490" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D490" s="0">
         <x:v>175.84</x:v>
       </x:c>
       <x:c r="E490" s="0">
         <x:v>251.2</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:5">
       <x:c r="A491" s="1">
-        <x:v>45321.7434143519</x:v>
+        <x:v>45348.7571875</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C491" s="0">
         <x:v>0.14</x:v>
       </x:c>
       <x:c r="D491" s="0">
-        <x:v>167.23</x:v>
+        <x:v>175.84</x:v>
       </x:c>
       <x:c r="E491" s="0">
-        <x:v>238.9</x:v>
+        <x:v>251.2</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:5">
       <x:c r="A492" s="1">
-        <x:v>45320.7512384259</x:v>
+        <x:v>45345.7522337963</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C492" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D492" s="0">
-        <x:v>167.51</x:v>
+        <x:v>175.84</x:v>
       </x:c>
       <x:c r="E492" s="0">
-        <x:v>239.3</x:v>
+        <x:v>251.2</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:5">
       <x:c r="A493" s="1">
-        <x:v>45317.7470949074</x:v>
+        <x:v>45344.7578240741</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C493" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D493" s="0">
-        <x:v>168.98</x:v>
+        <x:v>174.02</x:v>
       </x:c>
       <x:c r="E493" s="0">
-        <x:v>241.4</x:v>
+        <x:v>248.6</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:5">
       <x:c r="A494" s="1">
-        <x:v>45316.7524305556</x:v>
+        <x:v>45343.7646412037</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C494" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D494" s="0">
-        <x:v>159.25</x:v>
+        <x:v>174.51</x:v>
       </x:c>
       <x:c r="E494" s="0">
-        <x:v>227.5</x:v>
+        <x:v>249.3</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:5">
       <x:c r="A495" s="1">
-        <x:v>45315.7568055556</x:v>
+        <x:v>45342.7526967593</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C495" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D495" s="0">
-        <x:v>156.03</x:v>
+        <x:v>174.51</x:v>
       </x:c>
       <x:c r="E495" s="0">
-        <x:v>222.9</x:v>
+        <x:v>249.3</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:5">
       <x:c r="A496" s="1">
-        <x:v>45314.7547569444</x:v>
+        <x:v>45341.7513657407</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C496" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D496" s="0">
-        <x:v>156.03</x:v>
+        <x:v>178.99</x:v>
       </x:c>
       <x:c r="E496" s="0">
-        <x:v>222.9</x:v>
+        <x:v>255.7</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:5">
       <x:c r="A497" s="1">
-        <x:v>45313.762650463</x:v>
+        <x:v>45338.7552662037</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C497" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D497" s="0">
-        <x:v>157.01</x:v>
+        <x:v>177.66</x:v>
       </x:c>
       <x:c r="E497" s="0">
-        <x:v>224.3</x:v>
+        <x:v>253.8</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:5">
       <x:c r="A498" s="1">
-        <x:v>45310.7491550926</x:v>
+        <x:v>45337.7599074074</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C498" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D498" s="0">
-        <x:v>154.91</x:v>
+        <x:v>168.63</x:v>
       </x:c>
       <x:c r="E498" s="0">
-        <x:v>221.3</x:v>
+        <x:v>240.9</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:5">
       <x:c r="A499" s="1">
-        <x:v>45309.7474537037</x:v>
+        <x:v>45336.7470949074</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C499" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D499" s="0">
-        <x:v>153.44</x:v>
+        <x:v>168.63</x:v>
       </x:c>
       <x:c r="E499" s="0">
-        <x:v>219.2</x:v>
+        <x:v>240.9</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:5">
       <x:c r="A500" s="1">
-        <x:v>45308.7508217593</x:v>
+        <x:v>45335.7500810185</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C500" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D500" s="0">
-        <x:v>154.77</x:v>
+        <x:v>168.14</x:v>
       </x:c>
       <x:c r="E500" s="0">
-        <x:v>221.1</x:v>
+        <x:v>240.2</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:5">
       <x:c r="A501" s="1">
-        <x:v>45307.7510648148</x:v>
+        <x:v>45334.7513425926</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C501" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D501" s="0">
-        <x:v>158.48</x:v>
+        <x:v>170.1</x:v>
       </x:c>
       <x:c r="E501" s="0">
-        <x:v>226.4</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:5">
       <x:c r="A502" s="1">
-        <x:v>45306.746724537</x:v>
+        <x:v>45331.7583333333</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C502" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D502" s="0">
-        <x:v>162.12</x:v>
+        <x:v>175.84</x:v>
       </x:c>
       <x:c r="E502" s="0">
-        <x:v>231.6</x:v>
+        <x:v>251.2</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:5">
       <x:c r="A503" s="1">
-        <x:v>45303.7600810185</x:v>
+        <x:v>45330.7579398148</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C503" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D503" s="0">
-        <x:v>164.64</x:v>
+        <x:v>176.26</x:v>
       </x:c>
       <x:c r="E503" s="0">
-        <x:v>235.2</x:v>
+        <x:v>251.8</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:5">
       <x:c r="A504" s="1">
-        <x:v>45302.7519907407</x:v>
+        <x:v>45329.7549421296</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C504" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D504" s="0">
-        <x:v>164.64</x:v>
+        <x:v>175.7</x:v>
       </x:c>
       <x:c r="E504" s="0">
-        <x:v>235.2</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:5">
       <x:c r="A505" s="1">
-        <x:v>45301.7540162037</x:v>
+        <x:v>45328.7533333333</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C505" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D505" s="0">
-        <x:v>165.62</x:v>
+        <x:v>173.25</x:v>
       </x:c>
       <x:c r="E505" s="0">
-        <x:v>236.6</x:v>
+        <x:v>247.5</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:5">
       <x:c r="A506" s="1">
-        <x:v>45300.7495138889</x:v>
+        <x:v>45327.7502314815</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C506" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D506" s="0">
-        <x:v>169.54</x:v>
+        <x:v>173.25</x:v>
       </x:c>
       <x:c r="E506" s="0">
-        <x:v>242.2</x:v>
+        <x:v>247.5</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:5">
       <x:c r="A507" s="1">
-        <x:v>45299.7520833333</x:v>
+        <x:v>45324.7529513889</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C507" s="0">
         <x:v>0.14</x:v>
       </x:c>
       <x:c r="D507" s="0">
-        <x:v>166.18</x:v>
+        <x:v>173.74</x:v>
       </x:c>
       <x:c r="E507" s="0">
-        <x:v>237.4</x:v>
+        <x:v>248.2</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:5">
       <x:c r="A508" s="1">
-        <x:v>45296.7575115741</x:v>
+        <x:v>45323.7530671296</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C508" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D508" s="0">
-        <x:v>167.16</x:v>
+        <x:v>173.74</x:v>
       </x:c>
       <x:c r="E508" s="0">
-        <x:v>238.8</x:v>
+        <x:v>248.2</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:5">
       <x:c r="A509" s="1">
-        <x:v>45295.7561342593</x:v>
+        <x:v>45322.7527083333</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C509" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D509" s="0">
-        <x:v>170.94</x:v>
+        <x:v>175.84</x:v>
       </x:c>
       <x:c r="E509" s="0">
-        <x:v>244.2</x:v>
+        <x:v>251.2</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:5">
       <x:c r="A510" s="1">
-        <x:v>45294.7523726852</x:v>
+        <x:v>45321.7434143519</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C510" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D510" s="0">
-        <x:v>170.94</x:v>
+        <x:v>167.23</x:v>
       </x:c>
       <x:c r="E510" s="0">
-        <x:v>244.2</x:v>
+        <x:v>238.9</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:5">
       <x:c r="A511" s="1">
-        <x:v>45293.7531481481</x:v>
+        <x:v>45320.7512384259</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C511" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D511" s="0">
-        <x:v>167.65</x:v>
+        <x:v>167.51</x:v>
       </x:c>
       <x:c r="E511" s="0">
-        <x:v>239.5</x:v>
+        <x:v>239.3</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:5">
       <x:c r="A512" s="1">
-        <x:v>45289.7503125</x:v>
+        <x:v>45317.7470949074</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C512" s="0">
         <x:v>0.14</x:v>
       </x:c>
       <x:c r="D512" s="0">
-        <x:v>167.65</x:v>
+        <x:v>168.98</x:v>
       </x:c>
       <x:c r="E512" s="0">
-        <x:v>239.5</x:v>
+        <x:v>241.4</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:5">
       <x:c r="A513" s="1">
-        <x:v>45288.7523726852</x:v>
+        <x:v>45316.7524305556</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C513" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D513" s="0">
-        <x:v>167.58</x:v>
+        <x:v>159.25</x:v>
       </x:c>
       <x:c r="E513" s="0">
-        <x:v>239.4</x:v>
+        <x:v>227.5</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:5">
       <x:c r="A514" s="1">
-        <x:v>45287.7513657407</x:v>
+        <x:v>45315.7568055556</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C514" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D514" s="0">
-        <x:v>167.58</x:v>
+        <x:v>156.03</x:v>
       </x:c>
       <x:c r="E514" s="0">
-        <x:v>239.4</x:v>
+        <x:v>222.9</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:5">
       <x:c r="A515" s="1">
-        <x:v>45282.7519444444</x:v>
+        <x:v>45314.7547569444</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C515" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D515" s="0">
-        <x:v>169.75</x:v>
+        <x:v>156.03</x:v>
       </x:c>
       <x:c r="E515" s="0">
-        <x:v>242.5</x:v>
+        <x:v>222.9</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:5">
       <x:c r="A516" s="1">
-        <x:v>45281.7536226852</x:v>
+        <x:v>45313.762650463</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C516" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D516" s="0">
-        <x:v>169.75</x:v>
+        <x:v>157.01</x:v>
       </x:c>
       <x:c r="E516" s="0">
-        <x:v>242.5</x:v>
+        <x:v>224.3</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:5">
       <x:c r="A517" s="1">
-        <x:v>45280.7567939815</x:v>
+        <x:v>45310.7491550926</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C517" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D517" s="0">
-        <x:v>170.1</x:v>
+        <x:v>154.91</x:v>
       </x:c>
       <x:c r="E517" s="0">
-        <x:v>243</x:v>
+        <x:v>221.3</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:5">
       <x:c r="A518" s="1">
-        <x:v>45279.7563425926</x:v>
+        <x:v>45309.7474537037</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C518" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D518" s="0">
-        <x:v>163.1</x:v>
+        <x:v>153.44</x:v>
       </x:c>
       <x:c r="E518" s="0">
-        <x:v>233</x:v>
+        <x:v>219.2</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:5">
       <x:c r="A519" s="1">
-        <x:v>45278.7578819444</x:v>
+        <x:v>45308.7508217593</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C519" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D519" s="0">
-        <x:v>161.77</x:v>
+        <x:v>154.77</x:v>
       </x:c>
       <x:c r="E519" s="0">
-        <x:v>231.1</x:v>
+        <x:v>221.1</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:5">
       <x:c r="A520" s="1">
-        <x:v>45275.7521643518</x:v>
+        <x:v>45307.7510648148</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C520" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D520" s="0">
-        <x:v>161.77</x:v>
+        <x:v>158.48</x:v>
       </x:c>
       <x:c r="E520" s="0">
-        <x:v>231.1</x:v>
+        <x:v>226.4</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:5">
       <x:c r="A521" s="1">
-        <x:v>45274.7542824074</x:v>
+        <x:v>45306.746724537</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C521" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D521" s="0">
-        <x:v>146.65</x:v>
+        <x:v>162.12</x:v>
       </x:c>
       <x:c r="E521" s="0">
-        <x:v>209.5</x:v>
+        <x:v>231.6</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:5">
       <x:c r="A522" s="1">
-        <x:v>45273.7529398148</x:v>
+        <x:v>45303.7600810185</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C522" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D522" s="0">
-        <x:v>146.65</x:v>
+        <x:v>164.64</x:v>
       </x:c>
       <x:c r="E522" s="0">
-        <x:v>209.5</x:v>
+        <x:v>235.2</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:5">
       <x:c r="A523" s="1">
-        <x:v>45272.7470138889</x:v>
+        <x:v>45302.7519907407</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C523" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D523" s="0">
-        <x:v>146.3</x:v>
+        <x:v>164.64</x:v>
       </x:c>
       <x:c r="E523" s="0">
-        <x:v>209</x:v>
+        <x:v>235.2</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:5">
       <x:c r="A524" s="1">
-        <x:v>45271.7501967593</x:v>
+        <x:v>45301.7540162037</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C524" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D524" s="0">
-        <x:v>146.16</x:v>
+        <x:v>165.62</x:v>
       </x:c>
       <x:c r="E524" s="0">
-        <x:v>208.8</x:v>
+        <x:v>236.6</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:5">
       <x:c r="A525" s="1">
-        <x:v>45268.7520023148</x:v>
+        <x:v>45300.7495138889</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C525" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D525" s="0">
-        <x:v>143.36</x:v>
+        <x:v>169.54</x:v>
       </x:c>
       <x:c r="E525" s="0">
-        <x:v>204.8</x:v>
+        <x:v>242.2</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:5">
       <x:c r="A526" s="1">
-        <x:v>45267.7503240741</x:v>
+        <x:v>45299.7520833333</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C526" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D526" s="0">
-        <x:v>142.17</x:v>
+        <x:v>166.18</x:v>
       </x:c>
       <x:c r="E526" s="0">
-        <x:v>203.1</x:v>
+        <x:v>237.4</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:5">
       <x:c r="A527" s="1">
-        <x:v>45266.7516550926</x:v>
+        <x:v>45296.7575115741</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C527" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D527" s="0">
-        <x:v>143.99</x:v>
+        <x:v>167.16</x:v>
       </x:c>
       <x:c r="E527" s="0">
-        <x:v>205.7</x:v>
+        <x:v>238.8</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:5">
       <x:c r="A528" s="1">
-        <x:v>45265.7685532407</x:v>
+        <x:v>45295.7561342593</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C528" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D528" s="0">
-        <x:v>137.76</x:v>
+        <x:v>170.94</x:v>
       </x:c>
       <x:c r="E528" s="0">
-        <x:v>196.8</x:v>
+        <x:v>244.2</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:5">
       <x:c r="A529" s="1">
-        <x:v>45264.7788310185</x:v>
+        <x:v>45294.7523726852</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C529" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D529" s="0">
-        <x:v>140.42</x:v>
+        <x:v>170.94</x:v>
       </x:c>
       <x:c r="E529" s="0">
-        <x:v>200.6</x:v>
+        <x:v>244.2</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:5">
       <x:c r="A530" s="1">
-        <x:v>45261.7605555556</x:v>
+        <x:v>45293.7531481481</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C530" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D530" s="0">
-        <x:v>141.4</x:v>
+        <x:v>167.65</x:v>
       </x:c>
       <x:c r="E530" s="0">
-        <x:v>202</x:v>
+        <x:v>239.5</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:5">
       <x:c r="A531" s="1">
-        <x:v>45260.7764351852</x:v>
+        <x:v>45289.7503125</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C531" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D531" s="0">
-        <x:v>144.48</x:v>
+        <x:v>167.65</x:v>
       </x:c>
       <x:c r="E531" s="0">
-        <x:v>206.4</x:v>
+        <x:v>239.5</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:5">
       <x:c r="A532" s="1">
-        <x:v>45259.7665162037</x:v>
+        <x:v>45288.7523726852</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C532" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D532" s="0">
-        <x:v>139.475</x:v>
+        <x:v>167.58</x:v>
       </x:c>
       <x:c r="E532" s="0">
-        <x:v>199.25</x:v>
+        <x:v>239.4</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:5">
       <x:c r="A533" s="1">
-        <x:v>45258.7540856482</x:v>
+        <x:v>45287.7513657407</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C533" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D533" s="0">
-        <x:v>139.475</x:v>
+        <x:v>167.58</x:v>
       </x:c>
       <x:c r="E533" s="0">
-        <x:v>199.25</x:v>
+        <x:v>239.4</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:5">
       <x:c r="A534" s="1">
-        <x:v>45257.7614814815</x:v>
+        <x:v>45282.7519444444</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C534" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D534" s="0">
-        <x:v>140.91</x:v>
+        <x:v>169.75</x:v>
       </x:c>
       <x:c r="E534" s="0">
-        <x:v>201.3</x:v>
+        <x:v>242.5</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:5">
       <x:c r="A535" s="1">
-        <x:v>45254.7598958333</x:v>
+        <x:v>45281.7536226852</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C535" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D535" s="0">
-        <x:v>142.38</x:v>
+        <x:v>169.75</x:v>
       </x:c>
       <x:c r="E535" s="0">
-        <x:v>203.4</x:v>
+        <x:v>242.5</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:5">
       <x:c r="A536" s="1">
-        <x:v>45253.7554861111</x:v>
+        <x:v>45280.7567939815</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C536" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D536" s="0">
-        <x:v>142.52</x:v>
+        <x:v>170.1</x:v>
       </x:c>
       <x:c r="E536" s="0">
-        <x:v>203.6</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:5">
       <x:c r="A537" s="1">
-        <x:v>45252.7540625</x:v>
+        <x:v>45279.7563425926</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C537" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D537" s="0">
-        <x:v>141.75</x:v>
+        <x:v>163.1</x:v>
       </x:c>
       <x:c r="E537" s="0">
-        <x:v>202.5</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:5">
       <x:c r="A538" s="1">
-        <x:v>45251.7512615741</x:v>
+        <x:v>45278.7578819444</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C538" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D538" s="0">
-        <x:v>140.77</x:v>
+        <x:v>161.77</x:v>
       </x:c>
       <x:c r="E538" s="0">
-        <x:v>201.1</x:v>
+        <x:v>231.1</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:5">
       <x:c r="A539" s="1">
-        <x:v>45250.752962963</x:v>
+        <x:v>45275.7521643518</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C539" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D539" s="0">
-        <x:v>140.35</x:v>
+        <x:v>161.77</x:v>
       </x:c>
       <x:c r="E539" s="0">
-        <x:v>200.5</x:v>
+        <x:v>231.1</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:5">
       <x:c r="A540" s="1">
-        <x:v>45247.7545023148</x:v>
+        <x:v>45274.7542824074</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C540" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D540" s="0">
-        <x:v>138.985</x:v>
+        <x:v>146.65</x:v>
       </x:c>
       <x:c r="E540" s="0">
-        <x:v>198.55</x:v>
+        <x:v>209.5</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:5">
       <x:c r="A541" s="1">
-        <x:v>45246.7562731481</x:v>
+        <x:v>45273.7529398148</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C541" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D541" s="0">
-        <x:v>138.985</x:v>
+        <x:v>146.65</x:v>
       </x:c>
       <x:c r="E541" s="0">
-        <x:v>198.55</x:v>
+        <x:v>209.5</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:5">
       <x:c r="A542" s="1">
-        <x:v>45245.7564699074</x:v>
+        <x:v>45272.7470138889</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C542" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D542" s="0">
-        <x:v>140.49</x:v>
+        <x:v>146.3</x:v>
       </x:c>
       <x:c r="E542" s="0">
-        <x:v>200.7</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:5">
       <x:c r="A543" s="1">
-        <x:v>45244.7502199074</x:v>
+        <x:v>45271.7501967593</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C543" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D543" s="0">
-        <x:v>137.865</x:v>
+        <x:v>146.16</x:v>
       </x:c>
       <x:c r="E543" s="0">
-        <x:v>196.95</x:v>
+        <x:v>208.8</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:5">
       <x:c r="A544" s="1">
-        <x:v>45243.752337963</x:v>
+        <x:v>45268.7520023148</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C544" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D544" s="0">
-        <x:v>127.295</x:v>
+        <x:v>143.36</x:v>
       </x:c>
       <x:c r="E544" s="0">
-        <x:v>181.85</x:v>
+        <x:v>204.8</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:5">
       <x:c r="A545" s="1">
-        <x:v>45240.7502199074</x:v>
+        <x:v>45267.7503240741</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C545" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D545" s="0">
-        <x:v>129.5</x:v>
+        <x:v>142.17</x:v>
       </x:c>
       <x:c r="E545" s="0">
-        <x:v>185</x:v>
+        <x:v>203.1</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:5">
       <x:c r="A546" s="1">
-        <x:v>45239.7483912037</x:v>
+        <x:v>45266.7516550926</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C546" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D546" s="0">
-        <x:v>133.315</x:v>
+        <x:v>143.99</x:v>
       </x:c>
       <x:c r="E546" s="0">
-        <x:v>190.45</x:v>
+        <x:v>205.7</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:5">
       <x:c r="A547" s="1">
-        <x:v>45238.7534722222</x:v>
+        <x:v>45265.7685532407</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C547" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D547" s="0">
-        <x:v>130.13</x:v>
+        <x:v>137.76</x:v>
       </x:c>
       <x:c r="E547" s="0">
-        <x:v>185.9</x:v>
+        <x:v>196.8</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:5">
       <x:c r="A548" s="1">
-        <x:v>45237.7527430556</x:v>
+        <x:v>45264.7788310185</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C548" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D548" s="0">
-        <x:v>130.13</x:v>
+        <x:v>140.42</x:v>
       </x:c>
       <x:c r="E548" s="0">
-        <x:v>185.9</x:v>
+        <x:v>200.6</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:5">
       <x:c r="A549" s="1">
-        <x:v>45236.7575694444</x:v>
+        <x:v>45261.7605555556</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C549" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D549" s="0">
-        <x:v>130.725</x:v>
+        <x:v>141.4</x:v>
       </x:c>
       <x:c r="E549" s="0">
-        <x:v>186.75</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:5">
       <x:c r="A550" s="1">
-        <x:v>45233.7476967593</x:v>
+        <x:v>45260.7764351852</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C550" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D550" s="0">
-        <x:v>131.215</x:v>
+        <x:v>144.48</x:v>
       </x:c>
       <x:c r="E550" s="0">
-        <x:v>187.45</x:v>
+        <x:v>206.4</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:5">
       <x:c r="A551" s="1">
-        <x:v>45232.7608449074</x:v>
+        <x:v>45259.7665162037</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C551" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D551" s="0">
-        <x:v>128.87</x:v>
+        <x:v>139.475</x:v>
       </x:c>
       <x:c r="E551" s="0">
-        <x:v>184.1</x:v>
+        <x:v>199.25</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:5">
       <x:c r="A552" s="1">
-        <x:v>45232.7608449074</x:v>
+        <x:v>45258.7540856482</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C552" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D552" s="0">
-        <x:v>128.87</x:v>
+        <x:v>139.475</x:v>
       </x:c>
       <x:c r="E552" s="0">
-        <x:v>184.1</x:v>
+        <x:v>199.25</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:5">
       <x:c r="A553" s="1">
-        <x:v>45231.7564930556</x:v>
+        <x:v>45257.7614814815</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C553" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D553" s="0">
-        <x:v>126.105</x:v>
+        <x:v>140.91</x:v>
       </x:c>
       <x:c r="E553" s="0">
-        <x:v>180.15</x:v>
+        <x:v>201.3</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:5">
       <x:c r="A554" s="1">
-        <x:v>45230.7504861111</x:v>
+        <x:v>45254.7598958333</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C554" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D554" s="0">
-        <x:v>123.585</x:v>
+        <x:v>142.38</x:v>
       </x:c>
       <x:c r="E554" s="0">
-        <x:v>176.55</x:v>
+        <x:v>203.4</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:5">
       <x:c r="A555" s="1">
-        <x:v>45229.7656712963</x:v>
+        <x:v>45253.7554861111</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C555" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D555" s="0">
-        <x:v>113.4</x:v>
+        <x:v>142.52</x:v>
       </x:c>
       <x:c r="E555" s="0">
-        <x:v>162</x:v>
+        <x:v>203.6</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:5">
       <x:c r="A556" s="1">
-        <x:v>45226.7533564815</x:v>
+        <x:v>45252.7540625</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C556" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D556" s="0">
-        <x:v>115.885</x:v>
+        <x:v>141.75</x:v>
       </x:c>
       <x:c r="E556" s="0">
-        <x:v>165.55</x:v>
+        <x:v>202.5</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:5">
       <x:c r="A557" s="1">
-        <x:v>45225.7507060185</x:v>
+        <x:v>45251.7512615741</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C557" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D557" s="0">
-        <x:v>115.5</x:v>
+        <x:v>140.77</x:v>
       </x:c>
       <x:c r="E557" s="0">
-        <x:v>165</x:v>
+        <x:v>201.1</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:5">
       <x:c r="A558" s="1">
-        <x:v>45224.7517013889</x:v>
+        <x:v>45250.752962963</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C558" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D558" s="0">
-        <x:v>122.99</x:v>
+        <x:v>140.35</x:v>
       </x:c>
       <x:c r="E558" s="0">
-        <x:v>175.7</x:v>
+        <x:v>200.5</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:5">
       <x:c r="A559" s="1">
-        <x:v>45223.7526967593</x:v>
+        <x:v>45247.7545023148</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C559" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D559" s="0">
-        <x:v>122.99</x:v>
+        <x:v>138.985</x:v>
       </x:c>
       <x:c r="E559" s="0">
-        <x:v>175.7</x:v>
+        <x:v>198.55</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:5">
       <x:c r="A560" s="1">
-        <x:v>45222.7532060185</x:v>
+        <x:v>45246.7562731481</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C560" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D560" s="0">
-        <x:v>121.345</x:v>
+        <x:v>138.985</x:v>
       </x:c>
       <x:c r="E560" s="0">
-        <x:v>173.35</x:v>
+        <x:v>198.55</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:5">
       <x:c r="A561" s="1">
-        <x:v>45219.7522453704</x:v>
+        <x:v>45245.7564699074</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C561" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D561" s="0">
-        <x:v>124.985</x:v>
+        <x:v>140.49</x:v>
       </x:c>
       <x:c r="E561" s="0">
-        <x:v>178.55</x:v>
+        <x:v>200.7</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:5">
       <x:c r="A562" s="1">
-        <x:v>45218.7612384259</x:v>
+        <x:v>45244.7502199074</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C562" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D562" s="0">
-        <x:v>130.55</x:v>
+        <x:v>137.865</x:v>
       </x:c>
       <x:c r="E562" s="0">
-        <x:v>186.5</x:v>
+        <x:v>196.95</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:5">
       <x:c r="A563" s="1">
-        <x:v>45217.7537384259</x:v>
+        <x:v>45243.752337963</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C563" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D563" s="0">
-        <x:v>130.55</x:v>
+        <x:v>127.295</x:v>
       </x:c>
       <x:c r="E563" s="0">
-        <x:v>186.5</x:v>
+        <x:v>181.85</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:5">
       <x:c r="A564" s="1">
-        <x:v>45216.7554513889</x:v>
+        <x:v>45240.7502199074</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C564" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D564" s="0">
-        <x:v>133.35</x:v>
+        <x:v>129.5</x:v>
       </x:c>
       <x:c r="E564" s="0">
-        <x:v>190.5</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:5">
       <x:c r="A565" s="1">
-        <x:v>45215.7518171296</x:v>
+        <x:v>45239.7483912037</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C565" s="0">
         <x:v>0.08</x:v>
       </x:c>
       <x:c r="D565" s="0">
-        <x:v>132.02</x:v>
+        <x:v>133.315</x:v>
       </x:c>
       <x:c r="E565" s="0">
-        <x:v>188.6</x:v>
+        <x:v>190.45</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:5">
       <x:c r="A566" s="1">
-        <x:v>45212.7884027778</x:v>
+        <x:v>45238.7534722222</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C566" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D566" s="0">
-        <x:v>157.43</x:v>
+        <x:v>130.13</x:v>
       </x:c>
       <x:c r="E566" s="0">
-        <x:v>224.9</x:v>
+        <x:v>185.9</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:5">
       <x:c r="A567" s="1">
-        <x:v>45211.7548958333</x:v>
+        <x:v>45237.7527430556</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C567" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D567" s="0">
-        <x:v>157.43</x:v>
+        <x:v>130.13</x:v>
       </x:c>
       <x:c r="E567" s="0">
-        <x:v>224.9</x:v>
+        <x:v>185.9</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:5">
       <x:c r="A568" s="1">
-        <x:v>45210.7564814815</x:v>
+        <x:v>45236.7575694444</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C568" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D568" s="0">
-        <x:v>161.77</x:v>
+        <x:v>130.725</x:v>
       </x:c>
       <x:c r="E568" s="0">
-        <x:v>231.1</x:v>
+        <x:v>186.75</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:5">
       <x:c r="A569" s="1">
-        <x:v>45209.7528356481</x:v>
+        <x:v>45233.7476967593</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C569" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D569" s="0">
-        <x:v>161.77</x:v>
+        <x:v>131.215</x:v>
       </x:c>
       <x:c r="E569" s="0">
-        <x:v>231.1</x:v>
+        <x:v>187.45</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:5">
       <x:c r="A570" s="1">
-        <x:v>45208.7536458333</x:v>
+        <x:v>45232.7608449074</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C570" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D570" s="0">
-        <x:v>156.03</x:v>
+        <x:v>128.87</x:v>
       </x:c>
       <x:c r="E570" s="0">
-        <x:v>222.9</x:v>
+        <x:v>184.1</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:5">
       <x:c r="A571" s="1">
-        <x:v>45205.7512384259</x:v>
+        <x:v>45232.7608449074</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C571" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D571" s="0">
-        <x:v>160.16</x:v>
+        <x:v>128.87</x:v>
       </x:c>
       <x:c r="E571" s="0">
-        <x:v>228.8</x:v>
+        <x:v>184.1</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:5">
       <x:c r="A572" s="1">
-        <x:v>45204.7553472222</x:v>
+        <x:v>45231.7564930556</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C572" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D572" s="0">
-        <x:v>157.29</x:v>
+        <x:v>126.105</x:v>
       </x:c>
       <x:c r="E572" s="0">
-        <x:v>224.7</x:v>
+        <x:v>180.15</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:5">
       <x:c r="A573" s="1">
-        <x:v>45203.7640393519</x:v>
+        <x:v>45230.7504861111</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C573" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D573" s="0">
-        <x:v>157.29</x:v>
+        <x:v>123.585</x:v>
       </x:c>
       <x:c r="E573" s="0">
-        <x:v>224.7</x:v>
+        <x:v>176.55</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:5">
       <x:c r="A574" s="1">
-        <x:v>45203.7640393519</x:v>
+        <x:v>45229.7656712963</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C574" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D574" s="0">
-        <x:v>157.29</x:v>
+        <x:v>113.4</x:v>
       </x:c>
       <x:c r="E574" s="0">
-        <x:v>224.7</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:5">
       <x:c r="A575" s="1">
-        <x:v>45202.7512962963</x:v>
+        <x:v>45226.7533564815</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C575" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D575" s="0">
-        <x:v>157.01</x:v>
+        <x:v>115.885</x:v>
       </x:c>
       <x:c r="E575" s="0">
-        <x:v>224.3</x:v>
+        <x:v>165.55</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:5">
       <x:c r="A576" s="1">
-        <x:v>45201.7528240741</x:v>
+        <x:v>45225.7507060185</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C576" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D576" s="0">
-        <x:v>157.08</x:v>
+        <x:v>115.5</x:v>
       </x:c>
       <x:c r="E576" s="0">
-        <x:v>224.4</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:5">
       <x:c r="A577" s="1">
-        <x:v>45198.7708333333</x:v>
+        <x:v>45224.7517013889</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C577" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D577" s="0">
-        <x:v>158.2</x:v>
+        <x:v>122.99</x:v>
       </x:c>
       <x:c r="E577" s="0">
-        <x:v>226</x:v>
+        <x:v>175.7</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:5">
       <x:c r="A578" s="1">
-        <x:v>45197.7528819444</x:v>
+        <x:v>45223.7526967593</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C578" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D578" s="0">
-        <x:v>154.56</x:v>
+        <x:v>122.99</x:v>
       </x:c>
       <x:c r="E578" s="0">
-        <x:v>220.8</x:v>
+        <x:v>175.7</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:5">
       <x:c r="A579" s="1">
-        <x:v>45196.7547685185</x:v>
+        <x:v>45222.7532060185</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C579" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D579" s="0">
-        <x:v>155.4</x:v>
+        <x:v>121.345</x:v>
       </x:c>
       <x:c r="E579" s="0">
-        <x:v>222</x:v>
+        <x:v>173.35</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:5">
       <x:c r="A580" s="1">
-        <x:v>45195.7570138889</x:v>
+        <x:v>45219.7522453704</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C580" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D580" s="0">
-        <x:v>158.41</x:v>
+        <x:v>124.985</x:v>
       </x:c>
       <x:c r="E580" s="0">
-        <x:v>226.3</x:v>
+        <x:v>178.55</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:5">
       <x:c r="A581" s="1">
-        <x:v>45194.7532175926</x:v>
+        <x:v>45218.7612384259</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C581" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D581" s="0">
-        <x:v>160.86</x:v>
+        <x:v>130.55</x:v>
       </x:c>
       <x:c r="E581" s="0">
-        <x:v>229.8</x:v>
+        <x:v>186.5</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:5">
       <x:c r="A582" s="1">
-        <x:v>45191.7530671296</x:v>
+        <x:v>45217.7537384259</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C582" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D582" s="0">
-        <x:v>160.86</x:v>
+        <x:v>130.55</x:v>
       </x:c>
       <x:c r="E582" s="0">
-        <x:v>229.8</x:v>
+        <x:v>186.5</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:5">
       <x:c r="A583" s="1">
-        <x:v>45190.7625462963</x:v>
+        <x:v>45216.7554513889</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C583" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D583" s="0">
-        <x:v>162.4</x:v>
+        <x:v>133.35</x:v>
       </x:c>
       <x:c r="E583" s="0">
-        <x:v>232</x:v>
+        <x:v>190.5</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:5">
       <x:c r="A584" s="1">
-        <x:v>45189.7532638889</x:v>
+        <x:v>45215.7518171296</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C584" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D584" s="0">
-        <x:v>164.71</x:v>
+        <x:v>132.02</x:v>
       </x:c>
       <x:c r="E584" s="0">
-        <x:v>235.3</x:v>
+        <x:v>188.6</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:5">
       <x:c r="A585" s="1">
-        <x:v>45188.7544328704</x:v>
+        <x:v>45212.7884027778</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C585" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D585" s="0">
-        <x:v>164.71</x:v>
+        <x:v>157.43</x:v>
       </x:c>
       <x:c r="E585" s="0">
-        <x:v>235.3</x:v>
+        <x:v>224.9</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:5">
       <x:c r="A586" s="1">
-        <x:v>45187.7522106481</x:v>
+        <x:v>45211.7548958333</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C586" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D586" s="0">
-        <x:v>172.34</x:v>
+        <x:v>157.43</x:v>
       </x:c>
       <x:c r="E586" s="0">
-        <x:v>246.2</x:v>
+        <x:v>224.9</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:5">
       <x:c r="A587" s="1">
-        <x:v>45184.7562152778</x:v>
+        <x:v>45210.7564814815</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C587" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D587" s="0">
-        <x:v>177.73</x:v>
+        <x:v>161.77</x:v>
       </x:c>
       <x:c r="E587" s="0">
-        <x:v>253.9</x:v>
+        <x:v>231.1</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:5">
       <x:c r="A588" s="1">
-        <x:v>45183.7549768519</x:v>
+        <x:v>45209.7528356481</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C588" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D588" s="0">
-        <x:v>173.53</x:v>
+        <x:v>161.77</x:v>
       </x:c>
       <x:c r="E588" s="0">
-        <x:v>247.9</x:v>
+        <x:v>231.1</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:5">
       <x:c r="A589" s="1">
-        <x:v>45182.7550231482</x:v>
+        <x:v>45208.7536458333</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C589" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D589" s="0">
-        <x:v>173.53</x:v>
+        <x:v>156.03</x:v>
       </x:c>
       <x:c r="E589" s="0">
-        <x:v>247.9</x:v>
+        <x:v>222.9</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:5">
       <x:c r="A590" s="1">
-        <x:v>45181.7546412037</x:v>
+        <x:v>45205.7512384259</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C590" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D590" s="0">
-        <x:v>174.86</x:v>
+        <x:v>160.16</x:v>
       </x:c>
       <x:c r="E590" s="0">
-        <x:v>249.8</x:v>
+        <x:v>228.8</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:5">
       <x:c r="A591" s="1">
-        <x:v>45180.7560648148</x:v>
+        <x:v>45204.7553472222</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C591" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D591" s="0">
-        <x:v>182.56</x:v>
+        <x:v>157.29</x:v>
       </x:c>
       <x:c r="E591" s="0">
-        <x:v>260.8</x:v>
+        <x:v>224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:5">
       <x:c r="A592" s="1">
-        <x:v>45177.7505439815</x:v>
+        <x:v>45203.7640393519</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C592" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D592" s="0">
-        <x:v>185.15</x:v>
+        <x:v>157.29</x:v>
       </x:c>
       <x:c r="E592" s="0">
-        <x:v>264.5</x:v>
+        <x:v>224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:5">
       <x:c r="A593" s="1">
-        <x:v>45175.7517592593</x:v>
+        <x:v>45203.7640393519</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C593" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D593" s="0">
-        <x:v>183.68</x:v>
+        <x:v>157.29</x:v>
       </x:c>
       <x:c r="E593" s="0">
-        <x:v>262.4</x:v>
+        <x:v>224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:5">
       <x:c r="A594" s="1">
-        <x:v>45174.7518055556</x:v>
+        <x:v>45202.7512962963</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C594" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D594" s="0">
-        <x:v>181.65</x:v>
+        <x:v>157.01</x:v>
       </x:c>
       <x:c r="E594" s="0">
-        <x:v>259.5</x:v>
+        <x:v>224.3</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:5">
       <x:c r="A595" s="1">
-        <x:v>45173.7521296296</x:v>
+        <x:v>45201.7528240741</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C595" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D595" s="0">
-        <x:v>184.03</x:v>
+        <x:v>157.08</x:v>
       </x:c>
       <x:c r="E595" s="0">
-        <x:v>262.9</x:v>
+        <x:v>224.4</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:5">
       <x:c r="A596" s="1">
-        <x:v>45170.7515856481</x:v>
+        <x:v>45198.7708333333</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C596" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D596" s="0">
-        <x:v>184.31</x:v>
+        <x:v>158.2</x:v>
       </x:c>
       <x:c r="E596" s="0">
-        <x:v>263.3</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:5">
       <x:c r="A597" s="1">
-        <x:v>45169.7536226852</x:v>
+        <x:v>45197.7528819444</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C597" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D597" s="0">
-        <x:v>181.16</x:v>
+        <x:v>154.56</x:v>
       </x:c>
       <x:c r="E597" s="0">
-        <x:v>258.8</x:v>
+        <x:v>220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:5">
       <x:c r="A598" s="1">
-        <x:v>45168.7584375</x:v>
+        <x:v>45196.7547685185</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C598" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D598" s="0">
-        <x:v>181.16</x:v>
+        <x:v>155.4</x:v>
       </x:c>
       <x:c r="E598" s="0">
-        <x:v>258.8</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:5">
       <x:c r="A599" s="1">
-        <x:v>45167.7547800926</x:v>
+        <x:v>45195.7570138889</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C599" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D599" s="0">
-        <x:v>179.69</x:v>
+        <x:v>158.41</x:v>
       </x:c>
       <x:c r="E599" s="0">
-        <x:v>256.7</x:v>
+        <x:v>226.3</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:5">
       <x:c r="A600" s="1">
-        <x:v>45166.7542476852</x:v>
+        <x:v>45194.7532175926</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C600" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D600" s="0">
-        <x:v>177.45</x:v>
+        <x:v>160.86</x:v>
       </x:c>
       <x:c r="E600" s="0">
-        <x:v>253.5</x:v>
+        <x:v>229.8</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:5">
       <x:c r="A601" s="1">
-        <x:v>45163.7523726852</x:v>
+        <x:v>45191.7530671296</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C601" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D601" s="0">
-        <x:v>173.95</x:v>
+        <x:v>160.86</x:v>
       </x:c>
       <x:c r="E601" s="0">
-        <x:v>248.5</x:v>
+        <x:v>229.8</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:5">
       <x:c r="A602" s="1">
-        <x:v>45162.7675694444</x:v>
+        <x:v>45190.7625462963</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C602" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D602" s="0">
-        <x:v>178.22</x:v>
+        <x:v>162.4</x:v>
       </x:c>
       <x:c r="E602" s="0">
-        <x:v>254.6</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:5">
       <x:c r="A603" s="1">
-        <x:v>45161.7511689815</x:v>
+        <x:v>45189.7532638889</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C603" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D603" s="0">
-        <x:v>178.22</x:v>
+        <x:v>164.71</x:v>
       </x:c>
       <x:c r="E603" s="0">
-        <x:v>254.6</x:v>
+        <x:v>235.3</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:5">
       <x:c r="A604" s="1">
-        <x:v>45160.7514351852</x:v>
+        <x:v>45188.7544328704</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C604" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D604" s="0">
-        <x:v>173.88</x:v>
+        <x:v>164.71</x:v>
       </x:c>
       <x:c r="E604" s="0">
-        <x:v>248.4</x:v>
+        <x:v>235.3</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:5">
       <x:c r="A605" s="1">
-        <x:v>45159.7553703704</x:v>
+        <x:v>45187.7522106481</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C605" s="0">
         <x:v>0.22</x:v>
       </x:c>
       <x:c r="D605" s="0">
-        <x:v>170.94</x:v>
+        <x:v>172.34</x:v>
       </x:c>
       <x:c r="E605" s="0">
-        <x:v>244.2</x:v>
+        <x:v>246.2</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:5">
       <x:c r="A606" s="1">
-        <x:v>45156.7550347222</x:v>
+        <x:v>45184.7562152778</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C606" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D606" s="0">
-        <x:v>178.71</x:v>
+        <x:v>177.73</x:v>
       </x:c>
       <x:c r="E606" s="0">
-        <x:v>255.3</x:v>
+        <x:v>253.9</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:5">
       <x:c r="A607" s="1">
-        <x:v>45155.7556134259</x:v>
+        <x:v>45183.7549768519</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C607" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D607" s="0">
-        <x:v>182.56</x:v>
+        <x:v>173.53</x:v>
       </x:c>
       <x:c r="E607" s="0">
-        <x:v>260.8</x:v>
+        <x:v>247.9</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:5">
       <x:c r="A608" s="1">
-        <x:v>45154.754224537</x:v>
+        <x:v>45182.7550231482</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C608" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D608" s="0">
-        <x:v>183.68</x:v>
+        <x:v>173.53</x:v>
       </x:c>
       <x:c r="E608" s="0">
-        <x:v>262.4</x:v>
+        <x:v>247.9</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:5">
       <x:c r="A609" s="1">
-        <x:v>45153.7541087963</x:v>
+        <x:v>45181.7546412037</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C609" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D609" s="0">
-        <x:v>186.34</x:v>
+        <x:v>174.86</x:v>
       </x:c>
       <x:c r="E609" s="0">
-        <x:v>266.2</x:v>
+        <x:v>249.8</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:5">
       <x:c r="A610" s="1">
-        <x:v>45152.75375</x:v>
+        <x:v>45180.7560648148</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C610" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D610" s="0">
-        <x:v>185.99</x:v>
+        <x:v>182.56</x:v>
       </x:c>
       <x:c r="E610" s="0">
-        <x:v>265.7</x:v>
+        <x:v>260.8</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:5">
       <x:c r="A611" s="1">
-        <x:v>45149.754212963</x:v>
+        <x:v>45177.7505439815</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C611" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D611" s="0">
-        <x:v>189.42</x:v>
+        <x:v>185.15</x:v>
       </x:c>
       <x:c r="E611" s="0">
-        <x:v>270.6</x:v>
+        <x:v>264.5</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:5">
       <x:c r="A612" s="1">
-        <x:v>45148.7531134259</x:v>
+        <x:v>45175.7517592593</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C612" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D612" s="0">
-        <x:v>187.32</x:v>
+        <x:v>183.68</x:v>
       </x:c>
       <x:c r="E612" s="0">
-        <x:v>267.6</x:v>
+        <x:v>262.4</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:5">
       <x:c r="A613" s="1">
-        <x:v>45147.7536689815</x:v>
+        <x:v>45174.7518055556</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C613" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D613" s="0">
-        <x:v>187.32</x:v>
+        <x:v>181.65</x:v>
       </x:c>
       <x:c r="E613" s="0">
-        <x:v>267.6</x:v>
+        <x:v>259.5</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:5">
       <x:c r="A614" s="1">
-        <x:v>45146.7524884259</x:v>
+        <x:v>45173.7521296296</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C614" s="0">
         <x:v>0.27</x:v>
       </x:c>
       <x:c r="D614" s="0">
-        <x:v>183.47</x:v>
+        <x:v>184.03</x:v>
       </x:c>
       <x:c r="E614" s="0">
-        <x:v>262.1</x:v>
+        <x:v>262.9</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:5">
       <x:c r="A615" s="1">
-        <x:v>45145.7509490741</x:v>
+        <x:v>45170.7515856481</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C615" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D615" s="0">
-        <x:v>185.99</x:v>
+        <x:v>184.31</x:v>
       </x:c>
       <x:c r="E615" s="0">
-        <x:v>265.7</x:v>
+        <x:v>263.3</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:5">
       <x:c r="A616" s="1">
-        <x:v>45142.7541087963</x:v>
+        <x:v>45169.7536226852</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C616" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D616" s="0">
-        <x:v>189.35</x:v>
+        <x:v>181.16</x:v>
       </x:c>
       <x:c r="E616" s="0">
-        <x:v>270.5</x:v>
+        <x:v>258.8</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:5">
       <x:c r="A617" s="1">
-        <x:v>45141.7489699074</x:v>
+        <x:v>45168.7584375</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C617" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D617" s="0">
-        <x:v>189.35</x:v>
+        <x:v>181.16</x:v>
       </x:c>
       <x:c r="E617" s="0">
-        <x:v>270.5</x:v>
+        <x:v>258.8</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:5">
       <x:c r="A618" s="1">
-        <x:v>45140.7521759259</x:v>
+        <x:v>45167.7547800926</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C618" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D618" s="0">
-        <x:v>187.25</x:v>
+        <x:v>179.69</x:v>
       </x:c>
       <x:c r="E618" s="0">
-        <x:v>267.5</x:v>
+        <x:v>256.7</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:5">
       <x:c r="A619" s="1">
-        <x:v>45139.7460185185</x:v>
+        <x:v>45166.7542476852</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C619" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D619" s="0">
-        <x:v>189.28</x:v>
+        <x:v>177.45</x:v>
       </x:c>
       <x:c r="E619" s="0">
-        <x:v>270.4</x:v>
+        <x:v>253.5</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:5">
       <x:c r="A620" s="1">
-        <x:v>45138.7504050926</x:v>
+        <x:v>45163.7523726852</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C620" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D620" s="0">
-        <x:v>199.15</x:v>
+        <x:v>173.95</x:v>
       </x:c>
       <x:c r="E620" s="0">
-        <x:v>284.5</x:v>
+        <x:v>248.5</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:5">
       <x:c r="A621" s="1">
-        <x:v>45135.7571759259</x:v>
+        <x:v>45162.7675694444</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C621" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D621" s="0">
-        <x:v>197.61</x:v>
+        <x:v>178.22</x:v>
       </x:c>
       <x:c r="E621" s="0">
-        <x:v>282.3</x:v>
+        <x:v>254.6</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:5">
       <x:c r="A622" s="1">
-        <x:v>45134.7515162037</x:v>
+        <x:v>45161.7511689815</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C622" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D622" s="0">
-        <x:v>195.65</x:v>
+        <x:v>178.22</x:v>
       </x:c>
       <x:c r="E622" s="0">
-        <x:v>279.5</x:v>
+        <x:v>254.6</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:5">
       <x:c r="A623" s="1">
-        <x:v>45133.7546064815</x:v>
+        <x:v>45160.7514351852</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C623" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D623" s="0">
-        <x:v>189.35</x:v>
+        <x:v>173.88</x:v>
       </x:c>
       <x:c r="E623" s="0">
-        <x:v>270.5</x:v>
+        <x:v>248.4</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:5">
       <x:c r="A624" s="1">
-        <x:v>45132.752037037</x:v>
+        <x:v>45159.7553703704</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C624" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D624" s="0">
-        <x:v>189.35</x:v>
+        <x:v>170.94</x:v>
       </x:c>
       <x:c r="E624" s="0">
-        <x:v>270.5</x:v>
+        <x:v>244.2</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:5">
       <x:c r="A625" s="1">
-        <x:v>45131.7596527778</x:v>
+        <x:v>45156.7550347222</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C625" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D625" s="0">
-        <x:v>190.4</x:v>
+        <x:v>178.71</x:v>
       </x:c>
       <x:c r="E625" s="0">
-        <x:v>272</x:v>
+        <x:v>255.3</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:5">
       <x:c r="A626" s="1">
-        <x:v>45128.7522453704</x:v>
+        <x:v>45155.7556134259</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C626" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D626" s="0">
-        <x:v>190.4</x:v>
+        <x:v>182.56</x:v>
       </x:c>
       <x:c r="E626" s="0">
-        <x:v>272</x:v>
+        <x:v>260.8</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:5">
       <x:c r="A627" s="1">
-        <x:v>45127.7508449074</x:v>
+        <x:v>45154.754224537</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C627" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D627" s="0">
-        <x:v>166.32</x:v>
+        <x:v>183.68</x:v>
       </x:c>
       <x:c r="E627" s="0">
-        <x:v>237.6</x:v>
+        <x:v>262.4</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:5">
       <x:c r="A628" s="1">
-        <x:v>45126.7644907407</x:v>
+        <x:v>45153.7541087963</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C628" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D628" s="0">
-        <x:v>166.32</x:v>
+        <x:v>186.34</x:v>
       </x:c>
       <x:c r="E628" s="0">
-        <x:v>237.6</x:v>
+        <x:v>266.2</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:5">
       <x:c r="A629" s="1">
-        <x:v>45125.7531712963</x:v>
+        <x:v>45152.75375</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C629" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D629" s="0">
-        <x:v>164.08</x:v>
+        <x:v>185.99</x:v>
       </x:c>
       <x:c r="E629" s="0">
-        <x:v>234.4</x:v>
+        <x:v>265.7</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:5">
       <x:c r="A630" s="1">
-        <x:v>45124.7522800926</x:v>
+        <x:v>45149.754212963</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C630" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D630" s="0">
-        <x:v>160.37</x:v>
+        <x:v>189.42</x:v>
       </x:c>
       <x:c r="E630" s="0">
-        <x:v>229.1</x:v>
+        <x:v>270.6</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:5">
       <x:c r="A631" s="1">
-        <x:v>45121.7538310185</x:v>
+        <x:v>45148.7531134259</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C631" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D631" s="0">
-        <x:v>161.28</x:v>
+        <x:v>187.32</x:v>
       </x:c>
       <x:c r="E631" s="0">
-        <x:v>230.4</x:v>
+        <x:v>267.6</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:5">
       <x:c r="A632" s="1">
-        <x:v>45120.7550231482</x:v>
+        <x:v>45147.7536689815</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C632" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D632" s="0">
-        <x:v>158.34</x:v>
+        <x:v>187.32</x:v>
       </x:c>
       <x:c r="E632" s="0">
-        <x:v>226.2</x:v>
+        <x:v>267.6</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:5">
       <x:c r="A633" s="1">
-        <x:v>45119.7525694444</x:v>
+        <x:v>45146.7524884259</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C633" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D633" s="0">
-        <x:v>156.8</x:v>
+        <x:v>183.47</x:v>
       </x:c>
       <x:c r="E633" s="0">
-        <x:v>224</x:v>
+        <x:v>262.1</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:5">
       <x:c r="A634" s="1">
-        <x:v>45118.7531944444</x:v>
+        <x:v>45145.7509490741</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C634" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D634" s="0">
-        <x:v>156.8</x:v>
+        <x:v>185.99</x:v>
       </x:c>
       <x:c r="E634" s="0">
-        <x:v>224</x:v>
+        <x:v>265.7</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:5">
       <x:c r="A635" s="1">
-        <x:v>45117.7562731481</x:v>
+        <x:v>45142.7541087963</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C635" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D635" s="0">
-        <x:v>156.52</x:v>
+        <x:v>189.35</x:v>
       </x:c>
       <x:c r="E635" s="0">
-        <x:v>223.6</x:v>
+        <x:v>270.5</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:5">
       <x:c r="A636" s="1">
-        <x:v>45114.7533912037</x:v>
+        <x:v>45141.7489699074</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C636" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D636" s="0">
-        <x:v>156.52</x:v>
+        <x:v>189.35</x:v>
       </x:c>
       <x:c r="E636" s="0">
-        <x:v>223.6</x:v>
+        <x:v>270.5</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:5">
       <x:c r="A637" s="1">
-        <x:v>45113.7492361111</x:v>
+        <x:v>45140.7521759259</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C637" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D637" s="0">
-        <x:v>156.87</x:v>
+        <x:v>187.25</x:v>
       </x:c>
       <x:c r="E637" s="0">
-        <x:v>224.1</x:v>
+        <x:v>267.5</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:5">
       <x:c r="A638" s="1">
-        <x:v>45112.7498032407</x:v>
+        <x:v>45139.7460185185</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C638" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D638" s="0">
-        <x:v>161.28</x:v>
+        <x:v>189.28</x:v>
       </x:c>
       <x:c r="E638" s="0">
-        <x:v>230.4</x:v>
+        <x:v>270.4</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:5">
       <x:c r="A639" s="1">
-        <x:v>45111.7460300926</x:v>
+        <x:v>45138.7504050926</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C639" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D639" s="0">
-        <x:v>160.79</x:v>
+        <x:v>199.15</x:v>
       </x:c>
       <x:c r="E639" s="0">
-        <x:v>229.7</x:v>
+        <x:v>284.5</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:5">
       <x:c r="A640" s="1">
-        <x:v>45110.7479050926</x:v>
+        <x:v>45135.7571759259</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C640" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D640" s="0">
-        <x:v>160.09</x:v>
+        <x:v>197.61</x:v>
       </x:c>
       <x:c r="E640" s="0">
-        <x:v>228.7</x:v>
+        <x:v>282.3</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:5">
       <x:c r="A641" s="1">
-        <x:v>45107.751712963</x:v>
+        <x:v>45134.7515162037</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C641" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D641" s="0">
-        <x:v>160.09</x:v>
+        <x:v>195.65</x:v>
       </x:c>
       <x:c r="E641" s="0">
-        <x:v>228.7</x:v>
+        <x:v>279.5</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:5">
       <x:c r="A642" s="1">
-        <x:v>45106.7615162037</x:v>
+        <x:v>45133.7546064815</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C642" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D642" s="0">
-        <x:v>155.33</x:v>
+        <x:v>189.35</x:v>
       </x:c>
       <x:c r="E642" s="0">
-        <x:v>221.9</x:v>
+        <x:v>270.5</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:5">
       <x:c r="A643" s="1">
-        <x:v>45105.7529166667</x:v>
+        <x:v>45132.752037037</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C643" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D643" s="0">
-        <x:v>155.33</x:v>
+        <x:v>189.35</x:v>
       </x:c>
       <x:c r="E643" s="0">
-        <x:v>221.9</x:v>
+        <x:v>270.5</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:5">
       <x:c r="A644" s="1">
-        <x:v>45104.7594328704</x:v>
+        <x:v>45131.7596527778</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C644" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D644" s="0">
-        <x:v>148.47</x:v>
+        <x:v>190.4</x:v>
       </x:c>
       <x:c r="E644" s="0">
-        <x:v>212.1</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:5">
       <x:c r="A645" s="1">
-        <x:v>45103.7484606481</x:v>
+        <x:v>45128.7522453704</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C645" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D645" s="0">
-        <x:v>158.41</x:v>
+        <x:v>190.4</x:v>
       </x:c>
       <x:c r="E645" s="0">
-        <x:v>226.3</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:5">
       <x:c r="A646" s="1">
-        <x:v>45100.7546990741</x:v>
+        <x:v>45127.7508449074</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C646" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D646" s="0">
-        <x:v>162.05</x:v>
+        <x:v>166.32</x:v>
       </x:c>
       <x:c r="E646" s="0">
-        <x:v>231.5</x:v>
+        <x:v>237.6</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:5">
       <x:c r="A647" s="1">
-        <x:v>45099.7634953704</x:v>
+        <x:v>45126.7644907407</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C647" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D647" s="0">
-        <x:v>168.84</x:v>
+        <x:v>166.32</x:v>
       </x:c>
       <x:c r="E647" s="0">
-        <x:v>241.2</x:v>
+        <x:v>237.6</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:5">
       <x:c r="A648" s="1">
-        <x:v>45098.7453240741</x:v>
+        <x:v>45125.7531712963</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C648" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D648" s="0">
-        <x:v>163.17</x:v>
+        <x:v>164.08</x:v>
       </x:c>
       <x:c r="E648" s="0">
-        <x:v>233.1</x:v>
+        <x:v>234.4</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:5">
       <x:c r="A649" s="1">
-        <x:v>45097.7472569444</x:v>
+        <x:v>45124.7522800926</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C649" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D649" s="0">
-        <x:v>166.88</x:v>
+        <x:v>160.37</x:v>
       </x:c>
       <x:c r="E649" s="0">
-        <x:v>238.4</x:v>
+        <x:v>229.1</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:5">
       <x:c r="A650" s="1">
-        <x:v>45096.7479282407</x:v>
+        <x:v>45121.7538310185</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C650" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D650" s="0">
-        <x:v>168.77</x:v>
+        <x:v>161.28</x:v>
       </x:c>
       <x:c r="E650" s="0">
-        <x:v>241.1</x:v>
+        <x:v>230.4</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:5">
       <x:c r="A651" s="1">
-        <x:v>45093.753599537</x:v>
+        <x:v>45120.7550231482</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C651" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D651" s="0">
-        <x:v>193.55</x:v>
+        <x:v>158.34</x:v>
       </x:c>
       <x:c r="E651" s="0">
-        <x:v>276.5</x:v>
+        <x:v>226.2</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:5">
       <x:c r="A652" s="1">
-        <x:v>45092.7633333333</x:v>
+        <x:v>45119.7525694444</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C652" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D652" s="0">
-        <x:v>192.01</x:v>
+        <x:v>156.8</x:v>
       </x:c>
       <x:c r="E652" s="0">
-        <x:v>274.3</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:5">
       <x:c r="A653" s="1">
-        <x:v>45091.7621875</x:v>
+        <x:v>45118.7531944444</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C653" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D653" s="0">
-        <x:v>190.82</x:v>
+        <x:v>156.8</x:v>
       </x:c>
       <x:c r="E653" s="0">
-        <x:v>272.6</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:5">
       <x:c r="A654" s="1">
-        <x:v>45090.747974537</x:v>
+        <x:v>45117.7562731481</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C654" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D654" s="0">
-        <x:v>190.82</x:v>
+        <x:v>156.52</x:v>
       </x:c>
       <x:c r="E654" s="0">
-        <x:v>272.6</x:v>
+        <x:v>223.6</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:5">
       <x:c r="A655" s="1">
-        <x:v>45089.7484375</x:v>
+        <x:v>45114.7533912037</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C655" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D655" s="0">
-        <x:v>190.54</x:v>
+        <x:v>156.52</x:v>
       </x:c>
       <x:c r="E655" s="0">
-        <x:v>272.2</x:v>
+        <x:v>223.6</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:5">
       <x:c r="A656" s="1">
-        <x:v>45086.7506134259</x:v>
+        <x:v>45113.7492361111</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C656" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D656" s="0">
-        <x:v>185.92</x:v>
+        <x:v>156.87</x:v>
       </x:c>
       <x:c r="E656" s="0">
-        <x:v>265.6</x:v>
+        <x:v>224.1</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:5">
       <x:c r="A657" s="1">
-        <x:v>45085.7543171296</x:v>
+        <x:v>45112.7498032407</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C657" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D657" s="0">
-        <x:v>188.58</x:v>
+        <x:v>161.28</x:v>
       </x:c>
       <x:c r="E657" s="0">
-        <x:v>269.4</x:v>
+        <x:v>230.4</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:5">
       <x:c r="A658" s="1">
-        <x:v>45084.7496527778</x:v>
+        <x:v>45111.7460300926</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C658" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D658" s="0">
-        <x:v>188.58</x:v>
+        <x:v>160.79</x:v>
       </x:c>
       <x:c r="E658" s="0">
-        <x:v>269.4</x:v>
+        <x:v>229.7</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:5">
       <x:c r="A659" s="1">
-        <x:v>45083.7446643518</x:v>
+        <x:v>45110.7479050926</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C659" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D659" s="0">
-        <x:v>189.91</x:v>
+        <x:v>160.09</x:v>
       </x:c>
       <x:c r="E659" s="0">
-        <x:v>271.3</x:v>
+        <x:v>228.7</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:5">
       <x:c r="A660" s="1">
-        <x:v>45082.7459375</x:v>
+        <x:v>45107.751712963</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C660" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D660" s="0">
-        <x:v>184.87</x:v>
+        <x:v>160.09</x:v>
       </x:c>
       <x:c r="E660" s="0">
-        <x:v>264.1</x:v>
+        <x:v>228.7</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:5">
       <x:c r="A661" s="1">
-        <x:v>45079.7409027778</x:v>
+        <x:v>45106.7615162037</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C661" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D661" s="0">
-        <x:v>185.5</x:v>
+        <x:v>155.33</x:v>
       </x:c>
       <x:c r="E661" s="0">
-        <x:v>265</x:v>
+        <x:v>221.9</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:5">
       <x:c r="A662" s="1">
-        <x:v>45078.7429282407</x:v>
+        <x:v>45105.7529166667</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C662" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D662" s="0">
-        <x:v>177.31</x:v>
+        <x:v>155.33</x:v>
       </x:c>
       <x:c r="E662" s="0">
-        <x:v>253.3</x:v>
+        <x:v>221.9</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:5">
       <x:c r="A663" s="1">
-        <x:v>45077.7395833333</x:v>
+        <x:v>45104.7594328704</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C663" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D663" s="0">
-        <x:v>171.92</x:v>
+        <x:v>148.47</x:v>
       </x:c>
       <x:c r="E663" s="0">
-        <x:v>245.6</x:v>
+        <x:v>212.1</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:5">
       <x:c r="A664" s="1">
-        <x:v>45076.7481712963</x:v>
+        <x:v>45103.7484606481</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C664" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D664" s="0">
-        <x:v>172.41</x:v>
+        <x:v>158.41</x:v>
       </x:c>
       <x:c r="E664" s="0">
-        <x:v>246.3</x:v>
+        <x:v>226.3</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:5">
       <x:c r="A665" s="1">
-        <x:v>45075.7469444444</x:v>
+        <x:v>45100.7546990741</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C665" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D665" s="0">
-        <x:v>172.41</x:v>
+        <x:v>162.05</x:v>
       </x:c>
       <x:c r="E665" s="0">
-        <x:v>246.3</x:v>
+        <x:v>231.5</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:5">
       <x:c r="A666" s="1">
-        <x:v>45072.7369791667</x:v>
+        <x:v>45099.7634953704</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C666" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D666" s="0">
-        <x:v>171.22</x:v>
+        <x:v>168.84</x:v>
       </x:c>
       <x:c r="E666" s="0">
-        <x:v>244.6</x:v>
+        <x:v>241.2</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:5">
       <x:c r="A667" s="1">
-        <x:v>45071.7489236111</x:v>
+        <x:v>45098.7453240741</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C667" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D667" s="0">
-        <x:v>170.31</x:v>
+        <x:v>163.17</x:v>
       </x:c>
       <x:c r="E667" s="0">
-        <x:v>243.3</x:v>
+        <x:v>233.1</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:5">
       <x:c r="A668" s="1">
-        <x:v>45070.7458333333</x:v>
+        <x:v>45097.7472569444</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C668" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D668" s="0">
-        <x:v>171.15</x:v>
+        <x:v>166.88</x:v>
       </x:c>
       <x:c r="E668" s="0">
-        <x:v>244.5</x:v>
+        <x:v>238.4</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:5">
       <x:c r="A669" s="1">
-        <x:v>45069.7517708333</x:v>
+        <x:v>45096.7479282407</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C669" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D669" s="0">
-        <x:v>171.5</x:v>
+        <x:v>168.77</x:v>
       </x:c>
       <x:c r="E669" s="0">
-        <x:v>245</x:v>
+        <x:v>241.1</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:5">
       <x:c r="A670" s="1">
-        <x:v>45068.7463773148</x:v>
+        <x:v>45093.753599537</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C670" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D670" s="0">
-        <x:v>171.5</x:v>
+        <x:v>193.55</x:v>
       </x:c>
       <x:c r="E670" s="0">
-        <x:v>245</x:v>
+        <x:v>276.5</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:5">
       <x:c r="A671" s="1">
-        <x:v>45065.748125</x:v>
+        <x:v>45092.7633333333</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C671" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D671" s="0">
-        <x:v>171.85</x:v>
+        <x:v>192.01</x:v>
       </x:c>
       <x:c r="E671" s="0">
-        <x:v>245.5</x:v>
+        <x:v>274.3</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:5">
       <x:c r="A672" s="1">
-        <x:v>45064.7451157407</x:v>
+        <x:v>45091.7621875</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C672" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D672" s="0">
-        <x:v>170.31</x:v>
+        <x:v>190.82</x:v>
       </x:c>
       <x:c r="E672" s="0">
-        <x:v>243.3</x:v>
+        <x:v>272.6</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:5">
       <x:c r="A673" s="1">
-        <x:v>45063.7487268519</x:v>
+        <x:v>45090.747974537</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C673" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D673" s="0">
-        <x:v>170.1</x:v>
+        <x:v>190.82</x:v>
       </x:c>
       <x:c r="E673" s="0">
-        <x:v>243</x:v>
+        <x:v>272.6</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:5">
       <x:c r="A674" s="1">
-        <x:v>45062.7486226852</x:v>
+        <x:v>45089.7484375</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C674" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D674" s="0">
-        <x:v>170.1</x:v>
+        <x:v>190.54</x:v>
       </x:c>
       <x:c r="E674" s="0">
-        <x:v>243</x:v>
+        <x:v>272.2</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:5">
       <x:c r="A675" s="1">
-        <x:v>45061.7469212963</x:v>
+        <x:v>45086.7506134259</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C675" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D675" s="0">
-        <x:v>171.99</x:v>
+        <x:v>185.92</x:v>
       </x:c>
       <x:c r="E675" s="0">
-        <x:v>245.7</x:v>
+        <x:v>265.6</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:5">
       <x:c r="A676" s="1">
-        <x:v>45058.7462731482</x:v>
+        <x:v>45085.7543171296</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C676" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D676" s="0">
-        <x:v>172.41</x:v>
+        <x:v>188.58</x:v>
       </x:c>
       <x:c r="E676" s="0">
-        <x:v>246.3</x:v>
+        <x:v>269.4</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:5">
       <x:c r="A677" s="1">
-        <x:v>45057.7482175926</x:v>
+        <x:v>45084.7496527778</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C677" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D677" s="0">
-        <x:v>172.97</x:v>
+        <x:v>188.58</x:v>
       </x:c>
       <x:c r="E677" s="0">
-        <x:v>247.1</x:v>
+        <x:v>269.4</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:5">
       <x:c r="A678" s="1">
-        <x:v>45056.7499074074</x:v>
+        <x:v>45083.7446643518</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C678" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D678" s="0">
-        <x:v>172.97</x:v>
+        <x:v>189.91</x:v>
       </x:c>
       <x:c r="E678" s="0">
-        <x:v>247.1</x:v>
+        <x:v>271.3</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:5">
       <x:c r="A679" s="1">
-        <x:v>45055.746099537</x:v>
+        <x:v>45082.7459375</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C679" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D679" s="0">
-        <x:v>172.13</x:v>
+        <x:v>184.87</x:v>
       </x:c>
       <x:c r="E679" s="0">
-        <x:v>245.9</x:v>
+        <x:v>264.1</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:5">
       <x:c r="A680" s="1">
-        <x:v>45054.7458101852</x:v>
+        <x:v>45079.7409027778</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C680" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D680" s="0">
-        <x:v>177.52</x:v>
+        <x:v>185.5</x:v>
       </x:c>
       <x:c r="E680" s="0">
-        <x:v>253.6</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:5">
       <x:c r="A681" s="1">
-        <x:v>45051.7446064815</x:v>
+        <x:v>45078.7429282407</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C681" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D681" s="0">
-        <x:v>178.92</x:v>
+        <x:v>177.31</x:v>
       </x:c>
       <x:c r="E681" s="0">
-        <x:v>255.6</x:v>
+        <x:v>253.3</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:5">
       <x:c r="A682" s="1">
-        <x:v>45050.7371064815</x:v>
+        <x:v>45077.7395833333</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C682" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D682" s="0">
-        <x:v>177.8</x:v>
+        <x:v>171.92</x:v>
       </x:c>
       <x:c r="E682" s="0">
-        <x:v>254</x:v>
+        <x:v>245.6</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:5">
       <x:c r="A683" s="1">
-        <x:v>45049.7488773148</x:v>
+        <x:v>45076.7481712963</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C683" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D683" s="0">
-        <x:v>177.8</x:v>
+        <x:v>172.41</x:v>
       </x:c>
       <x:c r="E683" s="0">
-        <x:v>254</x:v>
+        <x:v>246.3</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:5">
       <x:c r="A684" s="1">
-        <x:v>45048.7455555556</x:v>
+        <x:v>45075.7469444444</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C684" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D684" s="0">
-        <x:v>168.63</x:v>
+        <x:v>172.41</x:v>
       </x:c>
       <x:c r="E684" s="0">
-        <x:v>240.9</x:v>
+        <x:v>246.3</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:5">
       <x:c r="A685" s="1">
-        <x:v>45044.746400463</x:v>
+        <x:v>45072.7369791667</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C685" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D685" s="0">
-        <x:v>169.75</x:v>
+        <x:v>171.22</x:v>
       </x:c>
       <x:c r="E685" s="0">
-        <x:v>242.5</x:v>
+        <x:v>244.6</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:5">
       <x:c r="A686" s="1">
-        <x:v>45043.7502083333</x:v>
+        <x:v>45071.7489236111</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C686" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D686" s="0">
-        <x:v>170.8</x:v>
+        <x:v>170.31</x:v>
       </x:c>
       <x:c r="E686" s="0">
-        <x:v>244</x:v>
+        <x:v>243.3</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:5">
       <x:c r="A687" s="1">
-        <x:v>45042.7405555556</x:v>
+        <x:v>45070.7458333333</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C687" s="0">
         <x:v>0.27</x:v>
       </x:c>
       <x:c r="D687" s="0">
-        <x:v>168</x:v>
+        <x:v>171.15</x:v>
       </x:c>
       <x:c r="E687" s="0">
-        <x:v>240</x:v>
+        <x:v>244.5</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:5">
       <x:c r="A688" s="1">
-        <x:v>45041.7420486111</x:v>
+        <x:v>45069.7517708333</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C688" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D688" s="0">
-        <x:v>168.98</x:v>
+        <x:v>171.5</x:v>
       </x:c>
       <x:c r="E688" s="0">
-        <x:v>241.4</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:5">
       <x:c r="A689" s="1">
-        <x:v>45040.7477199074</x:v>
+        <x:v>45068.7463773148</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C689" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D689" s="0">
-        <x:v>182.56</x:v>
+        <x:v>171.5</x:v>
       </x:c>
       <x:c r="E689" s="0">
-        <x:v>260.8</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:5">
       <x:c r="A690" s="1">
-        <x:v>45037.7457060185</x:v>
+        <x:v>45065.748125</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C690" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D690" s="0">
-        <x:v>177.31</x:v>
+        <x:v>171.85</x:v>
       </x:c>
       <x:c r="E690" s="0">
-        <x:v>253.3</x:v>
+        <x:v>245.5</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:5">
       <x:c r="A691" s="1">
-        <x:v>45036.7464351852</x:v>
+        <x:v>45064.7451157407</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C691" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D691" s="0">
-        <x:v>177.94</x:v>
+        <x:v>170.31</x:v>
       </x:c>
       <x:c r="E691" s="0">
-        <x:v>254.2</x:v>
+        <x:v>243.3</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:5">
       <x:c r="A692" s="1">
-        <x:v>45035.747650463</x:v>
+        <x:v>45063.7487268519</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C692" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D692" s="0">
-        <x:v>195.3</x:v>
+        <x:v>170.1</x:v>
       </x:c>
       <x:c r="E692" s="0">
-        <x:v>279</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:5">
       <x:c r="A693" s="1">
-        <x:v>45034.7515740741</x:v>
+        <x:v>45062.7486226852</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C693" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D693" s="0">
-        <x:v>198.8</x:v>
+        <x:v>170.1</x:v>
       </x:c>
       <x:c r="E693" s="0">
-        <x:v>284</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:5">
       <x:c r="A694" s="1">
-        <x:v>45033.7470833333</x:v>
+        <x:v>45061.7469212963</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C694" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D694" s="0">
-        <x:v>199.43</x:v>
+        <x:v>171.99</x:v>
       </x:c>
       <x:c r="E694" s="0">
-        <x:v>284.9</x:v>
+        <x:v>245.7</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:5">
       <x:c r="A695" s="1">
-        <x:v>45030.7486689815</x:v>
+        <x:v>45058.7462731482</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C695" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D695" s="0">
-        <x:v>202.72</x:v>
+        <x:v>172.41</x:v>
       </x:c>
       <x:c r="E695" s="0">
-        <x:v>289.6</x:v>
+        <x:v>246.3</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:5">
       <x:c r="A696" s="1">
-        <x:v>45029.7530092593</x:v>
+        <x:v>45057.7482175926</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C696" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D696" s="0">
-        <x:v>201.25</x:v>
+        <x:v>172.97</x:v>
       </x:c>
       <x:c r="E696" s="0">
-        <x:v>287.5</x:v>
+        <x:v>247.1</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:5">
       <x:c r="A697" s="1">
-        <x:v>45028.7462731482</x:v>
+        <x:v>45056.7499074074</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C697" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D697" s="0">
-        <x:v>200.83</x:v>
+        <x:v>172.97</x:v>
       </x:c>
       <x:c r="E697" s="0">
-        <x:v>286.9</x:v>
+        <x:v>247.1</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:5">
       <x:c r="A698" s="1">
-        <x:v>45027.7613541667</x:v>
+        <x:v>45055.746099537</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C698" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D698" s="0">
-        <x:v>201.6</x:v>
+        <x:v>172.13</x:v>
       </x:c>
       <x:c r="E698" s="0">
-        <x:v>288</x:v>
+        <x:v>245.9</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:5">
       <x:c r="A699" s="1">
-        <x:v>45022.7411458333</x:v>
+        <x:v>45054.7458101852</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C699" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D699" s="0">
-        <x:v>201.6</x:v>
+        <x:v>177.52</x:v>
       </x:c>
       <x:c r="E699" s="0">
-        <x:v>288</x:v>
+        <x:v>253.6</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:5">
       <x:c r="A700" s="1">
-        <x:v>45021.7524652778</x:v>
+        <x:v>45051.7446064815</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C700" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D700" s="0">
-        <x:v>190.61</x:v>
+        <x:v>178.92</x:v>
       </x:c>
       <x:c r="E700" s="0">
-        <x:v>272.3</x:v>
+        <x:v>255.6</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:5">
       <x:c r="A701" s="1">
-        <x:v>45020.7467824074</x:v>
+        <x:v>45050.7371064815</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C701" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D701" s="0">
-        <x:v>190.61</x:v>
+        <x:v>177.8</x:v>
       </x:c>
       <x:c r="E701" s="0">
-        <x:v>272.3</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:5">
       <x:c r="A702" s="1">
-        <x:v>45019.7386805556</x:v>
+        <x:v>45049.7488773148</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C702" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D702" s="0">
-        <x:v>190.89</x:v>
+        <x:v>177.8</x:v>
       </x:c>
       <x:c r="E702" s="0">
-        <x:v>272.7</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:5">
       <x:c r="A703" s="1">
-        <x:v>45019.7386805556</x:v>
+        <x:v>45048.7455555556</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C703" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D703" s="0">
-        <x:v>197.4</x:v>
+        <x:v>168.63</x:v>
       </x:c>
       <x:c r="E703" s="0">
-        <x:v>282</x:v>
+        <x:v>240.9</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:5">
       <x:c r="A704" s="1">
-        <x:v>45016.7507638889</x:v>
+        <x:v>45044.746400463</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C704" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D704" s="0">
-        <x:v>197.4</x:v>
+        <x:v>169.75</x:v>
       </x:c>
       <x:c r="E704" s="0">
-        <x:v>282</x:v>
+        <x:v>242.5</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:5">
       <x:c r="A705" s="1">
-        <x:v>45015.7424884259</x:v>
+        <x:v>45043.7502083333</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C705" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D705" s="0">
-        <x:v>216.02</x:v>
+        <x:v>170.8</x:v>
       </x:c>
       <x:c r="E705" s="0">
-        <x:v>308.6</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:5">
       <x:c r="A706" s="1">
-        <x:v>45014.7423032407</x:v>
+        <x:v>45042.7405555556</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C706" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D706" s="0">
-        <x:v>210</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E706" s="0">
-        <x:v>300</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:5">
       <x:c r="A707" s="1">
-        <x:v>45013.7541087963</x:v>
+        <x:v>45041.7420486111</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C707" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D707" s="0">
-        <x:v>214.41</x:v>
+        <x:v>168.98</x:v>
       </x:c>
       <x:c r="E707" s="0">
-        <x:v>306.3</x:v>
+        <x:v>241.4</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:5">
       <x:c r="A708" s="1">
-        <x:v>45012.7597800926</x:v>
+        <x:v>45040.7477199074</x:v>
       </x:c>
       <x:c r="B708" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C708" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D708" s="0">
-        <x:v>214.41</x:v>
+        <x:v>182.56</x:v>
       </x:c>
       <x:c r="E708" s="0">
-        <x:v>306.3</x:v>
+        <x:v>260.8</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:5">
       <x:c r="A709" s="1">
-        <x:v>45009.7532175926</x:v>
+        <x:v>45037.7457060185</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C709" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D709" s="0">
-        <x:v>211.19</x:v>
+        <x:v>177.31</x:v>
       </x:c>
       <x:c r="E709" s="0">
-        <x:v>301.7</x:v>
+        <x:v>253.3</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:5">
       <x:c r="A710" s="1">
-        <x:v>45008.7463773148</x:v>
+        <x:v>45036.7464351852</x:v>
       </x:c>
       <x:c r="B710" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C710" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D710" s="0">
-        <x:v>210.35</x:v>
+        <x:v>177.94</x:v>
       </x:c>
       <x:c r="E710" s="0">
-        <x:v>300.5</x:v>
+        <x:v>254.2</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:5">
       <x:c r="A711" s="1">
-        <x:v>45007.7511689815</x:v>
+        <x:v>45035.747650463</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C711" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D711" s="0">
-        <x:v>213.22</x:v>
+        <x:v>195.3</x:v>
       </x:c>
       <x:c r="E711" s="0">
-        <x:v>304.6</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:5">
       <x:c r="A712" s="1">
-        <x:v>45006.7508333333</x:v>
+        <x:v>45034.7515740741</x:v>
       </x:c>
       <x:c r="B712" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C712" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D712" s="0">
-        <x:v>213.99</x:v>
+        <x:v>198.8</x:v>
       </x:c>
       <x:c r="E712" s="0">
-        <x:v>305.7</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:5">
       <x:c r="A713" s="1">
-        <x:v>45005.747025463</x:v>
+        <x:v>45033.7470833333</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C713" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D713" s="0">
-        <x:v>210.42</x:v>
+        <x:v>199.43</x:v>
       </x:c>
       <x:c r="E713" s="0">
-        <x:v>300.6</x:v>
+        <x:v>284.9</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:5">
       <x:c r="A714" s="1">
-        <x:v>45002.7519791667</x:v>
+        <x:v>45030.7486689815</x:v>
       </x:c>
       <x:c r="B714" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C714" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D714" s="0">
-        <x:v>211.26</x:v>
+        <x:v>202.72</x:v>
       </x:c>
       <x:c r="E714" s="0">
-        <x:v>301.8</x:v>
+        <x:v>289.6</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:5">
       <x:c r="A715" s="1">
-        <x:v>45001.7502314815</x:v>
+        <x:v>45029.7530092593</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C715" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D715" s="0">
-        <x:v>213.08</x:v>
+        <x:v>201.25</x:v>
       </x:c>
       <x:c r="E715" s="0">
-        <x:v>304.4</x:v>
+        <x:v>287.5</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:5">
       <x:c r="A716" s="1">
-        <x:v>45000.7559606481</x:v>
+        <x:v>45028.7462731482</x:v>
       </x:c>
       <x:c r="B716" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C716" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D716" s="0">
-        <x:v>215.53</x:v>
+        <x:v>200.83</x:v>
       </x:c>
       <x:c r="E716" s="0">
-        <x:v>307.9</x:v>
+        <x:v>286.9</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:5">
       <x:c r="A717" s="1">
-        <x:v>44999.7466435185</x:v>
+        <x:v>45027.7613541667</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C717" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D717" s="0">
-        <x:v>215.53</x:v>
+        <x:v>201.6</x:v>
       </x:c>
       <x:c r="E717" s="0">
-        <x:v>307.9</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:5">
       <x:c r="A718" s="1">
-        <x:v>44998.7491898148</x:v>
+        <x:v>45022.7411458333</x:v>
       </x:c>
       <x:c r="B718" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C718" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D718" s="0">
-        <x:v>213.92</x:v>
+        <x:v>201.6</x:v>
       </x:c>
       <x:c r="E718" s="0">
-        <x:v>305.6</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:5">
       <x:c r="A719" s="1">
-        <x:v>44995.7481018519</x:v>
+        <x:v>45021.7524652778</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C719" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D719" s="0">
-        <x:v>215.11</x:v>
+        <x:v>190.61</x:v>
       </x:c>
       <x:c r="E719" s="0">
-        <x:v>307.3</x:v>
+        <x:v>272.3</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:5">
       <x:c r="A720" s="1">
-        <x:v>44994.7473032407</x:v>
+        <x:v>45020.7467824074</x:v>
       </x:c>
       <x:c r="B720" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C720" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D720" s="0">
-        <x:v>217.42</x:v>
+        <x:v>190.61</x:v>
       </x:c>
       <x:c r="E720" s="0">
-        <x:v>310.6</x:v>
+        <x:v>272.3</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:5">
       <x:c r="A721" s="1">
-        <x:v>44993.7607291667</x:v>
+        <x:v>45019.7386805556</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C721" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D721" s="0">
-        <x:v>217.91</x:v>
+        <x:v>190.89</x:v>
       </x:c>
       <x:c r="E721" s="0">
-        <x:v>311.3</x:v>
+        <x:v>272.7</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:5">
       <x:c r="A722" s="1">
-        <x:v>44992.75</x:v>
+        <x:v>45019.7386805556</x:v>
       </x:c>
       <x:c r="B722" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C722" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D722" s="0">
-        <x:v>217.91</x:v>
+        <x:v>197.4</x:v>
       </x:c>
       <x:c r="E722" s="0">
-        <x:v>311.3</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:5">
       <x:c r="A723" s="1">
-        <x:v>44991.7461342593</x:v>
+        <x:v>45016.7507638889</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C723" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D723" s="0">
-        <x:v>218.68</x:v>
+        <x:v>197.4</x:v>
       </x:c>
       <x:c r="E723" s="0">
-        <x:v>312.4</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:5">
       <x:c r="A724" s="1">
-        <x:v>44988.7519907407</x:v>
+        <x:v>45015.7424884259</x:v>
       </x:c>
       <x:c r="B724" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C724" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D724" s="0">
-        <x:v>218.26</x:v>
+        <x:v>216.02</x:v>
       </x:c>
       <x:c r="E724" s="0">
-        <x:v>311.8</x:v>
+        <x:v>308.6</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:5">
       <x:c r="A725" s="1">
-        <x:v>44987.7469328704</x:v>
+        <x:v>45014.7423032407</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C725" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D725" s="0">
-        <x:v>217.07</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E725" s="0">
-        <x:v>310.1</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:5">
       <x:c r="A726" s="1">
-        <x:v>44986.7389351852</x:v>
+        <x:v>45013.7541087963</x:v>
       </x:c>
       <x:c r="B726" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C726" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D726" s="0">
-        <x:v>214.34</x:v>
+        <x:v>214.41</x:v>
       </x:c>
       <x:c r="E726" s="0">
-        <x:v>306.2</x:v>
+        <x:v>306.3</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:5">
       <x:c r="A727" s="1">
-        <x:v>44985.7456134259</x:v>
+        <x:v>45012.7597800926</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C727" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D727" s="0">
-        <x:v>216.09</x:v>
+        <x:v>214.41</x:v>
       </x:c>
       <x:c r="E727" s="0">
-        <x:v>308.7</x:v>
+        <x:v>306.3</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:5">
       <x:c r="A728" s="1">
-        <x:v>44984.7576851852</x:v>
+        <x:v>45009.7532175926</x:v>
       </x:c>
       <x:c r="B728" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C728" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D728" s="0">
-        <x:v>224.42</x:v>
+        <x:v>211.19</x:v>
       </x:c>
       <x:c r="E728" s="0">
-        <x:v>320.6</x:v>
+        <x:v>301.7</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:5">
       <x:c r="A729" s="1">
-        <x:v>44981.7524074074</x:v>
+        <x:v>45008.7463773148</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C729" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D729" s="0">
-        <x:v>230.02</x:v>
+        <x:v>210.35</x:v>
       </x:c>
       <x:c r="E729" s="0">
-        <x:v>328.6</x:v>
+        <x:v>300.5</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:5">
       <x:c r="A730" s="1">
-        <x:v>44980.745474537</x:v>
+        <x:v>45007.7511689815</x:v>
       </x:c>
       <x:c r="B730" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C730" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D730" s="0">
-        <x:v>230.02</x:v>
+        <x:v>213.22</x:v>
       </x:c>
       <x:c r="E730" s="0">
-        <x:v>328.6</x:v>
+        <x:v>304.6</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:5">
       <x:c r="A731" s="1">
-        <x:v>44979.7465277778</x:v>
+        <x:v>45006.7508333333</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C731" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D731" s="0">
-        <x:v>228.13</x:v>
+        <x:v>213.99</x:v>
       </x:c>
       <x:c r="E731" s="0">
-        <x:v>325.9</x:v>
+        <x:v>305.7</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:5">
       <x:c r="A732" s="1">
-        <x:v>44978.7574189815</x:v>
+        <x:v>45005.747025463</x:v>
       </x:c>
       <x:c r="B732" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C732" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D732" s="0">
-        <x:v>232.33</x:v>
+        <x:v>210.42</x:v>
       </x:c>
       <x:c r="E732" s="0">
-        <x:v>331.9</x:v>
+        <x:v>300.6</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:5">
       <x:c r="A733" s="1">
-        <x:v>44977.7591550926</x:v>
+        <x:v>45002.7519791667</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C733" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D733" s="0">
-        <x:v>233.1</x:v>
+        <x:v>211.26</x:v>
       </x:c>
       <x:c r="E733" s="0">
-        <x:v>333</x:v>
+        <x:v>301.8</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:5">
       <x:c r="A734" s="1">
-        <x:v>44974.7454861111</x:v>
+        <x:v>45001.7502314815</x:v>
       </x:c>
       <x:c r="B734" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C734" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D734" s="0">
-        <x:v>231.42</x:v>
+        <x:v>213.08</x:v>
       </x:c>
       <x:c r="E734" s="0">
-        <x:v>330.6</x:v>
+        <x:v>304.4</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:5">
       <x:c r="A735" s="1">
-        <x:v>44973.7564930556</x:v>
+        <x:v>45000.7559606481</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C735" s="0">
-        <x:v>0.82</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D735" s="0">
-        <x:v>233.8</x:v>
+        <x:v>215.53</x:v>
       </x:c>
       <x:c r="E735" s="0">
-        <x:v>334</x:v>
+        <x:v>307.9</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:5">
       <x:c r="A736" s="1">
-        <x:v>44972.7463194444</x:v>
+        <x:v>44999.7466435185</x:v>
       </x:c>
       <x:c r="B736" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C736" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D736" s="0">
-        <x:v>237.86</x:v>
+        <x:v>215.53</x:v>
       </x:c>
       <x:c r="E736" s="0">
-        <x:v>339.8</x:v>
+        <x:v>307.9</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:5">
       <x:c r="A737" s="1">
-        <x:v>44971.7593634259</x:v>
+        <x:v>44998.7491898148</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C737" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D737" s="0">
-        <x:v>243.25</x:v>
+        <x:v>213.92</x:v>
       </x:c>
       <x:c r="E737" s="0">
-        <x:v>347.5</x:v>
+        <x:v>305.6</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:5">
       <x:c r="A738" s="1">
-        <x:v>44970.7523611111</x:v>
+        <x:v>44995.7481018519</x:v>
       </x:c>
       <x:c r="B738" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C738" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D738" s="0">
-        <x:v>243.25</x:v>
+        <x:v>215.11</x:v>
       </x:c>
       <x:c r="E738" s="0">
-        <x:v>347.5</x:v>
+        <x:v>307.3</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:5">
       <x:c r="A739" s="1">
-        <x:v>44967.7612152778</x:v>
+        <x:v>44994.7473032407</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C739" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D739" s="0">
-        <x:v>238.7</x:v>
+        <x:v>217.42</x:v>
       </x:c>
       <x:c r="E739" s="0">
-        <x:v>341</x:v>
+        <x:v>310.6</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:5">
       <x:c r="A740" s="1">
-        <x:v>44966.7488425926</x:v>
+        <x:v>44993.7607291667</x:v>
       </x:c>
       <x:c r="B740" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C740" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D740" s="0">
-        <x:v>240.73</x:v>
+        <x:v>217.91</x:v>
       </x:c>
       <x:c r="E740" s="0">
-        <x:v>343.9</x:v>
+        <x:v>311.3</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:5">
       <x:c r="A741" s="1">
-        <x:v>44965.752337963</x:v>
+        <x:v>44992.75</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C741" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D741" s="0">
-        <x:v>240.66</x:v>
+        <x:v>217.91</x:v>
       </x:c>
       <x:c r="E741" s="0">
-        <x:v>343.8</x:v>
+        <x:v>311.3</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:5">
       <x:c r="A742" s="1">
-        <x:v>44964.7567824074</x:v>
+        <x:v>44991.7461342593</x:v>
       </x:c>
       <x:c r="B742" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C742" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D742" s="0">
-        <x:v>244.58</x:v>
+        <x:v>218.68</x:v>
       </x:c>
       <x:c r="E742" s="0">
-        <x:v>349.4</x:v>
+        <x:v>312.4</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:5">
       <x:c r="A743" s="1">
-        <x:v>44963.7552430556</x:v>
+        <x:v>44988.7519907407</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C743" s="0">
-        <x:v>0.98</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D743" s="0">
-        <x:v>247.1</x:v>
+        <x:v>218.26</x:v>
       </x:c>
       <x:c r="E743" s="0">
-        <x:v>353</x:v>
+        <x:v>311.8</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:5">
       <x:c r="A744" s="1">
-        <x:v>44960.7459837963</x:v>
+        <x:v>44987.7469328704</x:v>
       </x:c>
       <x:c r="B744" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C744" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D744" s="0">
-        <x:v>243.39</x:v>
+        <x:v>217.07</x:v>
       </x:c>
       <x:c r="E744" s="0">
-        <x:v>347.7</x:v>
+        <x:v>310.1</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:5">
       <x:c r="A745" s="1">
-        <x:v>44959.7480208333</x:v>
+        <x:v>44986.7389351852</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C745" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D745" s="0">
-        <x:v>242.48</x:v>
+        <x:v>214.34</x:v>
       </x:c>
       <x:c r="E745" s="0">
-        <x:v>346.4</x:v>
+        <x:v>306.2</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:5">
       <x:c r="A746" s="1">
-        <x:v>44958.7567592593</x:v>
+        <x:v>44985.7456134259</x:v>
       </x:c>
       <x:c r="B746" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C746" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D746" s="0">
-        <x:v>227.08</x:v>
+        <x:v>216.09</x:v>
       </x:c>
       <x:c r="E746" s="0">
-        <x:v>324.4</x:v>
+        <x:v>308.7</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:5">
       <x:c r="A747" s="1">
-        <x:v>44957.745474537</x:v>
+        <x:v>44984.7576851852</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C747" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D747" s="0">
-        <x:v>223.23</x:v>
+        <x:v>224.42</x:v>
       </x:c>
       <x:c r="E747" s="0">
-        <x:v>318.9</x:v>
+        <x:v>320.6</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:5">
       <x:c r="A748" s="1">
-        <x:v>44956.7558217593</x:v>
+        <x:v>44981.7524074074</x:v>
       </x:c>
       <x:c r="B748" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C748" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D748" s="0">
-        <x:v>226.45</x:v>
+        <x:v>230.02</x:v>
       </x:c>
       <x:c r="E748" s="0">
-        <x:v>323.5</x:v>
+        <x:v>328.6</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:5">
       <x:c r="A749" s="1">
-        <x:v>44953.7466087963</x:v>
+        <x:v>44980.745474537</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C749" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D749" s="0">
-        <x:v>226.45</x:v>
+        <x:v>230.02</x:v>
       </x:c>
       <x:c r="E749" s="0">
-        <x:v>323.5</x:v>
+        <x:v>328.6</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:5">
       <x:c r="A750" s="1">
-        <x:v>44952.7452430556</x:v>
+        <x:v>44979.7465277778</x:v>
       </x:c>
       <x:c r="B750" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C750" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D750" s="0">
-        <x:v>229.39</x:v>
+        <x:v>228.13</x:v>
       </x:c>
       <x:c r="E750" s="0">
-        <x:v>327.7</x:v>
+        <x:v>325.9</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:5">
       <x:c r="A751" s="1">
-        <x:v>44951.7480208333</x:v>
+        <x:v>44978.7574189815</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C751" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D751" s="0">
-        <x:v>213.64</x:v>
+        <x:v>232.33</x:v>
       </x:c>
       <x:c r="E751" s="0">
-        <x:v>305.2</x:v>
+        <x:v>331.9</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:5">
       <x:c r="A752" s="1">
-        <x:v>44950.7528125</x:v>
+        <x:v>44977.7591550926</x:v>
       </x:c>
       <x:c r="B752" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C752" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D752" s="0">
-        <x:v>214.2</x:v>
+        <x:v>233.1</x:v>
       </x:c>
       <x:c r="E752" s="0">
-        <x:v>306</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:5">
       <x:c r="A753" s="1">
-        <x:v>44946.7468865741</x:v>
+        <x:v>44974.7454861111</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C753" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D753" s="0">
-        <x:v>221.06</x:v>
+        <x:v>231.42</x:v>
       </x:c>
       <x:c r="E753" s="0">
-        <x:v>315.8</x:v>
+        <x:v>330.6</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:5">
       <x:c r="A754" s="1">
-        <x:v>44945.7520138889</x:v>
+        <x:v>44973.7564930556</x:v>
       </x:c>
       <x:c r="B754" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C754" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D754" s="0">
-        <x:v>224.14</x:v>
+        <x:v>233.8</x:v>
       </x:c>
       <x:c r="E754" s="0">
-        <x:v>320.2</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:5">
       <x:c r="A755" s="1">
-        <x:v>44944.7462962963</x:v>
+        <x:v>44972.7463194444</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C755" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D755" s="0">
-        <x:v>224.14</x:v>
+        <x:v>237.86</x:v>
       </x:c>
       <x:c r="E755" s="0">
-        <x:v>320.2</x:v>
+        <x:v>339.8</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:5">
       <x:c r="A756" s="1">
-        <x:v>44943.7458449074</x:v>
+        <x:v>44971.7593634259</x:v>
       </x:c>
       <x:c r="B756" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C756" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D756" s="0">
-        <x:v>224.07</x:v>
+        <x:v>243.25</x:v>
       </x:c>
       <x:c r="E756" s="0">
-        <x:v>320.1</x:v>
+        <x:v>347.5</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:5">
       <x:c r="A757" s="1">
-        <x:v>44942.7461342593</x:v>
+        <x:v>44970.7523611111</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C757" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D757" s="0">
-        <x:v>226.17</x:v>
+        <x:v>243.25</x:v>
       </x:c>
       <x:c r="E757" s="0">
-        <x:v>323.1</x:v>
+        <x:v>347.5</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:5">
       <x:c r="A758" s="1">
-        <x:v>44939.7462384259</x:v>
+        <x:v>44967.7612152778</x:v>
       </x:c>
       <x:c r="B758" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C758" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D758" s="0">
-        <x:v>223.16</x:v>
+        <x:v>238.7</x:v>
       </x:c>
       <x:c r="E758" s="0">
-        <x:v>318.8</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:5">
       <x:c r="A759" s="1">
-        <x:v>44938.7521180556</x:v>
+        <x:v>44966.7488425926</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C759" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D759" s="0">
-        <x:v>221.9</x:v>
+        <x:v>240.73</x:v>
       </x:c>
       <x:c r="E759" s="0">
-        <x:v>317</x:v>
+        <x:v>343.9</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:5">
       <x:c r="A760" s="1">
-        <x:v>44937.7495601852</x:v>
+        <x:v>44965.752337963</x:v>
       </x:c>
       <x:c r="B760" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C760" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D760" s="0">
-        <x:v>220.01</x:v>
+        <x:v>240.66</x:v>
       </x:c>
       <x:c r="E760" s="0">
-        <x:v>314.3</x:v>
+        <x:v>343.8</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:5">
       <x:c r="A761" s="1">
-        <x:v>44936.7481365741</x:v>
+        <x:v>44964.7567824074</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C761" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D761" s="0">
-        <x:v>205.94</x:v>
+        <x:v>244.58</x:v>
       </x:c>
       <x:c r="E761" s="0">
-        <x:v>294.2</x:v>
+        <x:v>349.4</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:5">
       <x:c r="A762" s="1">
-        <x:v>44935.7597337963</x:v>
+        <x:v>44963.7552430556</x:v>
       </x:c>
       <x:c r="B762" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C762" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D762" s="0">
-        <x:v>205.66</x:v>
+        <x:v>247.1</x:v>
       </x:c>
       <x:c r="E762" s="0">
-        <x:v>293.8</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:5">
       <x:c r="A763" s="1">
-        <x:v>44932.7459722222</x:v>
+        <x:v>44960.7459837963</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C763" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D763" s="0">
-        <x:v>201.81</x:v>
+        <x:v>243.39</x:v>
       </x:c>
       <x:c r="E763" s="0">
-        <x:v>288.3</x:v>
+        <x:v>347.7</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:5">
       <x:c r="A764" s="1">
-        <x:v>44931.7502314815</x:v>
+        <x:v>44959.7480208333</x:v>
       </x:c>
       <x:c r="B764" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C764" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D764" s="0">
-        <x:v>209.79</x:v>
+        <x:v>242.48</x:v>
       </x:c>
       <x:c r="E764" s="0">
-        <x:v>299.7</x:v>
+        <x:v>346.4</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:5">
       <x:c r="A765" s="1">
-        <x:v>44930.742037037</x:v>
+        <x:v>44958.7567592593</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C765" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D765" s="0">
-        <x:v>210.91</x:v>
+        <x:v>227.08</x:v>
       </x:c>
       <x:c r="E765" s="0">
-        <x:v>301.3</x:v>
+        <x:v>324.4</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:5">
       <x:c r="A766" s="1">
-        <x:v>44929.7460185185</x:v>
+        <x:v>44957.745474537</x:v>
       </x:c>
       <x:c r="B766" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C766" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D766" s="0">
-        <x:v>207.06</x:v>
+        <x:v>223.23</x:v>
       </x:c>
       <x:c r="E766" s="0">
-        <x:v>295.8</x:v>
+        <x:v>318.9</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:5">
       <x:c r="A767" s="1">
-        <x:v>44928.7424421296</x:v>
+        <x:v>44956.7558217593</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C767" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D767" s="0">
-        <x:v>205.94</x:v>
+        <x:v>226.45</x:v>
       </x:c>
       <x:c r="E767" s="0">
-        <x:v>294.2</x:v>
+        <x:v>323.5</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:5">
       <x:c r="A768" s="1">
-        <x:v>44925.7528587963</x:v>
+        <x:v>44953.7466087963</x:v>
       </x:c>
       <x:c r="B768" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C768" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D768" s="0">
-        <x:v>211.75</x:v>
+        <x:v>226.45</x:v>
       </x:c>
       <x:c r="E768" s="0">
-        <x:v>302.5</x:v>
+        <x:v>323.5</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:5">
       <x:c r="A769" s="1">
-        <x:v>44924.7483680556</x:v>
+        <x:v>44952.7452430556</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C769" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D769" s="0">
-        <x:v>217.35</x:v>
+        <x:v>229.39</x:v>
       </x:c>
       <x:c r="E769" s="0">
-        <x:v>310.5</x:v>
+        <x:v>327.7</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:5">
       <x:c r="A770" s="1">
-        <x:v>44923.7489583333</x:v>
+        <x:v>44951.7480208333</x:v>
       </x:c>
       <x:c r="B770" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C770" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D770" s="0">
-        <x:v>211.19</x:v>
+        <x:v>213.64</x:v>
       </x:c>
       <x:c r="E770" s="0">
-        <x:v>301.7</x:v>
+        <x:v>305.2</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:5">
       <x:c r="A771" s="1">
-        <x:v>44922.7451736111</x:v>
+        <x:v>44950.7528125</x:v>
       </x:c>
       <x:c r="B771" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C771" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D771" s="0">
-        <x:v>210</x:v>
+        <x:v>214.2</x:v>
       </x:c>
       <x:c r="E771" s="0">
-        <x:v>300</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:5">
       <x:c r="A772" s="1">
-        <x:v>44918.745625</x:v>
+        <x:v>44946.7468865741</x:v>
       </x:c>
       <x:c r="B772" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C772" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D772" s="0">
-        <x:v>210.98</x:v>
+        <x:v>221.06</x:v>
       </x:c>
       <x:c r="E772" s="0">
-        <x:v>301.4</x:v>
+        <x:v>315.8</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:5">
       <x:c r="A773" s="1">
-        <x:v>44917.7504976852</x:v>
+        <x:v>44945.7520138889</x:v>
       </x:c>
       <x:c r="B773" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C773" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D773" s="0">
-        <x:v>209.37</x:v>
+        <x:v>224.14</x:v>
       </x:c>
       <x:c r="E773" s="0">
-        <x:v>299.1</x:v>
+        <x:v>320.2</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:5">
       <x:c r="A774" s="1">
-        <x:v>44916.7388773148</x:v>
+        <x:v>44944.7462962963</x:v>
       </x:c>
       <x:c r="B774" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C774" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D774" s="0">
-        <x:v>210</x:v>
+        <x:v>224.14</x:v>
       </x:c>
       <x:c r="E774" s="0">
-        <x:v>300</x:v>
+        <x:v>320.2</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:5">
       <x:c r="A775" s="1">
-        <x:v>44915.7464351852</x:v>
+        <x:v>44943.7458449074</x:v>
       </x:c>
       <x:c r="B775" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C775" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D775" s="0">
-        <x:v>206.01</x:v>
+        <x:v>224.07</x:v>
       </x:c>
       <x:c r="E775" s="0">
-        <x:v>294.3</x:v>
+        <x:v>320.1</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:5">
       <x:c r="A776" s="1">
-        <x:v>44914.7470833333</x:v>
+        <x:v>44942.7461342593</x:v>
       </x:c>
       <x:c r="B776" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C776" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D776" s="0">
-        <x:v>208.11</x:v>
+        <x:v>226.17</x:v>
       </x:c>
       <x:c r="E776" s="0">
-        <x:v>297.3</x:v>
+        <x:v>323.1</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:5">
       <x:c r="A777" s="1">
-        <x:v>44911.7485532407</x:v>
+        <x:v>44939.7462384259</x:v>
       </x:c>
       <x:c r="B777" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C777" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D777" s="0">
-        <x:v>212.73</x:v>
+        <x:v>223.16</x:v>
       </x:c>
       <x:c r="E777" s="0">
-        <x:v>303.9</x:v>
+        <x:v>318.8</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:5">
       <x:c r="A778" s="1">
-        <x:v>44910.7534027778</x:v>
+        <x:v>44938.7521180556</x:v>
       </x:c>
       <x:c r="B778" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C778" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D778" s="0">
-        <x:v>220.43</x:v>
+        <x:v>221.9</x:v>
       </x:c>
       <x:c r="E778" s="0">
-        <x:v>314.9</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:5">
       <x:c r="A779" s="1">
-        <x:v>44909.7494907407</x:v>
+        <x:v>44937.7495601852</x:v>
       </x:c>
       <x:c r="B779" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C779" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D779" s="0">
-        <x:v>229.95</x:v>
+        <x:v>220.01</x:v>
       </x:c>
       <x:c r="E779" s="0">
-        <x:v>328.5</x:v>
+        <x:v>314.3</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:5">
       <x:c r="A780" s="1">
-        <x:v>44908.7461458333</x:v>
+        <x:v>44936.7481365741</x:v>
       </x:c>
       <x:c r="B780" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C780" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D780" s="0">
-        <x:v>228.41</x:v>
+        <x:v>205.94</x:v>
       </x:c>
       <x:c r="E780" s="0">
-        <x:v>326.3</x:v>
+        <x:v>294.2</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:5">
       <x:c r="A781" s="1">
-        <x:v>44907.7480555556</x:v>
+        <x:v>44935.7597337963</x:v>
       </x:c>
       <x:c r="B781" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C781" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D781" s="0">
-        <x:v>219.59</x:v>
+        <x:v>205.66</x:v>
       </x:c>
       <x:c r="E781" s="0">
-        <x:v>313.7</x:v>
+        <x:v>293.8</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:5">
       <x:c r="A782" s="1">
-        <x:v>44904.7509837963</x:v>
+        <x:v>44932.7459722222</x:v>
       </x:c>
       <x:c r="B782" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C782" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D782" s="0">
-        <x:v>219.59</x:v>
+        <x:v>201.81</x:v>
       </x:c>
       <x:c r="E782" s="0">
-        <x:v>313.7</x:v>
+        <x:v>288.3</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:5">
       <x:c r="A783" s="1">
-        <x:v>44903.7475231482</x:v>
+        <x:v>44931.7502314815</x:v>
       </x:c>
       <x:c r="B783" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C783" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D783" s="0">
-        <x:v>221.62</x:v>
+        <x:v>209.79</x:v>
       </x:c>
       <x:c r="E783" s="0">
-        <x:v>316.6</x:v>
+        <x:v>299.7</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:5">
       <x:c r="A784" s="1">
-        <x:v>44902.7506828704</x:v>
+        <x:v>44930.742037037</x:v>
       </x:c>
       <x:c r="B784" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C784" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D784" s="0">
-        <x:v>222.81</x:v>
+        <x:v>210.91</x:v>
       </x:c>
       <x:c r="E784" s="0">
-        <x:v>318.3</x:v>
+        <x:v>301.3</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:5">
       <x:c r="A785" s="1">
-        <x:v>44901.7459953704</x:v>
+        <x:v>44929.7460185185</x:v>
       </x:c>
       <x:c r="B785" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C785" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D785" s="0">
-        <x:v>228.13</x:v>
+        <x:v>207.06</x:v>
       </x:c>
       <x:c r="E785" s="0">
-        <x:v>325.9</x:v>
+        <x:v>295.8</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:5">
       <x:c r="A786" s="1">
-        <x:v>44900.7463310185</x:v>
+        <x:v>44928.7424421296</x:v>
       </x:c>
       <x:c r="B786" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C786" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D786" s="0">
-        <x:v>236.04</x:v>
+        <x:v>205.94</x:v>
       </x:c>
       <x:c r="E786" s="0">
-        <x:v>337.2</x:v>
+        <x:v>294.2</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:5">
       <x:c r="A787" s="1">
-        <x:v>44897.7455208333</x:v>
+        <x:v>44925.7528587963</x:v>
       </x:c>
       <x:c r="B787" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C787" s="0">
-        <x:v>0.97</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D787" s="0">
-        <x:v>237.93</x:v>
+        <x:v>211.75</x:v>
       </x:c>
       <x:c r="E787" s="0">
-        <x:v>339.9</x:v>
+        <x:v>302.5</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:5">
       <x:c r="A788" s="1">
-        <x:v>44896.7544560185</x:v>
+        <x:v>44924.7483680556</x:v>
       </x:c>
       <x:c r="B788" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C788" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D788" s="0">
-        <x:v>240.03</x:v>
+        <x:v>217.35</x:v>
       </x:c>
       <x:c r="E788" s="0">
-        <x:v>342.9</x:v>
+        <x:v>310.5</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:5">
       <x:c r="A789" s="1">
-        <x:v>44895.7468865741</x:v>
+        <x:v>44923.7489583333</x:v>
       </x:c>
       <x:c r="B789" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C789" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D789" s="0">
-        <x:v>226.31</x:v>
+        <x:v>211.19</x:v>
       </x:c>
       <x:c r="E789" s="0">
-        <x:v>323.3</x:v>
+        <x:v>301.7</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:5">
       <x:c r="A790" s="1">
-        <x:v>44894.7487615741</x:v>
+        <x:v>44922.7451736111</x:v>
       </x:c>
       <x:c r="B790" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C790" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D790" s="0">
-        <x:v>220.99</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E790" s="0">
-        <x:v>315.7</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:5">
       <x:c r="A791" s="1">
-        <x:v>44893.7375347222</x:v>
+        <x:v>44918.745625</x:v>
       </x:c>
       <x:c r="B791" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C791" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D791" s="0">
-        <x:v>231.77</x:v>
+        <x:v>210.98</x:v>
       </x:c>
       <x:c r="E791" s="0">
-        <x:v>331.1</x:v>
+        <x:v>301.4</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:5">
       <x:c r="A792" s="1">
-        <x:v>44890.741087963</x:v>
+        <x:v>44917.7504976852</x:v>
       </x:c>
       <x:c r="B792" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C792" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D792" s="0">
-        <x:v>238.14</x:v>
+        <x:v>209.37</x:v>
       </x:c>
       <x:c r="E792" s="0">
-        <x:v>340.2</x:v>
+        <x:v>299.1</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:5">
       <x:c r="A793" s="1">
-        <x:v>44889.7516782407</x:v>
+        <x:v>44916.7388773148</x:v>
       </x:c>
       <x:c r="B793" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C793" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D793" s="0">
-        <x:v>235.97</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E793" s="0">
-        <x:v>337.1</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:5">
       <x:c r="A794" s="1">
-        <x:v>44888.7560300926</x:v>
+        <x:v>44915.7464351852</x:v>
       </x:c>
       <x:c r="B794" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C794" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D794" s="0">
-        <x:v>229.39</x:v>
+        <x:v>206.01</x:v>
       </x:c>
       <x:c r="E794" s="0">
-        <x:v>327.7</x:v>
+        <x:v>294.3</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:5">
       <x:c r="A795" s="1">
-        <x:v>44887.7480902778</x:v>
+        <x:v>44914.7470833333</x:v>
       </x:c>
       <x:c r="B795" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C795" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D795" s="0">
-        <x:v>231.14</x:v>
+        <x:v>208.11</x:v>
       </x:c>
       <x:c r="E795" s="0">
-        <x:v>330.2</x:v>
+        <x:v>297.3</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:5">
       <x:c r="A796" s="1">
-        <x:v>44886.7467592593</x:v>
+        <x:v>44911.7485532407</x:v>
       </x:c>
       <x:c r="B796" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C796" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D796" s="0">
-        <x:v>231.14</x:v>
+        <x:v>212.73</x:v>
       </x:c>
       <x:c r="E796" s="0">
-        <x:v>330.2</x:v>
+        <x:v>303.9</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:5">
       <x:c r="A797" s="1">
-        <x:v>44883.7526041667</x:v>
+        <x:v>44910.7534027778</x:v>
       </x:c>
       <x:c r="B797" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C797" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D797" s="0">
-        <x:v>230.72</x:v>
+        <x:v>220.43</x:v>
       </x:c>
       <x:c r="E797" s="0">
-        <x:v>329.6</x:v>
+        <x:v>314.9</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:5">
       <x:c r="A798" s="1">
-        <x:v>44882.7455902778</x:v>
+        <x:v>44909.7494907407</x:v>
       </x:c>
       <x:c r="B798" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C798" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D798" s="0">
-        <x:v>230.72</x:v>
+        <x:v>229.95</x:v>
       </x:c>
       <x:c r="E798" s="0">
-        <x:v>329.6</x:v>
+        <x:v>328.5</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:5">
       <x:c r="A799" s="1">
-        <x:v>44881.7462384259</x:v>
+        <x:v>44908.7461458333</x:v>
       </x:c>
       <x:c r="B799" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C799" s="0">
-        <x:v>0.97</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D799" s="0">
-        <x:v>235.9</x:v>
+        <x:v>228.41</x:v>
       </x:c>
       <x:c r="E799" s="0">
-        <x:v>337</x:v>
+        <x:v>326.3</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:5">
       <x:c r="A800" s="1">
-        <x:v>44880.7410069444</x:v>
+        <x:v>44907.7480555556</x:v>
       </x:c>
       <x:c r="B800" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C800" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D800" s="0">
-        <x:v>246.33</x:v>
+        <x:v>219.59</x:v>
       </x:c>
       <x:c r="E800" s="0">
-        <x:v>351.9</x:v>
+        <x:v>313.7</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:5">
       <x:c r="A801" s="1">
-        <x:v>44879.7455324074</x:v>
+        <x:v>44904.7509837963</x:v>
       </x:c>
       <x:c r="B801" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C801" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D801" s="0">
-        <x:v>250.18</x:v>
+        <x:v>219.59</x:v>
       </x:c>
       <x:c r="E801" s="0">
-        <x:v>357.4</x:v>
+        <x:v>313.7</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:5">
       <x:c r="A802" s="1">
-        <x:v>44876.7461805556</x:v>
+        <x:v>44903.7475231482</x:v>
       </x:c>
       <x:c r="B802" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C802" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D802" s="0">
-        <x:v>247.66</x:v>
+        <x:v>221.62</x:v>
       </x:c>
       <x:c r="E802" s="0">
-        <x:v>353.8</x:v>
+        <x:v>316.6</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:5">
       <x:c r="A803" s="1">
-        <x:v>44875.7482175926</x:v>
+        <x:v>44902.7506828704</x:v>
       </x:c>
       <x:c r="B803" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C803" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D803" s="0">
-        <x:v>242.97</x:v>
+        <x:v>222.81</x:v>
       </x:c>
       <x:c r="E803" s="0">
-        <x:v>347.1</x:v>
+        <x:v>318.3</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:5">
       <x:c r="A804" s="1">
-        <x:v>44874.7451736111</x:v>
+        <x:v>44901.7459953704</x:v>
       </x:c>
       <x:c r="B804" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C804" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D804" s="0">
-        <x:v>228.69</x:v>
+        <x:v>228.13</x:v>
       </x:c>
       <x:c r="E804" s="0">
-        <x:v>326.7</x:v>
+        <x:v>325.9</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:5">
       <x:c r="A805" s="1">
-        <x:v>44873.745625</x:v>
+        <x:v>44900.7463310185</x:v>
       </x:c>
       <x:c r="B805" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C805" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D805" s="0">
-        <x:v>227.36</x:v>
+        <x:v>236.04</x:v>
       </x:c>
       <x:c r="E805" s="0">
-        <x:v>324.8</x:v>
+        <x:v>337.2</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:5">
       <x:c r="A806" s="1">
-        <x:v>44872.7415856481</x:v>
+        <x:v>44897.7455208333</x:v>
       </x:c>
       <x:c r="B806" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C806" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D806" s="0">
-        <x:v>216.86</x:v>
+        <x:v>237.93</x:v>
       </x:c>
       <x:c r="E806" s="0">
-        <x:v>309.8</x:v>
+        <x:v>339.9</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:5">
       <x:c r="A807" s="1">
-        <x:v>44869.7386805556</x:v>
+        <x:v>44896.7544560185</x:v>
       </x:c>
       <x:c r="B807" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C807" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D807" s="0">
-        <x:v>214.62</x:v>
+        <x:v>240.03</x:v>
       </x:c>
       <x:c r="E807" s="0">
-        <x:v>306.6</x:v>
+        <x:v>342.9</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:5">
       <x:c r="A808" s="1">
-        <x:v>44868.8963888889</x:v>
+        <x:v>44895.7468865741</x:v>
       </x:c>
       <x:c r="B808" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C808" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D808" s="0">
-        <x:v>220.5</x:v>
+        <x:v>226.31</x:v>
       </x:c>
       <x:c r="E808" s="0">
-        <x:v>315</x:v>
+        <x:v>323.3</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:5">
       <x:c r="A809" s="1">
-        <x:v>44867</x:v>
+        <x:v>44894.7487615741</x:v>
       </x:c>
       <x:c r="B809" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C809" s="0">
+        <x:v>0.78</x:v>
+      </x:c>
+      <x:c r="D809" s="0">
+        <x:v>220.99</x:v>
+      </x:c>
       <x:c r="E809" s="0">
-        <x:v>314</x:v>
+        <x:v>315.7</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:5">
       <x:c r="A810" s="1">
-        <x:v>44866</x:v>
+        <x:v>44893.7375347222</x:v>
       </x:c>
       <x:c r="B810" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C810" s="0">
+        <x:v>0.91</x:v>
+      </x:c>
+      <x:c r="D810" s="0">
+        <x:v>231.77</x:v>
+      </x:c>
       <x:c r="E810" s="0">
-        <x:v>321.2</x:v>
+        <x:v>331.1</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:5">
       <x:c r="A811" s="1">
-        <x:v>44865</x:v>
+        <x:v>44890.741087963</x:v>
       </x:c>
       <x:c r="B811" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C811" s="0">
+        <x:v>0.99</x:v>
+      </x:c>
+      <x:c r="D811" s="0">
+        <x:v>238.14</x:v>
+      </x:c>
       <x:c r="E811" s="0">
-        <x:v>323.5</x:v>
+        <x:v>340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:5">
       <x:c r="A812" s="1">
-        <x:v>44864</x:v>
+        <x:v>44889.7516782407</x:v>
       </x:c>
       <x:c r="B812" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C812" s="0">
+        <x:v>0.96</x:v>
+      </x:c>
+      <x:c r="D812" s="0">
+        <x:v>235.97</x:v>
+      </x:c>
       <x:c r="E812" s="0">
-        <x:v>323.5</x:v>
+        <x:v>337.1</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:5">
       <x:c r="A813" s="1">
-        <x:v>44863</x:v>
+        <x:v>44888.7560300926</x:v>
       </x:c>
       <x:c r="B813" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C813" s="0">
+        <x:v>0.89</x:v>
+      </x:c>
+      <x:c r="D813" s="0">
+        <x:v>229.39</x:v>
+      </x:c>
       <x:c r="E813" s="0">
-        <x:v>323.5</x:v>
+        <x:v>327.7</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:5">
       <x:c r="A814" s="1">
-        <x:v>44862</x:v>
+        <x:v>44887.7480902778</x:v>
       </x:c>
       <x:c r="B814" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C814" s="0">
+        <x:v>0.89</x:v>
+      </x:c>
+      <x:c r="D814" s="0">
+        <x:v>231.14</x:v>
+      </x:c>
       <x:c r="E814" s="0">
-        <x:v>326</x:v>
+        <x:v>330.2</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:5">
       <x:c r="A815" s="1">
-        <x:v>44861</x:v>
+        <x:v>44886.7467592593</x:v>
       </x:c>
       <x:c r="B815" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C815" s="0">
+        <x:v>0.91</x:v>
+      </x:c>
+      <x:c r="D815" s="0">
+        <x:v>231.14</x:v>
+      </x:c>
       <x:c r="E815" s="0">
-        <x:v>329.2</x:v>
+        <x:v>330.2</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:5">
       <x:c r="A816" s="1">
-        <x:v>44860</x:v>
+        <x:v>44883.7526041667</x:v>
       </x:c>
       <x:c r="B816" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C816" s="0">
+        <x:v>0.92</x:v>
+      </x:c>
+      <x:c r="D816" s="0">
+        <x:v>230.72</x:v>
+      </x:c>
       <x:c r="E816" s="0">
-        <x:v>319.3</x:v>
+        <x:v>329.6</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:5">
       <x:c r="A817" s="1">
-        <x:v>44859</x:v>
+        <x:v>44882.7455902778</x:v>
       </x:c>
       <x:c r="B817" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C817" s="0">
+        <x:v>0.91</x:v>
+      </x:c>
+      <x:c r="D817" s="0">
+        <x:v>230.72</x:v>
+      </x:c>
       <x:c r="E817" s="0">
-        <x:v>305.5</x:v>
+        <x:v>329.6</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:5">
       <x:c r="A818" s="1">
-        <x:v>44858</x:v>
+        <x:v>44881.7462384259</x:v>
       </x:c>
       <x:c r="B818" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C818" s="0">
+        <x:v>0.97</x:v>
+      </x:c>
+      <x:c r="D818" s="0">
+        <x:v>235.9</x:v>
+      </x:c>
       <x:c r="E818" s="0">
-        <x:v>301.1</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:5">
       <x:c r="A819" s="1">
-        <x:v>44857</x:v>
+        <x:v>44880.7410069444</x:v>
       </x:c>
       <x:c r="B819" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C819" s="0">
+        <x:v>1.11</x:v>
+      </x:c>
+      <x:c r="D819" s="0">
+        <x:v>246.33</x:v>
+      </x:c>
       <x:c r="E819" s="0">
-        <x:v>301.1</x:v>
+        <x:v>351.9</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:5">
       <x:c r="A820" s="1">
-        <x:v>44856</x:v>
+        <x:v>44879.7455324074</x:v>
       </x:c>
       <x:c r="B820" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C820" s="0">
+        <x:v>1.16</x:v>
+      </x:c>
+      <x:c r="D820" s="0">
+        <x:v>250.18</x:v>
+      </x:c>
       <x:c r="E820" s="0">
-        <x:v>301.1</x:v>
+        <x:v>357.4</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:5">
       <x:c r="A821" s="1">
-        <x:v>44855</x:v>
+        <x:v>44876.7461805556</x:v>
       </x:c>
       <x:c r="B821" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C821" s="0">
+        <x:v>1.13</x:v>
+      </x:c>
+      <x:c r="D821" s="0">
+        <x:v>247.66</x:v>
+      </x:c>
       <x:c r="E821" s="0">
-        <x:v>303.7</x:v>
+        <x:v>353.8</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:5">
       <x:c r="A822" s="1">
-        <x:v>44854</x:v>
+        <x:v>44875.7482175926</x:v>
       </x:c>
       <x:c r="B822" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C822" s="0">
+        <x:v>1.07</x:v>
+      </x:c>
+      <x:c r="D822" s="0">
+        <x:v>242.97</x:v>
+      </x:c>
       <x:c r="E822" s="0">
-        <x:v>290</x:v>
+        <x:v>347.1</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:5">
       <x:c r="A823" s="1">
-        <x:v>44853</x:v>
+        <x:v>44874.7451736111</x:v>
       </x:c>
       <x:c r="B823" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C823" s="0">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="D823" s="0">
+        <x:v>228.69</x:v>
+      </x:c>
       <x:c r="E823" s="0">
-        <x:v>348.2</x:v>
+        <x:v>326.7</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:5">
       <x:c r="A824" s="1">
-        <x:v>44852</x:v>
+        <x:v>44873.745625</x:v>
       </x:c>
       <x:c r="B824" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C824" s="0">
+        <x:v>0.89</x:v>
+      </x:c>
+      <x:c r="D824" s="0">
+        <x:v>227.36</x:v>
+      </x:c>
       <x:c r="E824" s="0">
-        <x:v>343.5</x:v>
+        <x:v>324.8</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:5">
       <x:c r="A825" s="1">
-        <x:v>44851</x:v>
+        <x:v>44872.7415856481</x:v>
       </x:c>
       <x:c r="B825" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C825" s="0">
+        <x:v>0.77</x:v>
+      </x:c>
+      <x:c r="D825" s="0">
+        <x:v>216.86</x:v>
+      </x:c>
       <x:c r="E825" s="0">
-        <x:v>337</x:v>
+        <x:v>309.8</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:5">
       <x:c r="A826" s="1">
-        <x:v>44850</x:v>
+        <x:v>44869.7386805556</x:v>
       </x:c>
       <x:c r="B826" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C826" s="0">
+        <x:v>0.75</x:v>
+      </x:c>
+      <x:c r="D826" s="0">
+        <x:v>214.62</x:v>
+      </x:c>
       <x:c r="E826" s="0">
-        <x:v>337</x:v>
+        <x:v>306.6</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:5">
       <x:c r="A827" s="1">
-        <x:v>44849</x:v>
+        <x:v>44868.8963888889</x:v>
       </x:c>
       <x:c r="B827" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C827" s="0">
+        <x:v>0.75</x:v>
+      </x:c>
+      <x:c r="D827" s="0">
+        <x:v>220.5</x:v>
+      </x:c>
       <x:c r="E827" s="0">
-        <x:v>337</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:5">
       <x:c r="A828" s="1">
-        <x:v>44848</x:v>
+        <x:v>44867</x:v>
       </x:c>
       <x:c r="B828" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E828" s="0">
-        <x:v>327</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:5">
       <x:c r="A829" s="1">
-        <x:v>44847</x:v>
+        <x:v>44866</x:v>
       </x:c>
       <x:c r="B829" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E829" s="0">
-        <x:v>322</x:v>
+        <x:v>321.2</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:5">
       <x:c r="A830" s="1">
-        <x:v>44846</x:v>
+        <x:v>44865</x:v>
       </x:c>
       <x:c r="B830" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E830" s="0">
-        <x:v>329.8</x:v>
+        <x:v>323.5</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:5">
       <x:c r="A831" s="1">
-        <x:v>44845</x:v>
+        <x:v>44864</x:v>
       </x:c>
       <x:c r="B831" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E831" s="0">
-        <x:v>328.6</x:v>
+        <x:v>323.5</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:5">
       <x:c r="A832" s="1">
-        <x:v>44844</x:v>
+        <x:v>44863</x:v>
       </x:c>
       <x:c r="B832" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E832" s="0">
-        <x:v>337.8</x:v>
+        <x:v>323.5</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:5">
       <x:c r="A833" s="1">
-        <x:v>44841</x:v>
+        <x:v>44862</x:v>
       </x:c>
       <x:c r="B833" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E833" s="0">
-        <x:v>345.1</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:5">
       <x:c r="A834" s="1">
-        <x:v>44839</x:v>
+        <x:v>44861</x:v>
       </x:c>
       <x:c r="B834" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E834" s="0">
-        <x:v>350</x:v>
+        <x:v>329.2</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:5">
       <x:c r="A835" s="1">
-        <x:v>44838</x:v>
+        <x:v>44860</x:v>
       </x:c>
       <x:c r="B835" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E835" s="0">
-        <x:v>327.3</x:v>
+        <x:v>319.3</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:5">
       <x:c r="A836" s="1">
-        <x:v>44837</x:v>
+        <x:v>44859</x:v>
       </x:c>
       <x:c r="B836" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E836" s="0">
-        <x:v>317.1</x:v>
+        <x:v>305.5</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:5">
       <x:c r="A837" s="1">
-        <x:v>44833</x:v>
+        <x:v>44858</x:v>
       </x:c>
       <x:c r="B837" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E837" s="0">
-        <x:v>312.2</x:v>
+        <x:v>301.1</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:5">
       <x:c r="A838" s="1">
-        <x:v>44832</x:v>
+        <x:v>44857</x:v>
       </x:c>
       <x:c r="B838" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E838" s="0">
-        <x:v>311</x:v>
+        <x:v>301.1</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:5">
       <x:c r="A839" s="1">
-        <x:v>44831</x:v>
+        <x:v>44856</x:v>
       </x:c>
       <x:c r="B839" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E839" s="0">
-        <x:v>317.5</x:v>
+        <x:v>301.1</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:5">
       <x:c r="A840" s="1">
-        <x:v>44830</x:v>
+        <x:v>44855</x:v>
       </x:c>
       <x:c r="B840" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E840" s="0">
-        <x:v>314.1</x:v>
+        <x:v>303.7</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:5">
       <x:c r="A841" s="1">
-        <x:v>44827</x:v>
+        <x:v>44854</x:v>
       </x:c>
       <x:c r="B841" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E841" s="0">
-        <x:v>309.6</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:5">
       <x:c r="A842" s="1">
-        <x:v>44826</x:v>
+        <x:v>44853</x:v>
       </x:c>
       <x:c r="B842" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E842" s="0">
-        <x:v>330.7</x:v>
+        <x:v>348.2</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:5">
       <x:c r="A843" s="1">
-        <x:v>44825</x:v>
+        <x:v>44852</x:v>
       </x:c>
       <x:c r="B843" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E843" s="0">
-        <x:v>322.4</x:v>
+        <x:v>343.5</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:5">
       <x:c r="A844" s="1">
-        <x:v>44824</x:v>
+        <x:v>44851</x:v>
       </x:c>
       <x:c r="B844" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E844" s="0">
-        <x:v>335</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:5">
       <x:c r="A845" s="1">
-        <x:v>44823</x:v>
+        <x:v>44850</x:v>
       </x:c>
       <x:c r="B845" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E845" s="0">
-        <x:v>367</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:5">
       <x:c r="A846" s="1">
-        <x:v>44821</x:v>
+        <x:v>44849</x:v>
       </x:c>
       <x:c r="B846" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E846" s="0">
-        <x:v>367</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:5">
       <x:c r="A847" s="1">
-        <x:v>44820</x:v>
+        <x:v>44848</x:v>
       </x:c>
       <x:c r="B847" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E847" s="0">
-        <x:v>367</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:5">
       <x:c r="A848" s="1">
-        <x:v>44819</x:v>
+        <x:v>44847</x:v>
       </x:c>
       <x:c r="B848" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E848" s="0">
-        <x:v>373.9</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:5">
       <x:c r="A849" s="1">
-        <x:v>44818</x:v>
+        <x:v>44846</x:v>
       </x:c>
       <x:c r="B849" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E849" s="0">
-        <x:v>373.9</x:v>
+        <x:v>329.8</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:5">
       <x:c r="A850" s="1">
-        <x:v>44817</x:v>
+        <x:v>44845</x:v>
       </x:c>
       <x:c r="B850" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E850" s="0">
-        <x:v>385.9</x:v>
+        <x:v>328.6</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:5">
       <x:c r="A851" s="1">
-        <x:v>44816</x:v>
+        <x:v>44844</x:v>
       </x:c>
       <x:c r="B851" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E851" s="0">
-        <x:v>378.7</x:v>
+        <x:v>337.8</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:5">
       <x:c r="A852" s="1">
-        <x:v>44815</x:v>
+        <x:v>44841</x:v>
       </x:c>
       <x:c r="B852" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E852" s="0">
-        <x:v>378.7</x:v>
+        <x:v>345.1</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:5">
       <x:c r="A853" s="1">
-        <x:v>44814</x:v>
+        <x:v>44839</x:v>
       </x:c>
       <x:c r="B853" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E853" s="0">
-        <x:v>378.7</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:5">
       <x:c r="A854" s="1">
-        <x:v>44813</x:v>
+        <x:v>44838</x:v>
       </x:c>
       <x:c r="B854" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E854" s="0">
-        <x:v>378.7</x:v>
+        <x:v>327.3</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:5">
       <x:c r="A855" s="1">
-        <x:v>44812</x:v>
+        <x:v>44837</x:v>
       </x:c>
       <x:c r="B855" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E855" s="0">
-        <x:v>370</x:v>
+        <x:v>317.1</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:5">
       <x:c r="A856" s="1">
-        <x:v>44811</x:v>
+        <x:v>44833</x:v>
       </x:c>
       <x:c r="B856" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E856" s="0">
-        <x:v>371.3</x:v>
+        <x:v>312.2</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:5">
       <x:c r="A857" s="1">
-        <x:v>44810</x:v>
+        <x:v>44832</x:v>
       </x:c>
       <x:c r="B857" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E857" s="0">
-        <x:v>367.2</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:5">
       <x:c r="A858" s="1">
-        <x:v>44809</x:v>
+        <x:v>44831</x:v>
       </x:c>
       <x:c r="B858" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E858" s="0">
-        <x:v>369.5</x:v>
+        <x:v>317.5</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:5">
       <x:c r="A859" s="1">
-        <x:v>44807</x:v>
+        <x:v>44830</x:v>
       </x:c>
       <x:c r="B859" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E859" s="0">
-        <x:v>369.5</x:v>
+        <x:v>314.1</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:5">
       <x:c r="A860" s="1">
-        <x:v>44806</x:v>
+        <x:v>44827</x:v>
       </x:c>
       <x:c r="B860" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E860" s="0">
-        <x:v>361.4</x:v>
+        <x:v>309.6</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:5">
       <x:c r="A861" s="1">
-        <x:v>44805</x:v>
+        <x:v>44826</x:v>
       </x:c>
       <x:c r="B861" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E861" s="0">
-        <x:v>365.7</x:v>
+        <x:v>330.7</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:5">
       <x:c r="A862" s="1">
-        <x:v>44804</x:v>
+        <x:v>44825</x:v>
       </x:c>
       <x:c r="B862" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E862" s="0">
-        <x:v>368.1</x:v>
+        <x:v>322.4</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:5">
       <x:c r="A863" s="1">
-        <x:v>44803</x:v>
+        <x:v>44824</x:v>
       </x:c>
       <x:c r="B863" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E863" s="0">
-        <x:v>368.2</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:5">
       <x:c r="A864" s="1">
-        <x:v>44802</x:v>
+        <x:v>44823</x:v>
       </x:c>
       <x:c r="B864" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E864" s="0">
-        <x:v>378.4</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:5">
       <x:c r="A865" s="1">
-        <x:v>44801</x:v>
+        <x:v>44821</x:v>
       </x:c>
       <x:c r="B865" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E865" s="0">
-        <x:v>378.4</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:5">
       <x:c r="A866" s="1">
-        <x:v>44800</x:v>
+        <x:v>44820</x:v>
       </x:c>
       <x:c r="B866" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E866" s="0">
-        <x:v>378.4</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:5">
       <x:c r="A867" s="1">
-        <x:v>44799</x:v>
+        <x:v>44819</x:v>
       </x:c>
       <x:c r="B867" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E867" s="0">
-        <x:v>389</x:v>
+        <x:v>373.9</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:5">
       <x:c r="A868" s="1">
-        <x:v>44798</x:v>
+        <x:v>44818</x:v>
       </x:c>
       <x:c r="B868" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E868" s="0">
-        <x:v>386</x:v>
+        <x:v>373.9</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:5">
       <x:c r="A869" s="1">
-        <x:v>44797</x:v>
+        <x:v>44817</x:v>
       </x:c>
       <x:c r="B869" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E869" s="0">
-        <x:v>374.9</x:v>
+        <x:v>385.9</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:5">
       <x:c r="A870" s="1">
-        <x:v>44796</x:v>
+        <x:v>44816</x:v>
       </x:c>
       <x:c r="B870" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E870" s="0">
-        <x:v>382.5</x:v>
+        <x:v>378.7</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:5">
       <x:c r="A871" s="1">
-        <x:v>44795</x:v>
+        <x:v>44815</x:v>
       </x:c>
       <x:c r="B871" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E871" s="0">
-        <x:v>391.8</x:v>
+        <x:v>378.7</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:5">
       <x:c r="A872" s="1">
-        <x:v>44794</x:v>
+        <x:v>44814</x:v>
       </x:c>
       <x:c r="B872" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E872" s="0">
-        <x:v>391.8</x:v>
+        <x:v>378.7</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:5">
       <x:c r="A873" s="1">
-        <x:v>44792</x:v>
+        <x:v>44813</x:v>
       </x:c>
       <x:c r="B873" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E873" s="0">
-        <x:v>398.4</x:v>
+        <x:v>378.7</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:5">
       <x:c r="A874" s="1">
-        <x:v>44791</x:v>
+        <x:v>44812</x:v>
       </x:c>
       <x:c r="B874" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E874" s="0">
-        <x:v>398.4</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:5">
       <x:c r="A875" s="1">
-        <x:v>44790</x:v>
+        <x:v>44811</x:v>
       </x:c>
       <x:c r="B875" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E875" s="0">
-        <x:v>386.1</x:v>
+        <x:v>371.3</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:5">
       <x:c r="A876" s="1">
-        <x:v>44789</x:v>
+        <x:v>44810</x:v>
       </x:c>
       <x:c r="B876" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E876" s="0">
-        <x:v>386.1</x:v>
+        <x:v>367.2</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:5">
       <x:c r="A877" s="1">
-        <x:v>44788</x:v>
+        <x:v>44809</x:v>
       </x:c>
       <x:c r="B877" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E877" s="0">
-        <x:v>381.3</x:v>
+        <x:v>369.5</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:5">
       <x:c r="A878" s="1">
-        <x:v>44787</x:v>
+        <x:v>44807</x:v>
       </x:c>
       <x:c r="B878" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E878" s="0">
-        <x:v>381.3</x:v>
+        <x:v>369.5</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:5">
       <x:c r="A879" s="1">
-        <x:v>44786</x:v>
+        <x:v>44806</x:v>
       </x:c>
       <x:c r="B879" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E879" s="0">
-        <x:v>381.3</x:v>
+        <x:v>361.4</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:5">
       <x:c r="A880" s="1">
-        <x:v>44785</x:v>
+        <x:v>44805</x:v>
       </x:c>
       <x:c r="B880" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E880" s="0">
-        <x:v>387.4</x:v>
+        <x:v>365.7</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:5">
       <x:c r="A881" s="1">
-        <x:v>44784</x:v>
+        <x:v>44804</x:v>
       </x:c>
       <x:c r="B881" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E881" s="0">
-        <x:v>375.8</x:v>
+        <x:v>368.1</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:5">
       <x:c r="A882" s="1">
-        <x:v>44783</x:v>
+        <x:v>44803</x:v>
       </x:c>
       <x:c r="B882" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E882" s="0">
-        <x:v>369.4</x:v>
+        <x:v>368.2</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:5">
       <x:c r="A883" s="1">
-        <x:v>44782</x:v>
+        <x:v>44802</x:v>
       </x:c>
       <x:c r="B883" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E883" s="0">
-        <x:v>374.9</x:v>
+        <x:v>378.4</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:5">
       <x:c r="A884" s="1">
-        <x:v>44781</x:v>
+        <x:v>44801</x:v>
       </x:c>
       <x:c r="B884" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E884" s="0">
-        <x:v>385.7</x:v>
+        <x:v>378.4</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:5">
       <x:c r="A885" s="1">
-        <x:v>44780</x:v>
+        <x:v>44800</x:v>
       </x:c>
       <x:c r="B885" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E885" s="0">
-        <x:v>385.7</x:v>
+        <x:v>378.4</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:5">
       <x:c r="A886" s="1">
-        <x:v>44779</x:v>
+        <x:v>44799</x:v>
       </x:c>
       <x:c r="B886" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E886" s="0">
-        <x:v>385.7</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:5">
       <x:c r="A887" s="1">
-        <x:v>44778</x:v>
+        <x:v>44798</x:v>
       </x:c>
       <x:c r="B887" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E887" s="0">
-        <x:v>385.7</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:5">
       <x:c r="A888" s="1">
-        <x:v>44777</x:v>
+        <x:v>44797</x:v>
       </x:c>
       <x:c r="B888" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E888" s="0">
-        <x:v>383.8</x:v>
+        <x:v>374.9</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:5">
       <x:c r="A889" s="1">
-        <x:v>44776</x:v>
+        <x:v>44796</x:v>
       </x:c>
       <x:c r="B889" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E889" s="0">
-        <x:v>385.9</x:v>
+        <x:v>382.5</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:5">
       <x:c r="A890" s="1">
-        <x:v>44775</x:v>
+        <x:v>44795</x:v>
       </x:c>
       <x:c r="B890" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E890" s="0">
-        <x:v>390</x:v>
+        <x:v>391.8</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:5">
       <x:c r="A891" s="1">
-        <x:v>44774</x:v>
+        <x:v>44794</x:v>
       </x:c>
       <x:c r="B891" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E891" s="0">
-        <x:v>389.6</x:v>
+        <x:v>391.8</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:5">
       <x:c r="A892" s="1">
-        <x:v>44773</x:v>
+        <x:v>44792</x:v>
       </x:c>
       <x:c r="B892" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E892" s="0">
-        <x:v>389.6</x:v>
+        <x:v>398.4</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:5">
       <x:c r="A893" s="1">
-        <x:v>44771</x:v>
+        <x:v>44791</x:v>
       </x:c>
       <x:c r="B893" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E893" s="0">
-        <x:v>378.8</x:v>
+        <x:v>398.4</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:5">
       <x:c r="A894" s="1">
-        <x:v>44770</x:v>
+        <x:v>44790</x:v>
       </x:c>
       <x:c r="B894" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E894" s="0">
-        <x:v>366.9</x:v>
+        <x:v>386.1</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:5">
       <x:c r="A895" s="1">
-        <x:v>44769</x:v>
+        <x:v>44789</x:v>
       </x:c>
       <x:c r="B895" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E895" s="0">
-        <x:v>364.4</x:v>
+        <x:v>386.1</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:5">
       <x:c r="A896" s="1">
-        <x:v>44768</x:v>
+        <x:v>44788</x:v>
       </x:c>
       <x:c r="B896" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E896" s="0">
-        <x:v>359.6</x:v>
+        <x:v>381.3</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:5">
       <x:c r="A897" s="1">
-        <x:v>44767</x:v>
+        <x:v>44787</x:v>
       </x:c>
       <x:c r="B897" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E897" s="0">
-        <x:v>376.3</x:v>
+        <x:v>381.3</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:5">
       <x:c r="A898" s="1">
-        <x:v>44764</x:v>
+        <x:v>44786</x:v>
       </x:c>
       <x:c r="B898" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E898" s="0">
-        <x:v>368</x:v>
+        <x:v>381.3</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:5">
       <x:c r="A899" s="1">
-        <x:v>44763</x:v>
+        <x:v>44785</x:v>
       </x:c>
       <x:c r="B899" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E899" s="0">
-        <x:v>339.9</x:v>
+        <x:v>387.4</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:5">
       <x:c r="A900" s="1">
-        <x:v>44762</x:v>
+        <x:v>44784</x:v>
       </x:c>
       <x:c r="B900" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E900" s="0">
-        <x:v>327.4</x:v>
+        <x:v>375.8</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:5">
       <x:c r="A901" s="1">
-        <x:v>44761</x:v>
+        <x:v>44783</x:v>
       </x:c>
       <x:c r="B901" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E901" s="0">
-        <x:v>327.4</x:v>
+        <x:v>369.4</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:5">
       <x:c r="A902" s="1">
-        <x:v>44760</x:v>
+        <x:v>44782</x:v>
       </x:c>
       <x:c r="B902" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E902" s="0">
-        <x:v>342.8</x:v>
+        <x:v>374.9</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:5">
       <x:c r="A903" s="1">
-        <x:v>44759</x:v>
+        <x:v>44781</x:v>
       </x:c>
       <x:c r="B903" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E903" s="0">
-        <x:v>342.8</x:v>
+        <x:v>385.7</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:5">
       <x:c r="A904" s="1">
-        <x:v>44758</x:v>
+        <x:v>44780</x:v>
       </x:c>
       <x:c r="B904" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E904" s="0">
-        <x:v>342.8</x:v>
+        <x:v>385.7</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:5">
       <x:c r="A905" s="1">
-        <x:v>44757</x:v>
+        <x:v>44779</x:v>
       </x:c>
       <x:c r="B905" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E905" s="0">
-        <x:v>332.8</x:v>
+        <x:v>385.7</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:5">
       <x:c r="A906" s="1">
-        <x:v>44756</x:v>
+        <x:v>44778</x:v>
       </x:c>
       <x:c r="B906" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E906" s="0">
-        <x:v>336.1</x:v>
+        <x:v>385.7</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:5">
       <x:c r="A907" s="1">
-        <x:v>44755</x:v>
+        <x:v>44777</x:v>
       </x:c>
       <x:c r="B907" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E907" s="0">
-        <x:v>339.8</x:v>
+        <x:v>383.8</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:5">
       <x:c r="A908" s="1">
-        <x:v>44754</x:v>
+        <x:v>44776</x:v>
       </x:c>
       <x:c r="B908" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E908" s="0">
-        <x:v>343.3</x:v>
+        <x:v>385.9</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:5">
       <x:c r="A909" s="1">
-        <x:v>44753</x:v>
+        <x:v>44775</x:v>
       </x:c>
       <x:c r="B909" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E909" s="0">
-        <x:v>336.1</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:5">
       <x:c r="A910" s="1">
-        <x:v>44752</x:v>
+        <x:v>44774</x:v>
       </x:c>
       <x:c r="B910" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E910" s="0">
-        <x:v>336.1</x:v>
+        <x:v>389.6</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:5">
       <x:c r="A911" s="1">
-        <x:v>44751</x:v>
+        <x:v>44773</x:v>
       </x:c>
       <x:c r="B911" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E911" s="0">
-        <x:v>336.1</x:v>
+        <x:v>389.6</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:5">
       <x:c r="A912" s="1">
-        <x:v>44750</x:v>
+        <x:v>44771</x:v>
       </x:c>
       <x:c r="B912" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E912" s="0">
-        <x:v>325.8</x:v>
+        <x:v>378.8</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:5">
       <x:c r="A913" s="1">
-        <x:v>44746</x:v>
+        <x:v>44770</x:v>
       </x:c>
       <x:c r="B913" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E913" s="0">
-        <x:v>303.5</x:v>
+        <x:v>366.9</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:5">
       <x:c r="A914" s="1">
-        <x:v>44744</x:v>
+        <x:v>44769</x:v>
       </x:c>
       <x:c r="B914" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E914" s="0">
-        <x:v>303.5</x:v>
+        <x:v>364.4</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:5">
       <x:c r="A915" s="1">
-        <x:v>44742</x:v>
+        <x:v>44768</x:v>
       </x:c>
       <x:c r="B915" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E915" s="0">
-        <x:v>297.4</x:v>
+        <x:v>359.6</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:5">
       <x:c r="A916" s="1">
-        <x:v>44741</x:v>
+        <x:v>44767</x:v>
       </x:c>
       <x:c r="B916" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E916" s="0">
-        <x:v>303.5</x:v>
+        <x:v>376.3</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:5">
       <x:c r="A917" s="1">
-        <x:v>44739</x:v>
+        <x:v>44764</x:v>
       </x:c>
       <x:c r="B917" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E917" s="0">
-        <x:v>305.3</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:5">
       <x:c r="A918" s="1">
-        <x:v>44738</x:v>
+        <x:v>44763</x:v>
       </x:c>
       <x:c r="B918" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E918" s="0">
-        <x:v>305.3</x:v>
+        <x:v>339.9</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:5">
       <x:c r="A919" s="1">
-        <x:v>44737</x:v>
+        <x:v>44762</x:v>
       </x:c>
       <x:c r="B919" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E919" s="0">
-        <x:v>305.3</x:v>
+        <x:v>327.4</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:5">
       <x:c r="A920" s="1">
-        <x:v>44736</x:v>
+        <x:v>44761</x:v>
       </x:c>
       <x:c r="B920" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E920" s="0">
-        <x:v>285.1</x:v>
+        <x:v>327.4</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:5">
       <x:c r="A921" s="1">
-        <x:v>44735</x:v>
+        <x:v>44760</x:v>
       </x:c>
       <x:c r="B921" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E921" s="0">
-        <x:v>282.4</x:v>
+        <x:v>342.8</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:5">
       <x:c r="A922" s="1">
-        <x:v>44734</x:v>
+        <x:v>44759</x:v>
       </x:c>
       <x:c r="B922" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E922" s="0">
-        <x:v>276.7</x:v>
+        <x:v>342.8</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:5">
       <x:c r="A923" s="1">
-        <x:v>44733</x:v>
+        <x:v>44758</x:v>
       </x:c>
       <x:c r="B923" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E923" s="0">
-        <x:v>276.7</x:v>
+        <x:v>342.8</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:5">
       <x:c r="A924" s="1">
-        <x:v>44732</x:v>
+        <x:v>44757</x:v>
       </x:c>
       <x:c r="B924" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E924" s="0">
-        <x:v>288</x:v>
+        <x:v>332.8</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:5">
       <x:c r="A925" s="1">
-        <x:v>44731</x:v>
+        <x:v>44756</x:v>
       </x:c>
       <x:c r="B925" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E925" s="0">
-        <x:v>288</x:v>
+        <x:v>336.1</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:5">
       <x:c r="A926" s="1">
-        <x:v>44730</x:v>
+        <x:v>44755</x:v>
       </x:c>
       <x:c r="B926" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E926" s="0">
-        <x:v>288</x:v>
+        <x:v>339.8</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:5">
       <x:c r="A927" s="1">
-        <x:v>44729</x:v>
+        <x:v>44754</x:v>
       </x:c>
       <x:c r="B927" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E927" s="0">
-        <x:v>289.7</x:v>
+        <x:v>343.3</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:5">
       <x:c r="A928" s="1">
-        <x:v>44728</x:v>
+        <x:v>44753</x:v>
       </x:c>
       <x:c r="B928" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E928" s="0">
-        <x:v>301.3</x:v>
+        <x:v>336.1</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:5">
       <x:c r="A929" s="1">
-        <x:v>44727</x:v>
+        <x:v>44752</x:v>
       </x:c>
       <x:c r="B929" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E929" s="0">
-        <x:v>296.3</x:v>
+        <x:v>336.1</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:5">
       <x:c r="A930" s="1">
-        <x:v>44726</x:v>
+        <x:v>44751</x:v>
       </x:c>
       <x:c r="B930" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E930" s="0">
-        <x:v>303.7</x:v>
+        <x:v>336.1</x:v>
       </x:c>
     </x:row>
     <x:row r="931" spans="1:5">
       <x:c r="A931" s="1">
-        <x:v>44725</x:v>
+        <x:v>44750</x:v>
       </x:c>
       <x:c r="B931" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E931" s="0">
-        <x:v>310.9</x:v>
+        <x:v>325.8</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:5">
       <x:c r="A932" s="1">
-        <x:v>44724</x:v>
+        <x:v>44746</x:v>
       </x:c>
       <x:c r="B932" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E932" s="0">
-        <x:v>310.9</x:v>
+        <x:v>303.5</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:5">
       <x:c r="A933" s="1">
-        <x:v>44723</x:v>
+        <x:v>44744</x:v>
       </x:c>
       <x:c r="B933" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E933" s="0">
-        <x:v>310.9</x:v>
+        <x:v>303.5</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:5">
       <x:c r="A934" s="1">
-        <x:v>44722</x:v>
+        <x:v>44742</x:v>
       </x:c>
       <x:c r="B934" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E934" s="0">
-        <x:v>320.2</x:v>
+        <x:v>297.4</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:5">
       <x:c r="A935" s="1">
-        <x:v>44721</x:v>
+        <x:v>44741</x:v>
       </x:c>
       <x:c r="B935" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E935" s="0">
-        <x:v>323.3</x:v>
+        <x:v>303.5</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:5">
       <x:c r="A936" s="1">
-        <x:v>44719</x:v>
+        <x:v>44739</x:v>
       </x:c>
       <x:c r="B936" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E936" s="0">
-        <x:v>320.7</x:v>
+        <x:v>305.3</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:5">
       <x:c r="A937" s="1">
-        <x:v>44718</x:v>
+        <x:v>44738</x:v>
       </x:c>
       <x:c r="B937" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E937" s="0">
-        <x:v>319.7</x:v>
+        <x:v>305.3</x:v>
       </x:c>
     </x:row>
     <x:row r="938" spans="1:5">
       <x:c r="A938" s="1">
-        <x:v>44717</x:v>
+        <x:v>44737</x:v>
       </x:c>
       <x:c r="B938" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E938" s="0">
-        <x:v>319.7</x:v>
+        <x:v>305.3</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:5">
       <x:c r="A939" s="1">
-        <x:v>44716</x:v>
+        <x:v>44736</x:v>
       </x:c>
       <x:c r="B939" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E939" s="0">
-        <x:v>319.7</x:v>
+        <x:v>285.1</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:5">
       <x:c r="A940" s="1">
-        <x:v>44715</x:v>
+        <x:v>44735</x:v>
       </x:c>
       <x:c r="B940" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E940" s="0">
-        <x:v>321.2</x:v>
+        <x:v>282.4</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:5">
       <x:c r="A941" s="1">
-        <x:v>44714</x:v>
+        <x:v>44734</x:v>
       </x:c>
       <x:c r="B941" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E941" s="0">
-        <x:v>310.2</x:v>
+        <x:v>276.7</x:v>
       </x:c>
     </x:row>
     <x:row r="942" spans="1:5">
       <x:c r="A942" s="1">
-        <x:v>44713</x:v>
+        <x:v>44733</x:v>
       </x:c>
       <x:c r="B942" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E942" s="0">
-        <x:v>321.1</x:v>
+        <x:v>276.7</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:5">
       <x:c r="A943" s="1">
-        <x:v>44712</x:v>
+        <x:v>44732</x:v>
       </x:c>
       <x:c r="B943" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E943" s="0">
-        <x:v>330.2</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:5">
       <x:c r="A944" s="1">
-        <x:v>44711</x:v>
+        <x:v>44731</x:v>
       </x:c>
       <x:c r="B944" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E944" s="0">
-        <x:v>321.5</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:5">
       <x:c r="A945" s="1">
-        <x:v>44710</x:v>
+        <x:v>44730</x:v>
       </x:c>
       <x:c r="B945" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E945" s="0">
-        <x:v>321.5</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:5">
       <x:c r="A946" s="1">
-        <x:v>44709</x:v>
+        <x:v>44729</x:v>
       </x:c>
       <x:c r="B946" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E946" s="0">
-        <x:v>321.5</x:v>
+        <x:v>289.7</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:5">
       <x:c r="A947" s="1">
-        <x:v>44708</x:v>
+        <x:v>44728</x:v>
       </x:c>
       <x:c r="B947" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E947" s="0">
-        <x:v>307.5</x:v>
+        <x:v>301.3</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:5">
       <x:c r="A948" s="1">
-        <x:v>44707</x:v>
+        <x:v>44727</x:v>
       </x:c>
       <x:c r="B948" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E948" s="0">
-        <x:v>307.6</x:v>
+        <x:v>296.3</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:5">
       <x:c r="A949" s="1">
-        <x:v>44706</x:v>
+        <x:v>44726</x:v>
       </x:c>
       <x:c r="B949" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E949" s="0">
-        <x:v>309.1</x:v>
+        <x:v>303.7</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:5">
       <x:c r="A950" s="1">
-        <x:v>44705</x:v>
+        <x:v>44725</x:v>
       </x:c>
       <x:c r="B950" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E950" s="0">
-        <x:v>311.3</x:v>
+        <x:v>310.9</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:5">
       <x:c r="A951" s="1">
-        <x:v>44704</x:v>
+        <x:v>44724</x:v>
       </x:c>
       <x:c r="B951" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E951" s="0">
-        <x:v>307.7</x:v>
+        <x:v>310.9</x:v>
       </x:c>
     </x:row>
     <x:row r="952" spans="1:5">
       <x:c r="A952" s="1">
-        <x:v>44703</x:v>
+        <x:v>44723</x:v>
       </x:c>
       <x:c r="B952" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E952" s="0">
-        <x:v>307.7</x:v>
+        <x:v>310.9</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:5">
       <x:c r="A953" s="1">
-        <x:v>44702</x:v>
+        <x:v>44722</x:v>
       </x:c>
       <x:c r="B953" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E953" s="0">
-        <x:v>307.7</x:v>
+        <x:v>320.2</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:5">
       <x:c r="A954" s="1">
-        <x:v>44701</x:v>
+        <x:v>44721</x:v>
       </x:c>
       <x:c r="B954" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E954" s="0">
-        <x:v>302.3</x:v>
+        <x:v>323.3</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:5">
       <x:c r="A955" s="1">
-        <x:v>44700</x:v>
+        <x:v>44719</x:v>
       </x:c>
       <x:c r="B955" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E955" s="0">
-        <x:v>296.3</x:v>
+        <x:v>320.7</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:5">
       <x:c r="A956" s="1">
-        <x:v>44699</x:v>
+        <x:v>44718</x:v>
       </x:c>
       <x:c r="B956" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E956" s="0">
-        <x:v>303.3</x:v>
+        <x:v>319.7</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:5">
       <x:c r="A957" s="1">
-        <x:v>44698</x:v>
+        <x:v>44717</x:v>
       </x:c>
       <x:c r="B957" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E957" s="0">
-        <x:v>302.2</x:v>
+        <x:v>319.7</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:5">
       <x:c r="A958" s="1">
-        <x:v>44697</x:v>
+        <x:v>44716</x:v>
       </x:c>
       <x:c r="B958" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E958" s="0">
-        <x:v>282</x:v>
+        <x:v>319.7</x:v>
       </x:c>
     </x:row>
     <x:row r="959" spans="1:5">
       <x:c r="A959" s="1">
-        <x:v>44696</x:v>
+        <x:v>44715</x:v>
       </x:c>
       <x:c r="B959" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E959" s="0">
-        <x:v>282</x:v>
+        <x:v>321.2</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:5">
       <x:c r="A960" s="1">
-        <x:v>44695</x:v>
+        <x:v>44714</x:v>
       </x:c>
       <x:c r="B960" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E960" s="0">
-        <x:v>282</x:v>
+        <x:v>310.2</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:5">
       <x:c r="A961" s="1">
-        <x:v>44694</x:v>
+        <x:v>44713</x:v>
       </x:c>
       <x:c r="B961" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E961" s="0">
-        <x:v>282</x:v>
+        <x:v>321.1</x:v>
       </x:c>
     </x:row>
     <x:row r="962" spans="1:5">
       <x:c r="A962" s="1">
-        <x:v>44693</x:v>
+        <x:v>44712</x:v>
       </x:c>
       <x:c r="B962" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E962" s="0">
-        <x:v>292.4</x:v>
+        <x:v>330.2</x:v>
       </x:c>
     </x:row>
     <x:row r="963" spans="1:5">
       <x:c r="A963" s="1">
-        <x:v>44692</x:v>
+        <x:v>44711</x:v>
       </x:c>
       <x:c r="B963" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E963" s="0">
-        <x:v>287.7</x:v>
+        <x:v>321.5</x:v>
       </x:c>
     </x:row>
     <x:row r="964" spans="1:5">
       <x:c r="A964" s="1">
-        <x:v>44690</x:v>
+        <x:v>44710</x:v>
       </x:c>
       <x:c r="B964" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E964" s="0">
-        <x:v>295.7</x:v>
+        <x:v>321.5</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:5">
       <x:c r="A965" s="1">
-        <x:v>44689</x:v>
+        <x:v>44709</x:v>
       </x:c>
       <x:c r="B965" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E965" s="0">
-        <x:v>295.7</x:v>
+        <x:v>321.5</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:5">
       <x:c r="A966" s="1">
-        <x:v>44688</x:v>
+        <x:v>44708</x:v>
       </x:c>
       <x:c r="B966" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E966" s="0">
-        <x:v>295.7</x:v>
+        <x:v>307.5</x:v>
       </x:c>
     </x:row>
     <x:row r="967" spans="1:5">
       <x:c r="A967" s="1">
-        <x:v>44687</x:v>
+        <x:v>44707</x:v>
       </x:c>
       <x:c r="B967" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E967" s="0">
-        <x:v>298.9</x:v>
+        <x:v>307.6</x:v>
       </x:c>
     </x:row>
     <x:row r="968" spans="1:5">
       <x:c r="A968" s="1">
-        <x:v>44686</x:v>
+        <x:v>44706</x:v>
       </x:c>
       <x:c r="B968" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E968" s="0">
-        <x:v>299.6</x:v>
+        <x:v>309.1</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:5">
       <x:c r="A969" s="1">
-        <x:v>44685</x:v>
+        <x:v>44705</x:v>
       </x:c>
       <x:c r="B969" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E969" s="0">
-        <x:v>306.4</x:v>
+        <x:v>311.3</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:5">
       <x:c r="A970" s="1">
-        <x:v>44684</x:v>
+        <x:v>44704</x:v>
       </x:c>
       <x:c r="B970" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E970" s="0">
-        <x:v>303</x:v>
+        <x:v>307.7</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:5">
       <x:c r="A971" s="1">
-        <x:v>44683</x:v>
+        <x:v>44703</x:v>
       </x:c>
       <x:c r="B971" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E971" s="0">
-        <x:v>312.9</x:v>
+        <x:v>307.7</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:5">
       <x:c r="A972" s="1">
-        <x:v>44682</x:v>
+        <x:v>44702</x:v>
       </x:c>
       <x:c r="B972" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E972" s="0">
-        <x:v>312.9</x:v>
+        <x:v>307.7</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:5">
       <x:c r="A973" s="1">
-        <x:v>44681</x:v>
+        <x:v>44701</x:v>
       </x:c>
       <x:c r="B973" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E973" s="0">
-        <x:v>312.9</x:v>
+        <x:v>302.3</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:5">
       <x:c r="A974" s="1">
-        <x:v>44680</x:v>
+        <x:v>44700</x:v>
       </x:c>
       <x:c r="B974" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E974" s="0">
-        <x:v>308.7</x:v>
+        <x:v>296.3</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:5">
       <x:c r="A975" s="1">
-        <x:v>44679</x:v>
+        <x:v>44699</x:v>
       </x:c>
       <x:c r="B975" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E975" s="0">
-        <x:v>298.2</x:v>
+        <x:v>303.3</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:5">
       <x:c r="A976" s="1">
-        <x:v>44678</x:v>
+        <x:v>44698</x:v>
       </x:c>
       <x:c r="B976" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E976" s="0">
-        <x:v>296.5</x:v>
+        <x:v>302.2</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:5">
       <x:c r="A977" s="1">
-        <x:v>44677</x:v>
+        <x:v>44697</x:v>
       </x:c>
       <x:c r="B977" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E977" s="0">
-        <x:v>310.1</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:5">
       <x:c r="A978" s="1">
-        <x:v>44676</x:v>
+        <x:v>44696</x:v>
       </x:c>
       <x:c r="B978" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E978" s="0">
-        <x:v>317.3</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:5">
       <x:c r="A979" s="1">
-        <x:v>44675</x:v>
+        <x:v>44695</x:v>
       </x:c>
       <x:c r="B979" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E979" s="0">
-        <x:v>317.3</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="980" spans="1:5">
       <x:c r="A980" s="1">
-        <x:v>44674</x:v>
+        <x:v>44694</x:v>
       </x:c>
       <x:c r="B980" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E980" s="0">
-        <x:v>317.3</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:5">
       <x:c r="A981" s="1">
-        <x:v>44673</x:v>
+        <x:v>44693</x:v>
       </x:c>
       <x:c r="B981" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E981" s="0">
-        <x:v>344.9</x:v>
+        <x:v>292.4</x:v>
       </x:c>
     </x:row>
     <x:row r="982" spans="1:5">
       <x:c r="A982" s="1">
-        <x:v>44672</x:v>
+        <x:v>44692</x:v>
       </x:c>
       <x:c r="B982" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E982" s="0">
-        <x:v>342</x:v>
+        <x:v>287.7</x:v>
       </x:c>
     </x:row>
     <x:row r="983" spans="1:5">
       <x:c r="A983" s="1">
-        <x:v>44671</x:v>
+        <x:v>44690</x:v>
       </x:c>
       <x:c r="B983" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E983" s="0">
-        <x:v>337.4</x:v>
+        <x:v>295.7</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:5">
       <x:c r="A984" s="1">
-        <x:v>44670</x:v>
+        <x:v>44689</x:v>
       </x:c>
       <x:c r="B984" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E984" s="0">
-        <x:v>341.7</x:v>
+        <x:v>295.7</x:v>
       </x:c>
     </x:row>
     <x:row r="985" spans="1:5">
       <x:c r="A985" s="1">
-        <x:v>44669</x:v>
+        <x:v>44688</x:v>
       </x:c>
       <x:c r="B985" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E985" s="0">
-        <x:v>341.7</x:v>
+        <x:v>295.7</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:5">
       <x:c r="A986" s="1">
-        <x:v>44667</x:v>
+        <x:v>44687</x:v>
       </x:c>
       <x:c r="B986" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E986" s="0">
-        <x:v>341.7</x:v>
+        <x:v>298.9</x:v>
       </x:c>
     </x:row>
     <x:row r="987" spans="1:5">
       <x:c r="A987" s="1">
-        <x:v>44666</x:v>
+        <x:v>44686</x:v>
       </x:c>
       <x:c r="B987" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E987" s="0">
-        <x:v>341.7</x:v>
+        <x:v>299.6</x:v>
       </x:c>
     </x:row>
     <x:row r="988" spans="1:5">
       <x:c r="A988" s="1">
-        <x:v>44665</x:v>
+        <x:v>44685</x:v>
       </x:c>
       <x:c r="B988" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E988" s="0">
-        <x:v>350</x:v>
+        <x:v>306.4</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:5">
       <x:c r="A989" s="1">
-        <x:v>44664</x:v>
+        <x:v>44684</x:v>
       </x:c>
       <x:c r="B989" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E989" s="0">
-        <x:v>354.6</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="990" spans="1:5">
       <x:c r="A990" s="1">
-        <x:v>44663</x:v>
+        <x:v>44683</x:v>
       </x:c>
       <x:c r="B990" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E990" s="0">
-        <x:v>359</x:v>
+        <x:v>312.9</x:v>
       </x:c>
     </x:row>
     <x:row r="991" spans="1:5">
       <x:c r="A991" s="1">
-        <x:v>44662</x:v>
+        <x:v>44682</x:v>
       </x:c>
       <x:c r="B991" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E991" s="0">
-        <x:v>373.7</x:v>
+        <x:v>312.9</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:5">
       <x:c r="A992" s="1">
-        <x:v>44661</x:v>
+        <x:v>44681</x:v>
       </x:c>
       <x:c r="B992" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E992" s="0">
-        <x:v>373.7</x:v>
+        <x:v>312.9</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:5">
       <x:c r="A993" s="1">
-        <x:v>44660</x:v>
+        <x:v>44680</x:v>
       </x:c>
       <x:c r="B993" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E993" s="0">
-        <x:v>373.7</x:v>
+        <x:v>308.7</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:5">
       <x:c r="A994" s="1">
-        <x:v>44659</x:v>
+        <x:v>44679</x:v>
       </x:c>
       <x:c r="B994" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E994" s="0">
-        <x:v>393.5</x:v>
+        <x:v>298.2</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:5">
       <x:c r="A995" s="1">
-        <x:v>44658</x:v>
+        <x:v>44678</x:v>
       </x:c>
       <x:c r="B995" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E995" s="0">
-        <x:v>390.3</x:v>
+        <x:v>296.5</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:5">
       <x:c r="A996" s="1">
-        <x:v>44657</x:v>
+        <x:v>44677</x:v>
       </x:c>
       <x:c r="B996" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E996" s="0">
-        <x:v>395.8</x:v>
+        <x:v>310.1</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:5">
       <x:c r="A997" s="1">
-        <x:v>44656</x:v>
+        <x:v>44676</x:v>
       </x:c>
       <x:c r="B997" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E997" s="0">
-        <x:v>386.8</x:v>
+        <x:v>317.3</x:v>
       </x:c>
     </x:row>
     <x:row r="998" spans="1:5">
       <x:c r="A998" s="1">
-        <x:v>44655</x:v>
+        <x:v>44675</x:v>
       </x:c>
       <x:c r="B998" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E998" s="0">
-        <x:v>380</x:v>
+        <x:v>317.3</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:5">
       <x:c r="A999" s="1">
-        <x:v>44654</x:v>
+        <x:v>44674</x:v>
       </x:c>
       <x:c r="B999" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E999" s="0">
-        <x:v>380</x:v>
+        <x:v>317.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1000" spans="1:5">
       <x:c r="A1000" s="1">
-        <x:v>44653</x:v>
+        <x:v>44673</x:v>
       </x:c>
       <x:c r="B1000" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1000" s="0">
-        <x:v>380</x:v>
+        <x:v>344.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1001" spans="1:5">
       <x:c r="A1001" s="1">
-        <x:v>44652</x:v>
+        <x:v>44672</x:v>
       </x:c>
       <x:c r="B1001" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1001" s="0">
-        <x:v>372.5</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:5">
       <x:c r="A1002" s="1">
-        <x:v>44651</x:v>
+        <x:v>44671</x:v>
       </x:c>
       <x:c r="B1002" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1002" s="0">
-        <x:v>380.7</x:v>
+        <x:v>337.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:5">
       <x:c r="A1003" s="1">
-        <x:v>44650</x:v>
+        <x:v>44670</x:v>
       </x:c>
       <x:c r="B1003" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1003" s="0">
-        <x:v>387.5</x:v>
+        <x:v>341.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:5">
       <x:c r="A1004" s="1">
-        <x:v>44649</x:v>
+        <x:v>44669</x:v>
       </x:c>
       <x:c r="B1004" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1004" s="0">
-        <x:v>365.6</x:v>
+        <x:v>341.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:5">
       <x:c r="A1005" s="1">
-        <x:v>44648</x:v>
+        <x:v>44667</x:v>
       </x:c>
       <x:c r="B1005" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1005" s="0">
-        <x:v>358.8</x:v>
+        <x:v>341.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1006" spans="1:5">
       <x:c r="A1006" s="1">
-        <x:v>44647</x:v>
+        <x:v>44666</x:v>
       </x:c>
       <x:c r="B1006" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1006" s="0">
-        <x:v>358.8</x:v>
+        <x:v>341.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:5">
       <x:c r="A1007" s="1">
-        <x:v>44646</x:v>
+        <x:v>44665</x:v>
       </x:c>
       <x:c r="B1007" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1007" s="0">
-        <x:v>358.8</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:5">
       <x:c r="A1008" s="1">
-        <x:v>44645</x:v>
+        <x:v>44664</x:v>
       </x:c>
       <x:c r="B1008" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1008" s="0">
-        <x:v>358.7</x:v>
+        <x:v>354.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1009" spans="1:5">
       <x:c r="A1009" s="1">
-        <x:v>44644</x:v>
+        <x:v>44663</x:v>
       </x:c>
       <x:c r="B1009" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1009" s="0">
-        <x:v>362</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="1010" spans="1:5">
       <x:c r="A1010" s="1">
-        <x:v>44643</x:v>
+        <x:v>44662</x:v>
       </x:c>
       <x:c r="B1010" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1010" s="0">
-        <x:v>362</x:v>
+        <x:v>373.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1011" spans="1:5">
       <x:c r="A1011" s="1">
-        <x:v>44642</x:v>
+        <x:v>44661</x:v>
       </x:c>
       <x:c r="B1011" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1011" s="0">
-        <x:v>362.7</x:v>
+        <x:v>373.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1012" spans="1:5">
       <x:c r="A1012" s="1">
-        <x:v>44641</x:v>
+        <x:v>44660</x:v>
       </x:c>
       <x:c r="B1012" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1012" s="0">
-        <x:v>366.6</x:v>
+        <x:v>373.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1013" spans="1:5">
       <x:c r="A1013" s="1">
-        <x:v>44640</x:v>
+        <x:v>44659</x:v>
       </x:c>
       <x:c r="B1013" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1013" s="0">
-        <x:v>366.6</x:v>
+        <x:v>393.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1014" spans="1:5">
       <x:c r="A1014" s="1">
-        <x:v>44639</x:v>
+        <x:v>44658</x:v>
       </x:c>
       <x:c r="B1014" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1014" s="0">
-        <x:v>366.6</x:v>
+        <x:v>390.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1015" spans="1:5">
       <x:c r="A1015" s="1">
-        <x:v>44638</x:v>
+        <x:v>44657</x:v>
       </x:c>
       <x:c r="B1015" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1015" s="0">
-        <x:v>354.7</x:v>
+        <x:v>395.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1016" spans="1:5">
       <x:c r="A1016" s="1">
-        <x:v>44637</x:v>
+        <x:v>44656</x:v>
       </x:c>
       <x:c r="B1016" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1016" s="0">
-        <x:v>351.2</x:v>
+        <x:v>386.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1017" spans="1:5">
       <x:c r="A1017" s="1">
-        <x:v>44636</x:v>
+        <x:v>44655</x:v>
       </x:c>
       <x:c r="B1017" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1017" s="0">
-        <x:v>328.5</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="1018" spans="1:5">
       <x:c r="A1018" s="1">
-        <x:v>44635</x:v>
+        <x:v>44654</x:v>
       </x:c>
       <x:c r="B1018" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1018" s="0">
-        <x:v>326.8</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="1019" spans="1:5">
       <x:c r="A1019" s="1">
-        <x:v>44634</x:v>
+        <x:v>44653</x:v>
       </x:c>
       <x:c r="B1019" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1019" s="0">
-        <x:v>321.9</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="1020" spans="1:5">
       <x:c r="A1020" s="1">
-        <x:v>44633</x:v>
+        <x:v>44652</x:v>
       </x:c>
       <x:c r="B1020" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1020" s="0">
-        <x:v>321.9</x:v>
+        <x:v>372.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1021" spans="1:5">
       <x:c r="A1021" s="1">
-        <x:v>44632</x:v>
+        <x:v>44651</x:v>
       </x:c>
       <x:c r="B1021" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1021" s="0">
-        <x:v>321.9</x:v>
+        <x:v>380.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1022" spans="1:5">
       <x:c r="A1022" s="1">
-        <x:v>44631</x:v>
+        <x:v>44650</x:v>
       </x:c>
       <x:c r="B1022" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1022" s="0">
-        <x:v>316</x:v>
+        <x:v>387.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1023" spans="1:5">
       <x:c r="A1023" s="1">
-        <x:v>44630</x:v>
+        <x:v>44649</x:v>
       </x:c>
       <x:c r="B1023" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1023" s="0">
-        <x:v>319.4</x:v>
+        <x:v>365.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1024" spans="1:5">
       <x:c r="A1024" s="1">
-        <x:v>44629</x:v>
+        <x:v>44648</x:v>
       </x:c>
       <x:c r="B1024" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1024" s="0">
-        <x:v>295.5</x:v>
+        <x:v>358.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1025" spans="1:5">
       <x:c r="A1025" s="1">
-        <x:v>44628</x:v>
+        <x:v>44647</x:v>
       </x:c>
       <x:c r="B1025" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1025" s="0">
-        <x:v>312.8</x:v>
+        <x:v>358.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1026" spans="1:5">
       <x:c r="A1026" s="1">
-        <x:v>44627</x:v>
+        <x:v>44646</x:v>
       </x:c>
       <x:c r="B1026" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1026" s="0">
-        <x:v>315</x:v>
+        <x:v>358.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1027" spans="1:5">
       <x:c r="A1027" s="1">
-        <x:v>44626</x:v>
+        <x:v>44645</x:v>
       </x:c>
       <x:c r="B1027" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1027" s="0">
-        <x:v>315</x:v>
+        <x:v>358.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1028" spans="1:5">
       <x:c r="A1028" s="1">
-        <x:v>44625</x:v>
+        <x:v>44644</x:v>
       </x:c>
       <x:c r="B1028" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1028" s="0">
-        <x:v>315</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="1029" spans="1:5">
       <x:c r="A1029" s="1">
-        <x:v>44624</x:v>
+        <x:v>44643</x:v>
       </x:c>
       <x:c r="B1029" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1029" s="0">
-        <x:v>330.3</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="1030" spans="1:5">
       <x:c r="A1030" s="1">
-        <x:v>44623</x:v>
+        <x:v>44642</x:v>
       </x:c>
       <x:c r="B1030" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1030" s="0">
-        <x:v>341.6</x:v>
+        <x:v>362.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1031" spans="1:5">
       <x:c r="A1031" s="1">
-        <x:v>44622</x:v>
+        <x:v>44641</x:v>
       </x:c>
       <x:c r="B1031" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1031" s="0">
-        <x:v>344.6</x:v>
+        <x:v>366.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1032" spans="1:5">
       <x:c r="A1032" s="1">
-        <x:v>44621</x:v>
+        <x:v>44640</x:v>
       </x:c>
       <x:c r="B1032" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1032" s="0">
-        <x:v>343.4</x:v>
+        <x:v>366.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1033" spans="1:5">
       <x:c r="A1033" s="1">
-        <x:v>44620</x:v>
+        <x:v>44639</x:v>
       </x:c>
       <x:c r="B1033" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1033" s="0">
-        <x:v>340</x:v>
+        <x:v>366.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1034" spans="1:5">
       <x:c r="A1034" s="1">
-        <x:v>44619</x:v>
+        <x:v>44638</x:v>
       </x:c>
       <x:c r="B1034" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1034" s="0">
-        <x:v>340</x:v>
+        <x:v>354.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1035" spans="1:5">
       <x:c r="A1035" s="1">
-        <x:v>44618</x:v>
+        <x:v>44637</x:v>
       </x:c>
       <x:c r="B1035" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1035" s="0">
-        <x:v>340</x:v>
+        <x:v>351.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1036" spans="1:5">
       <x:c r="A1036" s="1">
-        <x:v>44617</x:v>
+        <x:v>44636</x:v>
       </x:c>
       <x:c r="B1036" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1036" s="0">
-        <x:v>334</x:v>
+        <x:v>328.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1037" spans="1:5">
       <x:c r="A1037" s="1">
-        <x:v>44616</x:v>
+        <x:v>44635</x:v>
       </x:c>
       <x:c r="B1037" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1037" s="0">
-        <x:v>332.6</x:v>
+        <x:v>326.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1038" spans="1:5">
       <x:c r="A1038" s="1">
-        <x:v>44615</x:v>
+        <x:v>44634</x:v>
       </x:c>
       <x:c r="B1038" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1038" s="0">
-        <x:v>336.8</x:v>
+        <x:v>321.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1039" spans="1:5">
       <x:c r="A1039" s="1">
-        <x:v>44614</x:v>
+        <x:v>44633</x:v>
       </x:c>
       <x:c r="B1039" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1039" s="0">
-        <x:v>330.3</x:v>
+        <x:v>321.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:5">
       <x:c r="A1040" s="1">
-        <x:v>44613</x:v>
+        <x:v>44632</x:v>
       </x:c>
       <x:c r="B1040" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1040" s="0">
-        <x:v>331</x:v>
+        <x:v>321.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1041" spans="1:5">
       <x:c r="A1041" s="1">
-        <x:v>44612</x:v>
+        <x:v>44631</x:v>
       </x:c>
       <x:c r="B1041" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1041" s="0">
-        <x:v>331</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:5">
       <x:c r="A1042" s="1">
-        <x:v>44611</x:v>
+        <x:v>44630</x:v>
       </x:c>
       <x:c r="B1042" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1042" s="0">
-        <x:v>331</x:v>
+        <x:v>319.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:5">
       <x:c r="A1043" s="1">
-        <x:v>44610</x:v>
+        <x:v>44629</x:v>
       </x:c>
       <x:c r="B1043" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1043" s="0">
-        <x:v>353</x:v>
+        <x:v>295.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1044" spans="1:5">
       <x:c r="A1044" s="1">
-        <x:v>44609</x:v>
+        <x:v>44628</x:v>
       </x:c>
       <x:c r="B1044" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1044" s="0">
-        <x:v>356.2</x:v>
+        <x:v>312.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1045" spans="1:5">
       <x:c r="A1045" s="1">
-        <x:v>44608</x:v>
+        <x:v>44627</x:v>
       </x:c>
       <x:c r="B1045" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1045" s="0">
-        <x:v>363.5</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="1046" spans="1:5">
       <x:c r="A1046" s="1">
-        <x:v>44607</x:v>
+        <x:v>44626</x:v>
       </x:c>
       <x:c r="B1046" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1046" s="0">
-        <x:v>352.4</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="1047" spans="1:5">
       <x:c r="A1047" s="1">
-        <x:v>44606</x:v>
+        <x:v>44625</x:v>
       </x:c>
       <x:c r="B1047" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1047" s="0">
-        <x:v>362</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="1048" spans="1:5">
       <x:c r="A1048" s="1">
-        <x:v>44605</x:v>
+        <x:v>44624</x:v>
       </x:c>
       <x:c r="B1048" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1048" s="0">
-        <x:v>362</x:v>
+        <x:v>330.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:5">
       <x:c r="A1049" s="1">
-        <x:v>44604</x:v>
+        <x:v>44623</x:v>
       </x:c>
       <x:c r="B1049" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1049" s="0">
-        <x:v>362</x:v>
+        <x:v>341.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:5">
       <x:c r="A1050" s="1">
-        <x:v>44603</x:v>
+        <x:v>44622</x:v>
       </x:c>
       <x:c r="B1050" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1050" s="0">
-        <x:v>371.5</x:v>
+        <x:v>344.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1051" spans="1:5">
       <x:c r="A1051" s="1">
-        <x:v>44602</x:v>
+        <x:v>44621</x:v>
       </x:c>
       <x:c r="B1051" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1051" s="0">
-        <x:v>380.3</x:v>
+        <x:v>343.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1052" spans="1:5">
       <x:c r="A1052" s="1">
-        <x:v>44601</x:v>
+        <x:v>44620</x:v>
       </x:c>
       <x:c r="B1052" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1052" s="0">
-        <x:v>361.6</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="1053" spans="1:5">
       <x:c r="A1053" s="1">
-        <x:v>44600</x:v>
+        <x:v>44619</x:v>
       </x:c>
       <x:c r="B1053" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1053" s="0">
-        <x:v>393.5</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="1054" spans="1:5">
       <x:c r="A1054" s="1">
-        <x:v>44599</x:v>
+        <x:v>44618</x:v>
       </x:c>
       <x:c r="B1054" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1054" s="0">
-        <x:v>390.9</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="1055" spans="1:5">
       <x:c r="A1055" s="1">
-        <x:v>44598</x:v>
+        <x:v>44617</x:v>
       </x:c>
       <x:c r="B1055" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1055" s="0">
-        <x:v>390.9</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="1056" spans="1:5">
       <x:c r="A1056" s="1">
-        <x:v>44596</x:v>
+        <x:v>44616</x:v>
       </x:c>
       <x:c r="B1056" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1056" s="0">
-        <x:v>385.8</x:v>
+        <x:v>332.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1057" spans="1:5">
       <x:c r="A1057" s="1">
-        <x:v>44595</x:v>
+        <x:v>44615</x:v>
       </x:c>
       <x:c r="B1057" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1057" s="0">
-        <x:v>392.9</x:v>
+        <x:v>336.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1058" spans="1:5">
       <x:c r="A1058" s="1">
-        <x:v>44594</x:v>
+        <x:v>44614</x:v>
       </x:c>
       <x:c r="B1058" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1058" s="0">
-        <x:v>388.6</x:v>
+        <x:v>330.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1059" spans="1:5">
       <x:c r="A1059" s="1">
-        <x:v>44593</x:v>
+        <x:v>44613</x:v>
       </x:c>
       <x:c r="B1059" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1059" s="0">
-        <x:v>387.1</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="1060" spans="1:5">
       <x:c r="A1060" s="1">
-        <x:v>44592</x:v>
+        <x:v>44612</x:v>
       </x:c>
       <x:c r="B1060" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1060" s="0">
-        <x:v>380</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="1061" spans="1:5">
       <x:c r="A1061" s="1">
-        <x:v>44591</x:v>
+        <x:v>44611</x:v>
       </x:c>
       <x:c r="B1061" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1061" s="0">
-        <x:v>380</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="1062" spans="1:5">
       <x:c r="A1062" s="1">
-        <x:v>44590</x:v>
+        <x:v>44610</x:v>
       </x:c>
       <x:c r="B1062" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1062" s="0">
-        <x:v>380</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="1063" spans="1:5">
       <x:c r="A1063" s="1">
-        <x:v>44589</x:v>
+        <x:v>44609</x:v>
       </x:c>
       <x:c r="B1063" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1063" s="0">
-        <x:v>366.3</x:v>
+        <x:v>356.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1064" spans="1:5">
       <x:c r="A1064" s="1">
-        <x:v>44588</x:v>
+        <x:v>44608</x:v>
       </x:c>
       <x:c r="B1064" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1064" s="0">
-        <x:v>369</x:v>
+        <x:v>363.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1065" spans="1:5">
       <x:c r="A1065" s="1">
-        <x:v>44587</x:v>
+        <x:v>44607</x:v>
       </x:c>
       <x:c r="B1065" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1065" s="0">
-        <x:v>360</x:v>
+        <x:v>352.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1066" spans="1:5">
       <x:c r="A1066" s="1">
-        <x:v>44586</x:v>
+        <x:v>44606</x:v>
       </x:c>
       <x:c r="B1066" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1066" s="0">
-        <x:v>368.8</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="1067" spans="1:5">
       <x:c r="A1067" s="1">
-        <x:v>44585</x:v>
+        <x:v>44605</x:v>
       </x:c>
       <x:c r="B1067" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1067" s="0">
-        <x:v>377</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="1068" spans="1:5">
       <x:c r="A1068" s="1">
-        <x:v>44584</x:v>
+        <x:v>44604</x:v>
       </x:c>
       <x:c r="B1068" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1068" s="0">
-        <x:v>377</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="1069" spans="1:5">
       <x:c r="A1069" s="1">
-        <x:v>44582</x:v>
+        <x:v>44603</x:v>
       </x:c>
       <x:c r="B1069" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1069" s="0">
-        <x:v>383.5</x:v>
+        <x:v>371.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1070" spans="1:5">
       <x:c r="A1070" s="1">
-        <x:v>44581</x:v>
+        <x:v>44602</x:v>
       </x:c>
       <x:c r="B1070" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1070" s="0">
-        <x:v>374.3</x:v>
+        <x:v>380.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1071" spans="1:5">
       <x:c r="A1071" s="1">
-        <x:v>44580</x:v>
+        <x:v>44601</x:v>
       </x:c>
       <x:c r="B1071" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1071" s="0">
-        <x:v>364.1</x:v>
+        <x:v>361.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1072" spans="1:5">
       <x:c r="A1072" s="1">
-        <x:v>44579</x:v>
+        <x:v>44600</x:v>
       </x:c>
       <x:c r="B1072" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1072" s="0">
-        <x:v>376.5</x:v>
+        <x:v>393.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1073" spans="1:5">
       <x:c r="A1073" s="1">
-        <x:v>44578</x:v>
+        <x:v>44599</x:v>
       </x:c>
       <x:c r="B1073" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1073" s="0">
-        <x:v>367</x:v>
+        <x:v>390.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1074" spans="1:5">
       <x:c r="A1074" s="1">
-        <x:v>44577</x:v>
+        <x:v>44598</x:v>
       </x:c>
       <x:c r="B1074" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1074" s="0">
-        <x:v>367</x:v>
+        <x:v>390.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1075" spans="1:5">
       <x:c r="A1075" s="1">
-        <x:v>44576</x:v>
+        <x:v>44596</x:v>
       </x:c>
       <x:c r="B1075" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1075" s="0">
-        <x:v>367</x:v>
+        <x:v>385.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1076" spans="1:5">
       <x:c r="A1076" s="1">
-        <x:v>44575</x:v>
+        <x:v>44595</x:v>
       </x:c>
       <x:c r="B1076" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1076" s="0">
-        <x:v>386.9</x:v>
+        <x:v>392.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1077" spans="1:5">
       <x:c r="A1077" s="1">
-        <x:v>44574</x:v>
+        <x:v>44594</x:v>
       </x:c>
       <x:c r="B1077" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1077" s="0">
-        <x:v>413.1</x:v>
+        <x:v>388.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1078" spans="1:5">
       <x:c r="A1078" s="1">
-        <x:v>44573</x:v>
+        <x:v>44593</x:v>
       </x:c>
       <x:c r="B1078" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1078" s="0">
-        <x:v>408.3</x:v>
+        <x:v>387.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1079" spans="1:5">
       <x:c r="A1079" s="1">
+        <x:v>44592</x:v>
+      </x:c>
+      <x:c r="B1079" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1079" s="0">
+        <x:v>380</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1080" spans="1:5">
+      <x:c r="A1080" s="1">
+        <x:v>44591</x:v>
+      </x:c>
+      <x:c r="B1080" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1080" s="0">
+        <x:v>380</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1081" spans="1:5">
+      <x:c r="A1081" s="1">
+        <x:v>44590</x:v>
+      </x:c>
+      <x:c r="B1081" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1081" s="0">
+        <x:v>380</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1082" spans="1:5">
+      <x:c r="A1082" s="1">
+        <x:v>44589</x:v>
+      </x:c>
+      <x:c r="B1082" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1082" s="0">
+        <x:v>366.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1083" spans="1:5">
+      <x:c r="A1083" s="1">
+        <x:v>44588</x:v>
+      </x:c>
+      <x:c r="B1083" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1083" s="0">
+        <x:v>369</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1084" spans="1:5">
+      <x:c r="A1084" s="1">
+        <x:v>44587</x:v>
+      </x:c>
+      <x:c r="B1084" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1084" s="0">
+        <x:v>360</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1085" spans="1:5">
+      <x:c r="A1085" s="1">
+        <x:v>44586</x:v>
+      </x:c>
+      <x:c r="B1085" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1085" s="0">
+        <x:v>368.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1086" spans="1:5">
+      <x:c r="A1086" s="1">
+        <x:v>44585</x:v>
+      </x:c>
+      <x:c r="B1086" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1086" s="0">
+        <x:v>377</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1087" spans="1:5">
+      <x:c r="A1087" s="1">
+        <x:v>44584</x:v>
+      </x:c>
+      <x:c r="B1087" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1087" s="0">
+        <x:v>377</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1088" spans="1:5">
+      <x:c r="A1088" s="1">
+        <x:v>44582</x:v>
+      </x:c>
+      <x:c r="B1088" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1088" s="0">
+        <x:v>383.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1089" spans="1:5">
+      <x:c r="A1089" s="1">
+        <x:v>44581</x:v>
+      </x:c>
+      <x:c r="B1089" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1089" s="0">
+        <x:v>374.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1090" spans="1:5">
+      <x:c r="A1090" s="1">
+        <x:v>44580</x:v>
+      </x:c>
+      <x:c r="B1090" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1090" s="0">
+        <x:v>364.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1091" spans="1:5">
+      <x:c r="A1091" s="1">
+        <x:v>44579</x:v>
+      </x:c>
+      <x:c r="B1091" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1091" s="0">
+        <x:v>376.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1092" spans="1:5">
+      <x:c r="A1092" s="1">
+        <x:v>44578</x:v>
+      </x:c>
+      <x:c r="B1092" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1092" s="0">
+        <x:v>367</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1093" spans="1:5">
+      <x:c r="A1093" s="1">
+        <x:v>44577</x:v>
+      </x:c>
+      <x:c r="B1093" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1093" s="0">
+        <x:v>367</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1094" spans="1:5">
+      <x:c r="A1094" s="1">
+        <x:v>44576</x:v>
+      </x:c>
+      <x:c r="B1094" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1094" s="0">
+        <x:v>367</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1095" spans="1:5">
+      <x:c r="A1095" s="1">
+        <x:v>44575</x:v>
+      </x:c>
+      <x:c r="B1095" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1095" s="0">
+        <x:v>386.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1096" spans="1:5">
+      <x:c r="A1096" s="1">
+        <x:v>44574</x:v>
+      </x:c>
+      <x:c r="B1096" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1096" s="0">
+        <x:v>413.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1097" spans="1:5">
+      <x:c r="A1097" s="1">
+        <x:v>44573</x:v>
+      </x:c>
+      <x:c r="B1097" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1097" s="0">
+        <x:v>408.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1098" spans="1:5">
+      <x:c r="A1098" s="1">
         <x:v>44572</x:v>
       </x:c>
-      <x:c r="B1079" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="E1079" s="0">
+      <x:c r="B1098" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1098" s="0">
         <x:v>394.4</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>