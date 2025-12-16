--- v2 (2025-11-21)
+++ v3 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R658039b23fb1415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1887bb05355546f0a7812a2d2f48658e.psmdcp" Id="R681da676888c4d00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ed280805b0348bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/49e56769632a42c493620764ff5c2190.psmdcp" Id="Rcecad862712c447b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>FRBNPP02ZED0</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,17086 +390,17443 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E1098"/>
+  <x:dimension ref="A1:E1119"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45981.7416087963</x:v>
+        <x:v>46006.7735416667</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>130.34</x:v>
+        <x:v>145.11</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>186.2</x:v>
+        <x:v>207.3</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45980.7414351852</x:v>
+        <x:v>46006.7424421296</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>129.5</x:v>
+        <x:v>145.11</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>185</x:v>
+        <x:v>207.3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45979.7620949074</x:v>
+        <x:v>46003.7425925926</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>130.585</x:v>
+        <x:v>143.64</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>186.55</x:v>
+        <x:v>205.2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45979.7413425926</x:v>
+        <x:v>46002.7741435185</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>130.585</x:v>
+        <x:v>145.18</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>186.55</x:v>
+        <x:v>207.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45978.7625578704</x:v>
+        <x:v>46002.7415972222</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>133.035</x:v>
+        <x:v>145.18</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>190.05</x:v>
+        <x:v>207.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45975.7665740741</x:v>
+        <x:v>46001.7726736111</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>134.96</x:v>
+        <x:v>146.65</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>192.8</x:v>
+        <x:v>209.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45975.7415625</x:v>
+        <x:v>46001.7424884259</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>134.96</x:v>
+        <x:v>146.65</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>192.8</x:v>
+        <x:v>209.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45974.7421527778</x:v>
+        <x:v>46000.7422800926</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>135.415</x:v>
+        <x:v>145.67</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>193.45</x:v>
+        <x:v>208.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45973.7618287037</x:v>
+        <x:v>45999.7427662037</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>135.8</x:v>
+        <x:v>148.05</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>194</x:v>
+        <x:v>211.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45973.7424652778</x:v>
+        <x:v>45996.7416898148</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>135.8</x:v>
+        <x:v>149.31</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>194</x:v>
+        <x:v>213.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45972.7415856481</x:v>
+        <x:v>45995.7432523148</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>134.82</x:v>
+        <x:v>149.8</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>192.6</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45968.7599652778</x:v>
+        <x:v>45994.7432638889</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>131.915</x:v>
+        <x:v>150.64</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>188.45</x:v>
+        <x:v>215.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45968.7419907407</x:v>
+        <x:v>45993.7429166667</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>131.915</x:v>
+        <x:v>145.18</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>188.45</x:v>
+        <x:v>207.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45967.7415509259</x:v>
+        <x:v>45992.741724537</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>133.28</x:v>
+        <x:v>145.67</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>190.4</x:v>
+        <x:v>208.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45966.7603935185</x:v>
+        <x:v>45989.7431481481</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>135.695</x:v>
+        <x:v>145.11</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>193.85</x:v>
+        <x:v>207.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45966.7414814815</x:v>
+        <x:v>45988.7414583333</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>135.695</x:v>
+        <x:v>142.1</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>193.85</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45965.7581597222</x:v>
+        <x:v>45987.7426157407</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>140.28</x:v>
+        <x:v>140.63</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>200.4</x:v>
+        <x:v>200.9</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45965.7416782407</x:v>
+        <x:v>45986.7689236111</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>140.28</x:v>
+        <x:v>141.75</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>200.4</x:v>
+        <x:v>202.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45964.7418171296</x:v>
+        <x:v>45986.7424537037</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>140.28</x:v>
+        <x:v>141.75</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>200.4</x:v>
+        <x:v>202.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45961.8178587963</x:v>
+        <x:v>45985.7418287037</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>145.04</x:v>
+        <x:v>136.185</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>207.2</x:v>
+        <x:v>194.55</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45961.7663078704</x:v>
+        <x:v>45982.7638541667</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>145.04</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>207.2</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45961.7596296296</x:v>
+        <x:v>45981.7416087963</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>145.04</x:v>
+        <x:v>130.34</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>207.2</x:v>
+        <x:v>186.2</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45961.7416435185</x:v>
+        <x:v>45980.7414351852</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>145.04</x:v>
+        <x:v>129.5</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>207.2</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45960.7713657407</x:v>
+        <x:v>45979.7620949074</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>144.76</x:v>
+        <x:v>130.585</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>206.8</x:v>
+        <x:v>186.55</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45960.7414583333</x:v>
+        <x:v>45979.7413425926</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>144.76</x:v>
+        <x:v>130.585</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>206.8</x:v>
+        <x:v>186.55</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45959.763599537</x:v>
+        <x:v>45978.7625578704</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>146.23</x:v>
+        <x:v>133.035</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>208.9</x:v>
+        <x:v>190.05</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45959.741724537</x:v>
+        <x:v>45975.7665740741</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>146.23</x:v>
+        <x:v>134.96</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>208.9</x:v>
+        <x:v>192.8</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45958.741412037</x:v>
+        <x:v>45975.7415625</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>146.37</x:v>
+        <x:v>134.96</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>209.1</x:v>
+        <x:v>192.8</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45957.7416435185</x:v>
+        <x:v>45974.7421527778</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>147.14</x:v>
+        <x:v>135.415</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>210.2</x:v>
+        <x:v>193.45</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45954.7428819444</x:v>
+        <x:v>45973.7618287037</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>148.12</x:v>
+        <x:v>135.8</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>211.6</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45953.774849537</x:v>
+        <x:v>45973.7424652778</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>148.05</x:v>
+        <x:v>135.8</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>211.5</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45953.7428703704</x:v>
+        <x:v>45972.7415856481</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>148.05</x:v>
+        <x:v>134.82</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>211.5</x:v>
+        <x:v>192.6</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45952.760787037</x:v>
+        <x:v>45968.7599652778</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>148.54</x:v>
+        <x:v>131.915</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>212.2</x:v>
+        <x:v>188.45</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45952.7425115741</x:v>
+        <x:v>45968.7419907407</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>148.54</x:v>
+        <x:v>131.915</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>212.2</x:v>
+        <x:v>188.45</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45951.7420949074</x:v>
+        <x:v>45967.7415509259</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>147.91</x:v>
+        <x:v>133.28</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>211.3</x:v>
+        <x:v>190.4</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45950.8196759259</x:v>
+        <x:v>45966.7603935185</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>145.18</x:v>
+        <x:v>135.695</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>207.4</x:v>
+        <x:v>193.85</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45947.7632291667</x:v>
+        <x:v>45966.7414814815</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>141.82</x:v>
+        <x:v>135.695</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>202.6</x:v>
+        <x:v>193.85</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45946.7603009259</x:v>
+        <x:v>45965.7581597222</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>142.73</x:v>
+        <x:v>140.28</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>203.9</x:v>
+        <x:v>200.4</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45946.7415393519</x:v>
+        <x:v>45965.7416782407</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>142.73</x:v>
+        <x:v>140.28</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>203.9</x:v>
+        <x:v>200.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45945.768900463</x:v>
+        <x:v>45964.7418171296</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>130.165</x:v>
+        <x:v>140.28</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>185.95</x:v>
+        <x:v>200.4</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45944.769375</x:v>
+        <x:v>45961.8178587963</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>127.995</x:v>
+        <x:v>145.04</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>182.85</x:v>
+        <x:v>207.2</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45944.7417708333</x:v>
+        <x:v>45961.7663078704</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>127.995</x:v>
+        <x:v>145.04</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>182.85</x:v>
+        <x:v>207.2</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45943.7465509259</x:v>
+        <x:v>45961.7596296296</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>130.97</x:v>
+        <x:v>145.04</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>187.1</x:v>
+        <x:v>207.2</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45940.7627662037</x:v>
+        <x:v>45961.7416435185</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>131.32</x:v>
+        <x:v>145.04</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>187.6</x:v>
+        <x:v>207.2</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45940.7458912037</x:v>
+        <x:v>45960.7713657407</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>131.32</x:v>
+        <x:v>144.76</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>187.6</x:v>
+        <x:v>206.8</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45939.7571527778</x:v>
+        <x:v>45960.7414583333</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>134.05</x:v>
+        <x:v>144.76</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>191.5</x:v>
+        <x:v>206.8</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45939.744212963</x:v>
+        <x:v>45959.763599537</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>134.05</x:v>
+        <x:v>146.23</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>191.5</x:v>
+        <x:v>208.9</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45938.7624652778</x:v>
+        <x:v>45959.741724537</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>135.1</x:v>
+        <x:v>146.23</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>193</x:v>
+        <x:v>208.9</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45938.741099537</x:v>
+        <x:v>45958.741412037</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>135.1</x:v>
+        <x:v>146.37</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>193</x:v>
+        <x:v>209.1</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45937.7621875</x:v>
+        <x:v>45957.7416435185</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>137.9</x:v>
+        <x:v>147.14</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>197</x:v>
+        <x:v>210.2</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45937.7408564815</x:v>
+        <x:v>45954.7428819444</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>137.9</x:v>
+        <x:v>148.12</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>197</x:v>
+        <x:v>211.6</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45936.7575231481</x:v>
+        <x:v>45953.774849537</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>138.845</x:v>
+        <x:v>148.05</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>198.35</x:v>
+        <x:v>211.5</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45936.7406365741</x:v>
+        <x:v>45953.7428703704</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>138.845</x:v>
+        <x:v>148.05</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>198.35</x:v>
+        <x:v>211.5</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45933.7560416667</x:v>
+        <x:v>45952.760787037</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>139.02</x:v>
+        <x:v>148.54</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>198.6</x:v>
+        <x:v>212.2</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45933.7405324074</x:v>
+        <x:v>45952.7425115741</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>139.02</x:v>
+        <x:v>148.54</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>198.6</x:v>
+        <x:v>212.2</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45932.7410648148</x:v>
+        <x:v>45951.7420949074</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>133.105</x:v>
+        <x:v>147.91</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>190.15</x:v>
+        <x:v>211.3</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45931.7405092593</x:v>
+        <x:v>45950.8196759259</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>130.13</x:v>
+        <x:v>145.18</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>185.9</x:v>
+        <x:v>207.4</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45930.7402430556</x:v>
+        <x:v>45947.7632291667</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>120.435</x:v>
+        <x:v>141.82</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>172.05</x:v>
+        <x:v>202.6</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45929.7405902778</x:v>
+        <x:v>45946.7603009259</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>119.735</x:v>
+        <x:v>142.73</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>171.05</x:v>
+        <x:v>203.9</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45926.7405902778</x:v>
+        <x:v>45946.7415393519</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>120.085</x:v>
+        <x:v>142.73</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>171.55</x:v>
+        <x:v>203.9</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45925.7404513889</x:v>
+        <x:v>45945.768900463</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>122.15</x:v>
+        <x:v>130.165</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>174.5</x:v>
+        <x:v>185.95</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45924.7580439815</x:v>
+        <x:v>45944.769375</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>126.91</x:v>
+        <x:v>127.995</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>181.3</x:v>
+        <x:v>182.85</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45923.7566087963</x:v>
+        <x:v>45944.7417708333</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>131.04</x:v>
+        <x:v>127.995</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>187.2</x:v>
+        <x:v>182.85</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45923.7480902778</x:v>
+        <x:v>45943.7465509259</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>131.04</x:v>
+        <x:v>130.97</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>187.2</x:v>
+        <x:v>187.1</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45922.7577199074</x:v>
+        <x:v>45940.7627662037</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>129.395</x:v>
+        <x:v>131.32</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>184.85</x:v>
+        <x:v>187.6</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45922.7480902778</x:v>
+        <x:v>45940.7458912037</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>129.395</x:v>
+        <x:v>131.32</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>184.85</x:v>
+        <x:v>187.6</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45919.7476967593</x:v>
+        <x:v>45939.7571527778</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>130.2</x:v>
+        <x:v>134.05</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>186</x:v>
+        <x:v>191.5</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45918.7597800926</x:v>
+        <x:v>45939.744212963</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>129.36</x:v>
+        <x:v>134.05</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>184.8</x:v>
+        <x:v>191.5</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45918.7477314815</x:v>
+        <x:v>45938.7624652778</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>129.36</x:v>
+        <x:v>135.1</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>184.8</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45917.7474537037</x:v>
+        <x:v>45938.741099537</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>124.215</x:v>
+        <x:v>135.1</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>177.45</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45916.7474074074</x:v>
+        <x:v>45937.7621875</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>122.71</x:v>
+        <x:v>137.9</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>175.3</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45915.7474768519</x:v>
+        <x:v>45937.7408564815</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>121.695</x:v>
+        <x:v>137.9</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>173.85</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45912.7594675926</x:v>
+        <x:v>45936.7575231481</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>118.755</x:v>
+        <x:v>138.845</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>169.65</x:v>
+        <x:v>198.35</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45912.7478472222</x:v>
+        <x:v>45936.7406365741</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>118.755</x:v>
+        <x:v>138.845</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>169.65</x:v>
+        <x:v>198.35</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45911.7587384259</x:v>
+        <x:v>45933.7560416667</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>118.475</x:v>
+        <x:v>139.02</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>169.25</x:v>
+        <x:v>198.6</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45911.7477662037</x:v>
+        <x:v>45933.7405324074</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>118.475</x:v>
+        <x:v>139.02</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>169.25</x:v>
+        <x:v>198.6</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45910.7475347222</x:v>
+        <x:v>45932.7410648148</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>122.29</x:v>
+        <x:v>133.105</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>174.7</x:v>
+        <x:v>190.15</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45909.7477199074</x:v>
+        <x:v>45931.7405092593</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>122.71</x:v>
+        <x:v>130.13</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>175.3</x:v>
+        <x:v>185.9</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45908.7485416667</x:v>
+        <x:v>45930.7402430556</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>121.905</x:v>
+        <x:v>120.435</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>174.15</x:v>
+        <x:v>172.05</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45905.7752893519</x:v>
+        <x:v>45929.7405902778</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>121.625</x:v>
+        <x:v>119.735</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>173.75</x:v>
+        <x:v>171.05</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45905.7480902778</x:v>
+        <x:v>45926.7405902778</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>121.625</x:v>
+        <x:v>120.085</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>173.75</x:v>
+        <x:v>171.55</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45904.7480092593</x:v>
+        <x:v>45925.7404513889</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>119.665</x:v>
+        <x:v>122.15</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>170.95</x:v>
+        <x:v>174.5</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45903.7601041667</x:v>
+        <x:v>45924.7580439815</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>121.975</x:v>
+        <x:v>126.91</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>174.25</x:v>
+        <x:v>181.3</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45903.7473842593</x:v>
+        <x:v>45923.7566087963</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>121.975</x:v>
+        <x:v>131.04</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>174.25</x:v>
+        <x:v>187.2</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45902.7617824074</x:v>
+        <x:v>45923.7480902778</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>120.785</x:v>
+        <x:v>131.04</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>172.55</x:v>
+        <x:v>187.2</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45902.7473842593</x:v>
+        <x:v>45922.7577199074</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>120.785</x:v>
+        <x:v>129.395</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>172.55</x:v>
+        <x:v>184.85</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45901.7594212963</x:v>
+        <x:v>45922.7480902778</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>124.53</x:v>
+        <x:v>129.395</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>177.9</x:v>
+        <x:v>184.85</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45901.7474305556</x:v>
+        <x:v>45919.7476967593</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>124.53</x:v>
+        <x:v>130.2</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>177.9</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45898.7479861111</x:v>
+        <x:v>45918.7597800926</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>122.43</x:v>
+        <x:v>129.36</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>174.9</x:v>
+        <x:v>184.8</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45897.7576851852</x:v>
+        <x:v>45918.7477314815</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>122.325</x:v>
+        <x:v>129.36</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>174.75</x:v>
+        <x:v>184.8</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45897.7475925926</x:v>
+        <x:v>45917.7474537037</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>122.325</x:v>
+        <x:v>124.215</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>174.75</x:v>
+        <x:v>177.45</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45896.7598726852</x:v>
+        <x:v>45916.7474074074</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>122.15</x:v>
+        <x:v>122.71</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>174.5</x:v>
+        <x:v>175.3</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45895.7575347222</x:v>
+        <x:v>45915.7474768519</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>122.675</x:v>
+        <x:v>121.695</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>175.25</x:v>
+        <x:v>173.85</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45895.7478703704</x:v>
+        <x:v>45912.7594675926</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>122.675</x:v>
+        <x:v>118.755</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>175.25</x:v>
+        <x:v>169.65</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45894.7569675926</x:v>
+        <x:v>45912.7478472222</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>122.395</x:v>
+        <x:v>118.755</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>174.85</x:v>
+        <x:v>169.65</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45894.7474421296</x:v>
+        <x:v>45911.7587384259</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>122.395</x:v>
+        <x:v>118.475</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>174.85</x:v>
+        <x:v>169.25</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45891.7477893519</x:v>
+        <x:v>45911.7477662037</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>124.495</x:v>
+        <x:v>118.475</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>177.85</x:v>
+        <x:v>169.25</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45890.7565972222</x:v>
+        <x:v>45910.7475347222</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>123.41</x:v>
+        <x:v>122.29</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>176.3</x:v>
+        <x:v>174.7</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45890.7477199074</x:v>
+        <x:v>45909.7477199074</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>123.41</x:v>
+        <x:v>122.71</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>176.3</x:v>
+        <x:v>175.3</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45889.7593402778</x:v>
+        <x:v>45908.7485416667</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>125.58</x:v>
+        <x:v>121.905</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>179.4</x:v>
+        <x:v>174.15</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45888.7478472222</x:v>
+        <x:v>45905.7752893519</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>125.51</x:v>
+        <x:v>121.625</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>179.3</x:v>
+        <x:v>173.75</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45887.7583101852</x:v>
+        <x:v>45905.7480902778</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>124.25</x:v>
+        <x:v>121.625</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>177.5</x:v>
+        <x:v>173.75</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45887.7476736111</x:v>
+        <x:v>45904.7480092593</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>124.25</x:v>
+        <x:v>119.665</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>177.5</x:v>
+        <x:v>170.95</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45884.7578240741</x:v>
+        <x:v>45903.7601041667</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>124.18</x:v>
+        <x:v>121.975</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>177.4</x:v>
+        <x:v>174.25</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45884.7474768519</x:v>
+        <x:v>45903.7473842593</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>124.18</x:v>
+        <x:v>121.975</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>177.4</x:v>
+        <x:v>174.25</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45883.7578125</x:v>
+        <x:v>45902.7617824074</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>123.9</x:v>
+        <x:v>120.785</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>177</x:v>
+        <x:v>172.55</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45883.7478935185</x:v>
+        <x:v>45902.7473842593</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>123.9</x:v>
+        <x:v>120.785</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>177</x:v>
+        <x:v>172.55</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45882.7607986111</x:v>
+        <x:v>45901.7594212963</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>123.2</x:v>
+        <x:v>124.53</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>176</x:v>
+        <x:v>177.9</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45882.7479861111</x:v>
+        <x:v>45901.7474305556</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>123.2</x:v>
+        <x:v>124.53</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>176</x:v>
+        <x:v>177.9</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45881.7571990741</x:v>
+        <x:v>45898.7479861111</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>123.97</x:v>
+        <x:v>122.43</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>177.1</x:v>
+        <x:v>174.9</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45881.7473958333</x:v>
+        <x:v>45897.7576851852</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>124.25</x:v>
+        <x:v>122.325</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>177.5</x:v>
+        <x:v>174.75</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45880.7587152778</x:v>
+        <x:v>45897.7475925926</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>118.51</x:v>
+        <x:v>122.325</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>169.3</x:v>
+        <x:v>174.75</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45880.7478240741</x:v>
+        <x:v>45896.7598726852</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>118.51</x:v>
+        <x:v>122.15</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>169.3</x:v>
+        <x:v>174.5</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45877.7474537037</x:v>
+        <x:v>45895.7575347222</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>116.795</x:v>
+        <x:v>122.675</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>166.85</x:v>
+        <x:v>175.25</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45876.747962963</x:v>
+        <x:v>45895.7478703704</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>117.32</x:v>
+        <x:v>122.675</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>167.6</x:v>
+        <x:v>175.25</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45875.7593981481</x:v>
+        <x:v>45894.7569675926</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>115.885</x:v>
+        <x:v>122.395</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>165.55</x:v>
+        <x:v>174.85</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45875.7478356482</x:v>
+        <x:v>45894.7474421296</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>115.885</x:v>
+        <x:v>122.395</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>165.55</x:v>
+        <x:v>174.85</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45874.7580787037</x:v>
+        <x:v>45891.7477893519</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>118.93</x:v>
+        <x:v>124.495</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>169.9</x:v>
+        <x:v>177.85</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45873.7608680556</x:v>
+        <x:v>45890.7565972222</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>119</x:v>
+        <x:v>123.41</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>170</x:v>
+        <x:v>176.3</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45873.7479398148</x:v>
+        <x:v>45890.7477199074</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>119</x:v>
+        <x:v>123.41</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>170</x:v>
+        <x:v>176.3</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45870.7602199074</x:v>
+        <x:v>45889.7593402778</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>120.155</x:v>
+        <x:v>125.58</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>171.65</x:v>
+        <x:v>179.4</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45870.7474768519</x:v>
+        <x:v>45888.7478472222</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>120.155</x:v>
+        <x:v>125.51</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>171.65</x:v>
+        <x:v>179.3</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45869.7477777778</x:v>
+        <x:v>45887.7583101852</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>123.2</x:v>
+        <x:v>124.25</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>176</x:v>
+        <x:v>177.5</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45868.7573032407</x:v>
+        <x:v>45887.7476736111</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>124.53</x:v>
+        <x:v>124.25</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>177.9</x:v>
+        <x:v>177.5</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45868.7478935185</x:v>
+        <x:v>45884.7578240741</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>124.53</x:v>
+        <x:v>124.18</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>177.9</x:v>
+        <x:v>177.4</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45867.7584259259</x:v>
+        <x:v>45884.7474768519</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>125.685</x:v>
+        <x:v>124.18</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>179.55</x:v>
+        <x:v>177.4</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45867.7473726852</x:v>
+        <x:v>45883.7578125</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>125.685</x:v>
+        <x:v>123.9</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>179.55</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45866.758275463</x:v>
+        <x:v>45883.7478935185</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>123.13</x:v>
+        <x:v>123.9</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>175.9</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45866.747962963</x:v>
+        <x:v>45882.7607986111</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>123.13</x:v>
+        <x:v>123.2</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>175.9</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45863.7567939815</x:v>
+        <x:v>45882.7479861111</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>122.5</x:v>
+        <x:v>123.2</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45862.7627430556</x:v>
+        <x:v>45881.7571990741</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>122.675</x:v>
+        <x:v>123.97</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>175.25</x:v>
+        <x:v>177.1</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45862.7478356482</x:v>
+        <x:v>45881.7473958333</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>122.675</x:v>
+        <x:v>124.25</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>175.25</x:v>
+        <x:v>177.5</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45861.7586921296</x:v>
+        <x:v>45880.7587152778</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>120.995</x:v>
+        <x:v>118.51</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>172.85</x:v>
+        <x:v>169.3</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45861.7478935185</x:v>
+        <x:v>45880.7478240741</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>120.995</x:v>
+        <x:v>118.51</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>172.85</x:v>
+        <x:v>169.3</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45860.7479976852</x:v>
+        <x:v>45877.7474537037</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>122.5</x:v>
+        <x:v>116.795</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>175</x:v>
+        <x:v>166.85</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45859.7478009259</x:v>
+        <x:v>45876.747962963</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>133.315</x:v>
+        <x:v>117.32</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>190.45</x:v>
+        <x:v>167.6</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45856.7473726852</x:v>
+        <x:v>45875.7593981481</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>133.245</x:v>
+        <x:v>115.885</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>190.35</x:v>
+        <x:v>165.55</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45855.7569444444</x:v>
+        <x:v>45875.7478356482</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>135.03</x:v>
+        <x:v>115.885</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>192.9</x:v>
+        <x:v>165.55</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45854.9360185185</x:v>
+        <x:v>45874.7580787037</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>136.045</x:v>
+        <x:v>118.93</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>194.35</x:v>
+        <x:v>169.9</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45854.7691782407</x:v>
+        <x:v>45873.7608680556</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>136.045</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>194.35</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45853.7615625</x:v>
+        <x:v>45873.7479398148</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>137.55</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>196.5</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45852.7625462963</x:v>
+        <x:v>45870.7602199074</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>137.305</x:v>
+        <x:v>120.155</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>196.15</x:v>
+        <x:v>171.65</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45849.7864467593</x:v>
+        <x:v>45870.7474768519</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>142.59</x:v>
+        <x:v>120.155</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>203.7</x:v>
+        <x:v>171.65</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45848.7618055556</x:v>
+        <x:v>45869.7477777778</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>143.99</x:v>
+        <x:v>123.2</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>205.7</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45847.7591435185</x:v>
+        <x:v>45868.7573032407</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>140.28</x:v>
+        <x:v>124.53</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>200.4</x:v>
+        <x:v>177.9</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45846.7607523148</x:v>
+        <x:v>45868.7478935185</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>140.98</x:v>
+        <x:v>124.53</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>201.4</x:v>
+        <x:v>177.9</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45845.7574421296</x:v>
+        <x:v>45867.7584259259</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>140.14</x:v>
+        <x:v>125.685</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>200.2</x:v>
+        <x:v>179.55</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45842.7613657407</x:v>
+        <x:v>45867.7473726852</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>142.73</x:v>
+        <x:v>125.685</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>203.9</x:v>
+        <x:v>179.55</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45841.7610763889</x:v>
+        <x:v>45866.758275463</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>142.8</x:v>
+        <x:v>123.13</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>204</x:v>
+        <x:v>175.9</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45840.9304282407</x:v>
+        <x:v>45866.747962963</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>143.57</x:v>
+        <x:v>123.13</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>205.1</x:v>
+        <x:v>175.9</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45839.7591550926</x:v>
+        <x:v>45863.7567939815</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>142.45</x:v>
+        <x:v>122.5</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>203.5</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45838.7567824074</x:v>
+        <x:v>45862.7627430556</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>141.96</x:v>
+        <x:v>122.675</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>202.8</x:v>
+        <x:v>175.25</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45835.7579861111</x:v>
+        <x:v>45862.7478356482</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>143.22</x:v>
+        <x:v>122.675</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>204.6</x:v>
+        <x:v>175.25</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45834.7579166667</x:v>
+        <x:v>45861.7586921296</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>142.66</x:v>
+        <x:v>120.995</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>203.8</x:v>
+        <x:v>172.85</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45833.7638078704</x:v>
+        <x:v>45861.7478935185</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>139.09</x:v>
+        <x:v>120.995</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>198.7</x:v>
+        <x:v>172.85</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45832.757974537</x:v>
+        <x:v>45860.7479976852</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>139.51</x:v>
+        <x:v>122.5</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>199.3</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45831.759837963</x:v>
+        <x:v>45859.7478009259</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>136.395</x:v>
+        <x:v>133.315</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>194.85</x:v>
+        <x:v>190.45</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45828.7626041667</x:v>
+        <x:v>45856.7473726852</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>140.84</x:v>
+        <x:v>133.245</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>201.2</x:v>
+        <x:v>190.35</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45827.7613657407</x:v>
+        <x:v>45855.7569444444</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>141.68</x:v>
+        <x:v>135.03</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>202.4</x:v>
+        <x:v>192.9</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45826.7621759259</x:v>
+        <x:v>45854.9360185185</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>137.935</x:v>
+        <x:v>136.045</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>197.05</x:v>
+        <x:v>194.35</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45825.7634259259</x:v>
+        <x:v>45854.7691782407</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>138.46</x:v>
+        <x:v>136.045</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>197.8</x:v>
+        <x:v>194.35</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45824.7587962963</x:v>
+        <x:v>45853.7615625</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>143.08</x:v>
+        <x:v>137.55</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>204.4</x:v>
+        <x:v>196.5</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45821.7600694444</x:v>
+        <x:v>45852.7625462963</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>139.335</x:v>
+        <x:v>137.305</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>199.05</x:v>
+        <x:v>196.15</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45820.7827662037</x:v>
+        <x:v>45849.7864467593</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>142.1</x:v>
+        <x:v>142.59</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>203</x:v>
+        <x:v>203.7</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45819.7603819444</x:v>
+        <x:v>45848.7618055556</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>141.54</x:v>
+        <x:v>143.99</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>202.2</x:v>
+        <x:v>205.7</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45818.7603240741</x:v>
+        <x:v>45847.7591435185</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>139.16</x:v>
+        <x:v>140.28</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>198.8</x:v>
+        <x:v>200.4</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45817.7587268519</x:v>
+        <x:v>45846.7607523148</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>135.87</x:v>
+        <x:v>140.98</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>194.1</x:v>
+        <x:v>201.4</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45814.7597453704</x:v>
+        <x:v>45845.7574421296</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>135.555</x:v>
+        <x:v>140.14</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>193.65</x:v>
+        <x:v>200.2</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45813.7588194444</x:v>
+        <x:v>45842.7613657407</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>135.695</x:v>
+        <x:v>142.73</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>193.85</x:v>
+        <x:v>203.9</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45812.7669791667</x:v>
+        <x:v>45841.7610763889</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>135.59</x:v>
+        <x:v>142.8</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>193.7</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45811.9361805556</x:v>
+        <x:v>45840.9304282407</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>132.72</x:v>
+        <x:v>143.57</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>189.6</x:v>
+        <x:v>205.1</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45811.7585763889</x:v>
+        <x:v>45839.7591550926</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>132.72</x:v>
+        <x:v>142.45</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>189.6</x:v>
+        <x:v>203.5</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45810.9414583333</x:v>
+        <x:v>45838.7567824074</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>132.65</x:v>
+        <x:v>141.96</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>189.5</x:v>
+        <x:v>202.8</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45810.7576388889</x:v>
+        <x:v>45835.7579861111</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>132.65</x:v>
+        <x:v>143.22</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>189.5</x:v>
+        <x:v>204.6</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45803.758912037</x:v>
+        <x:v>45834.7579166667</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>135.555</x:v>
+        <x:v>142.66</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>193.65</x:v>
+        <x:v>203.8</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45800.759525463</x:v>
+        <x:v>45833.7638078704</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>133.525</x:v>
+        <x:v>139.09</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>190.75</x:v>
+        <x:v>198.7</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45799.7595138889</x:v>
+        <x:v>45832.757974537</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>136.92</x:v>
+        <x:v>139.51</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>195.6</x:v>
+        <x:v>199.3</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45798.764212963</x:v>
+        <x:v>45831.759837963</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>138.775</x:v>
+        <x:v>136.395</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>198.25</x:v>
+        <x:v>194.85</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45797.7621759259</x:v>
+        <x:v>45828.7626041667</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>140</x:v>
+        <x:v>140.84</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>200</x:v>
+        <x:v>201.2</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45796.7617013889</x:v>
+        <x:v>45827.7613657407</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>141.05</x:v>
+        <x:v>141.68</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>201.5</x:v>
+        <x:v>202.4</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45793.7569675926</x:v>
+        <x:v>45826.7621759259</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>140.28</x:v>
+        <x:v>137.935</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>200.4</x:v>
+        <x:v>197.05</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45792.7607638889</x:v>
+        <x:v>45825.7634259259</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>138.705</x:v>
+        <x:v>138.46</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>198.15</x:v>
+        <x:v>197.8</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45791.7641666667</x:v>
+        <x:v>45824.7587962963</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>141.68</x:v>
+        <x:v>143.08</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>202.4</x:v>
+        <x:v>204.4</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45790.7569560185</x:v>
+        <x:v>45821.7600694444</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>142.8</x:v>
+        <x:v>139.335</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>204</x:v>
+        <x:v>199.05</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45789.7604166667</x:v>
+        <x:v>45820.7827662037</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>142.17</x:v>
+        <x:v>142.1</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>203.1</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45786.7590277778</x:v>
+        <x:v>45819.7603819444</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>141.75</x:v>
+        <x:v>141.54</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>202.5</x:v>
+        <x:v>202.2</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45785.757662037</x:v>
+        <x:v>45818.7603240741</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>142.17</x:v>
+        <x:v>139.16</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>203.1</x:v>
+        <x:v>198.8</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45784.7685300926</x:v>
+        <x:v>45817.7587268519</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>142.1</x:v>
+        <x:v>135.87</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>203</x:v>
+        <x:v>194.1</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45783.7611458333</x:v>
+        <x:v>45814.7597453704</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>148.4</x:v>
+        <x:v>135.555</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>212</x:v>
+        <x:v>193.65</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45782.7990856481</x:v>
+        <x:v>45813.7588194444</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>149.24</x:v>
+        <x:v>135.695</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>213.2</x:v>
+        <x:v>193.85</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45782.7613310185</x:v>
+        <x:v>45812.7669791667</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>149.24</x:v>
+        <x:v>135.59</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>213.2</x:v>
+        <x:v>193.7</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45779.7593402778</x:v>
+        <x:v>45811.9361805556</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>148.05</x:v>
+        <x:v>132.72</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>211.5</x:v>
+        <x:v>189.6</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45777.7615046296</x:v>
+        <x:v>45811.7585763889</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>144.34</x:v>
+        <x:v>132.72</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>206.2</x:v>
+        <x:v>189.6</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45776.7598726852</x:v>
+        <x:v>45810.9414583333</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>143.5</x:v>
+        <x:v>132.65</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>205</x:v>
+        <x:v>189.5</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45775.760162037</x:v>
+        <x:v>45810.7576388889</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>140.42</x:v>
+        <x:v>132.65</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>200.6</x:v>
+        <x:v>189.5</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45772.7647106481</x:v>
+        <x:v>45803.758912037</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>140.84</x:v>
+        <x:v>135.555</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>201.2</x:v>
+        <x:v>193.65</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45771.7646180556</x:v>
+        <x:v>45800.759525463</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>140.91</x:v>
+        <x:v>133.525</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>201.3</x:v>
+        <x:v>190.75</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45770.7699421296</x:v>
+        <x:v>45799.7595138889</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>140.91</x:v>
+        <x:v>136.92</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>201.3</x:v>
+        <x:v>195.6</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45769.7600925926</x:v>
+        <x:v>45798.764212963</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>136.15</x:v>
+        <x:v>138.775</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>194.5</x:v>
+        <x:v>198.25</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45764.7627546296</x:v>
+        <x:v>45797.7621759259</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>131.005</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>187.15</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45763.7624189815</x:v>
+        <x:v>45796.7617013889</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>133.945</x:v>
+        <x:v>141.05</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>191.35</x:v>
+        <x:v>201.5</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45762.7597800926</x:v>
+        <x:v>45793.7569675926</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>121.03</x:v>
+        <x:v>140.28</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>172.9</x:v>
+        <x:v>200.4</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45761.7605787037</x:v>
+        <x:v>45792.7607638889</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>119</x:v>
+        <x:v>138.705</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>170</x:v>
+        <x:v>198.15</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45758.7870138889</x:v>
+        <x:v>45791.7641666667</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>113.855</x:v>
+        <x:v>141.68</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>162.65</x:v>
+        <x:v>202.4</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45757.76875</x:v>
+        <x:v>45790.7569560185</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>109.865</x:v>
+        <x:v>142.8</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>156.95</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45756.7571990741</x:v>
+        <x:v>45789.7604166667</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>108.92</x:v>
+        <x:v>142.17</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>155.6</x:v>
+        <x:v>203.1</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45755.7790625</x:v>
+        <x:v>45786.7590277778</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>114.835</x:v>
+        <x:v>141.75</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>164.05</x:v>
+        <x:v>202.5</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45754.7628356482</x:v>
+        <x:v>45785.757662037</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>107.03</x:v>
+        <x:v>142.17</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>152.9</x:v>
+        <x:v>203.1</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45751.759212963</x:v>
+        <x:v>45784.7685300926</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>115.15</x:v>
+        <x:v>142.1</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>164.5</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45750.763599537</x:v>
+        <x:v>45783.7611458333</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>120.995</x:v>
+        <x:v>148.4</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>172.85</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45749.7615162037</x:v>
+        <x:v>45782.7990856481</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>126.218</x:v>
+        <x:v>149.24</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>181.15</x:v>
+        <x:v>213.2</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45749.3305787037</x:v>
+        <x:v>45782.7613310185</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>127.268</x:v>
+        <x:v>149.24</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>182.65</x:v>
+        <x:v>213.2</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45748.7585416667</x:v>
+        <x:v>45779.7593402778</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>127.855</x:v>
+        <x:v>148.05</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>182.65</x:v>
+        <x:v>211.5</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45747.7615856481</x:v>
+        <x:v>45777.7615046296</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>127.645</x:v>
+        <x:v>144.34</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>182.35</x:v>
+        <x:v>206.2</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45744.7643518519</x:v>
+        <x:v>45776.7598726852</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>129.955</x:v>
+        <x:v>143.5</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>185.65</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45743.7674421296</x:v>
+        <x:v>45775.760162037</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>129.5</x:v>
+        <x:v>140.42</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>185</x:v>
+        <x:v>200.6</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45742.7590046296</x:v>
+        <x:v>45772.7647106481</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>129.045</x:v>
+        <x:v>140.84</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>184.35</x:v>
+        <x:v>201.2</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45741.7595833333</x:v>
+        <x:v>45771.7646180556</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>135.17</x:v>
+        <x:v>140.91</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>193.1</x:v>
+        <x:v>201.3</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45740.7636689815</x:v>
+        <x:v>45770.7699421296</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>136.43</x:v>
+        <x:v>140.91</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>194.9</x:v>
+        <x:v>201.3</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45737.7594328704</x:v>
+        <x:v>45769.7600925926</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>136.36</x:v>
+        <x:v>136.15</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>194.8</x:v>
+        <x:v>194.5</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45736.7631944444</x:v>
+        <x:v>45764.7627546296</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>137.025</x:v>
+        <x:v>131.005</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>195.75</x:v>
+        <x:v>187.15</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45735.758275463</x:v>
+        <x:v>45763.7624189815</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>138.81</x:v>
+        <x:v>133.945</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>198.3</x:v>
+        <x:v>191.35</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45734.7603240741</x:v>
+        <x:v>45762.7597800926</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>140.98</x:v>
+        <x:v>121.03</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>201.4</x:v>
+        <x:v>172.9</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45733.7571527778</x:v>
+        <x:v>45761.7605787037</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>140.14</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>200.2</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45730.7613194444</x:v>
+        <x:v>45758.7870138889</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>135.625</x:v>
+        <x:v>113.855</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>195.65</x:v>
+        <x:v>162.65</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45729.7592476852</x:v>
+        <x:v>45757.76875</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>135.625</x:v>
+        <x:v>109.865</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>0</x:v>
+        <x:v>156.95</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45728.7584953704</x:v>
+        <x:v>45756.7571990741</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>136.36</x:v>
+        <x:v>108.92</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>0</x:v>
+        <x:v>155.6</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45727.7600925926</x:v>
+        <x:v>45755.7790625</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>130.2</x:v>
+        <x:v>114.835</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>186</x:v>
+        <x:v>164.05</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45726.7683912037</x:v>
+        <x:v>45754.7628356482</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>135.17</x:v>
+        <x:v>107.03</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>193.1</x:v>
+        <x:v>152.9</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45723.7597453704</x:v>
+        <x:v>45751.759212963</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>137.935</x:v>
+        <x:v>115.15</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>197.05</x:v>
+        <x:v>164.5</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45722.7590856481</x:v>
+        <x:v>45750.763599537</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>136.15</x:v>
+        <x:v>120.995</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>194.5</x:v>
+        <x:v>172.85</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45721.7633217593</x:v>
+        <x:v>45749.7615162037</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>132.895</x:v>
+        <x:v>126.218</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>189.85</x:v>
+        <x:v>181.15</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45720.7599652778</x:v>
+        <x:v>45749.3305787037</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>137.97</x:v>
+        <x:v>127.268</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>197.1</x:v>
+        <x:v>182.65</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45719.7600694444</x:v>
+        <x:v>45748.7585416667</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>139.3</x:v>
+        <x:v>127.855</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>199</x:v>
+        <x:v>182.65</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45716.7600810185</x:v>
+        <x:v>45747.7615856481</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>139.055</x:v>
+        <x:v>127.645</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>198.65</x:v>
+        <x:v>182.35</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45715.7570138889</x:v>
+        <x:v>45744.7643518519</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>142.66</x:v>
+        <x:v>129.955</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>203.8</x:v>
+        <x:v>185.65</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45714.7742361111</x:v>
+        <x:v>45743.7674421296</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>140.49</x:v>
+        <x:v>129.5</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>200.7</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45713.7590277778</x:v>
+        <x:v>45742.7590046296</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>143.08</x:v>
+        <x:v>129.045</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>204.4</x:v>
+        <x:v>184.35</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45712.7659837963</x:v>
+        <x:v>45741.7595833333</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>143.08</x:v>
+        <x:v>135.17</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>204.4</x:v>
+        <x:v>193.1</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45709.7638425926</x:v>
+        <x:v>45740.7636689815</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>146.02</x:v>
+        <x:v>136.43</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>208.6</x:v>
+        <x:v>194.9</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45708.7618055556</x:v>
+        <x:v>45737.7594328704</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>142.66</x:v>
+        <x:v>136.36</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>203.8</x:v>
+        <x:v>194.8</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45707.7576967593</x:v>
+        <x:v>45736.7631944444</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>144.27</x:v>
+        <x:v>137.025</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>206.1</x:v>
+        <x:v>195.75</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45706.7623611111</x:v>
+        <x:v>45735.758275463</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>146.02</x:v>
+        <x:v>138.81</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>208.6</x:v>
+        <x:v>198.3</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45705.7592592593</x:v>
+        <x:v>45734.7603240741</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>147.7</x:v>
+        <x:v>140.98</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>211</x:v>
+        <x:v>201.4</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45702.7667592593</x:v>
+        <x:v>45733.7571527778</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>149.8</x:v>
+        <x:v>140.14</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>214</x:v>
+        <x:v>200.2</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45701.7653125</x:v>
+        <x:v>45730.7613194444</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>148.89</x:v>
+        <x:v>135.625</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>212.7</x:v>
+        <x:v>195.65</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45700.762650463</x:v>
+        <x:v>45729.7592476852</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>148.33</x:v>
+        <x:v>135.625</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>211.9</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45699.7633796296</x:v>
+        <x:v>45728.7584953704</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>148.26</x:v>
+        <x:v>136.36</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>211.8</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45698.7616782407</x:v>
+        <x:v>45727.7600925926</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>148.05</x:v>
+        <x:v>130.2</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>211.5</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45695.7610532407</x:v>
+        <x:v>45726.7683912037</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>149.24</x:v>
+        <x:v>135.17</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>213.2</x:v>
+        <x:v>193.1</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45694.7633912037</x:v>
+        <x:v>45723.7597453704</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>150.57</x:v>
+        <x:v>137.935</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>215.1</x:v>
+        <x:v>197.05</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45693.7707060185</x:v>
+        <x:v>45722.7590856481</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>150.57</x:v>
+        <x:v>136.15</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>215.1</x:v>
+        <x:v>194.5</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45692.7817939815</x:v>
+        <x:v>45721.7633217593</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>150.29</x:v>
+        <x:v>132.895</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>214.7</x:v>
+        <x:v>189.85</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45691.928125</x:v>
+        <x:v>45720.7599652778</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>153.72</x:v>
+        <x:v>137.97</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>219.6</x:v>
+        <x:v>197.1</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45691.7626157407</x:v>
+        <x:v>45719.7600694444</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>153.72</x:v>
+        <x:v>139.3</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>219.6</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45688.7599421296</x:v>
+        <x:v>45716.7600810185</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>156.38</x:v>
+        <x:v>139.055</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>223.4</x:v>
+        <x:v>198.65</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45687.7639583333</x:v>
+        <x:v>45715.7570138889</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>157.78</x:v>
+        <x:v>142.66</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>225.4</x:v>
+        <x:v>203.8</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45686.76375</x:v>
+        <x:v>45714.7742361111</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>157.43</x:v>
+        <x:v>140.49</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>224.9</x:v>
+        <x:v>200.7</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45685.9323032407</x:v>
+        <x:v>45713.7590277778</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>157.85</x:v>
+        <x:v>143.08</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>225.5</x:v>
+        <x:v>204.4</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45685.7621990741</x:v>
+        <x:v>45712.7659837963</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>157.85</x:v>
+        <x:v>143.08</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>225.5</x:v>
+        <x:v>204.4</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45684.7611111111</x:v>
+        <x:v>45709.7638425926</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>146.16</x:v>
+        <x:v>146.02</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>208.8</x:v>
+        <x:v>208.6</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45681.7681018518</x:v>
+        <x:v>45708.7618055556</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>145.88</x:v>
+        <x:v>142.66</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>208.4</x:v>
+        <x:v>203.8</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45679.759537037</x:v>
+        <x:v>45707.7576967593</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>144.06</x:v>
+        <x:v>144.27</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>205.8</x:v>
+        <x:v>206.1</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45678.7595023148</x:v>
+        <x:v>45706.7623611111</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>142.73</x:v>
+        <x:v>146.02</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>203.9</x:v>
+        <x:v>208.6</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45677.7651041667</x:v>
+        <x:v>45705.7592592593</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>140.28</x:v>
+        <x:v>147.7</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>200.4</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45674.7630671296</x:v>
+        <x:v>45702.7667592593</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>137.9</x:v>
+        <x:v>149.8</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>197</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45673.7629513889</x:v>
+        <x:v>45701.7653125</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>138.915</x:v>
+        <x:v>148.89</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>198.45</x:v>
+        <x:v>212.7</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45672.7645486111</x:v>
+        <x:v>45700.762650463</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>140.63</x:v>
+        <x:v>148.33</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>200.9</x:v>
+        <x:v>211.9</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45671.7791666667</x:v>
+        <x:v>45699.7633796296</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>141.4</x:v>
+        <x:v>148.26</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>202</x:v>
+        <x:v>211.8</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45670.7590856481</x:v>
+        <x:v>45698.7616782407</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>142.66</x:v>
+        <x:v>148.05</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>203.8</x:v>
+        <x:v>211.5</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45667.7626157407</x:v>
+        <x:v>45695.7610532407</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>140.42</x:v>
+        <x:v>149.24</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>200.6</x:v>
+        <x:v>213.2</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45666.7588541667</x:v>
+        <x:v>45694.7633912037</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>139.475</x:v>
+        <x:v>150.57</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>199.25</x:v>
+        <x:v>215.1</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45665.7753240741</x:v>
+        <x:v>45693.7707060185</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>138.705</x:v>
+        <x:v>150.57</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>198.15</x:v>
+        <x:v>215.1</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45664.7606365741</x:v>
+        <x:v>45692.7817939815</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>138.775</x:v>
+        <x:v>150.29</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>198.25</x:v>
+        <x:v>214.7</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45663.7687384259</x:v>
+        <x:v>45691.928125</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>134.96</x:v>
+        <x:v>153.72</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>192.8</x:v>
+        <x:v>219.6</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45660.7612152778</x:v>
+        <x:v>45691.7626157407</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>126.84</x:v>
+        <x:v>153.72</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>181.2</x:v>
+        <x:v>219.6</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45659.7570949074</x:v>
+        <x:v>45688.7599421296</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>129.57</x:v>
+        <x:v>156.38</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>185.1</x:v>
+        <x:v>223.4</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45656.7590856481</x:v>
+        <x:v>45687.7639583333</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>128.975</x:v>
+        <x:v>157.78</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>184.25</x:v>
+        <x:v>225.4</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45653.7594212963</x:v>
+        <x:v>45686.76375</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>131.11</x:v>
+        <x:v>157.43</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>187.3</x:v>
+        <x:v>224.9</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45649.7573148148</x:v>
+        <x:v>45685.9323032407</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>130.06</x:v>
+        <x:v>157.85</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>185.8</x:v>
+        <x:v>225.5</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45646.7607291667</x:v>
+        <x:v>45685.7621990741</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>129.64</x:v>
+        <x:v>157.85</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>185.2</x:v>
+        <x:v>225.5</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45645.7575925926</x:v>
+        <x:v>45684.7611111111</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>129.5</x:v>
+        <x:v>146.16</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>185</x:v>
+        <x:v>208.8</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45644.7668402778</x:v>
+        <x:v>45681.7681018518</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>131.81</x:v>
+        <x:v>145.88</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>188.3</x:v>
+        <x:v>208.4</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45643.7697106482</x:v>
+        <x:v>45679.759537037</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>130.48</x:v>
+        <x:v>144.06</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>186.4</x:v>
+        <x:v>205.8</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45642.7680902778</x:v>
+        <x:v>45678.7595023148</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>134.155</x:v>
+        <x:v>142.73</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>191.65</x:v>
+        <x:v>203.9</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45638.763287037</x:v>
+        <x:v>45677.7651041667</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>136.29</x:v>
+        <x:v>140.28</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>194.7</x:v>
+        <x:v>200.4</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45637.7962962963</x:v>
+        <x:v>45674.7630671296</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>134.925</x:v>
+        <x:v>137.9</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>192.75</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45636.7680208333</x:v>
+        <x:v>45673.7629513889</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>134.295</x:v>
+        <x:v>138.915</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>191.85</x:v>
+        <x:v>198.45</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45635.7600578704</x:v>
+        <x:v>45672.7645486111</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>129.045</x:v>
+        <x:v>140.63</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>184.35</x:v>
+        <x:v>200.9</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45632.7600810185</x:v>
+        <x:v>45671.7791666667</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>125.86</x:v>
+        <x:v>141.4</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>179.8</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45631.7586342593</x:v>
+        <x:v>45670.7590856481</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>122.675</x:v>
+        <x:v>142.66</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>175.25</x:v>
+        <x:v>203.8</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45630.7638657407</x:v>
+        <x:v>45667.7626157407</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>126.595</x:v>
+        <x:v>140.42</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>180.85</x:v>
+        <x:v>200.6</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45629.7659490741</x:v>
+        <x:v>45666.7588541667</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>124.635</x:v>
+        <x:v>139.475</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>178.05</x:v>
+        <x:v>199.25</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45628.7705092593</x:v>
+        <x:v>45665.7753240741</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>126.56</x:v>
+        <x:v>138.705</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>180.8</x:v>
+        <x:v>198.15</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45625.7597916667</x:v>
+        <x:v>45664.7606365741</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>126.245</x:v>
+        <x:v>138.775</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>180.35</x:v>
+        <x:v>198.25</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45624.7724074074</x:v>
+        <x:v>45663.7687384259</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>126.77</x:v>
+        <x:v>134.96</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>181.1</x:v>
+        <x:v>192.8</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45623.7602546296</x:v>
+        <x:v>45660.7612152778</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>126</x:v>
+        <x:v>126.84</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>180</x:v>
+        <x:v>181.2</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45622.7714814815</x:v>
+        <x:v>45659.7570949074</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>125.37</x:v>
+        <x:v>129.57</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>179.1</x:v>
+        <x:v>185.1</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45621.76375</x:v>
+        <x:v>45656.7590856481</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>124.88</x:v>
+        <x:v>128.975</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>178.4</x:v>
+        <x:v>184.25</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45618.785150463</x:v>
+        <x:v>45653.7594212963</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>122.5</x:v>
+        <x:v>131.11</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>175</x:v>
+        <x:v>187.3</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45617.7602662037</x:v>
+        <x:v>45649.7573148148</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>118.02</x:v>
+        <x:v>130.06</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>168.6</x:v>
+        <x:v>185.8</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45616.7634259259</x:v>
+        <x:v>45646.7607291667</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>117.635</x:v>
+        <x:v>129.64</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>168.05</x:v>
+        <x:v>185.2</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45615.7578587963</x:v>
+        <x:v>45645.7575925926</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>117.495</x:v>
+        <x:v>129.5</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>167.85</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45614.9241898148</x:v>
+        <x:v>45644.7668402778</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>117.11</x:v>
+        <x:v>131.81</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>167.3</x:v>
+        <x:v>188.3</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45614.7648842593</x:v>
+        <x:v>45643.7697106482</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>117.11</x:v>
+        <x:v>130.48</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>167.3</x:v>
+        <x:v>186.4</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45611.7686458333</x:v>
+        <x:v>45642.7680902778</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>119.875</x:v>
+        <x:v>134.155</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>171.25</x:v>
+        <x:v>191.65</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45610.7625</x:v>
+        <x:v>45638.763287037</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>128.485</x:v>
+        <x:v>136.29</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>183.55</x:v>
+        <x:v>194.7</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45609.7625810185</x:v>
+        <x:v>45637.7962962963</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>127.75</x:v>
+        <x:v>134.925</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>182.5</x:v>
+        <x:v>192.75</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45608.7779282407</x:v>
+        <x:v>45636.7680208333</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>129.92</x:v>
+        <x:v>134.295</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>185.6</x:v>
+        <x:v>191.85</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45607.759224537</x:v>
+        <x:v>45635.7600578704</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>128.31</x:v>
+        <x:v>129.045</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>183.3</x:v>
+        <x:v>184.35</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45604.7572800926</x:v>
+        <x:v>45632.7600810185</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>127.19</x:v>
+        <x:v>125.86</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>181.7</x:v>
+        <x:v>179.8</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45603.7594444444</x:v>
+        <x:v>45631.7586342593</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>129.08</x:v>
+        <x:v>122.675</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>184.4</x:v>
+        <x:v>175.25</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45602.758900463</x:v>
+        <x:v>45630.7638657407</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>127.365</x:v>
+        <x:v>126.595</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>181.95</x:v>
+        <x:v>180.85</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45601.7576967593</x:v>
+        <x:v>45629.7659490741</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>132.3</x:v>
+        <x:v>124.635</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>189</x:v>
+        <x:v>178.05</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45600.7605555556</x:v>
+        <x:v>45628.7705092593</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>133.28</x:v>
+        <x:v>126.56</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>190.4</x:v>
+        <x:v>180.8</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45597.7588078704</x:v>
+        <x:v>45625.7597916667</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>134.4</x:v>
+        <x:v>126.245</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>192</x:v>
+        <x:v>180.35</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45596.7617013889</x:v>
+        <x:v>45624.7724074074</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>128.31</x:v>
+        <x:v>126.77</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>183.3</x:v>
+        <x:v>181.1</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45595.7568981481</x:v>
+        <x:v>45623.7602546296</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>128.8</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>184</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45594.7605324074</x:v>
+        <x:v>45622.7714814815</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>130.235</x:v>
+        <x:v>125.37</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>186.05</x:v>
+        <x:v>179.1</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45593.7741898148</x:v>
+        <x:v>45621.76375</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>133.525</x:v>
+        <x:v>124.88</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>190.75</x:v>
+        <x:v>178.4</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45590.7682638889</x:v>
+        <x:v>45618.785150463</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>132.16</x:v>
+        <x:v>122.5</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>188.8</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45589.7589351852</x:v>
+        <x:v>45617.7602662037</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>134.68</x:v>
+        <x:v>118.02</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>192.4</x:v>
+        <x:v>168.6</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45588.7684259259</x:v>
+        <x:v>45616.7634259259</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>137.2</x:v>
+        <x:v>117.635</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>196</x:v>
+        <x:v>168.05</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45587.7587152778</x:v>
+        <x:v>45615.7578587963</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>138.985</x:v>
+        <x:v>117.495</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>198.55</x:v>
+        <x:v>167.85</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45586.7589236111</x:v>
+        <x:v>45614.9241898148</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>139.23</x:v>
+        <x:v>117.11</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>198.9</x:v>
+        <x:v>167.3</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45583.7648726852</x:v>
+        <x:v>45614.7648842593</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>148.33</x:v>
+        <x:v>117.11</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>211.9</x:v>
+        <x:v>167.3</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45581.7578703704</x:v>
+        <x:v>45611.7686458333</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>123.725</x:v>
+        <x:v>119.875</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>176.75</x:v>
+        <x:v>171.25</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45580.7602546296</x:v>
+        <x:v>45610.7625</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>129.465</x:v>
+        <x:v>128.485</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>184.95</x:v>
+        <x:v>183.55</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45579.7583101852</x:v>
+        <x:v>45609.7625810185</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>134.05</x:v>
+        <x:v>127.75</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>191.5</x:v>
+        <x:v>182.5</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45576.7678935185</x:v>
+        <x:v>45608.7779282407</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>131.74</x:v>
+        <x:v>129.92</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>188.2</x:v>
+        <x:v>185.6</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45575.7565625</x:v>
+        <x:v>45607.759224537</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>129.57</x:v>
+        <x:v>128.31</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>185.1</x:v>
+        <x:v>183.3</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45574.7611111111</x:v>
+        <x:v>45604.7572800926</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>127.785</x:v>
+        <x:v>127.19</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>182.55</x:v>
+        <x:v>181.7</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45573.7605787037</x:v>
+        <x:v>45603.7594444444</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>127.75</x:v>
+        <x:v>129.08</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>182.5</x:v>
+        <x:v>184.4</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45572.7566087963</x:v>
+        <x:v>45602.758900463</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>127.295</x:v>
+        <x:v>127.365</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>181.85</x:v>
+        <x:v>181.95</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45569.7642013889</x:v>
+        <x:v>45601.7576967593</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>127.295</x:v>
+        <x:v>132.3</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>181.85</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45568.765474537</x:v>
+        <x:v>45600.7605555556</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>125.79</x:v>
+        <x:v>133.28</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>179.7</x:v>
+        <x:v>190.4</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45567.7655324074</x:v>
+        <x:v>45597.7588078704</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>127.33</x:v>
+        <x:v>134.4</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>181.9</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45566.7561226852</x:v>
+        <x:v>45596.7617013889</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>129.115</x:v>
+        <x:v>128.31</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>184.45</x:v>
+        <x:v>183.3</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45565.7591319444</x:v>
+        <x:v>45595.7568981481</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>131.425</x:v>
+        <x:v>128.8</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>187.75</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45562.7587268519</x:v>
+        <x:v>45594.7605324074</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>134.26</x:v>
+        <x:v>130.235</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>191.8</x:v>
+        <x:v>186.05</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45561.7609606481</x:v>
+        <x:v>45593.7741898148</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>128.765</x:v>
+        <x:v>133.525</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>183.95</x:v>
+        <x:v>190.75</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45560.7716550926</x:v>
+        <x:v>45590.7682638889</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>119.245</x:v>
+        <x:v>132.16</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>170.35</x:v>
+        <x:v>188.8</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45559.7597106481</x:v>
+        <x:v>45589.7589351852</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>120.4</x:v>
+        <x:v>134.68</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>172</x:v>
+        <x:v>192.4</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45558.7541782407</x:v>
+        <x:v>45588.7684259259</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>120.68</x:v>
+        <x:v>137.2</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>172.4</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45555.7577777778</x:v>
+        <x:v>45587.7587152778</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>120.05</x:v>
+        <x:v>138.985</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>171.5</x:v>
+        <x:v>198.55</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45554.7555787037</x:v>
+        <x:v>45586.7589236111</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>126.91</x:v>
+        <x:v>139.23</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>181.3</x:v>
+        <x:v>198.9</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45553.7544560185</x:v>
+        <x:v>45583.7648726852</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>125.755</x:v>
+        <x:v>148.33</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>179.65</x:v>
+        <x:v>211.9</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45552.7566087963</x:v>
+        <x:v>45581.7578703704</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>127.05</x:v>
+        <x:v>123.725</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>181.5</x:v>
+        <x:v>176.75</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45551.7525578704</x:v>
+        <x:v>45580.7602546296</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>127.68</x:v>
+        <x:v>129.465</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>182.4</x:v>
+        <x:v>184.95</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45548.7578125</x:v>
+        <x:v>45579.7583101852</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>129.36</x:v>
+        <x:v>134.05</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>184.8</x:v>
+        <x:v>191.5</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45547.7526736111</x:v>
+        <x:v>45576.7678935185</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>130.9</x:v>
+        <x:v>131.74</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>187</x:v>
+        <x:v>188.2</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45546.750625</x:v>
+        <x:v>45575.7565625</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>132.02</x:v>
+        <x:v>129.57</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>188.6</x:v>
+        <x:v>185.1</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45546.750625</x:v>
+        <x:v>45574.7611111111</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>132.825</x:v>
+        <x:v>127.785</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>189.75</x:v>
+        <x:v>182.55</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45545.7516087963</x:v>
+        <x:v>45573.7605787037</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>132.02</x:v>
+        <x:v>127.75</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>188.6</x:v>
+        <x:v>182.5</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45544.7531597222</x:v>
+        <x:v>45572.7566087963</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>132.125</x:v>
+        <x:v>127.295</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>188.75</x:v>
+        <x:v>181.85</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45541.7748726852</x:v>
+        <x:v>45569.7642013889</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>121.975</x:v>
+        <x:v>127.295</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>174.25</x:v>
+        <x:v>181.85</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45540.7513310185</x:v>
+        <x:v>45568.765474537</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>121.975</x:v>
+        <x:v>125.79</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>174.25</x:v>
+        <x:v>179.7</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45539.7505324074</x:v>
+        <x:v>45567.7655324074</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>121.415</x:v>
+        <x:v>127.33</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>173.45</x:v>
+        <x:v>181.9</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45538.7613888889</x:v>
+        <x:v>45566.7561226852</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>122.29</x:v>
+        <x:v>129.115</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>174.7</x:v>
+        <x:v>184.45</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45537.7586689815</x:v>
+        <x:v>45565.7591319444</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>121.625</x:v>
+        <x:v>131.425</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>173.75</x:v>
+        <x:v>187.75</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45534.758900463</x:v>
+        <x:v>45562.7587268519</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>128.59</x:v>
+        <x:v>134.26</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>183.7</x:v>
+        <x:v>191.8</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45533.7650694444</x:v>
+        <x:v>45561.7609606481</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>128.59</x:v>
+        <x:v>128.765</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>183.7</x:v>
+        <x:v>183.95</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45532.7509375</x:v>
+        <x:v>45560.7716550926</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>126.42</x:v>
+        <x:v>119.245</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>180.6</x:v>
+        <x:v>170.35</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45531.7522800926</x:v>
+        <x:v>45559.7597106481</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>124.04</x:v>
+        <x:v>120.4</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>177.2</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45530.7534490741</x:v>
+        <x:v>45558.7541782407</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>124.04</x:v>
+        <x:v>120.68</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>177.2</x:v>
+        <x:v>172.4</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45527.7533333333</x:v>
+        <x:v>45555.7577777778</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>122.78</x:v>
+        <x:v>120.05</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>175.4</x:v>
+        <x:v>171.5</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45526.7495601852</x:v>
+        <x:v>45554.7555787037</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>122.78</x:v>
+        <x:v>126.91</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>175.4</x:v>
+        <x:v>181.3</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45525.7531828704</x:v>
+        <x:v>45553.7544560185</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>119.21</x:v>
+        <x:v>125.755</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>170.3</x:v>
+        <x:v>179.65</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45524.7573263889</x:v>
+        <x:v>45552.7566087963</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>119.21</x:v>
+        <x:v>127.05</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>170.3</x:v>
+        <x:v>181.5</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45523.7507407407</x:v>
+        <x:v>45551.7525578704</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>120.925</x:v>
+        <x:v>127.68</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>172.75</x:v>
+        <x:v>182.4</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45520.7526273148</x:v>
+        <x:v>45548.7578125</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>120.925</x:v>
+        <x:v>129.36</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>172.75</x:v>
+        <x:v>184.8</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45519.7847800926</x:v>
+        <x:v>45547.7526736111</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>119.875</x:v>
+        <x:v>130.9</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>171.25</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45518.7549652778</x:v>
+        <x:v>45546.750625</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>120.785</x:v>
+        <x:v>132.02</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>172.55</x:v>
+        <x:v>188.6</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45517.7494212963</x:v>
+        <x:v>45546.750625</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>120.785</x:v>
+        <x:v>132.825</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>172.55</x:v>
+        <x:v>189.75</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45516.7503935185</x:v>
+        <x:v>45545.7516087963</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>122.5</x:v>
+        <x:v>132.02</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>175</x:v>
+        <x:v>188.6</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45513.7535416667</x:v>
+        <x:v>45544.7531597222</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>122.5</x:v>
+        <x:v>132.125</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>175</x:v>
+        <x:v>188.75</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45512.7519560185</x:v>
+        <x:v>45541.7748726852</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>122.92</x:v>
+        <x:v>121.975</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>175.6</x:v>
+        <x:v>174.25</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45511.7528472222</x:v>
+        <x:v>45540.7513310185</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>120.33</x:v>
+        <x:v>121.975</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>171.9</x:v>
+        <x:v>174.25</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45510.771087963</x:v>
+        <x:v>45539.7505324074</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>120.33</x:v>
+        <x:v>121.415</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>171.9</x:v>
+        <x:v>173.45</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45509.7565856481</x:v>
+        <x:v>45538.7613888889</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>120.61</x:v>
+        <x:v>122.29</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>172.3</x:v>
+        <x:v>174.7</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45506.7579282407</x:v>
+        <x:v>45537.7586689815</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>128.905</x:v>
+        <x:v>121.625</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>184.15</x:v>
+        <x:v>173.75</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45505.7519791667</x:v>
+        <x:v>45534.758900463</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>129.465</x:v>
+        <x:v>128.59</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>184.95</x:v>
+        <x:v>183.7</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45504.7537615741</x:v>
+        <x:v>45533.7650694444</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>125.475</x:v>
+        <x:v>128.59</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>179.25</x:v>
+        <x:v>183.7</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45503.7497800926</x:v>
+        <x:v>45532.7509375</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>125.475</x:v>
+        <x:v>126.42</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>179.25</x:v>
+        <x:v>180.6</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45502.7520949074</x:v>
+        <x:v>45531.7522800926</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>121.695</x:v>
+        <x:v>124.04</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>173.85</x:v>
+        <x:v>177.2</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45499.7499421296</x:v>
+        <x:v>45530.7534490741</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>121.695</x:v>
+        <x:v>124.04</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>173.85</x:v>
+        <x:v>177.2</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45498.7519328704</x:v>
+        <x:v>45527.7533333333</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>114.975</x:v>
+        <x:v>122.78</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>164.25</x:v>
+        <x:v>175.4</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45497.7532638889</x:v>
+        <x:v>45526.7495601852</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>113.155</x:v>
+        <x:v>122.78</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>161.65</x:v>
+        <x:v>175.4</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45496.7497106481</x:v>
+        <x:v>45525.7531828704</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>111.3</x:v>
+        <x:v>119.21</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>159</x:v>
+        <x:v>170.3</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45495.7515393519</x:v>
+        <x:v>45524.7573263889</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>101.745</x:v>
+        <x:v>119.21</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>145.35</x:v>
+        <x:v>170.3</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45492.7568402778</x:v>
+        <x:v>45523.7507407407</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>122.85</x:v>
+        <x:v>120.925</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>175.5</x:v>
+        <x:v>172.75</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45491.7527777778</x:v>
+        <x:v>45520.7526273148</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>122.85</x:v>
+        <x:v>120.925</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>175.5</x:v>
+        <x:v>172.75</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45490.7537152778</x:v>
+        <x:v>45519.7847800926</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>119.105</x:v>
+        <x:v>119.875</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>170.15</x:v>
+        <x:v>171.25</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45489.7499189815</x:v>
+        <x:v>45518.7549652778</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>119.105</x:v>
+        <x:v>120.785</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>170.15</x:v>
+        <x:v>172.55</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45488.7521990741</x:v>
+        <x:v>45517.7494212963</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>117.425</x:v>
+        <x:v>120.785</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>167.75</x:v>
+        <x:v>172.55</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45485.7526851852</x:v>
+        <x:v>45516.7503935185</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>117.915</x:v>
+        <x:v>122.5</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>168.45</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45484.7509259259</x:v>
+        <x:v>45513.7535416667</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>117.915</x:v>
+        <x:v>122.5</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>168.45</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45483.7515625</x:v>
+        <x:v>45512.7519560185</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>112.385</x:v>
+        <x:v>122.92</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>160.55</x:v>
+        <x:v>175.6</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45482.7511111111</x:v>
+        <x:v>45511.7528472222</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>109.9</x:v>
+        <x:v>120.33</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>157</x:v>
+        <x:v>171.9</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45481.7519328704</x:v>
+        <x:v>45510.771087963</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>111.16</x:v>
+        <x:v>120.33</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>158.8</x:v>
+        <x:v>171.9</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45478.7523726852</x:v>
+        <x:v>45509.7565856481</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>108.465</x:v>
+        <x:v>120.61</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>154.95</x:v>
+        <x:v>172.3</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45477.7563425926</x:v>
+        <x:v>45506.7579282407</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>108.465</x:v>
+        <x:v>128.905</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>154.95</x:v>
+        <x:v>184.15</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45476.7534606481</x:v>
+        <x:v>45505.7519791667</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>104.405</x:v>
+        <x:v>129.465</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>149.15</x:v>
+        <x:v>184.95</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45475.7574537037</x:v>
+        <x:v>45504.7537615741</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>104.405</x:v>
+        <x:v>125.475</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>149.15</x:v>
+        <x:v>179.25</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45474.7653356481</x:v>
+        <x:v>45503.7497800926</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>102.69</x:v>
+        <x:v>125.475</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>146.7</x:v>
+        <x:v>179.25</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45471.7527199074</x:v>
+        <x:v>45502.7520949074</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>107.905</x:v>
+        <x:v>121.695</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>154.15</x:v>
+        <x:v>173.85</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45470.7518055556</x:v>
+        <x:v>45499.7499421296</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>107.905</x:v>
+        <x:v>121.695</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>154.15</x:v>
+        <x:v>173.85</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45469.7561226852</x:v>
+        <x:v>45498.7519328704</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>110.145</x:v>
+        <x:v>114.975</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>157.35</x:v>
+        <x:v>164.25</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45468.765150463</x:v>
+        <x:v>45497.7532638889</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>111.615</x:v>
+        <x:v>113.155</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>159.45</x:v>
+        <x:v>161.65</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45467.7595717593</x:v>
+        <x:v>45496.7497106481</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>110.18</x:v>
+        <x:v>111.3</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>157.4</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45464.7598842593</x:v>
+        <x:v>45495.7515393519</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>109.725</x:v>
+        <x:v>101.745</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>156.75</x:v>
+        <x:v>145.35</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
-        <x:v>45463.7555439815</x:v>
+        <x:v>45492.7568402778</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C414" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D414" s="0">
-        <x:v>109.725</x:v>
+        <x:v>122.85</x:v>
       </x:c>
       <x:c r="E414" s="0">
-        <x:v>156.75</x:v>
+        <x:v>175.5</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5">
       <x:c r="A415" s="1">
-        <x:v>45462.7592361111</x:v>
+        <x:v>45491.7527777778</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C415" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D415" s="0">
-        <x:v>124.145</x:v>
+        <x:v>122.85</x:v>
       </x:c>
       <x:c r="E415" s="0">
-        <x:v>177.35</x:v>
+        <x:v>175.5</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5">
       <x:c r="A416" s="1">
-        <x:v>45461.749849537</x:v>
+        <x:v>45490.7537152778</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C416" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D416" s="0">
-        <x:v>124.145</x:v>
+        <x:v>119.105</x:v>
       </x:c>
       <x:c r="E416" s="0">
-        <x:v>177.35</x:v>
+        <x:v>170.15</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5">
       <x:c r="A417" s="1">
-        <x:v>45460.7520833333</x:v>
+        <x:v>45489.7499189815</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C417" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D417" s="0">
-        <x:v>125.125</x:v>
+        <x:v>119.105</x:v>
       </x:c>
       <x:c r="E417" s="0">
-        <x:v>178.75</x:v>
+        <x:v>170.15</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5">
       <x:c r="A418" s="1">
-        <x:v>45457.7537847222</x:v>
+        <x:v>45488.7521990741</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C418" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D418" s="0">
-        <x:v>125.125</x:v>
+        <x:v>117.425</x:v>
       </x:c>
       <x:c r="E418" s="0">
-        <x:v>178.75</x:v>
+        <x:v>167.75</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5">
       <x:c r="A419" s="1">
-        <x:v>45456.7544097222</x:v>
+        <x:v>45485.7526851852</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C419" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D419" s="0">
-        <x:v>127.54</x:v>
+        <x:v>117.915</x:v>
       </x:c>
       <x:c r="E419" s="0">
-        <x:v>182.2</x:v>
+        <x:v>168.45</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5">
       <x:c r="A420" s="1">
-        <x:v>45455.7563310185</x:v>
+        <x:v>45484.7509259259</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C420" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D420" s="0">
-        <x:v>132.79</x:v>
+        <x:v>117.915</x:v>
       </x:c>
       <x:c r="E420" s="0">
-        <x:v>189.7</x:v>
+        <x:v>168.45</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5">
       <x:c r="A421" s="1">
-        <x:v>45454.7545486111</x:v>
+        <x:v>45483.7515625</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C421" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D421" s="0">
-        <x:v>132.79</x:v>
+        <x:v>112.385</x:v>
       </x:c>
       <x:c r="E421" s="0">
-        <x:v>189.7</x:v>
+        <x:v>160.55</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5">
       <x:c r="A422" s="1">
-        <x:v>45453.755462963</x:v>
+        <x:v>45482.7511111111</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C422" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D422" s="0">
-        <x:v>129.815</x:v>
+        <x:v>109.9</x:v>
       </x:c>
       <x:c r="E422" s="0">
-        <x:v>185.45</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5">
       <x:c r="A423" s="1">
-        <x:v>45450.7637152778</x:v>
+        <x:v>45481.7519328704</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C423" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D423" s="0">
-        <x:v>129.255</x:v>
+        <x:v>111.16</x:v>
       </x:c>
       <x:c r="E423" s="0">
-        <x:v>184.65</x:v>
+        <x:v>158.8</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5">
       <x:c r="A424" s="1">
-        <x:v>45449.7531134259</x:v>
+        <x:v>45478.7523726852</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C424" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D424" s="0">
-        <x:v>130.445</x:v>
+        <x:v>108.465</x:v>
       </x:c>
       <x:c r="E424" s="0">
-        <x:v>186.35</x:v>
+        <x:v>154.95</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5">
       <x:c r="A425" s="1">
-        <x:v>45448.7574537037</x:v>
+        <x:v>45477.7563425926</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C425" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D425" s="0">
-        <x:v>129.08</x:v>
+        <x:v>108.465</x:v>
       </x:c>
       <x:c r="E425" s="0">
-        <x:v>184.4</x:v>
+        <x:v>154.95</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5">
       <x:c r="A426" s="1">
-        <x:v>45447.7543171296</x:v>
+        <x:v>45476.7534606481</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C426" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D426" s="0">
-        <x:v>125.51</x:v>
+        <x:v>104.405</x:v>
       </x:c>
       <x:c r="E426" s="0">
-        <x:v>179.3</x:v>
+        <x:v>149.15</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5">
       <x:c r="A427" s="1">
-        <x:v>45446.7530208333</x:v>
+        <x:v>45475.7574537037</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C427" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D427" s="0">
-        <x:v>127.085</x:v>
+        <x:v>104.405</x:v>
       </x:c>
       <x:c r="E427" s="0">
-        <x:v>181.55</x:v>
+        <x:v>149.15</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5">
       <x:c r="A428" s="1">
-        <x:v>45443.7519907407</x:v>
+        <x:v>45474.7653356481</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C428" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D428" s="0">
-        <x:v>127.855</x:v>
+        <x:v>102.69</x:v>
       </x:c>
       <x:c r="E428" s="0">
-        <x:v>182.65</x:v>
+        <x:v>146.7</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5">
       <x:c r="A429" s="1">
-        <x:v>45442.7578240741</x:v>
+        <x:v>45471.7527199074</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C429" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D429" s="0">
-        <x:v>128.205</x:v>
+        <x:v>107.905</x:v>
       </x:c>
       <x:c r="E429" s="0">
-        <x:v>183.15</x:v>
+        <x:v>154.15</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5">
       <x:c r="A430" s="1">
-        <x:v>45441.7499421296</x:v>
+        <x:v>45470.7518055556</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C430" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D430" s="0">
-        <x:v>129.08</x:v>
+        <x:v>107.905</x:v>
       </x:c>
       <x:c r="E430" s="0">
-        <x:v>184.4</x:v>
+        <x:v>154.15</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5">
       <x:c r="A431" s="1">
-        <x:v>45440.7590162037</x:v>
+        <x:v>45469.7561226852</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C431" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D431" s="0">
-        <x:v>131.355</x:v>
+        <x:v>110.145</x:v>
       </x:c>
       <x:c r="E431" s="0">
-        <x:v>187.65</x:v>
+        <x:v>157.35</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5">
       <x:c r="A432" s="1">
-        <x:v>45439.7628819444</x:v>
+        <x:v>45468.765150463</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C432" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D432" s="0">
-        <x:v>134.785</x:v>
+        <x:v>111.615</x:v>
       </x:c>
       <x:c r="E432" s="0">
-        <x:v>192.55</x:v>
+        <x:v>159.45</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5">
       <x:c r="A433" s="1">
-        <x:v>45436.7528935185</x:v>
+        <x:v>45467.7595717593</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C433" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D433" s="0">
-        <x:v>134.505</x:v>
+        <x:v>110.18</x:v>
       </x:c>
       <x:c r="E433" s="0">
-        <x:v>192.15</x:v>
+        <x:v>157.4</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5">
       <x:c r="A434" s="1">
-        <x:v>45435.756099537</x:v>
+        <x:v>45464.7598842593</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C434" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D434" s="0">
-        <x:v>137.165</x:v>
+        <x:v>109.725</x:v>
       </x:c>
       <x:c r="E434" s="0">
-        <x:v>195.95</x:v>
+        <x:v>156.75</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5">
       <x:c r="A435" s="1">
-        <x:v>45434.7503587963</x:v>
+        <x:v>45463.7555439815</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C435" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D435" s="0">
-        <x:v>137.165</x:v>
+        <x:v>109.725</x:v>
       </x:c>
       <x:c r="E435" s="0">
-        <x:v>195.95</x:v>
+        <x:v>156.75</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5">
       <x:c r="A436" s="1">
-        <x:v>45433.7539930556</x:v>
+        <x:v>45462.7592361111</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C436" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D436" s="0">
-        <x:v>135.8</x:v>
+        <x:v>124.145</x:v>
       </x:c>
       <x:c r="E436" s="0">
-        <x:v>194</x:v>
+        <x:v>177.35</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5">
       <x:c r="A437" s="1">
-        <x:v>45432.7536689815</x:v>
+        <x:v>45461.749849537</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C437" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D437" s="0">
-        <x:v>136.955</x:v>
+        <x:v>124.145</x:v>
       </x:c>
       <x:c r="E437" s="0">
-        <x:v>195.65</x:v>
+        <x:v>177.35</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5">
       <x:c r="A438" s="1">
-        <x:v>45429.7605208333</x:v>
+        <x:v>45460.7520833333</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C438" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D438" s="0">
-        <x:v>143.99</x:v>
+        <x:v>125.125</x:v>
       </x:c>
       <x:c r="E438" s="0">
-        <x:v>205.7</x:v>
+        <x:v>178.75</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5">
       <x:c r="A439" s="1">
-        <x:v>45428.7605208333</x:v>
+        <x:v>45457.7537847222</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C439" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D439" s="0">
-        <x:v>150.5</x:v>
+        <x:v>125.125</x:v>
       </x:c>
       <x:c r="E439" s="0">
-        <x:v>215</x:v>
+        <x:v>178.75</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5">
       <x:c r="A440" s="1">
-        <x:v>45427.7498032407</x:v>
+        <x:v>45456.7544097222</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C440" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D440" s="0">
-        <x:v>150.5</x:v>
+        <x:v>127.54</x:v>
       </x:c>
       <x:c r="E440" s="0">
-        <x:v>215</x:v>
+        <x:v>182.2</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5">
       <x:c r="A441" s="1">
-        <x:v>45426.7551157407</x:v>
+        <x:v>45455.7563310185</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C441" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D441" s="0">
-        <x:v>142.52</x:v>
+        <x:v>132.79</x:v>
       </x:c>
       <x:c r="E441" s="0">
-        <x:v>203.6</x:v>
+        <x:v>189.7</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5">
       <x:c r="A442" s="1">
-        <x:v>45425.7516666667</x:v>
+        <x:v>45454.7545486111</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C442" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D442" s="0">
-        <x:v>143.99</x:v>
+        <x:v>132.79</x:v>
       </x:c>
       <x:c r="E442" s="0">
-        <x:v>205.7</x:v>
+        <x:v>189.7</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5">
       <x:c r="A443" s="1">
-        <x:v>45422.7512268519</x:v>
+        <x:v>45453.755462963</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C443" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D443" s="0">
-        <x:v>143.99</x:v>
+        <x:v>129.815</x:v>
       </x:c>
       <x:c r="E443" s="0">
-        <x:v>205.7</x:v>
+        <x:v>185.45</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5">
       <x:c r="A444" s="1">
-        <x:v>45421.8100578704</x:v>
+        <x:v>45450.7637152778</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C444" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D444" s="0">
-        <x:v>145.39</x:v>
+        <x:v>129.255</x:v>
       </x:c>
       <x:c r="E444" s="0">
-        <x:v>207.7</x:v>
+        <x:v>184.65</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5">
       <x:c r="A445" s="1">
-        <x:v>45421.7512037037</x:v>
+        <x:v>45449.7531134259</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C445" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D445" s="0">
-        <x:v>145.39</x:v>
+        <x:v>130.445</x:v>
       </x:c>
       <x:c r="E445" s="0">
-        <x:v>207.7</x:v>
+        <x:v>186.35</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5">
       <x:c r="A446" s="1">
-        <x:v>45420.748587963</x:v>
+        <x:v>45448.7574537037</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C446" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D446" s="0">
-        <x:v>145.74</x:v>
+        <x:v>129.08</x:v>
       </x:c>
       <x:c r="E446" s="0">
-        <x:v>208.2</x:v>
+        <x:v>184.4</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5">
       <x:c r="A447" s="1">
-        <x:v>45419.7551273148</x:v>
+        <x:v>45447.7543171296</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C447" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D447" s="0">
-        <x:v>145.74</x:v>
+        <x:v>125.51</x:v>
       </x:c>
       <x:c r="E447" s="0">
-        <x:v>208.2</x:v>
+        <x:v>179.3</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5">
       <x:c r="A448" s="1">
-        <x:v>45418.7545601852</x:v>
+        <x:v>45446.7530208333</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C448" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D448" s="0">
-        <x:v>144.2</x:v>
+        <x:v>127.085</x:v>
       </x:c>
       <x:c r="E448" s="0">
-        <x:v>206</x:v>
+        <x:v>181.55</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5">
       <x:c r="A449" s="1">
-        <x:v>45415.7563310185</x:v>
+        <x:v>45443.7519907407</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C449" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D449" s="0">
-        <x:v>145.81</x:v>
+        <x:v>127.855</x:v>
       </x:c>
       <x:c r="E449" s="0">
-        <x:v>208.3</x:v>
+        <x:v>182.65</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5">
       <x:c r="A450" s="1">
-        <x:v>45414.7534953704</x:v>
+        <x:v>45442.7578240741</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C450" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D450" s="0">
-        <x:v>144.13</x:v>
+        <x:v>128.205</x:v>
       </x:c>
       <x:c r="E450" s="0">
-        <x:v>205.9</x:v>
+        <x:v>183.15</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5">
       <x:c r="A451" s="1">
-        <x:v>45412.7544791667</x:v>
+        <x:v>45441.7499421296</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C451" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D451" s="0">
-        <x:v>142.1</x:v>
+        <x:v>129.08</x:v>
       </x:c>
       <x:c r="E451" s="0">
-        <x:v>203</x:v>
+        <x:v>184.4</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5">
       <x:c r="A452" s="1">
-        <x:v>45411.7837615741</x:v>
+        <x:v>45440.7590162037</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C452" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D452" s="0">
-        <x:v>145.81</x:v>
+        <x:v>131.355</x:v>
       </x:c>
       <x:c r="E452" s="0">
-        <x:v>208.3</x:v>
+        <x:v>187.65</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5">
       <x:c r="A453" s="1">
-        <x:v>45408.7482291667</x:v>
+        <x:v>45439.7628819444</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C453" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D453" s="0">
-        <x:v>145.81</x:v>
+        <x:v>134.785</x:v>
       </x:c>
       <x:c r="E453" s="0">
-        <x:v>208.3</x:v>
+        <x:v>192.55</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5">
       <x:c r="A454" s="1">
-        <x:v>45407.7556828704</x:v>
+        <x:v>45436.7528935185</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C454" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D454" s="0">
-        <x:v>142.38</x:v>
+        <x:v>134.505</x:v>
       </x:c>
       <x:c r="E454" s="0">
-        <x:v>203.4</x:v>
+        <x:v>192.15</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5">
       <x:c r="A455" s="1">
-        <x:v>45406.7657638889</x:v>
+        <x:v>45435.756099537</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C455" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D455" s="0">
-        <x:v>146.09</x:v>
+        <x:v>137.165</x:v>
       </x:c>
       <x:c r="E455" s="0">
-        <x:v>208.7</x:v>
+        <x:v>195.95</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5">
       <x:c r="A456" s="1">
-        <x:v>45405.756875</x:v>
+        <x:v>45434.7503587963</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C456" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D456" s="0">
-        <x:v>146.09</x:v>
+        <x:v>137.165</x:v>
       </x:c>
       <x:c r="E456" s="0">
-        <x:v>208.7</x:v>
+        <x:v>195.95</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5">
       <x:c r="A457" s="1">
-        <x:v>45404.7572569444</x:v>
+        <x:v>45433.7539930556</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C457" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D457" s="0">
-        <x:v>140.42</x:v>
+        <x:v>135.8</x:v>
       </x:c>
       <x:c r="E457" s="0">
-        <x:v>200.6</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5">
       <x:c r="A458" s="1">
-        <x:v>45401.7980555556</x:v>
+        <x:v>45432.7536689815</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C458" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D458" s="0">
-        <x:v>146.72</x:v>
+        <x:v>136.955</x:v>
       </x:c>
       <x:c r="E458" s="0">
-        <x:v>209.6</x:v>
+        <x:v>195.65</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5">
       <x:c r="A459" s="1">
-        <x:v>45400.7584143519</x:v>
+        <x:v>45429.7605208333</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C459" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D459" s="0">
-        <x:v>146.72</x:v>
+        <x:v>143.99</x:v>
       </x:c>
       <x:c r="E459" s="0">
-        <x:v>209.6</x:v>
+        <x:v>205.7</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5">
       <x:c r="A460" s="1">
-        <x:v>45399.7646643519</x:v>
+        <x:v>45428.7605208333</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C460" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D460" s="0">
-        <x:v>174.02</x:v>
+        <x:v>150.5</x:v>
       </x:c>
       <x:c r="E460" s="0">
-        <x:v>248.6</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5">
       <x:c r="A461" s="1">
-        <x:v>45398.7542361111</x:v>
+        <x:v>45427.7498032407</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C461" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D461" s="0">
-        <x:v>176.75</x:v>
+        <x:v>150.5</x:v>
       </x:c>
       <x:c r="E461" s="0">
-        <x:v>252.5</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5">
       <x:c r="A462" s="1">
-        <x:v>45397.7515740741</x:v>
+        <x:v>45426.7551157407</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C462" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D462" s="0">
-        <x:v>178.22</x:v>
+        <x:v>142.52</x:v>
       </x:c>
       <x:c r="E462" s="0">
-        <x:v>254.6</x:v>
+        <x:v>203.6</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5">
       <x:c r="A463" s="1">
-        <x:v>45394.7513773148</x:v>
+        <x:v>45425.7516666667</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C463" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D463" s="0">
-        <x:v>175.42</x:v>
+        <x:v>143.99</x:v>
       </x:c>
       <x:c r="E463" s="0">
-        <x:v>250.6</x:v>
+        <x:v>205.7</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:5">
       <x:c r="A464" s="1">
-        <x:v>45393.7591203704</x:v>
+        <x:v>45422.7512268519</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C464" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D464" s="0">
-        <x:v>176.89</x:v>
+        <x:v>143.99</x:v>
       </x:c>
       <x:c r="E464" s="0">
-        <x:v>252.7</x:v>
+        <x:v>205.7</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:5">
       <x:c r="A465" s="1">
-        <x:v>45392.7661458333</x:v>
+        <x:v>45421.8100578704</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C465" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D465" s="0">
-        <x:v>176.89</x:v>
+        <x:v>145.39</x:v>
       </x:c>
       <x:c r="E465" s="0">
-        <x:v>252.7</x:v>
+        <x:v>207.7</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:5">
       <x:c r="A466" s="1">
-        <x:v>45391.7577662037</x:v>
+        <x:v>45421.7512037037</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C466" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D466" s="0">
-        <x:v>178.43</x:v>
+        <x:v>145.39</x:v>
       </x:c>
       <x:c r="E466" s="0">
-        <x:v>254.9</x:v>
+        <x:v>207.7</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:5">
       <x:c r="A467" s="1">
-        <x:v>45390.7571990741</x:v>
+        <x:v>45420.748587963</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C467" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D467" s="0">
-        <x:v>178.43</x:v>
+        <x:v>145.74</x:v>
       </x:c>
       <x:c r="E467" s="0">
-        <x:v>254.9</x:v>
+        <x:v>208.2</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:5">
       <x:c r="A468" s="1">
-        <x:v>45387.7545138889</x:v>
+        <x:v>45419.7551273148</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C468" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D468" s="0">
-        <x:v>176.33</x:v>
+        <x:v>145.74</x:v>
       </x:c>
       <x:c r="E468" s="0">
-        <x:v>251.9</x:v>
+        <x:v>208.2</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:5">
       <x:c r="A469" s="1">
-        <x:v>45386.7581944444</x:v>
+        <x:v>45418.7545601852</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C469" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D469" s="0">
-        <x:v>185.01</x:v>
+        <x:v>144.2</x:v>
       </x:c>
       <x:c r="E469" s="0">
-        <x:v>264.3</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:5">
       <x:c r="A470" s="1">
-        <x:v>45385.7621990741</x:v>
+        <x:v>45415.7563310185</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C470" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D470" s="0">
-        <x:v>185.01</x:v>
+        <x:v>145.81</x:v>
       </x:c>
       <x:c r="E470" s="0">
-        <x:v>264.3</x:v>
+        <x:v>208.3</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:5">
       <x:c r="A471" s="1">
-        <x:v>45384.7594907407</x:v>
+        <x:v>45414.7534953704</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C471" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D471" s="0">
-        <x:v>185.01</x:v>
+        <x:v>144.13</x:v>
       </x:c>
       <x:c r="E471" s="0">
-        <x:v>264.3</x:v>
+        <x:v>205.9</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:5">
       <x:c r="A472" s="1">
-        <x:v>45379.7524421296</x:v>
+        <x:v>45412.7544791667</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C472" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D472" s="0">
-        <x:v>185.01</x:v>
+        <x:v>142.1</x:v>
       </x:c>
       <x:c r="E472" s="0">
-        <x:v>264.3</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:5">
       <x:c r="A473" s="1">
-        <x:v>45378.751875</x:v>
+        <x:v>45411.7837615741</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C473" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D473" s="0">
-        <x:v>183.61</x:v>
+        <x:v>145.81</x:v>
       </x:c>
       <x:c r="E473" s="0">
-        <x:v>262.3</x:v>
+        <x:v>208.3</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5">
       <x:c r="A474" s="1">
-        <x:v>45377.7508912037</x:v>
+        <x:v>45408.7482291667</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C474" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D474" s="0">
-        <x:v>187.18</x:v>
+        <x:v>145.81</x:v>
       </x:c>
       <x:c r="E474" s="0">
-        <x:v>267.4</x:v>
+        <x:v>208.3</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5">
       <x:c r="A475" s="1">
-        <x:v>45376.7573611111</x:v>
+        <x:v>45407.7556828704</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C475" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D475" s="0">
-        <x:v>189.84</x:v>
+        <x:v>142.38</x:v>
       </x:c>
       <x:c r="E475" s="0">
-        <x:v>271.2</x:v>
+        <x:v>203.4</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5">
       <x:c r="A476" s="1">
-        <x:v>45373.7548148148</x:v>
+        <x:v>45406.7657638889</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C476" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D476" s="0">
-        <x:v>196</x:v>
+        <x:v>146.09</x:v>
       </x:c>
       <x:c r="E476" s="0">
-        <x:v>280</x:v>
+        <x:v>208.7</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5">
       <x:c r="A477" s="1">
-        <x:v>45372.7580555556</x:v>
+        <x:v>45405.756875</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C477" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D477" s="0">
-        <x:v>193.27</x:v>
+        <x:v>146.09</x:v>
       </x:c>
       <x:c r="E477" s="0">
-        <x:v>276.1</x:v>
+        <x:v>208.7</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:5">
       <x:c r="A478" s="1">
-        <x:v>45363.7500347222</x:v>
+        <x:v>45404.7572569444</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C478" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D478" s="0">
-        <x:v>191.73</x:v>
+        <x:v>140.42</x:v>
       </x:c>
       <x:c r="E478" s="0">
-        <x:v>273.9</x:v>
+        <x:v>200.6</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:5">
       <x:c r="A479" s="1">
-        <x:v>45362.7530902778</x:v>
+        <x:v>45401.7980555556</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C479" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D479" s="0">
-        <x:v>189.35</x:v>
+        <x:v>146.72</x:v>
       </x:c>
       <x:c r="E479" s="0">
-        <x:v>270.5</x:v>
+        <x:v>209.6</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:5">
       <x:c r="A480" s="1">
-        <x:v>45359.7548958333</x:v>
+        <x:v>45400.7584143519</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C480" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D480" s="0">
-        <x:v>188.93</x:v>
+        <x:v>146.72</x:v>
       </x:c>
       <x:c r="E480" s="0">
-        <x:v>269.9</x:v>
+        <x:v>209.6</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:5">
       <x:c r="A481" s="1">
-        <x:v>45358.7546990741</x:v>
+        <x:v>45399.7646643519</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C481" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D481" s="0">
-        <x:v>180.95</x:v>
+        <x:v>174.02</x:v>
       </x:c>
       <x:c r="E481" s="0">
-        <x:v>258.5</x:v>
+        <x:v>248.6</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:5">
       <x:c r="A482" s="1">
-        <x:v>45357.7533449074</x:v>
+        <x:v>45398.7542361111</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C482" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D482" s="0">
-        <x:v>180.95</x:v>
+        <x:v>176.75</x:v>
       </x:c>
       <x:c r="E482" s="0">
-        <x:v>258.5</x:v>
+        <x:v>252.5</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:5">
       <x:c r="A483" s="1">
-        <x:v>45356.7547222222</x:v>
+        <x:v>45397.7515740741</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C483" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D483" s="0">
-        <x:v>176.19</x:v>
+        <x:v>178.22</x:v>
       </x:c>
       <x:c r="E483" s="0">
-        <x:v>251.7</x:v>
+        <x:v>254.6</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:5">
       <x:c r="A484" s="1">
-        <x:v>45355.7464814815</x:v>
+        <x:v>45394.7513773148</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C484" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D484" s="0">
-        <x:v>175.21</x:v>
+        <x:v>175.42</x:v>
       </x:c>
       <x:c r="E484" s="0">
-        <x:v>250.3</x:v>
+        <x:v>250.6</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:5">
       <x:c r="A485" s="1">
-        <x:v>45352.7526157407</x:v>
+        <x:v>45393.7591203704</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C485" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D485" s="0">
-        <x:v>177.17</x:v>
+        <x:v>176.89</x:v>
       </x:c>
       <x:c r="E485" s="0">
-        <x:v>253.1</x:v>
+        <x:v>252.7</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:5">
       <x:c r="A486" s="1">
-        <x:v>45351.7475115741</x:v>
+        <x:v>45392.7661458333</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C486" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D486" s="0">
-        <x:v>178.01</x:v>
+        <x:v>176.89</x:v>
       </x:c>
       <x:c r="E486" s="0">
-        <x:v>254.3</x:v>
+        <x:v>252.7</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:5">
       <x:c r="A487" s="1">
-        <x:v>45350.7516550926</x:v>
+        <x:v>45391.7577662037</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C487" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D487" s="0">
-        <x:v>174.3</x:v>
+        <x:v>178.43</x:v>
       </x:c>
       <x:c r="E487" s="0">
-        <x:v>249</x:v>
+        <x:v>254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:5">
       <x:c r="A488" s="1">
-        <x:v>45349.7512731481</x:v>
+        <x:v>45390.7571990741</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C488" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D488" s="0">
-        <x:v>172.48</x:v>
+        <x:v>178.43</x:v>
       </x:c>
       <x:c r="E488" s="0">
-        <x:v>246.4</x:v>
+        <x:v>254.9</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:5">
       <x:c r="A489" s="1">
-        <x:v>45348.9284375</x:v>
+        <x:v>45387.7545138889</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C489" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D489" s="0">
-        <x:v>175.84</x:v>
+        <x:v>176.33</x:v>
       </x:c>
       <x:c r="E489" s="0">
-        <x:v>251.2</x:v>
+        <x:v>251.9</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:5">
       <x:c r="A490" s="1">
-        <x:v>45348.7735763889</x:v>
+        <x:v>45386.7581944444</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C490" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D490" s="0">
-        <x:v>175.84</x:v>
+        <x:v>185.01</x:v>
       </x:c>
       <x:c r="E490" s="0">
-        <x:v>251.2</x:v>
+        <x:v>264.3</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:5">
       <x:c r="A491" s="1">
-        <x:v>45348.7571875</x:v>
+        <x:v>45385.7621990741</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C491" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D491" s="0">
-        <x:v>175.84</x:v>
+        <x:v>185.01</x:v>
       </x:c>
       <x:c r="E491" s="0">
-        <x:v>251.2</x:v>
+        <x:v>264.3</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:5">
       <x:c r="A492" s="1">
-        <x:v>45345.7522337963</x:v>
+        <x:v>45384.7594907407</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C492" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D492" s="0">
-        <x:v>175.84</x:v>
+        <x:v>185.01</x:v>
       </x:c>
       <x:c r="E492" s="0">
-        <x:v>251.2</x:v>
+        <x:v>264.3</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:5">
       <x:c r="A493" s="1">
-        <x:v>45344.7578240741</x:v>
+        <x:v>45379.7524421296</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C493" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D493" s="0">
-        <x:v>174.02</x:v>
+        <x:v>185.01</x:v>
       </x:c>
       <x:c r="E493" s="0">
-        <x:v>248.6</x:v>
+        <x:v>264.3</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:5">
       <x:c r="A494" s="1">
-        <x:v>45343.7646412037</x:v>
+        <x:v>45378.751875</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C494" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D494" s="0">
-        <x:v>174.51</x:v>
+        <x:v>183.61</x:v>
       </x:c>
       <x:c r="E494" s="0">
-        <x:v>249.3</x:v>
+        <x:v>262.3</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:5">
       <x:c r="A495" s="1">
-        <x:v>45342.7526967593</x:v>
+        <x:v>45377.7508912037</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C495" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D495" s="0">
-        <x:v>174.51</x:v>
+        <x:v>187.18</x:v>
       </x:c>
       <x:c r="E495" s="0">
-        <x:v>249.3</x:v>
+        <x:v>267.4</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:5">
       <x:c r="A496" s="1">
-        <x:v>45341.7513657407</x:v>
+        <x:v>45376.7573611111</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C496" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D496" s="0">
-        <x:v>178.99</x:v>
+        <x:v>189.84</x:v>
       </x:c>
       <x:c r="E496" s="0">
-        <x:v>255.7</x:v>
+        <x:v>271.2</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:5">
       <x:c r="A497" s="1">
-        <x:v>45338.7552662037</x:v>
+        <x:v>45373.7548148148</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C497" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D497" s="0">
-        <x:v>177.66</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E497" s="0">
-        <x:v>253.8</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:5">
       <x:c r="A498" s="1">
-        <x:v>45337.7599074074</x:v>
+        <x:v>45372.7580555556</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C498" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D498" s="0">
-        <x:v>168.63</x:v>
+        <x:v>193.27</x:v>
       </x:c>
       <x:c r="E498" s="0">
-        <x:v>240.9</x:v>
+        <x:v>276.1</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:5">
       <x:c r="A499" s="1">
-        <x:v>45336.7470949074</x:v>
+        <x:v>45363.7500347222</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C499" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D499" s="0">
-        <x:v>168.63</x:v>
+        <x:v>191.73</x:v>
       </x:c>
       <x:c r="E499" s="0">
-        <x:v>240.9</x:v>
+        <x:v>273.9</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:5">
       <x:c r="A500" s="1">
-        <x:v>45335.7500810185</x:v>
+        <x:v>45362.7530902778</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C500" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D500" s="0">
-        <x:v>168.14</x:v>
+        <x:v>189.35</x:v>
       </x:c>
       <x:c r="E500" s="0">
-        <x:v>240.2</x:v>
+        <x:v>270.5</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:5">
       <x:c r="A501" s="1">
-        <x:v>45334.7513425926</x:v>
+        <x:v>45359.7548958333</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C501" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D501" s="0">
-        <x:v>170.1</x:v>
+        <x:v>188.93</x:v>
       </x:c>
       <x:c r="E501" s="0">
-        <x:v>243</x:v>
+        <x:v>269.9</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:5">
       <x:c r="A502" s="1">
-        <x:v>45331.7583333333</x:v>
+        <x:v>45358.7546990741</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C502" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D502" s="0">
-        <x:v>175.84</x:v>
+        <x:v>180.95</x:v>
       </x:c>
       <x:c r="E502" s="0">
-        <x:v>251.2</x:v>
+        <x:v>258.5</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:5">
       <x:c r="A503" s="1">
-        <x:v>45330.7579398148</x:v>
+        <x:v>45357.7533449074</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C503" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D503" s="0">
-        <x:v>176.26</x:v>
+        <x:v>180.95</x:v>
       </x:c>
       <x:c r="E503" s="0">
-        <x:v>251.8</x:v>
+        <x:v>258.5</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:5">
       <x:c r="A504" s="1">
-        <x:v>45329.7549421296</x:v>
+        <x:v>45356.7547222222</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C504" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D504" s="0">
-        <x:v>175.7</x:v>
+        <x:v>176.19</x:v>
       </x:c>
       <x:c r="E504" s="0">
-        <x:v>251</x:v>
+        <x:v>251.7</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:5">
       <x:c r="A505" s="1">
-        <x:v>45328.7533333333</x:v>
+        <x:v>45355.7464814815</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C505" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D505" s="0">
-        <x:v>173.25</x:v>
+        <x:v>175.21</x:v>
       </x:c>
       <x:c r="E505" s="0">
-        <x:v>247.5</x:v>
+        <x:v>250.3</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:5">
       <x:c r="A506" s="1">
-        <x:v>45327.7502314815</x:v>
+        <x:v>45352.7526157407</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C506" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D506" s="0">
-        <x:v>173.25</x:v>
+        <x:v>177.17</x:v>
       </x:c>
       <x:c r="E506" s="0">
-        <x:v>247.5</x:v>
+        <x:v>253.1</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:5">
       <x:c r="A507" s="1">
-        <x:v>45324.7529513889</x:v>
+        <x:v>45351.7475115741</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C507" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D507" s="0">
-        <x:v>173.74</x:v>
+        <x:v>178.01</x:v>
       </x:c>
       <x:c r="E507" s="0">
-        <x:v>248.2</x:v>
+        <x:v>254.3</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:5">
       <x:c r="A508" s="1">
-        <x:v>45323.7530671296</x:v>
+        <x:v>45350.7516550926</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C508" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D508" s="0">
-        <x:v>173.74</x:v>
+        <x:v>174.3</x:v>
       </x:c>
       <x:c r="E508" s="0">
-        <x:v>248.2</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:5">
       <x:c r="A509" s="1">
-        <x:v>45322.7527083333</x:v>
+        <x:v>45349.7512731481</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C509" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D509" s="0">
-        <x:v>175.84</x:v>
+        <x:v>172.48</x:v>
       </x:c>
       <x:c r="E509" s="0">
-        <x:v>251.2</x:v>
+        <x:v>246.4</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:5">
       <x:c r="A510" s="1">
-        <x:v>45321.7434143519</x:v>
+        <x:v>45348.9284375</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C510" s="0">
         <x:v>0.14</x:v>
       </x:c>
       <x:c r="D510" s="0">
-        <x:v>167.23</x:v>
+        <x:v>175.84</x:v>
       </x:c>
       <x:c r="E510" s="0">
-        <x:v>238.9</x:v>
+        <x:v>251.2</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:5">
       <x:c r="A511" s="1">
-        <x:v>45320.7512384259</x:v>
+        <x:v>45348.7735763889</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C511" s="0">
         <x:v>0.14</x:v>
       </x:c>
       <x:c r="D511" s="0">
-        <x:v>167.51</x:v>
+        <x:v>175.84</x:v>
       </x:c>
       <x:c r="E511" s="0">
-        <x:v>239.3</x:v>
+        <x:v>251.2</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:5">
       <x:c r="A512" s="1">
-        <x:v>45317.7470949074</x:v>
+        <x:v>45348.7571875</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C512" s="0">
         <x:v>0.14</x:v>
       </x:c>
       <x:c r="D512" s="0">
-        <x:v>168.98</x:v>
+        <x:v>175.84</x:v>
       </x:c>
       <x:c r="E512" s="0">
-        <x:v>241.4</x:v>
+        <x:v>251.2</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:5">
       <x:c r="A513" s="1">
-        <x:v>45316.7524305556</x:v>
+        <x:v>45345.7522337963</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C513" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D513" s="0">
-        <x:v>159.25</x:v>
+        <x:v>175.84</x:v>
       </x:c>
       <x:c r="E513" s="0">
-        <x:v>227.5</x:v>
+        <x:v>251.2</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:5">
       <x:c r="A514" s="1">
-        <x:v>45315.7568055556</x:v>
+        <x:v>45344.7578240741</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C514" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D514" s="0">
-        <x:v>156.03</x:v>
+        <x:v>174.02</x:v>
       </x:c>
       <x:c r="E514" s="0">
-        <x:v>222.9</x:v>
+        <x:v>248.6</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:5">
       <x:c r="A515" s="1">
-        <x:v>45314.7547569444</x:v>
+        <x:v>45343.7646412037</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C515" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D515" s="0">
-        <x:v>156.03</x:v>
+        <x:v>174.51</x:v>
       </x:c>
       <x:c r="E515" s="0">
-        <x:v>222.9</x:v>
+        <x:v>249.3</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:5">
       <x:c r="A516" s="1">
-        <x:v>45313.762650463</x:v>
+        <x:v>45342.7526967593</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C516" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D516" s="0">
-        <x:v>157.01</x:v>
+        <x:v>174.51</x:v>
       </x:c>
       <x:c r="E516" s="0">
-        <x:v>224.3</x:v>
+        <x:v>249.3</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:5">
       <x:c r="A517" s="1">
-        <x:v>45310.7491550926</x:v>
+        <x:v>45341.7513657407</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C517" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D517" s="0">
-        <x:v>154.91</x:v>
+        <x:v>178.99</x:v>
       </x:c>
       <x:c r="E517" s="0">
-        <x:v>221.3</x:v>
+        <x:v>255.7</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:5">
       <x:c r="A518" s="1">
-        <x:v>45309.7474537037</x:v>
+        <x:v>45338.7552662037</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C518" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D518" s="0">
-        <x:v>153.44</x:v>
+        <x:v>177.66</x:v>
       </x:c>
       <x:c r="E518" s="0">
-        <x:v>219.2</x:v>
+        <x:v>253.8</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:5">
       <x:c r="A519" s="1">
-        <x:v>45308.7508217593</x:v>
+        <x:v>45337.7599074074</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C519" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D519" s="0">
-        <x:v>154.77</x:v>
+        <x:v>168.63</x:v>
       </x:c>
       <x:c r="E519" s="0">
-        <x:v>221.1</x:v>
+        <x:v>240.9</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:5">
       <x:c r="A520" s="1">
-        <x:v>45307.7510648148</x:v>
+        <x:v>45336.7470949074</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C520" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D520" s="0">
-        <x:v>158.48</x:v>
+        <x:v>168.63</x:v>
       </x:c>
       <x:c r="E520" s="0">
-        <x:v>226.4</x:v>
+        <x:v>240.9</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:5">
       <x:c r="A521" s="1">
-        <x:v>45306.746724537</x:v>
+        <x:v>45335.7500810185</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C521" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D521" s="0">
-        <x:v>162.12</x:v>
+        <x:v>168.14</x:v>
       </x:c>
       <x:c r="E521" s="0">
-        <x:v>231.6</x:v>
+        <x:v>240.2</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:5">
       <x:c r="A522" s="1">
-        <x:v>45303.7600810185</x:v>
+        <x:v>45334.7513425926</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C522" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D522" s="0">
-        <x:v>164.64</x:v>
+        <x:v>170.1</x:v>
       </x:c>
       <x:c r="E522" s="0">
-        <x:v>235.2</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:5">
       <x:c r="A523" s="1">
-        <x:v>45302.7519907407</x:v>
+        <x:v>45331.7583333333</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C523" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D523" s="0">
-        <x:v>164.64</x:v>
+        <x:v>175.84</x:v>
       </x:c>
       <x:c r="E523" s="0">
-        <x:v>235.2</x:v>
+        <x:v>251.2</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:5">
       <x:c r="A524" s="1">
-        <x:v>45301.7540162037</x:v>
+        <x:v>45330.7579398148</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C524" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D524" s="0">
-        <x:v>165.62</x:v>
+        <x:v>176.26</x:v>
       </x:c>
       <x:c r="E524" s="0">
-        <x:v>236.6</x:v>
+        <x:v>251.8</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:5">
       <x:c r="A525" s="1">
-        <x:v>45300.7495138889</x:v>
+        <x:v>45329.7549421296</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C525" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D525" s="0">
-        <x:v>169.54</x:v>
+        <x:v>175.7</x:v>
       </x:c>
       <x:c r="E525" s="0">
-        <x:v>242.2</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:5">
       <x:c r="A526" s="1">
-        <x:v>45299.7520833333</x:v>
+        <x:v>45328.7533333333</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C526" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D526" s="0">
-        <x:v>166.18</x:v>
+        <x:v>173.25</x:v>
       </x:c>
       <x:c r="E526" s="0">
-        <x:v>237.4</x:v>
+        <x:v>247.5</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:5">
       <x:c r="A527" s="1">
-        <x:v>45296.7575115741</x:v>
+        <x:v>45327.7502314815</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C527" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D527" s="0">
-        <x:v>167.16</x:v>
+        <x:v>173.25</x:v>
       </x:c>
       <x:c r="E527" s="0">
-        <x:v>238.8</x:v>
+        <x:v>247.5</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:5">
       <x:c r="A528" s="1">
-        <x:v>45295.7561342593</x:v>
+        <x:v>45324.7529513889</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C528" s="0">
         <x:v>0.14</x:v>
       </x:c>
       <x:c r="D528" s="0">
-        <x:v>170.94</x:v>
+        <x:v>173.74</x:v>
       </x:c>
       <x:c r="E528" s="0">
-        <x:v>244.2</x:v>
+        <x:v>248.2</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:5">
       <x:c r="A529" s="1">
-        <x:v>45294.7523726852</x:v>
+        <x:v>45323.7530671296</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C529" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D529" s="0">
-        <x:v>170.94</x:v>
+        <x:v>173.74</x:v>
       </x:c>
       <x:c r="E529" s="0">
-        <x:v>244.2</x:v>
+        <x:v>248.2</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:5">
       <x:c r="A530" s="1">
-        <x:v>45293.7531481481</x:v>
+        <x:v>45322.7527083333</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C530" s="0">
         <x:v>0.16</x:v>
       </x:c>
       <x:c r="D530" s="0">
-        <x:v>167.65</x:v>
+        <x:v>175.84</x:v>
       </x:c>
       <x:c r="E530" s="0">
-        <x:v>239.5</x:v>
+        <x:v>251.2</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:5">
       <x:c r="A531" s="1">
-        <x:v>45289.7503125</x:v>
+        <x:v>45321.7434143519</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C531" s="0">
         <x:v>0.14</x:v>
       </x:c>
       <x:c r="D531" s="0">
-        <x:v>167.65</x:v>
+        <x:v>167.23</x:v>
       </x:c>
       <x:c r="E531" s="0">
-        <x:v>239.5</x:v>
+        <x:v>238.9</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:5">
       <x:c r="A532" s="1">
-        <x:v>45288.7523726852</x:v>
+        <x:v>45320.7512384259</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C532" s="0">
         <x:v>0.14</x:v>
       </x:c>
       <x:c r="D532" s="0">
-        <x:v>167.58</x:v>
+        <x:v>167.51</x:v>
       </x:c>
       <x:c r="E532" s="0">
-        <x:v>239.4</x:v>
+        <x:v>239.3</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:5">
       <x:c r="A533" s="1">
-        <x:v>45287.7513657407</x:v>
+        <x:v>45317.7470949074</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C533" s="0">
         <x:v>0.14</x:v>
       </x:c>
       <x:c r="D533" s="0">
-        <x:v>167.58</x:v>
+        <x:v>168.98</x:v>
       </x:c>
       <x:c r="E533" s="0">
-        <x:v>239.4</x:v>
+        <x:v>241.4</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:5">
       <x:c r="A534" s="1">
-        <x:v>45282.7519444444</x:v>
+        <x:v>45316.7524305556</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C534" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D534" s="0">
-        <x:v>169.75</x:v>
+        <x:v>159.25</x:v>
       </x:c>
       <x:c r="E534" s="0">
-        <x:v>242.5</x:v>
+        <x:v>227.5</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:5">
       <x:c r="A535" s="1">
-        <x:v>45281.7536226852</x:v>
+        <x:v>45315.7568055556</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C535" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D535" s="0">
-        <x:v>169.75</x:v>
+        <x:v>156.03</x:v>
       </x:c>
       <x:c r="E535" s="0">
-        <x:v>242.5</x:v>
+        <x:v>222.9</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:5">
       <x:c r="A536" s="1">
-        <x:v>45280.7567939815</x:v>
+        <x:v>45314.7547569444</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C536" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D536" s="0">
-        <x:v>170.1</x:v>
+        <x:v>156.03</x:v>
       </x:c>
       <x:c r="E536" s="0">
-        <x:v>243</x:v>
+        <x:v>222.9</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:5">
       <x:c r="A537" s="1">
-        <x:v>45279.7563425926</x:v>
+        <x:v>45313.762650463</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C537" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D537" s="0">
-        <x:v>163.1</x:v>
+        <x:v>157.01</x:v>
       </x:c>
       <x:c r="E537" s="0">
-        <x:v>233</x:v>
+        <x:v>224.3</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:5">
       <x:c r="A538" s="1">
-        <x:v>45278.7578819444</x:v>
+        <x:v>45310.7491550926</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C538" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D538" s="0">
-        <x:v>161.77</x:v>
+        <x:v>154.91</x:v>
       </x:c>
       <x:c r="E538" s="0">
-        <x:v>231.1</x:v>
+        <x:v>221.3</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:5">
       <x:c r="A539" s="1">
-        <x:v>45275.7521643518</x:v>
+        <x:v>45309.7474537037</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C539" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D539" s="0">
-        <x:v>161.77</x:v>
+        <x:v>153.44</x:v>
       </x:c>
       <x:c r="E539" s="0">
-        <x:v>231.1</x:v>
+        <x:v>219.2</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:5">
       <x:c r="A540" s="1">
-        <x:v>45274.7542824074</x:v>
+        <x:v>45308.7508217593</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C540" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D540" s="0">
-        <x:v>146.65</x:v>
+        <x:v>154.77</x:v>
       </x:c>
       <x:c r="E540" s="0">
-        <x:v>209.5</x:v>
+        <x:v>221.1</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:5">
       <x:c r="A541" s="1">
-        <x:v>45273.7529398148</x:v>
+        <x:v>45307.7510648148</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C541" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D541" s="0">
-        <x:v>146.65</x:v>
+        <x:v>158.48</x:v>
       </x:c>
       <x:c r="E541" s="0">
-        <x:v>209.5</x:v>
+        <x:v>226.4</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:5">
       <x:c r="A542" s="1">
-        <x:v>45272.7470138889</x:v>
+        <x:v>45306.746724537</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C542" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D542" s="0">
-        <x:v>146.3</x:v>
+        <x:v>162.12</x:v>
       </x:c>
       <x:c r="E542" s="0">
-        <x:v>209</x:v>
+        <x:v>231.6</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:5">
       <x:c r="A543" s="1">
-        <x:v>45271.7501967593</x:v>
+        <x:v>45303.7600810185</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C543" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D543" s="0">
-        <x:v>146.16</x:v>
+        <x:v>164.64</x:v>
       </x:c>
       <x:c r="E543" s="0">
-        <x:v>208.8</x:v>
+        <x:v>235.2</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:5">
       <x:c r="A544" s="1">
-        <x:v>45268.7520023148</x:v>
+        <x:v>45302.7519907407</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C544" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D544" s="0">
-        <x:v>143.36</x:v>
+        <x:v>164.64</x:v>
       </x:c>
       <x:c r="E544" s="0">
-        <x:v>204.8</x:v>
+        <x:v>235.2</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:5">
       <x:c r="A545" s="1">
-        <x:v>45267.7503240741</x:v>
+        <x:v>45301.7540162037</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C545" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D545" s="0">
-        <x:v>142.17</x:v>
+        <x:v>165.62</x:v>
       </x:c>
       <x:c r="E545" s="0">
-        <x:v>203.1</x:v>
+        <x:v>236.6</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:5">
       <x:c r="A546" s="1">
-        <x:v>45266.7516550926</x:v>
+        <x:v>45300.7495138889</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C546" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D546" s="0">
-        <x:v>143.99</x:v>
+        <x:v>169.54</x:v>
       </x:c>
       <x:c r="E546" s="0">
-        <x:v>205.7</x:v>
+        <x:v>242.2</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:5">
       <x:c r="A547" s="1">
-        <x:v>45265.7685532407</x:v>
+        <x:v>45299.7520833333</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C547" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D547" s="0">
-        <x:v>137.76</x:v>
+        <x:v>166.18</x:v>
       </x:c>
       <x:c r="E547" s="0">
-        <x:v>196.8</x:v>
+        <x:v>237.4</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:5">
       <x:c r="A548" s="1">
-        <x:v>45264.7788310185</x:v>
+        <x:v>45296.7575115741</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C548" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D548" s="0">
-        <x:v>140.42</x:v>
+        <x:v>167.16</x:v>
       </x:c>
       <x:c r="E548" s="0">
-        <x:v>200.6</x:v>
+        <x:v>238.8</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:5">
       <x:c r="A549" s="1">
-        <x:v>45261.7605555556</x:v>
+        <x:v>45295.7561342593</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C549" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D549" s="0">
-        <x:v>141.4</x:v>
+        <x:v>170.94</x:v>
       </x:c>
       <x:c r="E549" s="0">
-        <x:v>202</x:v>
+        <x:v>244.2</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:5">
       <x:c r="A550" s="1">
-        <x:v>45260.7764351852</x:v>
+        <x:v>45294.7523726852</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C550" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D550" s="0">
-        <x:v>144.48</x:v>
+        <x:v>170.94</x:v>
       </x:c>
       <x:c r="E550" s="0">
-        <x:v>206.4</x:v>
+        <x:v>244.2</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:5">
       <x:c r="A551" s="1">
-        <x:v>45259.7665162037</x:v>
+        <x:v>45293.7531481481</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C551" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D551" s="0">
-        <x:v>139.475</x:v>
+        <x:v>167.65</x:v>
       </x:c>
       <x:c r="E551" s="0">
-        <x:v>199.25</x:v>
+        <x:v>239.5</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:5">
       <x:c r="A552" s="1">
-        <x:v>45258.7540856482</x:v>
+        <x:v>45289.7503125</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C552" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D552" s="0">
-        <x:v>139.475</x:v>
+        <x:v>167.65</x:v>
       </x:c>
       <x:c r="E552" s="0">
-        <x:v>199.25</x:v>
+        <x:v>239.5</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:5">
       <x:c r="A553" s="1">
-        <x:v>45257.7614814815</x:v>
+        <x:v>45288.7523726852</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C553" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D553" s="0">
-        <x:v>140.91</x:v>
+        <x:v>167.58</x:v>
       </x:c>
       <x:c r="E553" s="0">
-        <x:v>201.3</x:v>
+        <x:v>239.4</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:5">
       <x:c r="A554" s="1">
-        <x:v>45254.7598958333</x:v>
+        <x:v>45287.7513657407</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C554" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D554" s="0">
-        <x:v>142.38</x:v>
+        <x:v>167.58</x:v>
       </x:c>
       <x:c r="E554" s="0">
-        <x:v>203.4</x:v>
+        <x:v>239.4</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:5">
       <x:c r="A555" s="1">
-        <x:v>45253.7554861111</x:v>
+        <x:v>45282.7519444444</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C555" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D555" s="0">
-        <x:v>142.52</x:v>
+        <x:v>169.75</x:v>
       </x:c>
       <x:c r="E555" s="0">
-        <x:v>203.6</x:v>
+        <x:v>242.5</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:5">
       <x:c r="A556" s="1">
-        <x:v>45252.7540625</x:v>
+        <x:v>45281.7536226852</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C556" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D556" s="0">
-        <x:v>141.75</x:v>
+        <x:v>169.75</x:v>
       </x:c>
       <x:c r="E556" s="0">
-        <x:v>202.5</x:v>
+        <x:v>242.5</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:5">
       <x:c r="A557" s="1">
-        <x:v>45251.7512615741</x:v>
+        <x:v>45280.7567939815</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C557" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D557" s="0">
-        <x:v>140.77</x:v>
+        <x:v>170.1</x:v>
       </x:c>
       <x:c r="E557" s="0">
-        <x:v>201.1</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:5">
       <x:c r="A558" s="1">
-        <x:v>45250.752962963</x:v>
+        <x:v>45279.7563425926</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C558" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D558" s="0">
-        <x:v>140.35</x:v>
+        <x:v>163.1</x:v>
       </x:c>
       <x:c r="E558" s="0">
-        <x:v>200.5</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:5">
       <x:c r="A559" s="1">
-        <x:v>45247.7545023148</x:v>
+        <x:v>45278.7578819444</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C559" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D559" s="0">
-        <x:v>138.985</x:v>
+        <x:v>161.77</x:v>
       </x:c>
       <x:c r="E559" s="0">
-        <x:v>198.55</x:v>
+        <x:v>231.1</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:5">
       <x:c r="A560" s="1">
-        <x:v>45246.7562731481</x:v>
+        <x:v>45275.7521643518</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C560" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D560" s="0">
-        <x:v>138.985</x:v>
+        <x:v>161.77</x:v>
       </x:c>
       <x:c r="E560" s="0">
-        <x:v>198.55</x:v>
+        <x:v>231.1</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:5">
       <x:c r="A561" s="1">
-        <x:v>45245.7564699074</x:v>
+        <x:v>45274.7542824074</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C561" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D561" s="0">
-        <x:v>140.49</x:v>
+        <x:v>146.65</x:v>
       </x:c>
       <x:c r="E561" s="0">
-        <x:v>200.7</x:v>
+        <x:v>209.5</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:5">
       <x:c r="A562" s="1">
-        <x:v>45244.7502199074</x:v>
+        <x:v>45273.7529398148</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C562" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D562" s="0">
-        <x:v>137.865</x:v>
+        <x:v>146.65</x:v>
       </x:c>
       <x:c r="E562" s="0">
-        <x:v>196.95</x:v>
+        <x:v>209.5</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:5">
       <x:c r="A563" s="1">
-        <x:v>45243.752337963</x:v>
+        <x:v>45272.7470138889</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C563" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D563" s="0">
-        <x:v>127.295</x:v>
+        <x:v>146.3</x:v>
       </x:c>
       <x:c r="E563" s="0">
-        <x:v>181.85</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:5">
       <x:c r="A564" s="1">
-        <x:v>45240.7502199074</x:v>
+        <x:v>45271.7501967593</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C564" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D564" s="0">
-        <x:v>129.5</x:v>
+        <x:v>146.16</x:v>
       </x:c>
       <x:c r="E564" s="0">
-        <x:v>185</x:v>
+        <x:v>208.8</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:5">
       <x:c r="A565" s="1">
-        <x:v>45239.7483912037</x:v>
+        <x:v>45268.7520023148</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C565" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D565" s="0">
-        <x:v>133.315</x:v>
+        <x:v>143.36</x:v>
       </x:c>
       <x:c r="E565" s="0">
-        <x:v>190.45</x:v>
+        <x:v>204.8</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:5">
       <x:c r="A566" s="1">
-        <x:v>45238.7534722222</x:v>
+        <x:v>45267.7503240741</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C566" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D566" s="0">
-        <x:v>130.13</x:v>
+        <x:v>142.17</x:v>
       </x:c>
       <x:c r="E566" s="0">
-        <x:v>185.9</x:v>
+        <x:v>203.1</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:5">
       <x:c r="A567" s="1">
-        <x:v>45237.7527430556</x:v>
+        <x:v>45266.7516550926</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C567" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D567" s="0">
-        <x:v>130.13</x:v>
+        <x:v>143.99</x:v>
       </x:c>
       <x:c r="E567" s="0">
-        <x:v>185.9</x:v>
+        <x:v>205.7</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:5">
       <x:c r="A568" s="1">
-        <x:v>45236.7575694444</x:v>
+        <x:v>45265.7685532407</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C568" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D568" s="0">
-        <x:v>130.725</x:v>
+        <x:v>137.76</x:v>
       </x:c>
       <x:c r="E568" s="0">
-        <x:v>186.75</x:v>
+        <x:v>196.8</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:5">
       <x:c r="A569" s="1">
-        <x:v>45233.7476967593</x:v>
+        <x:v>45264.7788310185</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C569" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D569" s="0">
-        <x:v>131.215</x:v>
+        <x:v>140.42</x:v>
       </x:c>
       <x:c r="E569" s="0">
-        <x:v>187.45</x:v>
+        <x:v>200.6</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:5">
       <x:c r="A570" s="1">
-        <x:v>45232.7608449074</x:v>
+        <x:v>45261.7605555556</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C570" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D570" s="0">
-        <x:v>128.87</x:v>
+        <x:v>141.4</x:v>
       </x:c>
       <x:c r="E570" s="0">
-        <x:v>184.1</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:5">
       <x:c r="A571" s="1">
-        <x:v>45232.7608449074</x:v>
+        <x:v>45260.7764351852</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C571" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D571" s="0">
-        <x:v>128.87</x:v>
+        <x:v>144.48</x:v>
       </x:c>
       <x:c r="E571" s="0">
-        <x:v>184.1</x:v>
+        <x:v>206.4</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:5">
       <x:c r="A572" s="1">
-        <x:v>45231.7564930556</x:v>
+        <x:v>45259.7665162037</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C572" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D572" s="0">
-        <x:v>126.105</x:v>
+        <x:v>139.475</x:v>
       </x:c>
       <x:c r="E572" s="0">
-        <x:v>180.15</x:v>
+        <x:v>199.25</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:5">
       <x:c r="A573" s="1">
-        <x:v>45230.7504861111</x:v>
+        <x:v>45258.7540856482</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C573" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D573" s="0">
-        <x:v>123.585</x:v>
+        <x:v>139.475</x:v>
       </x:c>
       <x:c r="E573" s="0">
-        <x:v>176.55</x:v>
+        <x:v>199.25</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:5">
       <x:c r="A574" s="1">
-        <x:v>45229.7656712963</x:v>
+        <x:v>45257.7614814815</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C574" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D574" s="0">
-        <x:v>113.4</x:v>
+        <x:v>140.91</x:v>
       </x:c>
       <x:c r="E574" s="0">
-        <x:v>162</x:v>
+        <x:v>201.3</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:5">
       <x:c r="A575" s="1">
-        <x:v>45226.7533564815</x:v>
+        <x:v>45254.7598958333</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C575" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D575" s="0">
-        <x:v>115.885</x:v>
+        <x:v>142.38</x:v>
       </x:c>
       <x:c r="E575" s="0">
-        <x:v>165.55</x:v>
+        <x:v>203.4</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:5">
       <x:c r="A576" s="1">
-        <x:v>45225.7507060185</x:v>
+        <x:v>45253.7554861111</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C576" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D576" s="0">
-        <x:v>115.5</x:v>
+        <x:v>142.52</x:v>
       </x:c>
       <x:c r="E576" s="0">
-        <x:v>165</x:v>
+        <x:v>203.6</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:5">
       <x:c r="A577" s="1">
-        <x:v>45224.7517013889</x:v>
+        <x:v>45252.7540625</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C577" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D577" s="0">
-        <x:v>122.99</x:v>
+        <x:v>141.75</x:v>
       </x:c>
       <x:c r="E577" s="0">
-        <x:v>175.7</x:v>
+        <x:v>202.5</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:5">
       <x:c r="A578" s="1">
-        <x:v>45223.7526967593</x:v>
+        <x:v>45251.7512615741</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C578" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D578" s="0">
-        <x:v>122.99</x:v>
+        <x:v>140.77</x:v>
       </x:c>
       <x:c r="E578" s="0">
-        <x:v>175.7</x:v>
+        <x:v>201.1</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:5">
       <x:c r="A579" s="1">
-        <x:v>45222.7532060185</x:v>
+        <x:v>45250.752962963</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C579" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D579" s="0">
-        <x:v>121.345</x:v>
+        <x:v>140.35</x:v>
       </x:c>
       <x:c r="E579" s="0">
-        <x:v>173.35</x:v>
+        <x:v>200.5</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:5">
       <x:c r="A580" s="1">
-        <x:v>45219.7522453704</x:v>
+        <x:v>45247.7545023148</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C580" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D580" s="0">
-        <x:v>124.985</x:v>
+        <x:v>138.985</x:v>
       </x:c>
       <x:c r="E580" s="0">
-        <x:v>178.55</x:v>
+        <x:v>198.55</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:5">
       <x:c r="A581" s="1">
-        <x:v>45218.7612384259</x:v>
+        <x:v>45246.7562731481</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C581" s="0">
         <x:v>0.09</x:v>
       </x:c>
       <x:c r="D581" s="0">
-        <x:v>130.55</x:v>
+        <x:v>138.985</x:v>
       </x:c>
       <x:c r="E581" s="0">
-        <x:v>186.5</x:v>
+        <x:v>198.55</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:5">
       <x:c r="A582" s="1">
-        <x:v>45217.7537384259</x:v>
+        <x:v>45245.7564699074</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C582" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D582" s="0">
-        <x:v>130.55</x:v>
+        <x:v>140.49</x:v>
       </x:c>
       <x:c r="E582" s="0">
-        <x:v>186.5</x:v>
+        <x:v>200.7</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:5">
       <x:c r="A583" s="1">
-        <x:v>45216.7554513889</x:v>
+        <x:v>45244.7502199074</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C583" s="0">
         <x:v>0.08</x:v>
       </x:c>
       <x:c r="D583" s="0">
-        <x:v>133.35</x:v>
+        <x:v>137.865</x:v>
       </x:c>
       <x:c r="E583" s="0">
-        <x:v>190.5</x:v>
+        <x:v>196.95</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:5">
       <x:c r="A584" s="1">
-        <x:v>45215.7518171296</x:v>
+        <x:v>45243.752337963</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C584" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D584" s="0">
-        <x:v>132.02</x:v>
+        <x:v>127.295</x:v>
       </x:c>
       <x:c r="E584" s="0">
-        <x:v>188.6</x:v>
+        <x:v>181.85</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:5">
       <x:c r="A585" s="1">
-        <x:v>45212.7884027778</x:v>
+        <x:v>45240.7502199074</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C585" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D585" s="0">
-        <x:v>157.43</x:v>
+        <x:v>129.5</x:v>
       </x:c>
       <x:c r="E585" s="0">
-        <x:v>224.9</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:5">
       <x:c r="A586" s="1">
-        <x:v>45211.7548958333</x:v>
+        <x:v>45239.7483912037</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C586" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D586" s="0">
-        <x:v>157.43</x:v>
+        <x:v>133.315</x:v>
       </x:c>
       <x:c r="E586" s="0">
-        <x:v>224.9</x:v>
+        <x:v>190.45</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:5">
       <x:c r="A587" s="1">
-        <x:v>45210.7564814815</x:v>
+        <x:v>45238.7534722222</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C587" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D587" s="0">
-        <x:v>161.77</x:v>
+        <x:v>130.13</x:v>
       </x:c>
       <x:c r="E587" s="0">
-        <x:v>231.1</x:v>
+        <x:v>185.9</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:5">
       <x:c r="A588" s="1">
-        <x:v>45209.7528356481</x:v>
+        <x:v>45237.7527430556</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C588" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D588" s="0">
-        <x:v>161.77</x:v>
+        <x:v>130.13</x:v>
       </x:c>
       <x:c r="E588" s="0">
-        <x:v>231.1</x:v>
+        <x:v>185.9</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:5">
       <x:c r="A589" s="1">
-        <x:v>45208.7536458333</x:v>
+        <x:v>45236.7575694444</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C589" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D589" s="0">
-        <x:v>156.03</x:v>
+        <x:v>130.725</x:v>
       </x:c>
       <x:c r="E589" s="0">
-        <x:v>222.9</x:v>
+        <x:v>186.75</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:5">
       <x:c r="A590" s="1">
-        <x:v>45205.7512384259</x:v>
+        <x:v>45233.7476967593</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C590" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D590" s="0">
-        <x:v>160.16</x:v>
+        <x:v>131.215</x:v>
       </x:c>
       <x:c r="E590" s="0">
-        <x:v>228.8</x:v>
+        <x:v>187.45</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:5">
       <x:c r="A591" s="1">
-        <x:v>45204.7553472222</x:v>
+        <x:v>45232.7608449074</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C591" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D591" s="0">
-        <x:v>157.29</x:v>
+        <x:v>128.87</x:v>
       </x:c>
       <x:c r="E591" s="0">
-        <x:v>224.7</x:v>
+        <x:v>184.1</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:5">
       <x:c r="A592" s="1">
-        <x:v>45203.7640393519</x:v>
+        <x:v>45232.7608449074</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C592" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D592" s="0">
-        <x:v>157.29</x:v>
+        <x:v>128.87</x:v>
       </x:c>
       <x:c r="E592" s="0">
-        <x:v>224.7</x:v>
+        <x:v>184.1</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:5">
       <x:c r="A593" s="1">
-        <x:v>45203.7640393519</x:v>
+        <x:v>45231.7564930556</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C593" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D593" s="0">
-        <x:v>157.29</x:v>
+        <x:v>126.105</x:v>
       </x:c>
       <x:c r="E593" s="0">
-        <x:v>224.7</x:v>
+        <x:v>180.15</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:5">
       <x:c r="A594" s="1">
-        <x:v>45202.7512962963</x:v>
+        <x:v>45230.7504861111</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C594" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D594" s="0">
-        <x:v>157.01</x:v>
+        <x:v>123.585</x:v>
       </x:c>
       <x:c r="E594" s="0">
-        <x:v>224.3</x:v>
+        <x:v>176.55</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:5">
       <x:c r="A595" s="1">
-        <x:v>45201.7528240741</x:v>
+        <x:v>45229.7656712963</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C595" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D595" s="0">
-        <x:v>157.08</x:v>
+        <x:v>113.4</x:v>
       </x:c>
       <x:c r="E595" s="0">
-        <x:v>224.4</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:5">
       <x:c r="A596" s="1">
-        <x:v>45198.7708333333</x:v>
+        <x:v>45226.7533564815</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C596" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D596" s="0">
-        <x:v>158.2</x:v>
+        <x:v>115.885</x:v>
       </x:c>
       <x:c r="E596" s="0">
-        <x:v>226</x:v>
+        <x:v>165.55</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:5">
       <x:c r="A597" s="1">
-        <x:v>45197.7528819444</x:v>
+        <x:v>45225.7507060185</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C597" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D597" s="0">
-        <x:v>154.56</x:v>
+        <x:v>115.5</x:v>
       </x:c>
       <x:c r="E597" s="0">
-        <x:v>220.8</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:5">
       <x:c r="A598" s="1">
-        <x:v>45196.7547685185</x:v>
+        <x:v>45224.7517013889</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C598" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D598" s="0">
-        <x:v>155.4</x:v>
+        <x:v>122.99</x:v>
       </x:c>
       <x:c r="E598" s="0">
-        <x:v>222</x:v>
+        <x:v>175.7</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:5">
       <x:c r="A599" s="1">
-        <x:v>45195.7570138889</x:v>
+        <x:v>45223.7526967593</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C599" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D599" s="0">
-        <x:v>158.41</x:v>
+        <x:v>122.99</x:v>
       </x:c>
       <x:c r="E599" s="0">
-        <x:v>226.3</x:v>
+        <x:v>175.7</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:5">
       <x:c r="A600" s="1">
-        <x:v>45194.7532175926</x:v>
+        <x:v>45222.7532060185</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C600" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D600" s="0">
-        <x:v>160.86</x:v>
+        <x:v>121.345</x:v>
       </x:c>
       <x:c r="E600" s="0">
-        <x:v>229.8</x:v>
+        <x:v>173.35</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:5">
       <x:c r="A601" s="1">
-        <x:v>45191.7530671296</x:v>
+        <x:v>45219.7522453704</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C601" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D601" s="0">
-        <x:v>160.86</x:v>
+        <x:v>124.985</x:v>
       </x:c>
       <x:c r="E601" s="0">
-        <x:v>229.8</x:v>
+        <x:v>178.55</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:5">
       <x:c r="A602" s="1">
-        <x:v>45190.7625462963</x:v>
+        <x:v>45218.7612384259</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C602" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D602" s="0">
-        <x:v>162.4</x:v>
+        <x:v>130.55</x:v>
       </x:c>
       <x:c r="E602" s="0">
-        <x:v>232</x:v>
+        <x:v>186.5</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:5">
       <x:c r="A603" s="1">
-        <x:v>45189.7532638889</x:v>
+        <x:v>45217.7537384259</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C603" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D603" s="0">
-        <x:v>164.71</x:v>
+        <x:v>130.55</x:v>
       </x:c>
       <x:c r="E603" s="0">
-        <x:v>235.3</x:v>
+        <x:v>186.5</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:5">
       <x:c r="A604" s="1">
-        <x:v>45188.7544328704</x:v>
+        <x:v>45216.7554513889</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C604" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D604" s="0">
-        <x:v>164.71</x:v>
+        <x:v>133.35</x:v>
       </x:c>
       <x:c r="E604" s="0">
-        <x:v>235.3</x:v>
+        <x:v>190.5</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:5">
       <x:c r="A605" s="1">
-        <x:v>45187.7522106481</x:v>
+        <x:v>45215.7518171296</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C605" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D605" s="0">
-        <x:v>172.34</x:v>
+        <x:v>132.02</x:v>
       </x:c>
       <x:c r="E605" s="0">
-        <x:v>246.2</x:v>
+        <x:v>188.6</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:5">
       <x:c r="A606" s="1">
-        <x:v>45184.7562152778</x:v>
+        <x:v>45212.7884027778</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C606" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D606" s="0">
-        <x:v>177.73</x:v>
+        <x:v>157.43</x:v>
       </x:c>
       <x:c r="E606" s="0">
-        <x:v>253.9</x:v>
+        <x:v>224.9</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:5">
       <x:c r="A607" s="1">
-        <x:v>45183.7549768519</x:v>
+        <x:v>45211.7548958333</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C607" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D607" s="0">
-        <x:v>173.53</x:v>
+        <x:v>157.43</x:v>
       </x:c>
       <x:c r="E607" s="0">
-        <x:v>247.9</x:v>
+        <x:v>224.9</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:5">
       <x:c r="A608" s="1">
-        <x:v>45182.7550231482</x:v>
+        <x:v>45210.7564814815</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C608" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D608" s="0">
-        <x:v>173.53</x:v>
+        <x:v>161.77</x:v>
       </x:c>
       <x:c r="E608" s="0">
-        <x:v>247.9</x:v>
+        <x:v>231.1</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:5">
       <x:c r="A609" s="1">
-        <x:v>45181.7546412037</x:v>
+        <x:v>45209.7528356481</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C609" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D609" s="0">
-        <x:v>174.86</x:v>
+        <x:v>161.77</x:v>
       </x:c>
       <x:c r="E609" s="0">
-        <x:v>249.8</x:v>
+        <x:v>231.1</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:5">
       <x:c r="A610" s="1">
-        <x:v>45180.7560648148</x:v>
+        <x:v>45208.7536458333</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C610" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D610" s="0">
-        <x:v>182.56</x:v>
+        <x:v>156.03</x:v>
       </x:c>
       <x:c r="E610" s="0">
-        <x:v>260.8</x:v>
+        <x:v>222.9</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:5">
       <x:c r="A611" s="1">
-        <x:v>45177.7505439815</x:v>
+        <x:v>45205.7512384259</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C611" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D611" s="0">
-        <x:v>185.15</x:v>
+        <x:v>160.16</x:v>
       </x:c>
       <x:c r="E611" s="0">
-        <x:v>264.5</x:v>
+        <x:v>228.8</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:5">
       <x:c r="A612" s="1">
-        <x:v>45175.7517592593</x:v>
+        <x:v>45204.7553472222</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C612" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D612" s="0">
-        <x:v>183.68</x:v>
+        <x:v>157.29</x:v>
       </x:c>
       <x:c r="E612" s="0">
-        <x:v>262.4</x:v>
+        <x:v>224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:5">
       <x:c r="A613" s="1">
-        <x:v>45174.7518055556</x:v>
+        <x:v>45203.7640393519</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C613" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D613" s="0">
-        <x:v>181.65</x:v>
+        <x:v>157.29</x:v>
       </x:c>
       <x:c r="E613" s="0">
-        <x:v>259.5</x:v>
+        <x:v>224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:5">
       <x:c r="A614" s="1">
-        <x:v>45173.7521296296</x:v>
+        <x:v>45203.7640393519</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C614" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D614" s="0">
-        <x:v>184.03</x:v>
+        <x:v>157.29</x:v>
       </x:c>
       <x:c r="E614" s="0">
-        <x:v>262.9</x:v>
+        <x:v>224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:5">
       <x:c r="A615" s="1">
-        <x:v>45170.7515856481</x:v>
+        <x:v>45202.7512962963</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C615" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D615" s="0">
-        <x:v>184.31</x:v>
+        <x:v>157.01</x:v>
       </x:c>
       <x:c r="E615" s="0">
-        <x:v>263.3</x:v>
+        <x:v>224.3</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:5">
       <x:c r="A616" s="1">
-        <x:v>45169.7536226852</x:v>
+        <x:v>45201.7528240741</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C616" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D616" s="0">
-        <x:v>181.16</x:v>
+        <x:v>157.08</x:v>
       </x:c>
       <x:c r="E616" s="0">
-        <x:v>258.8</x:v>
+        <x:v>224.4</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:5">
       <x:c r="A617" s="1">
-        <x:v>45168.7584375</x:v>
+        <x:v>45198.7708333333</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C617" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D617" s="0">
-        <x:v>181.16</x:v>
+        <x:v>158.2</x:v>
       </x:c>
       <x:c r="E617" s="0">
-        <x:v>258.8</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:5">
       <x:c r="A618" s="1">
-        <x:v>45167.7547800926</x:v>
+        <x:v>45197.7528819444</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C618" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D618" s="0">
-        <x:v>179.69</x:v>
+        <x:v>154.56</x:v>
       </x:c>
       <x:c r="E618" s="0">
-        <x:v>256.7</x:v>
+        <x:v>220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:5">
       <x:c r="A619" s="1">
-        <x:v>45166.7542476852</x:v>
+        <x:v>45196.7547685185</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C619" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D619" s="0">
-        <x:v>177.45</x:v>
+        <x:v>155.4</x:v>
       </x:c>
       <x:c r="E619" s="0">
-        <x:v>253.5</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:5">
       <x:c r="A620" s="1">
-        <x:v>45163.7523726852</x:v>
+        <x:v>45195.7570138889</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C620" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D620" s="0">
-        <x:v>173.95</x:v>
+        <x:v>158.41</x:v>
       </x:c>
       <x:c r="E620" s="0">
-        <x:v>248.5</x:v>
+        <x:v>226.3</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:5">
       <x:c r="A621" s="1">
-        <x:v>45162.7675694444</x:v>
+        <x:v>45194.7532175926</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C621" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D621" s="0">
-        <x:v>178.22</x:v>
+        <x:v>160.86</x:v>
       </x:c>
       <x:c r="E621" s="0">
-        <x:v>254.6</x:v>
+        <x:v>229.8</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:5">
       <x:c r="A622" s="1">
-        <x:v>45161.7511689815</x:v>
+        <x:v>45191.7530671296</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C622" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D622" s="0">
-        <x:v>178.22</x:v>
+        <x:v>160.86</x:v>
       </x:c>
       <x:c r="E622" s="0">
-        <x:v>254.6</x:v>
+        <x:v>229.8</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:5">
       <x:c r="A623" s="1">
-        <x:v>45160.7514351852</x:v>
+        <x:v>45190.7625462963</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C623" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D623" s="0">
-        <x:v>173.88</x:v>
+        <x:v>162.4</x:v>
       </x:c>
       <x:c r="E623" s="0">
-        <x:v>248.4</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:5">
       <x:c r="A624" s="1">
-        <x:v>45159.7553703704</x:v>
+        <x:v>45189.7532638889</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C624" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D624" s="0">
-        <x:v>170.94</x:v>
+        <x:v>164.71</x:v>
       </x:c>
       <x:c r="E624" s="0">
-        <x:v>244.2</x:v>
+        <x:v>235.3</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:5">
       <x:c r="A625" s="1">
-        <x:v>45156.7550347222</x:v>
+        <x:v>45188.7544328704</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C625" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D625" s="0">
-        <x:v>178.71</x:v>
+        <x:v>164.71</x:v>
       </x:c>
       <x:c r="E625" s="0">
-        <x:v>255.3</x:v>
+        <x:v>235.3</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:5">
       <x:c r="A626" s="1">
-        <x:v>45155.7556134259</x:v>
+        <x:v>45187.7522106481</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C626" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D626" s="0">
-        <x:v>182.56</x:v>
+        <x:v>172.34</x:v>
       </x:c>
       <x:c r="E626" s="0">
-        <x:v>260.8</x:v>
+        <x:v>246.2</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:5">
       <x:c r="A627" s="1">
-        <x:v>45154.754224537</x:v>
+        <x:v>45184.7562152778</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C627" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D627" s="0">
-        <x:v>183.68</x:v>
+        <x:v>177.73</x:v>
       </x:c>
       <x:c r="E627" s="0">
-        <x:v>262.4</x:v>
+        <x:v>253.9</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:5">
       <x:c r="A628" s="1">
-        <x:v>45153.7541087963</x:v>
+        <x:v>45183.7549768519</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C628" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D628" s="0">
-        <x:v>186.34</x:v>
+        <x:v>173.53</x:v>
       </x:c>
       <x:c r="E628" s="0">
-        <x:v>266.2</x:v>
+        <x:v>247.9</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:5">
       <x:c r="A629" s="1">
-        <x:v>45152.75375</x:v>
+        <x:v>45182.7550231482</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C629" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D629" s="0">
-        <x:v>185.99</x:v>
+        <x:v>173.53</x:v>
       </x:c>
       <x:c r="E629" s="0">
-        <x:v>265.7</x:v>
+        <x:v>247.9</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:5">
       <x:c r="A630" s="1">
-        <x:v>45149.754212963</x:v>
+        <x:v>45181.7546412037</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C630" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D630" s="0">
-        <x:v>189.42</x:v>
+        <x:v>174.86</x:v>
       </x:c>
       <x:c r="E630" s="0">
-        <x:v>270.6</x:v>
+        <x:v>249.8</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:5">
       <x:c r="A631" s="1">
-        <x:v>45148.7531134259</x:v>
+        <x:v>45180.7560648148</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C631" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D631" s="0">
-        <x:v>187.32</x:v>
+        <x:v>182.56</x:v>
       </x:c>
       <x:c r="E631" s="0">
-        <x:v>267.6</x:v>
+        <x:v>260.8</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:5">
       <x:c r="A632" s="1">
-        <x:v>45147.7536689815</x:v>
+        <x:v>45177.7505439815</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C632" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D632" s="0">
-        <x:v>187.32</x:v>
+        <x:v>185.15</x:v>
       </x:c>
       <x:c r="E632" s="0">
-        <x:v>267.6</x:v>
+        <x:v>264.5</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:5">
       <x:c r="A633" s="1">
-        <x:v>45146.7524884259</x:v>
+        <x:v>45175.7517592593</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C633" s="0">
         <x:v>0.27</x:v>
       </x:c>
       <x:c r="D633" s="0">
-        <x:v>183.47</x:v>
+        <x:v>183.68</x:v>
       </x:c>
       <x:c r="E633" s="0">
-        <x:v>262.1</x:v>
+        <x:v>262.4</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:5">
       <x:c r="A634" s="1">
-        <x:v>45145.7509490741</x:v>
+        <x:v>45174.7518055556</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C634" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D634" s="0">
-        <x:v>185.99</x:v>
+        <x:v>181.65</x:v>
       </x:c>
       <x:c r="E634" s="0">
-        <x:v>265.7</x:v>
+        <x:v>259.5</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:5">
       <x:c r="A635" s="1">
-        <x:v>45142.7541087963</x:v>
+        <x:v>45173.7521296296</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C635" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D635" s="0">
-        <x:v>189.35</x:v>
+        <x:v>184.03</x:v>
       </x:c>
       <x:c r="E635" s="0">
-        <x:v>270.5</x:v>
+        <x:v>262.9</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:5">
       <x:c r="A636" s="1">
-        <x:v>45141.7489699074</x:v>
+        <x:v>45170.7515856481</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C636" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D636" s="0">
-        <x:v>189.35</x:v>
+        <x:v>184.31</x:v>
       </x:c>
       <x:c r="E636" s="0">
-        <x:v>270.5</x:v>
+        <x:v>263.3</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:5">
       <x:c r="A637" s="1">
-        <x:v>45140.7521759259</x:v>
+        <x:v>45169.7536226852</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C637" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D637" s="0">
-        <x:v>187.25</x:v>
+        <x:v>181.16</x:v>
       </x:c>
       <x:c r="E637" s="0">
-        <x:v>267.5</x:v>
+        <x:v>258.8</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:5">
       <x:c r="A638" s="1">
-        <x:v>45139.7460185185</x:v>
+        <x:v>45168.7584375</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C638" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D638" s="0">
-        <x:v>189.28</x:v>
+        <x:v>181.16</x:v>
       </x:c>
       <x:c r="E638" s="0">
-        <x:v>270.4</x:v>
+        <x:v>258.8</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:5">
       <x:c r="A639" s="1">
-        <x:v>45138.7504050926</x:v>
+        <x:v>45167.7547800926</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C639" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D639" s="0">
-        <x:v>199.15</x:v>
+        <x:v>179.69</x:v>
       </x:c>
       <x:c r="E639" s="0">
-        <x:v>284.5</x:v>
+        <x:v>256.7</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:5">
       <x:c r="A640" s="1">
-        <x:v>45135.7571759259</x:v>
+        <x:v>45166.7542476852</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C640" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D640" s="0">
-        <x:v>197.61</x:v>
+        <x:v>177.45</x:v>
       </x:c>
       <x:c r="E640" s="0">
-        <x:v>282.3</x:v>
+        <x:v>253.5</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:5">
       <x:c r="A641" s="1">
-        <x:v>45134.7515162037</x:v>
+        <x:v>45163.7523726852</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C641" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D641" s="0">
-        <x:v>195.65</x:v>
+        <x:v>173.95</x:v>
       </x:c>
       <x:c r="E641" s="0">
-        <x:v>279.5</x:v>
+        <x:v>248.5</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:5">
       <x:c r="A642" s="1">
-        <x:v>45133.7546064815</x:v>
+        <x:v>45162.7675694444</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C642" s="0">
-        <x:v>0.33</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D642" s="0">
-        <x:v>189.35</x:v>
+        <x:v>178.22</x:v>
       </x:c>
       <x:c r="E642" s="0">
-        <x:v>270.5</x:v>
+        <x:v>254.6</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:5">
       <x:c r="A643" s="1">
-        <x:v>45132.752037037</x:v>
+        <x:v>45161.7511689815</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C643" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D643" s="0">
-        <x:v>189.35</x:v>
+        <x:v>178.22</x:v>
       </x:c>
       <x:c r="E643" s="0">
-        <x:v>270.5</x:v>
+        <x:v>254.6</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:5">
       <x:c r="A644" s="1">
-        <x:v>45131.7596527778</x:v>
+        <x:v>45160.7514351852</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C644" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D644" s="0">
-        <x:v>190.4</x:v>
+        <x:v>173.88</x:v>
       </x:c>
       <x:c r="E644" s="0">
-        <x:v>272</x:v>
+        <x:v>248.4</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:5">
       <x:c r="A645" s="1">
-        <x:v>45128.7522453704</x:v>
+        <x:v>45159.7553703704</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C645" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D645" s="0">
-        <x:v>190.4</x:v>
+        <x:v>170.94</x:v>
       </x:c>
       <x:c r="E645" s="0">
-        <x:v>272</x:v>
+        <x:v>244.2</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:5">
       <x:c r="A646" s="1">
-        <x:v>45127.7508449074</x:v>
+        <x:v>45156.7550347222</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C646" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D646" s="0">
-        <x:v>166.32</x:v>
+        <x:v>178.71</x:v>
       </x:c>
       <x:c r="E646" s="0">
-        <x:v>237.6</x:v>
+        <x:v>255.3</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:5">
       <x:c r="A647" s="1">
-        <x:v>45126.7644907407</x:v>
+        <x:v>45155.7556134259</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C647" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D647" s="0">
-        <x:v>166.32</x:v>
+        <x:v>182.56</x:v>
       </x:c>
       <x:c r="E647" s="0">
-        <x:v>237.6</x:v>
+        <x:v>260.8</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:5">
       <x:c r="A648" s="1">
-        <x:v>45125.7531712963</x:v>
+        <x:v>45154.754224537</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C648" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D648" s="0">
-        <x:v>164.08</x:v>
+        <x:v>183.68</x:v>
       </x:c>
       <x:c r="E648" s="0">
-        <x:v>234.4</x:v>
+        <x:v>262.4</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:5">
       <x:c r="A649" s="1">
-        <x:v>45124.7522800926</x:v>
+        <x:v>45153.7541087963</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C649" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D649" s="0">
-        <x:v>160.37</x:v>
+        <x:v>186.34</x:v>
       </x:c>
       <x:c r="E649" s="0">
-        <x:v>229.1</x:v>
+        <x:v>266.2</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:5">
       <x:c r="A650" s="1">
-        <x:v>45121.7538310185</x:v>
+        <x:v>45152.75375</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C650" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D650" s="0">
-        <x:v>161.28</x:v>
+        <x:v>185.99</x:v>
       </x:c>
       <x:c r="E650" s="0">
-        <x:v>230.4</x:v>
+        <x:v>265.7</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:5">
       <x:c r="A651" s="1">
-        <x:v>45120.7550231482</x:v>
+        <x:v>45149.754212963</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C651" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D651" s="0">
-        <x:v>158.34</x:v>
+        <x:v>189.42</x:v>
       </x:c>
       <x:c r="E651" s="0">
-        <x:v>226.2</x:v>
+        <x:v>270.6</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:5">
       <x:c r="A652" s="1">
-        <x:v>45119.7525694444</x:v>
+        <x:v>45148.7531134259</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C652" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D652" s="0">
-        <x:v>156.8</x:v>
+        <x:v>187.32</x:v>
       </x:c>
       <x:c r="E652" s="0">
-        <x:v>224</x:v>
+        <x:v>267.6</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:5">
       <x:c r="A653" s="1">
-        <x:v>45118.7531944444</x:v>
+        <x:v>45147.7536689815</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C653" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D653" s="0">
-        <x:v>156.8</x:v>
+        <x:v>187.32</x:v>
       </x:c>
       <x:c r="E653" s="0">
-        <x:v>224</x:v>
+        <x:v>267.6</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:5">
       <x:c r="A654" s="1">
-        <x:v>45117.7562731481</x:v>
+        <x:v>45146.7524884259</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C654" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D654" s="0">
-        <x:v>156.52</x:v>
+        <x:v>183.47</x:v>
       </x:c>
       <x:c r="E654" s="0">
-        <x:v>223.6</x:v>
+        <x:v>262.1</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:5">
       <x:c r="A655" s="1">
-        <x:v>45114.7533912037</x:v>
+        <x:v>45145.7509490741</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C655" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D655" s="0">
-        <x:v>156.52</x:v>
+        <x:v>185.99</x:v>
       </x:c>
       <x:c r="E655" s="0">
-        <x:v>223.6</x:v>
+        <x:v>265.7</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:5">
       <x:c r="A656" s="1">
-        <x:v>45113.7492361111</x:v>
+        <x:v>45142.7541087963</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C656" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D656" s="0">
-        <x:v>156.87</x:v>
+        <x:v>189.35</x:v>
       </x:c>
       <x:c r="E656" s="0">
-        <x:v>224.1</x:v>
+        <x:v>270.5</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:5">
       <x:c r="A657" s="1">
-        <x:v>45112.7498032407</x:v>
+        <x:v>45141.7489699074</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C657" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D657" s="0">
-        <x:v>161.28</x:v>
+        <x:v>189.35</x:v>
       </x:c>
       <x:c r="E657" s="0">
-        <x:v>230.4</x:v>
+        <x:v>270.5</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:5">
       <x:c r="A658" s="1">
-        <x:v>45111.7460300926</x:v>
+        <x:v>45140.7521759259</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C658" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D658" s="0">
-        <x:v>160.79</x:v>
+        <x:v>187.25</x:v>
       </x:c>
       <x:c r="E658" s="0">
-        <x:v>229.7</x:v>
+        <x:v>267.5</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:5">
       <x:c r="A659" s="1">
-        <x:v>45110.7479050926</x:v>
+        <x:v>45139.7460185185</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C659" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D659" s="0">
-        <x:v>160.09</x:v>
+        <x:v>189.28</x:v>
       </x:c>
       <x:c r="E659" s="0">
-        <x:v>228.7</x:v>
+        <x:v>270.4</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:5">
       <x:c r="A660" s="1">
-        <x:v>45107.751712963</x:v>
+        <x:v>45138.7504050926</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C660" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D660" s="0">
-        <x:v>160.09</x:v>
+        <x:v>199.15</x:v>
       </x:c>
       <x:c r="E660" s="0">
-        <x:v>228.7</x:v>
+        <x:v>284.5</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:5">
       <x:c r="A661" s="1">
-        <x:v>45106.7615162037</x:v>
+        <x:v>45135.7571759259</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C661" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D661" s="0">
-        <x:v>155.33</x:v>
+        <x:v>197.61</x:v>
       </x:c>
       <x:c r="E661" s="0">
-        <x:v>221.9</x:v>
+        <x:v>282.3</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:5">
       <x:c r="A662" s="1">
-        <x:v>45105.7529166667</x:v>
+        <x:v>45134.7515162037</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C662" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D662" s="0">
-        <x:v>155.33</x:v>
+        <x:v>195.65</x:v>
       </x:c>
       <x:c r="E662" s="0">
-        <x:v>221.9</x:v>
+        <x:v>279.5</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:5">
       <x:c r="A663" s="1">
-        <x:v>45104.7594328704</x:v>
+        <x:v>45133.7546064815</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C663" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D663" s="0">
-        <x:v>148.47</x:v>
+        <x:v>189.35</x:v>
       </x:c>
       <x:c r="E663" s="0">
-        <x:v>212.1</x:v>
+        <x:v>270.5</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:5">
       <x:c r="A664" s="1">
-        <x:v>45103.7484606481</x:v>
+        <x:v>45132.752037037</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C664" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D664" s="0">
-        <x:v>158.41</x:v>
+        <x:v>189.35</x:v>
       </x:c>
       <x:c r="E664" s="0">
-        <x:v>226.3</x:v>
+        <x:v>270.5</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:5">
       <x:c r="A665" s="1">
-        <x:v>45100.7546990741</x:v>
+        <x:v>45131.7596527778</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C665" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D665" s="0">
-        <x:v>162.05</x:v>
+        <x:v>190.4</x:v>
       </x:c>
       <x:c r="E665" s="0">
-        <x:v>231.5</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:5">
       <x:c r="A666" s="1">
-        <x:v>45099.7634953704</x:v>
+        <x:v>45128.7522453704</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C666" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D666" s="0">
-        <x:v>168.84</x:v>
+        <x:v>190.4</x:v>
       </x:c>
       <x:c r="E666" s="0">
-        <x:v>241.2</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:5">
       <x:c r="A667" s="1">
-        <x:v>45098.7453240741</x:v>
+        <x:v>45127.7508449074</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C667" s="0">
         <x:v>0.22</x:v>
       </x:c>
       <x:c r="D667" s="0">
-        <x:v>163.17</x:v>
+        <x:v>166.32</x:v>
       </x:c>
       <x:c r="E667" s="0">
-        <x:v>233.1</x:v>
+        <x:v>237.6</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:5">
       <x:c r="A668" s="1">
-        <x:v>45097.7472569444</x:v>
+        <x:v>45126.7644907407</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C668" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D668" s="0">
-        <x:v>166.88</x:v>
+        <x:v>166.32</x:v>
       </x:c>
       <x:c r="E668" s="0">
-        <x:v>238.4</x:v>
+        <x:v>237.6</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:5">
       <x:c r="A669" s="1">
-        <x:v>45096.7479282407</x:v>
+        <x:v>45125.7531712963</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C669" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D669" s="0">
-        <x:v>168.77</x:v>
+        <x:v>164.08</x:v>
       </x:c>
       <x:c r="E669" s="0">
-        <x:v>241.1</x:v>
+        <x:v>234.4</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:5">
       <x:c r="A670" s="1">
-        <x:v>45093.753599537</x:v>
+        <x:v>45124.7522800926</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C670" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D670" s="0">
-        <x:v>193.55</x:v>
+        <x:v>160.37</x:v>
       </x:c>
       <x:c r="E670" s="0">
-        <x:v>276.5</x:v>
+        <x:v>229.1</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:5">
       <x:c r="A671" s="1">
-        <x:v>45092.7633333333</x:v>
+        <x:v>45121.7538310185</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C671" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D671" s="0">
-        <x:v>192.01</x:v>
+        <x:v>161.28</x:v>
       </x:c>
       <x:c r="E671" s="0">
-        <x:v>274.3</x:v>
+        <x:v>230.4</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:5">
       <x:c r="A672" s="1">
-        <x:v>45091.7621875</x:v>
+        <x:v>45120.7550231482</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C672" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D672" s="0">
-        <x:v>190.82</x:v>
+        <x:v>158.34</x:v>
       </x:c>
       <x:c r="E672" s="0">
-        <x:v>272.6</x:v>
+        <x:v>226.2</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:5">
       <x:c r="A673" s="1">
-        <x:v>45090.747974537</x:v>
+        <x:v>45119.7525694444</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C673" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D673" s="0">
-        <x:v>190.82</x:v>
+        <x:v>156.8</x:v>
       </x:c>
       <x:c r="E673" s="0">
-        <x:v>272.6</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:5">
       <x:c r="A674" s="1">
-        <x:v>45089.7484375</x:v>
+        <x:v>45118.7531944444</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C674" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D674" s="0">
-        <x:v>190.54</x:v>
+        <x:v>156.8</x:v>
       </x:c>
       <x:c r="E674" s="0">
-        <x:v>272.2</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:5">
       <x:c r="A675" s="1">
-        <x:v>45086.7506134259</x:v>
+        <x:v>45117.7562731481</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C675" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D675" s="0">
-        <x:v>185.92</x:v>
+        <x:v>156.52</x:v>
       </x:c>
       <x:c r="E675" s="0">
-        <x:v>265.6</x:v>
+        <x:v>223.6</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:5">
       <x:c r="A676" s="1">
-        <x:v>45085.7543171296</x:v>
+        <x:v>45114.7533912037</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C676" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D676" s="0">
-        <x:v>188.58</x:v>
+        <x:v>156.52</x:v>
       </x:c>
       <x:c r="E676" s="0">
-        <x:v>269.4</x:v>
+        <x:v>223.6</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:5">
       <x:c r="A677" s="1">
-        <x:v>45084.7496527778</x:v>
+        <x:v>45113.7492361111</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C677" s="0">
-        <x:v>0.36</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D677" s="0">
-        <x:v>188.58</x:v>
+        <x:v>156.87</x:v>
       </x:c>
       <x:c r="E677" s="0">
-        <x:v>269.4</x:v>
+        <x:v>224.1</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:5">
       <x:c r="A678" s="1">
-        <x:v>45083.7446643518</x:v>
+        <x:v>45112.7498032407</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C678" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D678" s="0">
-        <x:v>189.91</x:v>
+        <x:v>161.28</x:v>
       </x:c>
       <x:c r="E678" s="0">
-        <x:v>271.3</x:v>
+        <x:v>230.4</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:5">
       <x:c r="A679" s="1">
-        <x:v>45082.7459375</x:v>
+        <x:v>45111.7460300926</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C679" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D679" s="0">
-        <x:v>184.87</x:v>
+        <x:v>160.79</x:v>
       </x:c>
       <x:c r="E679" s="0">
-        <x:v>264.1</x:v>
+        <x:v>229.7</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:5">
       <x:c r="A680" s="1">
-        <x:v>45079.7409027778</x:v>
+        <x:v>45110.7479050926</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C680" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D680" s="0">
-        <x:v>185.5</x:v>
+        <x:v>160.09</x:v>
       </x:c>
       <x:c r="E680" s="0">
-        <x:v>265</x:v>
+        <x:v>228.7</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:5">
       <x:c r="A681" s="1">
-        <x:v>45078.7429282407</x:v>
+        <x:v>45107.751712963</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C681" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D681" s="0">
-        <x:v>177.31</x:v>
+        <x:v>160.09</x:v>
       </x:c>
       <x:c r="E681" s="0">
-        <x:v>253.3</x:v>
+        <x:v>228.7</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:5">
       <x:c r="A682" s="1">
-        <x:v>45077.7395833333</x:v>
+        <x:v>45106.7615162037</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C682" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D682" s="0">
-        <x:v>171.92</x:v>
+        <x:v>155.33</x:v>
       </x:c>
       <x:c r="E682" s="0">
-        <x:v>245.6</x:v>
+        <x:v>221.9</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:5">
       <x:c r="A683" s="1">
-        <x:v>45076.7481712963</x:v>
+        <x:v>45105.7529166667</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C683" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D683" s="0">
-        <x:v>172.41</x:v>
+        <x:v>155.33</x:v>
       </x:c>
       <x:c r="E683" s="0">
-        <x:v>246.3</x:v>
+        <x:v>221.9</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:5">
       <x:c r="A684" s="1">
-        <x:v>45075.7469444444</x:v>
+        <x:v>45104.7594328704</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C684" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D684" s="0">
-        <x:v>172.41</x:v>
+        <x:v>148.47</x:v>
       </x:c>
       <x:c r="E684" s="0">
-        <x:v>246.3</x:v>
+        <x:v>212.1</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:5">
       <x:c r="A685" s="1">
-        <x:v>45072.7369791667</x:v>
+        <x:v>45103.7484606481</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C685" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D685" s="0">
-        <x:v>171.22</x:v>
+        <x:v>158.41</x:v>
       </x:c>
       <x:c r="E685" s="0">
-        <x:v>244.6</x:v>
+        <x:v>226.3</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:5">
       <x:c r="A686" s="1">
-        <x:v>45071.7489236111</x:v>
+        <x:v>45100.7546990741</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C686" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D686" s="0">
-        <x:v>170.31</x:v>
+        <x:v>162.05</x:v>
       </x:c>
       <x:c r="E686" s="0">
-        <x:v>243.3</x:v>
+        <x:v>231.5</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:5">
       <x:c r="A687" s="1">
-        <x:v>45070.7458333333</x:v>
+        <x:v>45099.7634953704</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C687" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D687" s="0">
-        <x:v>171.15</x:v>
+        <x:v>168.84</x:v>
       </x:c>
       <x:c r="E687" s="0">
-        <x:v>244.5</x:v>
+        <x:v>241.2</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:5">
       <x:c r="A688" s="1">
-        <x:v>45069.7517708333</x:v>
+        <x:v>45098.7453240741</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C688" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D688" s="0">
-        <x:v>171.5</x:v>
+        <x:v>163.17</x:v>
       </x:c>
       <x:c r="E688" s="0">
-        <x:v>245</x:v>
+        <x:v>233.1</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:5">
       <x:c r="A689" s="1">
-        <x:v>45068.7463773148</x:v>
+        <x:v>45097.7472569444</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C689" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D689" s="0">
-        <x:v>171.5</x:v>
+        <x:v>166.88</x:v>
       </x:c>
       <x:c r="E689" s="0">
-        <x:v>245</x:v>
+        <x:v>238.4</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:5">
       <x:c r="A690" s="1">
-        <x:v>45065.748125</x:v>
+        <x:v>45096.7479282407</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C690" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D690" s="0">
-        <x:v>171.85</x:v>
+        <x:v>168.77</x:v>
       </x:c>
       <x:c r="E690" s="0">
-        <x:v>245.5</x:v>
+        <x:v>241.1</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:5">
       <x:c r="A691" s="1">
-        <x:v>45064.7451157407</x:v>
+        <x:v>45093.753599537</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C691" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D691" s="0">
-        <x:v>170.31</x:v>
+        <x:v>193.55</x:v>
       </x:c>
       <x:c r="E691" s="0">
-        <x:v>243.3</x:v>
+        <x:v>276.5</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:5">
       <x:c r="A692" s="1">
-        <x:v>45063.7487268519</x:v>
+        <x:v>45092.7633333333</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C692" s="0">
-        <x:v>0.26</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D692" s="0">
-        <x:v>170.1</x:v>
+        <x:v>192.01</x:v>
       </x:c>
       <x:c r="E692" s="0">
-        <x:v>243</x:v>
+        <x:v>274.3</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:5">
       <x:c r="A693" s="1">
-        <x:v>45062.7486226852</x:v>
+        <x:v>45091.7621875</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C693" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D693" s="0">
-        <x:v>170.1</x:v>
+        <x:v>190.82</x:v>
       </x:c>
       <x:c r="E693" s="0">
-        <x:v>243</x:v>
+        <x:v>272.6</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:5">
       <x:c r="A694" s="1">
-        <x:v>45061.7469212963</x:v>
+        <x:v>45090.747974537</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C694" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D694" s="0">
-        <x:v>171.99</x:v>
+        <x:v>190.82</x:v>
       </x:c>
       <x:c r="E694" s="0">
-        <x:v>245.7</x:v>
+        <x:v>272.6</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:5">
       <x:c r="A695" s="1">
-        <x:v>45058.7462731482</x:v>
+        <x:v>45089.7484375</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C695" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D695" s="0">
-        <x:v>172.41</x:v>
+        <x:v>190.54</x:v>
       </x:c>
       <x:c r="E695" s="0">
-        <x:v>246.3</x:v>
+        <x:v>272.2</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:5">
       <x:c r="A696" s="1">
-        <x:v>45057.7482175926</x:v>
+        <x:v>45086.7506134259</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C696" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D696" s="0">
-        <x:v>172.97</x:v>
+        <x:v>185.92</x:v>
       </x:c>
       <x:c r="E696" s="0">
-        <x:v>247.1</x:v>
+        <x:v>265.6</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:5">
       <x:c r="A697" s="1">
-        <x:v>45056.7499074074</x:v>
+        <x:v>45085.7543171296</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C697" s="0">
-        <x:v>0.29</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D697" s="0">
-        <x:v>172.97</x:v>
+        <x:v>188.58</x:v>
       </x:c>
       <x:c r="E697" s="0">
-        <x:v>247.1</x:v>
+        <x:v>269.4</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:5">
       <x:c r="A698" s="1">
-        <x:v>45055.746099537</x:v>
+        <x:v>45084.7496527778</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C698" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D698" s="0">
-        <x:v>172.13</x:v>
+        <x:v>188.58</x:v>
       </x:c>
       <x:c r="E698" s="0">
-        <x:v>245.9</x:v>
+        <x:v>269.4</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:5">
       <x:c r="A699" s="1">
-        <x:v>45054.7458101852</x:v>
+        <x:v>45083.7446643518</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C699" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D699" s="0">
-        <x:v>177.52</x:v>
+        <x:v>189.91</x:v>
       </x:c>
       <x:c r="E699" s="0">
-        <x:v>253.6</x:v>
+        <x:v>271.3</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:5">
       <x:c r="A700" s="1">
-        <x:v>45051.7446064815</x:v>
+        <x:v>45082.7459375</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C700" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D700" s="0">
-        <x:v>178.92</x:v>
+        <x:v>184.87</x:v>
       </x:c>
       <x:c r="E700" s="0">
-        <x:v>255.6</x:v>
+        <x:v>264.1</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:5">
       <x:c r="A701" s="1">
-        <x:v>45050.7371064815</x:v>
+        <x:v>45079.7409027778</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C701" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D701" s="0">
-        <x:v>177.8</x:v>
+        <x:v>185.5</x:v>
       </x:c>
       <x:c r="E701" s="0">
-        <x:v>254</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:5">
       <x:c r="A702" s="1">
-        <x:v>45049.7488773148</x:v>
+        <x:v>45078.7429282407</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C702" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D702" s="0">
-        <x:v>177.8</x:v>
+        <x:v>177.31</x:v>
       </x:c>
       <x:c r="E702" s="0">
-        <x:v>254</x:v>
+        <x:v>253.3</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:5">
       <x:c r="A703" s="1">
-        <x:v>45048.7455555556</x:v>
+        <x:v>45077.7395833333</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C703" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D703" s="0">
-        <x:v>168.63</x:v>
+        <x:v>171.92</x:v>
       </x:c>
       <x:c r="E703" s="0">
-        <x:v>240.9</x:v>
+        <x:v>245.6</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:5">
       <x:c r="A704" s="1">
-        <x:v>45044.746400463</x:v>
+        <x:v>45076.7481712963</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C704" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D704" s="0">
-        <x:v>169.75</x:v>
+        <x:v>172.41</x:v>
       </x:c>
       <x:c r="E704" s="0">
-        <x:v>242.5</x:v>
+        <x:v>246.3</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:5">
       <x:c r="A705" s="1">
-        <x:v>45043.7502083333</x:v>
+        <x:v>45075.7469444444</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C705" s="0">
         <x:v>0.28</x:v>
       </x:c>
       <x:c r="D705" s="0">
-        <x:v>170.8</x:v>
+        <x:v>172.41</x:v>
       </x:c>
       <x:c r="E705" s="0">
-        <x:v>244</x:v>
+        <x:v>246.3</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:5">
       <x:c r="A706" s="1">
-        <x:v>45042.7405555556</x:v>
+        <x:v>45072.7369791667</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C706" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D706" s="0">
-        <x:v>168</x:v>
+        <x:v>171.22</x:v>
       </x:c>
       <x:c r="E706" s="0">
-        <x:v>240</x:v>
+        <x:v>244.6</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:5">
       <x:c r="A707" s="1">
-        <x:v>45041.7420486111</x:v>
+        <x:v>45071.7489236111</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C707" s="0">
         <x:v>0.27</x:v>
       </x:c>
       <x:c r="D707" s="0">
-        <x:v>168.98</x:v>
+        <x:v>170.31</x:v>
       </x:c>
       <x:c r="E707" s="0">
-        <x:v>241.4</x:v>
+        <x:v>243.3</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:5">
       <x:c r="A708" s="1">
-        <x:v>45040.7477199074</x:v>
+        <x:v>45070.7458333333</x:v>
       </x:c>
       <x:c r="B708" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C708" s="0">
-        <x:v>0.35</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D708" s="0">
-        <x:v>182.56</x:v>
+        <x:v>171.15</x:v>
       </x:c>
       <x:c r="E708" s="0">
-        <x:v>260.8</x:v>
+        <x:v>244.5</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:5">
       <x:c r="A709" s="1">
-        <x:v>45037.7457060185</x:v>
+        <x:v>45069.7517708333</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C709" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D709" s="0">
-        <x:v>177.31</x:v>
+        <x:v>171.5</x:v>
       </x:c>
       <x:c r="E709" s="0">
-        <x:v>253.3</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:5">
       <x:c r="A710" s="1">
-        <x:v>45036.7464351852</x:v>
+        <x:v>45068.7463773148</x:v>
       </x:c>
       <x:c r="B710" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C710" s="0">
-        <x:v>0.32</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D710" s="0">
-        <x:v>177.94</x:v>
+        <x:v>171.5</x:v>
       </x:c>
       <x:c r="E710" s="0">
-        <x:v>254.2</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:5">
       <x:c r="A711" s="1">
-        <x:v>45035.747650463</x:v>
+        <x:v>45065.748125</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C711" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D711" s="0">
-        <x:v>195.3</x:v>
+        <x:v>171.85</x:v>
       </x:c>
       <x:c r="E711" s="0">
-        <x:v>279</x:v>
+        <x:v>245.5</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:5">
       <x:c r="A712" s="1">
-        <x:v>45034.7515740741</x:v>
+        <x:v>45064.7451157407</x:v>
       </x:c>
       <x:c r="B712" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C712" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D712" s="0">
-        <x:v>198.8</x:v>
+        <x:v>170.31</x:v>
       </x:c>
       <x:c r="E712" s="0">
-        <x:v>284</x:v>
+        <x:v>243.3</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:5">
       <x:c r="A713" s="1">
-        <x:v>45033.7470833333</x:v>
+        <x:v>45063.7487268519</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C713" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D713" s="0">
-        <x:v>199.43</x:v>
+        <x:v>170.1</x:v>
       </x:c>
       <x:c r="E713" s="0">
-        <x:v>284.9</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:5">
       <x:c r="A714" s="1">
-        <x:v>45030.7486689815</x:v>
+        <x:v>45062.7486226852</x:v>
       </x:c>
       <x:c r="B714" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C714" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D714" s="0">
-        <x:v>202.72</x:v>
+        <x:v>170.1</x:v>
       </x:c>
       <x:c r="E714" s="0">
-        <x:v>289.6</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:5">
       <x:c r="A715" s="1">
-        <x:v>45029.7530092593</x:v>
+        <x:v>45061.7469212963</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C715" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D715" s="0">
-        <x:v>201.25</x:v>
+        <x:v>171.99</x:v>
       </x:c>
       <x:c r="E715" s="0">
-        <x:v>287.5</x:v>
+        <x:v>245.7</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:5">
       <x:c r="A716" s="1">
-        <x:v>45028.7462731482</x:v>
+        <x:v>45058.7462731482</x:v>
       </x:c>
       <x:c r="B716" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C716" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D716" s="0">
-        <x:v>200.83</x:v>
+        <x:v>172.41</x:v>
       </x:c>
       <x:c r="E716" s="0">
-        <x:v>286.9</x:v>
+        <x:v>246.3</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:5">
       <x:c r="A717" s="1">
-        <x:v>45027.7613541667</x:v>
+        <x:v>45057.7482175926</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C717" s="0">
-        <x:v>0.46</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D717" s="0">
-        <x:v>201.6</x:v>
+        <x:v>172.97</x:v>
       </x:c>
       <x:c r="E717" s="0">
-        <x:v>288</x:v>
+        <x:v>247.1</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:5">
       <x:c r="A718" s="1">
-        <x:v>45022.7411458333</x:v>
+        <x:v>45056.7499074074</x:v>
       </x:c>
       <x:c r="B718" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C718" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D718" s="0">
-        <x:v>201.6</x:v>
+        <x:v>172.97</x:v>
       </x:c>
       <x:c r="E718" s="0">
-        <x:v>288</x:v>
+        <x:v>247.1</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:5">
       <x:c r="A719" s="1">
-        <x:v>45021.7524652778</x:v>
+        <x:v>45055.746099537</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C719" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D719" s="0">
-        <x:v>190.61</x:v>
+        <x:v>172.13</x:v>
       </x:c>
       <x:c r="E719" s="0">
-        <x:v>272.3</x:v>
+        <x:v>245.9</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:5">
       <x:c r="A720" s="1">
-        <x:v>45020.7467824074</x:v>
+        <x:v>45054.7458101852</x:v>
       </x:c>
       <x:c r="B720" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C720" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D720" s="0">
-        <x:v>190.61</x:v>
+        <x:v>177.52</x:v>
       </x:c>
       <x:c r="E720" s="0">
-        <x:v>272.3</x:v>
+        <x:v>253.6</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:5">
       <x:c r="A721" s="1">
-        <x:v>45019.7386805556</x:v>
+        <x:v>45051.7446064815</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C721" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D721" s="0">
-        <x:v>190.89</x:v>
+        <x:v>178.92</x:v>
       </x:c>
       <x:c r="E721" s="0">
-        <x:v>272.7</x:v>
+        <x:v>255.6</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:5">
       <x:c r="A722" s="1">
-        <x:v>45019.7386805556</x:v>
+        <x:v>45050.7371064815</x:v>
       </x:c>
       <x:c r="B722" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C722" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D722" s="0">
-        <x:v>197.4</x:v>
+        <x:v>177.8</x:v>
       </x:c>
       <x:c r="E722" s="0">
-        <x:v>282</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:5">
       <x:c r="A723" s="1">
-        <x:v>45016.7507638889</x:v>
+        <x:v>45049.7488773148</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C723" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D723" s="0">
-        <x:v>197.4</x:v>
+        <x:v>177.8</x:v>
       </x:c>
       <x:c r="E723" s="0">
-        <x:v>282</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:5">
       <x:c r="A724" s="1">
-        <x:v>45015.7424884259</x:v>
+        <x:v>45048.7455555556</x:v>
       </x:c>
       <x:c r="B724" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C724" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D724" s="0">
-        <x:v>216.02</x:v>
+        <x:v>168.63</x:v>
       </x:c>
       <x:c r="E724" s="0">
-        <x:v>308.6</x:v>
+        <x:v>240.9</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:5">
       <x:c r="A725" s="1">
-        <x:v>45014.7423032407</x:v>
+        <x:v>45044.746400463</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C725" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D725" s="0">
-        <x:v>210</x:v>
+        <x:v>169.75</x:v>
       </x:c>
       <x:c r="E725" s="0">
-        <x:v>300</x:v>
+        <x:v>242.5</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:5">
       <x:c r="A726" s="1">
-        <x:v>45013.7541087963</x:v>
+        <x:v>45043.7502083333</x:v>
       </x:c>
       <x:c r="B726" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C726" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D726" s="0">
-        <x:v>214.41</x:v>
+        <x:v>170.8</x:v>
       </x:c>
       <x:c r="E726" s="0">
-        <x:v>306.3</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:5">
       <x:c r="A727" s="1">
-        <x:v>45012.7597800926</x:v>
+        <x:v>45042.7405555556</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C727" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D727" s="0">
-        <x:v>214.41</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E727" s="0">
-        <x:v>306.3</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:5">
       <x:c r="A728" s="1">
-        <x:v>45009.7532175926</x:v>
+        <x:v>45041.7420486111</x:v>
       </x:c>
       <x:c r="B728" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C728" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D728" s="0">
-        <x:v>211.19</x:v>
+        <x:v>168.98</x:v>
       </x:c>
       <x:c r="E728" s="0">
-        <x:v>301.7</x:v>
+        <x:v>241.4</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:5">
       <x:c r="A729" s="1">
-        <x:v>45008.7463773148</x:v>
+        <x:v>45040.7477199074</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C729" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D729" s="0">
-        <x:v>210.35</x:v>
+        <x:v>182.56</x:v>
       </x:c>
       <x:c r="E729" s="0">
-        <x:v>300.5</x:v>
+        <x:v>260.8</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:5">
       <x:c r="A730" s="1">
-        <x:v>45007.7511689815</x:v>
+        <x:v>45037.7457060185</x:v>
       </x:c>
       <x:c r="B730" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C730" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D730" s="0">
-        <x:v>213.22</x:v>
+        <x:v>177.31</x:v>
       </x:c>
       <x:c r="E730" s="0">
-        <x:v>304.6</x:v>
+        <x:v>253.3</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:5">
       <x:c r="A731" s="1">
-        <x:v>45006.7508333333</x:v>
+        <x:v>45036.7464351852</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C731" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D731" s="0">
-        <x:v>213.99</x:v>
+        <x:v>177.94</x:v>
       </x:c>
       <x:c r="E731" s="0">
-        <x:v>305.7</x:v>
+        <x:v>254.2</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:5">
       <x:c r="A732" s="1">
-        <x:v>45005.747025463</x:v>
+        <x:v>45035.747650463</x:v>
       </x:c>
       <x:c r="B732" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C732" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D732" s="0">
-        <x:v>210.42</x:v>
+        <x:v>195.3</x:v>
       </x:c>
       <x:c r="E732" s="0">
-        <x:v>300.6</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:5">
       <x:c r="A733" s="1">
-        <x:v>45002.7519791667</x:v>
+        <x:v>45034.7515740741</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C733" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D733" s="0">
-        <x:v>211.26</x:v>
+        <x:v>198.8</x:v>
       </x:c>
       <x:c r="E733" s="0">
-        <x:v>301.8</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:5">
       <x:c r="A734" s="1">
-        <x:v>45001.7502314815</x:v>
+        <x:v>45033.7470833333</x:v>
       </x:c>
       <x:c r="B734" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C734" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D734" s="0">
-        <x:v>213.08</x:v>
+        <x:v>199.43</x:v>
       </x:c>
       <x:c r="E734" s="0">
-        <x:v>304.4</x:v>
+        <x:v>284.9</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:5">
       <x:c r="A735" s="1">
-        <x:v>45000.7559606481</x:v>
+        <x:v>45030.7486689815</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C735" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D735" s="0">
-        <x:v>215.53</x:v>
+        <x:v>202.72</x:v>
       </x:c>
       <x:c r="E735" s="0">
-        <x:v>307.9</x:v>
+        <x:v>289.6</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:5">
       <x:c r="A736" s="1">
-        <x:v>44999.7466435185</x:v>
+        <x:v>45029.7530092593</x:v>
       </x:c>
       <x:c r="B736" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C736" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D736" s="0">
-        <x:v>215.53</x:v>
+        <x:v>201.25</x:v>
       </x:c>
       <x:c r="E736" s="0">
-        <x:v>307.9</x:v>
+        <x:v>287.5</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:5">
       <x:c r="A737" s="1">
-        <x:v>44998.7491898148</x:v>
+        <x:v>45028.7462731482</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C737" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D737" s="0">
-        <x:v>213.92</x:v>
+        <x:v>200.83</x:v>
       </x:c>
       <x:c r="E737" s="0">
-        <x:v>305.6</x:v>
+        <x:v>286.9</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:5">
       <x:c r="A738" s="1">
-        <x:v>44995.7481018519</x:v>
+        <x:v>45027.7613541667</x:v>
       </x:c>
       <x:c r="B738" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C738" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D738" s="0">
-        <x:v>215.11</x:v>
+        <x:v>201.6</x:v>
       </x:c>
       <x:c r="E738" s="0">
-        <x:v>307.3</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:5">
       <x:c r="A739" s="1">
-        <x:v>44994.7473032407</x:v>
+        <x:v>45022.7411458333</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C739" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D739" s="0">
-        <x:v>217.42</x:v>
+        <x:v>201.6</x:v>
       </x:c>
       <x:c r="E739" s="0">
-        <x:v>310.6</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:5">
       <x:c r="A740" s="1">
-        <x:v>44993.7607291667</x:v>
+        <x:v>45021.7524652778</x:v>
       </x:c>
       <x:c r="B740" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C740" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D740" s="0">
-        <x:v>217.91</x:v>
+        <x:v>190.61</x:v>
       </x:c>
       <x:c r="E740" s="0">
-        <x:v>311.3</x:v>
+        <x:v>272.3</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:5">
       <x:c r="A741" s="1">
-        <x:v>44992.75</x:v>
+        <x:v>45020.7467824074</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C741" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D741" s="0">
-        <x:v>217.91</x:v>
+        <x:v>190.61</x:v>
       </x:c>
       <x:c r="E741" s="0">
-        <x:v>311.3</x:v>
+        <x:v>272.3</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:5">
       <x:c r="A742" s="1">
-        <x:v>44991.7461342593</x:v>
+        <x:v>45019.7386805556</x:v>
       </x:c>
       <x:c r="B742" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C742" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D742" s="0">
-        <x:v>218.68</x:v>
+        <x:v>190.89</x:v>
       </x:c>
       <x:c r="E742" s="0">
-        <x:v>312.4</x:v>
+        <x:v>272.7</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:5">
       <x:c r="A743" s="1">
-        <x:v>44988.7519907407</x:v>
+        <x:v>45019.7386805556</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C743" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D743" s="0">
-        <x:v>218.26</x:v>
+        <x:v>197.4</x:v>
       </x:c>
       <x:c r="E743" s="0">
-        <x:v>311.8</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:5">
       <x:c r="A744" s="1">
-        <x:v>44987.7469328704</x:v>
+        <x:v>45016.7507638889</x:v>
       </x:c>
       <x:c r="B744" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C744" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D744" s="0">
-        <x:v>217.07</x:v>
+        <x:v>197.4</x:v>
       </x:c>
       <x:c r="E744" s="0">
-        <x:v>310.1</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:5">
       <x:c r="A745" s="1">
-        <x:v>44986.7389351852</x:v>
+        <x:v>45015.7424884259</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C745" s="0">
         <x:v>0.63</x:v>
       </x:c>
       <x:c r="D745" s="0">
-        <x:v>214.34</x:v>
+        <x:v>216.02</x:v>
       </x:c>
       <x:c r="E745" s="0">
-        <x:v>306.2</x:v>
+        <x:v>308.6</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:5">
       <x:c r="A746" s="1">
-        <x:v>44985.7456134259</x:v>
+        <x:v>45014.7423032407</x:v>
       </x:c>
       <x:c r="B746" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C746" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D746" s="0">
-        <x:v>216.09</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E746" s="0">
-        <x:v>308.7</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:5">
       <x:c r="A747" s="1">
-        <x:v>44984.7576851852</x:v>
+        <x:v>45013.7541087963</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C747" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D747" s="0">
-        <x:v>224.42</x:v>
+        <x:v>214.41</x:v>
       </x:c>
       <x:c r="E747" s="0">
-        <x:v>320.6</x:v>
+        <x:v>306.3</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:5">
       <x:c r="A748" s="1">
-        <x:v>44981.7524074074</x:v>
+        <x:v>45012.7597800926</x:v>
       </x:c>
       <x:c r="B748" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C748" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D748" s="0">
-        <x:v>230.02</x:v>
+        <x:v>214.41</x:v>
       </x:c>
       <x:c r="E748" s="0">
-        <x:v>328.6</x:v>
+        <x:v>306.3</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:5">
       <x:c r="A749" s="1">
-        <x:v>44980.745474537</x:v>
+        <x:v>45009.7532175926</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C749" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D749" s="0">
-        <x:v>230.02</x:v>
+        <x:v>211.19</x:v>
       </x:c>
       <x:c r="E749" s="0">
-        <x:v>328.6</x:v>
+        <x:v>301.7</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:5">
       <x:c r="A750" s="1">
-        <x:v>44979.7465277778</x:v>
+        <x:v>45008.7463773148</x:v>
       </x:c>
       <x:c r="B750" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C750" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D750" s="0">
-        <x:v>228.13</x:v>
+        <x:v>210.35</x:v>
       </x:c>
       <x:c r="E750" s="0">
-        <x:v>325.9</x:v>
+        <x:v>300.5</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:5">
       <x:c r="A751" s="1">
-        <x:v>44978.7574189815</x:v>
+        <x:v>45007.7511689815</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C751" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D751" s="0">
-        <x:v>232.33</x:v>
+        <x:v>213.22</x:v>
       </x:c>
       <x:c r="E751" s="0">
-        <x:v>331.9</x:v>
+        <x:v>304.6</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:5">
       <x:c r="A752" s="1">
-        <x:v>44977.7591550926</x:v>
+        <x:v>45006.7508333333</x:v>
       </x:c>
       <x:c r="B752" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C752" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D752" s="0">
-        <x:v>233.1</x:v>
+        <x:v>213.99</x:v>
       </x:c>
       <x:c r="E752" s="0">
-        <x:v>333</x:v>
+        <x:v>305.7</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:5">
       <x:c r="A753" s="1">
-        <x:v>44974.7454861111</x:v>
+        <x:v>45005.747025463</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C753" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D753" s="0">
-        <x:v>231.42</x:v>
+        <x:v>210.42</x:v>
       </x:c>
       <x:c r="E753" s="0">
-        <x:v>330.6</x:v>
+        <x:v>300.6</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:5">
       <x:c r="A754" s="1">
-        <x:v>44973.7564930556</x:v>
+        <x:v>45002.7519791667</x:v>
       </x:c>
       <x:c r="B754" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C754" s="0">
-        <x:v>0.82</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D754" s="0">
-        <x:v>233.8</x:v>
+        <x:v>211.26</x:v>
       </x:c>
       <x:c r="E754" s="0">
-        <x:v>334</x:v>
+        <x:v>301.8</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:5">
       <x:c r="A755" s="1">
-        <x:v>44972.7463194444</x:v>
+        <x:v>45001.7502314815</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C755" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D755" s="0">
-        <x:v>237.86</x:v>
+        <x:v>213.08</x:v>
       </x:c>
       <x:c r="E755" s="0">
-        <x:v>339.8</x:v>
+        <x:v>304.4</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:5">
       <x:c r="A756" s="1">
-        <x:v>44971.7593634259</x:v>
+        <x:v>45000.7559606481</x:v>
       </x:c>
       <x:c r="B756" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C756" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D756" s="0">
-        <x:v>243.25</x:v>
+        <x:v>215.53</x:v>
       </x:c>
       <x:c r="E756" s="0">
-        <x:v>347.5</x:v>
+        <x:v>307.9</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:5">
       <x:c r="A757" s="1">
-        <x:v>44970.7523611111</x:v>
+        <x:v>44999.7466435185</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C757" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D757" s="0">
-        <x:v>243.25</x:v>
+        <x:v>215.53</x:v>
       </x:c>
       <x:c r="E757" s="0">
-        <x:v>347.5</x:v>
+        <x:v>307.9</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:5">
       <x:c r="A758" s="1">
-        <x:v>44967.7612152778</x:v>
+        <x:v>44998.7491898148</x:v>
       </x:c>
       <x:c r="B758" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C758" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D758" s="0">
-        <x:v>238.7</x:v>
+        <x:v>213.92</x:v>
       </x:c>
       <x:c r="E758" s="0">
-        <x:v>341</x:v>
+        <x:v>305.6</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:5">
       <x:c r="A759" s="1">
-        <x:v>44966.7488425926</x:v>
+        <x:v>44995.7481018519</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C759" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D759" s="0">
-        <x:v>240.73</x:v>
+        <x:v>215.11</x:v>
       </x:c>
       <x:c r="E759" s="0">
-        <x:v>343.9</x:v>
+        <x:v>307.3</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:5">
       <x:c r="A760" s="1">
-        <x:v>44965.752337963</x:v>
+        <x:v>44994.7473032407</x:v>
       </x:c>
       <x:c r="B760" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C760" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D760" s="0">
-        <x:v>240.66</x:v>
+        <x:v>217.42</x:v>
       </x:c>
       <x:c r="E760" s="0">
-        <x:v>343.8</x:v>
+        <x:v>310.6</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:5">
       <x:c r="A761" s="1">
-        <x:v>44964.7567824074</x:v>
+        <x:v>44993.7607291667</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C761" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D761" s="0">
-        <x:v>244.58</x:v>
+        <x:v>217.91</x:v>
       </x:c>
       <x:c r="E761" s="0">
-        <x:v>349.4</x:v>
+        <x:v>311.3</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:5">
       <x:c r="A762" s="1">
-        <x:v>44963.7552430556</x:v>
+        <x:v>44992.75</x:v>
       </x:c>
       <x:c r="B762" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C762" s="0">
-        <x:v>0.98</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D762" s="0">
-        <x:v>247.1</x:v>
+        <x:v>217.91</x:v>
       </x:c>
       <x:c r="E762" s="0">
-        <x:v>353</x:v>
+        <x:v>311.3</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:5">
       <x:c r="A763" s="1">
-        <x:v>44960.7459837963</x:v>
+        <x:v>44991.7461342593</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C763" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D763" s="0">
-        <x:v>243.39</x:v>
+        <x:v>218.68</x:v>
       </x:c>
       <x:c r="E763" s="0">
-        <x:v>347.7</x:v>
+        <x:v>312.4</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:5">
       <x:c r="A764" s="1">
-        <x:v>44959.7480208333</x:v>
+        <x:v>44988.7519907407</x:v>
       </x:c>
       <x:c r="B764" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C764" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D764" s="0">
-        <x:v>242.48</x:v>
+        <x:v>218.26</x:v>
       </x:c>
       <x:c r="E764" s="0">
-        <x:v>346.4</x:v>
+        <x:v>311.8</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:5">
       <x:c r="A765" s="1">
-        <x:v>44958.7567592593</x:v>
+        <x:v>44987.7469328704</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C765" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D765" s="0">
-        <x:v>227.08</x:v>
+        <x:v>217.07</x:v>
       </x:c>
       <x:c r="E765" s="0">
-        <x:v>324.4</x:v>
+        <x:v>310.1</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:5">
       <x:c r="A766" s="1">
-        <x:v>44957.745474537</x:v>
+        <x:v>44986.7389351852</x:v>
       </x:c>
       <x:c r="B766" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C766" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D766" s="0">
-        <x:v>223.23</x:v>
+        <x:v>214.34</x:v>
       </x:c>
       <x:c r="E766" s="0">
-        <x:v>318.9</x:v>
+        <x:v>306.2</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:5">
       <x:c r="A767" s="1">
-        <x:v>44956.7558217593</x:v>
+        <x:v>44985.7456134259</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C767" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D767" s="0">
-        <x:v>226.45</x:v>
+        <x:v>216.09</x:v>
       </x:c>
       <x:c r="E767" s="0">
-        <x:v>323.5</x:v>
+        <x:v>308.7</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:5">
       <x:c r="A768" s="1">
-        <x:v>44953.7466087963</x:v>
+        <x:v>44984.7576851852</x:v>
       </x:c>
       <x:c r="B768" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C768" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D768" s="0">
-        <x:v>226.45</x:v>
+        <x:v>224.42</x:v>
       </x:c>
       <x:c r="E768" s="0">
-        <x:v>323.5</x:v>
+        <x:v>320.6</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:5">
       <x:c r="A769" s="1">
-        <x:v>44952.7452430556</x:v>
+        <x:v>44981.7524074074</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C769" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D769" s="0">
-        <x:v>229.39</x:v>
+        <x:v>230.02</x:v>
       </x:c>
       <x:c r="E769" s="0">
-        <x:v>327.7</x:v>
+        <x:v>328.6</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:5">
       <x:c r="A770" s="1">
-        <x:v>44951.7480208333</x:v>
+        <x:v>44980.745474537</x:v>
       </x:c>
       <x:c r="B770" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C770" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D770" s="0">
-        <x:v>213.64</x:v>
+        <x:v>230.02</x:v>
       </x:c>
       <x:c r="E770" s="0">
-        <x:v>305.2</x:v>
+        <x:v>328.6</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:5">
       <x:c r="A771" s="1">
-        <x:v>44950.7528125</x:v>
+        <x:v>44979.7465277778</x:v>
       </x:c>
       <x:c r="B771" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C771" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D771" s="0">
-        <x:v>214.2</x:v>
+        <x:v>228.13</x:v>
       </x:c>
       <x:c r="E771" s="0">
-        <x:v>306</x:v>
+        <x:v>325.9</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:5">
       <x:c r="A772" s="1">
-        <x:v>44946.7468865741</x:v>
+        <x:v>44978.7574189815</x:v>
       </x:c>
       <x:c r="B772" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C772" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D772" s="0">
-        <x:v>221.06</x:v>
+        <x:v>232.33</x:v>
       </x:c>
       <x:c r="E772" s="0">
-        <x:v>315.8</x:v>
+        <x:v>331.9</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:5">
       <x:c r="A773" s="1">
-        <x:v>44945.7520138889</x:v>
+        <x:v>44977.7591550926</x:v>
       </x:c>
       <x:c r="B773" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C773" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D773" s="0">
-        <x:v>224.14</x:v>
+        <x:v>233.1</x:v>
       </x:c>
       <x:c r="E773" s="0">
-        <x:v>320.2</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:5">
       <x:c r="A774" s="1">
-        <x:v>44944.7462962963</x:v>
+        <x:v>44974.7454861111</x:v>
       </x:c>
       <x:c r="B774" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C774" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D774" s="0">
-        <x:v>224.14</x:v>
+        <x:v>231.42</x:v>
       </x:c>
       <x:c r="E774" s="0">
-        <x:v>320.2</x:v>
+        <x:v>330.6</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:5">
       <x:c r="A775" s="1">
-        <x:v>44943.7458449074</x:v>
+        <x:v>44973.7564930556</x:v>
       </x:c>
       <x:c r="B775" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C775" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D775" s="0">
-        <x:v>224.07</x:v>
+        <x:v>233.8</x:v>
       </x:c>
       <x:c r="E775" s="0">
-        <x:v>320.1</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:5">
       <x:c r="A776" s="1">
-        <x:v>44942.7461342593</x:v>
+        <x:v>44972.7463194444</x:v>
       </x:c>
       <x:c r="B776" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C776" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D776" s="0">
-        <x:v>226.17</x:v>
+        <x:v>237.86</x:v>
       </x:c>
       <x:c r="E776" s="0">
-        <x:v>323.1</x:v>
+        <x:v>339.8</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:5">
       <x:c r="A777" s="1">
-        <x:v>44939.7462384259</x:v>
+        <x:v>44971.7593634259</x:v>
       </x:c>
       <x:c r="B777" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C777" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D777" s="0">
-        <x:v>223.16</x:v>
+        <x:v>243.25</x:v>
       </x:c>
       <x:c r="E777" s="0">
-        <x:v>318.8</x:v>
+        <x:v>347.5</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:5">
       <x:c r="A778" s="1">
-        <x:v>44938.7521180556</x:v>
+        <x:v>44970.7523611111</x:v>
       </x:c>
       <x:c r="B778" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C778" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D778" s="0">
-        <x:v>221.9</x:v>
+        <x:v>243.25</x:v>
       </x:c>
       <x:c r="E778" s="0">
-        <x:v>317</x:v>
+        <x:v>347.5</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:5">
       <x:c r="A779" s="1">
-        <x:v>44937.7495601852</x:v>
+        <x:v>44967.7612152778</x:v>
       </x:c>
       <x:c r="B779" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C779" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D779" s="0">
-        <x:v>220.01</x:v>
+        <x:v>238.7</x:v>
       </x:c>
       <x:c r="E779" s="0">
-        <x:v>314.3</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:5">
       <x:c r="A780" s="1">
-        <x:v>44936.7481365741</x:v>
+        <x:v>44966.7488425926</x:v>
       </x:c>
       <x:c r="B780" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C780" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D780" s="0">
-        <x:v>205.94</x:v>
+        <x:v>240.73</x:v>
       </x:c>
       <x:c r="E780" s="0">
-        <x:v>294.2</x:v>
+        <x:v>343.9</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:5">
       <x:c r="A781" s="1">
-        <x:v>44935.7597337963</x:v>
+        <x:v>44965.752337963</x:v>
       </x:c>
       <x:c r="B781" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C781" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D781" s="0">
-        <x:v>205.66</x:v>
+        <x:v>240.66</x:v>
       </x:c>
       <x:c r="E781" s="0">
-        <x:v>293.8</x:v>
+        <x:v>343.8</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:5">
       <x:c r="A782" s="1">
-        <x:v>44932.7459722222</x:v>
+        <x:v>44964.7567824074</x:v>
       </x:c>
       <x:c r="B782" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C782" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D782" s="0">
-        <x:v>201.81</x:v>
+        <x:v>244.58</x:v>
       </x:c>
       <x:c r="E782" s="0">
-        <x:v>288.3</x:v>
+        <x:v>349.4</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:5">
       <x:c r="A783" s="1">
-        <x:v>44931.7502314815</x:v>
+        <x:v>44963.7552430556</x:v>
       </x:c>
       <x:c r="B783" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C783" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D783" s="0">
-        <x:v>209.79</x:v>
+        <x:v>247.1</x:v>
       </x:c>
       <x:c r="E783" s="0">
-        <x:v>299.7</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:5">
       <x:c r="A784" s="1">
-        <x:v>44930.742037037</x:v>
+        <x:v>44960.7459837963</x:v>
       </x:c>
       <x:c r="B784" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C784" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D784" s="0">
-        <x:v>210.91</x:v>
+        <x:v>243.39</x:v>
       </x:c>
       <x:c r="E784" s="0">
-        <x:v>301.3</x:v>
+        <x:v>347.7</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:5">
       <x:c r="A785" s="1">
-        <x:v>44929.7460185185</x:v>
+        <x:v>44959.7480208333</x:v>
       </x:c>
       <x:c r="B785" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C785" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D785" s="0">
-        <x:v>207.06</x:v>
+        <x:v>242.48</x:v>
       </x:c>
       <x:c r="E785" s="0">
-        <x:v>295.8</x:v>
+        <x:v>346.4</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:5">
       <x:c r="A786" s="1">
-        <x:v>44928.7424421296</x:v>
+        <x:v>44958.7567592593</x:v>
       </x:c>
       <x:c r="B786" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C786" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D786" s="0">
-        <x:v>205.94</x:v>
+        <x:v>227.08</x:v>
       </x:c>
       <x:c r="E786" s="0">
-        <x:v>294.2</x:v>
+        <x:v>324.4</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:5">
       <x:c r="A787" s="1">
-        <x:v>44925.7528587963</x:v>
+        <x:v>44957.745474537</x:v>
       </x:c>
       <x:c r="B787" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C787" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D787" s="0">
-        <x:v>211.75</x:v>
+        <x:v>223.23</x:v>
       </x:c>
       <x:c r="E787" s="0">
-        <x:v>302.5</x:v>
+        <x:v>318.9</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:5">
       <x:c r="A788" s="1">
-        <x:v>44924.7483680556</x:v>
+        <x:v>44956.7558217593</x:v>
       </x:c>
       <x:c r="B788" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C788" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D788" s="0">
-        <x:v>217.35</x:v>
+        <x:v>226.45</x:v>
       </x:c>
       <x:c r="E788" s="0">
-        <x:v>310.5</x:v>
+        <x:v>323.5</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:5">
       <x:c r="A789" s="1">
-        <x:v>44923.7489583333</x:v>
+        <x:v>44953.7466087963</x:v>
       </x:c>
       <x:c r="B789" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C789" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D789" s="0">
-        <x:v>211.19</x:v>
+        <x:v>226.45</x:v>
       </x:c>
       <x:c r="E789" s="0">
-        <x:v>301.7</x:v>
+        <x:v>323.5</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:5">
       <x:c r="A790" s="1">
-        <x:v>44922.7451736111</x:v>
+        <x:v>44952.7452430556</x:v>
       </x:c>
       <x:c r="B790" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C790" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D790" s="0">
-        <x:v>210</x:v>
+        <x:v>229.39</x:v>
       </x:c>
       <x:c r="E790" s="0">
-        <x:v>300</x:v>
+        <x:v>327.7</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:5">
       <x:c r="A791" s="1">
-        <x:v>44918.745625</x:v>
+        <x:v>44951.7480208333</x:v>
       </x:c>
       <x:c r="B791" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C791" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D791" s="0">
-        <x:v>210.98</x:v>
+        <x:v>213.64</x:v>
       </x:c>
       <x:c r="E791" s="0">
-        <x:v>301.4</x:v>
+        <x:v>305.2</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:5">
       <x:c r="A792" s="1">
-        <x:v>44917.7504976852</x:v>
+        <x:v>44950.7528125</x:v>
       </x:c>
       <x:c r="B792" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C792" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D792" s="0">
-        <x:v>209.37</x:v>
+        <x:v>214.2</x:v>
       </x:c>
       <x:c r="E792" s="0">
-        <x:v>299.1</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:5">
       <x:c r="A793" s="1">
-        <x:v>44916.7388773148</x:v>
+        <x:v>44946.7468865741</x:v>
       </x:c>
       <x:c r="B793" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C793" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D793" s="0">
-        <x:v>210</x:v>
+        <x:v>221.06</x:v>
       </x:c>
       <x:c r="E793" s="0">
-        <x:v>300</x:v>
+        <x:v>315.8</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:5">
       <x:c r="A794" s="1">
-        <x:v>44915.7464351852</x:v>
+        <x:v>44945.7520138889</x:v>
       </x:c>
       <x:c r="B794" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C794" s="0">
-        <x:v>0.61</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D794" s="0">
-        <x:v>206.01</x:v>
+        <x:v>224.14</x:v>
       </x:c>
       <x:c r="E794" s="0">
-        <x:v>294.3</x:v>
+        <x:v>320.2</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:5">
       <x:c r="A795" s="1">
-        <x:v>44914.7470833333</x:v>
+        <x:v>44944.7462962963</x:v>
       </x:c>
       <x:c r="B795" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C795" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D795" s="0">
-        <x:v>208.11</x:v>
+        <x:v>224.14</x:v>
       </x:c>
       <x:c r="E795" s="0">
-        <x:v>297.3</x:v>
+        <x:v>320.2</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:5">
       <x:c r="A796" s="1">
-        <x:v>44911.7485532407</x:v>
+        <x:v>44943.7458449074</x:v>
       </x:c>
       <x:c r="B796" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C796" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D796" s="0">
-        <x:v>212.73</x:v>
+        <x:v>224.07</x:v>
       </x:c>
       <x:c r="E796" s="0">
-        <x:v>303.9</x:v>
+        <x:v>320.1</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:5">
       <x:c r="A797" s="1">
-        <x:v>44910.7534027778</x:v>
+        <x:v>44942.7461342593</x:v>
       </x:c>
       <x:c r="B797" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C797" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D797" s="0">
-        <x:v>220.43</x:v>
+        <x:v>226.17</x:v>
       </x:c>
       <x:c r="E797" s="0">
-        <x:v>314.9</x:v>
+        <x:v>323.1</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:5">
       <x:c r="A798" s="1">
-        <x:v>44909.7494907407</x:v>
+        <x:v>44939.7462384259</x:v>
       </x:c>
       <x:c r="B798" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C798" s="0">
-        <x:v>0.86</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D798" s="0">
-        <x:v>229.95</x:v>
+        <x:v>223.16</x:v>
       </x:c>
       <x:c r="E798" s="0">
-        <x:v>328.5</x:v>
+        <x:v>318.8</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:5">
       <x:c r="A799" s="1">
-        <x:v>44908.7461458333</x:v>
+        <x:v>44938.7521180556</x:v>
       </x:c>
       <x:c r="B799" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C799" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D799" s="0">
-        <x:v>228.41</x:v>
+        <x:v>221.9</x:v>
       </x:c>
       <x:c r="E799" s="0">
-        <x:v>326.3</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:5">
       <x:c r="A800" s="1">
-        <x:v>44907.7480555556</x:v>
+        <x:v>44937.7495601852</x:v>
       </x:c>
       <x:c r="B800" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C800" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D800" s="0">
-        <x:v>219.59</x:v>
+        <x:v>220.01</x:v>
       </x:c>
       <x:c r="E800" s="0">
-        <x:v>313.7</x:v>
+        <x:v>314.3</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:5">
       <x:c r="A801" s="1">
-        <x:v>44904.7509837963</x:v>
+        <x:v>44936.7481365741</x:v>
       </x:c>
       <x:c r="B801" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C801" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D801" s="0">
-        <x:v>219.59</x:v>
+        <x:v>205.94</x:v>
       </x:c>
       <x:c r="E801" s="0">
-        <x:v>313.7</x:v>
+        <x:v>294.2</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:5">
       <x:c r="A802" s="1">
-        <x:v>44903.7475231482</x:v>
+        <x:v>44935.7597337963</x:v>
       </x:c>
       <x:c r="B802" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C802" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D802" s="0">
-        <x:v>221.62</x:v>
+        <x:v>205.66</x:v>
       </x:c>
       <x:c r="E802" s="0">
-        <x:v>316.6</x:v>
+        <x:v>293.8</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:5">
       <x:c r="A803" s="1">
-        <x:v>44902.7506828704</x:v>
+        <x:v>44932.7459722222</x:v>
       </x:c>
       <x:c r="B803" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C803" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D803" s="0">
-        <x:v>222.81</x:v>
+        <x:v>201.81</x:v>
       </x:c>
       <x:c r="E803" s="0">
-        <x:v>318.3</x:v>
+        <x:v>288.3</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:5">
       <x:c r="A804" s="1">
-        <x:v>44901.7459953704</x:v>
+        <x:v>44931.7502314815</x:v>
       </x:c>
       <x:c r="B804" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C804" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D804" s="0">
-        <x:v>228.13</x:v>
+        <x:v>209.79</x:v>
       </x:c>
       <x:c r="E804" s="0">
-        <x:v>325.9</x:v>
+        <x:v>299.7</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:5">
       <x:c r="A805" s="1">
-        <x:v>44900.7463310185</x:v>
+        <x:v>44930.742037037</x:v>
       </x:c>
       <x:c r="B805" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C805" s="0">
-        <x:v>0.94</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D805" s="0">
-        <x:v>236.04</x:v>
+        <x:v>210.91</x:v>
       </x:c>
       <x:c r="E805" s="0">
-        <x:v>337.2</x:v>
+        <x:v>301.3</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:5">
       <x:c r="A806" s="1">
-        <x:v>44897.7455208333</x:v>
+        <x:v>44929.7460185185</x:v>
       </x:c>
       <x:c r="B806" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C806" s="0">
-        <x:v>0.97</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D806" s="0">
-        <x:v>237.93</x:v>
+        <x:v>207.06</x:v>
       </x:c>
       <x:c r="E806" s="0">
-        <x:v>339.9</x:v>
+        <x:v>295.8</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:5">
       <x:c r="A807" s="1">
-        <x:v>44896.7544560185</x:v>
+        <x:v>44928.7424421296</x:v>
       </x:c>
       <x:c r="B807" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C807" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D807" s="0">
-        <x:v>240.03</x:v>
+        <x:v>205.94</x:v>
       </x:c>
       <x:c r="E807" s="0">
-        <x:v>342.9</x:v>
+        <x:v>294.2</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:5">
       <x:c r="A808" s="1">
-        <x:v>44895.7468865741</x:v>
+        <x:v>44925.7528587963</x:v>
       </x:c>
       <x:c r="B808" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C808" s="0">
-        <x:v>0.84</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D808" s="0">
-        <x:v>226.31</x:v>
+        <x:v>211.75</x:v>
       </x:c>
       <x:c r="E808" s="0">
-        <x:v>323.3</x:v>
+        <x:v>302.5</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:5">
       <x:c r="A809" s="1">
-        <x:v>44894.7487615741</x:v>
+        <x:v>44924.7483680556</x:v>
       </x:c>
       <x:c r="B809" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C809" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D809" s="0">
-        <x:v>220.99</x:v>
+        <x:v>217.35</x:v>
       </x:c>
       <x:c r="E809" s="0">
-        <x:v>315.7</x:v>
+        <x:v>310.5</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:5">
       <x:c r="A810" s="1">
-        <x:v>44893.7375347222</x:v>
+        <x:v>44923.7489583333</x:v>
       </x:c>
       <x:c r="B810" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C810" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D810" s="0">
-        <x:v>231.77</x:v>
+        <x:v>211.19</x:v>
       </x:c>
       <x:c r="E810" s="0">
-        <x:v>331.1</x:v>
+        <x:v>301.7</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:5">
       <x:c r="A811" s="1">
-        <x:v>44890.741087963</x:v>
+        <x:v>44922.7451736111</x:v>
       </x:c>
       <x:c r="B811" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C811" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D811" s="0">
-        <x:v>238.14</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E811" s="0">
-        <x:v>340.2</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:5">
       <x:c r="A812" s="1">
-        <x:v>44889.7516782407</x:v>
+        <x:v>44918.745625</x:v>
       </x:c>
       <x:c r="B812" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C812" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D812" s="0">
-        <x:v>235.97</x:v>
+        <x:v>210.98</x:v>
       </x:c>
       <x:c r="E812" s="0">
-        <x:v>337.1</x:v>
+        <x:v>301.4</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:5">
       <x:c r="A813" s="1">
-        <x:v>44888.7560300926</x:v>
+        <x:v>44917.7504976852</x:v>
       </x:c>
       <x:c r="B813" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C813" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D813" s="0">
-        <x:v>229.39</x:v>
+        <x:v>209.37</x:v>
       </x:c>
       <x:c r="E813" s="0">
-        <x:v>327.7</x:v>
+        <x:v>299.1</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:5">
       <x:c r="A814" s="1">
-        <x:v>44887.7480902778</x:v>
+        <x:v>44916.7388773148</x:v>
       </x:c>
       <x:c r="B814" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C814" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D814" s="0">
-        <x:v>231.14</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E814" s="0">
-        <x:v>330.2</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:5">
       <x:c r="A815" s="1">
-        <x:v>44886.7467592593</x:v>
+        <x:v>44915.7464351852</x:v>
       </x:c>
       <x:c r="B815" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C815" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D815" s="0">
-        <x:v>231.14</x:v>
+        <x:v>206.01</x:v>
       </x:c>
       <x:c r="E815" s="0">
-        <x:v>330.2</x:v>
+        <x:v>294.3</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:5">
       <x:c r="A816" s="1">
-        <x:v>44883.7526041667</x:v>
+        <x:v>44914.7470833333</x:v>
       </x:c>
       <x:c r="B816" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C816" s="0">
-        <x:v>0.92</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D816" s="0">
-        <x:v>230.72</x:v>
+        <x:v>208.11</x:v>
       </x:c>
       <x:c r="E816" s="0">
-        <x:v>329.6</x:v>
+        <x:v>297.3</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:5">
       <x:c r="A817" s="1">
-        <x:v>44882.7455902778</x:v>
+        <x:v>44911.7485532407</x:v>
       </x:c>
       <x:c r="B817" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C817" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D817" s="0">
-        <x:v>230.72</x:v>
+        <x:v>212.73</x:v>
       </x:c>
       <x:c r="E817" s="0">
-        <x:v>329.6</x:v>
+        <x:v>303.9</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:5">
       <x:c r="A818" s="1">
-        <x:v>44881.7462384259</x:v>
+        <x:v>44910.7534027778</x:v>
       </x:c>
       <x:c r="B818" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C818" s="0">
-        <x:v>0.97</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D818" s="0">
-        <x:v>235.9</x:v>
+        <x:v>220.43</x:v>
       </x:c>
       <x:c r="E818" s="0">
-        <x:v>337</x:v>
+        <x:v>314.9</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:5">
       <x:c r="A819" s="1">
-        <x:v>44880.7410069444</x:v>
+        <x:v>44909.7494907407</x:v>
       </x:c>
       <x:c r="B819" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C819" s="0">
-        <x:v>1.11</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D819" s="0">
-        <x:v>246.33</x:v>
+        <x:v>229.95</x:v>
       </x:c>
       <x:c r="E819" s="0">
-        <x:v>351.9</x:v>
+        <x:v>328.5</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:5">
       <x:c r="A820" s="1">
-        <x:v>44879.7455324074</x:v>
+        <x:v>44908.7461458333</x:v>
       </x:c>
       <x:c r="B820" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C820" s="0">
-        <x:v>1.16</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D820" s="0">
-        <x:v>250.18</x:v>
+        <x:v>228.41</x:v>
       </x:c>
       <x:c r="E820" s="0">
-        <x:v>357.4</x:v>
+        <x:v>326.3</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:5">
       <x:c r="A821" s="1">
-        <x:v>44876.7461805556</x:v>
+        <x:v>44907.7480555556</x:v>
       </x:c>
       <x:c r="B821" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C821" s="0">
-        <x:v>1.13</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D821" s="0">
-        <x:v>247.66</x:v>
+        <x:v>219.59</x:v>
       </x:c>
       <x:c r="E821" s="0">
-        <x:v>353.8</x:v>
+        <x:v>313.7</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:5">
       <x:c r="A822" s="1">
-        <x:v>44875.7482175926</x:v>
+        <x:v>44904.7509837963</x:v>
       </x:c>
       <x:c r="B822" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C822" s="0">
-        <x:v>1.07</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D822" s="0">
-        <x:v>242.97</x:v>
+        <x:v>219.59</x:v>
       </x:c>
       <x:c r="E822" s="0">
-        <x:v>347.1</x:v>
+        <x:v>313.7</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:5">
       <x:c r="A823" s="1">
-        <x:v>44874.7451736111</x:v>
+        <x:v>44903.7475231482</x:v>
       </x:c>
       <x:c r="B823" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C823" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D823" s="0">
-        <x:v>228.69</x:v>
+        <x:v>221.62</x:v>
       </x:c>
       <x:c r="E823" s="0">
-        <x:v>326.7</x:v>
+        <x:v>316.6</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:5">
       <x:c r="A824" s="1">
-        <x:v>44873.745625</x:v>
+        <x:v>44902.7506828704</x:v>
       </x:c>
       <x:c r="B824" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C824" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D824" s="0">
-        <x:v>227.36</x:v>
+        <x:v>222.81</x:v>
       </x:c>
       <x:c r="E824" s="0">
-        <x:v>324.8</x:v>
+        <x:v>318.3</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:5">
       <x:c r="A825" s="1">
-        <x:v>44872.7415856481</x:v>
+        <x:v>44901.7459953704</x:v>
       </x:c>
       <x:c r="B825" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C825" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D825" s="0">
-        <x:v>216.86</x:v>
+        <x:v>228.13</x:v>
       </x:c>
       <x:c r="E825" s="0">
-        <x:v>309.8</x:v>
+        <x:v>325.9</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:5">
       <x:c r="A826" s="1">
-        <x:v>44869.7386805556</x:v>
+        <x:v>44900.7463310185</x:v>
       </x:c>
       <x:c r="B826" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C826" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D826" s="0">
-        <x:v>214.62</x:v>
+        <x:v>236.04</x:v>
       </x:c>
       <x:c r="E826" s="0">
-        <x:v>306.6</x:v>
+        <x:v>337.2</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:5">
       <x:c r="A827" s="1">
-        <x:v>44868.8963888889</x:v>
+        <x:v>44897.7455208333</x:v>
       </x:c>
       <x:c r="B827" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C827" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D827" s="0">
-        <x:v>220.5</x:v>
+        <x:v>237.93</x:v>
       </x:c>
       <x:c r="E827" s="0">
-        <x:v>315</x:v>
+        <x:v>339.9</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:5">
       <x:c r="A828" s="1">
-        <x:v>44867</x:v>
+        <x:v>44896.7544560185</x:v>
       </x:c>
       <x:c r="B828" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C828" s="0">
+        <x:v>0.99</x:v>
+      </x:c>
+      <x:c r="D828" s="0">
+        <x:v>240.03</x:v>
+      </x:c>
       <x:c r="E828" s="0">
-        <x:v>314</x:v>
+        <x:v>342.9</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:5">
       <x:c r="A829" s="1">
-        <x:v>44866</x:v>
+        <x:v>44895.7468865741</x:v>
       </x:c>
       <x:c r="B829" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C829" s="0">
+        <x:v>0.84</x:v>
+      </x:c>
+      <x:c r="D829" s="0">
+        <x:v>226.31</x:v>
+      </x:c>
       <x:c r="E829" s="0">
-        <x:v>321.2</x:v>
+        <x:v>323.3</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:5">
       <x:c r="A830" s="1">
-        <x:v>44865</x:v>
+        <x:v>44894.7487615741</x:v>
       </x:c>
       <x:c r="B830" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C830" s="0">
+        <x:v>0.78</x:v>
+      </x:c>
+      <x:c r="D830" s="0">
+        <x:v>220.99</x:v>
+      </x:c>
       <x:c r="E830" s="0">
-        <x:v>323.5</x:v>
+        <x:v>315.7</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:5">
       <x:c r="A831" s="1">
-        <x:v>44864</x:v>
+        <x:v>44893.7375347222</x:v>
       </x:c>
       <x:c r="B831" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C831" s="0">
+        <x:v>0.91</x:v>
+      </x:c>
+      <x:c r="D831" s="0">
+        <x:v>231.77</x:v>
+      </x:c>
       <x:c r="E831" s="0">
-        <x:v>323.5</x:v>
+        <x:v>331.1</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:5">
       <x:c r="A832" s="1">
-        <x:v>44863</x:v>
+        <x:v>44890.741087963</x:v>
       </x:c>
       <x:c r="B832" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C832" s="0">
+        <x:v>0.99</x:v>
+      </x:c>
+      <x:c r="D832" s="0">
+        <x:v>238.14</x:v>
+      </x:c>
       <x:c r="E832" s="0">
-        <x:v>323.5</x:v>
+        <x:v>340.2</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:5">
       <x:c r="A833" s="1">
-        <x:v>44862</x:v>
+        <x:v>44889.7516782407</x:v>
       </x:c>
       <x:c r="B833" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C833" s="0">
+        <x:v>0.96</x:v>
+      </x:c>
+      <x:c r="D833" s="0">
+        <x:v>235.97</x:v>
+      </x:c>
       <x:c r="E833" s="0">
-        <x:v>326</x:v>
+        <x:v>337.1</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:5">
       <x:c r="A834" s="1">
-        <x:v>44861</x:v>
+        <x:v>44888.7560300926</x:v>
       </x:c>
       <x:c r="B834" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C834" s="0">
+        <x:v>0.89</x:v>
+      </x:c>
+      <x:c r="D834" s="0">
+        <x:v>229.39</x:v>
+      </x:c>
       <x:c r="E834" s="0">
-        <x:v>329.2</x:v>
+        <x:v>327.7</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:5">
       <x:c r="A835" s="1">
-        <x:v>44860</x:v>
+        <x:v>44887.7480902778</x:v>
       </x:c>
       <x:c r="B835" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C835" s="0">
+        <x:v>0.89</x:v>
+      </x:c>
+      <x:c r="D835" s="0">
+        <x:v>231.14</x:v>
+      </x:c>
       <x:c r="E835" s="0">
-        <x:v>319.3</x:v>
+        <x:v>330.2</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:5">
       <x:c r="A836" s="1">
-        <x:v>44859</x:v>
+        <x:v>44886.7467592593</x:v>
       </x:c>
       <x:c r="B836" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C836" s="0">
+        <x:v>0.91</x:v>
+      </x:c>
+      <x:c r="D836" s="0">
+        <x:v>231.14</x:v>
+      </x:c>
       <x:c r="E836" s="0">
-        <x:v>305.5</x:v>
+        <x:v>330.2</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:5">
       <x:c r="A837" s="1">
-        <x:v>44858</x:v>
+        <x:v>44883.7526041667</x:v>
       </x:c>
       <x:c r="B837" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C837" s="0">
+        <x:v>0.92</x:v>
+      </x:c>
+      <x:c r="D837" s="0">
+        <x:v>230.72</x:v>
+      </x:c>
       <x:c r="E837" s="0">
-        <x:v>301.1</x:v>
+        <x:v>329.6</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:5">
       <x:c r="A838" s="1">
-        <x:v>44857</x:v>
+        <x:v>44882.7455902778</x:v>
       </x:c>
       <x:c r="B838" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C838" s="0">
+        <x:v>0.91</x:v>
+      </x:c>
+      <x:c r="D838" s="0">
+        <x:v>230.72</x:v>
+      </x:c>
       <x:c r="E838" s="0">
-        <x:v>301.1</x:v>
+        <x:v>329.6</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:5">
       <x:c r="A839" s="1">
-        <x:v>44856</x:v>
+        <x:v>44881.7462384259</x:v>
       </x:c>
       <x:c r="B839" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C839" s="0">
+        <x:v>0.97</x:v>
+      </x:c>
+      <x:c r="D839" s="0">
+        <x:v>235.9</x:v>
+      </x:c>
       <x:c r="E839" s="0">
-        <x:v>301.1</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:5">
       <x:c r="A840" s="1">
-        <x:v>44855</x:v>
+        <x:v>44880.7410069444</x:v>
       </x:c>
       <x:c r="B840" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C840" s="0">
+        <x:v>1.11</x:v>
+      </x:c>
+      <x:c r="D840" s="0">
+        <x:v>246.33</x:v>
+      </x:c>
       <x:c r="E840" s="0">
-        <x:v>303.7</x:v>
+        <x:v>351.9</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:5">
       <x:c r="A841" s="1">
-        <x:v>44854</x:v>
+        <x:v>44879.7455324074</x:v>
       </x:c>
       <x:c r="B841" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C841" s="0">
+        <x:v>1.16</x:v>
+      </x:c>
+      <x:c r="D841" s="0">
+        <x:v>250.18</x:v>
+      </x:c>
       <x:c r="E841" s="0">
-        <x:v>290</x:v>
+        <x:v>357.4</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:5">
       <x:c r="A842" s="1">
-        <x:v>44853</x:v>
+        <x:v>44876.7461805556</x:v>
       </x:c>
       <x:c r="B842" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C842" s="0">
+        <x:v>1.13</x:v>
+      </x:c>
+      <x:c r="D842" s="0">
+        <x:v>247.66</x:v>
+      </x:c>
       <x:c r="E842" s="0">
-        <x:v>348.2</x:v>
+        <x:v>353.8</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:5">
       <x:c r="A843" s="1">
-        <x:v>44852</x:v>
+        <x:v>44875.7482175926</x:v>
       </x:c>
       <x:c r="B843" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C843" s="0">
+        <x:v>1.07</x:v>
+      </x:c>
+      <x:c r="D843" s="0">
+        <x:v>242.97</x:v>
+      </x:c>
       <x:c r="E843" s="0">
-        <x:v>343.5</x:v>
+        <x:v>347.1</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:5">
       <x:c r="A844" s="1">
-        <x:v>44851</x:v>
+        <x:v>44874.7451736111</x:v>
       </x:c>
       <x:c r="B844" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C844" s="0">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="D844" s="0">
+        <x:v>228.69</x:v>
+      </x:c>
       <x:c r="E844" s="0">
-        <x:v>337</x:v>
+        <x:v>326.7</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:5">
       <x:c r="A845" s="1">
-        <x:v>44850</x:v>
+        <x:v>44873.745625</x:v>
       </x:c>
       <x:c r="B845" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C845" s="0">
+        <x:v>0.89</x:v>
+      </x:c>
+      <x:c r="D845" s="0">
+        <x:v>227.36</x:v>
+      </x:c>
       <x:c r="E845" s="0">
-        <x:v>337</x:v>
+        <x:v>324.8</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:5">
       <x:c r="A846" s="1">
-        <x:v>44849</x:v>
+        <x:v>44872.7415856481</x:v>
       </x:c>
       <x:c r="B846" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C846" s="0">
+        <x:v>0.77</x:v>
+      </x:c>
+      <x:c r="D846" s="0">
+        <x:v>216.86</x:v>
+      </x:c>
       <x:c r="E846" s="0">
-        <x:v>337</x:v>
+        <x:v>309.8</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:5">
       <x:c r="A847" s="1">
-        <x:v>44848</x:v>
+        <x:v>44869.7386805556</x:v>
       </x:c>
       <x:c r="B847" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C847" s="0">
+        <x:v>0.75</x:v>
+      </x:c>
+      <x:c r="D847" s="0">
+        <x:v>214.62</x:v>
+      </x:c>
       <x:c r="E847" s="0">
-        <x:v>327</x:v>
+        <x:v>306.6</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:5">
       <x:c r="A848" s="1">
-        <x:v>44847</x:v>
+        <x:v>44868.8963888889</x:v>
       </x:c>
       <x:c r="B848" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C848" s="0">
+        <x:v>0.75</x:v>
+      </x:c>
+      <x:c r="D848" s="0">
+        <x:v>220.5</x:v>
+      </x:c>
       <x:c r="E848" s="0">
-        <x:v>322</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:5">
       <x:c r="A849" s="1">
-        <x:v>44846</x:v>
+        <x:v>44867</x:v>
       </x:c>
       <x:c r="B849" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E849" s="0">
-        <x:v>329.8</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:5">
       <x:c r="A850" s="1">
-        <x:v>44845</x:v>
+        <x:v>44866</x:v>
       </x:c>
       <x:c r="B850" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E850" s="0">
-        <x:v>328.6</x:v>
+        <x:v>321.2</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:5">
       <x:c r="A851" s="1">
-        <x:v>44844</x:v>
+        <x:v>44865</x:v>
       </x:c>
       <x:c r="B851" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E851" s="0">
-        <x:v>337.8</x:v>
+        <x:v>323.5</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:5">
       <x:c r="A852" s="1">
-        <x:v>44841</x:v>
+        <x:v>44864</x:v>
       </x:c>
       <x:c r="B852" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E852" s="0">
-        <x:v>345.1</x:v>
+        <x:v>323.5</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:5">
       <x:c r="A853" s="1">
-        <x:v>44839</x:v>
+        <x:v>44863</x:v>
       </x:c>
       <x:c r="B853" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E853" s="0">
-        <x:v>350</x:v>
+        <x:v>323.5</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:5">
       <x:c r="A854" s="1">
-        <x:v>44838</x:v>
+        <x:v>44862</x:v>
       </x:c>
       <x:c r="B854" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E854" s="0">
-        <x:v>327.3</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:5">
       <x:c r="A855" s="1">
-        <x:v>44837</x:v>
+        <x:v>44861</x:v>
       </x:c>
       <x:c r="B855" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E855" s="0">
-        <x:v>317.1</x:v>
+        <x:v>329.2</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:5">
       <x:c r="A856" s="1">
-        <x:v>44833</x:v>
+        <x:v>44860</x:v>
       </x:c>
       <x:c r="B856" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E856" s="0">
-        <x:v>312.2</x:v>
+        <x:v>319.3</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:5">
       <x:c r="A857" s="1">
-        <x:v>44832</x:v>
+        <x:v>44859</x:v>
       </x:c>
       <x:c r="B857" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E857" s="0">
-        <x:v>311</x:v>
+        <x:v>305.5</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:5">
       <x:c r="A858" s="1">
-        <x:v>44831</x:v>
+        <x:v>44858</x:v>
       </x:c>
       <x:c r="B858" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E858" s="0">
-        <x:v>317.5</x:v>
+        <x:v>301.1</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:5">
       <x:c r="A859" s="1">
-        <x:v>44830</x:v>
+        <x:v>44857</x:v>
       </x:c>
       <x:c r="B859" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E859" s="0">
-        <x:v>314.1</x:v>
+        <x:v>301.1</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:5">
       <x:c r="A860" s="1">
-        <x:v>44827</x:v>
+        <x:v>44856</x:v>
       </x:c>
       <x:c r="B860" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E860" s="0">
-        <x:v>309.6</x:v>
+        <x:v>301.1</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:5">
       <x:c r="A861" s="1">
-        <x:v>44826</x:v>
+        <x:v>44855</x:v>
       </x:c>
       <x:c r="B861" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E861" s="0">
-        <x:v>330.7</x:v>
+        <x:v>303.7</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:5">
       <x:c r="A862" s="1">
-        <x:v>44825</x:v>
+        <x:v>44854</x:v>
       </x:c>
       <x:c r="B862" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E862" s="0">
-        <x:v>322.4</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:5">
       <x:c r="A863" s="1">
-        <x:v>44824</x:v>
+        <x:v>44853</x:v>
       </x:c>
       <x:c r="B863" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E863" s="0">
-        <x:v>335</x:v>
+        <x:v>348.2</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:5">
       <x:c r="A864" s="1">
-        <x:v>44823</x:v>
+        <x:v>44852</x:v>
       </x:c>
       <x:c r="B864" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E864" s="0">
-        <x:v>367</x:v>
+        <x:v>343.5</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:5">
       <x:c r="A865" s="1">
-        <x:v>44821</x:v>
+        <x:v>44851</x:v>
       </x:c>
       <x:c r="B865" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E865" s="0">
-        <x:v>367</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:5">
       <x:c r="A866" s="1">
-        <x:v>44820</x:v>
+        <x:v>44850</x:v>
       </x:c>
       <x:c r="B866" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E866" s="0">
-        <x:v>367</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:5">
       <x:c r="A867" s="1">
-        <x:v>44819</x:v>
+        <x:v>44849</x:v>
       </x:c>
       <x:c r="B867" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E867" s="0">
-        <x:v>373.9</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:5">
       <x:c r="A868" s="1">
-        <x:v>44818</x:v>
+        <x:v>44848</x:v>
       </x:c>
       <x:c r="B868" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E868" s="0">
-        <x:v>373.9</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:5">
       <x:c r="A869" s="1">
-        <x:v>44817</x:v>
+        <x:v>44847</x:v>
       </x:c>
       <x:c r="B869" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E869" s="0">
-        <x:v>385.9</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:5">
       <x:c r="A870" s="1">
-        <x:v>44816</x:v>
+        <x:v>44846</x:v>
       </x:c>
       <x:c r="B870" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E870" s="0">
-        <x:v>378.7</x:v>
+        <x:v>329.8</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:5">
       <x:c r="A871" s="1">
-        <x:v>44815</x:v>
+        <x:v>44845</x:v>
       </x:c>
       <x:c r="B871" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E871" s="0">
-        <x:v>378.7</x:v>
+        <x:v>328.6</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:5">
       <x:c r="A872" s="1">
-        <x:v>44814</x:v>
+        <x:v>44844</x:v>
       </x:c>
       <x:c r="B872" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E872" s="0">
-        <x:v>378.7</x:v>
+        <x:v>337.8</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:5">
       <x:c r="A873" s="1">
-        <x:v>44813</x:v>
+        <x:v>44841</x:v>
       </x:c>
       <x:c r="B873" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E873" s="0">
-        <x:v>378.7</x:v>
+        <x:v>345.1</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:5">
       <x:c r="A874" s="1">
-        <x:v>44812</x:v>
+        <x:v>44839</x:v>
       </x:c>
       <x:c r="B874" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E874" s="0">
-        <x:v>370</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:5">
       <x:c r="A875" s="1">
-        <x:v>44811</x:v>
+        <x:v>44838</x:v>
       </x:c>
       <x:c r="B875" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E875" s="0">
-        <x:v>371.3</x:v>
+        <x:v>327.3</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:5">
       <x:c r="A876" s="1">
-        <x:v>44810</x:v>
+        <x:v>44837</x:v>
       </x:c>
       <x:c r="B876" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E876" s="0">
-        <x:v>367.2</x:v>
+        <x:v>317.1</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:5">
       <x:c r="A877" s="1">
-        <x:v>44809</x:v>
+        <x:v>44833</x:v>
       </x:c>
       <x:c r="B877" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E877" s="0">
-        <x:v>369.5</x:v>
+        <x:v>312.2</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:5">
       <x:c r="A878" s="1">
-        <x:v>44807</x:v>
+        <x:v>44832</x:v>
       </x:c>
       <x:c r="B878" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E878" s="0">
-        <x:v>369.5</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:5">
       <x:c r="A879" s="1">
-        <x:v>44806</x:v>
+        <x:v>44831</x:v>
       </x:c>
       <x:c r="B879" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E879" s="0">
-        <x:v>361.4</x:v>
+        <x:v>317.5</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:5">
       <x:c r="A880" s="1">
-        <x:v>44805</x:v>
+        <x:v>44830</x:v>
       </x:c>
       <x:c r="B880" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E880" s="0">
-        <x:v>365.7</x:v>
+        <x:v>314.1</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:5">
       <x:c r="A881" s="1">
-        <x:v>44804</x:v>
+        <x:v>44827</x:v>
       </x:c>
       <x:c r="B881" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E881" s="0">
-        <x:v>368.1</x:v>
+        <x:v>309.6</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:5">
       <x:c r="A882" s="1">
-        <x:v>44803</x:v>
+        <x:v>44826</x:v>
       </x:c>
       <x:c r="B882" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E882" s="0">
-        <x:v>368.2</x:v>
+        <x:v>330.7</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:5">
       <x:c r="A883" s="1">
-        <x:v>44802</x:v>
+        <x:v>44825</x:v>
       </x:c>
       <x:c r="B883" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E883" s="0">
-        <x:v>378.4</x:v>
+        <x:v>322.4</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:5">
       <x:c r="A884" s="1">
-        <x:v>44801</x:v>
+        <x:v>44824</x:v>
       </x:c>
       <x:c r="B884" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E884" s="0">
-        <x:v>378.4</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:5">
       <x:c r="A885" s="1">
-        <x:v>44800</x:v>
+        <x:v>44823</x:v>
       </x:c>
       <x:c r="B885" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E885" s="0">
-        <x:v>378.4</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:5">
       <x:c r="A886" s="1">
-        <x:v>44799</x:v>
+        <x:v>44821</x:v>
       </x:c>
       <x:c r="B886" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E886" s="0">
-        <x:v>389</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:5">
       <x:c r="A887" s="1">
-        <x:v>44798</x:v>
+        <x:v>44820</x:v>
       </x:c>
       <x:c r="B887" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E887" s="0">
-        <x:v>386</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:5">
       <x:c r="A888" s="1">
-        <x:v>44797</x:v>
+        <x:v>44819</x:v>
       </x:c>
       <x:c r="B888" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E888" s="0">
-        <x:v>374.9</x:v>
+        <x:v>373.9</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:5">
       <x:c r="A889" s="1">
-        <x:v>44796</x:v>
+        <x:v>44818</x:v>
       </x:c>
       <x:c r="B889" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E889" s="0">
-        <x:v>382.5</x:v>
+        <x:v>373.9</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:5">
       <x:c r="A890" s="1">
-        <x:v>44795</x:v>
+        <x:v>44817</x:v>
       </x:c>
       <x:c r="B890" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E890" s="0">
-        <x:v>391.8</x:v>
+        <x:v>385.9</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:5">
       <x:c r="A891" s="1">
-        <x:v>44794</x:v>
+        <x:v>44816</x:v>
       </x:c>
       <x:c r="B891" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E891" s="0">
-        <x:v>391.8</x:v>
+        <x:v>378.7</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:5">
       <x:c r="A892" s="1">
-        <x:v>44792</x:v>
+        <x:v>44815</x:v>
       </x:c>
       <x:c r="B892" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E892" s="0">
-        <x:v>398.4</x:v>
+        <x:v>378.7</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:5">
       <x:c r="A893" s="1">
-        <x:v>44791</x:v>
+        <x:v>44814</x:v>
       </x:c>
       <x:c r="B893" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E893" s="0">
-        <x:v>398.4</x:v>
+        <x:v>378.7</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:5">
       <x:c r="A894" s="1">
-        <x:v>44790</x:v>
+        <x:v>44813</x:v>
       </x:c>
       <x:c r="B894" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E894" s="0">
-        <x:v>386.1</x:v>
+        <x:v>378.7</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:5">
       <x:c r="A895" s="1">
-        <x:v>44789</x:v>
+        <x:v>44812</x:v>
       </x:c>
       <x:c r="B895" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E895" s="0">
-        <x:v>386.1</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:5">
       <x:c r="A896" s="1">
-        <x:v>44788</x:v>
+        <x:v>44811</x:v>
       </x:c>
       <x:c r="B896" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E896" s="0">
-        <x:v>381.3</x:v>
+        <x:v>371.3</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:5">
       <x:c r="A897" s="1">
-        <x:v>44787</x:v>
+        <x:v>44810</x:v>
       </x:c>
       <x:c r="B897" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E897" s="0">
-        <x:v>381.3</x:v>
+        <x:v>367.2</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:5">
       <x:c r="A898" s="1">
-        <x:v>44786</x:v>
+        <x:v>44809</x:v>
       </x:c>
       <x:c r="B898" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E898" s="0">
-        <x:v>381.3</x:v>
+        <x:v>369.5</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:5">
       <x:c r="A899" s="1">
-        <x:v>44785</x:v>
+        <x:v>44807</x:v>
       </x:c>
       <x:c r="B899" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E899" s="0">
-        <x:v>387.4</x:v>
+        <x:v>369.5</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:5">
       <x:c r="A900" s="1">
-        <x:v>44784</x:v>
+        <x:v>44806</x:v>
       </x:c>
       <x:c r="B900" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E900" s="0">
-        <x:v>375.8</x:v>
+        <x:v>361.4</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:5">
       <x:c r="A901" s="1">
-        <x:v>44783</x:v>
+        <x:v>44805</x:v>
       </x:c>
       <x:c r="B901" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E901" s="0">
-        <x:v>369.4</x:v>
+        <x:v>365.7</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:5">
       <x:c r="A902" s="1">
-        <x:v>44782</x:v>
+        <x:v>44804</x:v>
       </x:c>
       <x:c r="B902" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E902" s="0">
-        <x:v>374.9</x:v>
+        <x:v>368.1</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:5">
       <x:c r="A903" s="1">
-        <x:v>44781</x:v>
+        <x:v>44803</x:v>
       </x:c>
       <x:c r="B903" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E903" s="0">
-        <x:v>385.7</x:v>
+        <x:v>368.2</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:5">
       <x:c r="A904" s="1">
-        <x:v>44780</x:v>
+        <x:v>44802</x:v>
       </x:c>
       <x:c r="B904" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E904" s="0">
-        <x:v>385.7</x:v>
+        <x:v>378.4</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:5">
       <x:c r="A905" s="1">
-        <x:v>44779</x:v>
+        <x:v>44801</x:v>
       </x:c>
       <x:c r="B905" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E905" s="0">
-        <x:v>385.7</x:v>
+        <x:v>378.4</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:5">
       <x:c r="A906" s="1">
-        <x:v>44778</x:v>
+        <x:v>44800</x:v>
       </x:c>
       <x:c r="B906" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E906" s="0">
-        <x:v>385.7</x:v>
+        <x:v>378.4</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:5">
       <x:c r="A907" s="1">
-        <x:v>44777</x:v>
+        <x:v>44799</x:v>
       </x:c>
       <x:c r="B907" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E907" s="0">
-        <x:v>383.8</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:5">
       <x:c r="A908" s="1">
-        <x:v>44776</x:v>
+        <x:v>44798</x:v>
       </x:c>
       <x:c r="B908" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E908" s="0">
-        <x:v>385.9</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:5">
       <x:c r="A909" s="1">
-        <x:v>44775</x:v>
+        <x:v>44797</x:v>
       </x:c>
       <x:c r="B909" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E909" s="0">
-        <x:v>390</x:v>
+        <x:v>374.9</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:5">
       <x:c r="A910" s="1">
-        <x:v>44774</x:v>
+        <x:v>44796</x:v>
       </x:c>
       <x:c r="B910" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E910" s="0">
-        <x:v>389.6</x:v>
+        <x:v>382.5</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:5">
       <x:c r="A911" s="1">
-        <x:v>44773</x:v>
+        <x:v>44795</x:v>
       </x:c>
       <x:c r="B911" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E911" s="0">
-        <x:v>389.6</x:v>
+        <x:v>391.8</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:5">
       <x:c r="A912" s="1">
-        <x:v>44771</x:v>
+        <x:v>44794</x:v>
       </x:c>
       <x:c r="B912" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E912" s="0">
-        <x:v>378.8</x:v>
+        <x:v>391.8</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:5">
       <x:c r="A913" s="1">
-        <x:v>44770</x:v>
+        <x:v>44792</x:v>
       </x:c>
       <x:c r="B913" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E913" s="0">
-        <x:v>366.9</x:v>
+        <x:v>398.4</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:5">
       <x:c r="A914" s="1">
-        <x:v>44769</x:v>
+        <x:v>44791</x:v>
       </x:c>
       <x:c r="B914" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E914" s="0">
-        <x:v>364.4</x:v>
+        <x:v>398.4</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:5">
       <x:c r="A915" s="1">
-        <x:v>44768</x:v>
+        <x:v>44790</x:v>
       </x:c>
       <x:c r="B915" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E915" s="0">
-        <x:v>359.6</x:v>
+        <x:v>386.1</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:5">
       <x:c r="A916" s="1">
-        <x:v>44767</x:v>
+        <x:v>44789</x:v>
       </x:c>
       <x:c r="B916" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E916" s="0">
-        <x:v>376.3</x:v>
+        <x:v>386.1</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:5">
       <x:c r="A917" s="1">
-        <x:v>44764</x:v>
+        <x:v>44788</x:v>
       </x:c>
       <x:c r="B917" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E917" s="0">
-        <x:v>368</x:v>
+        <x:v>381.3</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:5">
       <x:c r="A918" s="1">
-        <x:v>44763</x:v>
+        <x:v>44787</x:v>
       </x:c>
       <x:c r="B918" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E918" s="0">
-        <x:v>339.9</x:v>
+        <x:v>381.3</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:5">
       <x:c r="A919" s="1">
-        <x:v>44762</x:v>
+        <x:v>44786</x:v>
       </x:c>
       <x:c r="B919" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E919" s="0">
-        <x:v>327.4</x:v>
+        <x:v>381.3</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:5">
       <x:c r="A920" s="1">
-        <x:v>44761</x:v>
+        <x:v>44785</x:v>
       </x:c>
       <x:c r="B920" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E920" s="0">
-        <x:v>327.4</x:v>
+        <x:v>387.4</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:5">
       <x:c r="A921" s="1">
-        <x:v>44760</x:v>
+        <x:v>44784</x:v>
       </x:c>
       <x:c r="B921" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E921" s="0">
-        <x:v>342.8</x:v>
+        <x:v>375.8</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:5">
       <x:c r="A922" s="1">
-        <x:v>44759</x:v>
+        <x:v>44783</x:v>
       </x:c>
       <x:c r="B922" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E922" s="0">
-        <x:v>342.8</x:v>
+        <x:v>369.4</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:5">
       <x:c r="A923" s="1">
-        <x:v>44758</x:v>
+        <x:v>44782</x:v>
       </x:c>
       <x:c r="B923" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E923" s="0">
-        <x:v>342.8</x:v>
+        <x:v>374.9</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:5">
       <x:c r="A924" s="1">
-        <x:v>44757</x:v>
+        <x:v>44781</x:v>
       </x:c>
       <x:c r="B924" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E924" s="0">
-        <x:v>332.8</x:v>
+        <x:v>385.7</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:5">
       <x:c r="A925" s="1">
-        <x:v>44756</x:v>
+        <x:v>44780</x:v>
       </x:c>
       <x:c r="B925" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E925" s="0">
-        <x:v>336.1</x:v>
+        <x:v>385.7</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:5">
       <x:c r="A926" s="1">
-        <x:v>44755</x:v>
+        <x:v>44779</x:v>
       </x:c>
       <x:c r="B926" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E926" s="0">
-        <x:v>339.8</x:v>
+        <x:v>385.7</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:5">
       <x:c r="A927" s="1">
-        <x:v>44754</x:v>
+        <x:v>44778</x:v>
       </x:c>
       <x:c r="B927" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E927" s="0">
-        <x:v>343.3</x:v>
+        <x:v>385.7</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:5">
       <x:c r="A928" s="1">
-        <x:v>44753</x:v>
+        <x:v>44777</x:v>
       </x:c>
       <x:c r="B928" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E928" s="0">
-        <x:v>336.1</x:v>
+        <x:v>383.8</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:5">
       <x:c r="A929" s="1">
-        <x:v>44752</x:v>
+        <x:v>44776</x:v>
       </x:c>
       <x:c r="B929" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E929" s="0">
-        <x:v>336.1</x:v>
+        <x:v>385.9</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:5">
       <x:c r="A930" s="1">
-        <x:v>44751</x:v>
+        <x:v>44775</x:v>
       </x:c>
       <x:c r="B930" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E930" s="0">
-        <x:v>336.1</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="931" spans="1:5">
       <x:c r="A931" s="1">
-        <x:v>44750</x:v>
+        <x:v>44774</x:v>
       </x:c>
       <x:c r="B931" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E931" s="0">
-        <x:v>325.8</x:v>
+        <x:v>389.6</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:5">
       <x:c r="A932" s="1">
-        <x:v>44746</x:v>
+        <x:v>44773</x:v>
       </x:c>
       <x:c r="B932" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E932" s="0">
-        <x:v>303.5</x:v>
+        <x:v>389.6</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:5">
       <x:c r="A933" s="1">
-        <x:v>44744</x:v>
+        <x:v>44771</x:v>
       </x:c>
       <x:c r="B933" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E933" s="0">
-        <x:v>303.5</x:v>
+        <x:v>378.8</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:5">
       <x:c r="A934" s="1">
-        <x:v>44742</x:v>
+        <x:v>44770</x:v>
       </x:c>
       <x:c r="B934" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E934" s="0">
-        <x:v>297.4</x:v>
+        <x:v>366.9</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:5">
       <x:c r="A935" s="1">
-        <x:v>44741</x:v>
+        <x:v>44769</x:v>
       </x:c>
       <x:c r="B935" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E935" s="0">
-        <x:v>303.5</x:v>
+        <x:v>364.4</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:5">
       <x:c r="A936" s="1">
-        <x:v>44739</x:v>
+        <x:v>44768</x:v>
       </x:c>
       <x:c r="B936" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E936" s="0">
-        <x:v>305.3</x:v>
+        <x:v>359.6</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:5">
       <x:c r="A937" s="1">
-        <x:v>44738</x:v>
+        <x:v>44767</x:v>
       </x:c>
       <x:c r="B937" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E937" s="0">
-        <x:v>305.3</x:v>
+        <x:v>376.3</x:v>
       </x:c>
     </x:row>
     <x:row r="938" spans="1:5">
       <x:c r="A938" s="1">
-        <x:v>44737</x:v>
+        <x:v>44764</x:v>
       </x:c>
       <x:c r="B938" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E938" s="0">
-        <x:v>305.3</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:5">
       <x:c r="A939" s="1">
-        <x:v>44736</x:v>
+        <x:v>44763</x:v>
       </x:c>
       <x:c r="B939" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E939" s="0">
-        <x:v>285.1</x:v>
+        <x:v>339.9</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:5">
       <x:c r="A940" s="1">
-        <x:v>44735</x:v>
+        <x:v>44762</x:v>
       </x:c>
       <x:c r="B940" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E940" s="0">
-        <x:v>282.4</x:v>
+        <x:v>327.4</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:5">
       <x:c r="A941" s="1">
-        <x:v>44734</x:v>
+        <x:v>44761</x:v>
       </x:c>
       <x:c r="B941" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E941" s="0">
-        <x:v>276.7</x:v>
+        <x:v>327.4</x:v>
       </x:c>
     </x:row>
     <x:row r="942" spans="1:5">
       <x:c r="A942" s="1">
-        <x:v>44733</x:v>
+        <x:v>44760</x:v>
       </x:c>
       <x:c r="B942" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E942" s="0">
-        <x:v>276.7</x:v>
+        <x:v>342.8</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:5">
       <x:c r="A943" s="1">
-        <x:v>44732</x:v>
+        <x:v>44759</x:v>
       </x:c>
       <x:c r="B943" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E943" s="0">
-        <x:v>288</x:v>
+        <x:v>342.8</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:5">
       <x:c r="A944" s="1">
-        <x:v>44731</x:v>
+        <x:v>44758</x:v>
       </x:c>
       <x:c r="B944" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E944" s="0">
-        <x:v>288</x:v>
+        <x:v>342.8</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:5">
       <x:c r="A945" s="1">
-        <x:v>44730</x:v>
+        <x:v>44757</x:v>
       </x:c>
       <x:c r="B945" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E945" s="0">
-        <x:v>288</x:v>
+        <x:v>332.8</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:5">
       <x:c r="A946" s="1">
-        <x:v>44729</x:v>
+        <x:v>44756</x:v>
       </x:c>
       <x:c r="B946" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E946" s="0">
-        <x:v>289.7</x:v>
+        <x:v>336.1</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:5">
       <x:c r="A947" s="1">
-        <x:v>44728</x:v>
+        <x:v>44755</x:v>
       </x:c>
       <x:c r="B947" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E947" s="0">
-        <x:v>301.3</x:v>
+        <x:v>339.8</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:5">
       <x:c r="A948" s="1">
-        <x:v>44727</x:v>
+        <x:v>44754</x:v>
       </x:c>
       <x:c r="B948" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E948" s="0">
-        <x:v>296.3</x:v>
+        <x:v>343.3</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:5">
       <x:c r="A949" s="1">
-        <x:v>44726</x:v>
+        <x:v>44753</x:v>
       </x:c>
       <x:c r="B949" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E949" s="0">
-        <x:v>303.7</x:v>
+        <x:v>336.1</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:5">
       <x:c r="A950" s="1">
-        <x:v>44725</x:v>
+        <x:v>44752</x:v>
       </x:c>
       <x:c r="B950" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E950" s="0">
-        <x:v>310.9</x:v>
+        <x:v>336.1</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:5">
       <x:c r="A951" s="1">
-        <x:v>44724</x:v>
+        <x:v>44751</x:v>
       </x:c>
       <x:c r="B951" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E951" s="0">
-        <x:v>310.9</x:v>
+        <x:v>336.1</x:v>
       </x:c>
     </x:row>
     <x:row r="952" spans="1:5">
       <x:c r="A952" s="1">
-        <x:v>44723</x:v>
+        <x:v>44750</x:v>
       </x:c>
       <x:c r="B952" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E952" s="0">
-        <x:v>310.9</x:v>
+        <x:v>325.8</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:5">
       <x:c r="A953" s="1">
-        <x:v>44722</x:v>
+        <x:v>44746</x:v>
       </x:c>
       <x:c r="B953" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E953" s="0">
-        <x:v>320.2</x:v>
+        <x:v>303.5</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:5">
       <x:c r="A954" s="1">
-        <x:v>44721</x:v>
+        <x:v>44744</x:v>
       </x:c>
       <x:c r="B954" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E954" s="0">
-        <x:v>323.3</x:v>
+        <x:v>303.5</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:5">
       <x:c r="A955" s="1">
-        <x:v>44719</x:v>
+        <x:v>44742</x:v>
       </x:c>
       <x:c r="B955" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E955" s="0">
-        <x:v>320.7</x:v>
+        <x:v>297.4</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:5">
       <x:c r="A956" s="1">
-        <x:v>44718</x:v>
+        <x:v>44741</x:v>
       </x:c>
       <x:c r="B956" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E956" s="0">
-        <x:v>319.7</x:v>
+        <x:v>303.5</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:5">
       <x:c r="A957" s="1">
-        <x:v>44717</x:v>
+        <x:v>44739</x:v>
       </x:c>
       <x:c r="B957" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E957" s="0">
-        <x:v>319.7</x:v>
+        <x:v>305.3</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:5">
       <x:c r="A958" s="1">
-        <x:v>44716</x:v>
+        <x:v>44738</x:v>
       </x:c>
       <x:c r="B958" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E958" s="0">
-        <x:v>319.7</x:v>
+        <x:v>305.3</x:v>
       </x:c>
     </x:row>
     <x:row r="959" spans="1:5">
       <x:c r="A959" s="1">
-        <x:v>44715</x:v>
+        <x:v>44737</x:v>
       </x:c>
       <x:c r="B959" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E959" s="0">
-        <x:v>321.2</x:v>
+        <x:v>305.3</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:5">
       <x:c r="A960" s="1">
-        <x:v>44714</x:v>
+        <x:v>44736</x:v>
       </x:c>
       <x:c r="B960" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E960" s="0">
-        <x:v>310.2</x:v>
+        <x:v>285.1</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:5">
       <x:c r="A961" s="1">
-        <x:v>44713</x:v>
+        <x:v>44735</x:v>
       </x:c>
       <x:c r="B961" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E961" s="0">
-        <x:v>321.1</x:v>
+        <x:v>282.4</x:v>
       </x:c>
     </x:row>
     <x:row r="962" spans="1:5">
       <x:c r="A962" s="1">
-        <x:v>44712</x:v>
+        <x:v>44734</x:v>
       </x:c>
       <x:c r="B962" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E962" s="0">
-        <x:v>330.2</x:v>
+        <x:v>276.7</x:v>
       </x:c>
     </x:row>
     <x:row r="963" spans="1:5">
       <x:c r="A963" s="1">
-        <x:v>44711</x:v>
+        <x:v>44733</x:v>
       </x:c>
       <x:c r="B963" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E963" s="0">
-        <x:v>321.5</x:v>
+        <x:v>276.7</x:v>
       </x:c>
     </x:row>
     <x:row r="964" spans="1:5">
       <x:c r="A964" s="1">
-        <x:v>44710</x:v>
+        <x:v>44732</x:v>
       </x:c>
       <x:c r="B964" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E964" s="0">
-        <x:v>321.5</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:5">
       <x:c r="A965" s="1">
-        <x:v>44709</x:v>
+        <x:v>44731</x:v>
       </x:c>
       <x:c r="B965" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E965" s="0">
-        <x:v>321.5</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:5">
       <x:c r="A966" s="1">
-        <x:v>44708</x:v>
+        <x:v>44730</x:v>
       </x:c>
       <x:c r="B966" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E966" s="0">
-        <x:v>307.5</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="967" spans="1:5">
       <x:c r="A967" s="1">
-        <x:v>44707</x:v>
+        <x:v>44729</x:v>
       </x:c>
       <x:c r="B967" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E967" s="0">
-        <x:v>307.6</x:v>
+        <x:v>289.7</x:v>
       </x:c>
     </x:row>
     <x:row r="968" spans="1:5">
       <x:c r="A968" s="1">
-        <x:v>44706</x:v>
+        <x:v>44728</x:v>
       </x:c>
       <x:c r="B968" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E968" s="0">
-        <x:v>309.1</x:v>
+        <x:v>301.3</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:5">
       <x:c r="A969" s="1">
-        <x:v>44705</x:v>
+        <x:v>44727</x:v>
       </x:c>
       <x:c r="B969" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E969" s="0">
-        <x:v>311.3</x:v>
+        <x:v>296.3</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:5">
       <x:c r="A970" s="1">
-        <x:v>44704</x:v>
+        <x:v>44726</x:v>
       </x:c>
       <x:c r="B970" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E970" s="0">
-        <x:v>307.7</x:v>
+        <x:v>303.7</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:5">
       <x:c r="A971" s="1">
-        <x:v>44703</x:v>
+        <x:v>44725</x:v>
       </x:c>
       <x:c r="B971" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E971" s="0">
-        <x:v>307.7</x:v>
+        <x:v>310.9</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:5">
       <x:c r="A972" s="1">
-        <x:v>44702</x:v>
+        <x:v>44724</x:v>
       </x:c>
       <x:c r="B972" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E972" s="0">
-        <x:v>307.7</x:v>
+        <x:v>310.9</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:5">
       <x:c r="A973" s="1">
-        <x:v>44701</x:v>
+        <x:v>44723</x:v>
       </x:c>
       <x:c r="B973" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E973" s="0">
-        <x:v>302.3</x:v>
+        <x:v>310.9</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:5">
       <x:c r="A974" s="1">
-        <x:v>44700</x:v>
+        <x:v>44722</x:v>
       </x:c>
       <x:c r="B974" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E974" s="0">
-        <x:v>296.3</x:v>
+        <x:v>320.2</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:5">
       <x:c r="A975" s="1">
-        <x:v>44699</x:v>
+        <x:v>44721</x:v>
       </x:c>
       <x:c r="B975" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E975" s="0">
-        <x:v>303.3</x:v>
+        <x:v>323.3</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:5">
       <x:c r="A976" s="1">
-        <x:v>44698</x:v>
+        <x:v>44719</x:v>
       </x:c>
       <x:c r="B976" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E976" s="0">
-        <x:v>302.2</x:v>
+        <x:v>320.7</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:5">
       <x:c r="A977" s="1">
-        <x:v>44697</x:v>
+        <x:v>44718</x:v>
       </x:c>
       <x:c r="B977" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E977" s="0">
-        <x:v>282</x:v>
+        <x:v>319.7</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:5">
       <x:c r="A978" s="1">
-        <x:v>44696</x:v>
+        <x:v>44717</x:v>
       </x:c>
       <x:c r="B978" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E978" s="0">
-        <x:v>282</x:v>
+        <x:v>319.7</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:5">
       <x:c r="A979" s="1">
-        <x:v>44695</x:v>
+        <x:v>44716</x:v>
       </x:c>
       <x:c r="B979" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E979" s="0">
-        <x:v>282</x:v>
+        <x:v>319.7</x:v>
       </x:c>
     </x:row>
     <x:row r="980" spans="1:5">
       <x:c r="A980" s="1">
-        <x:v>44694</x:v>
+        <x:v>44715</x:v>
       </x:c>
       <x:c r="B980" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E980" s="0">
-        <x:v>282</x:v>
+        <x:v>321.2</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:5">
       <x:c r="A981" s="1">
-        <x:v>44693</x:v>
+        <x:v>44714</x:v>
       </x:c>
       <x:c r="B981" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E981" s="0">
-        <x:v>292.4</x:v>
+        <x:v>310.2</x:v>
       </x:c>
     </x:row>
     <x:row r="982" spans="1:5">
       <x:c r="A982" s="1">
-        <x:v>44692</x:v>
+        <x:v>44713</x:v>
       </x:c>
       <x:c r="B982" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E982" s="0">
-        <x:v>287.7</x:v>
+        <x:v>321.1</x:v>
       </x:c>
     </x:row>
     <x:row r="983" spans="1:5">
       <x:c r="A983" s="1">
-        <x:v>44690</x:v>
+        <x:v>44712</x:v>
       </x:c>
       <x:c r="B983" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E983" s="0">
-        <x:v>295.7</x:v>
+        <x:v>330.2</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:5">
       <x:c r="A984" s="1">
-        <x:v>44689</x:v>
+        <x:v>44711</x:v>
       </x:c>
       <x:c r="B984" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E984" s="0">
-        <x:v>295.7</x:v>
+        <x:v>321.5</x:v>
       </x:c>
     </x:row>
     <x:row r="985" spans="1:5">
       <x:c r="A985" s="1">
-        <x:v>44688</x:v>
+        <x:v>44710</x:v>
       </x:c>
       <x:c r="B985" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E985" s="0">
-        <x:v>295.7</x:v>
+        <x:v>321.5</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:5">
       <x:c r="A986" s="1">
-        <x:v>44687</x:v>
+        <x:v>44709</x:v>
       </x:c>
       <x:c r="B986" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E986" s="0">
-        <x:v>298.9</x:v>
+        <x:v>321.5</x:v>
       </x:c>
     </x:row>
     <x:row r="987" spans="1:5">
       <x:c r="A987" s="1">
-        <x:v>44686</x:v>
+        <x:v>44708</x:v>
       </x:c>
       <x:c r="B987" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E987" s="0">
-        <x:v>299.6</x:v>
+        <x:v>307.5</x:v>
       </x:c>
     </x:row>
     <x:row r="988" spans="1:5">
       <x:c r="A988" s="1">
-        <x:v>44685</x:v>
+        <x:v>44707</x:v>
       </x:c>
       <x:c r="B988" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E988" s="0">
-        <x:v>306.4</x:v>
+        <x:v>307.6</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:5">
       <x:c r="A989" s="1">
-        <x:v>44684</x:v>
+        <x:v>44706</x:v>
       </x:c>
       <x:c r="B989" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E989" s="0">
-        <x:v>303</x:v>
+        <x:v>309.1</x:v>
       </x:c>
     </x:row>
     <x:row r="990" spans="1:5">
       <x:c r="A990" s="1">
-        <x:v>44683</x:v>
+        <x:v>44705</x:v>
       </x:c>
       <x:c r="B990" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E990" s="0">
-        <x:v>312.9</x:v>
+        <x:v>311.3</x:v>
       </x:c>
     </x:row>
     <x:row r="991" spans="1:5">
       <x:c r="A991" s="1">
-        <x:v>44682</x:v>
+        <x:v>44704</x:v>
       </x:c>
       <x:c r="B991" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E991" s="0">
-        <x:v>312.9</x:v>
+        <x:v>307.7</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:5">
       <x:c r="A992" s="1">
-        <x:v>44681</x:v>
+        <x:v>44703</x:v>
       </x:c>
       <x:c r="B992" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E992" s="0">
-        <x:v>312.9</x:v>
+        <x:v>307.7</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:5">
       <x:c r="A993" s="1">
-        <x:v>44680</x:v>
+        <x:v>44702</x:v>
       </x:c>
       <x:c r="B993" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E993" s="0">
-        <x:v>308.7</x:v>
+        <x:v>307.7</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:5">
       <x:c r="A994" s="1">
-        <x:v>44679</x:v>
+        <x:v>44701</x:v>
       </x:c>
       <x:c r="B994" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E994" s="0">
-        <x:v>298.2</x:v>
+        <x:v>302.3</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:5">
       <x:c r="A995" s="1">
-        <x:v>44678</x:v>
+        <x:v>44700</x:v>
       </x:c>
       <x:c r="B995" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E995" s="0">
-        <x:v>296.5</x:v>
+        <x:v>296.3</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:5">
       <x:c r="A996" s="1">
-        <x:v>44677</x:v>
+        <x:v>44699</x:v>
       </x:c>
       <x:c r="B996" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E996" s="0">
-        <x:v>310.1</x:v>
+        <x:v>303.3</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:5">
       <x:c r="A997" s="1">
-        <x:v>44676</x:v>
+        <x:v>44698</x:v>
       </x:c>
       <x:c r="B997" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E997" s="0">
-        <x:v>317.3</x:v>
+        <x:v>302.2</x:v>
       </x:c>
     </x:row>
     <x:row r="998" spans="1:5">
       <x:c r="A998" s="1">
-        <x:v>44675</x:v>
+        <x:v>44697</x:v>
       </x:c>
       <x:c r="B998" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E998" s="0">
-        <x:v>317.3</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:5">
       <x:c r="A999" s="1">
-        <x:v>44674</x:v>
+        <x:v>44696</x:v>
       </x:c>
       <x:c r="B999" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E999" s="0">
-        <x:v>317.3</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="1000" spans="1:5">
       <x:c r="A1000" s="1">
-        <x:v>44673</x:v>
+        <x:v>44695</x:v>
       </x:c>
       <x:c r="B1000" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1000" s="0">
-        <x:v>344.9</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="1001" spans="1:5">
       <x:c r="A1001" s="1">
-        <x:v>44672</x:v>
+        <x:v>44694</x:v>
       </x:c>
       <x:c r="B1001" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1001" s="0">
-        <x:v>342</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:5">
       <x:c r="A1002" s="1">
-        <x:v>44671</x:v>
+        <x:v>44693</x:v>
       </x:c>
       <x:c r="B1002" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1002" s="0">
-        <x:v>337.4</x:v>
+        <x:v>292.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:5">
       <x:c r="A1003" s="1">
-        <x:v>44670</x:v>
+        <x:v>44692</x:v>
       </x:c>
       <x:c r="B1003" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1003" s="0">
-        <x:v>341.7</x:v>
+        <x:v>287.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:5">
       <x:c r="A1004" s="1">
-        <x:v>44669</x:v>
+        <x:v>44690</x:v>
       </x:c>
       <x:c r="B1004" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1004" s="0">
-        <x:v>341.7</x:v>
+        <x:v>295.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:5">
       <x:c r="A1005" s="1">
-        <x:v>44667</x:v>
+        <x:v>44689</x:v>
       </x:c>
       <x:c r="B1005" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1005" s="0">
-        <x:v>341.7</x:v>
+        <x:v>295.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1006" spans="1:5">
       <x:c r="A1006" s="1">
-        <x:v>44666</x:v>
+        <x:v>44688</x:v>
       </x:c>
       <x:c r="B1006" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1006" s="0">
-        <x:v>341.7</x:v>
+        <x:v>295.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:5">
       <x:c r="A1007" s="1">
-        <x:v>44665</x:v>
+        <x:v>44687</x:v>
       </x:c>
       <x:c r="B1007" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1007" s="0">
-        <x:v>350</x:v>
+        <x:v>298.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:5">
       <x:c r="A1008" s="1">
-        <x:v>44664</x:v>
+        <x:v>44686</x:v>
       </x:c>
       <x:c r="B1008" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1008" s="0">
-        <x:v>354.6</x:v>
+        <x:v>299.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1009" spans="1:5">
       <x:c r="A1009" s="1">
-        <x:v>44663</x:v>
+        <x:v>44685</x:v>
       </x:c>
       <x:c r="B1009" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1009" s="0">
-        <x:v>359</x:v>
+        <x:v>306.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1010" spans="1:5">
       <x:c r="A1010" s="1">
-        <x:v>44662</x:v>
+        <x:v>44684</x:v>
       </x:c>
       <x:c r="B1010" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1010" s="0">
-        <x:v>373.7</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="1011" spans="1:5">
       <x:c r="A1011" s="1">
-        <x:v>44661</x:v>
+        <x:v>44683</x:v>
       </x:c>
       <x:c r="B1011" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1011" s="0">
-        <x:v>373.7</x:v>
+        <x:v>312.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1012" spans="1:5">
       <x:c r="A1012" s="1">
-        <x:v>44660</x:v>
+        <x:v>44682</x:v>
       </x:c>
       <x:c r="B1012" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1012" s="0">
-        <x:v>373.7</x:v>
+        <x:v>312.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1013" spans="1:5">
       <x:c r="A1013" s="1">
-        <x:v>44659</x:v>
+        <x:v>44681</x:v>
       </x:c>
       <x:c r="B1013" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1013" s="0">
-        <x:v>393.5</x:v>
+        <x:v>312.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1014" spans="1:5">
       <x:c r="A1014" s="1">
-        <x:v>44658</x:v>
+        <x:v>44680</x:v>
       </x:c>
       <x:c r="B1014" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1014" s="0">
-        <x:v>390.3</x:v>
+        <x:v>308.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1015" spans="1:5">
       <x:c r="A1015" s="1">
-        <x:v>44657</x:v>
+        <x:v>44679</x:v>
       </x:c>
       <x:c r="B1015" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1015" s="0">
-        <x:v>395.8</x:v>
+        <x:v>298.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1016" spans="1:5">
       <x:c r="A1016" s="1">
-        <x:v>44656</x:v>
+        <x:v>44678</x:v>
       </x:c>
       <x:c r="B1016" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1016" s="0">
-        <x:v>386.8</x:v>
+        <x:v>296.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1017" spans="1:5">
       <x:c r="A1017" s="1">
-        <x:v>44655</x:v>
+        <x:v>44677</x:v>
       </x:c>
       <x:c r="B1017" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1017" s="0">
-        <x:v>380</x:v>
+        <x:v>310.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1018" spans="1:5">
       <x:c r="A1018" s="1">
-        <x:v>44654</x:v>
+        <x:v>44676</x:v>
       </x:c>
       <x:c r="B1018" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1018" s="0">
-        <x:v>380</x:v>
+        <x:v>317.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1019" spans="1:5">
       <x:c r="A1019" s="1">
-        <x:v>44653</x:v>
+        <x:v>44675</x:v>
       </x:c>
       <x:c r="B1019" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1019" s="0">
-        <x:v>380</x:v>
+        <x:v>317.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1020" spans="1:5">
       <x:c r="A1020" s="1">
-        <x:v>44652</x:v>
+        <x:v>44674</x:v>
       </x:c>
       <x:c r="B1020" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1020" s="0">
-        <x:v>372.5</x:v>
+        <x:v>317.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1021" spans="1:5">
       <x:c r="A1021" s="1">
-        <x:v>44651</x:v>
+        <x:v>44673</x:v>
       </x:c>
       <x:c r="B1021" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1021" s="0">
-        <x:v>380.7</x:v>
+        <x:v>344.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1022" spans="1:5">
       <x:c r="A1022" s="1">
-        <x:v>44650</x:v>
+        <x:v>44672</x:v>
       </x:c>
       <x:c r="B1022" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1022" s="0">
-        <x:v>387.5</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="1023" spans="1:5">
       <x:c r="A1023" s="1">
-        <x:v>44649</x:v>
+        <x:v>44671</x:v>
       </x:c>
       <x:c r="B1023" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1023" s="0">
-        <x:v>365.6</x:v>
+        <x:v>337.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1024" spans="1:5">
       <x:c r="A1024" s="1">
-        <x:v>44648</x:v>
+        <x:v>44670</x:v>
       </x:c>
       <x:c r="B1024" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1024" s="0">
-        <x:v>358.8</x:v>
+        <x:v>341.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1025" spans="1:5">
       <x:c r="A1025" s="1">
-        <x:v>44647</x:v>
+        <x:v>44669</x:v>
       </x:c>
       <x:c r="B1025" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1025" s="0">
-        <x:v>358.8</x:v>
+        <x:v>341.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1026" spans="1:5">
       <x:c r="A1026" s="1">
-        <x:v>44646</x:v>
+        <x:v>44667</x:v>
       </x:c>
       <x:c r="B1026" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1026" s="0">
-        <x:v>358.8</x:v>
+        <x:v>341.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1027" spans="1:5">
       <x:c r="A1027" s="1">
-        <x:v>44645</x:v>
+        <x:v>44666</x:v>
       </x:c>
       <x:c r="B1027" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1027" s="0">
-        <x:v>358.7</x:v>
+        <x:v>341.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1028" spans="1:5">
       <x:c r="A1028" s="1">
-        <x:v>44644</x:v>
+        <x:v>44665</x:v>
       </x:c>
       <x:c r="B1028" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1028" s="0">
-        <x:v>362</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="1029" spans="1:5">
       <x:c r="A1029" s="1">
-        <x:v>44643</x:v>
+        <x:v>44664</x:v>
       </x:c>
       <x:c r="B1029" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1029" s="0">
-        <x:v>362</x:v>
+        <x:v>354.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1030" spans="1:5">
       <x:c r="A1030" s="1">
-        <x:v>44642</x:v>
+        <x:v>44663</x:v>
       </x:c>
       <x:c r="B1030" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1030" s="0">
-        <x:v>362.7</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="1031" spans="1:5">
       <x:c r="A1031" s="1">
-        <x:v>44641</x:v>
+        <x:v>44662</x:v>
       </x:c>
       <x:c r="B1031" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1031" s="0">
-        <x:v>366.6</x:v>
+        <x:v>373.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1032" spans="1:5">
       <x:c r="A1032" s="1">
-        <x:v>44640</x:v>
+        <x:v>44661</x:v>
       </x:c>
       <x:c r="B1032" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1032" s="0">
-        <x:v>366.6</x:v>
+        <x:v>373.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1033" spans="1:5">
       <x:c r="A1033" s="1">
-        <x:v>44639</x:v>
+        <x:v>44660</x:v>
       </x:c>
       <x:c r="B1033" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1033" s="0">
-        <x:v>366.6</x:v>
+        <x:v>373.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1034" spans="1:5">
       <x:c r="A1034" s="1">
-        <x:v>44638</x:v>
+        <x:v>44659</x:v>
       </x:c>
       <x:c r="B1034" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1034" s="0">
-        <x:v>354.7</x:v>
+        <x:v>393.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1035" spans="1:5">
       <x:c r="A1035" s="1">
-        <x:v>44637</x:v>
+        <x:v>44658</x:v>
       </x:c>
       <x:c r="B1035" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1035" s="0">
-        <x:v>351.2</x:v>
+        <x:v>390.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1036" spans="1:5">
       <x:c r="A1036" s="1">
-        <x:v>44636</x:v>
+        <x:v>44657</x:v>
       </x:c>
       <x:c r="B1036" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1036" s="0">
-        <x:v>328.5</x:v>
+        <x:v>395.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1037" spans="1:5">
       <x:c r="A1037" s="1">
-        <x:v>44635</x:v>
+        <x:v>44656</x:v>
       </x:c>
       <x:c r="B1037" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1037" s="0">
-        <x:v>326.8</x:v>
+        <x:v>386.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1038" spans="1:5">
       <x:c r="A1038" s="1">
-        <x:v>44634</x:v>
+        <x:v>44655</x:v>
       </x:c>
       <x:c r="B1038" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1038" s="0">
-        <x:v>321.9</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="1039" spans="1:5">
       <x:c r="A1039" s="1">
-        <x:v>44633</x:v>
+        <x:v>44654</x:v>
       </x:c>
       <x:c r="B1039" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1039" s="0">
-        <x:v>321.9</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:5">
       <x:c r="A1040" s="1">
-        <x:v>44632</x:v>
+        <x:v>44653</x:v>
       </x:c>
       <x:c r="B1040" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1040" s="0">
-        <x:v>321.9</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="1041" spans="1:5">
       <x:c r="A1041" s="1">
-        <x:v>44631</x:v>
+        <x:v>44652</x:v>
       </x:c>
       <x:c r="B1041" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1041" s="0">
-        <x:v>316</x:v>
+        <x:v>372.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:5">
       <x:c r="A1042" s="1">
-        <x:v>44630</x:v>
+        <x:v>44651</x:v>
       </x:c>
       <x:c r="B1042" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1042" s="0">
-        <x:v>319.4</x:v>
+        <x:v>380.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:5">
       <x:c r="A1043" s="1">
-        <x:v>44629</x:v>
+        <x:v>44650</x:v>
       </x:c>
       <x:c r="B1043" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1043" s="0">
-        <x:v>295.5</x:v>
+        <x:v>387.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1044" spans="1:5">
       <x:c r="A1044" s="1">
-        <x:v>44628</x:v>
+        <x:v>44649</x:v>
       </x:c>
       <x:c r="B1044" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1044" s="0">
-        <x:v>312.8</x:v>
+        <x:v>365.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1045" spans="1:5">
       <x:c r="A1045" s="1">
-        <x:v>44627</x:v>
+        <x:v>44648</x:v>
       </x:c>
       <x:c r="B1045" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1045" s="0">
-        <x:v>315</x:v>
+        <x:v>358.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1046" spans="1:5">
       <x:c r="A1046" s="1">
-        <x:v>44626</x:v>
+        <x:v>44647</x:v>
       </x:c>
       <x:c r="B1046" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1046" s="0">
-        <x:v>315</x:v>
+        <x:v>358.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1047" spans="1:5">
       <x:c r="A1047" s="1">
-        <x:v>44625</x:v>
+        <x:v>44646</x:v>
       </x:c>
       <x:c r="B1047" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1047" s="0">
-        <x:v>315</x:v>
+        <x:v>358.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1048" spans="1:5">
       <x:c r="A1048" s="1">
-        <x:v>44624</x:v>
+        <x:v>44645</x:v>
       </x:c>
       <x:c r="B1048" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1048" s="0">
-        <x:v>330.3</x:v>
+        <x:v>358.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:5">
       <x:c r="A1049" s="1">
-        <x:v>44623</x:v>
+        <x:v>44644</x:v>
       </x:c>
       <x:c r="B1049" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1049" s="0">
-        <x:v>341.6</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:5">
       <x:c r="A1050" s="1">
-        <x:v>44622</x:v>
+        <x:v>44643</x:v>
       </x:c>
       <x:c r="B1050" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1050" s="0">
-        <x:v>344.6</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="1051" spans="1:5">
       <x:c r="A1051" s="1">
-        <x:v>44621</x:v>
+        <x:v>44642</x:v>
       </x:c>
       <x:c r="B1051" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1051" s="0">
-        <x:v>343.4</x:v>
+        <x:v>362.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1052" spans="1:5">
       <x:c r="A1052" s="1">
-        <x:v>44620</x:v>
+        <x:v>44641</x:v>
       </x:c>
       <x:c r="B1052" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1052" s="0">
-        <x:v>340</x:v>
+        <x:v>366.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1053" spans="1:5">
       <x:c r="A1053" s="1">
-        <x:v>44619</x:v>
+        <x:v>44640</x:v>
       </x:c>
       <x:c r="B1053" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1053" s="0">
-        <x:v>340</x:v>
+        <x:v>366.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1054" spans="1:5">
       <x:c r="A1054" s="1">
-        <x:v>44618</x:v>
+        <x:v>44639</x:v>
       </x:c>
       <x:c r="B1054" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1054" s="0">
-        <x:v>340</x:v>
+        <x:v>366.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1055" spans="1:5">
       <x:c r="A1055" s="1">
-        <x:v>44617</x:v>
+        <x:v>44638</x:v>
       </x:c>
       <x:c r="B1055" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1055" s="0">
-        <x:v>334</x:v>
+        <x:v>354.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1056" spans="1:5">
       <x:c r="A1056" s="1">
-        <x:v>44616</x:v>
+        <x:v>44637</x:v>
       </x:c>
       <x:c r="B1056" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1056" s="0">
-        <x:v>332.6</x:v>
+        <x:v>351.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1057" spans="1:5">
       <x:c r="A1057" s="1">
-        <x:v>44615</x:v>
+        <x:v>44636</x:v>
       </x:c>
       <x:c r="B1057" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1057" s="0">
-        <x:v>336.8</x:v>
+        <x:v>328.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1058" spans="1:5">
       <x:c r="A1058" s="1">
-        <x:v>44614</x:v>
+        <x:v>44635</x:v>
       </x:c>
       <x:c r="B1058" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1058" s="0">
-        <x:v>330.3</x:v>
+        <x:v>326.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1059" spans="1:5">
       <x:c r="A1059" s="1">
-        <x:v>44613</x:v>
+        <x:v>44634</x:v>
       </x:c>
       <x:c r="B1059" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1059" s="0">
-        <x:v>331</x:v>
+        <x:v>321.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1060" spans="1:5">
       <x:c r="A1060" s="1">
-        <x:v>44612</x:v>
+        <x:v>44633</x:v>
       </x:c>
       <x:c r="B1060" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1060" s="0">
-        <x:v>331</x:v>
+        <x:v>321.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1061" spans="1:5">
       <x:c r="A1061" s="1">
-        <x:v>44611</x:v>
+        <x:v>44632</x:v>
       </x:c>
       <x:c r="B1061" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1061" s="0">
-        <x:v>331</x:v>
+        <x:v>321.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1062" spans="1:5">
       <x:c r="A1062" s="1">
-        <x:v>44610</x:v>
+        <x:v>44631</x:v>
       </x:c>
       <x:c r="B1062" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1062" s="0">
-        <x:v>353</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="1063" spans="1:5">
       <x:c r="A1063" s="1">
-        <x:v>44609</x:v>
+        <x:v>44630</x:v>
       </x:c>
       <x:c r="B1063" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1063" s="0">
-        <x:v>356.2</x:v>
+        <x:v>319.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1064" spans="1:5">
       <x:c r="A1064" s="1">
-        <x:v>44608</x:v>
+        <x:v>44629</x:v>
       </x:c>
       <x:c r="B1064" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1064" s="0">
-        <x:v>363.5</x:v>
+        <x:v>295.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1065" spans="1:5">
       <x:c r="A1065" s="1">
-        <x:v>44607</x:v>
+        <x:v>44628</x:v>
       </x:c>
       <x:c r="B1065" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1065" s="0">
-        <x:v>352.4</x:v>
+        <x:v>312.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1066" spans="1:5">
       <x:c r="A1066" s="1">
-        <x:v>44606</x:v>
+        <x:v>44627</x:v>
       </x:c>
       <x:c r="B1066" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1066" s="0">
-        <x:v>362</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="1067" spans="1:5">
       <x:c r="A1067" s="1">
-        <x:v>44605</x:v>
+        <x:v>44626</x:v>
       </x:c>
       <x:c r="B1067" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1067" s="0">
-        <x:v>362</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="1068" spans="1:5">
       <x:c r="A1068" s="1">
-        <x:v>44604</x:v>
+        <x:v>44625</x:v>
       </x:c>
       <x:c r="B1068" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1068" s="0">
-        <x:v>362</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="1069" spans="1:5">
       <x:c r="A1069" s="1">
-        <x:v>44603</x:v>
+        <x:v>44624</x:v>
       </x:c>
       <x:c r="B1069" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1069" s="0">
-        <x:v>371.5</x:v>
+        <x:v>330.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1070" spans="1:5">
       <x:c r="A1070" s="1">
-        <x:v>44602</x:v>
+        <x:v>44623</x:v>
       </x:c>
       <x:c r="B1070" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1070" s="0">
-        <x:v>380.3</x:v>
+        <x:v>341.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1071" spans="1:5">
       <x:c r="A1071" s="1">
-        <x:v>44601</x:v>
+        <x:v>44622</x:v>
       </x:c>
       <x:c r="B1071" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1071" s="0">
-        <x:v>361.6</x:v>
+        <x:v>344.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1072" spans="1:5">
       <x:c r="A1072" s="1">
-        <x:v>44600</x:v>
+        <x:v>44621</x:v>
       </x:c>
       <x:c r="B1072" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1072" s="0">
-        <x:v>393.5</x:v>
+        <x:v>343.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1073" spans="1:5">
       <x:c r="A1073" s="1">
-        <x:v>44599</x:v>
+        <x:v>44620</x:v>
       </x:c>
       <x:c r="B1073" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1073" s="0">
-        <x:v>390.9</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="1074" spans="1:5">
       <x:c r="A1074" s="1">
-        <x:v>44598</x:v>
+        <x:v>44619</x:v>
       </x:c>
       <x:c r="B1074" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1074" s="0">
-        <x:v>390.9</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="1075" spans="1:5">
       <x:c r="A1075" s="1">
-        <x:v>44596</x:v>
+        <x:v>44618</x:v>
       </x:c>
       <x:c r="B1075" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1075" s="0">
-        <x:v>385.8</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="1076" spans="1:5">
       <x:c r="A1076" s="1">
-        <x:v>44595</x:v>
+        <x:v>44617</x:v>
       </x:c>
       <x:c r="B1076" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1076" s="0">
-        <x:v>392.9</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="1077" spans="1:5">
       <x:c r="A1077" s="1">
-        <x:v>44594</x:v>
+        <x:v>44616</x:v>
       </x:c>
       <x:c r="B1077" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1077" s="0">
-        <x:v>388.6</x:v>
+        <x:v>332.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1078" spans="1:5">
       <x:c r="A1078" s="1">
-        <x:v>44593</x:v>
+        <x:v>44615</x:v>
       </x:c>
       <x:c r="B1078" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1078" s="0">
-        <x:v>387.1</x:v>
+        <x:v>336.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1079" spans="1:5">
       <x:c r="A1079" s="1">
-        <x:v>44592</x:v>
+        <x:v>44614</x:v>
       </x:c>
       <x:c r="B1079" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1079" s="0">
-        <x:v>380</x:v>
+        <x:v>330.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1080" spans="1:5">
       <x:c r="A1080" s="1">
-        <x:v>44591</x:v>
+        <x:v>44613</x:v>
       </x:c>
       <x:c r="B1080" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1080" s="0">
-        <x:v>380</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="1081" spans="1:5">
       <x:c r="A1081" s="1">
-        <x:v>44590</x:v>
+        <x:v>44612</x:v>
       </x:c>
       <x:c r="B1081" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1081" s="0">
-        <x:v>380</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="1082" spans="1:5">
       <x:c r="A1082" s="1">
-        <x:v>44589</x:v>
+        <x:v>44611</x:v>
       </x:c>
       <x:c r="B1082" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1082" s="0">
-        <x:v>366.3</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="1083" spans="1:5">
       <x:c r="A1083" s="1">
-        <x:v>44588</x:v>
+        <x:v>44610</x:v>
       </x:c>
       <x:c r="B1083" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1083" s="0">
-        <x:v>369</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="1084" spans="1:5">
       <x:c r="A1084" s="1">
-        <x:v>44587</x:v>
+        <x:v>44609</x:v>
       </x:c>
       <x:c r="B1084" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1084" s="0">
-        <x:v>360</x:v>
+        <x:v>356.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1085" spans="1:5">
       <x:c r="A1085" s="1">
-        <x:v>44586</x:v>
+        <x:v>44608</x:v>
       </x:c>
       <x:c r="B1085" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1085" s="0">
-        <x:v>368.8</x:v>
+        <x:v>363.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1086" spans="1:5">
       <x:c r="A1086" s="1">
-        <x:v>44585</x:v>
+        <x:v>44607</x:v>
       </x:c>
       <x:c r="B1086" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1086" s="0">
-        <x:v>377</x:v>
+        <x:v>352.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1087" spans="1:5">
       <x:c r="A1087" s="1">
-        <x:v>44584</x:v>
+        <x:v>44606</x:v>
       </x:c>
       <x:c r="B1087" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1087" s="0">
-        <x:v>377</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="1088" spans="1:5">
       <x:c r="A1088" s="1">
-        <x:v>44582</x:v>
+        <x:v>44605</x:v>
       </x:c>
       <x:c r="B1088" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1088" s="0">
-        <x:v>383.5</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="1089" spans="1:5">
       <x:c r="A1089" s="1">
-        <x:v>44581</x:v>
+        <x:v>44604</x:v>
       </x:c>
       <x:c r="B1089" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1089" s="0">
-        <x:v>374.3</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="1090" spans="1:5">
       <x:c r="A1090" s="1">
-        <x:v>44580</x:v>
+        <x:v>44603</x:v>
       </x:c>
       <x:c r="B1090" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1090" s="0">
-        <x:v>364.1</x:v>
+        <x:v>371.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1091" spans="1:5">
       <x:c r="A1091" s="1">
-        <x:v>44579</x:v>
+        <x:v>44602</x:v>
       </x:c>
       <x:c r="B1091" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1091" s="0">
-        <x:v>376.5</x:v>
+        <x:v>380.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1092" spans="1:5">
       <x:c r="A1092" s="1">
-        <x:v>44578</x:v>
+        <x:v>44601</x:v>
       </x:c>
       <x:c r="B1092" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1092" s="0">
-        <x:v>367</x:v>
+        <x:v>361.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1093" spans="1:5">
       <x:c r="A1093" s="1">
-        <x:v>44577</x:v>
+        <x:v>44600</x:v>
       </x:c>
       <x:c r="B1093" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1093" s="0">
-        <x:v>367</x:v>
+        <x:v>393.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1094" spans="1:5">
       <x:c r="A1094" s="1">
-        <x:v>44576</x:v>
+        <x:v>44599</x:v>
       </x:c>
       <x:c r="B1094" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1094" s="0">
-        <x:v>367</x:v>
+        <x:v>390.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1095" spans="1:5">
       <x:c r="A1095" s="1">
-        <x:v>44575</x:v>
+        <x:v>44598</x:v>
       </x:c>
       <x:c r="B1095" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1095" s="0">
-        <x:v>386.9</x:v>
+        <x:v>390.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1096" spans="1:5">
       <x:c r="A1096" s="1">
-        <x:v>44574</x:v>
+        <x:v>44596</x:v>
       </x:c>
       <x:c r="B1096" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1096" s="0">
-        <x:v>413.1</x:v>
+        <x:v>385.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1097" spans="1:5">
       <x:c r="A1097" s="1">
-        <x:v>44573</x:v>
+        <x:v>44595</x:v>
       </x:c>
       <x:c r="B1097" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1097" s="0">
-        <x:v>408.3</x:v>
+        <x:v>392.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1098" spans="1:5">
       <x:c r="A1098" s="1">
+        <x:v>44594</x:v>
+      </x:c>
+      <x:c r="B1098" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1098" s="0">
+        <x:v>388.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1099" spans="1:5">
+      <x:c r="A1099" s="1">
+        <x:v>44593</x:v>
+      </x:c>
+      <x:c r="B1099" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1099" s="0">
+        <x:v>387.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1100" spans="1:5">
+      <x:c r="A1100" s="1">
+        <x:v>44592</x:v>
+      </x:c>
+      <x:c r="B1100" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1100" s="0">
+        <x:v>380</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1101" spans="1:5">
+      <x:c r="A1101" s="1">
+        <x:v>44591</x:v>
+      </x:c>
+      <x:c r="B1101" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1101" s="0">
+        <x:v>380</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1102" spans="1:5">
+      <x:c r="A1102" s="1">
+        <x:v>44590</x:v>
+      </x:c>
+      <x:c r="B1102" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1102" s="0">
+        <x:v>380</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1103" spans="1:5">
+      <x:c r="A1103" s="1">
+        <x:v>44589</x:v>
+      </x:c>
+      <x:c r="B1103" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1103" s="0">
+        <x:v>366.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1104" spans="1:5">
+      <x:c r="A1104" s="1">
+        <x:v>44588</x:v>
+      </x:c>
+      <x:c r="B1104" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1104" s="0">
+        <x:v>369</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1105" spans="1:5">
+      <x:c r="A1105" s="1">
+        <x:v>44587</x:v>
+      </x:c>
+      <x:c r="B1105" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1105" s="0">
+        <x:v>360</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1106" spans="1:5">
+      <x:c r="A1106" s="1">
+        <x:v>44586</x:v>
+      </x:c>
+      <x:c r="B1106" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1106" s="0">
+        <x:v>368.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1107" spans="1:5">
+      <x:c r="A1107" s="1">
+        <x:v>44585</x:v>
+      </x:c>
+      <x:c r="B1107" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1107" s="0">
+        <x:v>377</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1108" spans="1:5">
+      <x:c r="A1108" s="1">
+        <x:v>44584</x:v>
+      </x:c>
+      <x:c r="B1108" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1108" s="0">
+        <x:v>377</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1109" spans="1:5">
+      <x:c r="A1109" s="1">
+        <x:v>44582</x:v>
+      </x:c>
+      <x:c r="B1109" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1109" s="0">
+        <x:v>383.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1110" spans="1:5">
+      <x:c r="A1110" s="1">
+        <x:v>44581</x:v>
+      </x:c>
+      <x:c r="B1110" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1110" s="0">
+        <x:v>374.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1111" spans="1:5">
+      <x:c r="A1111" s="1">
+        <x:v>44580</x:v>
+      </x:c>
+      <x:c r="B1111" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1111" s="0">
+        <x:v>364.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1112" spans="1:5">
+      <x:c r="A1112" s="1">
+        <x:v>44579</x:v>
+      </x:c>
+      <x:c r="B1112" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1112" s="0">
+        <x:v>376.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1113" spans="1:5">
+      <x:c r="A1113" s="1">
+        <x:v>44578</x:v>
+      </x:c>
+      <x:c r="B1113" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1113" s="0">
+        <x:v>367</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1114" spans="1:5">
+      <x:c r="A1114" s="1">
+        <x:v>44577</x:v>
+      </x:c>
+      <x:c r="B1114" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1114" s="0">
+        <x:v>367</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1115" spans="1:5">
+      <x:c r="A1115" s="1">
+        <x:v>44576</x:v>
+      </x:c>
+      <x:c r="B1115" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1115" s="0">
+        <x:v>367</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1116" spans="1:5">
+      <x:c r="A1116" s="1">
+        <x:v>44575</x:v>
+      </x:c>
+      <x:c r="B1116" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1116" s="0">
+        <x:v>386.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1117" spans="1:5">
+      <x:c r="A1117" s="1">
+        <x:v>44574</x:v>
+      </x:c>
+      <x:c r="B1117" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1117" s="0">
+        <x:v>413.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1118" spans="1:5">
+      <x:c r="A1118" s="1">
+        <x:v>44573</x:v>
+      </x:c>
+      <x:c r="B1118" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1118" s="0">
+        <x:v>408.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1119" spans="1:5">
+      <x:c r="A1119" s="1">
         <x:v>44572</x:v>
       </x:c>
-      <x:c r="B1098" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="E1098" s="0">
+      <x:c r="B1119" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1119" s="0">
         <x:v>394.4</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>